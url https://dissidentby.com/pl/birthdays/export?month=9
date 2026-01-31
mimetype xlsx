--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,1130 +12,998 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="475">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
   </si>
   <si>
-    <t>Vyacheslav Alexeyevich Yaniuk</t>
-[...6 lines deleted...]
-Cukrzyca pojawiła się w więzieniu.</t>
+    <t>Vasily Nikolaevich Areshko</t>
+  </si>
+  <si>
+    <t>1 września 1997</t>
+  </si>
+  <si>
+    <t>Wiadomo , że w Polsce Oreszko pracował jako specjalista ds. kadr i poszukiwał ludzi do pracy. Okresowo odwiedzał Białoruś. Nie wiadomo, kiedy wrócił ostatni raz, ale został zatrzymany kilka miesięcy temu.
+Аreszko przebywa obecnie w areszcie tymczasowym.</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>W więzieniu</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
-    <t>Decyzja sądu 22.06.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.08.2023: wyrok został podtrzymany.</t>
-[...2 lines deleted...]
-    <t>2023-06-14 13:55:02</t>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-04-02 16:59:55</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Lubenchuk</t>
   </si>
   <si>
     <t>1 września</t>
   </si>
   <si>
     <t>Dziennikarz, został zatrzymany 26 maja 2022 r. po przeszukaniu.
 Dziennikarzowi postawiono zarzuty, ale nie wiadomo, jaki konkretnie artykuł kryminalny zarzuca się Lyubenchuk (adwokat ma podpisaną umowę o zachowaniu poufności).
 Na początku listopada 2023 roku okazało się , że Ales zaczął mieć problemy z kręgosłupem za kratami (rok temu). „Trudno mu nawet uprawiać sport, co każdy robi, żeby się uratować. To go wyraźnie denerwuje” – powiedział informator Radia Svaboda. Ales pracował przy zdejmowaniu izolacji z przewodów.
 Został zwolniony na początku stycznia 2025 r.</t>
   </si>
   <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 27.10.2022: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 24.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-06-08 11:48:04</t>
+  </si>
+  <si>
+    <t>Victoria Gennadievna Volchek</t>
+  </si>
+  <si>
+    <t>1 września 1993</t>
+  </si>
+  <si>
+    <t>29-letni mieszkaniec obwodu mohylewskiego. Victoria studiowała w Nieświeskiej Szkole Pedagogicznej. Przez ostatnie dziesięć lat pracowałem w sklepach komunikacyjnych, na stacji benzynowej i w sklepie.
+15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
+Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. Victoria Volchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Valery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.08.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-20 14:00:36</t>
   </si>
   <si>
     <t>Julia Petrovna Yurgilevich</t>
   </si>
   <si>
     <t>1 września 1980</t>
   </si>
   <si>
     <t>Przez prawie 18 lat pracowała jako prawnik.
 Broniła więźniów politycznych Alesia Puszkina, Artema Bojarskiego, Igora Bancera, Andrieja Awsijewicza, Andrieja Sokołowskiego w sądzie.
 23 lutego 2022 roku została wydalona z Grodzieńskiej Okręgowej Izby Adwokackiej za „systematyczne łamanie prawa”. Julia opuściła Białoruś, ale wróciła do kraju pod koniec sierpnia 2022 roku.
 Została zatrzymana tego samego dnia co Pavel Mozheiko.
 Paweł i Julia nie przyznali się do winy. Yurgilewicz zeznała na rozprawie, że jest przetrzymywana w „bestialskich warunkach” i nie pozwolono jej zapoznać się ze sprawą.</t>
   </si>
   <si>
-    <t>kobieta</t>
-[...4 lines deleted...]
-  <si>
     <t>6 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-09-02 18:28:29</t>
   </si>
   <si>
-    <t>Victoria Gennadievna Volchek</t>
-[...23 lines deleted...]
-    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+    <t>Aleksandr Andreevich Belov</t>
+  </si>
+  <si>
+    <t>1 września 1996</t>
+  </si>
+  <si>
+    <t>Aleksander jest aktywistą ruchu anarchistycznego. Studiował budownictwo na uniwersytecie, a następnie geodezję inżynierską na Białoruskim Narodowym Uniwersytecie Technicznym. Od młodości pasjonuje się sportem: grał w drużynie piłkarskiej ligi DIY, trenował muay thai i uprawiał wspinaczkę górską.
+Wczesnym rankiem 29 lipca 2021 roku Aleksander został zatrzymany, gdy wychodził z domu. Podczas zatrzymania był bity i przeszukiwany, a następnie przewieziony do Głównego Zarządu Zwalczania Przestępczości Zorganizowanej i Korupcji, gdzie był torturowany i bity.
+Początkowo oskarżono go o aktywny udział w proteście, który miał miejsce 23 sierpnia 2020 r. w Mińsku, chociaż wówczas odbył już karę aresztu administracyjnego za ten incydent.
+W styczniu 2022 roku Aleksandrowi i innym oskarżonym w sprawie karnej postawiono zarzuty dodatkowej przynależności do grupy ekstremistycznej za subskrypcję kanału „Pramen” w Telegramie. W momencie aresztowania kanał „Pramen” nie znajdował się jeszcze na liście grup ekstremistycznych; nastąpiło to dopiero w listopadzie 2021 roku.
+W kwietniu 2022 roku został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej. W kwietniu 2025 roku zaostrzono reżim detencyjny Aleksandra i przeniesiono go do więzienia. Później ujawniono, że sąd skazał go na dodatkowe sześć miesięcy w kolonii karnej o ogólnym rygorze za „złośliwe nieposłuszeństwo wobec żądań administracji”.</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 02.04.2025: nieznany lata więzienia. Decyzja sądu data nieznana: 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-08-07 04:15:55</t>
+  </si>
+  <si>
+    <t>Albert Vladimirovich Shyla</t>
+  </si>
+  <si>
+    <t>2 września 1968</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany.</t>
   </si>
   <si>
-    <t>2025-04-02 16:59:55</t>
-[...58 lines deleted...]
-    <t>2023-12-15 13:07:02</t>
+    <t>2025-06-24 23:47:03</t>
   </si>
   <si>
     <t>Anatoly Petrovich Zmitrovich</t>
   </si>
   <si>
     <t>2 września 1962</t>
   </si>
   <si>
     <t>Przed aresztowaniem Anatolij był indywidualnym przedsiębiorcą i aktywnym uczestnikiem ruchu przedsiębiorczości. Znany jest również jako aktywista ekologiczny działający podczas budowy i uruchomienia zakładu bielenia celulozy w Swietłogorsku, kiedy to doszło do licznych emisji szkodliwych substancji do atmosfery. Ostatnio pracował w jednym z przedsiębiorstw zajmujących się usługami samochodowymi.
 Został aresztowany w kwietniu 2025 r. na podstawie części 2 artykułu 367 (zniesławienie Łukaszenki) Kodeksu karnego Republiki Białorusi. 25 kwietnia 2025 roku został przeniesiony do Aresztu Śledczego nr 3.
 Został wcześniej aresztowany 14 lutego 2023 r. Został również zatrzymany w 2020 r. Następnie w listopadzie został zatrzymany po nabożeństwie żałobnym poświęconym pamięci Romana Bondarenki, który zginął w Mińsku. Anatolij został ukarany grzywną w wysokości 40 wartości bazowych. Już wcześniej Zmitrowicz został pociągnięty do odpowiedzialności administracyjnej na podstawie art. 23.34 (naruszenie procedury przeprowadzania imprez masowych). Następnie otrzymał karę grzywny w wysokości 25 punktów. W.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 10 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-05-20 15:04:06</t>
   </si>
   <si>
-    <t>Albert Vladimirovich Shyla</t>
-[...8 lines deleted...]
-    <t>2025-06-24 23:47:03</t>
+    <t>Denis Vasilievich Filonchik</t>
+  </si>
+  <si>
+    <t>2 września 1983</t>
+  </si>
+  <si>
+    <t>Denis został zatrzymany w grudniu 2021 r. po próbie ataku na GOM-2 Frunzenskiego Rejonowego Departamentu Spraw Wewnętrznych w Mińsku 16 sierpnia 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”. W czerwcu 2023 r. został skazany za „spisek w celu przejęcia władzy państwowej” i „utworzenie grupy ekstremistycznej”.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:54:48</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Eremeev</t>
+  </si>
+  <si>
+    <t>2 września 1971</t>
+  </si>
+  <si>
+    <t>9 grudnia 2023 roku sąd w Omsku aresztował Siergieja do 30 stycznia 2024 roku pod zarzutem wysadzenia pociągów przewożących produkty naftowe w tunelu Siewieromujskim w dniach 29 i 30 listopada. Pociąg, wiozący 41 cystern paliwowych, trzy zbiorniki paliwa lotniczego i sześć wagonów z metalami kolorowymi, najpierw stanął w płomieniach. Później wybuchł pociąg towarowy jadący obwodnicą. W rezultacie paliwo rozlało się na obszarze 150 metrów kwadratowych – cztery cysterny zostały całkowicie zniszczone, a dwa kolejne uszkodzone. Według FSB Jeremiejew „przyznał się do działania pod kontrolą ukraińskich służb specjalnych”. Eksplozje w tunelu zostały zakwalifikowane jako atak terrorystyczny.
+Według rosyjskich mediów państwowych Jeremiejew twierdził, że chciał zakłócić dostawy zaopatrzenia wojskowego: „W swoich wyjaśnieniach napisałem, że amunicja jest obecnie transportowana przez magistralę Bajkalsko-Amurską. Głównym celem było utrudnienie ruchu”.
+Siergiej brał udział w ogólnokrajowym strajku w Naftanie w listopadzie 2020 roku, o czym publicznie się poinformował , a nawet wysłał oświadczenie do ruchu Cichanowskiego. „Siergiej starał się wszystko rozwiązać pokojowo. Może był zmęczony tym, że nic się nie rozwiązuje… Na nagraniu, mimo że miał pomalowaną twarz, rozpoznałem go od razu” – powiedział znajomy Jeremiejewa. Kilka tygodni po strajku Siergiej został zwolniony z Naftanu. Siergiej był jednym z najlepszych mechaników w Nowopołocku.
+Według śledczych, w listopadzie 2023 roku Jeremiejew potajemnie przewiózł ładunki wybuchowe przez granicę rosyjską swoim samochodem i dotarł do Buriacji. Następnie, z zamiarem dokonania aktu terrorystycznego, podłożył w nocy ładunki wybuchowe na odcinku Kolei Wschodniosyberyjskiej oraz w pociągach nią poruszających się, uruchamiając systemy zdalnego sterowania. Sąd orzekł , że detonacja ładunków wybuchowych podłożonych przez Jeremiejewa spowodowała straty materialne ofiar, związane ze zniszczeniem i uszkodzeniem cystern kolejowych i sprzętu kolejowego, wynoszące ponad 100 milionów rubli (1,2 miliona dolarów), a także inne poważne konsekwencje w postaci zakłócenia funkcjonowania federalnej autostrady transportowej.
+Sąd skazał Jeremiejewa na 22 lata więzienia, z czego pierwsze pięć lat miał odbyć w kolonii karnej o zaostrzonym rygorze, oraz grzywnę w wysokości 1 000 000 rubli. Nakazano konfiskatę pojazdu Jeremiejewa. Sąd uwzględnił również roszczenia cywilne ofiar przeciwko Jeremiejewowi o odszkodowanie w łącznej wysokości ponad 60 000 000 rubli (744 000 dolarów), które miały zostać odzyskane od skazanego.</t>
+  </si>
+  <si>
+    <t>111020, Moskwa, ul. Lefortovo Val, lat 5, areszt śledczy nr 2</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.12.2025: 22 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2023-12-15 13:07:02</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Malochka</t>
+  </si>
+  <si>
+    <t>2 września 1973</t>
+  </si>
+  <si>
+    <t>27 listopada 2023 r., a następnie 11 grudnia 2023 r., Dmitrijzostał aresztowany i skazany na podstawie art. 19.11, część 2 Kodeksu wykroczeń administracyjnych (dystrybucja, produkcja, przechowywanie i transport materiałów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promowanie takiej działalności). Sędziowie: Artem Podolyanets i Nikołaj Kmita.
+Przebywał w areszcie tymczasowym rejonowego wydziału spraw wewnętrznych w Baranowiczach. Wszczęto postępowanie karne i przewieziono go do Aresztu Śledczego nr 7 w Brześciu. Jego żona, Oksana Wiktorowna Mołoczko, również została skazana. Zostali skazani na 12 i 8 lat więzienia za „zdradę stanu”, ale w rzeczywistości za sfotografowanie pociągu z wyposażeniem wojskowym na peronie, bez zamiaru szpiegostwa.
+Przed aresztowaniem zajmował się rzemiosłem i prowadził własną działalność gospodarczą.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.06.2024: 12 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-09-27 23:00:27</t>
   </si>
   <si>
     <t>Yaroslav Anatolevich Verdysh</t>
   </si>
   <si>
     <t>2 września 1991</t>
   </si>
   <si>
     <t>Absolwent BSUIR, EPAM
 W dniu 2 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.11.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.02.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-10-31 14:15:36</t>
   </si>
   <si>
-    <t>Denis Vasilievich Filonchik</t>
-[...17 lines deleted...]
-  <si>
     <t>Artem Leonidovich Vovna</t>
   </si>
   <si>
     <t>3 września 1991</t>
   </si>
   <si>
     <t>Top manager życia :) operator. Został zatrzymany za rozpowszechnianie danych sił bezpieczeństwa kanałami telegramowymi.</t>
   </si>
   <si>
     <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
   </si>
   <si>
     <t>8 lat więzienia w warunkach zaostrzonego reżimu.</t>
   </si>
   <si>
     <t>2022-10-13 21:57:06</t>
   </si>
   <si>
     <t>Andrey Valerievich Tsalyuk</t>
   </si>
   <si>
     <t>3 września 1993</t>
   </si>
   <si>
     <t>Wcześniej był zatrzymany na podstawie artykułu administracyjnego za udział w protestach. Prorządowe kanały telegramowe donosiły o zatrzymaniu Andrieja. Na „skruszonym wideo” facet mówi, że został zatrzymany za rozpowszechnianie danych osobowych policjantów, sędziów i wzywanie ludzi do aktów przemocy.Poinformowano również, że mężczyzna „zostawił ponad 2 tysiące ekstremistycznych wiadomości, z których co najmniej 100 zawiera znamiona naruszenia prawa”.</t>
   </si>
   <si>
     <t>nieznany</t>
   </si>
   <si>
     <t>2023-02-03 19:24:13</t>
+  </si>
+  <si>
+    <t>Dmitry Nikolaevich Neshta</t>
+  </si>
+  <si>
+    <t>3 września 1975</t>
+  </si>
+  <si>
+    <t>Aresztowany za „akt terroryzmu”.
+Emeryt wojskowy, pracował w Baranowiczach w zakładzie naprawy samolotów.
+Według śledczych 26 września 2020 r. zrobił koktajle Mołotowa i przeniósł je na parking w pobliżu jednej z jednostek wojskowych, gdzie je wykorzystał.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.06.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 23.03.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-06-09 02:57:10</t>
   </si>
   <si>
     <t>Artem Alexandrovich Kucharenok</t>
   </si>
   <si>
     <t>3 września 1982</t>
   </si>
   <si>
     <t>Artem przepracował w tej dziedzinie całe życie – jako lekarz weterynarii, nauczyciel w Państwowej Wyższej Szkole Rolniczej w Smilowiczach i technik. Jest także dyrektorem firmy weterynaryjnej Khimvet.
 Ostatnie komentarze Artema pochodzą z maja 2024 roku, po czym zniknął z portali społecznościowych. Prawdopodobnie wtedy został zatrzymany .
 Wygląda na to, że sprawa dotyczy jego postów na portalach społecznościowych i komentarzy w telegramie – konta nazywają się jego własnym imieniem, a konto telegramu jest powiązane z własnym telefonem Artema.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.03.2025: nieznany. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-01-09 00:32:11</t>
   </si>
   <si>
-    <t>Dmitry Nikolaevich Neshta</t>
-[...15 lines deleted...]
-  <si>
     <t>Olga Vasilievna Gubar</t>
   </si>
   <si>
     <t>3 września 1960</t>
   </si>
   <si>
     <t>Decyzja sądu 31.12.2024: nieznany. Apelacja 07.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-12-02 17:50:16</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-02-25 11:16:12</t>
   </si>
   <si>
     <t>Sergei Vitalievich Ryabtsev</t>
   </si>
   <si>
     <t>5 września 2002</t>
   </si>
   <si>
     <t>Siergiej został zatrzymany 30 września 2021 roku, początkowo za komentarz, który wygłosił po śmierci oficera Komitetu Bezpieczeństwa Państwowego (KGB) Dmitrija Fedosiuka i specjalisty IT Andrieja Zelcera w Mińsku. Wezwano go do wojskowego biura rejestracji i poboru, gdzie czekały już siły bezpieczeństwa. Pod jego nieobecność przeszukano później jego dom.
 Na początku września 2022 roku ujawniono, że Komitet Bezpieczeństwa Państwowego wpisał Siergieja na „listę osób zaangażowanych w działalność terrorystyczną”. W listopadzie tego samego roku został on skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze.</t>
   </si>
   <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
     <t>Decyzja sądu 04.11.2022: 6 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 24.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-09-17 11:40:06</t>
   </si>
   <si>
     <t>Maksim Leonidovich Dergachev</t>
   </si>
   <si>
     <t>5 września 1971</t>
   </si>
   <si>
     <t>W dniu 6 lutego 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.02.2024: nieznany. Decyzja sądu 27.02.2025: nieznany lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2023-12-14 00:37:36</t>
   </si>
   <si>
-    <t>Irina Vasilievna Surzhik</t>
-[...14 lines deleted...]
-  <si>
     <t>Andrey Valerievich Shabunya</t>
   </si>
   <si>
     <t>5 września 1988</t>
   </si>
   <si>
     <t>Decyzja sądu 14.03.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 10.06.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-03-11 21:37:35</t>
   </si>
   <si>
     <t>Illia Aleksandrovich Krauchanka</t>
   </si>
   <si>
     <t>6 września 1989</t>
   </si>
   <si>
     <t>Ilja został skazany za próbę podpalenia budynku prokuratury w Żodzinie w październiku 2020 r. Według śledczych, podpalił urządzenie, które sam wykonał na ganku, aby wyrazić swoją pogardę dla działań organów ścigania. W wyniku rozsypania mieszanki produktów naftowych i fragmentów butelek uszkodzone zostały drzwi wejściowe i zadaszenie, co spowodowało straty o wartości ponad 1500 rubli.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.04.2021: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, około 1500 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-04-08 19:35:43</t>
-  </si>
-[...18 lines deleted...]
-    <t>2022-03-07 21:27:19</t>
   </si>
   <si>
     <t>Pavel Yurievich Linkevich</t>
   </si>
   <si>
     <t>8 września 1986</t>
   </si>
   <si>
     <t>Śledczy donoszą , że w sierpniu 2020 r. w pewnym momencie uwagę policjantów zwrócił SUV z zagranicznymi tablicami rejestracyjnymi i przyciemnianymi szybami. Kiedy policjanci podeszli do samochodu, oskarżony zaczął cofać i celowo wjechał w jednego z nich, po czym zbiegł z miejsca zdarzenia.
 Funkcjonariusze policji drogowej ścigali oskarżonego, ale kierowca porzucił samochód w pobliżu wsi Antonowo i uciekł.
 Wideo z rejestratora oficjalnego samochodu policji drogowej pokazuje dużą koncentrację funkcjonariuszy policji w pełnym rynsztunku. Momentu zderzenia z jednym z nich nie widać.
 Mężczyzna został wpisany na listę poszukiwanych i po powrocie z Polski 5 maja 2022 roku do Baranowicz, został zatrzymany i osadzony w areszcie.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-07-07 18:12:30</t>
+  </si>
+  <si>
+    <t>Sergey Sergeyevich Glebko</t>
+  </si>
+  <si>
+    <t>8 września 1978</t>
+  </si>
+  <si>
+    <t>Został zatrzymany wraz z żoną za „podpalenie kłód w celu zakłócenia ruchu kolejowego”.
+Żonę zwolniono z aresztu śledczego, mężczyzna pozostał w areszcie.
+Na opublikowanym prorządowym kanale Siergiej został dotkliwie pobity.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>11 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-03-07 21:27:19</t>
   </si>
   <si>
     <t>Vitaly Yanovich Kostetsky</t>
   </si>
   <si>
     <t>8 września 1980</t>
   </si>
   <si>
     <t>Decyzja sądu 29.04.2025: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 01.07.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-07-24 17:54:07</t>
   </si>
   <si>
     <t>Denis Sergeevich Dikun</t>
   </si>
   <si>
     <t>9 września 1992</t>
   </si>
   <si>
     <t>Zatrzymany za podpalenie w dniu 28 lutego 2022 r. na stacji Żerd-Ostankovichi szafy przekaźników sygnalizacji, centralizacji i blokowania (SCB), w wyniku której nie działała sygnalizacja świetlna i rozjazdy na tym odcinku.
 Odcinek przebiega na linii Żłobin-Kalinkowicze, która następnie prowadzi do Owrucha (obwód żytomierski na Ukrainie).
 W dniu 25 marca 2024 r. w Gorkach rozpoczął się proces Denisa z części 2 art. 411 Kodeksu karnego (złośliwe nieposłuszeństwo wobec wymagań administracji kolonii). Sprawę rozpatrywała sędzia Natalya Fomicheva. Dodała do więźnia politycznego jeszcze dwa lata .
 Na początku kwietnia 2024 r. dowiedziała się, że Denis został przeniesiony do więzienia nr 4 w Mohylewie.
 18 czerwca 2024 r. Sąd Okręgowy w Mohylewie rozpatrzy apelację Denisa.</t>
   </si>
   <si>
-    <t>Decyzja sądu 27.12.2022: 23 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.03.2023: nieznany. Decyzja sądu 25.03.2024: 2 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.06.2024: nieznany.</t>
+    <t>Decyzja sądu 27.12.2022: 23 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.03.2023: nieznany. Decyzja sądu 25.03.2024: 2 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.06.2024: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-03-11 01:08:55</t>
   </si>
   <si>
-    <t>Artiom Dmitrievich Solovei</t>
-[...29 lines deleted...]
-  <si>
     <t>Ilya Vitalievich Lukashenko</t>
   </si>
   <si>
     <t>11 września 2000</t>
   </si>
   <si>
     <t>Decyzja sądu 19.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-13 12:14:29</t>
+  </si>
+  <si>
+    <t>Vladimir Viktorovich Alisievich</t>
+  </si>
+  <si>
+    <t>11 września 1990</t>
+  </si>
+  <si>
+    <t>Zatrzymano go we wrześniu 2023 r. rzekomo za rozmowy ze znajomymi. Wszczęto sprawę karną.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:25:02</t>
+  </si>
+  <si>
+    <t>Eugene Viktorovich Shliakhtsionak</t>
+  </si>
+  <si>
+    <t>11 września 1988</t>
+  </si>
+  <si>
+    <t>Według informacji z mediów społecznościowych, Szlachtenok urodził się w Krasnosielskim w obwodzie wołkowyskim. Studiował historię na Uniwersytecie Państwowym w Grodnie. Pracował jako spawacz i w serwisie samochodowym. W 2015 roku dostał pracę w wojskowym biurze rejestracji i poboru w rejonie mostowskim, gdzie zajmował się ewidencją oficerów rezerwy.
+Ostatni raz Jewgienij był online w październiku 2024 roku.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-07-11 12:45:46</t>
   </si>
   <si>
     <t>Vladimir Ivanovich Mikhailenko</t>
   </si>
   <si>
     <t>11 września 1954</t>
   </si>
   <si>
     <t>Dyrektor Generalny GeosIdeal LLC.
 W dniu 18 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 04.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-28 20:44:34</t>
-  </si>
-[...29 lines deleted...]
-    <t>2025-07-11 12:45:46</t>
   </si>
   <si>
     <t>Vasily Viktorovich Sadovsky</t>
   </si>
   <si>
     <t>11 września 1983</t>
   </si>
   <si>
     <t>Wasilij został skazany na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze jawnym.</t>
   </si>
   <si>
     <t>IUOT-45, 225073, obwód brzeski, rejon Kamieniecki, wieś Suszki, ul.Centralnaja, 1</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-05-11 21:37:49</t>
   </si>
   <si>
     <t>Igor Semyonovich Mints</t>
   </si>
   <si>
     <t>12 września 1977</t>
   </si>
   <si>
     <t>Wiodący doradca prawny OJSC Naftan został aresztowany w sprawie Rabochag Rukh.
 W dniu 2 sierpnia 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>12 lat w kolonii w warunkach zaostrzonego reżimu</t>
   </si>
   <si>
     <t>2021-10-01 18:20:40</t>
   </si>
   <si>
     <t>Alexander Eduardovich Zdorovennov</t>
   </si>
   <si>
     <t>12 września 1979</t>
   </si>
   <si>
     <t>W latach 2020-2021 Aleś dwukrotnie został pociągnięty do odpowiedzialności administracyjnej za udział w protestach i flagę na dziedzińcu prywatnego domu. Po 2021 roku Aleś kilkakrotnie podróżował po Litwie i Polsce.
 Został zatrzymany pod koniec marca na granicy z Litwą, gdzie wracał z pracy. Najpierw w jego telefonie znaleziono „ekstremizm” i skazano go na areszt administracyjny. Następnie Aleś trafił do aresztu śledczego pod zarzutem popełnienia przestępstwa o podłożu politycznym.
 Kilka dni później brat Alesia, Wadim Zdorowennow, został zatrzymany w Mińsku. Początkowo oskarżono go o „znieważenie Łukaszenki”, ale mogą mu zostać postawione również inne zarzuty.</t>
   </si>
   <si>
+    <t>Decyzja sądu 15.12.2025: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
+  </si>
+  <si>
     <t>2025-08-04 20:51:28</t>
   </si>
   <si>
     <t>Paul Viktorovich Kozintsev</t>
   </si>
   <si>
     <t>13 września 1980</t>
   </si>
   <si>
     <t>Zatrzymany za komentarze na portalach społecznościowych pozostawione w 2022 r. na kanale telegramu „Prawdziwa Białoruś”.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.01.2025: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 250 jednostek bazowych kary. Apelacja 14.03.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-04-11 01:37:43</t>
   </si>
   <si>
     <t>Nadezhda Alexandrovna Karankevich</t>
   </si>
   <si>
     <t>13 września 1994</t>
   </si>
   <si>
     <t>W 2016 roku Nadieżda ukończyła Miński Państwowy Uniwersytet Lingwistyczny, uzyskując dyplom z nauczania języków obcych. Przez ponad rok pracowała jako tłumaczka, po czym przeniosła się do IT, gdzie zajmowała się testowaniem. W listopadzie 2023 r. Nadieżda została zatrzymana.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.08.2024: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 24.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-12-26 00:59:12</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-06-19 20:47:24</t>
   </si>
   <si>
     <t>Vitaly Petrovich Maksimchuk</t>
   </si>
   <si>
     <t>14 września 1983</t>
   </si>
   <si>
     <t>Ojciec wielu dzieci, rzekomo zatrzymany za prowadzenie czatu „Solidarności Iwatsewicze” w 2020 r.
 Pracował jako taksówkarz.
 Oprócz więzienia Witalij został ukarany grzywną w wysokości 40 000 rubli.
 W dniu 05.03.2024 apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2023-12-22 02:32:33</t>
   </si>
   <si>
     <t>Arthur Aleksandrovich Rolic</t>
   </si>
   <si>
     <t>14 września 1984</t>
   </si>
   <si>
     <t>Najprawdopodobniej został zatrzymany latem 2023 roku. W 2013 roku Arthur otworzył własny sklep firmowy Grandbazaare, w którym sprzedawał markową odzież i obuwie. Grupa VKontakte ma ponad 40 tysięcy abonentów. W ostatnich latach jego firma wyspecjalizowała się w marce Under Armour. A od 2023 roku tłumaczył strony swojej firmy na język białoruski.
 Artur interesuje się sportem, ale przede wszystkim piłką nożną, a wcześniej grał nawet w ligach amatorskich jako bramkarz. Używa piłkarzy i innych sportowców jako zdjęć do swoich awatarów w sieciach społecznościowych.
 Oprócz kary pozbawienia wolności Arthur został ukarany grzywną w wysokości 700 podstawowych jednostek.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.05.2024: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-13 17:40:46</t>
-  </si>
-[...103 lines deleted...]
-    <t>2024-02-06 21:05:55</t>
   </si>
   <si>
     <t>Maksim Sergeevich Seleznev</t>
   </si>
   <si>
     <t>15 września 1976</t>
   </si>
   <si>
     <t>Maxim jest mieszkańcem Mińska. Posiada wykształcenie wyższe. Mężczyzna jest rozwiedziony. Kiedyś pracował jako ochroniarz, później jako budowniczy. Następnie otworzył indywidualnego przedsiębiorcę i postawił pomniki na cmentarzu. Ostatnio jestem bezrobotny.
 Przyjaciele pamiętają, że Maxim odbył służbę wojskową w jednej z mińskich jednostek „sił specjalnych”.
 Maxim jest oskarżony o wysadzenie radiowozu w pobliżu Centralnego Okręgowego Wydziału Spraw Wewnętrznych.
 Do zdarzenia doszło w nocy z 7 na 8 stycznia 2022 r. niedaleko budynku Centralnego Okręgowego Wydziału Spraw Wewnętrznych Mińska. Wszczęto sprawę karną w związku z wysadzeniem samochodu na podstawie art. 289 (powtarzający się akt terroryzmu).
 Śledczy dodali później, że w nocy 13 stycznia w ten sam sposób rzekomo uszkodził kiosk Tabakerka i kosz na śmieci.
 W dniu 26 maja 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
-    <t>15 lat więzienia w kolonii karnej w reżimie zaostrzonym.</t>
+    <t>Decyzja sądu 30.03.2023: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 200 jednostek bazowych kary. Apelacja 26.05.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-02-17 20:22:10</t>
   </si>
   <si>
     <t>Sergey Viktorovich Kachalko</t>
   </si>
   <si>
     <t>15 września 1992</t>
   </si>
   <si>
     <t>Według jego współwięźniów, został zatrzymany z przyczyn politycznych.</t>
   </si>
   <si>
     <t>2025-12-01 16:49:13</t>
   </si>
   <si>
-    <t>Alexey Dmitrievich Kovalev</t>
-[...12 lines deleted...]
-    <t>2022-12-06 17:27:15</t>
+    <t>Henry Ageev</t>
+  </si>
+  <si>
+    <t>15 września 1994</t>
+  </si>
+  <si>
+    <t>Według profilu Genrikha na LinkedIn, ukończył on Akademię Wojskową Republiki Białorusi w 2016 roku. Następnie przez cztery lata służył w Wojskach Wewnętrznych Białorusi, zanim przeszedł na emeryturę w sierpniu 2020 roku.
+Według współwięźnia Gienricha, aresztowanie nastąpiło w lutym 2024 roku na moście Krymskim, gdy wracał już na Białoruś. Sam Agejew oświadczył, że jest oskarżonym w „sprawie BYPOL”. Jest oskarżony o podróż na Krym w imieniu byłego funkcjonariusza GUBOPiK, przedstawiciela inicjatywy Aleksandra Azarowa (Azarow temu zaprzecza ). Dokładny cel tych podróży nie jest znany.
+Od około lutego do września 2024 roku Agejew przebywał w areszcie śledczym w Symferopolu, na specjalnym piętrze oddzielonym od FSB, gdzie nie obowiązują żadne zasady. Wszyscy na tym piętrze siedzą tam bez żadnego śledztwa, w swoich ubraniach, nie otrzymując paczek ani listów, przez lata. Dziewięć miesięcy, które tam spędził, poszło na marne. Jego rodzina myślała, że zmarł. Następnie został ekstradowany na Białoruś.
+Białorusin został deportowany do ojczyzny na 24 godziny z workiem na głowie, opowiada były współwięzień. Przez całą podróż nie pozwolono mu skorzystać z toalety ani razu. Został oskarżony na podstawie kilku artykułów, w tym o „zdradę stanu” (art. 356 Kodeksu karnego) i „udział w organizacji terrorystycznej” (art. 290-5 Kodeksu karnego) za powiązania z BYPOL, organizacją uznawaną na Białorusi za „terrorystyczną”.</t>
+  </si>
+  <si>
+    <t>Poczta Główna, skrytka pocztowa 8, Mińsk 220050</t>
+  </si>
+  <si>
+    <t>2025-09-30 20:23:14</t>
+  </si>
+  <si>
+    <t>Oleg Petrovich Suprunyuk</t>
+  </si>
+  <si>
+    <t>15 września 1967</t>
+  </si>
+  <si>
+    <t>Oleg Supruniuk znany jest mieszkańcom obwodu brzeskiego jako reporter, który relacjonował ważne społecznie i społecznie problemy regionu. W czasie swojej pracy zawodowej pracował dla gazety „Kurier Brzeski”, portalu internetowego „Pierwszy Region” oraz współpracował z innymi niezależnymi wydawnictwami.
+Dziennikarz zniknął 22 stycznia, przestał odbierać telefony i nie pojawiał się w mediach społecznościowych. Później okazało się, że został zatrzymany w związku ze sprawą karną. Przez prawie pięć miesięcy nic nie wiadomo było o losie Olega.
+Wcześniej dziennikarz był ścigany z urzędu. 12 grudnia 2024 roku funkcjonariusze sił bezpieczeństwa przeszukali Olega Supruniuka. Następnie zabrali mu sprzęt komputerowy i telefon, a następnie zabrali na przesłuchanie. Po przesłuchaniu sporządzono protokół administracyjny pod zarzutem rozpowszechniania „ekstremistycznych produktów informacyjnych” (na podstawie art. 19.11 część 2 Kodeksu wykroczeń administracyjnych). Dziennikarz został skazany na 15 dni aresztu i zwolniony 27 grudnia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.08.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-25 18:53:05</t>
+  </si>
+  <si>
+    <t>Vitaly Cheslavovich Korshun</t>
+  </si>
+  <si>
+    <t>15 września 1986</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Baranowicz. Z aktu oskarżenia wynika, że 21 września 2020 r. Witalij Korszun zamieścił na czacie telegramu pod zdjęciem ofiary wiadomość „Borovki 97%” o następującej treści: „Kto to jest? Policja zamieszek? W takim razie proponuję spalić jego mieszkanie &lt;przekleństwo&gt;, podaj adres.”
+W styczniu 2024 r. Witalij został ponownie zatrzymany. W prorządowym filmie mężczyzna mówi , że „nawoływał do stosowania przemocy wobec funkcjonariuszy policji, po prostu ze względu na emocje”.
+16 stycznia 2024 r. prorządowe kanały Telegramu poinformowały o zatrzymaniu Witalija. W „ filmie ze skruchą ” mężczyzna mówi, że „nawoływał do stosowania przemocy wobec funkcjonariuszy policji podczas zamieszek tylko ze względów emocjonalnych”. Stał przed kamerą w kajdankach.
+Proces więźnia politycznego rozpoczął się 13 sierpnia 2024 r. w Sądzie Okręgowym w Brześciu z artykułów: „oszczerstwo Łukaszenki” (art. 367 k.k. część 2), „udział w działaniach rażąco naruszających porządek publiczny” (część 2 art. 1 art. 342 kk), organizowanie masowych zamieszek” (część 1 art. 293 kk), „nawoływanie do nałożenia sankcji” (część 3 art. 361) oraz „nawoływanie do nienawiści lub nienawiści” (część 1 art. 130 Kodeksu karnego).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2021: 2 miesiące więzienia w kolonii na warunkach ogólnych. Decyzja sądu 31.10.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:40:34</t>
+  </si>
+  <si>
+    <t>Pavel Aleksandrovich Belogolov</t>
+  </si>
+  <si>
+    <t>15 września 1988</t>
+  </si>
+  <si>
+    <t>Paweł został aresztowany 29 września 2021 roku w związku ze sprawą karną wszczętą w związku z komentarzami internetowymi po śmierci oficera KGB Dmitrija Fedosiuka i informatyka Andrieja Zeltsera w Mińsku. Latem 2022 roku został skazany na karę pozbawienia wolności w kolonii karnej oraz wysoką grzywnę.
+Według obrońców praw człowieka, wyszedł na wolność latem 2023 roku, po odbyciu całej kary.
+W lutym 2024 roku Paweł stanął przed sądem pod zarzutem „rozpowszechniania materiałów ekstremistycznych”. Długo pozostawał bez kontaktu, a po procesie ogłoszono, że wszczęto przeciwko niemu nowe postępowanie karne.
+W czerwcu 2024 r. Paweł został ponownie skazany za „zniesławienie Łukaszenki” i ponownie skazany na karę więzienia.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.08.2022: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 100 jednostek bazowych kary. Apelacja 17.11.2022: wyrok został podtrzymany. Decyzja sądu 21.06.2024: 3 roku 4 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 20.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-10-06 23:44:15</t>
+  </si>
+  <si>
+    <t>Ivan Aleksandrovich Sukhomerov</t>
+  </si>
+  <si>
+    <t>15 września 1995</t>
+  </si>
+  <si>
+    <t>W 2017 roku facet otrzymał dyplom pedagogiki społecznej po ukończeniu Państwowego Uniwersytetu Pedagogicznego im. Iwana Shamyakina w Mozyrze. Mniej więcej w tym czasie, jak widać z jego sieci społecznościowych, zaczął krytycznie wypowiadać się o władzach. Mężczyzna ten szczególnie aktywnie sprzeciwiał się ohydnemu dekretowi „w sprawie pasożytów”.
+Z materiałów sprawy wynika , że mężczyzna regularnie wypowiadał się w mediach społecznościowych negatywnie na temat Łukaszenki, a także nawoływał do nałożenia sankcji na Białoruś. Dołączył także do „ekstremistycznej” formacji „BYPOL”, zgodził się z członkami „Pułku Kalinowskiego” na udział w operacjach wojskowych na Ukrainie, a także przekazał pieniądze na pomoc Ukraińskim Siłom Zbrojnym i „ekstremistycznemu” kanałowi telegramowemu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.02.2024: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-06 21:05:55</t>
+  </si>
+  <si>
+    <t>Vitaly Viktorovich Kanurkin</t>
+  </si>
+  <si>
+    <t>16 września 1981</t>
+  </si>
+  <si>
+    <t>Witalij pracował jako główny programista, a następnie jako główny administrator sieci w administracji Grodzieńskiego Obwodowego Komitetu Wykonawczego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:48:05</t>
   </si>
   <si>
     <t>Alexander Tadionovich Gurnik</t>
-  </si>
-[...1 lines deleted...]
-    <t>16 września 1981</t>
   </si>
   <si>
     <t>Agent nieruchomości, bloger, autor bloga „Białoruś w oknie”. Jego konto TikTok ma 431 obserwujących. Na filmach z humorem komentuje białoruskie wiadomości.
 Podczas zatrzymania został pobity. Ołeksandr był już wcześniej bity – poddano go fali tortur na Akrestsin podczas sierpniowych protestów. Według raportu medycznego opublikowanego na jego stronie, podczas zatrzymania został dotkliwie pobity przy wyjściu z domu 12 sierpnia, a na ulicy Akrestsin na jego ciele było 47 krwiaków.
 Muzhina złożył wniosek do Komitetu Śledczego, domagając się zbadania faktu jego pobicia. Oczywiście odmówili wszczęcia sprawy karnej. W trakcie rozpatrywania sprawy karnej ustalono , że od sierpnia do października 2020 roku Aleksander wielokrotnie brał udział w blokowaniu ruchu pojazdów w Mińsku, zamieszczał na portalach społecznościowych filmy obrażające Łukaszenkę.</t>
   </si>
   <si>
     <t>5 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-06-30 00:34:06</t>
   </si>
   <si>
+    <t>Alexey Dmitrievich Kovalev</t>
+  </si>
+  <si>
+    <t>16 września 1977</t>
+  </si>
+  <si>
+    <t>Zatrzymany za komentarze na portalach społecznościowych po śmierci V.V. Makei.
+W dniu 3 października 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.07.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.10.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-12-06 17:27:15</t>
+  </si>
+  <si>
     <t>Vyacheslav Alexandrovich Kurilchik</t>
   </si>
   <si>
     <t>17 września 1985</t>
   </si>
   <si>
     <t>Decyzja sądu 26.10.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.01.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-10-06 19:56:36</t>
   </si>
   <si>
     <t>Anastasia Viktorovna Sikiritskaya</t>
   </si>
   <si>
     <t>17 września 1981</t>
   </si>
   <si>
     <t>Była zamieszana w „sprawę pogawędek na podwórku”.</t>
   </si>
   <si>
     <t>Decyzja sądu 24.07.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-07 22:14:23</t>
-  </si>
-[...14 lines deleted...]
-    <t>2025-10-24 17:07:59</t>
   </si>
   <si>
     <t>Alexey Vitalievich Kulikov</t>
   </si>
   <si>
     <t>17 września 1987</t>
   </si>
   <si>
     <t>Obywatel Federacji Rosyjskiej. W prorządowym filmie „Gaspar nie kontaktował” w telewizji ONT, wyemitowanym 04.05.2023 r., podaje się , że Aleksiej rzekomo fotografował obiekty w Grodnie – wojskowy urząd rejestracyjny i poborowy Grodna i Grodna rejon, jednostka wojskowa 41780, skład ropy w okręgu Auls, skład ropy w okręgu Dewiatówka, Konsulat Generalny Federacji Rosyjskiej. A także, że rok temu Kulikow uciekł przed poborem, a rosyjski opozycjonista Daniił Krinari (Kowalewski) pomógł mu przedostać się do Grodna. W grudniu Krinari został zatrzymany w Grodnie i wydany Rosji.
 Wśród najbliższych krewnych Aleksieja tylko jego babcia.
 W dniu 28 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 10.04.2024: 23 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-04-06 14:13:09</t>
   </si>
   <si>
     <t>Edward Nikolaevich Vilchevskiy</t>
   </si>
   <si>
     <t>17 września 1994</t>
   </si>
   <si>
     <t>Kierowca taksówki. W rodzinie jest dwoje małoletnich dzieci.
 Skazany za komentarze od czerwca 2020 do sierpnia tego samego roku na czacie Telegram.</t>
   </si>
   <si>
     <t>9 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-07-14 20:24:21</t>
   </si>
   <si>
     <t>Maksim Valerievich Remezov</t>
   </si>
   <si>
     <t>17 września 1980</t>
   </si>
   <si>
     <t>Maksym jest absolwentem Białoruskiego Państwowego Uniwersytetu Informatyki i Radioelektroniki ze specjalizacją inżynieria sieciowa. Swoją karierę rozpoczął w Mińskich Zakładach Elektromechanicznych, następnie pracował jako programista w IBA i Netland. W 2022 roku objął stanowisko architekta systemów w A1.
 Został zatrzymany i skazany w sierpniu 2024 r. na podstawie artykułów „finansowanie działalności ekstremistycznej” i „finansowanie lub inne materialne wsparcie wojny”.</t>
   </si>
   <si>
-    <t>Decyzja sądu 05.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
+    <t>Decyzja sądu 05.08.2024: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-30 19:47:20</t>
   </si>
   <si>
-    <t>Elena Viktorovna Bobr</t>
-[...11 lines deleted...]
-    <t>2024-09-06 17:56:15</t>
+    <t>Galina Viktorovna Latugovskaya</t>
+  </si>
+  <si>
+    <t>17 września 1978</t>
+  </si>
+  <si>
+    <t>Nauczycielka została zatrzymana pod koniec października lub na początku listopada 2024 roku. Sprawa ma swoje źródło w komentarzach na Telegramie – jej konto było zarejestrowane na jej własny numer, a w pewnym momencie użyła swojego zdjęcia jako zdjęcia profilowego, mimo że wcześniej zostawiła na koncie wiele komentarzy.
+W ostatnich latach Galina pracowała w Katedrze Chemii Ogólnej i Bioorganicznej Państwowego Uniwersytetu Medycznego w Homlu. Przygotowywała również studentów do podjęcia studiów podyplomowych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-10-24 17:07:59</t>
   </si>
   <si>
     <t>Anastasia Alexandrovna Voitekhovich</t>
   </si>
   <si>
     <t>18 września 1997</t>
   </si>
   <si>
     <t>Anastazję zatrzymano w sierpniu 2021 r. w związku ze sprawą karną wszczętą na podstawie artykułu „akt terroryzmu”, a w czerwcu 2023 r. skazano ją na podstawie kilku artykułów karnych.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-17 01:33:47</t>
   </si>
   <si>
     <t>Maria Andreevna Borisenko</t>
   </si>
   <si>
     <t>18 września 1992</t>
   </si>
   <si>
     <t>31 lipca 2024 r. została zatrzymana na podstawie przepisów administracyjnych, w związku z czym najwyraźniej wszczęto przeciwko niej postępowanie karne.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-24 23:47:27</t>
   </si>
   <si>
     <t>Ksenia Sergeevna Khodyreva</t>
   </si>
   <si>
     <t>18 września 1996</t>
   </si>
   <si>
     <t>Zatrzymany za datki. Został nagrodzony w kategorii „Najlepszy Absolwent BSU” 2018. Po aresztowaniu Ksenia przez kilka miesięcy przebywała w Areszcie Śledczym KGB, po czym została przeniesiona do Aresztu Śledczego-1, a następnie do Aresztu Śledczego-3.
 W dniu 4 czerwca 2024 r. rozpatrzono apelację Kseni. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
   </si>
   <si>
     <t>2023-12-22 19:08:41</t>
-  </si>
-[...29 lines deleted...]
-    <t>2022-08-26 11:08:39</t>
   </si>
   <si>
     <t>Maxim Yuryevich Chakhovsky</t>
   </si>
   <si>
     <t>20 września 1995</t>
   </si>
   <si>
     <t>Decyzja sądu 04.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:57</t>
   </si>
   <si>
     <t>Dmitry Aleksandrovich Klimov</t>
   </si>
   <si>
     <t>21 września 1993</t>
   </si>
   <si>
     <t>Dmitry pracował jako kierowca w kilku organizacjach, aw przeszłości jako taksówkarz. Od początku 2017 r. do maja 2018 r. pracował także w Departamencie Bezpieczeństwa Kalinkowiczów, a następnie jako chorąży policji do zwolnienia w sierpniu.
 Dmitry jest żonaty i ma czteroletnią córkę.
 Mężczyzna został zatrzymany w związku z sabotażem na torach kolejowych . Kiedy został aresztowany, nie stawiał oporu, ale mimo to funkcjonariusze Jednostki Specjalnego Szybkiego Reagowania celowo postrzelili go w stawy kolanowe.
 Dmitrij został uznany winnym pięciu poważnych artykułów Kodeksu karnego i wyznaczono termin ograniczenia wolności. Sąd nałożył również karę grzywny w wysokości 380 jednostek podstawowych. Pozwany dobrowolnie zrekompensował szkodę wyrządzoną RUE „Mohylewskiemu Oddziałowi Kolei Białoruskich” w wysokości ponad 12,8 tys. Rubli.</t>
   </si>
@@ -1153,66 +1021,50 @@
   </si>
   <si>
     <t>Wiadomo , że Siergiej pracował jako główny inżynier w firmie budowlanej Intermeo LLC. Siergiej lubił również śpiewać i grać na gitarze, a także prowadził własny kanał na YouTube, gdzie nauczył się śpiewać piosenki.</t>
   </si>
   <si>
     <t>2025-10-18 15:08:09</t>
   </si>
   <si>
     <t>Vladislav Valerievich Kupriyanov</t>
   </si>
   <si>
     <t>21 września 1988</t>
   </si>
   <si>
     <t>Mężczyzna pracuje w Mohylewskich Miejskich Sieciach Elektrycznych jako inżynier.
 Zatrzymany na początku sierpnia 2022 r. Mężczyzna podejrzany jest o to, że jesienią 2020 r. „wykorzystując swoje stanowisko służbowe” przekazywał informacje o miejscach pobytu urzędników i funkcjonariuszy bezpieczeństwa na kanał telegramowy Czarnej Księgi Białorusi.
 W dniu 27 czerwca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.04.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.06.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-08-06 17:50:07</t>
   </si>
   <si>
-    <t>Alesya Leonidovna Sergeenko</t>
-[...14 lines deleted...]
-  <si>
     <t>Daniil Igorevich Bognat</t>
   </si>
   <si>
     <t>21 września 2001</t>
   </si>
   <si>
     <t>Daniił, kibic FC Volna, został zatrzymany 10 sierpnia 2020 r. w ramach postępowania karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 01:34:30</t>
   </si>
   <si>
     <t>Alexey Victorovich Bychkovsky</t>
   </si>
   <si>
     <t>21 września 1985</t>
   </si>
   <si>
     <t>Jest oskarżony o przekazywanie danych przedstawicieli organów ścigania do kanału telegramu. Obywatel Federacji Rosyjskiej.</t>
   </si>
   <si>
     <t>11 lat w kolonii karnej.</t>
@@ -1229,367 +1081,369 @@
   <si>
     <t>Decyzja sądu 20.09.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 22.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2025-09-25 16:40:05</t>
   </si>
   <si>
     <t>Sergey Olegovich Nelepko</t>
   </si>
   <si>
     <t>22 września 1989</t>
   </si>
   <si>
     <t>Zatrzymany za bycie członkiem kanałów telegramowych, które są uznawane za „ekstremistyczne”.
 W grudniu KGB umieściło Siergieja Nelepko na „liście terrorystów”, więc nie może wykonywać przelewów pieniężnych.
 Według prokuratury w marcu 2022 roku oskarżony rozmawiał na Telegramie o nielegalnym nabyciu 50 sztuk karabinów szturmowych Kałasznikowa i amunicji do niego oraz omawiał możliwość dostarczenia broni i amunicji na Białoruś. W celu zdestabilizowania białoruskiej kolei, mieszkaniec Grodna zamieścił również wiadomość wzywającą do uszkodzenia transportu kolejowego i linii komunikacyjnych. Zostawił też inne „obraźliwe” komentarze pod adresem przedstawicieli władz i A.G. Łukaszenki.
 Wiadomo, że prokurator wnioskował o skazanie Nelepko na 16 lat więzienia, ale sędzia Senko ograniczył się do dziewięciu lat więzienia.</t>
   </si>
   <si>
     <t>9 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-03-11 01:36:10</t>
   </si>
   <si>
+    <t>Alexey Alekseevich Levkevich</t>
+  </si>
+  <si>
+    <t>22 września 1987</t>
+  </si>
+  <si>
+    <t>Od września 2024 do stycznia 2025 roku obowiązywały go ograniczenia w podróżowaniu. W styczniu został zatrzymany przez funkcjonariuszy KGB.
+Pracował jako państwowy inspektor bezpieczeństwa pracy. Później zarejestrował się jako osoba fizyczna prowadząca jednoosobową działalność gospodarczą i zaczął zajmować się pracami wykończeniowymi. Przez kilka lat pracował na Litwie.
+Aleksiej przez wiele lat grał amatorsko w piłkę nożną i futsal. Grał w Premier League 5x5 w klubach do-doma.by i BelVEB, strzelając dziesiątki bramek i występując w meczach.</t>
+  </si>
+  <si>
+    <t>2025-12-16 00:44:57</t>
+  </si>
+  <si>
     <t>Ilya Vladimirovich Shapotkovsky</t>
   </si>
   <si>
     <t>23 września 1987</t>
   </si>
   <si>
     <t>Jeden z liderów inicjatywy Honest People, Ilya, aktywnie uczestniczył w kampanii wyborczej Wiktora Babariko, kierującego wydziałem weryfikacji podpisów. Został zatrzymany 4 sierpnia 2020 r. pod zarzutem przestępstw gospodarczych, ale później został skazany za „publikowanie informacji medialnych mających na celu dyskredytację władzy i dzielenie społeczeństwa ze względu na poglądy polityczne”.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.05.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.07.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:56</t>
-  </si>
-[...43 lines deleted...]
-    <t>2021-09-26 12:05:21</t>
   </si>
   <si>
     <t>Igor Vladimirovich Olinevich</t>
   </si>
   <si>
     <t>24 września 1983</t>
   </si>
   <si>
     <t>Igor jest działaczem ruchu anarchistycznego i byłym więźniem politycznym w „sprawie anarchistycznej” w 2010 roku. Został zatrzymany podczas przekraczania granicy Białorusi w nocy z 28 na 29 października 2020 r. i oskarżony o „podpalenie” i „terroryzm”.
 W sierpniu 2022 r. decyzją sądu Igor został przeniesiony do więzienia.
 Na początku lipca 2024 r. Igor został przetransportowany do szpitala w Koladichi. Został tam przyjęty z podejrzeniem choroby wrzodowej żołądka, która pogłębiła się po strajku głodowym, który prowadził od 13 do 26 czerwca w „celi karnej” więzienia nr 8 w Żodino, gdzie odbywa karę.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.12.2021: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Sąd zmiany reżimu 08.08.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:37:19</t>
   </si>
   <si>
+    <t>Sergey Anatolievich Movshuk</t>
+  </si>
+  <si>
+    <t>24 września 1978</t>
+  </si>
+  <si>
+    <t>Siergiej został skazany za udział w „masowych zamieszkach” w sprawie karnej, wszczętej w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa w nocy z 9 na 10 sierpnia 2020 r. Ofiarami w sprawie było 109 policjantów i urzędników, którzy oprócz kary więzienia dla oskarżonych domagali się odszkodowania w wysokości około 530 tys. rubli.
+W listopadzie 2024 roku karę Siergieja zaostrzono i został on przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.04.2021: 6 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany. Sąd zmiany reżimu 21.11.2024: reżim więzienny do końca kary.</t>
+  </si>
+  <si>
+    <t>2021-04-30 17:38:44</t>
+  </si>
+  <si>
+    <t>Trofim Borisov</t>
+  </si>
+  <si>
+    <t>24 września 2006</t>
+  </si>
+  <si>
+    <t>W prorządowym filmie (kwiecień 2024) powiedziano , że sześciu nastolatków rzekomo zjednoczyło się w „anarchistycznej komórce „Czarne Słowiki”, którą „pod przywództwem Narodowo-Wyzwoleńczej Armii Ukrainy” utworzył 16-letni Obywatelka Ukrainy Maria Misyuk.
+Pracownicy ONT twierdzą, że nastolatkowie zjednoczyli się, aby przeprowadzić sabotaż na wysypisku na Białorusi, a następnie w Rosji. Maria jest oskarżona z części 2 art. 289 Kodeksu karnego (akt terroryzmu). Według tej historii 16-letnia Maria Misyuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „anarchistyczną komórkę do przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci w Baranowiczach, Nieświeżu, Mirze, Mińsku i Łunińcu. Są to Trofim Borysow , Siergiej Żigalew, Dmitrij Zahoroshko, Anastazja Klimenko i Aleksandra Pulinowicz. Według pracowników ONT młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do pierwszej poważnej akcji - zebrania materiałów wybuchowych i wysadzenia baranowickiego komisariatu policji lub prokuratury. Nie wiadomo, pod jakimi zarzutami zarzuca się pozostałym pięciu uczestnikom. Nieznany jest także ich status i lokalizacja.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2024-04-30 22:49:05</t>
+  </si>
+  <si>
     <t>Andrey Ivanovich Rebyakov</t>
   </si>
   <si>
     <t>24 września 1986</t>
   </si>
   <si>
     <t>Andriej na komendzie policji w Mohylewie we wrześniu 2023 r. będąc pod wpływem alkoholu „rozmawiał nieprzyzwoicie” z Łukaszenką. Został skazany przez Leninski Sąd Rejonowy w Mohylewie na podstawie części 1 art. 368 Kodeksu karnego (Obrażenie Łukaszenki). Ponadto mężczyźnie zapisano obowiązkowe leczenie z powodu przewlekłego alkoholizmu.
 Wiadomo, że mężczyzna był już wcześniej karany 13 razy. W marcu 2023 r. Sąd Rejonowy w Oktyabrskim rozpatrzył sprawę o zakończenie nadzoru prewencyjnego wobec Rebyakova, a w lipcu 2023 r. Sąd Rejonowy w Orszy rozpatrzył kwestię zaprzestania stosowania wobec mężczyzny obowiązkowych środków bezpieczeństwa i leczenia.
 Andrei Rebyakov odwołał się od wyroku do Sądu Okręgowego w Mohylewie. 24 września 2024 r. skład orzekający pod przewodnictwem sędziego Siergieja Korolewa podtrzymał wyrok.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.07.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 24.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 20:39:06</t>
   </si>
   <si>
-    <t>Trofim Borisov</t>
-[...84 lines deleted...]
-    <t>2023-01-02 14:23:53</t>
+    <t>Alexander Sergeevich Kapshul</t>
+  </si>
+  <si>
+    <t>Były doradca prawny OJSC Naftan, zakład Polymir Został zatrzymany na terytorium Federacji Rosyjskiej bez podstawy prawnej. Nikt nie wyjaśnił powodów zatrzymań, a Aleksander został w trybie pilnym przekazany KGB Białorusi, które potajemnie zabrało go do Mińska z przejścia granicznego Rosja-Ukraina „Troebortnoe”. W pierwszych dniach po aresztowaniu złamał nogę i doznał urazu ręki.
+W dniu 10 kwietnia 2024 r. w Bobrujsku odbył się proces w sprawie zmiany reżimu aresztu na więźnia politycznego. Decyzją sędziego Pawła Kartinina Aleksander został przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>15 lat w kolonii pod zaostrzonym reżimem</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:05:21</t>
   </si>
   <si>
     <t>Irina Buinevich</t>
   </si>
   <si>
     <t>25 września 1981</t>
   </si>
   <si>
     <t>Badaczka. Przez 10 lat pracowała w Ministerstwie Statystyki, a następnie w prywatnej firmie zajmującej się badaniami marketingowymi. Następnie została szefową prywatnej firmy badawczej Mia Research. Prowadziła badania w różnych dziedzinach: medycynie, żywności, przemyśle gier, tworzeniu gier komputerowych, rynkach finansowych i innych. Wśród jej klientów znaleźli się Bank Światowy, Światowa Organizacja Zdrowia i Narodowy Bank Białorusi.
 Została aresztowana pod koniec 2023 roku za prowadzenie wspólnie z Jewgienijem Krasniańskim badań socjologicznych.
 Według obrońców praw człowieka, kobieta w sierpniu tego roku nadal przebywała w Areszcie Śledczym nr 1, a w jej sprawie odbyły się liczne rozprawy sądowe. Nie wiadomo, czy zapadł już wyrok.</t>
   </si>
   <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
     <t>2025-10-15 14:05:43</t>
   </si>
   <si>
+    <t>Sergei Alexandrovich Zelenkov</t>
+  </si>
+  <si>
+    <t>25 września 1987</t>
+  </si>
+  <si>
+    <t>Siergiej został po raz pierwszy skazany w maju 2022 r. za znieważenie urzędnika i skazany na karę ograniczenia wolności z odroczeniem wykonania kary.
+W styczniu 2024 roku został ponownie skazany na podstawie artykułu „Organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i również skazany na karę ograniczenia wolności z odroczeniem wykonania kary. Okoliczności i szczegóły sprawy nie są znane.</t>
+  </si>
+  <si>
+    <t>IUOT-46, 213188, obwód mohylewski, m. Krugloje, ul. sowiecki, 96</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.05.2022: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Decyzja sądu 19.01.2024: 3 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 02.04.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-05-11 00:47:30</t>
+  </si>
+  <si>
     <t>Sergey Sergeevich Kulesh</t>
   </si>
   <si>
+    <t>25 września 1988</t>
+  </si>
+  <si>
     <t>Szczegóły wyroku poznaliśmy po komentarzu prokuratora Pleskatsewicza dla pińskiej telewizji państwowej (nie podano nazwiska oskarżonego, ale tylko on był sądzony w Pińsku w 2024 r. na podstawie artykułu „Niepokoje”). Prokurator przedstawił stanowisko oskarżonego: 9 sierpnia 2020 r. głosował w lokalu wyborczym, wrócił do domu i wypił dużo (około butelki wódki), po czym „w interesie poszedł przyjrzeć się protestującym koło budynku Komitetu Wykonawczego Miasta.” Co dokładnie mężczyzna zrobił dalej na protestach, z jakich powodów, ze względu na alkohol (według jego słów), nie pamięta. Na nagraniu uchwycono jednak to, co prokuratura określiła następująco: „brał czynny udział [w zamieszkach], tj. swoimi działaniami wspierał pogrom i wraz z innymi demonstrantami atakował policję”.</t>
   </si>
   <si>
     <t>4 lata więzienia w kolonii o zaostrzonym rygorze</t>
   </si>
   <si>
     <t>2024-05-17 18:40:19</t>
   </si>
   <si>
-    <t>Dmitry Alexandrovich Stepanov</t>
-[...11 lines deleted...]
-    <t>2023-02-11 15:26:39</t>
+    <t>Nikolay Borisovich Yushchenko</t>
+  </si>
+  <si>
+    <t>25 września 1970</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Homla Nikołaj Juszczenko od dawna prowadzi własną działalność gospodarczą. Jego firma zajmuje się sprzedażą artykułów gospodarstwa domowego i opakowań.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2024: nieznany. Apelacja 28.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-30 13:37:50</t>
+  </si>
+  <si>
+    <t>Pavel Viktorovich Petruchenia</t>
+  </si>
+  <si>
+    <t>Kanały prorządowe opublikowały „skruszone filmy”, na których Paweł mówi , że pracował w Departamencie Bezpieczeństwa do 2018 roku, był przetrzymywany za przekazywanie danych osobowych pracowników Departamentu do Czarnej Księgi Białorusi. Dane zostały zaczerpnięte z książki telefonicznej.
+W domu pozostawił żonę i małe dzieci (1 rok i 3 lata).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.06.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 22.08.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-01-02 14:23:53</t>
   </si>
   <si>
     <t>Fedor Nikolaevich Motorin</t>
   </si>
   <si>
     <t>27 września 1983</t>
   </si>
   <si>
     <t>Fiodor został skazany wiosną 2024 roku za „oczernianie Łukaszenki” i skazany na karę ograniczenia wolności i umieszczenie w zakładzie karnym o charakterze otwartym.</t>
   </si>
   <si>
     <t>IUOT-29, Wołkowysk, Rokossowski, 118e, 230415</t>
   </si>
   <si>
     <t>Decyzja sądu 07.05.2024: 3 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2024-05-31 12:27:36</t>
   </si>
   <si>
     <t>Alexander Vasilievich Martysevich</t>
   </si>
   <si>
     <t>28 września 1991</t>
   </si>
   <si>
     <t>Decyzja sądu 10.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-10-07 20:51:19</t>
   </si>
   <si>
     <t>Natalia Alexandrovna Pupkevich</t>
   </si>
   <si>
     <t>29 września 1978</t>
   </si>
   <si>
     <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-01-21 13:30:15</t>
+  </si>
+  <si>
+    <t>Pavel Mikhailovich Charco</t>
+  </si>
+  <si>
+    <t>29 września 1989</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-12-12 18:22:03</t>
+  </si>
+  <si>
+    <t>Yanina Kirillovna Poznyak</t>
+  </si>
+  <si>
+    <t>29 września 2005</t>
+  </si>
+  <si>
+    <t>Córka dziennikarza, więźnia politycznego Kiryła Pozniaka, Janina została zatrzymana wraz z ojcem 4 września 2025 roku. Początkowo umieszczono ją w areszcie tymczasowym, a kilka dni później postawiono jej zarzuty i przeniesiono do Aresztu Śledczego nr 1.
+Przeciwko 20-letniej Janinie Pozniak wszczęto postępowanie karne za współpracę z „grupą ekstremistyczną”.
+4 września, w dniu zatrzymania Kiryła Pozniaka i Janiny Pozniaka, Komitet Bezpieczeństwa Państwowego Białorusi (KGB) uznał kanał YouTube „Platforma 375” i powiązane z nim konta na TikToku za „grupę ekstremistyczną”. Według KGB „grupa obywateli reprezentująca grupę” jest zaangażowana w „działalność ekstremistyczną”, a Kirył Pozniak został wskazany jako jej organizator.</t>
+  </si>
+  <si>
+    <t>2026-01-24 18:40:45</t>
   </si>
   <si>
     <t>Nikolay Nikolaevich Daineko</t>
   </si>
   <si>
     <t>29 września 1972</t>
   </si>
   <si>
     <t>2025-06-08 21:54:31</t>
   </si>
   <si>
     <t>Oleg Nikolaevich Gorbachev</t>
   </si>
   <si>
     <t>30 września 1989</t>
   </si>
   <si>
     <t>Oleg został zatrzymany za subskrybowanie „destrukcyjnych kanałów Telegramu”
 W swoim nagraniu zeznań powiedział, że został zatrzymany za subskrybowanie „destrukcyjnych kanałów Telegramu”, na których rozpowszechniał informacje ekstremistyczne, a także za próbę „zastraszenia policji”.</t>
   </si>
   <si>
     <t>4 lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2022-04-12 21:28:11</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-05-11 17:49:10</t>
   </si>
   <si>
     <t>Vyacheslav Olegovich Demenchenko</t>
   </si>
   <si>
     <t>30 września 1993</t>
   </si>
   <si>
     <t>W 2021 roku Demenchenko ukończył studia na Wydziale Informatyki na Uniwersytecie Państwowym w Połocku, po czym pracował jako inżynier elektronik w Nowopołeckim Centralnym Szpitalu Rejonowym, z którego zrezygnował jesienią 2022 roku.
 W kolejnych latach na portalach społecznościowych pojawiały się wzmianki o tym, że facet mieszkał w Grodnie i Warszawie. Ostatni raz Demenczenko był online pod koniec 2023 roku. Najprawdopodobniej po tym wydarzeniu został aresztowany.
 Demenczenko został oskarżony o „spowodowanie szkód dla bezpieczeństwa narodowego Białorusi”. Mógł zostać skazany na karę od 4 do 12 lat więzienia, ale w każdym przypadku odbyłby karę w kolonii karnej. Nieznany jest charakter zarzutów ani dokładny termin ich naliczania.</t>
   </si>
   <si>
     <t>2025-05-09 07:25:59</t>
+  </si>
+  <si>
+    <t>Michael Viktorovich Tymoshenko</t>
+  </si>
+  <si>
+    <t>30 września 1997</t>
+  </si>
+  <si>
+    <t>26.12. 2024 podlegał karze administracyjnej na podstawie części 2 art. 19.11 Kodeksu wykroczeń administracyjnych Republiki Białorusi (Dystrybucja, produkcja, przechowywanie, przesyłanie produktów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promujących taką działalność). Następnie wszczęto postępowanie karne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-05-11 17:49:10</t>
+  </si>
+  <si>
+    <t>Olga Gennadievna Kapuza (Loiko)</t>
+  </si>
+  <si>
+    <t>Dmitrij i Olga Kapuzy, lat 36, zostali zatrzymani 16 stycznia 2024 roku. Para pochodzi z rejonu drohiczyńskiego i mieszkała w pobliżu granicy białorusko-ukraińskiej. Po ich zatrzymaniu telewizja państwowa wyemitowała film propagandowy zatytułowany „Czystka. Walka z sabotażystami i agentami ukraińskich służb specjalnych na Białorusi”, oskarżając ich o przemyt towarów z Ukrainy. Zatrzymano wówczas łącznie 12 osób. Według propagandy para rzekomo pracowała dla ukraińskich służb specjalnych. Twierdzono, że mieszkańcy rejonu drohiczyńskiego pomagali Służbie Bezpieczeństwa Ukrainy w przejmowaniu materiałów wybuchowych i tworzeniu kryjówek na Białorusi.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 21 rok więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-07-16 18:41:13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1893,51 +1747,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I94"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2022,2524 +1876,2278 @@
       </c>
       <c r="D4" t="s">
         <v>27</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>27</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>45</v>
       </c>
       <c r="I7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
       </c>
       <c r="I9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>67</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>13</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I12" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>13</v>
+      </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="I16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
       </c>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>104</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I18" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="I19" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I20" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
+      <c r="E21" t="s">
+        <v>50</v>
+      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="H21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I21" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D22" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>124</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="I22" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
+      <c r="E23" t="s">
+        <v>130</v>
+      </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>144</v>
       </c>
       <c r="I26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>146</v>
       </c>
       <c r="B27" t="s">
         <v>147</v>
       </c>
+      <c r="C27" t="s">
+        <v>148</v>
+      </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
+      <c r="E27" t="s">
+        <v>79</v>
+      </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>165</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>166</v>
+        <v>169</v>
+      </c>
+      <c r="C31" t="s">
+        <v>170</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
+      <c r="E31" t="s">
+        <v>124</v>
+      </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I31" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C32" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
+      <c r="E32" t="s">
+        <v>21</v>
+      </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="I32" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="I33" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E34" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="I34" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>187</v>
+        <v>124</v>
       </c>
       <c r="F35" t="s">
-        <v>188</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="I35" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B36" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="I36" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C37" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>124</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
+      <c r="H37" t="s">
+        <v>201</v>
+      </c>
       <c r="I37" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C38" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>63</v>
       </c>
       <c r="I38" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C39" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D39" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>28</v>
+        <v>210</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
-      <c r="H39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B40" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C40" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
+      <c r="E40" t="s">
+        <v>13</v>
+      </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="I40" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C41" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
-      <c r="E41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I41" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="I42" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C43" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>143</v>
+        <v>79</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="I43" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B44" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C44" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
+      <c r="E44" t="s">
+        <v>44</v>
+      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="I44" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C45" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I45" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B46" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C46" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I46" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B47" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="C47" t="s">
         <v>248</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
+        <v>79</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I47" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>251</v>
       </c>
       <c r="B48" t="s">
         <v>252</v>
       </c>
       <c r="C48" t="s">
         <v>253</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E48" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>254</v>
       </c>
       <c r="I48" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>256</v>
       </c>
       <c r="B49" t="s">
         <v>257</v>
       </c>
       <c r="C49" t="s">
         <v>258</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>21</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
         <v>259</v>
       </c>
       <c r="I49" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>261</v>
       </c>
       <c r="B50" t="s">
         <v>262</v>
       </c>
       <c r="C50" t="s">
         <v>263</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
         <v>21</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>264</v>
       </c>
       <c r="I50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B51" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C51" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
+      <c r="E51" t="s">
+        <v>50</v>
+      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I51" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C52" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>27</v>
+      </c>
+      <c r="E52" t="s">
+        <v>28</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="I52" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B53" t="s">
-        <v>276</v>
+        <v>277</v>
+      </c>
+      <c r="C53" t="s">
+        <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E53" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D54" t="s">
         <v>27</v>
       </c>
-      <c r="E54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D55" t="s">
         <v>27</v>
       </c>
+      <c r="E55" t="s">
+        <v>28</v>
+      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
-      <c r="E56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B58" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C58" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
-      <c r="E58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>302</v>
+        <v>45</v>
       </c>
       <c r="I58" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>304</v>
       </c>
       <c r="B59" t="s">
         <v>305</v>
       </c>
       <c r="C59" t="s">
         <v>306</v>
       </c>
       <c r="D59" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>307</v>
       </c>
       <c r="I59" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>309</v>
       </c>
       <c r="B60" t="s">
         <v>310</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>312</v>
       </c>
       <c r="I60" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>314</v>
       </c>
       <c r="B61" t="s">
         <v>315</v>
       </c>
       <c r="C61" t="s">
         <v>316</v>
       </c>
       <c r="D61" t="s">
-        <v>27</v>
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>44</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>317</v>
       </c>
       <c r="I61" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>319</v>
       </c>
       <c r="B62" t="s">
         <v>320</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>321</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>323</v>
+      </c>
+      <c r="B63" t="s">
         <v>324</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>325</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>104</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>326</v>
       </c>
       <c r="I63" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>328</v>
       </c>
       <c r="B64" t="s">
         <v>329</v>
       </c>
       <c r="C64" t="s">
         <v>330</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="H64" t="s">
+        <v>16</v>
+      </c>
+      <c r="I64" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>332</v>
+      </c>
+      <c r="B65" t="s">
         <v>333</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>334</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>124</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>335</v>
       </c>
       <c r="I65" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>337</v>
       </c>
       <c r="B66" t="s">
         <v>338</v>
       </c>
       <c r="C66" t="s">
         <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>340</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
         <v>343</v>
       </c>
       <c r="C67" t="s">
         <v>344</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
+      <c r="E67" t="s">
+        <v>21</v>
+      </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>39</v>
+        <v>345</v>
       </c>
       <c r="I67" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
-      <c r="E68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I68" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C69" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D69" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="I69" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B70" t="s">
-        <v>357</v>
+        <v>343</v>
       </c>
       <c r="C70" t="s">
         <v>358</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>66</v>
+        <v>225</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>359</v>
       </c>
       <c r="I70" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>361</v>
       </c>
       <c r="B71" t="s">
         <v>362</v>
       </c>
       <c r="C71" t="s">
         <v>363</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E71" t="s">
-        <v>66</v>
+        <v>364</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="I71" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>366</v>
       </c>
       <c r="B72" t="s">
         <v>367</v>
       </c>
+      <c r="C72" t="s">
+        <v>368</v>
+      </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>13</v>
+        <v>369</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>165</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I72" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B73" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C73" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="I73" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B74" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C74" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I74" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B75" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="C75" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
+      <c r="E75" t="s">
+        <v>13</v>
+      </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I75" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B76" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C76" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>21</v>
+        <v>389</v>
       </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>165</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="I76" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B77" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
-      <c r="E77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I77" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E78" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="I78" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B79" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="C79" t="s">
         <v>401</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>124</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>402</v>
       </c>
       <c r="I79" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>404</v>
       </c>
       <c r="B80" t="s">
         <v>405</v>
       </c>
       <c r="C80" t="s">
         <v>406</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>27</v>
+      </c>
+      <c r="E80" t="s">
+        <v>364</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
-      <c r="H80" t="s">
+      <c r="I80" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>408</v>
+      </c>
+      <c r="B81" t="s">
         <v>409</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>124</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>16</v>
+      </c>
+      <c r="I81" t="s">
         <v>410</v>
-      </c>
-[...19 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>50</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>63</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
+      <c r="I82" t="s">
         <v>415</v>
-      </c>
-[...22 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B83" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="C83" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>424</v>
+        <v>16</v>
       </c>
       <c r="I83" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="B84" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C84" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="I84" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="B85" t="s">
-        <v>432</v>
+        <v>412</v>
       </c>
       <c r="C85" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="D85" t="s">
         <v>27</v>
       </c>
-      <c r="E85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
+      <c r="H85" t="s">
+        <v>427</v>
+      </c>
       <c r="I85" t="s">
-        <v>434</v>
-[...239 lines deleted...]
-        <v>474</v>
+        <v>428</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">