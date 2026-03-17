--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="451">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -69,326 +69,310 @@
     <t>1 września 1997</t>
   </si>
   <si>
     <t>Wiadomo , że w Polsce Oreszko pracował jako specjalista ds. kadr i poszukiwał ludzi do pracy. Okresowo odwiedzał Białoruś. Nie wiadomo, kiedy wrócił ostatni raz, ale został zatrzymany kilka miesięcy temu.
 Аreszko przebywa obecnie w areszcie tymczasowym.</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>W więzieniu</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-04-02 16:59:55</t>
   </si>
   <si>
-    <t>Alexander Nikolaevich Lubenchuk</t>
-[...2 lines deleted...]
-    <t>1 września</t>
+    <t>Aliaksandr Liubianchuk</t>
+  </si>
+  <si>
+    <t>1 września 1988</t>
   </si>
   <si>
     <t>Dziennikarz, został zatrzymany 26 maja 2022 r. po przeszukaniu.
 Dziennikarzowi postawiono zarzuty, ale nie wiadomo, jaki konkretnie artykuł kryminalny zarzuca się Lyubenchuk (adwokat ma podpisaną umowę o zachowaniu poufności).
 Na początku listopada 2023 roku okazało się , że Ales zaczął mieć problemy z kręgosłupem za kratami (rok temu). „Trudno mu nawet uprawiać sport, co każdy robi, żeby się uratować. To go wyraźnie denerwuje” – powiedział informator Radia Svaboda. Ales pracował przy zdejmowaniu izolacji z przewodów.
 Został zwolniony na początku stycznia 2025 r.</t>
   </si>
   <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 27.10.2022: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 24.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-06-08 11:48:04</t>
+  </si>
+  <si>
+    <t>Aleksandr Andreevich Belov</t>
+  </si>
+  <si>
+    <t>1 września 1996</t>
+  </si>
+  <si>
+    <t>Aleksander jest aktywistą ruchu anarchistycznego. Studiował budownictwo na uniwersytecie, a następnie geodezję inżynierską na Białoruskim Narodowym Uniwersytecie Technicznym. Od młodości pasjonuje się sportem: grał w drużynie piłkarskiej ligi DIY, trenował muay thai i uprawiał wspinaczkę górską.
+Wczesnym rankiem 29 lipca 2021 roku Aleksander został zatrzymany, gdy wychodził z domu. Podczas zatrzymania był bity i przeszukiwany, a następnie przewieziony do Głównego Zarządu Zwalczania Przestępczości Zorganizowanej i Korupcji, gdzie był torturowany i bity.
+Początkowo oskarżono go o aktywny udział w proteście, który miał miejsce 23 sierpnia 2020 r. w Mińsku, chociaż wówczas odbył już karę aresztu administracyjnego za ten incydent.
+W styczniu 2022 roku Aleksandrowi i innym oskarżonym w sprawie karnej postawiono zarzuty dodatkowej przynależności do grupy ekstremistycznej za subskrypcję kanału „Pramen” w Telegramie. W momencie aresztowania kanał „Pramen” nie znajdował się jeszcze na liście grup ekstremistycznych; nastąpiło to dopiero w listopadzie 2021 roku.
+W kwietniu 2022 roku został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej. W kwietniu 2025 roku zaostrzono reżim detencyjny Aleksandra i przeniesiono go do więzienia. Później ujawniono, że sąd skazał go na dodatkowe sześć miesięcy w kolonii karnej o ogólnym rygorze za „złośliwe nieposłuszeństwo wobec żądań administracji”.</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 02.04.2025: nieznany lata więzienia. Decyzja sądu data nieznana: 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-08-07 04:15:55</t>
   </si>
   <si>
     <t>Victoria Gennadievna Volchek</t>
   </si>
   <si>
     <t>1 września 1993</t>
   </si>
   <si>
     <t>29-letni mieszkaniec obwodu mohylewskiego. Victoria studiowała w Nieświeskiej Szkole Pedagogicznej. Przez ostatnie dziesięć lat pracowałem w sklepach komunikacyjnych, na stacji benzynowej i w sklepie.
 15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
 Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. Victoria Volchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Valery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
     <t>Decyzja sądu 09.08.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-20 14:00:36</t>
   </si>
   <si>
     <t>Julia Petrovna Yurgilevich</t>
   </si>
   <si>
     <t>1 września 1980</t>
   </si>
   <si>
     <t>Przez prawie 18 lat pracowała jako prawnik.
 Broniła więźniów politycznych Alesia Puszkina, Artema Bojarskiego, Igora Bancera, Andrieja Awsijewicza, Andrieja Sokołowskiego w sądzie.
 23 lutego 2022 roku została wydalona z Grodzieńskiej Okręgowej Izby Adwokackiej za „systematyczne łamanie prawa”. Julia opuściła Białoruś, ale wróciła do kraju pod koniec sierpnia 2022 roku.
 Została zatrzymana tego samego dnia co Pavel Mozheiko.
 Paweł i Julia nie przyznali się do winy. Yurgilewicz zeznała na rozprawie, że jest przetrzymywana w „bestialskich warunkach” i nie pozwolono jej zapoznać się ze sprawą.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-09-02 18:28:29</t>
   </si>
   <si>
-    <t>Aleksandr Andreevich Belov</t>
-[...74 lines deleted...]
-  <si>
     <t>Sergey Viktorovich Eremeev</t>
   </si>
   <si>
     <t>2 września 1971</t>
   </si>
   <si>
     <t>9 grudnia 2023 roku sąd w Omsku aresztował Siergieja do 30 stycznia 2024 roku pod zarzutem wysadzenia pociągów przewożących produkty naftowe w tunelu Siewieromujskim w dniach 29 i 30 listopada. Pociąg, wiozący 41 cystern paliwowych, trzy zbiorniki paliwa lotniczego i sześć wagonów z metalami kolorowymi, najpierw stanął w płomieniach. Później wybuchł pociąg towarowy jadący obwodnicą. W rezultacie paliwo rozlało się na obszarze 150 metrów kwadratowych – cztery cysterny zostały całkowicie zniszczone, a dwa kolejne uszkodzone. Według FSB Jeremiejew „przyznał się do działania pod kontrolą ukraińskich służb specjalnych”. Eksplozje w tunelu zostały zakwalifikowane jako atak terrorystyczny.
 Według rosyjskich mediów państwowych Jeremiejew twierdził, że chciał zakłócić dostawy zaopatrzenia wojskowego: „W swoich wyjaśnieniach napisałem, że amunicja jest obecnie transportowana przez magistralę Bajkalsko-Amurską. Głównym celem było utrudnienie ruchu”.
 Siergiej brał udział w ogólnokrajowym strajku w Naftanie w listopadzie 2020 roku, o czym publicznie się poinformował , a nawet wysłał oświadczenie do ruchu Cichanowskiego. „Siergiej starał się wszystko rozwiązać pokojowo. Może był zmęczony tym, że nic się nie rozwiązuje… Na nagraniu, mimo że miał pomalowaną twarz, rozpoznałem go od razu” – powiedział znajomy Jeremiejewa. Kilka tygodni po strajku Siergiej został zwolniony z Naftanu. Siergiej był jednym z najlepszych mechaników w Nowopołocku.
 Według śledczych, w listopadzie 2023 roku Jeremiejew potajemnie przewiózł ładunki wybuchowe przez granicę rosyjską swoim samochodem i dotarł do Buriacji. Następnie, z zamiarem dokonania aktu terrorystycznego, podłożył w nocy ładunki wybuchowe na odcinku Kolei Wschodniosyberyjskiej oraz w pociągach nią poruszających się, uruchamiając systemy zdalnego sterowania. Sąd orzekł , że detonacja ładunków wybuchowych podłożonych przez Jeremiejewa spowodowała straty materialne ofiar, związane ze zniszczeniem i uszkodzeniem cystern kolejowych i sprzętu kolejowego, wynoszące ponad 100 milionów rubli (1,2 miliona dolarów), a także inne poważne konsekwencje w postaci zakłócenia funkcjonowania federalnej autostrady transportowej.
 Sąd skazał Jeremiejewa na 22 lata więzienia, z czego pierwsze pięć lat miał odbyć w kolonii karnej o zaostrzonym rygorze, oraz grzywnę w wysokości 1 000 000 rubli. Nakazano konfiskatę pojazdu Jeremiejewa. Sąd uwzględnił również roszczenia cywilne ofiar przeciwko Jeremiejewowi o odszkodowanie w łącznej wysokości ponad 60 000 000 rubli (744 000 dolarów), które miały zostać odzyskane od skazanego.</t>
   </si>
   <si>
     <t>111020, Moskwa, ul. Lefortovo Val, lat 5, areszt śledczy nr 2</t>
   </si>
   <si>
     <t>Nie</t>
   </si>
   <si>
     <t>Decyzja sądu 18.12.2025: 22 roku więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2023-12-15 13:07:02</t>
   </si>
   <si>
+    <t>Anatoly Petrovich Zmitrovich</t>
+  </si>
+  <si>
+    <t>2 września 1962</t>
+  </si>
+  <si>
+    <t>Przed aresztowaniem Anatolij był indywidualnym przedsiębiorcą i aktywnym uczestnikiem ruchu przedsiębiorczości. Znany jest również jako aktywista ekologiczny działający podczas budowy i uruchomienia zakładu bielenia celulozy w Swietłogorsku, kiedy to doszło do licznych emisji szkodliwych substancji do atmosfery. Ostatnio pracował w jednym z przedsiębiorstw zajmujących się usługami samochodowymi.
+Został aresztowany w kwietniu 2025 r. na podstawie części 2 artykułu 367 (zniesławienie Łukaszenki) Kodeksu karnego Republiki Białorusi. 25 kwietnia 2025 roku został przeniesiony do Aresztu Śledczego nr 3.
+Został wcześniej aresztowany 14 lutego 2023 r. Został również zatrzymany w 2020 r. Następnie w listopadzie został zatrzymany po nabożeństwie żałobnym poświęconym pamięci Romana Bondarenki, który zginął w Mińsku. Anatolij został ukarany grzywną w wysokości 40 wartości bazowych. Już wcześniej Zmitrowicz został pociągnięty do odpowiedzialności administracyjnej na podstawie art. 23.34 (naruszenie procedury przeprowadzania imprez masowych). Następnie otrzymał karę grzywny w wysokości 25 punktów. W.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 10 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-05-20 15:04:06</t>
+  </si>
+  <si>
     <t>Dmitry Ivanovich Malochka</t>
   </si>
   <si>
     <t>2 września 1973</t>
   </si>
   <si>
     <t>27 listopada 2023 r., a następnie 11 grudnia 2023 r., Dmitrijzostał aresztowany i skazany na podstawie art. 19.11, część 2 Kodeksu wykroczeń administracyjnych (dystrybucja, produkcja, przechowywanie i transport materiałów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promowanie takiej działalności). Sędziowie: Artem Podolyanets i Nikołaj Kmita.
 Przebywał w areszcie tymczasowym rejonowego wydziału spraw wewnętrznych w Baranowiczach. Wszczęto postępowanie karne i przewieziono go do Aresztu Śledczego nr 7 w Brześciu. Jego żona, Oksana Wiktorowna Mołoczko, również została skazana. Zostali skazani na 12 i 8 lat więzienia za „zdradę stanu”, ale w rzeczywistości za sfotografowanie pociągu z wyposażeniem wojskowym na peronie, bez zamiaru szpiegostwa.
 Przed aresztowaniem zajmował się rzemiosłem i prowadził własną działalność gospodarczą.</t>
   </si>
   <si>
     <t>Decyzja sądu 24.06.2024: 12 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-09-27 23:00:27</t>
   </si>
   <si>
-    <t>Yaroslav Anatolevich Verdysh</t>
-[...12 lines deleted...]
-    <t>2023-10-31 14:15:36</t>
+    <t>Albert Vladimirovich Shyla</t>
+  </si>
+  <si>
+    <t>2 września 1968</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-06-24 23:47:03</t>
+  </si>
+  <si>
+    <t>Denis Vasilievich Filonchik</t>
+  </si>
+  <si>
+    <t>2 września 1983</t>
+  </si>
+  <si>
+    <t>Denis został zatrzymany w grudniu 2021 r. po próbie ataku na GOM-2 Frunzenskiego Rejonowego Departamentu Spraw Wewnętrznych w Mińsku 16 sierpnia 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”. W czerwcu 2023 r. został skazany za „spisek w celu przejęcia władzy państwowej” i „utworzenie grupy ekstremistycznej”.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:54:48</t>
+  </si>
+  <si>
+    <t>Olga Vasilievna Gubar</t>
+  </si>
+  <si>
+    <t>3 września 1960</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.12.2024: nieznany. Apelacja 07.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:50:16</t>
   </si>
   <si>
     <t>Artem Leonidovich Vovna</t>
   </si>
   <si>
     <t>3 września 1991</t>
   </si>
   <si>
     <t>Top manager życia :) operator. Został zatrzymany za rozpowszechnianie danych sił bezpieczeństwa kanałami telegramowymi.</t>
   </si>
   <si>
     <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
   </si>
   <si>
     <t>8 lat więzienia w warunkach zaostrzonego reżimu.</t>
   </si>
   <si>
     <t>2022-10-13 21:57:06</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-02-03 19:24:13</t>
   </si>
   <si>
     <t>Dmitry Nikolaevich Neshta</t>
   </si>
   <si>
     <t>3 września 1975</t>
   </si>
   <si>
     <t>Aresztowany za „akt terroryzmu”.
 Emeryt wojskowy, pracował w Baranowiczach w zakładzie naprawy samolotów.
 Według śledczych 26 września 2020 r. zrobił koktajle Mołotowa i przeniósł je na parking w pobliżu jednej z jednostek wojskowych, gdzie je wykorzystał.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.06.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 23.03.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-06-09 02:57:10</t>
   </si>
   <si>
+    <t>Andrey Valerievich Tsalyuk</t>
+  </si>
+  <si>
+    <t>3 września 1993</t>
+  </si>
+  <si>
+    <t>Wcześniej był zatrzymany na podstawie artykułu administracyjnego za udział w protestach. Prorządowe kanały telegramowe donosiły o zatrzymaniu Andrieja. Na „skruszonym wideo” facet mówi, że został zatrzymany za rozpowszechnianie danych osobowych policjantów, sędziów i wzywanie ludzi do aktów przemocy.Poinformowano również, że mężczyzna „zostawił ponad 2 tysiące ekstremistycznych wiadomości, z których co najmniej 100 zawiera znamiona naruszenia prawa”.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2023-02-03 19:24:13</t>
+  </si>
+  <si>
     <t>Artem Alexandrovich Kucharenok</t>
   </si>
   <si>
     <t>3 września 1982</t>
   </si>
   <si>
     <t>Artem przepracował w tej dziedzinie całe życie – jako lekarz weterynarii, nauczyciel w Państwowej Wyższej Szkole Rolniczej w Smilowiczach i technik. Jest także dyrektorem firmy weterynaryjnej Khimvet.
 Ostatnie komentarze Artema pochodzą z maja 2024 roku, po czym zniknął z portali społecznościowych. Prawdopodobnie wtedy został zatrzymany .
 Wygląda na to, że sprawa dotyczy jego postów na portalach społecznościowych i komentarzy w telegramie – konta nazywają się jego własnym imieniem, a konto telegramu jest powiązane z własnym telefonem Artema.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.03.2025: nieznany. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-01-09 00:32:11</t>
   </si>
   <si>
-    <t>Olga Vasilievna Gubar</t>
-[...10 lines deleted...]
-  <si>
     <t>Sergei Vitalievich Ryabtsev</t>
   </si>
   <si>
     <t>5 września 2002</t>
   </si>
   <si>
     <t>Siergiej został zatrzymany 30 września 2021 roku, początkowo za komentarz, który wygłosił po śmierci oficera Komitetu Bezpieczeństwa Państwowego (KGB) Dmitrija Fedosiuka i specjalisty IT Andrieja Zelcera w Mińsku. Wezwano go do wojskowego biura rejestracji i poboru, gdzie czekały już siły bezpieczeństwa. Pod jego nieobecność przeszukano później jego dom.
 Na początku września 2022 roku ujawniono, że Komitet Bezpieczeństwa Państwowego wpisał Siergieja na „listę osób zaangażowanych w działalność terrorystyczną”. W listopadzie tego samego roku został on skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>Decyzja sądu 04.11.2022: 6 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 24.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-09-17 11:40:06</t>
   </si>
   <si>
     <t>Maksim Leonidovich Dergachev</t>
   </si>
   <si>
     <t>5 września 1971</t>
   </si>
   <si>
@@ -404,562 +388,628 @@
     <t>Andrey Valerievich Shabunya</t>
   </si>
   <si>
     <t>5 września 1988</t>
   </si>
   <si>
     <t>Decyzja sądu 14.03.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 10.06.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-03-11 21:37:35</t>
   </si>
   <si>
     <t>Illia Aleksandrovich Krauchanka</t>
   </si>
   <si>
     <t>6 września 1989</t>
   </si>
   <si>
     <t>Ilja został skazany za próbę podpalenia budynku prokuratury w Żodzinie w październiku 2020 r. Według śledczych, podpalił urządzenie, które sam wykonał na ganku, aby wyrazić swoją pogardę dla działań organów ścigania. W wyniku rozsypania mieszanki produktów naftowych i fragmentów butelek uszkodzone zostały drzwi wejściowe i zadaszenie, co spowodowało straty o wartości ponad 1500 rubli.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.04.2021: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, około 1500 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-04-08 19:35:43</t>
+  </si>
+  <si>
+    <t>Aliaksei Uladzimiravich Siankou</t>
+  </si>
+  <si>
+    <t>7 września 1978</t>
+  </si>
+  <si>
+    <t>Aleksiej, emerytowany podpułkownik, zajmował różne stanowiska w Komitecie Śledczym w latach 2012-2021. W lipcu 2021 roku został aresztowany w związku ze sprawą karną wszczętą na podstawie artykułu „grupowe działania rażąco naruszające porządek publiczny”.
+W październiku 2021 roku Aleksiej został skazany za udział w protestach po wyborach, które odbyły się w Mińsku w sierpniu 2020 roku. W 2022 roku Łukaszenka pozbawił go tytułu.
+Został zwolniony w kwietniu 2023 r. po odbyciu pełnej kary.
+Pod koniec lipca 2023 roku Aleksiej został ponownie aresztowany. Media propagandowe twierdziły, że rzekomo „próbował wciągnąć swoich byłych współpracowników w rozwiązanie sprawy poprzez łapówkę, działając w interesie obywatela Ukrainy odbywającego karę”.
+W październiku 2023 r. uznano go winnym przekupstwa i skazano na karę pozbawienia wolności oraz wysoką grzywnę.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.10.2021: 2 roku więzienia w kolonii na warunkach ogólnych. Decyzja sądu 30.10.2023: 3 roku więzienia w kolonii o zaostrzonym rygorze, 400 jednostek bazowych kary. Apelacja 25.01.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-10-06 02:11:57</t>
+  </si>
+  <si>
+    <t>Sergey Sergeyevich Glebko</t>
+  </si>
+  <si>
+    <t>8 września 1978</t>
+  </si>
+  <si>
+    <t>Został zatrzymany wraz z żoną za „podpalenie kłód w celu zakłócenia ruchu kolejowego”.
+Żonę zwolniono z aresztu śledczego, mężczyzna pozostał w areszcie.
+Na opublikowanym prorządowym kanale Siergiej został dotkliwie pobity.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>11 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-03-07 21:27:19</t>
   </si>
   <si>
     <t>Pavel Yurievich Linkevich</t>
   </si>
   <si>
     <t>8 września 1986</t>
   </si>
   <si>
     <t>Śledczy donoszą , że w sierpniu 2020 r. w pewnym momencie uwagę policjantów zwrócił SUV z zagranicznymi tablicami rejestracyjnymi i przyciemnianymi szybami. Kiedy policjanci podeszli do samochodu, oskarżony zaczął cofać i celowo wjechał w jednego z nich, po czym zbiegł z miejsca zdarzenia.
 Funkcjonariusze policji drogowej ścigali oskarżonego, ale kierowca porzucił samochód w pobliżu wsi Antonowo i uciekł.
 Wideo z rejestratora oficjalnego samochodu policji drogowej pokazuje dużą koncentrację funkcjonariuszy policji w pełnym rynsztunku. Momentu zderzenia z jednym z nich nie widać.
 Mężczyzna został wpisany na listę poszukiwanych i po powrocie z Polski 5 maja 2022 roku do Baranowicz, został zatrzymany i osadzony w areszcie.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-07-07 18:12:30</t>
   </si>
   <si>
-    <t>Sergey Sergeyevich Glebko</t>
-[...18 lines deleted...]
-  <si>
     <t>Vitaly Yanovich Kostetsky</t>
   </si>
   <si>
     <t>8 września 1980</t>
   </si>
   <si>
     <t>Decyzja sądu 29.04.2025: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 01.07.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-07-24 17:54:07</t>
+  </si>
+  <si>
+    <t>Vital Uladzimiravich Abadzenka</t>
+  </si>
+  <si>
+    <t>8 września 1974</t>
+  </si>
+  <si>
+    <t>Aktywiści na rzecz praw człowieka wiedzą , że Witalij Obodenko został poddany represjom administracyjnym w lutym 2025 r. na podstawie części 2 artykułu 19.11 Kodeksu wykroczeń administracyjnych za tzw. „rozpowszechnianie materiałów ekstremistycznych”. Prawdopodobnie po tym fakcie wszczęto przeciwko niemu postępowanie karne.</t>
+  </si>
+  <si>
+    <t>2026-02-20 16:51:53</t>
   </si>
   <si>
     <t>Denis Sergeevich Dikun</t>
   </si>
   <si>
     <t>9 września 1992</t>
   </si>
   <si>
     <t>Zatrzymany za podpalenie w dniu 28 lutego 2022 r. na stacji Żerd-Ostankovichi szafy przekaźników sygnalizacji, centralizacji i blokowania (SCB), w wyniku której nie działała sygnalizacja świetlna i rozjazdy na tym odcinku.
 Odcinek przebiega na linii Żłobin-Kalinkowicze, która następnie prowadzi do Owrucha (obwód żytomierski na Ukrainie).
 W dniu 25 marca 2024 r. w Gorkach rozpoczął się proces Denisa z części 2 art. 411 Kodeksu karnego (złośliwe nieposłuszeństwo wobec wymagań administracji kolonii). Sprawę rozpatrywała sędzia Natalya Fomicheva. Dodała do więźnia politycznego jeszcze dwa lata .
 Na początku kwietnia 2024 r. dowiedziała się, że Denis został przeniesiony do więzienia nr 4 w Mohylewie.
 18 czerwca 2024 r. Sąd Okręgowy w Mohylewie rozpatrzy apelację Denisa.</t>
   </si>
   <si>
     <t>Decyzja sądu 27.12.2022: 23 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.03.2023: nieznany. Decyzja sądu 25.03.2024: 2 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.06.2024: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-03-11 01:08:55</t>
   </si>
   <si>
+    <t>Artiom Dmitrievich Solovei</t>
+  </si>
+  <si>
+    <t>10 września 1996</t>
+  </si>
+  <si>
+    <t>Artiom, aktywista anarchistyczny, został zatrzymany 4 sierpnia 2021 roku przez funkcjonariuszy GUBOPiK. Po zatrzymaniu powitali go słowami „Witamy w Gestapo!”, po czym pobili go, zmusili do przyjęcia pozycji „połknięcia” i grozili gwałtem, żądając podania hasła do telefonu. Następnego dnia Artiom został skazany na podstawie artykułu 19.1 Kodeksu wykroczeń administracyjnych (rzekomo za agresywne zachowanie po przybyciu na komisariat) na 15 dni więzienia. Po aresztowaniu nie został jednak zwolniony.
+Artemowi początkowo postawiono zarzut „organizowania i przygotowywania działań rażąco naruszających porządek publiczny lub aktywnego w nich udziału”. W styczniu 2022 roku jemu i innym oskarżonym postawiono dodatkowo zarzut przynależności do grupy ekstremistycznej za subskrypcję kanału „Pramen” w Telegramie. W momencie aresztowania kanał nie został jeszcze dodany do listy grup ekstremistycznych, co nastąpiło dopiero w listopadzie 2021 roku.
+W kwietniu 2022 roku Artem został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej.
+Według obrońców praw człowieka miał zostać zwolniony zimą 2026 roku.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-08-29 03:42:38</t>
+  </si>
+  <si>
+    <t>Dmitriy Mostovoy</t>
+  </si>
+  <si>
+    <t>11 września 1977</t>
+  </si>
+  <si>
+    <t>Dmitrij Mostowoj ma 45 lat. Pochodzi z Senicy, studiował na Politechnice w Mińsku, jest zawodowym programistą.
+Został zatrzymany podczas protestów w październiku 2020 roku i trafił do więzienia na „jeden dzień”.
+Dmitrij został zatrzymany na początku marca 2023 roku. W prorządowym filmie „Gaspar nie skontaktował się” na kanale ONT TV, który wyemitowano 04.05.2023 r., mówią, że Dmitrij rzekomo zaproponował „białoruskiemu Guyunowi” ujawnienie informacji o lotnisku: ustawił transmisję z komputera, który działał bez przerwy przez dwa tygodnie.
+Mężczyzna przebywa teraz w areszcie śledczym pod zarzutem „zdrady państwa” i „pomocy w działalności ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.09.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 24.12.2025: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2023-04-06 15:04:01</t>
+  </si>
+  <si>
     <t>Ilya Vitalievich Lukashenko</t>
   </si>
   <si>
     <t>11 września 2000</t>
   </si>
   <si>
     <t>Decyzja sądu 19.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-13 12:14:29</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-05-29 19:25:02</t>
   </si>
   <si>
     <t>Eugene Viktorovich Shliakhtsionak</t>
   </si>
   <si>
     <t>11 września 1988</t>
   </si>
   <si>
     <t>Według informacji z mediów społecznościowych, Szlachtenok urodził się w Krasnosielskim w obwodzie wołkowyskim. Studiował historię na Uniwersytecie Państwowym w Grodnie. Pracował jako spawacz i w serwisie samochodowym. W 2015 roku dostał pracę w wojskowym biurze rejestracji i poboru w rejonie mostowskim, gdzie zajmował się ewidencją oficerów rezerwy.
 Ostatni raz Jewgienij był online w październiku 2024 roku.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-07-11 12:45:46</t>
   </si>
   <si>
+    <t>Vladimir Viktorovich Alisievich</t>
+  </si>
+  <si>
+    <t>11 września 1990</t>
+  </si>
+  <si>
+    <t>Zatrzymano go we wrześniu 2023 r. rzekomo za rozmowy ze znajomymi. Wszczęto sprawę karną.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:25:02</t>
+  </si>
+  <si>
     <t>Vladimir Ivanovich Mikhailenko</t>
   </si>
   <si>
     <t>11 września 1954</t>
   </si>
   <si>
     <t>Dyrektor Generalny GeosIdeal LLC.
 W dniu 18 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 04.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-28 20:44:34</t>
   </si>
   <si>
     <t>Vasily Viktorovich Sadovsky</t>
   </si>
   <si>
     <t>11 września 1983</t>
   </si>
   <si>
     <t>Wasilij został skazany na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze jawnym.</t>
   </si>
   <si>
     <t>IUOT-45, 225073, obwód brzeski, rejon Kamieniecki, wieś Suszki, ul.Centralnaja, 1</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-05-11 21:37:49</t>
   </si>
   <si>
-    <t>Igor Semyonovich Mints</t>
-[...15 lines deleted...]
-    <t>Alexander Eduardovich Zdorovennov</t>
+    <t>Aliaksandr Eduardavich Zdaravennau</t>
   </si>
   <si>
     <t>12 września 1979</t>
   </si>
   <si>
     <t>W latach 2020-2021 Aleś dwukrotnie został pociągnięty do odpowiedzialności administracyjnej za udział w protestach i flagę na dziedzińcu prywatnego domu. Po 2021 roku Aleś kilkakrotnie podróżował po Litwie i Polsce.
 Został zatrzymany pod koniec marca na granicy z Litwą, gdzie wracał z pracy. Najpierw w jego telefonie znaleziono „ekstremizm” i skazano go na areszt administracyjny. Następnie Aleś trafił do aresztu śledczego pod zarzutem popełnienia przestępstwa o podłożu politycznym.
 Kilka dni później brat Alesia, Wadim Zdorowennow, został zatrzymany w Mińsku. Początkowo oskarżono go o „znieważenie Łukaszenki”, ale mogą mu zostać postawione również inne zarzuty.</t>
   </si>
   <si>
-    <t>Decyzja sądu 15.12.2025: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
+    <t>Decyzja sądu 15.12.2025: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 13.02.2026: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-08-04 20:51:28</t>
   </si>
   <si>
+    <t>Ihar Siamionavich Mints</t>
+  </si>
+  <si>
+    <t>12 września 1977</t>
+  </si>
+  <si>
+    <t>Igor, główny radca prawny w Naftan OJSC, został aresztowany jesienią 2021 roku w ramach postępowania karnego wszczętego przeciwko pracownikom zakładu, którzy poparli strajk i byli częścią inicjatywy „Ruch Robotniczy”. 21 września 2021 roku inicjatywa ta została uznana za organizację ekstremistyczną, w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 r. Igor został uznany winnym zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazany na karę więzienia oraz wysoką grzywnę.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 100 jednostek bazowych kary. Apelacja 02.08.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-10-01 18:20:40</t>
+  </si>
+  <si>
+    <t>Nadezhda Alexandrovna Karankevich</t>
+  </si>
+  <si>
+    <t>13 września 1994</t>
+  </si>
+  <si>
+    <t>W 2016 roku Nadieżda ukończyła Miński Państwowy Uniwersytet Lingwistyczny, uzyskując dyplom z nauczania języków obcych. Przez ponad rok pracowała jako tłumaczka, po czym przeniosła się do IT, gdzie zajmowała się testowaniem. W listopadzie 2023 r. Nadieżda została zatrzymana.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.08.2024: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 24.09.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-12-26 00:59:12</t>
+  </si>
+  <si>
     <t>Paul Viktorovich Kozintsev</t>
   </si>
   <si>
     <t>13 września 1980</t>
   </si>
   <si>
     <t>Zatrzymany za komentarze na portalach społecznościowych pozostawione w 2022 r. na kanale telegramu „Prawdziwa Białoruś”.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.01.2025: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 250 jednostek bazowych kary. Apelacja 14.03.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-04-11 01:37:43</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-12-26 00:59:12</t>
   </si>
   <si>
     <t>Vitaly Petrovich Maksimchuk</t>
   </si>
   <si>
     <t>14 września 1983</t>
   </si>
   <si>
     <t>Ojciec wielu dzieci, rzekomo zatrzymany za prowadzenie czatu „Solidarności Iwatsewicze” w 2020 r.
 Pracował jako taksówkarz.
 Oprócz więzienia Witalij został ukarany grzywną w wysokości 40 000 rubli.
 W dniu 05.03.2024 apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2023-12-22 02:32:33</t>
   </si>
   <si>
     <t>Arthur Aleksandrovich Rolic</t>
   </si>
   <si>
     <t>14 września 1984</t>
   </si>
   <si>
     <t>Najprawdopodobniej został zatrzymany latem 2023 roku. W 2013 roku Arthur otworzył własny sklep firmowy Grandbazaare, w którym sprzedawał markową odzież i obuwie. Grupa VKontakte ma ponad 40 tysięcy abonentów. W ostatnich latach jego firma wyspecjalizowała się w marce Under Armour. A od 2023 roku tłumaczył strony swojej firmy na język białoruski.
 Artur interesuje się sportem, ale przede wszystkim piłką nożną, a wcześniej grał nawet w ligach amatorskich jako bramkarz. Używa piłkarzy i innych sportowców jako zdjęć do swoich awatarów w sieciach społecznościowych.
 Oprócz kary pozbawienia wolności Arthur został ukarany grzywną w wysokości 700 podstawowych jednostek.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.05.2024: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-13 17:40:46</t>
+  </si>
+  <si>
+    <t>Oleg Petrovich Suprunyuk</t>
+  </si>
+  <si>
+    <t>15 września 1967</t>
+  </si>
+  <si>
+    <t>Oleg Supruniuk znany jest mieszkańcom obwodu brzeskiego jako reporter, który relacjonował ważne społecznie i społecznie problemy regionu. W czasie swojej pracy zawodowej pracował dla gazety „Kurier Brzeski”, portalu internetowego „Pierwszy Region” oraz współpracował z innymi niezależnymi wydawnictwami.
+Dziennikarz zniknął 22 stycznia, przestał odbierać telefony i nie pojawiał się w mediach społecznościowych. Później okazało się, że został zatrzymany w związku ze sprawą karną. Przez prawie pięć miesięcy nic nie wiadomo było o losie Olega.
+Wcześniej dziennikarz był ścigany z urzędu. 12 grudnia 2024 roku funkcjonariusze sił bezpieczeństwa przeszukali Olega Supruniuka. Następnie zabrali mu sprzęt komputerowy i telefon, a następnie zabrali na przesłuchanie. Po przesłuchaniu sporządzono protokół administracyjny pod zarzutem rozpowszechniania „ekstremistycznych produktów informacyjnych” (na podstawie art. 19.11 część 2 Kodeksu wykroczeń administracyjnych). Dziennikarz został skazany na 15 dni aresztu i zwolniony 27 grudnia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.08.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-25 18:53:05</t>
+  </si>
+  <si>
+    <t>Henry Ageev</t>
+  </si>
+  <si>
+    <t>15 września 1994</t>
+  </si>
+  <si>
+    <t>Według profilu Genrikha na LinkedIn, ukończył on Akademię Wojskową Republiki Białorusi w 2016 roku. Następnie przez cztery lata służył w Wojskach Wewnętrznych Białorusi, zanim przeszedł na emeryturę w sierpniu 2020 roku.
+Według współwięźnia Gienricha, aresztowanie nastąpiło w lutym 2024 roku na moście Krymskim, gdy wracał już na Białoruś. Sam Agejew oświadczył, że jest oskarżonym w „sprawie BYPOL”. Jest oskarżony o podróż na Krym w imieniu byłego funkcjonariusza GUBOPiK, przedstawiciela inicjatywy Aleksandra Azarowa (Azarow temu zaprzecza ). Dokładny cel tych podróży nie jest znany.
+Od około lutego do września 2024 roku Agejew przebywał w areszcie śledczym w Symferopolu, na specjalnym piętrze oddzielonym od FSB, gdzie nie obowiązują żadne zasady. Wszyscy na tym piętrze siedzą tam bez żadnego śledztwa, w swoich ubraniach, nie otrzymując paczek ani listów, przez lata. Dziewięć miesięcy, które tam spędził, poszło na marne. Jego rodzina myślała, że zmarł. Następnie został ekstradowany na Białoruś.
+Białorusin został deportowany do ojczyzny na 24 godziny z workiem na głowie, opowiada były współwięzień. Przez całą podróż nie pozwolono mu skorzystać z toalety ani razu. Został oskarżony na podstawie kilku artykułów, w tym o „zdradę stanu” (art. 356 Kodeksu karnego) i „udział w organizacji terrorystycznej” (art. 290-5 Kodeksu karnego) za powiązania z BYPOL, organizacją uznawaną na Białorusi za „terrorystyczną”.</t>
+  </si>
+  <si>
+    <t>Poczta Główna, skrytka pocztowa 8, Mińsk 220050</t>
+  </si>
+  <si>
+    <t>2025-09-30 20:23:14</t>
   </si>
   <si>
     <t>Maksim Sergeevich Seleznev</t>
   </si>
   <si>
     <t>15 września 1976</t>
   </si>
   <si>
     <t>Maxim jest mieszkańcem Mińska. Posiada wykształcenie wyższe. Mężczyzna jest rozwiedziony. Kiedyś pracował jako ochroniarz, później jako budowniczy. Następnie otworzył indywidualnego przedsiębiorcę i postawił pomniki na cmentarzu. Ostatnio jestem bezrobotny.
 Przyjaciele pamiętają, że Maxim odbył służbę wojskową w jednej z mińskich jednostek „sił specjalnych”.
 Maxim jest oskarżony o wysadzenie radiowozu w pobliżu Centralnego Okręgowego Wydziału Spraw Wewnętrznych.
 Do zdarzenia doszło w nocy z 7 na 8 stycznia 2022 r. niedaleko budynku Centralnego Okręgowego Wydziału Spraw Wewnętrznych Mińska. Wszczęto sprawę karną w związku z wysadzeniem samochodu na podstawie art. 289 (powtarzający się akt terroryzmu).
 Śledczy dodali później, że w nocy 13 stycznia w ten sam sposób rzekomo uszkodził kiosk Tabakerka i kosz na śmieci.
 W dniu 26 maja 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.03.2023: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 200 jednostek bazowych kary. Apelacja 26.05.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-02-17 20:22:10</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Kachalko</t>
-[...46 lines deleted...]
-    <t>Vitaly Cheslavovich Korshun</t>
+    <t>Ivan Aleksandrovich Sukhomerov</t>
+  </si>
+  <si>
+    <t>15 września 1995</t>
+  </si>
+  <si>
+    <t>W 2017 roku facet otrzymał dyplom pedagogiki społecznej po ukończeniu Państwowego Uniwersytetu Pedagogicznego im. Iwana Shamyakina w Mozyrze. Mniej więcej w tym czasie, jak widać z jego sieci społecznościowych, zaczął krytycznie wypowiadać się o władzach. Mężczyzna ten szczególnie aktywnie sprzeciwiał się ohydnemu dekretowi „w sprawie pasożytów”.
+Z materiałów sprawy wynika , że mężczyzna regularnie wypowiadał się w mediach społecznościowych negatywnie na temat Łukaszenki, a także nawoływał do nałożenia sankcji na Białoruś. Dołączył także do „ekstremistycznej” formacji „BYPOL”, zgodził się z członkami „Pułku Kalinowskiego” na udział w operacjach wojskowych na Ukrainie, a także przekazał pieniądze na pomoc Ukraińskim Siłom Zbrojnym i „ekstremistycznemu” kanałowi telegramowemu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.02.2024: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-06 21:05:55</t>
+  </si>
+  <si>
+    <t>Vital Chaslavavich Korshun</t>
   </si>
   <si>
     <t>15 września 1986</t>
   </si>
   <si>
-    <t>Mieszkaniec Baranowicz. Z aktu oskarżenia wynika, że 21 września 2020 r. Witalij Korszun zamieścił na czacie telegramu pod zdjęciem ofiary wiadomość „Borovki 97%” o następującej treści: „Kto to jest? Policja zamieszek? W takim razie proponuję spalić jego mieszkanie &lt;przekleństwo&gt;, podaj adres.”
-[...5 lines deleted...]
-    <t>Decyzja sądu 28.09.2021: 2 miesiące więzienia w kolonii na warunkach ogólnych. Decyzja sądu 31.10.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.01.2025: nieznany.</t>
+    <t>We wrześniu 2021 r. Witalij został uznany winnym wpłynięcia na funkcjonariusza organów ścigania, aby zmienił charakter jego działań, grożąc zniszczeniem mienia za komentarz, który zamieścił na czacie Telegram „Borowki 97%” pod zdjęciem sierżanta-majora Siergieja Bałabanowicza. Został skazany na aresztowanie.
+W styczniu 2024 roku prorządowe kanały Telegramu poinformowały o ponownym aresztowaniu Witalija. W „nagraniu wideo, w którym przyznał się do winy”, stanął przed kamerą w kajdankach i powiedział, że „nawoływał do przemocy wobec funkcjonariuszy policji prewencyjnej wyłącznie z emocji”.
+Od sierpnia do października 2024 roku Witalij brał udział w kilku rozprawach sądowych w sprawie karnej wszczętej pod zarzutem „zniesławienia Łukaszenki”, „udziału w działaniach rażąco naruszających porządek publiczny”, „organizowania masowych zamieszek”, „żądania sankcji” oraz „podżegania do nienawiści lub wrogości”. Wynik sprawy nie jest znany.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2021: 2 miesiące aresztowania. Decyzja sądu 31.10.2024: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2021-09-30 10:40:34</t>
   </si>
   <si>
     <t>Pavel Aleksandrovich Belogolov</t>
   </si>
   <si>
     <t>15 września 1988</t>
   </si>
   <si>
     <t>Paweł został aresztowany 29 września 2021 roku w związku ze sprawą karną wszczętą w związku z komentarzami internetowymi po śmierci oficera KGB Dmitrija Fedosiuka i informatyka Andrieja Zeltsera w Mińsku. Latem 2022 roku został skazany na karę pozbawienia wolności w kolonii karnej oraz wysoką grzywnę.
 Według obrońców praw człowieka, wyszedł na wolność latem 2023 roku, po odbyciu całej kary.
 W lutym 2024 roku Paweł stanął przed sądem pod zarzutem „rozpowszechniania materiałów ekstremistycznych”. Długo pozostawał bez kontaktu, a po procesie ogłoszono, że wszczęto przeciwko niemu nowe postępowanie karne.
 W czerwcu 2024 r. Paweł został ponownie skazany za „zniesławienie Łukaszenki” i ponownie skazany na karę więzienia.</t>
   </si>
   <si>
-    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 25.08.2022: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 100 jednostek bazowych kary. Apelacja 17.11.2022: wyrok został podtrzymany. Decyzja sądu 21.06.2024: 3 roku 4 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 20.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-10-06 23:44:15</t>
   </si>
   <si>
-    <t>Ivan Aleksandrovich Sukhomerov</t>
-[...15 lines deleted...]
-    <t>Vitaly Viktorovich Kanurkin</t>
+    <t>Sergey Viktorovich Kachalko</t>
+  </si>
+  <si>
+    <t>15 września 1992</t>
+  </si>
+  <si>
+    <t>Według jego współwięźniów, został zatrzymany z przyczyn politycznych.</t>
+  </si>
+  <si>
+    <t>2025-12-01 16:49:13</t>
+  </si>
+  <si>
+    <t>Alexey Dmitrievich Kovalev</t>
+  </si>
+  <si>
+    <t>16 września 1977</t>
+  </si>
+  <si>
+    <t>Zatrzymany za komentarze na portalach społecznościowych po śmierci V.V. Makei.
+W dniu 3 października 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.07.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.10.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-12-06 17:27:15</t>
+  </si>
+  <si>
+    <t>Alexander Tadionovich Gurnik</t>
   </si>
   <si>
     <t>16 września 1981</t>
-  </si>
-[...10 lines deleted...]
-    <t>Alexander Tadionovich Gurnik</t>
   </si>
   <si>
     <t>Agent nieruchomości, bloger, autor bloga „Białoruś w oknie”. Jego konto TikTok ma 431 obserwujących. Na filmach z humorem komentuje białoruskie wiadomości.
 Podczas zatrzymania został pobity. Ołeksandr był już wcześniej bity – poddano go fali tortur na Akrestsin podczas sierpniowych protestów. Według raportu medycznego opublikowanego na jego stronie, podczas zatrzymania został dotkliwie pobity przy wyjściu z domu 12 sierpnia, a na ulicy Akrestsin na jego ciele było 47 krwiaków.
 Muzhina złożył wniosek do Komitetu Śledczego, domagając się zbadania faktu jego pobicia. Oczywiście odmówili wszczęcia sprawy karnej. W trakcie rozpatrywania sprawy karnej ustalono , że od sierpnia do października 2020 roku Aleksander wielokrotnie brał udział w blokowaniu ruchu pojazdów w Mińsku, zamieszczał na portalach społecznościowych filmy obrażające Łukaszenkę.</t>
   </si>
   <si>
     <t>5 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-06-30 00:34:06</t>
   </si>
   <si>
-    <t>Alexey Dmitrievich Kovalev</t>
-[...12 lines deleted...]
-    <t>2022-12-06 17:27:15</t>
+    <t>Vitaly Viktorovich Kanurkin</t>
+  </si>
+  <si>
+    <t>Witalij pracował jako główny programista, a następnie jako główny administrator sieci w administracji Grodzieńskiego Obwodowego Komitetu Wykonawczego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:48:05</t>
   </si>
   <si>
     <t>Vyacheslav Alexandrovich Kurilchik</t>
   </si>
   <si>
     <t>17 września 1985</t>
   </si>
   <si>
     <t>Decyzja sądu 26.10.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.01.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-10-06 19:56:36</t>
   </si>
   <si>
+    <t>Maksim Valerievich Remezov</t>
+  </si>
+  <si>
+    <t>17 września 1980</t>
+  </si>
+  <si>
+    <t>Maksym jest absolwentem Białoruskiego Państwowego Uniwersytetu Informatyki i Radioelektroniki ze specjalizacją inżynieria sieciowa. Swoją karierę rozpoczął w Mińskich Zakładach Elektromechanicznych, następnie pracował jako programista w IBA i Netland. W 2022 roku objął stanowisko architekta systemów w A1.
+Został zatrzymany i skazany w sierpniu 2024 r. na podstawie artykułów „finansowanie działalności ekstremistycznej” i „finansowanie lub inne materialne wsparcie wojny”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.08.2024: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:47:20</t>
+  </si>
+  <si>
     <t>Anastasia Viktorovna Sikiritskaya</t>
   </si>
   <si>
     <t>17 września 1981</t>
   </si>
   <si>
     <t>Była zamieszana w „sprawę pogawędek na podwórku”.</t>
   </si>
   <si>
     <t>Decyzja sądu 24.07.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-07 22:14:23</t>
+  </si>
+  <si>
+    <t>Galina Viktorovna Latugovskaya</t>
+  </si>
+  <si>
+    <t>17 września 1978</t>
+  </si>
+  <si>
+    <t>Nauczycielka została zatrzymana pod koniec października lub na początku listopada 2024 roku. Sprawa ma swoje źródło w komentarzach na Telegramie – jej konto było zarejestrowane na jej własny numer, a w pewnym momencie użyła swojego zdjęcia jako zdjęcia profilowego, mimo że wcześniej zostawiła na koncie wiele komentarzy.
+W ostatnich latach Galina pracowała w Katedrze Chemii Ogólnej i Bioorganicznej Państwowego Uniwersytetu Medycznego w Homlu. Przygotowywała również studentów do podjęcia studiów podyplomowych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-10-24 17:07:59</t>
+  </si>
+  <si>
+    <t>Edward Nikolaevich Vilchevskiy</t>
+  </si>
+  <si>
+    <t>17 września 1994</t>
+  </si>
+  <si>
+    <t>Kierowca taksówki. W rodzinie jest dwoje małoletnich dzieci.
+Skazany za komentarze od czerwca 2020 do sierpnia tego samego roku na czacie Telegram.</t>
+  </si>
+  <si>
+    <t>9 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-07-14 20:24:21</t>
   </si>
   <si>
     <t>Alexey Vitalievich Kulikov</t>
   </si>
   <si>
     <t>17 września 1987</t>
   </si>
   <si>
     <t>Obywatel Federacji Rosyjskiej. W prorządowym filmie „Gaspar nie kontaktował” w telewizji ONT, wyemitowanym 04.05.2023 r., podaje się , że Aleksiej rzekomo fotografował obiekty w Grodnie – wojskowy urząd rejestracyjny i poborowy Grodna i Grodna rejon, jednostka wojskowa 41780, skład ropy w okręgu Auls, skład ropy w okręgu Dewiatówka, Konsulat Generalny Federacji Rosyjskiej. A także, że rok temu Kulikow uciekł przed poborem, a rosyjski opozycjonista Daniił Krinari (Kowalewski) pomógł mu przedostać się do Grodna. W grudniu Krinari został zatrzymany w Grodnie i wydany Rosji.
 Wśród najbliższych krewnych Aleksieja tylko jego babcia.
 W dniu 28 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 10.04.2024: 23 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-04-06 14:13:09</t>
   </si>
   <si>
-    <t>Edward Nikolaevich Vilchevskiy</t>
-[...47 lines deleted...]
-    <t>Anastasia Alexandrovna Voitekhovich</t>
+    <t>Anastasiya Vaitsiakhovich</t>
   </si>
   <si>
     <t>18 września 1997</t>
   </si>
   <si>
     <t>Anastazję zatrzymano w sierpniu 2021 r. w związku ze sprawą karną wszczętą na podstawie artykułu „akt terroryzmu”, a w czerwcu 2023 r. skazano ją na podstawie kilku artykułów karnych.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-17 01:33:47</t>
   </si>
   <si>
     <t>Maria Andreevna Borisenko</t>
   </si>
   <si>
     <t>18 września 1992</t>
   </si>
   <si>
     <t>31 lipca 2024 r. została zatrzymana na podstawie przepisów administracyjnych, w związku z czym najwyraźniej wszczęto przeciwko niej postępowanie karne.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
@@ -974,375 +1024,405 @@
     <t>18 września 1996</t>
   </si>
   <si>
     <t>Zatrzymany za datki. Został nagrodzony w kategorii „Najlepszy Absolwent BSU” 2018. Po aresztowaniu Ksenia przez kilka miesięcy przebywała w Areszcie Śledczym KGB, po czym została przeniesiona do Aresztu Śledczego-1, a następnie do Aresztu Śledczego-3.
 W dniu 4 czerwca 2024 r. rozpatrzono apelację Kseni. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
   </si>
   <si>
     <t>2023-12-22 19:08:41</t>
   </si>
   <si>
     <t>Maxim Yuryevich Chakhovsky</t>
   </si>
   <si>
     <t>20 września 1995</t>
   </si>
   <si>
     <t>Decyzja sądu 04.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:57</t>
   </si>
   <si>
-    <t>Dmitry Aleksandrovich Klimov</t>
+    <t>Yaraslau Verdysh</t>
+  </si>
+  <si>
+    <t>21 września 1991</t>
+  </si>
+  <si>
+    <t>Absolwent BSUIR, EPAM
+W dniu 2 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.11.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.02.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:15:36</t>
+  </si>
+  <si>
+    <t>Dzmitry Aliaksandravich Klimau</t>
   </si>
   <si>
     <t>21 września 1993</t>
   </si>
   <si>
     <t>Dmitry pracował jako kierowca w kilku organizacjach, aw przeszłości jako taksówkarz. Od początku 2017 r. do maja 2018 r. pracował także w Departamencie Bezpieczeństwa Kalinkowiczów, a następnie jako chorąży policji do zwolnienia w sierpniu.
 Dmitry jest żonaty i ma czteroletnią córkę.
 Mężczyzna został zatrzymany w związku z sabotażem na torach kolejowych . Kiedy został aresztowany, nie stawiał oporu, ale mimo to funkcjonariusze Jednostki Specjalnego Szybkiego Reagowania celowo postrzelili go w stawy kolanowe.
 Dmitrij został uznany winnym pięciu poważnych artykułów Kodeksu karnego i wyznaczono termin ograniczenia wolności. Sąd nałożył również karę grzywny w wysokości 380 jednostek podstawowych. Pozwany dobrowolnie zrekompensował szkodę wyrządzoną RUE „Mohylewskiemu Oddziałowi Kolei Białoruskich” w wysokości ponad 12,8 tys. Rubli.</t>
   </si>
   <si>
     <t>22 lata więzienia w kolonii karnej w zaostrzonym reżimie.</t>
   </si>
   <si>
     <t>2022-04-06 19:32:34</t>
   </si>
   <si>
+    <t>Aliaksei Viktaravich Bychkouski</t>
+  </si>
+  <si>
+    <t>21 września 1985</t>
+  </si>
+  <si>
+    <t>Aleksiej, obywatel Rosji i były pracownik Beltelecomu, został aresztowany w listopadzie 2020 roku w związku ze sprawą karną wszczętą na podstawie ośmiu artykułów, w tym „nielegalnych działań przeciwko informacjom prywatnym i danym osobowym” oraz „ingerencji w działalność funkcjonariusza organów ścigania”. Wiadomo również, że Aleksiej został dotkliwie pobity podczas aresztowania.
+W lutym 2022 r. został skazany za „przekazywanie danych osobowych i innych danych osobowych ponad 150 osób kanałom Telegramu uznanym za ekstremistyczne” i skazany na długoletnią karę więzienia, a także na zapłatę „ofiarom” znacznego odszkodowania, wynoszącego w momencie zapadania wyroku około 30 000 dolarów.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.02.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 29.04.2022: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:23:06</t>
+  </si>
+  <si>
     <t>Sergey Nikolaevich Kebets</t>
   </si>
   <si>
     <t>21 września 1979</t>
   </si>
   <si>
     <t>Wiadomo , że Siergiej pracował jako główny inżynier w firmie budowlanej Intermeo LLC. Siergiej lubił również śpiewać i grać na gitarze, a także prowadził własny kanał na YouTube, gdzie nauczył się śpiewać piosenki.</t>
   </si>
   <si>
     <t>2025-10-18 15:08:09</t>
   </si>
   <si>
     <t>Vladislav Valerievich Kupriyanov</t>
   </si>
   <si>
     <t>21 września 1988</t>
   </si>
   <si>
     <t>Mężczyzna pracuje w Mohylewskich Miejskich Sieciach Elektrycznych jako inżynier.
 Zatrzymany na początku sierpnia 2022 r. Mężczyzna podejrzany jest o to, że jesienią 2020 r. „wykorzystując swoje stanowisko służbowe” przekazywał informacje o miejscach pobytu urzędników i funkcjonariuszy bezpieczeństwa na kanał telegramowy Czarnej Księgi Białorusi.
 W dniu 27 czerwca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.04.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.06.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-08-06 17:50:07</t>
-  </si>
-[...28 lines deleted...]
-    <t>2021-09-30 10:23:06</t>
   </si>
   <si>
     <t>Vladislav Vitalievich Piskunovich</t>
   </si>
   <si>
     <t>22 września 2000</t>
   </si>
   <si>
     <t>Decyzja sądu 20.09.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 22.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2025-09-25 16:40:05</t>
   </si>
   <si>
     <t>Sergey Olegovich Nelepko</t>
   </si>
   <si>
     <t>22 września 1989</t>
   </si>
   <si>
     <t>Zatrzymany za bycie członkiem kanałów telegramowych, które są uznawane za „ekstremistyczne”.
 W grudniu KGB umieściło Siergieja Nelepko na „liście terrorystów”, więc nie może wykonywać przelewów pieniężnych.
 Według prokuratury w marcu 2022 roku oskarżony rozmawiał na Telegramie o nielegalnym nabyciu 50 sztuk karabinów szturmowych Kałasznikowa i amunicji do niego oraz omawiał możliwość dostarczenia broni i amunicji na Białoruś. W celu zdestabilizowania białoruskiej kolei, mieszkaniec Grodna zamieścił również wiadomość wzywającą do uszkodzenia transportu kolejowego i linii komunikacyjnych. Zostawił też inne „obraźliwe” komentarze pod adresem przedstawicieli władz i A.G. Łukaszenki.
 Wiadomo, że prokurator wnioskował o skazanie Nelepko na 16 lat więzienia, ale sędzia Senko ograniczył się do dziewięciu lat więzienia.</t>
   </si>
   <si>
     <t>9 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-03-11 01:36:10</t>
   </si>
   <si>
     <t>Alexey Alekseevich Levkevich</t>
   </si>
   <si>
     <t>22 września 1987</t>
   </si>
   <si>
     <t>Od września 2024 do stycznia 2025 roku obowiązywały go ograniczenia w podróżowaniu. W styczniu został zatrzymany przez funkcjonariuszy KGB.
 Pracował jako państwowy inspektor bezpieczeństwa pracy. Później zarejestrował się jako osoba fizyczna prowadząca jednoosobową działalność gospodarczą i zaczął zajmować się pracami wykończeniowymi. Przez kilka lat pracował na Litwie.
 Aleksiej przez wiele lat grał amatorsko w piłkę nożną i futsal. Grał w Premier League 5x5 w klubach do-doma.by i BelVEB, strzelając dziesiątki bramek i występując w meczach.</t>
   </si>
   <si>
     <t>2025-12-16 00:44:57</t>
   </si>
   <si>
-    <t>Ilya Vladimirovich Shapotkovsky</t>
-[...2 lines deleted...]
-    <t>23 września 1987</t>
+    <t>Ilya Uladzimiravich Shapotkovski</t>
+  </si>
+  <si>
+    <t>23 września 1988</t>
   </si>
   <si>
     <t>Jeden z liderów inicjatywy Honest People, Ilya, aktywnie uczestniczył w kampanii wyborczej Wiktora Babariko, kierującego wydziałem weryfikacji podpisów. Został zatrzymany 4 sierpnia 2020 r. pod zarzutem przestępstw gospodarczych, ale później został skazany za „publikowanie informacji medialnych mających na celu dyskredytację władzy i dzielenie społeczeństwa ze względu na poglądy polityczne”.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.05.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.07.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:56</t>
+  </si>
+  <si>
+    <t>Sergey Anatolievich Movshuk</t>
+  </si>
+  <si>
+    <t>24 września 1978</t>
+  </si>
+  <si>
+    <t>Siergiej został skazany za udział w „masowych zamieszkach” w sprawie karnej, wszczętej w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa w nocy z 9 na 10 sierpnia 2020 r. Ofiarami w sprawie było 109 policjantów i urzędników, którzy oprócz kary więzienia dla oskarżonych domagali się odszkodowania w wysokości około 530 tys. rubli.
+W listopadzie 2024 roku karę Siergieja zaostrzono i został on przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.04.2021: 6 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany. Sąd zmiany reżimu 21.11.2024: reżim więzienny do końca kary.</t>
+  </si>
+  <si>
+    <t>2021-04-30 17:38:44</t>
   </si>
   <si>
     <t>Igor Vladimirovich Olinevich</t>
   </si>
   <si>
     <t>24 września 1983</t>
   </si>
   <si>
     <t>Igor jest działaczem ruchu anarchistycznego i byłym więźniem politycznym w „sprawie anarchistycznej” w 2010 roku. Został zatrzymany podczas przekraczania granicy Białorusi w nocy z 28 na 29 października 2020 r. i oskarżony o „podpalenie” i „terroryzm”.
 W sierpniu 2022 r. decyzją sądu Igor został przeniesiony do więzienia.
 Na początku lipca 2024 r. Igor został przetransportowany do szpitala w Koladichi. Został tam przyjęty z podejrzeniem choroby wrzodowej żołądka, która pogłębiła się po strajku głodowym, który prowadził od 13 do 26 czerwca w „celi karnej” więzienia nr 8 w Żodino, gdzie odbywa karę.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.12.2021: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Sąd zmiany reżimu 08.08.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:37:19</t>
   </si>
   <si>
-    <t>Sergey Anatolievich Movshuk</t>
-[...15 lines deleted...]
-    <t>Trofim Borisov</t>
+    <t>Aliaksandr Siahreyevich Kapshul</t>
+  </si>
+  <si>
+    <t>Aleksander, były radca prawny Naftan OJSC, spółki zależnej zakładu Polimir, został zatrzymany we wrześniu 2021 roku w Rosji podczas próby przedostania się do Warszawy. W drodze z Woroneża funkcjonariusze FSB sprawdzili jego dokumenty i wiedząc, że zostanie zatrzymany w Moskwie, wyskoczył z pociągu, doznając złamania nogi i zwichnięcia ręki. Dotarł do granicy z Ukrainą. Podczas próby legalnego przekroczenia granicy został zatrzymany, przekazany funkcjonariuszom KGB i osadzony w areszcie tymczasowym w ramach postępowania karnego przeciwko pracownikom zakładu, którzy popierali strajk i byli członkami Ruchu Robotniczego (Raboczyj Ruch). Inicjatywa ta została uznana za ekstremistyczną 21 września 2021 roku, a jednocześnie w całym kraju doszło do aresztowań pracowników.
+W lutym 2023 r. uznano go winnym „nielegalnych działań z użyciem broni palnej”, „zdrady stanu” oraz „utworzenia i udziału w grupie ekstremistycznej” i skazano na karę pozbawienia wolności oraz wysoką grzywnę.
+W kwietniu 2023 roku Alexander znalazł się w gronie trzech finalistów międzynarodowej nagrody w dziedzinie praw człowieka, Global Advocacy Award.
+W kwietniu 2024 roku odbyła się kolejna rozprawa sądowa, po której Aleksander został przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 200 jednostek bazowych kary. Apelacja 02.08.2023: wyrok został podtrzymany. Sąd zmiany reżimu 10.04.2024: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:05:21</t>
+  </si>
+  <si>
+    <t>Trafim Vadzimavich Barysau</t>
   </si>
   <si>
     <t>24 września 2006</t>
   </si>
   <si>
     <t>W prorządowym filmie (kwiecień 2024) powiedziano , że sześciu nastolatków rzekomo zjednoczyło się w „anarchistycznej komórce „Czarne Słowiki”, którą „pod przywództwem Narodowo-Wyzwoleńczej Armii Ukrainy” utworzył 16-letni Obywatelka Ukrainy Maria Misyuk.
 Pracownicy ONT twierdzą, że nastolatkowie zjednoczyli się, aby przeprowadzić sabotaż na wysypisku na Białorusi, a następnie w Rosji. Maria jest oskarżona z części 2 art. 289 Kodeksu karnego (akt terroryzmu). Według tej historii 16-letnia Maria Misyuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „anarchistyczną komórkę do przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci w Baranowiczach, Nieświeżu, Mirze, Mińsku i Łunińcu. Są to Trofim Borysow , Siergiej Żigalew, Dmitrij Zahoroshko, Anastazja Klimenko i Aleksandra Pulinowicz. Według pracowników ONT młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do pierwszej poważnej akcji - zebrania materiałów wybuchowych i wysadzenia baranowickiego komisariatu policji lub prokuratury. Nie wiadomo, pod jakimi zarzutami zarzuca się pozostałym pięciu uczestnikom. Nieznany jest także ich status i lokalizacja.</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Decyzja sądu data nieznana: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.02.2026: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-04-30 22:49:05</t>
   </si>
   <si>
     <t>Andrey Ivanovich Rebyakov</t>
   </si>
   <si>
     <t>24 września 1986</t>
   </si>
   <si>
     <t>Andriej na komendzie policji w Mohylewie we wrześniu 2023 r. będąc pod wpływem alkoholu „rozmawiał nieprzyzwoicie” z Łukaszenką. Został skazany przez Leninski Sąd Rejonowy w Mohylewie na podstawie części 1 art. 368 Kodeksu karnego (Obrażenie Łukaszenki). Ponadto mężczyźnie zapisano obowiązkowe leczenie z powodu przewlekłego alkoholizmu.
 Wiadomo, że mężczyzna był już wcześniej karany 13 razy. W marcu 2023 r. Sąd Rejonowy w Oktyabrskim rozpatrzył sprawę o zakończenie nadzoru prewencyjnego wobec Rebyakova, a w lipcu 2023 r. Sąd Rejonowy w Orszy rozpatrzył kwestię zaprzestania stosowania wobec mężczyzny obowiązkowych środków bezpieczeństwa i leczenia.
 Andrei Rebyakov odwołał się od wyroku do Sądu Okręgowego w Mohylewie. 24 września 2024 r. skład orzekający pod przewodnictwem sędziego Siergieja Korolewa podtrzymał wyrok.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.07.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 24.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 20:39:06</t>
   </si>
   <si>
-    <t>Alexander Sergeevich Kapshul</t>
-[...9 lines deleted...]
-    <t>2021-09-26 12:05:21</t>
+    <t>Vyacheslav Aliaksandravich Gatsman</t>
+  </si>
+  <si>
+    <t>25 września 1966</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.06.2023: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 08.09.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-09-06 13:42:21</t>
+  </si>
+  <si>
+    <t>Siarhei Aliaksandravich Zeliankou</t>
+  </si>
+  <si>
+    <t>25 września 1987</t>
+  </si>
+  <si>
+    <t>Siergiej został po raz pierwszy skazany w maju 2022 r. za znieważenie urzędnika i skazany na karę ograniczenia wolności z odroczeniem wykonania kary.
+W styczniu 2024 roku został ponownie skazany na podstawie artykułu „Organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i również skazany na karę ograniczenia wolności z odroczeniem wykonania kary. Okoliczności i szczegóły sprawy nie są znane.</t>
+  </si>
+  <si>
+    <t>IUOT-46, 213188, obwód mohylewski, m. Krugloje, ul. sowiecki, 96</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.05.2022: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Decyzja sądu 19.01.2024: 3 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 02.04.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-05-11 00:47:30</t>
+  </si>
+  <si>
+    <t>Pavel Viktorovich Petruchenia</t>
+  </si>
+  <si>
+    <t>25 września 1988</t>
+  </si>
+  <si>
+    <t>Kanały prorządowe opublikowały „skruszone filmy”, na których Paweł mówi , że pracował w Departamencie Bezpieczeństwa do 2018 roku, był przetrzymywany za przekazywanie danych osobowych pracowników Departamentu do Czarnej Księgi Białorusi. Dane zostały zaczerpnięte z książki telefonicznej.
+W domu pozostawił żonę i małe dzieci (1 rok i 3 lata).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.06.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 22.08.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-01-02 14:23:53</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Kulesh</t>
+  </si>
+  <si>
+    <t>Szczegóły wyroku poznaliśmy po komentarzu prokuratora Pleskatsewicza dla pińskiej telewizji państwowej (nie podano nazwiska oskarżonego, ale tylko on był sądzony w Pińsku w 2024 r. na podstawie artykułu „Niepokoje”). Prokurator przedstawił stanowisko oskarżonego: 9 sierpnia 2020 r. głosował w lokalu wyborczym, wrócił do domu i wypił dużo (około butelki wódki), po czym „w interesie poszedł przyjrzeć się protestującym koło budynku Komitetu Wykonawczego Miasta.” Co dokładnie mężczyzna zrobił dalej na protestach, z jakich powodów, ze względu na alkohol (według jego słów), nie pamięta. Na nagraniu uchwycono jednak to, co prokuratura określiła następująco: „brał czynny udział [w zamieszkach], tj. swoimi działaniami wspierał pogrom i wraz z innymi demonstrantami atakował policję”.</t>
+  </si>
+  <si>
+    <t>4 lata więzienia w kolonii o zaostrzonym rygorze</t>
+  </si>
+  <si>
+    <t>2024-05-17 18:40:19</t>
   </si>
   <si>
     <t>Irina Buinevich</t>
   </si>
   <si>
     <t>25 września 1981</t>
   </si>
   <si>
     <t>Badaczka. Przez 10 lat pracowała w Ministerstwie Statystyki, a następnie w prywatnej firmie zajmującej się badaniami marketingowymi. Następnie została szefową prywatnej firmy badawczej Mia Research. Prowadziła badania w różnych dziedzinach: medycynie, żywności, przemyśle gier, tworzeniu gier komputerowych, rynkach finansowych i innych. Wśród jej klientów znaleźli się Bank Światowy, Światowa Organizacja Zdrowia i Narodowy Bank Białorusi.
 Została aresztowana pod koniec 2023 roku za prowadzenie wspólnie z Jewgienijem Krasniańskim badań socjologicznych.
 Według obrońców praw człowieka, kobieta w sierpniu tego roku nadal przebywała w Areszcie Śledczym nr 1, a w jej sprawie odbyły się liczne rozprawy sądowe. Nie wiadomo, czy zapadł już wyrok.</t>
   </si>
   <si>
     <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
   </si>
   <si>
     <t>2025-10-15 14:05:43</t>
   </si>
   <si>
-    <t>Sergei Alexandrovich Zelenkov</t>
-[...32 lines deleted...]
-  <si>
     <t>Nikolay Borisovich Yushchenko</t>
   </si>
   <si>
     <t>25 września 1970</t>
   </si>
   <si>
     <t>Mieszkaniec Homla Nikołaj Juszczenko od dawna prowadzi własną działalność gospodarczą. Jego firma zajmuje się sprzedażą artykułów gospodarstwa domowego i opakowań.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.12.2024: nieznany. Apelacja 28.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-30 13:37:50</t>
   </si>
   <si>
-    <t>Pavel Viktorovich Petruchenia</t>
-[...11 lines deleted...]
-  <si>
     <t>Fedor Nikolaevich Motorin</t>
   </si>
   <si>
     <t>27 września 1983</t>
   </si>
   <si>
     <t>Fiodor został skazany wiosną 2024 roku za „oczernianie Łukaszenki” i skazany na karę ograniczenia wolności i umieszczenie w zakładzie karnym o charakterze otwartym.</t>
   </si>
   <si>
     <t>IUOT-29, Wołkowysk, Rokossowski, 118e, 230415</t>
   </si>
   <si>
     <t>Decyzja sądu 07.05.2024: 3 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2024-05-31 12:27:36</t>
   </si>
   <si>
     <t>Alexander Vasilievich Martysevich</t>
   </si>
   <si>
     <t>28 września 1991</t>
   </si>
   <si>
     <t>Decyzja sądu 10.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-10-07 20:51:19</t>
   </si>
   <si>
-    <t>Natalia Alexandrovna Pupkevich</t>
+    <t>Vatslau Piatrovich Bahdanovich</t>
+  </si>
+  <si>
+    <t>28 września 1965</t>
+  </si>
+  <si>
+    <t>Rodzina wydawców Bogdanowiczów – małżeństwo Elena i Wacław oraz ich córki Antonina i Wiktoria – została zatrzymana w Mińsku, a wydawcy i dystrybutorzy książek zostali masowo aresztowani . Funkcjonariusze organów ścigania przeprowadzili rewizję w biurach zarówno czynnych, jak i zamkniętych wydawnictw.
+Później okazało się, że Elena i Antonina zostały zwolnione.
+3 marca 2026 roku koalicja wydawców drukowanych, w tym Fundacja Kamunikat.org, Wydawnictwo Lohvinau i Wydawnictwo Andrei Yanushkevich, została dodana do zaktualizowanej listy „grup ekstremistycznych” Ministerstwa Spraw Wewnętrznych. Na liście wymieniono Jarosława Iwaniaka, Dmitrija Kołosa, Igora Łogwinowa, Wacława Bogdanowicza, Andrieja Janushkevicha i Aleksandra Jewdachę, w kontekście tej grupy. Dodano również strony internetowe i konta wydawców w mediach społecznościowych.</t>
+  </si>
+  <si>
+    <t>2026-03-09 12:34:31</t>
+  </si>
+  <si>
+    <t>Natallia Aliaksandrauna Pupkevich</t>
   </si>
   <si>
     <t>29 września 1978</t>
   </si>
   <si>
     <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-01-21 13:30:15</t>
   </si>
   <si>
     <t>Pavel Mikhailovich Charco</t>
   </si>
   <si>
     <t>29 września 1989</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-12-12 18:22:03</t>
   </si>
   <si>
     <t>Yanina Kirillovna Poznyak</t>
   </si>
@@ -1747,51 +1827,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:I90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1853,532 +1933,529 @@
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>33</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
       <c r="I6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I7" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>63</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
         <v>66</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>67</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
       <c r="I11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>71</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" t="s">
         <v>76</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>77</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>78</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>79</v>
       </c>
-      <c r="F13" t="s">
-[...5 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>83</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>84</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
         <v>87</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>88</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>89</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" t="s">
         <v>92</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
+        <v>94</v>
+      </c>
+      <c r="I16" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
         <v>105</v>
       </c>
       <c r="I18" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>107</v>
       </c>
       <c r="B19" t="s">
         <v>108</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>109</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
         <v>112</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
+      <c r="E20" t="s">
+        <v>52</v>
+      </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H20" t="s">
         <v>114</v>
       </c>
       <c r="I20" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>116</v>
       </c>
       <c r="B21" t="s">
         <v>117</v>
       </c>
       <c r="C21" t="s">
         <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>119</v>
       </c>
       <c r="I21" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>121</v>
       </c>
       <c r="B22" t="s">
         <v>122</v>
       </c>
       <c r="C22" t="s">
         <v>123</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>124</v>
       </c>
       <c r="F22" t="s">
@@ -2437,1717 +2514,1850 @@
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>135</v>
       </c>
       <c r="I24" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>137</v>
       </c>
       <c r="B25" t="s">
         <v>138</v>
       </c>
       <c r="C25" t="s">
         <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
-      <c r="E25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
+        <v>16</v>
+      </c>
+      <c r="I25" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>141</v>
+      </c>
+      <c r="B26" t="s">
         <v>142</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>143</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>21</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>144</v>
       </c>
       <c r="I26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>146</v>
       </c>
       <c r="B27" t="s">
         <v>147</v>
       </c>
       <c r="C27" t="s">
         <v>148</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>149</v>
       </c>
       <c r="I27" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>151</v>
       </c>
       <c r="B28" t="s">
         <v>152</v>
       </c>
       <c r="C28" t="s">
         <v>153</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="C29" t="s">
         <v>158</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>159</v>
       </c>
       <c r="I29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>161</v>
       </c>
       <c r="B30" t="s">
         <v>162</v>
       </c>
       <c r="C30" t="s">
         <v>163</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>164</v>
       </c>
-      <c r="F30" t="s">
+      <c r="I30" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>166</v>
+      </c>
+      <c r="B31" t="s">
+        <v>167</v>
+      </c>
+      <c r="C31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>171</v>
+      </c>
+      <c r="B32" t="s">
+        <v>172</v>
+      </c>
+      <c r="C32" t="s">
         <v>173</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>174</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>175</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>176</v>
+      </c>
+      <c r="B33" t="s">
+        <v>177</v>
+      </c>
+      <c r="C33" t="s">
         <v>178</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
         <v>179</v>
       </c>
-      <c r="C33" t="s">
+      <c r="F33" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>181</v>
       </c>
       <c r="I33" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>183</v>
       </c>
       <c r="B34" t="s">
         <v>184</v>
       </c>
       <c r="C34" t="s">
         <v>185</v>
       </c>
       <c r="D34" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>186</v>
       </c>
       <c r="I34" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>188</v>
       </c>
       <c r="B35" t="s">
         <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>190</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>191</v>
       </c>
       <c r="I35" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>193</v>
       </c>
       <c r="B36" t="s">
         <v>194</v>
       </c>
       <c r="C36" t="s">
         <v>195</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E36" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>196</v>
       </c>
       <c r="I36" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>198</v>
       </c>
       <c r="B37" t="s">
         <v>199</v>
       </c>
       <c r="C37" t="s">
         <v>200</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>201</v>
       </c>
       <c r="I37" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>203</v>
       </c>
       <c r="B38" t="s">
         <v>204</v>
       </c>
       <c r="C38" t="s">
         <v>205</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
-        <v>63</v>
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
+        <v>206</v>
       </c>
       <c r="I38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>210</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
+      <c r="H39" t="s">
+        <v>211</v>
+      </c>
       <c r="I39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
         <v>13</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
+      <c r="E41" t="s">
+        <v>221</v>
+      </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>225</v>
+        <v>130</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>226</v>
       </c>
       <c r="I42" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>228</v>
       </c>
       <c r="B43" t="s">
         <v>229</v>
       </c>
       <c r="C43" t="s">
         <v>230</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>231</v>
       </c>
       <c r="I43" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>233</v>
       </c>
       <c r="B44" t="s">
         <v>234</v>
       </c>
       <c r="C44" t="s">
         <v>235</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>236</v>
       </c>
       <c r="I44" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C45" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
+      <c r="E45" t="s">
+        <v>154</v>
+      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C46" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
+      <c r="E46" t="s">
+        <v>21</v>
+      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>46</v>
       </c>
       <c r="I46" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>247</v>
       </c>
       <c r="B47" t="s">
         <v>248</v>
       </c>
+      <c r="C47" t="s">
+        <v>249</v>
+      </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B48" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C48" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D48" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B49" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C49" t="s">
         <v>258</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
         <v>259</v>
       </c>
       <c r="I49" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>261</v>
       </c>
       <c r="B50" t="s">
         <v>262</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>263</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>265</v>
+      </c>
+      <c r="B51" t="s">
         <v>266</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>267</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>52</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>268</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>270</v>
+      </c>
+      <c r="B52" t="s">
         <v>271</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>272</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>33</v>
+      </c>
+      <c r="E52" t="s">
+        <v>34</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>273</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>275</v>
+      </c>
+      <c r="B53" t="s">
         <v>276</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>277</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>33</v>
+      </c>
+      <c r="E53" t="s">
+        <v>34</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>278</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>280</v>
+      </c>
+      <c r="B54" t="s">
         <v>281</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>282</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>21</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
         <v>286</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>21</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>288</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>290</v>
+      </c>
+      <c r="B56" t="s">
         <v>291</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E56" t="s">
+        <v>34</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
         <v>293</v>
       </c>
       <c r="I56" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>295</v>
       </c>
       <c r="B57" t="s">
         <v>296</v>
       </c>
       <c r="C57" t="s">
         <v>297</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
       <c r="C58" t="s">
         <v>302</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E58" t="s">
+        <v>34</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>45</v>
+        <v>303</v>
       </c>
       <c r="I58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B59" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="C59" t="s">
         <v>306</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>307</v>
       </c>
       <c r="I59" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>309</v>
       </c>
       <c r="B60" t="s">
         <v>310</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>312</v>
       </c>
       <c r="I60" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>314</v>
       </c>
       <c r="B61" t="s">
         <v>315</v>
       </c>
       <c r="C61" t="s">
         <v>316</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>317</v>
       </c>
       <c r="I61" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>319</v>
       </c>
       <c r="B62" t="s">
         <v>320</v>
       </c>
+      <c r="C62" t="s">
+        <v>321</v>
+      </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I62" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B63" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C63" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>326</v>
+        <v>63</v>
       </c>
       <c r="I63" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>328</v>
       </c>
       <c r="B64" t="s">
         <v>329</v>
       </c>
       <c r="C64" t="s">
         <v>330</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
+      <c r="E64" t="s">
+        <v>78</v>
+      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>16</v>
+        <v>331</v>
       </c>
       <c r="I64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B65" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="C65" t="s">
         <v>334</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>124</v>
+        <v>13</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>335</v>
       </c>
       <c r="I65" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>337</v>
       </c>
       <c r="B66" t="s">
         <v>338</v>
       </c>
       <c r="C66" t="s">
         <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>56</v>
+        <v>99</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>340</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
         <v>343</v>
       </c>
       <c r="C67" t="s">
         <v>344</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
+        <v>16</v>
+      </c>
+      <c r="I67" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>130</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>349</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>351</v>
+      </c>
+      <c r="B69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>353</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>21</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>354</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>356</v>
+      </c>
+      <c r="B70" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="C70" t="s">
         <v>358</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>225</v>
+        <v>68</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>359</v>
       </c>
       <c r="I70" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>361</v>
       </c>
       <c r="B71" t="s">
+        <v>352</v>
+      </c>
+      <c r="C71" t="s">
         <v>362</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>154</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>363</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>365</v>
+      </c>
+      <c r="B72" t="s">
         <v>366</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>367</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>368</v>
       </c>
-      <c r="D72" t="s">
-[...2 lines deleted...]
-      <c r="E72" t="s">
+      <c r="I72" t="s">
         <v>369</v>
-      </c>
-[...10 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>370</v>
+      </c>
+      <c r="B73" t="s">
+        <v>371</v>
+      </c>
+      <c r="C73" t="s">
         <v>372</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>373</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>374</v>
-      </c>
-[...13 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>375</v>
+      </c>
+      <c r="B74" t="s">
+        <v>376</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>52</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>46</v>
+      </c>
+      <c r="H74" t="s">
         <v>377</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>378</v>
-      </c>
-[...16 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>379</v>
+      </c>
+      <c r="B75" t="s">
+        <v>380</v>
+      </c>
+      <c r="C75" t="s">
+        <v>381</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
         <v>382</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="F75" t="s">
+        <v>180</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>383</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>385</v>
+      </c>
+      <c r="B76" t="s">
         <v>386</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>387</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>388</v>
       </c>
-      <c r="D76" t="s">
-[...2 lines deleted...]
-      <c r="E76" t="s">
+      <c r="I76" t="s">
         <v>389</v>
-      </c>
-[...10 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>390</v>
+      </c>
+      <c r="B77" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" t="s">
+        <v>391</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>392</v>
       </c>
-      <c r="B77" t="s">
+      <c r="I77" t="s">
         <v>393</v>
-      </c>
-[...13 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>394</v>
+      </c>
+      <c r="B78" t="s">
+        <v>395</v>
+      </c>
+      <c r="C78" t="s">
         <v>396</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>33</v>
+      </c>
+      <c r="E78" t="s">
         <v>397</v>
       </c>
-      <c r="D78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>399</v>
+      </c>
+      <c r="B79" t="s">
         <v>400</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>401</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>402</v>
       </c>
       <c r="I79" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>404</v>
       </c>
       <c r="B80" t="s">
         <v>405</v>
       </c>
       <c r="C80" t="s">
         <v>406</v>
       </c>
       <c r="D80" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>364</v>
+        <v>407</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>180</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
+      <c r="H80" t="s">
+        <v>408</v>
+      </c>
       <c r="I80" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B81" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>16</v>
+        <v>412</v>
       </c>
       <c r="I81" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B82" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C82" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>15</v>
       </c>
       <c r="I82" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B83" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E83" t="s">
+        <v>34</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>16</v>
+        <v>420</v>
       </c>
       <c r="I83" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B84" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>130</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="I84" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B85" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="C85" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D85" t="s">
-        <v>27</v>
+        <v>33</v>
+      </c>
+      <c r="E85" t="s">
+        <v>397</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
-      <c r="H85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I85" t="s">
-        <v>428</v>
+        <v>429</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>430</v>
+      </c>
+      <c r="B86" t="s">
+        <v>431</v>
+      </c>
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
+        <v>130</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>16</v>
+      </c>
+      <c r="I86" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>433</v>
+      </c>
+      <c r="B87" t="s">
+        <v>434</v>
+      </c>
+      <c r="C87" t="s">
+        <v>435</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>52</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>46</v>
+      </c>
+      <c r="H87" t="s">
+        <v>436</v>
+      </c>
+      <c r="I87" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>438</v>
+      </c>
+      <c r="B88" t="s">
+        <v>439</v>
+      </c>
+      <c r="C88" t="s">
+        <v>440</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>16</v>
+      </c>
+      <c r="I88" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>442</v>
+      </c>
+      <c r="B89" t="s">
+        <v>443</v>
+      </c>
+      <c r="C89" t="s">
+        <v>444</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>14</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>445</v>
+      </c>
+      <c r="I89" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>447</v>
+      </c>
+      <c r="B90" t="s">
+        <v>434</v>
+      </c>
+      <c r="C90" t="s">
+        <v>448</v>
+      </c>
+      <c r="D90" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" t="s">
+        <v>14</v>
+      </c>
+      <c r="G90" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" t="s">
+        <v>449</v>
+      </c>
+      <c r="I90" t="s">
+        <v>450</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">