--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -163,416 +163,410 @@
   </si>
   <si>
     <t>Dmitry Ivanovich Poltorak</t>
   </si>
   <si>
     <t>1 czerwca 1987</t>
   </si>
   <si>
     <t>Dmitrij został skazany w sierpniu 2022 roku za „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub aktywny udział w nich” za udział w pokojowych protestach, które odbyły się w Mińsku w 2020 roku. Dmitrij został nagrany przez dziennikarza podczas protestów w pierwszych dniach po wyborach.
 W maju 2023 roku okazało się, że Dmitrij został osadzony w zakładzie karnym i osądzony na podstawie artykułu administracyjnego za „rozpowszechnianie materiałów ekstremistycznych” i skazany na karę aresztu administracyjnego, którą odbywał w areszcie tymczasowym w Homlu.
 W lipcu tego roku odbyła się rozprawa sądowa, na której rozważano możliwość zastąpienia ograniczenia wolności karą pozbawienia wolności w kolonii karnej; wynik rozprawy nie jest znany.</t>
   </si>
   <si>
     <t>IUOT-17, Homel, ul. Borisenko, 13 lat, indeks 246020</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Decyzja sądu 05.08.2022: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 08.11.2022: wyrok został podtrzymany. Sąd zmiany reżimu 11.07.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-04-06 14:47:35</t>
   </si>
   <si>
-    <t>Roman Yuryevich Parfenov</t>
-[...31 lines deleted...]
-  <si>
     <t>Dmitriy Nikolaevich Ivashkov</t>
   </si>
   <si>
     <t>2 czerwca 1981</t>
   </si>
   <si>
     <t>Członkini grupy inicjatywnej kandydatki na prezydenta Swietłany Tichanowskiej została zatrzymana 27 września 2020 r. w Homlu podczas pokojowego protestu i oskarżona o udział w „masowych zamieszkach” i planowanie „zajmowania budynków”.
 Zimą 2023 roku Dmitry został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
     <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
   </si>
   <si>
     <t>Decyzja sądu 04.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
+  </si>
+  <si>
+    <t>Nikolay Nikolaevich Lepeshko</t>
+  </si>
+  <si>
+    <t>2 czerwca 1977</t>
+  </si>
+  <si>
+    <t>Ojciec Nikołaj, 47 lat, został zatrzymany wraz z żoną Jeleną, 46 lat, i synem Nikitą, 24 lata, za udział w proteście w 2020 roku.</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Decyzja sądu 03.02.2025: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-01-31 20:22:02</t>
+  </si>
+  <si>
+    <t>Roman Yuryevich Parfenov</t>
+  </si>
+  <si>
+    <t>2 czerwca 1982</t>
+  </si>
+  <si>
+    <t>Zdaniem sądu istota oskarżenia przeciwko wszystkim polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, gwizdali, klaskali w dłonie, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.09.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
+    <t>Yuri Gennadievich Olkhovik</t>
+  </si>
+  <si>
+    <t>3 czerwca 1987</t>
+  </si>
+  <si>
+    <t>Biznesmen zatrzymany jesienią 2023 r. za nawoływanie do sankcji. Przeciwko Jurijowi wszczęto postępowanie karne, zostaje on zatrzymany (w trakcie ustalania miejsca przetrzymywania).
+Na antenie prorządowego kanału telewizyjnego „Białoruś 1” Jurij Olchowik przedstawiany jest jako „współzałożyciel firmy – oficjalny dystrybutor światowych producentów”. Sam oświadczył, że zajmuje się dostawą sprzętu do badań nieniszczących i analiz chemicznych oraz sprzętu badawczego. Napisał list do europejskiej firmy z prośbą o zakończenie współpracy z białoruską spółką znajdującą się na liście sankcyjnej.</t>
+  </si>
+  <si>
+    <t>2024-01-03 01:34:38</t>
   </si>
   <si>
     <t>Aleksey Firdovsovich Kudlasov</t>
   </si>
   <si>
     <t>3 czerwca 1998</t>
   </si>
   <si>
     <t>Aleksiej został zatrzymany 1 lipca 2021 roku w Mińsku przez funkcjonariuszy Głównego Zarządu ds. Zwalczania Przestępczości Zorganizowanej i Korupcji (GUBOPiK). Następnego dnia sąd skazał go na 15 dni aresztu administracyjnego, ale zamiast zwolnienia, został przeniesiony do aresztu śledczego. Został oskarżony w sprawie karnej o zbiorowe działania rażąco naruszające porządek publiczny.
 Sprawa została rozpatrzona na podstawie czterech artykułów Kodeksu karnego: „organizowanie masowych zamieszek”, „utworzenie grupy ekstremistycznej”, „podżeganie do nienawiści społecznej” i „znieważenie funkcjonariusza państwowego”. Rozprawa odbyła się za zamkniętymi drzwiami, a szczegóły zarzutów nie są znane.
 W kwietniu 2022 roku sąd skazał Aleksieja na 11 lat więzienia. Po procesie, prorządowe kanały opublikowały film, w którym twierdzono, że Aleksiej jest administratorem czatu Telegram „Kaskada”. Film o nim został wcześniej nagrany na TUT.BY.
 W lipcu 2023 r. okazało się, że przebywa w areszcie tymczasowym, a 11 sierpnia 2023 r. ponownie uznano go winnym w nowej sprawie „tworzenia grupy ekstremistycznej”, co wydłużyło jego wyrok o kolejne 6 miesięcy.</t>
   </si>
   <si>
     <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
   </si>
   <si>
     <t>Decyzja sądu 25.04.2022: 11 lata więzienia w kolonii o zaostrzonym rygorze. Decyzja sądu 11.08.2023: 7 lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Yuri Gennadievich Olkhovik</t>
-[...11 lines deleted...]
-  <si>
     <t>Andrey Sergeevich Zagorsky</t>
   </si>
   <si>
     <t>4 czerwca 1988</t>
   </si>
   <si>
     <t>Andriej pochodzi z Dokszyc. Po ukończeniu szkoły w 2006 roku rozpoczął studia na Białoruskim Państwowym Uniwersytecie Informatyki i Radioelektroniki, gdzie studiował na Wydziale Systemów Komputerowych i Sieci. Mieszka w Kopiszczach. W trakcie studiów Andriej rozpoczął pracę w EPAM. Według serwisu LinkedIn, ostatnio pracował jako główny inżynier oprogramowania — zarządzał częścią zespołu programistów w projekcie. Nie wiadomo, czy ostatnio mieszkał na Białorusi, ale dużo podróżował.</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>Decyzja sądu 01.04.2025: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
+    <t>Dmitry Dmitrievich Korneev</t>
+  </si>
+  <si>
+    <t>5 czerwca 1995</t>
+  </si>
+  <si>
+    <t>Dmitry został zatrzymany i skazany za rzucenie koktajlem Mołotowa w stronę personelu wojskowego w dniu 10 sierpnia 2020 r. Według śledczych butelki zostały przetransportowane do centrum Homla przez Leonida Kovaleva, który je ukrył, a wieczorem tego samego dnia przekazał je Dmitrijowi i Nikicie Zolotorevów z propozycją podpalenia budynku, autobusu lub wóz ryżowy. Dmitry częściowo przyznał się do winy, tłumacząc, że rzucił „koktajl”, aby zyskać na czasie i uniknąć aresztowania.
+W grudniu 2021 r. został przeniesiony do więzienia za „złośliwe nieposłuszeństwo wobec wymogów administracji Zakładu Karnego”.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.02.2021: 8 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 23.04.2021: wyrok został podtrzymany. Sąd zmiany reżimu 08.12.2021: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:13:22</t>
+  </si>
+  <si>
+    <t>Alexey Petrovich Kamovich</t>
+  </si>
+  <si>
+    <t>5 czerwca 1979</t>
+  </si>
+  <si>
+    <t>Dyrektor banku. Posiada 15-letnie doświadczenie w zarządzaniu oddziałami regionalnymi banków.
+Ostatnie miejsce pracy: RRB Bank.</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:00:07</t>
+  </si>
+  <si>
+    <t>Olga Anatolyevna Nikolaeva</t>
+  </si>
+  <si>
+    <t>W grudniu 2024 roku prorządowe media opublikowały nagranie audio Olgi, oskarżonej o udział w czacie „Białe Skrzydła z Baranowicz”. Kiedy KGB uznało czat „Białe Skrzydła z Baranowicz” – bardzo mały i od dawna nieaktywny czat dzielnicowy – za grupę ekstremistyczną, Olga została wymieniona wśród uczestników. Skontaktowano się z Olgą za pośrednictwem niezabezpieczonego konta. Było ono powiązane z numerem telefonu dziewczyny. Najprawdopodobniej Olga przebywała w areszcie śledczym przed rozprawą.
+Olga gra na perkusji i jako studentka była perkusistką w amatorskich zespołach muzycznych. Ona i jej mąż lubią podróżować.</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
+    <t>Sergey Yuryevich Manzhos</t>
+  </si>
+  <si>
+    <t>5 czerwca 1991</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.10.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Svetlana Ivanovna Kashkel</t>
+  </si>
+  <si>
+    <t>5 czerwca 1963</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Vitold Stefanovich Shalkevich</t>
+  </si>
+  <si>
+    <t>5 czerwca 1980</t>
+  </si>
+  <si>
+    <t>Witold Szalkiewicz ma 44 lata. Pochodzi z dużego miasta Porozowo w obwodzie świsłockim. Mężczyzna ma żonę i dwie małoletnie córki.
+Witold został zatrzymany w sierpniu 2023 r. tuż przy pracy. Początkowo został skazany na areszt za „rozpowszechnianie materiałów ekstremistycznych”. Następnie członkowie Gubopiku nagrali z nim film i przewieźli go z aresztu śledczego. Według prorządowych kanałów telegramowych Szalkiewicz pozostawił kilka tysięcy komentarzy różne czaty.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Alexey Sergeyevich Reznikov</t>
+  </si>
+  <si>
+    <t>5 czerwca 1988</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Witebska zatrzymany za repostowanie na portalach społecznościowych. Sąd jest zamknięty, młody człowiek nie ma krewnych. Wiadomo, że ma około 30 lat, chodził do pracy, po powrocie został zatrzymany na Białorusi. Trzy dni po jego aresztowaniu zmarła jego matka. Nie ma już krewnych.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.08.2022: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
     <t>Natalia Olegovna Lobatsevich</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 czerwca 1963</t>
   </si>
   <si>
     <t>Tatiana Frantskevich i Natalia Łobacevich zostały zatrzymane 19 lipca 2024 r., kiedy Tatiana została wezwana przed Komitet Śledczy, aby podpisać zobowiązanie o nieopuszczaniu Połocka. Natalia pojechała z nią, aby ją wesprzeć.
 Wszczęto postępowanie karne przeciwko Tatianie Frantskevich, matce skazanego anarchisty Aleksandra Frantskevicha, i jej siostrze Natalii Łobacewicz, matce byłego więźnia politycznego Ilji Łobacewicza, i umieszczono je w areszcie śledczym w Witebsku.</t>
   </si>
   <si>
-    <t>kobieta</t>
-[...1 lines deleted...]
-  <si>
     <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
   </si>
   <si>
     <t>Decyzja sądu 18.02.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.04.2025: wysłano do sprawdzenia. Decyzja sądu 16.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-07-25 20:42:36</t>
-  </si>
-[...114 lines deleted...]
-    <t>2024-12-02 17:55:42</t>
   </si>
   <si>
     <t>Denis Yevgenievich Ivashin</t>
   </si>
   <si>
     <t>6 czerwca 1979</t>
   </si>
   <si>
     <t>Denis jest dziennikarzem i redaktorem-wolontariuszem białoruskiej wersji InformNapalmu, niezależnym korespondentem gazety Nowaja Czas. Jego śledztwa dotyczyły wpływu „rosyjskiego świata” na Białoruś i Syrię, budownictwa w Kuropatach oraz przejścia byłych funkcjonariuszy Berkutu do białoruskich sił bezpieczeństwa.
 W marcu 2021 roku został zatrzymany przez funkcjonariuszy KGB pod zarzutem „ingerencji w działalność policji”. Przeszukania przeprowadzono w jego mieszkaniu, mieszkaniu jego matki i mieszkaniu jego 95-letniej babci. W 2022 roku okazało się, że oskarżono go również o współpracę z ukraińskim wywiadem.
 We wrześniu 2022 r. Denis został skazany na podstawie artykułów o „zdradzie stanu” i „ingerencji w działalność funkcjonariusza służb wewnętrznych”, ale ten ostatni zarzut został później zastąpiony zarzutem „nielegalnego gromadzenia lub rozpowszechniania danych dotyczących życia osobistego”.
 W czerwcu 2023 r. został przeniesiony do więzienia o zaostrzonym rygorze, nie informując o tym rodziny ani prawnika.
 W kwietniu 2024 roku więźniowi politycznemu odebrano przesyłki, a wysyłanie witamin wymaga teraz zgody lekarza więziennego.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 14.09.2022: 13 lata 1 miesiąc więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary, 18000 ruble odszkodowania. Apelacja 20.12.2022: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
     <t>Denis Valentinovich Salmanovich</t>
   </si>
   <si>
     <t>6 czerwca 1991</t>
   </si>
   <si>
     <t>Początkowo znajdowała się w Okrestinie. Następnie został aresztowany na podstawie Kodeksu karnego. Krewni uważają Denisa za dobrego, uczciwego, sprawiedliwego i sympatycznego człowieka. Na kanałach prorządowych Denis jest nazywany „głównym redaktorem wizualnym” filmów ruchu Supraci. W nagraniu wideo Salmanovich mówi , że został zatrzymany przez funkcjonariuszy policji, ponieważ „był członkiem destrukcyjnych kanałów Telegram”, „współpracował z Busly Lyatsyats” i brał udział w protestach w 2020 roku.
 Sąd apelacyjny zmniejszył karę pozbawienia wolności z 10 do 9,5 roku.
 Denis cierpi na poważną chorobę - przewlekłe kłębuszkowe zapalenie nerek po krwotocznym zapaleniu naczyń. Latem 2024 roku karetka zabrała mężczyznę z kolonii. Salmanowicz przeszedł operację - usunięto mu woreczek żółciowy. Po operacji mężczyzna spędził kolejny tydzień na oddziale medycznym więzienia, aż do momentu zdjęcia szwów.
 Matka więźnia politycznego twierdzi , że ostatni raz Denis kontaktował się z nią w połowie listopada 2024 r. Po rozmowie telefonicznej mężczyzna został natychmiast zabrany do celi karnej, gdzie przebywa do dziś (styczeń 2024 r.).
 W kwietniu 2025 r. zaostrzono mu karę i przeniesiono go do więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.09.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 6400 ruble odszkodowania. Apelacja 23.12.2022: 9 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 6400 ruble odszkodowania. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-10-26 19:13:17</t>
   </si>
   <si>
-    <t>Sergey Alexandrovich Romanov</t>
-[...18 lines deleted...]
-  <si>
     <t>Nikita Alexandrovich Grushevsky</t>
   </si>
   <si>
     <t>7 czerwca 2000</t>
   </si>
   <si>
     <t>Nikita Gruszewski ukończył studia na Uniwersytecie Technicznym w Suchoj-Homelu w 2022 roku. Pracował w systemie zmianowym w Rosji.
 Według informacji, którymi dysponują obrońcy praw człowieka , Nikita Gruszewski wyraził swoje poglądy, w tym na temat osób obecnie nielegalnie sprawujących władzę na Białorusi, w komentarzach online na portalach społecznościowych.
 Został skazany m.in. za przynależność do pewnej społeczności, którą reżim uznał za „formację ekstremistyczną”.
 Proces Nikity Gruszewskiego odbył się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>Decyzja sądu 23.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Vladislav Aleksandrovich Yatsenko</t>
-[...11 lines deleted...]
-    <t>2023-01-16 01:51:37</t>
+    <t>Sergey Alexandrovich Romanov</t>
+  </si>
+  <si>
+    <t>7 czerwca 1994</t>
+  </si>
+  <si>
+    <t>Aktywista anarchistyczny został zatrzymany podczas przekraczania granicy białoruskiej w nocy z 28 na 29 października 2020 roku i oskarżony o „podpalenie” i „terroryzm”. Wcześniej odbywał karę pięciu lat pozbawienia wolności na podstawie artykułu 295-3 Kodeksu karnego Republiki Białorusi i został zwolniony w 2019 roku.
+29 października 2021 roku w Homlu Siergiej został skazany na rok więzienia za „naruszenie warunków nadzoru” na podstawie wcześniejszego artykułu politycznego. W marcu 2023 roku i wrześniu 2024 roku został dwukrotnie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji kolonii karnej”. Artykuł ten służy do osądzenia więźniów odmawiających współpracy z administracją za fikcyjne naruszenia. W rezultacie łączny wyrok wyniósł 22 lata i 11 miesięcy.
+Jesienią 2025 roku okazało się , że Siergiej Romanow niedawno trafił do szpitala na operację. Operacja była zaplanowana i przebiegła bez komplikacji. Wkrótce miał zostać przeniesiony z powrotem do kolonii karnej.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2021: 20 lata więzienia w kolonii o zaostrzonym rygorze, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 23.03.2023: 11 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 06.06.2023: wyrok został podtrzymany. Decyzja sądu 25.09.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 26.11.2024: wyrok został podtrzymany. Decyzja sądu 19.05.2025: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Irina Alekseevna Savritskaya</t>
   </si>
   <si>
     <t>8 czerwca 1966</t>
   </si>
   <si>
     <t>Irina pracowała jako specjalistka ds. sprzedaży, a następnie jako menedżerka w firmie Anastan. Została skazana wraz z córką i mężem.
 Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Mąż Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony informacjami, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy z wezwaniem do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego odczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia na nagraniu wideo wyraził swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.11.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Sofia Ivanovna Bachurinskaya</t>
-[...12 lines deleted...]
-    <t>2025-07-26 15:25:04</t>
+    <t>Valery Igorevich Zalivako</t>
+  </si>
+  <si>
+    <t>8 czerwca 1991</t>
+  </si>
+  <si>
+    <t>W dniu 16 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.04.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 16.07.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
+  </si>
+  <si>
+    <t>Jaroslav Petrovich Sakovich</t>
+  </si>
+  <si>
+    <t>9 czerwca 1980</t>
+  </si>
+  <si>
+    <t>Według śledczych został zatrzymany za przekazywanie danych Siłom Zbrojnym Ukrainy. Ukraińska żona. Mieszkała na Ukrainie, wróciła na Białoruś w 2021 roku z powodu choroby rodziców. Został zatrzymany przez KGB, torturowany przez całą noc, aby przyznał się, że walczył wcześniej na Ukrainie, zadzwoniono do jego żony i obiecano wysłać mu głowę. Następnie Jarosław został zwolniony. Rok później został ponownie zatrzymany, a obecnie przebywa w Areszcie Śledczym.
+4 maja 2023 r. został skazany na podstawie dwóch artykułów (370 i 295 k.k.) na 2 lata więzienia; po proteście prokuratora wymiar kary został podwojony. Przebywa w areszcie śledczym, ponieważ... Wszczęto dwie kolejne sprawy karne. Jest oskarżony o zdradę stanu (część 1 art. 356 kodeksu karnego) za „przekazywanie danych Siłom Zbrojnym Ukrainy”.
+Latem 2024 roku wyszło na jaw, że Jarosław ponownie został przeniesiony do Aresztu Śledczego nr 1.</t>
+  </si>
+  <si>
+    <t>11 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Maхim Mikhailovich Matyrko</t>
   </si>
   <si>
     <t>9 czerwca 1977</t>
   </si>
   <si>
     <t>Obywatel Federacji Rosyjskiej, od 16 lat mieszka w Mińsku.
 Według prorządowych kanałów został zatrzymany za udział w protestach w 2020 roku.
 Skazany za udział w protestach i podpalenie samochodu (dokładne dane dotyczące zarzutu nie są znane).
 Okazało się, że Maxim był sądzony 12 maja 2023 r. Na podstawie części 2 art. 411 Kodeksu karnego. Wyrok nie jest znany.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.04.2022: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 12.05.2023: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 10.09.2024: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
     <t>Ivan Vladimirovich Kotov</t>
   </si>
   <si>
     <t>9 czerwca 1998</t>
   </si>
@@ -584,203 +578,188 @@
     <t>Decyzja sądu 27.02.2023: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 30.06.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-12-09 19:10:12</t>
   </si>
   <si>
     <t>Yuri Mikhailovich Polyukhovich</t>
   </si>
   <si>
     <t>9 czerwca 1986</t>
   </si>
   <si>
     <t>Jurij został początkowo skazany na trzy lata aresztu domowego, a następnie, w listopadzie 2021 roku, na trzy lata ograniczonej wolności i osadzenie w otwartym zakładzie karnym. W obu sprawach postawiono mu zarzuty znieważenia urzędników państwowych.
 W 2022 roku wszczęto przeciwko niemu trzecie postępowanie karne z tytułu „przemocy lub groźby użycia przemocy wobec funkcjonariusza policji”, „znieważenia urzędnika państwowego” oraz „znieważenia sędziego”. W grudniu tego samego roku Jurij został skazany na pięć lat ograniczenia wolności z odroczonym terminem wykonania kary.</t>
   </si>
   <si>
     <t>IUOT-21, 247783 obwód homelski, Mozyrz, ur. Yunosti, 24</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Apelacja data nieznana: wyrok został podtrzymany. Decyzja sądu 23.11.2021: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Decyzja sądu 23.12.2022: 5 lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 24.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-01-30 21:53:18</t>
   </si>
   <si>
-    <t>Pavel Churkin</t>
+    <t>Pavel Nikolaevich Churkin</t>
   </si>
   <si>
     <t>9 czerwca 1987</t>
   </si>
   <si>
-    <t>mieszkaniec Mohylewa, skazany za znieważenie Łukaszenki.
-[...7 lines deleted...]
-    <t>Decyzja sądu 24.05.2021: 1 rok więzienia w kolonii na warunkach ogólnych. Decyzja sądu 19.12.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.01.2025: nieznany.</t>
+    <t>Paweł został po raz pierwszy skazany w maju 2021 roku za „znieważenie Łukaszenki” i skazany na karę pozbawienia wolności w kolonii karnej. Został zwolniony w maju 2022 roku po odbyciu pełnej kary.
+Paweł został ponownie zatrzymany wiosną 2024 roku pod zarzutem współpracy z Głównym Zarządem Wywiadowczym Ministerstwa Obrony Ukrainy. Poinformowano o tym w programie „Wszystko o sprawie” w państwowej telewizji Biełaruś 4. Mohylew. W opublikowanym nagraniu Paweł twierdzi, że sfilmował rozmieszczenie rakiet Iskander, które miały zostać przekazane Siłom Zbrojnym Ukrainy, a także odczytuje tekst przedstawiony jako przysięga wierności Ukrainie.
+W listopadzie 2024 roku stanął przed szeregiem rozpraw sądowych w związku z artykułami „udział w grupie zbrojnej lub konflikcie zbrojnym, działania militarne na terytorium państwa obcego, rekrutacja lub szkolenie osób do takiego udziału” oraz „zdrada stanu”. Wynik tych spraw nie jest znany.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.05.2021: 1 rok więzienia w kolonii na warunkach ogólnych. Decyzja sądu 19.11.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2021-09-03 13:56:39</t>
   </si>
   <si>
-    <t>Jaroslav Petrovich Sakovich</t>
-[...15 lines deleted...]
-  <si>
     <t>Yuri Aleksandrovich Moiseenko</t>
   </si>
   <si>
     <t>10 czerwca 1998</t>
   </si>
   <si>
     <t>W dniu 17 kwietnia 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
+  </si>
+  <si>
+    <t>Danila Maksimovich Chibisov</t>
+  </si>
+  <si>
+    <t>10 czerwca 2003</t>
+  </si>
+  <si>
+    <t>Danila jest studentką Państwowego Uniwersytetu Franciska Skaryny Homel. 18 października 2024 r. sąd rejonowy w Homlu skazał go i jego matkę Jelenę Czibisową na podstawie art. 2 ust. 2 ustawy z dnia 10 października 2024 r. 19.11 Kodeksu wykroczeń (gwałt, rozpowszechnianie materiałów o charakterze ekstremistycznym). Wynik tej rozprawy sądowej nie jest znany. Następnie wszczęto postępowanie karne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
   </si>
   <si>
     <t>Denis Sergeevich Sidorok</t>
   </si>
   <si>
     <t>10 czerwca 1989</t>
   </si>
   <si>
     <t>Prawdopodobnie zatrzymany za udział w protestach w 2020 r.
 W dniu 14 marca 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
     <t>Victor Turchenik</t>
   </si>
   <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
     <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-09-17 17:45:43</t>
   </si>
   <si>
-    <t>Danila Maksimovich Chibisov</t>
-[...11 lines deleted...]
-    <t>2025-02-10 18:24:41</t>
+    <t>Sergey Vasilevich Chizhevsky</t>
+  </si>
+  <si>
+    <t>10 czerwca 1978</t>
+  </si>
+  <si>
+    <t>W dniu 31 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.03.2024: 2 roku 8 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 31.05.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
   </si>
   <si>
     <t>Vladislav Dmitrievich Pudyak</t>
   </si>
   <si>
     <t>10 czerwca 1985</t>
   </si>
   <si>
     <t>Kierownik warsztatu Gomselmash.
 W dniu 8 września 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.09.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-06-03 22:39:05</t>
   </si>
   <si>
-    <t>Sergey Vasilevich Chizhevsky</t>
-[...29 lines deleted...]
-  <si>
     <t>Olga Petrovna Voitekhovich</t>
   </si>
   <si>
     <t>12 czerwca 1974</t>
   </si>
   <si>
     <t>Olga została zatrzymana w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu” i skazana w czerwcu 2023 r. na podstawie kilku artykułów karnych.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Vladimir Ivanovich Zhuravko</t>
+  </si>
+  <si>
+    <t>13 czerwca 1985</t>
+  </si>
+  <si>
+    <t>Były operator warsztatu GPU „Amoniak-3”. Według wstępnych informacji był zatrzymany na podstawie art. 356 i 357 Kodeksu karnego Republiki Białorusi („zdrada państwa” oraz „spisek lub inne działania mające na celu przejęcie władzy państwowej”).
+Władimir został umieszczony w areszcie śledczym KGB, a następnie przeniesiony do aresztu śledczego nr 3.
+9 listopada 2022 r. Sąd Okręgowy w Homlu rozpoczął rozpatrywanie „sprawy Rabochaga Ruhu”, w którą zamieszanych jest dziesięciu więźniów politycznych. Drugiego dnia procesu wszyscy oskarżeni w tej sprawie złożyli przed sądem, że nie przyznali się do winy za zdradę stanu i utworzenie grupy ekstremistycznej. Wszyscy oskarżeni w „sprawie Rabochaga Ruhu” odmówili składania zeznań na rozprawie. 27 grudnia proces zamknięto do czasu ogłoszenia wyroku, choć wcześniej toczył się on jawnie.
+16 listopada 2023 r. reżim Władimira został zmieniony na więzienie i zostanie on przeniesiony do więzienia nr 4 w Mohylewie.</t>
+  </si>
+  <si>
+    <t>15 lat w kolonii pod zaostrzonym reżimem</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:51:26</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Chabotko</t>
   </si>
   <si>
     <t>13 czerwca 1983</t>
   </si>
   <si>
     <t>Właściciel popularnej strony internetowej s13.ru. 25 października Siergiej był sądzony za „rozpowszechnianie materiałów ekstremistycznych”. W wyniku kontroli nałożono także 15-dniowy areszt administracyjny. Tego dnia okazało się, że sąd na wniosek prokuratora miasta Grodno uznał istniejącą niemal dwie dekady stronę internetową s13.ru za „materiały ekstremistyczne” . Już po pierwszym uwięzieniu Siergiej został oskarżony o „naruszenie porządku organizowania lub przeprowadzania imprez masowych”. Sprawę administracyjną rozpatrzył w środę Leniński Sąd Rejonowy, a sędzia Natalia Gorbach przyznała kolejne 15 dni.
 W rezultacie Siergiej Czabotko był trzykrotnie sądzony za rozpowszechnianie materiałów ekstremistycznych i „pikietowanie” w Internecie.
 Siergiej nie został zwolniony nawet po 45 dniach aresztu administracyjnego. Prawdopodobnie mężczyzna trafił do aresztu.
 Portal s13.ru uznał białoruskie KGB za „ formację ekstremistyczną ”, więc sprawa Siergieja prawdopodobnie jest z tym związana.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.10.2025: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
     <t>Dmitry Vladimirovich Sosnovsky</t>
   </si>
   <si>
     <t>13 czerwca 1990</t>
   </si>
@@ -821,725 +800,655 @@
 W dniu 20 października 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.08.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.10.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-10-12 17:00:37</t>
   </si>
   <si>
     <t>Sergey Andreevich Batura</t>
   </si>
   <si>
     <t>13 czerwca 2001</t>
   </si>
   <si>
     <t>Został zatrzymany w ramach postępowania karnego 9 listopada 2021 r. za udział w protestach. Najpierw został umieszczony w areszcie śledczym KGB, następnie przeniesiony do Aresztu Śledczego-1.
 Oskarżono go także o przyjmowanie z zagranicy pałek teleskopowych, paralizatorów i innych środków.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.07.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
   </si>
   <si>
-    <t>Vladimir Ivanovich Zhuravko</t>
-[...16 lines deleted...]
-  <si>
     <t>Sergey Romualdovich Plonis</t>
   </si>
   <si>
     <t>14 czerwca 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Siergiej, administrator systemu w zakresie sieci lokalnych i monitoringu wideo, został zatrzymany 2 października 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach Telegramu, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
 </t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
     <t>Anton Vladimirovich Deneyko</t>
   </si>
   <si>
     <t>14 czerwca 1991</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
   </si>
   <si>
+    <t>Alexander Chumakov</t>
+  </si>
+  <si>
+    <t>14 czerwca 1981</t>
+  </si>
+  <si>
+    <t>Został uznany za członka „ekstremistycznej grupy” „Da Zoraў”. KGB uważa, że on i Siemion Małaszenkow są jej członkami.
+Znany jest jako muzyk, twórca gęśli i członek zespołu „Stary Olsa”. Od 2002 roku Chumakov gra i śpiewa w zespole muzyki średniowiecznej „Stary Olsa”, grając na gęśli, fletach i innych instrumentach starodawnych. W 2005 roku założył zespół „Bokal Kola”, który wykonywał białoruskie tańce ludowe z akompaniamentem dudy i gęśli, ale projekt ten nie trwał długo. Muzyk sporadycznie występował solo, wykonując tańce ludowe.
+Ales tłumaczył również irlandzką poezję heroiczną na język białoruski. W zespole Ceilidh Ceol, założonym w połowie pierwszej dekady XXI wieku, wykonywał w języku białoruskim starożytne pieśni irlandzkie poświęcone wolności i pamięci przodków. W 2020 roku użyczył swojego głosu w białoruskim dubbingu serialu Netflix „Wiedźmin”, wykonując po białorusku znaną piosenkę „Rzuć monetą swojemu wiedźminowi”.</t>
+  </si>
+  <si>
+    <t>2025-12-16 19:40:03</t>
+  </si>
+  <si>
     <t>Artem Igorevich Kosakovsky</t>
   </si>
   <si>
     <t>14 czerwca 1998</t>
   </si>
   <si>
     <t>Artem pracował jako optyk w zakładzie Lida Optik. Kształcił się w Liceum Fizyczno-Matematycznym w Grodnie i Politechnice Lidzkiej. Zatrzymany 27 września 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegramowych, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
 W maju 2022 r. Artem został ponownie skazany za udział w protestach, które odbyły się w 2020 r. w Lidzie.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany. Decyzja sądu 23.05.2022: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
     <t>Elena Valerievna Dobysh</t>
   </si>
   <si>
     <t>15 czerwca 1981</t>
   </si>
   <si>
     <t>Została zatrzymana w marcu 2025 r. w związku ze sprawą karną związaną z „działalnością ekstremistyczną”.</t>
   </si>
   <si>
+    <t>Decyzja sądu 22.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary.</t>
+  </si>
+  <si>
     <t>2025-03-27 00:27:54</t>
+  </si>
+  <si>
+    <t>Valery Tadeushevich Viskirsky</t>
+  </si>
+  <si>
+    <t>15 czerwca 1986</t>
+  </si>
+  <si>
+    <t>Pierwotnym powodem zatrzymania była dystrybucja materiałów ekstremistycznych w ramach sprawy administracyjnej o podłożu politycznym.
+W trakcie zatrzymania mężczyzna usłyszał zarzuty w sprawie karnej za liczne polubienia w Odnoklassnikach.
+W dniu 4 lipca 2023 roku odwołanie zostało rozpatrzone. poprzednia umowa weszła w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.03.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.07.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-07-04 02:34:41</t>
   </si>
   <si>
     <t>Alexey Vladimirovich Kuzmin</t>
   </si>
   <si>
     <t>15 czerwca 1980</t>
   </si>
   <si>
     <t>Kierownik działu rozliczeń wstępnych i taryfikacji MTS.
 Z materiałów śledczych wynika, że Kuźmin miał dostęp do danych osobowych klientów MTS i od 9 sierpnia 2020 r. do 8 kwietnia 2021 r. „wyciekł” je do kanałów telegramowych „Czarna Księga Białorusi”, „Punisher Białorusi” i „Wszyscy Naruszenia!”
 Ofiar było 57 – siły bezpieczeństwa, propagandyści, urzędnicy, sędziowie, prokuratorzy i członkowie ich rodzin. Ponadto w toku śledztwa ustalono, że „wspólne działania Kuźmina z innymi osobami” spowodowały zakłócenia w pracy transportu i przedsiębiorstw „wyrządzając Mińsktrans szkody na kwotę nieco ponad 22 500 rubli”.
 Wśród ofiar jest w szczególności pracownik SB. Białoruś dzisiaj” Ludmiła Gładkaja , a także członkini Białoruskiej Partii Komunistycznej i zastępca Siergiej Kliszewicz .</t>
   </si>
   <si>
     <t>Decyzja sądu 18.09.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Valery Tadeushevich Viskirsky</t>
-[...39 lines deleted...]
-  <si>
     <t>Olga Prokopchik</t>
   </si>
   <si>
     <t>15 czerwca 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
     <t>Eugene Alexandrovich Krasnyansky</t>
   </si>
   <si>
     <t>16 czerwca 1982</t>
   </si>
   <si>
     <t>43-letni Jewgienij został skazany za prowadzenie badań socjologicznych na temat COVID-19 na Białorusi.
 Wcześniej Komitet Śledczy ujawnił szczegóły postępowania karnego przeciwko Krasniańskiemu. Agencja twierdziła, że mężczyzna przygotował dla jednej z zagranicznych organizacji badanie zawierające „celowo fałszywe informacje na temat polityki zdrowotnej kraju w zakresie środków podjętych w celu zwalczania zakażeń koronawirusem”. Wiadomo , że wraz z Jewgienijem Krasniańskim zatrzymano dwie kobiety: mieszkanki Mińska w wieku 37 i 43 lat. Miały one przeprowadzić badanie socjologiczne dotyczące obecności korzyści dla obywateli w rozwoju kraju poprzez integrację z państwami Unii Europejskiej. Aby osiągnąć pożądany rezultat, kobiety rzekomo przeprowadziły wywiady z przedstawicielami grupy fokusowej, którzy mieli „celowo negatywny stosunek do istniejącego systemu politycznego i porządku konstytucyjnego w państwie”. Wyroki skazujące kobiety nie są znane.</t>
-  </si>
-[...1 lines deleted...]
-    <t>SIZO-6, ul. Baranowicze Brestskaja 258 V, 225413</t>
   </si>
   <si>
     <t>Decyzja sądu 08.08.2025: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 595 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-08-18 14:56:18</t>
   </si>
   <si>
     <t>Pavel Sergeevich Kabarchuk</t>
   </si>
   <si>
     <t>16 czerwca 1993</t>
   </si>
   <si>
     <t>15 lutego 2024 roku w rejonie lelczyckim obwodu homelskiego, na granicy z Ukrainą, wprowadzono reżim „operacji antyterrorystycznej”. Ludność wezwano do „zachowania spokoju i podporządkowania się żądaniom funkcjonariuszy organów ścigania”. KGB twierdzi, że zatrzymało członków „grupy sabotażowo-rozpoznawczej”, w skład której wchodzili obywatele Ukrainy i Białorusi. Wśród zatrzymanych znaleźli się obywatele Ukrainy, ojciec i syn Siergiej i Paweł Kabarczukowie. Siergiej Kabarczukowie, urodzony w 1963 roku, pochodzą z rejonu kowelskiego na Wołyniu. Ojciec i syn zostali zatrzymani w lutym 2024 roku w rejonie lelczyckim. Znaleziono przy nich „materiały wybuchowe i inne środki rażenia”. KGB „ustaliło” , że materiały wybuchowe były przeznaczone do ataków terrorystycznych na Białorusi i w Rosji, a „infiltracja grupy” została zorganizowana przez Służbę Bezpieczeństwa Ukrainy.
 Jednocześnie zatrzymano również mieszkańca Brześcia Witalija Własiuka, urodzonego w 1970 roku. Oskarżono go o przemyt (art. 228 cz. 3 Kodeksu karnego).
 Był torturowany w areszcie śledczym KGB. Po aresztowaniu, przez kilka dni przetrzymywano go w areszcie śledczym KGB bez jedzenia.</t>
   </si>
   <si>
     <t>Decyzja sądu 23.10.2024: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
-    <t>Catherine Alexandrovna Mendrick</t>
-[...16 lines deleted...]
-  <si>
     <t>Sergey Mikhailovich Yaroshevich</t>
   </si>
   <si>
     <t>Administrator kanału telegramowego „Armia z Ludem” i mąż więźniarki politycznej Antoniny Konovalowej został zatrzymany 2 października 2020 r. i skazany za „przygotowanie do udziału w masowych zamieszkach”.
 W styczniu 2023 r. Siergiej został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymogów administracji zakładu karnego”.</t>
   </si>
   <si>
     <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
   </si>
   <si>
     <t>Decyzja sądu 07.05.2021: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.07.2021: wyrok został podtrzymany. Decyzja sądu 26.01.2023: 9 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
     <t>Alexey Sergeevich Borodko</t>
   </si>
   <si>
     <t>17 czerwca 1998</t>
   </si>
   <si>
     <t>Prawnik został zatrzymany pod koniec stycznia i przebywa w Areszcie Śledczym nr 1 przy ulicy Wołodarskiej. Po zatrzymaniu profil prawnika został usunięty ze strony internetowej Republikańskiej Izby Adwokackiej. Później okazało się, że 21 kwietnia 2023 roku cofnięto mu licencję.
 W dniu 8 września 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.05.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
+  </si>
+  <si>
+    <t>Alexander Aleksandrovich Chizh</t>
+  </si>
+  <si>
+    <t>18 czerwca 1983</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.06.2024: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-06-17 19:24:12</t>
   </si>
   <si>
     <t>Andrey Sergeevich Raptunovich</t>
   </si>
   <si>
     <t>18 czerwca 2002</t>
   </si>
   <si>
     <t>Pracuje w centrum oświaty „Majak”, prowadził koło artystyczne. Prorządowe kanały telegramowe donosiły, że miał jechać na Ukrainę i dołączyć do batalionu Kalinowskiego. Zatrzymany za rejestrację w chatbocie Peramoga.
 Wychowywał się w rodzinnym domu dziecka.
 Proces odbył się za zamkniętymi drzwiami, więc szczegóły posiedzenia sądu i pozycja więźnia politycznego w sprawie nie są znane.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.11.2022: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-06-20 16:01:58</t>
   </si>
   <si>
     <t>Vladimir Mikhailovich Morozov</t>
   </si>
   <si>
     <t>19 czerwca 1980</t>
   </si>
   <si>
     <t>Najprawdopodobniej został zatrzymany 26 stycznia 2023 r. w związku z dystrybucją, produkcją, przechowywaniem i transportem produktów informacyjnych zawierających nawoływania do działań ekstremistycznych lub promujących takie działania. Po czym wszczęto sprawę karną na podstawie wielu artykułów. Przed procesem rzekomo przebywał w więzieniu w Żodino.
 W dniu 26 stycznia 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.11.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.01.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Tulinov</t>
-[...10 lines deleted...]
-  <si>
     <t>Dmitry Petrovich Morozov</t>
   </si>
   <si>
     <t>19 czerwca 1972</t>
   </si>
   <si>
     <t>Decyzja sądu 22.11.2023: nieznany. Apelacja 14.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2025-02-07 14:50:08</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-02 11:50:43</t>
   </si>
   <si>
     <t>Gleb Olegovych Dudko</t>
   </si>
   <si>
     <t>20 czerwca 1988</t>
   </si>
   <si>
     <t>Gleb Dudko znany jest w środowisku muzycznym nie tylko Homla, ale także daleko poza jego granicami. Łącząc swoje talenty jako muzyk i programista założył co najmniej dwa muzyczne startupy IT.
 Ojciec Gleba, Oleg Dudko, jest znanym śpiewakiem operowym w Homlu i byłym solistą Filharmonii.
 W 2018 roku Gleb wraz z programistą Maximem Grinevichem uruchomił projekt ConcertMaster. Ideą projektu jest stworzenie programu , który mógłby automatycznie towarzyszyć wokalistom .
 Gleb został zatrzymany w marcu 2024 r. w Dobruszu i skazany na areszt za „rozpowszechnianie materiałów ekstremistycznych ”. Następnie mężczyzna został przewieziony do Aresztu Śledczego.
 Z publikacji Gleba Dudki na portalach społecznościowych można wywnioskować, że w 2022 roku potępiał on agresję militarną na Ukrainę. Nie wiadomo, co dokładnie stało się podstawą prześladowań politycznych mieszkańca Homla.</t>
   </si>
   <si>
     <t>Decyzja sądu 09.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Valentina Vladimirovna Poloz</t>
   </si>
   <si>
     <t>21 czerwca 1974</t>
   </si>
   <si>
     <t>W filmie propagandowym z 11 września 2023 r. Komitet Bezpieczeństwa Państwa poinformował , że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzy osoby, w tym Walentina, zostały oskarżone na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
 Według prorządowych mediów Walentyna wraz z Nikołajem Łosowskim zabrali paczkę zawierającą broń i materiały wybuchowe, które należało zakopać w rejonie Mozyrza. Nie zdążyli dokończyć zadania, gdyż zostali zatrzymani.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.12.2024: 9 lata więzienia w kolonii na warunkach ogólnych, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Nikolay Alexandrovich Lis</t>
-[...62 lines deleted...]
-  <si>
     <t>Margarita Alexandrovna Shchirets</t>
   </si>
   <si>
     <t>22 czerwca 1985</t>
   </si>
   <si>
     <t>Pracowała jako kontroler w zakładzie Sfera, który jest częścią holdingu BelOMO.
 Margarita od dawna jest członkinią Liberalno-Demokratycznej Partii Białorusi. W wyborach prezydenckich w 2010 roku była w grupie inicjatywnej Siergieja Gajdukiewicza, a w 2014 roku kandydowała z ramienia tej partii do Rady Deputowanych Miasta Mińska – oczywiście przegrała. Od tego czasu nie pojawiała się już publicznie.
 Została rzekomo zatrzymana za swoje komentarze. Sądząc po zdjęciach w mediach społecznościowych, kobieta ma dziecko.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2024-10-15 13:04:05</t>
   </si>
   <si>
+    <t>Dmitry Nikolaevich Sidorenko</t>
+  </si>
+  <si>
+    <t>22 czerwca 1973</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.01.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 04.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-20 19:38:36</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Boyko</t>
+  </si>
+  <si>
+    <t>22 czerwca 1986</t>
+  </si>
+  <si>
+    <t>Obywatel Ukrainy. Od 8 do 21 czerwca 2023 r. sprawę rozpatrywał za zamkniętymi drzwiami sędzia Anatolij Sotnikow.
+W dniu 29 sierpnia 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.08.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-07-11 10:20:50</t>
+  </si>
+  <si>
+    <t>Natalia Vasilevna Levaya</t>
+  </si>
+  <si>
+    <t>38-letni ilustrator. Zrezygnowała z pracy w PL w dużej firmie IT. Koledzy w szoku próbowali mnie odwieść – zdecydowałem się wrócić do domu. Powiedziała , że ma już zaświadczenie z KGB o wielokrotności darowizny za rok 2020. Mam dość bycia bez domu. Zatrzymany na granicy. Według wersji oskarżenia, którą przedstawiła służba prasowa Prokuratury Generalnej, Natalya Levaya w latach 2021–2022 przekazała środki pieniężne i kryptowaluty na łączną kwotę co najmniej czterech tysięcy czterystu rubli (dziś jest to około 1275 euro). został ukarany grzywną w wysokości 1000 podstawowych jednostek – prawie tyle samo, ile Natalia przekazała na rzecz inicjatyw i funduszy. Właśnie takiej kary żądała prokuratura na rozprawie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.07.2024: 6 lata więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 04.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:08:39</t>
+  </si>
+  <si>
+    <t>Vitaly Viktorovich Krasnov</t>
+  </si>
+  <si>
+    <t>22 czerwca 1987</t>
+  </si>
+  <si>
+    <t>W dniu 1 marca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:08:51</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Evdokimenko</t>
+  </si>
+  <si>
+    <t>23 czerwca 1987</t>
+  </si>
+  <si>
+    <t>Jak wynika z komunikatu prasowego Sądu w Brzestoblu, Jewdokimence postawiono zarzut, że od sierpnia do grudnia 2020 r. przekazywał „dane osobowe i inne dane osobowe pracowników organów spraw wewnętrznych w celu publicznego rozpowszechniania w Internecie”. Jednocześnie pobierałem dane z baz danych, do których miałem dostęp w pracy. Prawdopodobnie pracował w Brześciu WIT.
+W dniu 10 października 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.07.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2023-07-20 13:03:39</t>
+  </si>
+  <si>
     <t>Andrey Vladimirovich Pogerilo</t>
   </si>
   <si>
     <t>23 czerwca 1991</t>
   </si>
   <si>
     <t>Były mechanik warsztatu „Amoniak-3”.
 9 listopada 2022 roku Sąd Obwodowy w Homelu rozpoczął rozprawę w sprawie „Raboczag Ruch”, w której oskarżonych jest dziesięciu więźniów politycznych. Drugiego dnia procesu wszyscy oskarżeni nie przyznali się do zdrady stanu i utworzenia grupy ekstremistycznej . Andriej Pogeriło przyznał się jedynie do zarzutu zniesławienia. Wszyscy oskarżeni w sprawie „Raboczag Ruch” odmówili składania zeznań. 27 grudnia rozprawa została zamknięta do czasu wydania wyroku, mimo że wcześniej była jawna.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: nieznany.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
+  </si>
+  <si>
+    <t>Alexander Evgenievich Duleba</t>
+  </si>
+  <si>
+    <t>23 czerwca 1988</t>
+  </si>
+  <si>
+    <t>2025-08-26 22:21:40</t>
   </si>
   <si>
     <t>Denis Mikhailovich Urad</t>
   </si>
   <si>
     <t>Denis, oficer łączności specjalnej Sztabu Generalnego Sił Zbrojnych, został zatrzymany w marcu 2021 r. i skazany, według prorządowych mediów, za sfotografowanie tajnego listu ministra spraw wewnętrznych do ministra obrony i „przekazanie go do polskiego kanału Telegram”.
 Rozprawa odbyła się za zamkniętymi drzwiami, a od wyroku nie przysługiwała apelacja ani możliwość jego przeglądu. Oprócz wieloletniego wyroku więzienia, Denisowi odebrano także stopień wojskowy.
 W sierpniu 2022 r. zaostrzono mu karę i przeniesiono go do więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.05.2021: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, ograniczenie służby wojskowej. Sąd zmiany reżimu 22.08.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Evdokimenko</t>
-[...36 lines deleted...]
-    <t>2021-12-21 14:22:23</t>
+    <t>Paul Nikolaevich Ivanov</t>
+  </si>
+  <si>
+    <t>24 czerwca 1982</t>
+  </si>
+  <si>
+    <t>Został zatrzymany po tym, jak czat Telegram „Atolino ” został uznany za „grupę ekstremistyczną”. Ministerstwo Spraw Wewnętrznych wymieniło z nazwiska kilku „ członków grupy ”, oprócz Pawła: Dmitrija Tikunowa, Jewgieniję Mostową (Grigorik), Pawła Biełonickiego, Aleksieja Siemionowa, Jurija Antonowicza, Aleksandra Zajcewa i Władimira Polecha.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.06.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Tina Zakharovna Palynskaya</t>
   </si>
   <si>
     <t>24 czerwca 1973</t>
   </si>
   <si>
     <t>Dziennikarka, wyznawczyni katolicyzmu z Połocka. Tina od dawna nie zajmowała się dziennikarstwem, wychowała dwie córki, pracowała w archiwach, w tym rosyjskich, realizując prywatne zlecenia na tworzenie esejów biograficznych, książek rodzinnych, opowieści o uczestnikach II wojny światowej.
 Wcześniej, w 2022 r., dziennikarka została osądzona na podstawie artykułu administracyjnego i ukarana wysoką grzywną za żółte i niebieskie wstążki na swojej torbie. Komitet Śledczy przeprowadził zaś dochodzenie w sprawie jej wpisu na Facebooku i przeszukał dom dziennikarki.
 Od końca maja 2025 r. nie ma z nią kontaktu. Tina i jej najstarsza córka Margarita, 22 lata, są w areszcie w związku ze sprawą karną. Tina ma również młodszą, nieletnią córkę, ma 14 lat.
 Szczegóły zarzutów nie zostały oficjalnie ujawnione. Na podstawie dowodów poszlakowych można przypuszczać , że sprawa może mieć związek z decyzją KGB o uznaniu „Białoruskiej Pracowni Analitycznej” profesora Andrieja Wardomackiego za organizację ekstremistyczną. Organizacja ta przeprowadziła badania socjologiczne wśród obywateli Białorusi. W tej chwili nie ma potwierdzenia, że Tina lub jej córka rzeczywiście uczestniczyły w badaniach BAM. Ale nawet gdyby taki udział miał miejsce, nie naruszałoby to prawa: w momencie ewentualnego kontaktu z pracownią nie została ona jeszcze uznana za organizację ekstremistyczną.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
+    <t>Tatiana Nikolaevna Karpovich</t>
+  </si>
+  <si>
+    <t>24 czerwca 1997</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Witebska. Dziewczyna usłyszała zarzut z art. 130 kk (podżeganie do nienawiści społecznej) za przekazanie danych funkcjonariuszy bezpieczeństwa, nauczycieli, sędziów na kanał telegramowy Czarnej Księgi Białorusi.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2021-12-21 14:22:23</t>
+  </si>
+  <si>
     <t>Denis Nikolaevich Vorozov</t>
   </si>
   <si>
     <t>25 czerwca 1981</t>
   </si>
   <si>
     <t>Zatrzymany za wywieszanie flagi BBW i flagi Ukrainy w 19-piętrowym budynku przy ulicy Łesi Ukrainki.
 Po ich zatrzymaniu kanał w aplikacji mobilnej Zello, za pośrednictwem którego komunikowali się podczas akcji, został uznany za formację ekstremistyczną.</t>
   </si>
   <si>
     <t>5 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Airat Ernestovich Khalikov</t>
   </si>
   <si>
     <t>26 czerwca 1996</t>
   </si>
   <si>
     <t>Obywatel Federacji Rosyjskiej, mieszka na Białorusi od 2019 roku. Pracował jako kierowca w firmie Alivaria. Został aresztowany w maju 2025 roku w związku ze sprawą Gayun.</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
-    <t>Igor Petrovich Khristoforov</t>
-[...13 lines deleted...]
-  <si>
     <t>Vladimir Yurievich Isaev</t>
   </si>
   <si>
     <t>26 czerwca 1984</t>
   </si>
   <si>
     <t>Jesienią 2022 roku został skazany na karę więzienia za „obrazę Łukaszenki”. Wynik jego apelacji nie jest znany.
 W czerwcu 2025 roku wyszło na jaw, że Władimir został zatrzymany. Trwa ustalanie szczegółów sprawy. Jesienią został skazany na karę pozbawienia wolności.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.10.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2023: oddalenie wszystkich zarzutów. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
+    <t>Igor Petrovich Khristoforov</t>
+  </si>
+  <si>
+    <t>26 czerwca 1973</t>
+  </si>
+  <si>
+    <t>W dniu 15 listopada 2022 roku odbyła się rozprawa Sądu Apelacyjnego.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
     <t>Nikolay Stepanovich Losovsky</t>
   </si>
   <si>
     <t>27 czerwca 1966</t>
   </si>
   <si>
     <t>W filmie propagandowym z 11 września 2023 r. Komitet Bezpieczeństwa Państwa poinformował , że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzy osoby, w tym Mikołaj, zostały oskarżone na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
 Jak podają prorządowe media, Mikołaj na polecenie ukraińskich służb specjalnych sprawdzał skrytki, a także wykonywał za pieniądze inne zadania.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.12.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Alexei Aleksandrovich Hermann</t>
-[...13 lines deleted...]
-  <si>
     <t>Peter Filippovich Filipovich</t>
   </si>
   <si>
     <t>27 czerwca 1953</t>
   </si>
   <si>
-    <t>Decyzja sądu 16.12.2024: nieznany. Apelacja 18.02.2025: nieznany.</t>
+    <t>Decyzja sądu 16.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-12-02 17:53:29</t>
+  </si>
+  <si>
+    <t>Anatoly Anatolyevich Kosilo</t>
+  </si>
+  <si>
+    <t>28 czerwca 1985</t>
+  </si>
+  <si>
+    <t>Anatolij został skazany na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w takich działaniach” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze jawnym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.10.2024: 1 rok 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 21.01.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
+  </si>
+  <si>
+    <t>Alexey Vasilievich Semenok</t>
+  </si>
+  <si>
+    <t>28 czerwca 1975</t>
+  </si>
+  <si>
+    <t>Wyrok wydano na podstawie komentarzy Aleksieja zamieszczonych w Internecie.
+Zaraz po przybyciu do kolonii Aleksiej Semenko został wrzucony do celi karnej – miejsca, w którym więźniowie byli torturowani w nieludzkich warunkach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.03.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-03-11 21:32:16</t>
+  </si>
+  <si>
+    <t>Alexei Sergeevich Samoylyuk</t>
+  </si>
+  <si>
+    <t>28 czerwca 1989</t>
+  </si>
+  <si>
+    <t>Oddział sił specjalnych wtargnął do domu Aleksieja, powalił mężczyznę na podłogę, a jeden z funkcjonariuszy ochrony usiadł, opierając kolana na ciele Samoiluka (jednym kolanem na szyi Samoiluka).
+Kanał prorządowy twierdzi , że Samoiluk „w czasie zamieszek rzucał kamieniami w policję”. W tej publikacji na tym samym kanale zamieścili także zdjęcia: na jednym zdjęciu dwie osoby w kapturach i maskach, jedna trzyma ukraińską flagę, druga kartkę papieru z napisem „Mieszkańcy Brześcia z Ukrainą”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 08.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-03-18 20:51:34</t>
   </si>
   <si>
     <t>Oleg Nikolaevich Gorelov</t>
   </si>
   <si>
     <t>28 czerwca 2024</t>
   </si>
   <si>
     <t>Gorełow był szefem dyrekcji Belinvestbank na obwód homelski. Ostatnie wieści na jego temat pochodzą z lutego 2023 r., a w grudniu 2023 r. na jego miejsce powołano Pavel Yurkovets, byłego szefa Belinvestbanku w Mozyrzu.
 8 lutego w Homelskim Sądzie Okręgowym rozpoczął się proces Olega Gorelowa.
 W dniu 14 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.03.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-10 14:47:15</t>
   </si>
   <si>
-    <t>Alexey Vasilievich Semenok</t>
-[...30 lines deleted...]
-  <si>
     <t>Yana Vitalievna Pinchuk</t>
   </si>
   <si>
     <t>28 czerwca 1997</t>
   </si>
   <si>
     <t>Zatrzymany 1 listopada 2021 r. w Petersburgu w związku z wydarzeniami na Białorusi. W Rosji pracowała jako kelnerka i mieszkała w dwóch krajach. Ostatni raz dziewczyna była w domu jakiś rok temu. Z ustaleń śledztwa wynika, że od września 2020 do listopada 2021 podejrzany zarządzał trzema kanałami telegramu. W maju 2022 r. rosyjski sąd odmówił przyznania Białorusince Janie Pinczuk tymczasowego azylu w Rosji.
 9 sierpnia 2022 r. została wydana z Federacji Rosyjskiej do Republiki Białoruś pomimo zakazu ekstradycji wydanego przez Komitet Praw Człowieka ONZ.</t>
   </si>
   <si>
     <t>12 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2021-11-03 17:48:25</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Kirill Romanovich Ashurak</t>
   </si>
   <si>
     <t>29 czerwca 1999</t>
   </si>
   <si>
     <t>Kirył został aresztowany 23 czerwca 2021 roku w związku ze śledztwem karnym w sprawie incydentu w ośrodku łączności rosyjskiej marynarki wojennej w pobliżu Wilejki. W filmie propagandowym ONT został przedstawiony jako główny sprawca bombardowania, ale odmówił udziału i jedynie pomagał w rozpoznaniu terenu.
 Łukaszenka wymienił Kiryła wśród osób, które rzekomo chciały uciec na Ukrainę i Litwę, ale zostały zatrzymane przez grupę KGB Alfa.
 Wiadomo również, że Kirył został już wcześniej zatrzymany i dotkliwie pobity 9 sierpnia 2020 r.
 W grudniu 2022 r. uznano go za winnego i skazano na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2022: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 400 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
   </si>
   <si>
     <t>Paul Vladimirovich Vabishchevich</t>
   </si>
   <si>
     <t>30 czerwca 1986</t>
   </si>
@@ -1893,51 +1802,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2117,2479 +2026,2317 @@
         <v>45</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
       <c r="I13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
       <c r="C14" t="s">
         <v>83</v>
       </c>
       <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>91</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>97</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>101</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>110</v>
       </c>
-      <c r="B19" t="s">
+      <c r="I19" t="s">
         <v>111</v>
-      </c>
-[...19 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>116</v>
       </c>
-      <c r="B20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>121</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>122</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>127</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I22" t="s">
         <v>128</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>132</v>
       </c>
-      <c r="C23" t="s">
+      <c r="I23" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
+        <v>141</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>143</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
         <v>147</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>95</v>
+      </c>
+      <c r="E26" t="s">
+        <v>96</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
         <v>152</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>153</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
         <v>157</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>158</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>159</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
         <v>162</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>163</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>166</v>
+      </c>
+      <c r="C30" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="I30" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" t="s">
         <v>172</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F31" t="s">
         <v>45</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="I31" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>179</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C33" t="s">
         <v>183</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>184</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
         <v>188</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>189</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I35" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>192</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>197</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>198</v>
       </c>
-      <c r="B36" t="s">
-[...14 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
         <v>201</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>202</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>78</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>203</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" t="s">
         <v>206</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
         <v>38</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
+        <v>208</v>
+      </c>
+      <c r="I38" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>210</v>
+      </c>
+      <c r="B39" t="s">
         <v>211</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>212</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>95</v>
+      </c>
+      <c r="E39" t="s">
+        <v>96</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>213</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>215</v>
+      </c>
+      <c r="B40" t="s">
         <v>216</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>217</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>218</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>220</v>
+      </c>
+      <c r="B41" t="s">
         <v>221</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>222</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>223</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>225</v>
+      </c>
+      <c r="B42" t="s">
         <v>226</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>227</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>228</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>230</v>
+      </c>
+      <c r="B43" t="s">
         <v>231</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>232</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" t="s">
+        <v>96</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>233</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>235</v>
+      </c>
+      <c r="B44" t="s">
         <v>236</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>237</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>238</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>240</v>
+      </c>
+      <c r="B45" t="s">
         <v>241</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>242</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>115</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>243</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>245</v>
+      </c>
+      <c r="B46" t="s">
         <v>246</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>247</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>248</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>250</v>
+      </c>
+      <c r="B47" t="s">
         <v>251</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>78</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
+        <v>33</v>
+      </c>
+      <c r="I47" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
+        <v>254</v>
+      </c>
+      <c r="C48" t="s">
+        <v>255</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...22 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
+        <v>258</v>
+      </c>
+      <c r="C49" t="s">
+        <v>259</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>260</v>
+      </c>
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>95</v>
+      </c>
+      <c r="E50" t="s">
+        <v>57</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>265</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>266</v>
-      </c>
-[...16 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
+        <v>268</v>
+      </c>
+      <c r="C51" t="s">
         <v>269</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>78</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>270</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>271</v>
-      </c>
-[...13 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
         <v>273</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
         <v>78</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
+        <v>275</v>
+      </c>
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
         <v>278</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>95</v>
+      </c>
+      <c r="E53" t="s">
+        <v>197</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>198</v>
+      </c>
+      <c r="I53" t="s">
         <v>279</v>
-      </c>
-[...19 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>280</v>
+      </c>
+      <c r="B54" t="s">
+        <v>281</v>
+      </c>
+      <c r="C54" t="s">
+        <v>282</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
       </c>
-      <c r="B54" t="s">
-[...14 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
         <v>286</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>288</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>290</v>
+      </c>
+      <c r="B56" t="s">
+        <v>281</v>
+      </c>
+      <c r="C56" t="s">
         <v>291</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>292</v>
       </c>
-      <c r="D56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>199</v>
+        <v>293</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>21</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>302</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>304</v>
+      </c>
+      <c r="B59" t="s">
         <v>305</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>306</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>307</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>309</v>
+      </c>
+      <c r="B60" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
+        <v>78</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>312</v>
       </c>
-      <c r="F60" t="s">
-[...5 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>314</v>
+      </c>
+      <c r="B61" t="s">
         <v>315</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>84</v>
+      </c>
+      <c r="H61" t="s">
         <v>316</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>318</v>
+      </c>
+      <c r="B62" t="s">
+        <v>319</v>
+      </c>
+      <c r="C62" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>323</v>
+      </c>
+      <c r="B63" t="s">
+        <v>324</v>
+      </c>
+      <c r="C63" t="s">
         <v>325</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>95</v>
+      </c>
+      <c r="E63" t="s">
+        <v>96</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>326</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>328</v>
+      </c>
+      <c r="B64" t="s">
+        <v>329</v>
+      </c>
+      <c r="C64" t="s">
         <v>330</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>95</v>
+      </c>
+      <c r="E64" t="s">
+        <v>96</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>331</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>333</v>
+      </c>
+      <c r="B65" t="s">
         <v>334</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>335</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" t="s">
         <v>338</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>339</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
         <v>343</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>95</v>
+      </c>
+      <c r="E67" t="s">
+        <v>96</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>344</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>78</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>184</v>
+      </c>
+      <c r="I68" t="s">
         <v>349</v>
-      </c>
-[...16 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>350</v>
+      </c>
+      <c r="B69" t="s">
+        <v>351</v>
+      </c>
+      <c r="C69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>115</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>353</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>354</v>
-      </c>
-[...13 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70" t="s">
         <v>356</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>357</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>78</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>358</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>360</v>
+      </c>
+      <c r="B71" t="s">
         <v>361</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>57</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
+        <v>356</v>
+      </c>
+      <c r="C72" t="s">
+        <v>364</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>365</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...13 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>370</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" t="s">
         <v>373</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>374</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>95</v>
+      </c>
+      <c r="E74" t="s">
+        <v>120</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...16 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
         <v>378</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>95</v>
+      </c>
+      <c r="E75" t="s">
+        <v>96</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>380</v>
-      </c>
-[...16 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>381</v>
+      </c>
+      <c r="B76" t="s">
+        <v>382</v>
+      </c>
+      <c r="C76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>38</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>386</v>
+      </c>
+      <c r="B77" t="s">
         <v>387</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>388</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>57</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>390</v>
+      </c>
+      <c r="B78" t="s">
+        <v>391</v>
+      </c>
+      <c r="C78" t="s">
         <v>392</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>38</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I78" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>395</v>
       </c>
       <c r="B79" t="s">
         <v>396</v>
       </c>
       <c r="C79" t="s">
         <v>397</v>
       </c>
       <c r="D79" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>398</v>
       </c>
       <c r="I79" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>400</v>
       </c>
       <c r="B80" t="s">
         <v>401</v>
       </c>
       <c r="C80" t="s">
         <v>402</v>
       </c>
       <c r="D80" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
+      <c r="H80" t="s">
+        <v>403</v>
+      </c>
       <c r="I80" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B81" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>406</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
         <v>407</v>
       </c>
       <c r="I81" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>409</v>
       </c>
       <c r="B82" t="s">
         <v>410</v>
       </c>
       <c r="C82" t="s">
         <v>411</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>84</v>
+      </c>
+      <c r="H82" t="s">
+        <v>412</v>
       </c>
       <c r="I82" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B83" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C83" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
+      <c r="E83" t="s">
+        <v>292</v>
+      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="I83" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B84" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C84" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I84" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B85" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C85" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H85" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I85" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B86" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C86" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>95</v>
+      </c>
+      <c r="E86" t="s">
+        <v>96</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I86" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B87" t="s">
-        <v>434</v>
+        <v>435</v>
+      </c>
+      <c r="C87" t="s">
+        <v>436</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
+      <c r="E87" t="s">
+        <v>78</v>
+      </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I87" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B88" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C88" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="I88" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B89" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C89" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E89" t="s">
-        <v>312</v>
+        <v>96</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I89" t="s">
-        <v>446</v>
-[...6 lines deleted...]
-      <c r="B90" t="s">
         <v>448</v>
-      </c>
-[...161 lines deleted...]
-        <v>476</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">