--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,267 +12,267 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
   </si>
   <si>
-    <t>Igor Olegovich Moiseenko</t>
-[...5 lines deleted...]
-    <t>Były pracownik Ministerstwa ds. Sytuacji Nadzwyczajnych.</t>
+    <t>Vladimir Valentinovich Zhuromsky</t>
+  </si>
+  <si>
+    <t>1 czerwca 1989</t>
+  </si>
+  <si>
+    <t>Pracownik Państwowej Komisji Celnej.</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
-    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>W więzieniu</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
-    <t>Decyzja sądu 21.11.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2025: wyrok został podtrzymany. Decyzja sądu 14.05.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
-[...16 lines deleted...]
-  <si>
     <t>12 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa.</t>
   </si>
   <si>
     <t>2023-10-10 00:21:52</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Poltorak</t>
+  </si>
+  <si>
+    <t>1 czerwca 1987</t>
+  </si>
+  <si>
+    <t>Dmitrij został skazany w sierpniu 2022 roku za „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub aktywny udział w nich” za udział w pokojowych protestach, które odbyły się w Mińsku w 2020 roku. Dmitrij został nagrany przez dziennikarza podczas protestów w pierwszych dniach po wyborach.
+W maju 2023 roku okazało się, że Dmitrij został osadzony w zakładzie karnym i osądzony na podstawie artykułu administracyjnego za „rozpowszechnianie materiałów ekstremistycznych” i skazany na karę aresztu administracyjnego, którą odbywał w areszcie tymczasowym w Homlu.
+W lipcu tego roku odbyła się rozprawa sądowa, na której rozważano możliwość zastąpienia ograniczenia wolności karą pozbawienia wolności w kolonii karnej; wynik rozprawy nie jest znany.</t>
+  </si>
+  <si>
+    <t>IUOT-17, Homel, ul. Borisenko, 13 lat, indeks 246020</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.08.2022: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 08.11.2022: wyrok został podtrzymany. Sąd zmiany reżimu 11.07.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Dmitry Valerievich Golovach</t>
   </si>
   <si>
     <t>1 czerwca 1982</t>
   </si>
   <si>
     <t>Muzyk grupy TOR BAND został zatrzymany wraz z Jewgienijem Burlo, zatrzymano także ich żony. Żona Golovacha została ukarana grzywną, żona Burlo - areszt administracyjny.
 Pod koniec listopada 2022 roku Dmitrij i Jewgienij zostali skazani po raz trzeci na 15 dni. TOR BAND stał się popularnym zespołem na Białorusi po protestach w 2020 roku. Wiele piosenek stało się hitami na różnych platformach. Produkty informacyjne, portale społecznościowe i logo grupy TOR BAND zostały uznane za „ekstremistyczne”, podobnie jak ich piosenki wymienione powyżej.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>9 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2022-12-06 20:51:07</t>
   </si>
   <si>
     <t>Arthur Gennadievich Khlus</t>
   </si>
   <si>
     <t>1 czerwca 1998</t>
   </si>
   <si>
     <t>Artur pochodzi z Pińska. Studiował w Słonimskiej Szkole Medycznej, którą ukończył z wyróżnieniem i po ukończeniu studiów został skierowany do Grodna. Rozpoczął studia na Grodzieńskim Państwowym Uniwersytecie Medycznym, ponadto pracował jako ratownik medyczny zespołu wizytującego w ambulansie.
 Według prorządowych kanałów telegramowych został zatrzymany za rejestrację w planie Peramoga, a także brał udział w „niedozwolonych imprezach masowych”.
 W dniu 17 sierpnia 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii karnej</t>
   </si>
   <si>
     <t>2022-11-02 13:53:09</t>
   </si>
   <si>
+    <t>Igor Olegovich Moiseenko</t>
+  </si>
+  <si>
+    <t>1 czerwca 1993</t>
+  </si>
+  <si>
+    <t>Były pracownik Ministerstwa ds. Sytuacji Nadzwyczajnych.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2025: wyrok został podtrzymany. Decyzja sądu 14.05.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:41:19</t>
+  </si>
+  <si>
     <t>Zahar Olegovich Tarazevich</t>
   </si>
   <si>
     <t>1 czerwca 2003</t>
   </si>
   <si>
     <t>Licealista Ministerstwa Spraw Wewnętrznych. Zatrzymany wraz z obywatelem Rosji Antonem Łysowem . Oskarżony o podpalenie samochodu szefa komisji medycyny sądowej Aleksieja Wołkowa.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>7,5 roku więzienia w warunkach zaostrzonego reżimu</t>
   </si>
   <si>
     <t>2022-09-09 14:45:35</t>
-  </si>
-[...21 lines deleted...]
-    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Dmitriy Nikolaevich Ivashkov</t>
   </si>
   <si>
     <t>2 czerwca 1981</t>
   </si>
   <si>
     <t>Członkini grupy inicjatywnej kandydatki na prezydenta Swietłany Tichanowskiej została zatrzymana 27 września 2020 r. w Homlu podczas pokojowego protestu i oskarżona o udział w „masowych zamieszkach” i planowanie „zajmowania budynków”.
 Zimą 2023 roku Dmitry został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
-    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 04.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
+    <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia. Decyzja sądu data nieznana: 1 rok więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
   </si>
   <si>
+    <t>Roman Yuryevich Parfenov</t>
+  </si>
+  <si>
+    <t>2 czerwca 1982</t>
+  </si>
+  <si>
+    <t>Zdaniem sądu istota oskarżenia przeciwko wszystkim polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, gwizdali, klaskali w dłonie, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.09.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
     <t>Nikolay Nikolaevich Lepeshko</t>
   </si>
   <si>
     <t>2 czerwca 1977</t>
   </si>
   <si>
     <t>Ojciec Nikołaj, 47 lat, został zatrzymany wraz z żoną Jeleną, 46 lat, i synem Nikitą, 24 lata, za udział w proteście w 2020 roku.</t>
   </si>
   <si>
     <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 03.02.2025: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-01-31 20:22:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-28 22:07:42</t>
   </si>
   <si>
     <t>Yuri Gennadievich Olkhovik</t>
   </si>
   <si>
     <t>3 czerwca 1987</t>
   </si>
   <si>
     <t>Biznesmen zatrzymany jesienią 2023 r. za nawoływanie do sankcji. Przeciwko Jurijowi wszczęto postępowanie karne, zostaje on zatrzymany (w trakcie ustalania miejsca przetrzymywania).
 Na antenie prorządowego kanału telewizyjnego „Białoruś 1” Jurij Olchowik przedstawiany jest jako „współzałożyciel firmy – oficjalny dystrybutor światowych producentów”. Sam oświadczył, że zajmuje się dostawą sprzętu do badań nieniszczących i analiz chemicznych oraz sprzętu badawczego. Napisał list do europejskiej firmy z prośbą o zakończenie współpracy z białoruską spółką znajdującą się na liście sankcyjnej.</t>
   </si>
   <si>
     <t>2024-01-03 01:34:38</t>
   </si>
   <si>
-    <t>Aleksey Firdovsovich Kudlasov</t>
+    <t>Aliaksei Firdausavich Kudasau</t>
   </si>
   <si>
     <t>3 czerwca 1998</t>
   </si>
   <si>
     <t>Aleksiej został zatrzymany 1 lipca 2021 roku w Mińsku przez funkcjonariuszy Głównego Zarządu ds. Zwalczania Przestępczości Zorganizowanej i Korupcji (GUBOPiK). Następnego dnia sąd skazał go na 15 dni aresztu administracyjnego, ale zamiast zwolnienia, został przeniesiony do aresztu śledczego. Został oskarżony w sprawie karnej o zbiorowe działania rażąco naruszające porządek publiczny.
 Sprawa została rozpatrzona na podstawie czterech artykułów Kodeksu karnego: „organizowanie masowych zamieszek”, „utworzenie grupy ekstremistycznej”, „podżeganie do nienawiści społecznej” i „znieważenie funkcjonariusza państwowego”. Rozprawa odbyła się za zamkniętymi drzwiami, a szczegóły zarzutów nie są znane.
 W kwietniu 2022 roku sąd skazał Aleksieja na 11 lat więzienia. Po procesie, prorządowe kanały opublikowały film, w którym twierdzono, że Aleksiej jest administratorem czatu Telegram „Kaskada”. Film o nim został wcześniej nagrany na TUT.BY.
 W lipcu 2023 r. okazało się, że przebywa w areszcie tymczasowym, a 11 sierpnia 2023 r. ponownie uznano go winnym w nowej sprawie „tworzenia grupy ekstremistycznej”, co wydłużyło jego wyrok o kolejne 6 miesięcy.</t>
   </si>
   <si>
     <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
   </si>
   <si>
     <t>Decyzja sądu 25.04.2022: 11 lata więzienia w kolonii o zaostrzonym rygorze. Decyzja sądu 11.08.2023: 7 lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
     <t>Andrey Sergeevich Zagorsky</t>
   </si>
   <si>
     <t>4 czerwca 1988</t>
   </si>
@@ -286,562 +286,539 @@
     <t>Decyzja sądu 01.04.2025: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
     <t>Dmitry Dmitrievich Korneev</t>
   </si>
   <si>
     <t>5 czerwca 1995</t>
   </si>
   <si>
     <t>Dmitry został zatrzymany i skazany za rzucenie koktajlem Mołotowa w stronę personelu wojskowego w dniu 10 sierpnia 2020 r. Według śledczych butelki zostały przetransportowane do centrum Homla przez Leonida Kovaleva, który je ukrył, a wieczorem tego samego dnia przekazał je Dmitrijowi i Nikicie Zolotorevów z propozycją podpalenia budynku, autobusu lub wóz ryżowy. Dmitry częściowo przyznał się do winy, tłumacząc, że rzucił „koktajl”, aby zyskać na czasie i uniknąć aresztowania.
 W grudniu 2021 r. został przeniesiony do więzienia za „złośliwe nieposłuszeństwo wobec wymogów administracji Zakładu Karnego”.</t>
   </si>
   <si>
     <t>Nie</t>
   </si>
   <si>
     <t>Decyzja sądu 22.02.2021: 8 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 23.04.2021: wyrok został podtrzymany. Sąd zmiany reżimu 08.12.2021: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-28 02:13:22</t>
   </si>
   <si>
+    <t>Vitold Stefanovich Shalkevich</t>
+  </si>
+  <si>
+    <t>5 czerwca 1980</t>
+  </si>
+  <si>
+    <t>Witold Szalkiewicz ma 44 lata. Pochodzi z dużego miasta Porozowo w obwodzie świsłockim. Mężczyzna ma żonę i dwie małoletnie córki.
+Witold został zatrzymany w sierpniu 2023 r. tuż przy pracy. Początkowo został skazany na areszt za „rozpowszechnianie materiałów ekstremistycznych”. Następnie członkowie Gubopiku nagrali z nim film i przewieźli go z aresztu śledczego. Według prorządowych kanałów telegramowych Szalkiewicz pozostawił kilka tysięcy komentarzy różne czaty.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Sergey Yuryevich Manzhos</t>
+  </si>
+  <si>
+    <t>5 czerwca 1991</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.10.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Sviatlana Ivanauna Kashkel</t>
+  </si>
+  <si>
+    <t>5 czerwca 1963</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Alexey Sergeyevich Reznikov</t>
+  </si>
+  <si>
+    <t>5 czerwca 1988</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Witebska zatrzymany za repostowanie na portalach społecznościowych. Sąd jest zamknięty, młody człowiek nie ma krewnych. Wiadomo, że ma około 30 lat, chodził do pracy, po powrocie został zatrzymany na Białorusi. Trzy dni po jego aresztowaniu zmarła jego matka. Nie ma już krewnych.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.08.2022: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
+    <t>Natalia Olegovna Lobatsevich</t>
+  </si>
+  <si>
+    <t>Tatiana Frantskevich i Natalia Łobacevich zostały zatrzymane 19 lipca 2024 r., kiedy Tatiana została wezwana przed Komitet Śledczy, aby podpisać zobowiązanie o nieopuszczaniu Połocka. Natalia pojechała z nią, aby ją wesprzeć.
+Wszczęto postępowanie karne przeciwko Tatianie Frantskevich, matce skazanego anarchisty Aleksandra Frantskevicha, i jej siostrze Natalii Łobacewicz, matce byłego więźnia politycznego Ilji Łobacewicza, i umieszczono je w areszcie śledczym w Witebsku.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.02.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.04.2025: wysłano do sprawdzenia. Decyzja sądu 16.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-07-25 20:42:36</t>
+  </si>
+  <si>
+    <t>Olga Anatolyevna Nikolaeva</t>
+  </si>
+  <si>
+    <t>W grudniu 2024 roku prorządowe media opublikowały nagranie audio Olgi, oskarżonej o udział w czacie „Białe Skrzydła z Baranowicz”. Kiedy KGB uznało czat „Białe Skrzydła z Baranowicz” – bardzo mały i od dawna nieaktywny czat dzielnicowy – za grupę ekstremistyczną, Olga została wymieniona wśród uczestników. Skontaktowano się z Olgą za pośrednictwem niezabezpieczonego konta. Było ono powiązane z numerem telefonu dziewczyny. Najprawdopodobniej Olga przebywała w areszcie śledczym przed rozprawą.
+Olga gra na perkusji i jako studentka była perkusistką w amatorskich zespołach muzycznych. Ona i jej mąż lubią podróżować.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
     <t>Alexey Petrovich Kamovich</t>
   </si>
   <si>
     <t>5 czerwca 1979</t>
   </si>
   <si>
     <t>Dyrektor banku. Posiada 15-letnie doświadczenie w zarządzaniu oddziałami regionalnymi banków.
 Ostatnie miejsce pracy: RRB Bank.</t>
   </si>
   <si>
     <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-09-14 23:00:07</t>
   </si>
   <si>
-    <t>Olga Anatolyevna Nikolaeva</t>
-[...89 lines deleted...]
-    <t>2024-07-25 20:42:36</t>
+    <t>Denis Valentinovich Salmanovich</t>
+  </si>
+  <si>
+    <t>6 czerwca 1991</t>
+  </si>
+  <si>
+    <t>Początkowo znajdowała się w Okrestinie. Następnie został aresztowany na podstawie Kodeksu karnego. Krewni uważają Denisa za dobrego, uczciwego, sprawiedliwego i sympatycznego człowieka. Na kanałach prorządowych Denis jest nazywany „głównym redaktorem wizualnym” filmów ruchu Supraci. W nagraniu wideo Salmanovich mówi , że został zatrzymany przez funkcjonariuszy policji, ponieważ „był członkiem destrukcyjnych kanałów Telegram”, „współpracował z Busly Lyatsyats” i brał udział w protestach w 2020 roku.
+Sąd apelacyjny zmniejszył karę pozbawienia wolności z 10 do 9,5 roku.
+Denis cierpi na poważną chorobę - przewlekłe kłębuszkowe zapalenie nerek po krwotocznym zapaleniu naczyń. Latem 2024 roku karetka zabrała mężczyznę z kolonii. Salmanowicz przeszedł operację - usunięto mu woreczek żółciowy. Po operacji mężczyzna spędził kolejny tydzień na oddziale medycznym więzienia, aż do momentu zdjęcia szwów.
+Matka więźnia politycznego twierdzi , że ostatni raz Denis kontaktował się z nią w połowie listopada 2024 r. Po rozmowie telefonicznej mężczyzna został natychmiast zabrany do celi karnej, gdzie przebywa do dziś (styczeń 2024 r.).
+W kwietniu 2025 r. zaostrzono mu karę i przeniesiono go do więzienia.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.09.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 6400 ruble odszkodowania. Apelacja 23.12.2022: 9 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 6400 ruble odszkodowania. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:13:17</t>
   </si>
   <si>
     <t>Denis Yevgenievich Ivashin</t>
   </si>
   <si>
     <t>6 czerwca 1979</t>
   </si>
   <si>
     <t>Denis jest dziennikarzem i redaktorem-wolontariuszem białoruskiej wersji InformNapalmu, niezależnym korespondentem gazety Nowaja Czas. Jego śledztwa dotyczyły wpływu „rosyjskiego świata” na Białoruś i Syrię, budownictwa w Kuropatach oraz przejścia byłych funkcjonariuszy Berkutu do białoruskich sił bezpieczeństwa.
 W marcu 2021 roku został zatrzymany przez funkcjonariuszy KGB pod zarzutem „ingerencji w działalność policji”. Przeszukania przeprowadzono w jego mieszkaniu, mieszkaniu jego matki i mieszkaniu jego 95-letniej babci. W 2022 roku okazało się, że oskarżono go również o współpracę z ukraińskim wywiadem.
 We wrześniu 2022 r. Denis został skazany na podstawie artykułów o „zdradzie stanu” i „ingerencji w działalność funkcjonariusza służb wewnętrznych”, ale ten ostatni zarzut został później zastąpiony zarzutem „nielegalnego gromadzenia lub rozpowszechniania danych dotyczących życia osobistego”.
 W czerwcu 2023 r. został przeniesiony do więzienia o zaostrzonym rygorze, nie informując o tym rodziny ani prawnika.
 W kwietniu 2024 roku więźniowi politycznemu odebrano przesyłki, a wysyłanie witamin wymaga teraz zgody lekarza więziennego.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 14.09.2022: 13 lata 1 miesiąc więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary, 18000 ruble odszkodowania. Apelacja 20.12.2022: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
-    <t>Denis Valentinovich Salmanovich</t>
-[...15 lines deleted...]
-    <t>2021-10-26 19:13:17</t>
+    <t>Sergey Alexandrovich Romanov</t>
+  </si>
+  <si>
+    <t>7 czerwca 1994</t>
+  </si>
+  <si>
+    <t>Aktywista anarchistyczny został zatrzymany podczas przekraczania granicy białoruskiej w nocy z 28 na 29 października 2020 roku i oskarżony o „podpalenie” i „terroryzm”. Wcześniej odbywał karę pięciu lat pozbawienia wolności na podstawie artykułu 295-3 Kodeksu karnego Republiki Białorusi i został zwolniony w 2019 roku.
+29 października 2021 roku w Homlu Siergiej został skazany na rok więzienia za „naruszenie warunków nadzoru” na podstawie wcześniejszego artykułu politycznego. W marcu 2023 roku i wrześniu 2024 roku został dwukrotnie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji kolonii karnej”. Artykuł ten służy do osądzenia więźniów odmawiających współpracy z administracją za fikcyjne naruszenia. W rezultacie łączny wyrok wyniósł 22 lata i 11 miesięcy.
+Jesienią 2025 roku okazało się , że Siergiej Romanow niedawno trafił do szpitala na operację. Operacja była zaplanowana i przebiegła bez komplikacji. Wkrótce miał zostać przeniesiony z powrotem do kolonii karnej.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2021: 20 lata więzienia w kolonii o zaostrzonym rygorze, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 23.03.2023: 11 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 06.06.2023: wyrok został podtrzymany. Decyzja sądu 25.09.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 26.11.2024: wyrok został podtrzymany. Decyzja sądu 19.05.2025: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Nikita Alexandrovich Grushevsky</t>
   </si>
   <si>
     <t>7 czerwca 2000</t>
   </si>
   <si>
     <t>Nikita Gruszewski ukończył studia na Uniwersytecie Technicznym w Suchoj-Homelu w 2022 roku. Pracował w systemie zmianowym w Rosji.
 Według informacji, którymi dysponują obrońcy praw człowieka , Nikita Gruszewski wyraził swoje poglądy, w tym na temat osób obecnie nielegalnie sprawujących władzę na Białorusi, w komentarzach online na portalach społecznościowych.
 Został skazany m.in. za przynależność do pewnej społeczności, którą reżim uznał za „formację ekstremistyczną”.
 Proces Nikity Gruszewskiego odbył się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>Decyzja sądu 23.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Sergey Alexandrovich Romanov</t>
-[...16 lines deleted...]
-    <t>2021-02-27 00:40:05</t>
+    <t>Valery Igorevich Zalivako</t>
+  </si>
+  <si>
+    <t>8 czerwca 1991</t>
+  </si>
+  <si>
+    <t>W dniu 16 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.04.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 16.07.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
   </si>
   <si>
     <t>Irina Alekseevna Savritskaya</t>
   </si>
   <si>
     <t>8 czerwca 1966</t>
   </si>
   <si>
     <t>Irina pracowała jako specjalistka ds. sprzedaży, a następnie jako menedżerka w firmie Anastan. Została skazana wraz z córką i mężem.
 Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Mąż Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony informacjami, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy z wezwaniem do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego odczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia na nagraniu wideo wyraził swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.11.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Valery Igorevich Zalivako</t>
-[...11 lines deleted...]
-    <t>2024-04-12 17:45:06</t>
+    <t>Yuri Mikhailovich Polyukhovich</t>
+  </si>
+  <si>
+    <t>9 czerwca 1986</t>
+  </si>
+  <si>
+    <t>Jurij został początkowo skazany na trzy lata aresztu domowego, a następnie, w listopadzie 2021 roku, na trzy lata ograniczonej wolności i osadzenie w otwartym zakładzie karnym. W obu sprawach postawiono mu zarzuty znieważenia urzędników państwowych.
+W 2022 roku wszczęto przeciwko niemu trzecie postępowanie karne z tytułu „przemocy lub groźby użycia przemocy wobec funkcjonariusza policji”, „znieważenia urzędnika państwowego” oraz „znieważenia sędziego”. W grudniu tego samego roku Jurij został skazany na pięć lat ograniczenia wolności z odroczonym terminem wykonania kary.</t>
+  </si>
+  <si>
+    <t>IUOT-21, 247783 obwód homelski, Mozyrz, ur. Yunosti, 24</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Apelacja data nieznana: wyrok został podtrzymany. Decyzja sądu 23.11.2021: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Decyzja sądu 23.12.2022: 5 lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 24.01.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-01-30 21:53:18</t>
+  </si>
+  <si>
+    <t>Pavel Nikolaevich Churkin</t>
+  </si>
+  <si>
+    <t>9 czerwca 1987</t>
+  </si>
+  <si>
+    <t>Paweł został po raz pierwszy skazany w maju 2021 roku za „znieważenie Łukaszenki” i skazany na karę pozbawienia wolności w kolonii karnej. Został zwolniony w maju 2022 roku po odbyciu pełnej kary.
+Paweł został ponownie zatrzymany wiosną 2024 roku pod zarzutem współpracy z Głównym Zarządem Wywiadowczym Ministerstwa Obrony Ukrainy. Poinformowano o tym w programie „Wszystko o sprawie” w państwowej telewizji Biełaruś 4. Mohylew. W opublikowanym nagraniu Paweł twierdzi, że sfilmował rozmieszczenie rakiet Iskander, które miały zostać przekazane Siłom Zbrojnym Ukrainy, a także odczytuje tekst przedstawiony jako przysięga wierności Ukrainie.
+W listopadzie 2024 roku stanął przed szeregiem rozpraw sądowych w związku z artykułami „udział w grupie zbrojnej lub konflikcie zbrojnym, działania militarne na terytorium państwa obcego, rekrutacja lub szkolenie osób do takiego udziału” oraz „zdrada stanu”. Wynik tych spraw nie jest znany.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.05.2021: 1 rok więzienia w kolonii na warunkach ogólnych. Decyzja sądu 19.11.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2021-09-03 13:56:39</t>
   </si>
   <si>
     <t>Jaroslav Petrovich Sakovich</t>
   </si>
   <si>
     <t>9 czerwca 1980</t>
   </si>
   <si>
     <t>Według śledczych został zatrzymany za przekazywanie danych Siłom Zbrojnym Ukrainy. Ukraińska żona. Mieszkała na Ukrainie, wróciła na Białoruś w 2021 roku z powodu choroby rodziców. Został zatrzymany przez KGB, torturowany przez całą noc, aby przyznał się, że walczył wcześniej na Ukrainie, zadzwoniono do jego żony i obiecano wysłać mu głowę. Następnie Jarosław został zwolniony. Rok później został ponownie zatrzymany, a obecnie przebywa w Areszcie Śledczym.
 4 maja 2023 r. został skazany na podstawie dwóch artykułów (370 i 295 k.k.) na 2 lata więzienia; po proteście prokuratora wymiar kary został podwojony. Przebywa w areszcie śledczym, ponieważ... Wszczęto dwie kolejne sprawy karne. Jest oskarżony o zdradę stanu (część 1 art. 356 kodeksu karnego) za „przekazywanie danych Siłom Zbrojnym Ukrainy”.
 Latem 2024 roku wyszło na jaw, że Jarosław ponownie został przeniesiony do Aresztu Śledczego nr 1.</t>
   </si>
   <si>
     <t>11 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Maхim Mikhailovich Matyrko</t>
   </si>
   <si>
     <t>9 czerwca 1977</t>
   </si>
   <si>
     <t>Obywatel Federacji Rosyjskiej, od 16 lat mieszka w Mińsku.
 Według prorządowych kanałów został zatrzymany za udział w protestach w 2020 roku.
 Skazany za udział w protestach i podpalenie samochodu (dokładne dane dotyczące zarzutu nie są znane).
 Okazało się, że Maxim był sądzony 12 maja 2023 r. Na podstawie części 2 art. 411 Kodeksu karnego. Wyrok nie jest znany.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.04.2022: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 12.05.2023: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 10.09.2024: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
-    <t>Ivan Vladimirovich Kotov</t>
-[...48 lines deleted...]
-    <t>2021-09-03 13:56:39</t>
+    <t>Danila Maksimovich Chibisov</t>
+  </si>
+  <si>
+    <t>10 czerwca 2003</t>
+  </si>
+  <si>
+    <t>Danila jest studentką Państwowego Uniwersytetu Franciska Skaryny Homel. 18 października 2024 r. sąd rejonowy w Homlu skazał go i jego matkę Jelenę Czibisową na podstawie art. 2 ust. 2 ustawy z dnia 10 października 2024 r. 19.11 Kodeksu wykroczeń (gwałt, rozpowszechnianie materiałów o charakterze ekstremistycznym). Wynik tej rozprawy sądowej nie jest znany. Następnie wszczęto postępowanie karne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
+  </si>
+  <si>
+    <t>Viktar Turchenik</t>
+  </si>
+  <si>
+    <t>10 czerwca 1989</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:45:43</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Chizhevsky</t>
+  </si>
+  <si>
+    <t>10 czerwca 1978</t>
+  </si>
+  <si>
+    <t>W dniu 31 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.03.2024: 2 roku 8 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 31.05.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
+  </si>
+  <si>
+    <t>Pavel Valerievich Shpak</t>
+  </si>
+  <si>
+    <t>10 czerwca 1985</t>
+  </si>
+  <si>
+    <t>Paweł jest fizykiem. W 2007 roku uzyskał tytuł magistra fizyki laserowej na Białoruskim Uniwersytecie Państwowym i uzyskał doktorat z fizyki i matematyki. Dwa lata temu znalazł pracę w Polsce i otrzymał pozwolenie na pracę, ale sporadycznie podróżował do domu. Podczas jednej z tych podróży został zatrzymany .
+Przez prawie 16 lat (od 2007 do 2023 roku) pracował w Instytucie Fizyki Narodowej Akademii Nauk Białorusi, awansując od młodszego pracownika naukowego do badacza. Jego dorobek naukowy obejmuje 33 publikacje oraz udział w rozwoju systemów laserowych i optoelektroniki.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:12:55</t>
   </si>
   <si>
     <t>Yuri Aleksandrovich Moiseenko</t>
   </si>
   <si>
     <t>10 czerwca 1998</t>
   </si>
   <si>
     <t>W dniu 17 kwietnia 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
   </si>
   <si>
-    <t>Danila Maksimovich Chibisov</t>
-[...11 lines deleted...]
-    <t>2025-02-10 18:24:41</t>
+    <t>Uladzislau Dzmitryyevich Pudziak</t>
+  </si>
+  <si>
+    <t>Kierownik warsztatu Gomselmash.
+W dniu 8 września 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.09.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-06-03 22:39:05</t>
   </si>
   <si>
     <t>Denis Sergeevich Sidorok</t>
-  </si>
-[...1 lines deleted...]
-    <t>10 czerwca 1989</t>
   </si>
   <si>
     <t>Prawdopodobnie zatrzymany za udział w protestach w 2020 r.
 W dniu 14 marca 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
-    <t>Victor Turchenik</t>
-[...58 lines deleted...]
-    <t>Vladimir Ivanovich Zhuravko</t>
+    <t>Uladzimir Ivanavich Zhurauka</t>
   </si>
   <si>
     <t>13 czerwca 1985</t>
   </si>
   <si>
-    <t>Były operator warsztatu GPU „Amoniak-3”. Według wstępnych informacji był zatrzymany na podstawie art. 356 i 357 Kodeksu karnego Republiki Białorusi („zdrada państwa” oraz „spisek lub inne działania mające na celu przejęcie władzy państwowej”).
-[...5 lines deleted...]
-    <t>15 lat w kolonii pod zaostrzonym reżimem</t>
+    <t>Władimir, były operator dyspozytorni w zakładzie Amoniaku-3 w zakładach Grodno Azot , został aresztowany jesienią 2021 roku w ramach postępowania karnego wszczętego przeciwko pracownikom zakładu, którzy poparli strajk i byli częścią inicjatywy „Ruch Robotniczy”. 21 września 2021 roku inicjatywa ta została uznana za organizację ekstremistyczną, w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 r. Władimir został uznany winnym zniesławienia, zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazany na karę więzienia.
+W listopadzie 2023 r. odbyła się kolejna rozprawa sądowa, po której Władimir został przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: wyrok został podtrzymany. Sąd zmiany reżimu 16.11.2023: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-09-26 12:51:26</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Chabotko</t>
   </si>
   <si>
     <t>13 czerwca 1983</t>
   </si>
   <si>
     <t>Właściciel popularnej strony internetowej s13.ru. 25 października Siergiej był sądzony za „rozpowszechnianie materiałów ekstremistycznych”. W wyniku kontroli nałożono także 15-dniowy areszt administracyjny. Tego dnia okazało się, że sąd na wniosek prokuratora miasta Grodno uznał istniejącą niemal dwie dekady stronę internetową s13.ru za „materiały ekstremistyczne” . Już po pierwszym uwięzieniu Siergiej został oskarżony o „naruszenie porządku organizowania lub przeprowadzania imprez masowych”. Sprawę administracyjną rozpatrzył w środę Leniński Sąd Rejonowy, a sędzia Natalia Gorbach przyznała kolejne 15 dni.
 W rezultacie Siergiej Czabotko był trzykrotnie sądzony za rozpowszechnianie materiałów ekstremistycznych i „pikietowanie” w Internecie.
 Siergiej nie został zwolniony nawet po 45 dniach aresztu administracyjnego. Prawdopodobnie mężczyzna trafił do aresztu.
 Portal s13.ru uznał białoruskie KGB za „ formację ekstremistyczną ”, więc sprawa Siergieja prawdopodobnie jest z tym związana.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.10.2025: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
+    <t>Roman Olegovich Tsygankov</t>
+  </si>
+  <si>
+    <t>13 czerwca 1994</t>
+  </si>
+  <si>
+    <t>Zatrzymany za udział w protestach w 2020 r.
+W dniu 20 października 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.08.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.10.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-10-12 17:00:37</t>
+  </si>
+  <si>
     <t>Dmitry Vladimirovich Sosnovsky</t>
   </si>
   <si>
     <t>13 czerwca 1990</t>
   </si>
   <si>
     <t>Dmitrij został aresztowany w lipcu 2021 roku w związku ze sprawą karną dotyczącą próby zabójstwa propagandysty Grigorija Azarienoka na podstawie artykułu „Akt terrorystyczny”. Według prokuratury, dopuścił się on „umyślnych działań mających na celu przygotowanie aktu terrorystycznego przeciwko Azarenkowi”. Rozważano różne opcje, w tym przymusowe zmuszenie go do nagrania wiadomości wideo.
 Dmitrij był jedynym oskarżonym w tej sprawie, który nie przyznał się do winy. Podczas rozprawy zeznał, że został wciągnięty w przestępstwo podczas eksperymentu śledczego. Twierdził, że po aresztowaniu był poddawany przemocy i torturom, zmuszony do podpisania zeznań. Podczas przesłuchania doznał poważnych obrażeń rąk, które uniemożliwiają mu obecnie pracę w pełnym wymiarze godzin. Na pierwszej rozprawie oświadczył również, że chce zrzec się obywatelstwa białoruskiego, ponieważ „nie ma żadnych powiązań z terroryzmem”.
 W grudniu 2022 r. Dmitrij został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2022: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-08-04 12:30:46</t>
   </si>
   <si>
-    <t>Elena Gennadievna Rudaya</t>
-[...29 lines deleted...]
-  <si>
     <t>Sergey Andreevich Batura</t>
   </si>
   <si>
     <t>13 czerwca 2001</t>
   </si>
   <si>
     <t>Został zatrzymany w ramach postępowania karnego 9 listopada 2021 r. za udział w protestach. Najpierw został umieszczony w areszcie śledczym KGB, następnie przeniesiony do Aresztu Śledczego-1.
 Oskarżono go także o przyjmowanie z zagranicy pałek teleskopowych, paralizatorów i innych środków.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.07.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
+  </si>
+  <si>
+    <t>Elena Gennadievna Artyush (Rudaya)</t>
+  </si>
+  <si>
+    <t>13 czerwca 1969</t>
+  </si>
+  <si>
+    <t>Pulmonolog z 30-letnim doświadczeniem. Pracował w 10. szpitalu w Mińsku (1992-2022), kierował oddziałem.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.07.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-27 21:00:10</t>
   </si>
   <si>
     <t>Sergey Romualdovich Plonis</t>
   </si>
   <si>
     <t>14 czerwca 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Siergiej, administrator systemu w zakresie sieci lokalnych i monitoringu wideo, został zatrzymany 2 października 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach Telegramu, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
 </t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
     <t>Anton Vladimirovich Deneyko</t>
   </si>
   <si>
     <t>14 czerwca 1991</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
@@ -855,201 +832,196 @@
   <si>
     <t>Został uznany za członka „ekstremistycznej grupy” „Da Zoraў”. KGB uważa, że on i Siemion Małaszenkow są jej członkami.
 Znany jest jako muzyk, twórca gęśli i członek zespołu „Stary Olsa”. Od 2002 roku Chumakov gra i śpiewa w zespole muzyki średniowiecznej „Stary Olsa”, grając na gęśli, fletach i innych instrumentach starodawnych. W 2005 roku założył zespół „Bokal Kola”, który wykonywał białoruskie tańce ludowe z akompaniamentem dudy i gęśli, ale projekt ten nie trwał długo. Muzyk sporadycznie występował solo, wykonując tańce ludowe.
 Ales tłumaczył również irlandzką poezję heroiczną na język białoruski. W zespole Ceilidh Ceol, założonym w połowie pierwszej dekady XXI wieku, wykonywał w języku białoruskim starożytne pieśni irlandzkie poświęcone wolności i pamięci przodków. W 2020 roku użyczył swojego głosu w białoruskim dubbingu serialu Netflix „Wiedźmin”, wykonując po białorusku znaną piosenkę „Rzuć monetą swojemu wiedźminowi”.</t>
   </si>
   <si>
     <t>2025-12-16 19:40:03</t>
   </si>
   <si>
     <t>Artem Igorevich Kosakovsky</t>
   </si>
   <si>
     <t>14 czerwca 1998</t>
   </si>
   <si>
     <t>Artem pracował jako optyk w zakładzie Lida Optik. Kształcił się w Liceum Fizyczno-Matematycznym w Grodnie i Politechnice Lidzkiej. Zatrzymany 27 września 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegramowych, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
 W maju 2022 r. Artem został ponownie skazany za udział w protestach, które odbyły się w 2020 r. w Lidzie.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany. Decyzja sądu 23.05.2022: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
-    <t>Elena Valerievna Dobysh</t>
-[...11 lines deleted...]
-    <t>2025-03-27 00:27:54</t>
+    <t>Maxim Valerievich Lukashevich</t>
+  </si>
+  <si>
+    <t>15 czerwca 1989</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.12.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 14.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-13 11:59:34</t>
   </si>
   <si>
     <t>Valery Tadeushevich Viskirsky</t>
   </si>
   <si>
     <t>15 czerwca 1986</t>
   </si>
   <si>
     <t>Pierwotnym powodem zatrzymania była dystrybucja materiałów ekstremistycznych w ramach sprawy administracyjnej o podłożu politycznym.
 W trakcie zatrzymania mężczyzna usłyszał zarzuty w sprawie karnej za liczne polubienia w Odnoklassnikach.
 W dniu 4 lipca 2023 roku odwołanie zostało rozpatrzone. poprzednia umowa weszła w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.03.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.07.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-07-04 02:34:41</t>
   </si>
   <si>
     <t>Alexey Vladimirovich Kuzmin</t>
   </si>
   <si>
     <t>15 czerwca 1980</t>
   </si>
   <si>
     <t>Kierownik działu rozliczeń wstępnych i taryfikacji MTS.
 Z materiałów śledczych wynika, że Kuźmin miał dostęp do danych osobowych klientów MTS i od 9 sierpnia 2020 r. do 8 kwietnia 2021 r. „wyciekł” je do kanałów telegramowych „Czarna Księga Białorusi”, „Punisher Białorusi” i „Wszyscy Naruszenia!”
 Ofiar było 57 – siły bezpieczeństwa, propagandyści, urzędnicy, sędziowie, prokuratorzy i członkowie ich rodzin. Ponadto w toku śledztwa ustalono, że „wspólne działania Kuźmina z innymi osobami” spowodowały zakłócenia w pracy transportu i przedsiębiorstw „wyrządzając Mińsktrans szkody na kwotę nieco ponad 22 500 rubli”.
 Wśród ofiar jest w szczególności pracownik SB. Białoruś dzisiaj” Ludmiła Gładkaja , a także członkini Białoruskiej Partii Komunistycznej i zastępca Siergiej Kliszewicz .</t>
   </si>
   <si>
     <t>Decyzja sądu 18.09.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Olga Prokopchik</t>
+    <t>Volha Prakopchyk</t>
   </si>
   <si>
     <t>15 czerwca 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
-    <t>Eugene Alexandrovich Krasnyansky</t>
-[...12 lines deleted...]
-    <t>2025-08-18 14:56:18</t>
+    <t>Alena Dobysh</t>
+  </si>
+  <si>
+    <t>15 czerwca 1981</t>
+  </si>
+  <si>
+    <t>Została zatrzymana w marcu 2025 r. w związku ze sprawą karną związaną z „działalnością ekstremistyczną”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-03-27 00:27:54</t>
   </si>
   <si>
     <t>Pavel Sergeevich Kabarchuk</t>
   </si>
   <si>
     <t>16 czerwca 1993</t>
   </si>
   <si>
     <t>15 lutego 2024 roku w rejonie lelczyckim obwodu homelskiego, na granicy z Ukrainą, wprowadzono reżim „operacji antyterrorystycznej”. Ludność wezwano do „zachowania spokoju i podporządkowania się żądaniom funkcjonariuszy organów ścigania”. KGB twierdzi, że zatrzymało członków „grupy sabotażowo-rozpoznawczej”, w skład której wchodzili obywatele Ukrainy i Białorusi. Wśród zatrzymanych znaleźli się obywatele Ukrainy, ojciec i syn Siergiej i Paweł Kabarczukowie. Siergiej Kabarczukowie, urodzony w 1963 roku, pochodzą z rejonu kowelskiego na Wołyniu. Ojciec i syn zostali zatrzymani w lutym 2024 roku w rejonie lelczyckim. Znaleziono przy nich „materiały wybuchowe i inne środki rażenia”. KGB „ustaliło” , że materiały wybuchowe były przeznaczone do ataków terrorystycznych na Białorusi i w Rosji, a „infiltracja grupy” została zorganizowana przez Służbę Bezpieczeństwa Ukrainy.
 Jednocześnie zatrzymano również mieszkańca Brześcia Witalija Własiuka, urodzonego w 1970 roku. Oskarżono go o przemyt (art. 228 cz. 3 Kodeksu karnego).
 Był torturowany w areszcie śledczym KGB. Po aresztowaniu, przez kilka dni przetrzymywano go w areszcie śledczym KGB bez jedzenia.</t>
   </si>
   <si>
-    <t>Decyzja sądu 23.10.2024: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary.</t>
+    <t>Decyzja sądu 23.10.2024: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
     <t>Sergey Mikhailovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>16 czerwca 1982</t>
   </si>
   <si>
     <t>Administrator kanału telegramowego „Armia z Ludem” i mąż więźniarki politycznej Antoniny Konovalowej został zatrzymany 2 października 2020 r. i skazany za „przygotowanie do udziału w masowych zamieszkach”.
 W styczniu 2023 r. Siergiej został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymogów administracji zakładu karnego”.</t>
   </si>
   <si>
     <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
   </si>
   <si>
     <t>Decyzja sądu 07.05.2021: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.07.2021: wyrok został podtrzymany. Decyzja sądu 26.01.2023: 9 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
-    <t>Alexey Sergeevich Borodko</t>
+    <t>Eugene Alexandrovich Krasnyansky</t>
+  </si>
+  <si>
+    <t>43-letni Jewgienij został skazany za prowadzenie badań socjologicznych na temat COVID-19 na Białorusi.
+Wcześniej Komitet Śledczy ujawnił szczegóły postępowania karnego przeciwko Krasniańskiemu. Agencja twierdziła, że mężczyzna przygotował dla jednej z zagranicznych organizacji badanie zawierające „celowo fałszywe informacje na temat polityki zdrowotnej kraju w zakresie środków podjętych w celu zwalczania zakażeń koronawirusem”. Wiadomo , że wraz z Jewgienijem Krasniańskim zatrzymano dwie kobiety: mieszkanki Mińska w wieku 37 i 43 lat. Miały one przeprowadzić badanie socjologiczne dotyczące obecności korzyści dla obywateli w rozwoju kraju poprzez integrację z państwami Unii Europejskiej. Aby osiągnąć pożądany rezultat, kobiety rzekomo przeprowadziły wywiady z przedstawicielami grupy fokusowej, którzy mieli „celowo negatywny stosunek do istniejącego systemu politycznego i porządku konstytucyjnego w państwie”. Wyroki skazujące kobiety nie są znane.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.08.2025: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 595 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-08-18 14:56:18</t>
+  </si>
+  <si>
+    <t>Aliaksei Siarheyevich Barodka</t>
   </si>
   <si>
     <t>17 czerwca 1998</t>
   </si>
   <si>
     <t>Prawnik został zatrzymany pod koniec stycznia i przebywa w Areszcie Śledczym nr 1 przy ulicy Wołodarskiej. Po zatrzymaniu profil prawnika został usunięty ze strony internetowej Republikańskiej Izby Adwokackiej. Później okazało się, że 21 kwietnia 2023 roku cofnięto mu licencję.
 W dniu 8 września 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.05.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
     <t>Alexander Aleksandrovich Chizh</t>
   </si>
   <si>
     <t>18 czerwca 1983</t>
   </si>
   <si>
     <t>Decyzja sądu 19.06.2024: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-06-17 19:24:12</t>
-  </si>
-[...15 lines deleted...]
-    <t>2022-06-20 16:01:58</t>
   </si>
   <si>
     <t>Vladimir Mikhailovich Morozov</t>
   </si>
   <si>
     <t>19 czerwca 1980</t>
   </si>
   <si>
     <t>Najprawdopodobniej został zatrzymany 26 stycznia 2023 r. w związku z dystrybucją, produkcją, przechowywaniem i transportem produktów informacyjnych zawierających nawoływania do działań ekstremistycznych lub promujących takie działania. Po czym wszczęto sprawę karną na podstawie wielu artykułów. Przed procesem rzekomo przebywał w więzieniu w Żodino.
 W dniu 26 stycznia 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.11.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.01.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
     <t>Dmitry Petrovich Morozov</t>
   </si>
   <si>
     <t>19 czerwca 1972</t>
   </si>
   <si>
     <t>Decyzja sądu 22.11.2023: nieznany. Apelacja 14.03.2024: nieznany.</t>
@@ -1071,402 +1043,360 @@
 Z publikacji Gleba Dudki na portalach społecznościowych można wywnioskować, że w 2022 roku potępiał on agresję militarną na Ukrainę. Nie wiadomo, co dokładnie stało się podstawą prześladowań politycznych mieszkańca Homla.</t>
   </si>
   <si>
     <t>Decyzja sądu 09.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Valentina Vladimirovna Poloz</t>
   </si>
   <si>
     <t>21 czerwca 1974</t>
   </si>
   <si>
     <t>W filmie propagandowym z 11 września 2023 r. Komitet Bezpieczeństwa Państwa poinformował , że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzy osoby, w tym Walentina, zostały oskarżone na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
 Według prorządowych mediów Walentyna wraz z Nikołajem Łosowskim zabrali paczkę zawierającą broń i materiały wybuchowe, które należało zakopać w rejonie Mozyrza. Nie zdążyli dokończyć zadania, gdyż zostali zatrzymani.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.12.2024: 9 lata więzienia w kolonii na warunkach ogólnych, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Margarita Alexandrovna Shchirets</t>
-[...27 lines deleted...]
-  <si>
     <t>Sergey Vladimirovich Boyko</t>
   </si>
   <si>
     <t>22 czerwca 1986</t>
   </si>
   <si>
     <t>Obywatel Ukrainy. Od 8 do 21 czerwca 2023 r. sprawę rozpatrywał za zamkniętymi drzwiami sędzia Anatolij Sotnikow.
 W dniu 29 sierpnia 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.08.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-07-11 10:20:50</t>
   </si>
   <si>
-    <t>Natalia Vasilevna Levaya</t>
-[...10 lines deleted...]
-  <si>
     <t>Vitaly Viktorovich Krasnov</t>
   </si>
   <si>
     <t>22 czerwca 1987</t>
   </si>
   <si>
     <t>W dniu 1 marca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>2024-02-28 21:08:51</t>
   </si>
   <si>
     <t>Sergey Viktorovich Evdokimenko</t>
   </si>
   <si>
     <t>23 czerwca 1987</t>
   </si>
   <si>
     <t>Jak wynika z komunikatu prasowego Sądu w Brzestoblu, Jewdokimence postawiono zarzut, że od sierpnia do grudnia 2020 r. przekazywał „dane osobowe i inne dane osobowe pracowników organów spraw wewnętrznych w celu publicznego rozpowszechniania w Internecie”. Jednocześnie pobierałem dane z baz danych, do których miałem dostęp w pracy. Prawdopodobnie pracował w Brześciu WIT.
 W dniu 10 października 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.07.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2023-07-20 13:03:39</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Pogerilo</t>
+    <t>Andrei Uladzimiravich Paheryla</t>
   </si>
   <si>
     <t>23 czerwca 1991</t>
   </si>
   <si>
-    <t>Były mechanik warsztatu „Amoniak-3”.
-[...3 lines deleted...]
-    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: nieznany.</t>
+    <t>Andriej, były pracownik utrzymania ruchu w warsztacie Amoniaku-3 w zakładach Grodno Azot , został aresztowany jesienią 2021 roku w ramach postępowania karnego wszczętego przeciwko pracownikom zakładu, którzy poparli strajk i byli częścią inicjatywy „Ruch Robotniczy”. 21 września 2021 roku inicjatywa ta została uznana za organizację ekstremistyczną, w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 r. Andriej został uznany winnym zniesławienia, zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazany na karę więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-08-26 22:21:40</t>
   </si>
   <si>
     <t>Denis Mikhailovich Urad</t>
   </si>
   <si>
     <t>Denis, oficer łączności specjalnej Sztabu Generalnego Sił Zbrojnych, został zatrzymany w marcu 2021 r. i skazany, według prorządowych mediów, za sfotografowanie tajnego listu ministra spraw wewnętrznych do ministra obrony i „przekazanie go do polskiego kanału Telegram”.
 Rozprawa odbyła się za zamkniętymi drzwiami, a od wyroku nie przysługiwała apelacja ani możliwość jego przeglądu. Oprócz wieloletniego wyroku więzienia, Denisowi odebrano także stopień wojskowy.
 W sierpniu 2022 r. zaostrzono mu karę i przeniesiono go do więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.05.2021: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, ograniczenie służby wojskowej. Sąd zmiany reżimu 22.08.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
     <t>Paul Nikolaevich Ivanov</t>
   </si>
   <si>
     <t>24 czerwca 1982</t>
   </si>
   <si>
     <t>Został zatrzymany po tym, jak czat Telegram „Atolino ” został uznany za „grupę ekstremistyczną”. Ministerstwo Spraw Wewnętrznych wymieniło z nazwiska kilku „ członków grupy ”, oprócz Pawła: Dmitrija Tikunowa, Jewgieniję Mostową (Grigorik), Pawła Biełonickiego, Aleksieja Siemionowa, Jurija Antonowicza, Aleksandra Zajcewa i Władimira Polecha.</t>
   </si>
   <si>
     <t>Decyzja sądu 29.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Tina Zakharovna Palynskaya</t>
   </si>
   <si>
     <t>24 czerwca 1973</t>
   </si>
   <si>
-    <t>Dziennikarka, wyznawczyni katolicyzmu z Połocka. Tina od dawna nie zajmowała się dziennikarstwem, wychowała dwie córki, pracowała w archiwach, w tym rosyjskich, realizując prywatne zlecenia na tworzenie esejów biograficznych, książek rodzinnych, opowieści o uczestnikach II wojny światowej.
-[...2 lines deleted...]
-Szczegóły zarzutów nie zostały oficjalnie ujawnione. Na podstawie dowodów poszlakowych można przypuszczać , że sprawa może mieć związek z decyzją KGB o uznaniu „Białoruskiej Pracowni Analitycznej” profesora Andrieja Wardomackiego za organizację ekstremistyczną. Organizacja ta przeprowadziła badania socjologiczne wśród obywateli Białorusi. W tej chwili nie ma potwierdzenia, że Tina lub jej córka rzeczywiście uczestniczyły w badaniach BAM. Ale nawet gdyby taki udział miał miejsce, nie naruszałoby to prawa: w momencie ewentualnego kontaktu z pracownią nie została ona jeszcze uznana za organizację ekstremistyczną.</t>
+    <t>Tina, dziennikarka i katoliczka z Połocka, już dawno przeszła na emeryturę, wychowuje dwie córki i pracuje w archiwach, także rosyjskich, realizując prywatne zlecenia na eseje biograficzne, książki rodzinne i opowieści o weteranach II wojny światowej.
+Wcześniej, w 2022 roku, dziennikarce postawiono zarzuty administracyjne i nałożono na nią wysoką grzywnę za noszenie żółto-niebieskich wstążek na torbie. W tym czasie Komitet Śledczy badał jej wpis na Facebooku i przeszukał jej dom.
+Nie ma z nią kontaktu od końca maja 2025 roku. Tina i jej najstarsza córka, 22-letnia Margarita, przebywają w areszcie pod zarzutem popełnienia przestępstwa. Tina ma również młodszą córkę, 14-letnią.
+Szczegóły zarzutów nie zostały oficjalnie ujawnione. Poszlaki wskazują , że sprawa może mieć związek z decyzją KGB o uznaniu Białoruskiej Pracowni Analitycznej profesora Andrieja Wardomackiego za grupę ekstremistyczną. Organizacja ta przeprowadziła badania socjologiczne wśród obywateli Białorusi. Obecnie nie ma potwierdzenia, że Tina lub jej córka rzeczywiście brały udział w badaniach BAM. Nawet gdyby taki udział miał miejsce, nie stanowiłby on naruszenia prawa: w momencie ewentualnego kontaktu z pracownią nie została ona jeszcze uznana za grupę ekstremistyczną.
+13 października 2025 roku pojawiła się informacja o śmierci męża Tiny, pisarza Alesa Polynsky'ego .</t>
+  </si>
+  <si>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
     <t>Tatiana Nikolaevna Karpovich</t>
   </si>
   <si>
     <t>24 czerwca 1997</t>
   </si>
   <si>
     <t>Mieszkaniec Witebska. Dziewczyna usłyszała zarzut z art. 130 kk (podżeganie do nienawiści społecznej) za przekazanie danych funkcjonariuszy bezpieczeństwa, nauczycieli, sędziów na kanał telegramowy Czarnej Księgi Białorusi.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2021-12-21 14:22:23</t>
   </si>
   <si>
     <t>Denis Nikolaevich Vorozov</t>
   </si>
   <si>
     <t>25 czerwca 1981</t>
   </si>
   <si>
     <t>Zatrzymany za wywieszanie flagi BBW i flagi Ukrainy w 19-piętrowym budynku przy ulicy Łesi Ukrainki.
 Po ich zatrzymaniu kanał w aplikacji mobilnej Zello, za pośrednictwem którego komunikowali się podczas akcji, został uznany za formację ekstremistyczną.</t>
   </si>
   <si>
     <t>5 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Airat Ernestovich Khalikov</t>
   </si>
   <si>
     <t>26 czerwca 1996</t>
   </si>
   <si>
     <t>Obywatel Federacji Rosyjskiej, mieszka na Białorusi od 2019 roku. Pracował jako kierowca w firmie Alivaria. Został aresztowany w maju 2025 roku w związku ze sprawą Gayun.</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
+    <t>Igor Petrovich Khristoforov</t>
+  </si>
+  <si>
+    <t>26 czerwca 1973</t>
+  </si>
+  <si>
+    <t>Został skazany za ponad trzysta komentarzy, z których niektóre pochodziły jeszcze z 2015 r.
+Proces przerwano z powodu pogorszenia stanu kręgosłupa i utraty zdolności chodzenia.
+Rozprawa apelacyjna odbyła się 15 listopada 2022 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.08.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2022: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
     <t>Vladimir Yurievich Isaev</t>
   </si>
   <si>
     <t>26 czerwca 1984</t>
   </si>
   <si>
     <t>Jesienią 2022 roku został skazany na karę więzienia za „obrazę Łukaszenki”. Wynik jego apelacji nie jest znany.
 W czerwcu 2025 roku wyszło na jaw, że Władimir został zatrzymany. Trwa ustalanie szczegółów sprawy. Jesienią został skazany na karę pozbawienia wolności.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.10.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2023: oddalenie wszystkich zarzutów. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
-    <t>Igor Petrovich Khristoforov</t>
-[...11 lines deleted...]
-    <t>2022-09-02 22:29:38</t>
+    <t>Peter Filippovich Filipovich</t>
+  </si>
+  <si>
+    <t>27 czerwca 1953</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:53:29</t>
   </si>
   <si>
     <t>Nikolay Stepanovich Losovsky</t>
   </si>
   <si>
     <t>27 czerwca 1966</t>
   </si>
   <si>
     <t>W filmie propagandowym z 11 września 2023 r. Komitet Bezpieczeństwa Państwa poinformował , że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzy osoby, w tym Mikołaj, zostały oskarżone na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
 Jak podają prorządowe media, Mikołaj na polecenie ukraińskich służb specjalnych sprawdzał skrytki, a także wykonywał za pieniądze inne zadania.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.12.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Peter Filippovich Filipovich</t>
-[...23 lines deleted...]
-    <t>2024-10-21 21:48:13</t>
+    <t>Yana Vitalievna Pinchuk</t>
+  </si>
+  <si>
+    <t>28 czerwca 1997</t>
+  </si>
+  <si>
+    <t>Zatrzymany 1 listopada 2021 r. w Petersburgu w związku z wydarzeniami na Białorusi. W Rosji pracowała jako kelnerka i mieszkała w dwóch krajach. Ostatni raz dziewczyna była w domu jakiś rok temu. Z ustaleń śledztwa wynika, że od września 2020 do listopada 2021 podejrzany zarządzał trzema kanałami telegramu. W maju 2022 r. rosyjski sąd odmówił przyznania Białorusince Janie Pinczuk tymczasowego azylu w Rosji.
+9 sierpnia 2022 r. została wydana z Federacji Rosyjskiej do Republiki Białoruś pomimo zakazu ekstradycji wydanego przez Komitet Praw Człowieka ONZ.</t>
+  </si>
+  <si>
+    <t>12 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2021-11-03 17:48:25</t>
   </si>
   <si>
     <t>Alexey Vasilievich Semenok</t>
   </si>
   <si>
     <t>28 czerwca 1975</t>
   </si>
   <si>
     <t>Wyrok wydano na podstawie komentarzy Aleksieja zamieszczonych w Internecie.
 Zaraz po przybyciu do kolonii Aleksiej Semenko został wrzucony do celi karnej – miejsca, w którym więźniowie byli torturowani w nieludzkich warunkach.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.03.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-03-11 21:32:16</t>
   </si>
   <si>
     <t>Alexei Sergeevich Samoylyuk</t>
   </si>
   <si>
     <t>28 czerwca 1989</t>
   </si>
   <si>
     <t>Oddział sił specjalnych wtargnął do domu Aleksieja, powalił mężczyznę na podłogę, a jeden z funkcjonariuszy ochrony usiadł, opierając kolana na ciele Samoiluka (jednym kolanem na szyi Samoiluka).
 Kanał prorządowy twierdzi , że Samoiluk „w czasie zamieszek rzucał kamieniami w policję”. W tej publikacji na tym samym kanale zamieścili także zdjęcia: na jednym zdjęciu dwie osoby w kapturach i maskach, jedna trzyma ukraińską flagę, druga kartkę papieru z napisem „Mieszkańcy Brześcia z Ukrainą”.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 08.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-18 20:51:34</t>
   </si>
   <si>
-    <t>Oleg Nikolaevich Gorelov</t>
-[...29 lines deleted...]
-    <t>2021-11-03 17:48:25</t>
+    <t>Anatoly Anatolyevich Kosilo</t>
+  </si>
+  <si>
+    <t>28 czerwca 1985</t>
+  </si>
+  <si>
+    <t>Anatolij został skazany na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w takich działaniach” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze jawnym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.10.2024: 1 rok 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 21.01.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Kirill Romanovich Ashurak</t>
   </si>
   <si>
     <t>29 czerwca 1999</t>
   </si>
   <si>
     <t>Kirył został aresztowany 23 czerwca 2021 roku w związku ze śledztwem karnym w sprawie incydentu w ośrodku łączności rosyjskiej marynarki wojennej w pobliżu Wilejki. W filmie propagandowym ONT został przedstawiony jako główny sprawca bombardowania, ale odmówił udziału i jedynie pomagał w rozpoznaniu terenu.
 Łukaszenka wymienił Kiryła wśród osób, które rzekomo chciały uciec na Ukrainę i Litwę, ale zostały zatrzymane przez grupę KGB Alfa.
 Wiadomo również, że Kirył został już wcześniej zatrzymany i dotkliwie pobity 9 sierpnia 2020 r.
 W grudniu 2022 r. uznano go za winnego i skazano na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2022: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 400 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
+  </si>
+  <si>
+    <t>Marina Aliseenko</t>
+  </si>
+  <si>
+    <t>29 czerwca 1984</t>
+  </si>
+  <si>
+    <t>Marina Alekseenko ma 40 lat. Pochodzi z Mińska, ukończyła Miński Państwowy Uniwersytet Lingwistyczny w 2008 roku. Następnie pracowała jako tłumaczka, ale w 2012 roku dostała pracę w elitarnym pięciogwiazdkowym hotelu Crowne Plaza w Mińsku. W ciągu dwóch lat awansowała z zastępcy kierownika sprzedaży na kierownika działu sprzedaży i marketingu.
+Została zatrzymana w wyniku masowego nalotu sił bezpieczeństwa w dniach 23–24 stycznia 2024 r. na krewnych więźniów politycznych oraz osoby wysyłające paczki i listy do więźniów politycznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-06-18 14:02:34</t>
   </si>
   <si>
     <t>Paul Vladimirovich Vabishchevich</t>
   </si>
   <si>
     <t>30 czerwca 1986</t>
   </si>
   <si>
     <t>Jak podano w propagandowym filmie ONT, Paweł Wabiszczewicz i Andriej Zinenko zostali zatrzymani w nocy z 26 na 27 sierpnia 2023 r. na kolei w rejonie Stołbców w pobliżu składów ropy i przystanku Siniawa.
 Jesienią 2023 roku w filmie propagandowym podano, że zostali zatrzymani za próbę podłożenia ładunku wybuchowego na torach kolejowych w rejonie Stołbców, „który powinien był wybuchnąć na polecenie kustosza z SBU. Propagandyści twierdzili, że przyjechał Wabiszczewicz”. zwróciło uwagę sił bezpieczeństwa, gdy informator doniósł. Chatbot KGB powiedział, że na stacji Orsza fotografował tory kolejowe i pociągi.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.02.2025: 23 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
     <t>Zhanna Nikolaevna Dashkevich</t>
   </si>
   <si>
     <t>30 czerwca 1969</t>
   </si>
   <si>
     <t>Żanna Daszkiewicz ma 54 lata. Pochodzi ze wsi Swatki, rejon Myadel, obwód miński. Zhanna ukończyła Bobrujską Szkołę Medyczną w 1987 roku, a w wieku 41 lat rozpoczęła studia na Białoruskim Państwowym Uniwersytecie Pedagogicznym, aby studiować jako psycholog. Nie wiadomo, kiedy i dlaczego zatrzymano Żannę Daszkiewicz. Jednak w październiku 2023 r. przestała być online, mimo że wcześniej była aktywna w sieciach społecznościowych.
@@ -1802,51 +1732,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1885,167 +1815,167 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
@@ -2055,78 +1985,78 @@
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
       <c r="I8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>57</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
@@ -2217,2126 +2147,1990 @@
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>84</v>
       </c>
       <c r="H14" t="s">
         <v>85</v>
       </c>
       <c r="I14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
       <c r="C15" t="s">
         <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>94</v>
       </c>
-      <c r="D16" t="s">
+      <c r="I16" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
         <v>99</v>
       </c>
-      <c r="B17" t="s">
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>100</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
         <v>103</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
         <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>110</v>
       </c>
       <c r="I19" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>112</v>
       </c>
       <c r="B20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>114</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
         <v>123</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>124</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>125</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>126</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
         <v>129</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>130</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>132</v>
       </c>
       <c r="I23" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
         <v>136</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
+      <c r="E24" t="s">
+        <v>137</v>
+      </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>143</v>
       </c>
       <c r="I25" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>145</v>
       </c>
       <c r="B26" t="s">
         <v>146</v>
       </c>
       <c r="C26" t="s">
         <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>148</v>
       </c>
       <c r="I26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>150</v>
       </c>
       <c r="B27" t="s">
         <v>151</v>
       </c>
       <c r="C27" t="s">
         <v>152</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E27" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>153</v>
       </c>
       <c r="I27" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>155</v>
       </c>
       <c r="B28" t="s">
         <v>156</v>
       </c>
       <c r="C28" t="s">
         <v>157</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>158</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="F31" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>174</v>
       </c>
       <c r="I31" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>176</v>
       </c>
       <c r="B32" t="s">
         <v>177</v>
       </c>
       <c r="C32" t="s">
         <v>178</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>179</v>
       </c>
       <c r="I32" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>181</v>
       </c>
       <c r="B33" t="s">
         <v>182</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>183</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34" t="s">
         <v>186</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>187</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>188</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>190</v>
+      </c>
+      <c r="B35" t="s">
         <v>191</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>192</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>193</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
         <v>196</v>
       </c>
-      <c r="B36" t="s">
-        <v>192</v>
+      <c r="C36" t="s">
+        <v>197</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>198</v>
       </c>
       <c r="I36" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>200</v>
       </c>
       <c r="B37" t="s">
+        <v>191</v>
+      </c>
+      <c r="C37" t="s">
         <v>201</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>202</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>182</v>
+      </c>
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...16 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>45</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>216</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>217</v>
-      </c>
-[...16 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>39</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="C41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>105</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>231</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>232</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
         <v>235</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>98</v>
+      </c>
+      <c r="E44" t="s">
+        <v>99</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>236</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>237</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
+        <v>239</v>
+      </c>
+      <c r="C45" t="s">
         <v>240</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
+        <v>244</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>78</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
+        <v>34</v>
+      </c>
+      <c r="I46" t="s">
         <v>245</v>
-      </c>
-[...22 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B47" t="s">
-        <v>251</v>
+        <v>247</v>
+      </c>
+      <c r="C47" t="s">
+        <v>248</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>250</v>
+      </c>
+      <c r="B48" t="s">
+        <v>251</v>
+      </c>
+      <c r="C48" t="s">
+        <v>252</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>28</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>255</v>
+      </c>
+      <c r="B49" t="s">
+        <v>256</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>28</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>84</v>
+      </c>
+      <c r="H49" t="s">
         <v>257</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>258</v>
-      </c>
-[...19 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
+        <v>260</v>
+      </c>
+      <c r="C50" t="s">
+        <v>261</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>262</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>263</v>
-      </c>
-[...19 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B51" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C51" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="I51" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E52" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>183</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>273</v>
+      </c>
+      <c r="C53" t="s">
+        <v>274</v>
       </c>
       <c r="D53" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E53" t="s">
-        <v>197</v>
+        <v>99</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>198</v>
+        <v>275</v>
       </c>
       <c r="I53" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>277</v>
+      </c>
+      <c r="B54" t="s">
+        <v>278</v>
+      </c>
+      <c r="C54" t="s">
+        <v>279</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>125</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>280</v>
       </c>
-      <c r="B54" t="s">
+      <c r="I54" t="s">
         <v>281</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>282</v>
+      </c>
+      <c r="B55" t="s">
+        <v>283</v>
+      </c>
+      <c r="C55" t="s">
+        <v>284</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
         <v>285</v>
       </c>
-      <c r="B55" t="s">
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>286</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>287</v>
-      </c>
-[...16 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>288</v>
+      </c>
+      <c r="B56" t="s">
+        <v>283</v>
+      </c>
+      <c r="C56" t="s">
+        <v>289</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>290</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>291</v>
-      </c>
-[...16 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" t="s">
+        <v>293</v>
+      </c>
+      <c r="C57" t="s">
+        <v>294</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...19 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
+        <v>298</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>299</v>
+      </c>
+      <c r="I58" t="s">
         <v>300</v>
-      </c>
-[...16 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>301</v>
+      </c>
+      <c r="B59" t="s">
+        <v>302</v>
+      </c>
+      <c r="C59" t="s">
+        <v>303</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>78</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>304</v>
       </c>
-      <c r="B59" t="s">
+      <c r="I59" t="s">
         <v>305</v>
-      </c>
-[...19 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>306</v>
+      </c>
+      <c r="B60" t="s">
+        <v>307</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>39</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>84</v>
+      </c>
+      <c r="H60" t="s">
+        <v>308</v>
+      </c>
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...22 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
+        <v>311</v>
+      </c>
+      <c r="C61" t="s">
+        <v>312</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>28</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>313</v>
+      </c>
+      <c r="I61" t="s">
         <v>314</v>
-      </c>
-[...19 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" t="s">
+        <v>316</v>
+      </c>
+      <c r="C62" t="s">
+        <v>317</v>
+      </c>
+      <c r="D62" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>318</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>320</v>
+      </c>
+      <c r="B63" t="s">
+        <v>321</v>
+      </c>
+      <c r="C63" t="s">
+        <v>322</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>28</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>323</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>324</v>
-      </c>
-[...19 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>325</v>
+      </c>
+      <c r="B64" t="s">
+        <v>326</v>
+      </c>
+      <c r="C64" t="s">
+        <v>327</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>78</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>198</v>
+      </c>
+      <c r="I64" t="s">
         <v>328</v>
-      </c>
-[...22 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>329</v>
+      </c>
+      <c r="B65" t="s">
+        <v>330</v>
+      </c>
+      <c r="C65" t="s">
+        <v>331</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>105</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>332</v>
+      </c>
+      <c r="I65" t="s">
         <v>333</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>334</v>
+      </c>
+      <c r="B66" t="s">
+        <v>335</v>
+      </c>
+      <c r="C66" t="s">
+        <v>336</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>78</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>337</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>339</v>
+      </c>
+      <c r="B67" t="s">
+        <v>335</v>
+      </c>
+      <c r="C67" t="s">
+        <v>340</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>28</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>341</v>
+      </c>
+      <c r="I67" t="s">
         <v>342</v>
-      </c>
-[...22 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>98</v>
+      </c>
+      <c r="E69" t="s">
         <v>351</v>
       </c>
-      <c r="C69" t="s">
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>352</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
         <v>355</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>356</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>98</v>
+      </c>
+      <c r="E70" t="s">
+        <v>99</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
         <v>360</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>361</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
+      <c r="H71" t="s">
+        <v>362</v>
+      </c>
       <c r="I71" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B72" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="C72" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
+      <c r="H74" t="s">
+        <v>376</v>
+      </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D75" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B76" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C76" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B77" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C77" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E77" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
+      <c r="H77" t="s">
+        <v>390</v>
+      </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B78" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C78" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>38</v>
+        <v>285</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
+      <c r="E79" t="s">
+        <v>28</v>
+      </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
+        <v>408</v>
+      </c>
+      <c r="C81" t="s">
+        <v>409</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
+      <c r="E81" t="s">
+        <v>78</v>
+      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="I81" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B82" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C82" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E82" t="s">
+        <v>99</v>
       </c>
       <c r="F82" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="I82" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B83" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C83" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>292</v>
+        <v>28</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="I83" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B84" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C84" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E84" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="I84" t="s">
-        <v>423</v>
-[...9 lines deleted...]
-      <c r="C85" t="s">
         <v>426</v>
-      </c>
-[...129 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">