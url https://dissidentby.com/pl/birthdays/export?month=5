--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="412">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -66,755 +66,761 @@
     <t>Paul Evgenyevich Kuchinsky</t>
   </si>
   <si>
     <t>2 maja 1992</t>
   </si>
   <si>
     <t>Były wojskowy, mieszkaniec Mińska, torturowany przez służby specjalne zmuszony do udziału w prowokacji, w ramach której ta nawiązała kontakt z przedstawicielami BYPOL-u i zaproponowała przeprowadzenie bezpośrednich działań. Wszystkie negocjacje i korespondencja były nagrywane.
 W dniu 19 marca 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
     <t>W więzieniu</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
     <t>19 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa.</t>
   </si>
   <si>
     <t>2023-09-22 00:34:45</t>
   </si>
   <si>
+    <t>Natalia Nikolaevna Zhigar</t>
+  </si>
+  <si>
+    <t>2 maja 1956</t>
+  </si>
+  <si>
+    <t>Sprawa Natalii Żygar rzekomo ma związek z jej wsparciem dla osób przebywających w areszcie tymczasowym. Przed przejściem na emeryturę pracowała w Sądzie Okręgowym w Brześciu.
+Przed rozprawą kobieta przebywała w areszcie domowym.
+Sprawa była rozpatrywana przez Sąd Obwodowy w Grodnie. Początkowo została odesłana do ponownego rozpatrzenia .
+Sędzia Waleryj Romanowski rozpoczął rozpatrywanie sprawy Natalii 19 sierpnia 2024 r., a rozprawy były kontynuowane 20, 24 i 30 września.
+27 grudnia 2024 r. Sąd Najwyższy rozpatrzył apelację Natalii.</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:18:12</t>
+  </si>
+  <si>
     <t>Konstantin Valerievich Medvedev</t>
   </si>
   <si>
     <t>2 maja 1988</t>
   </si>
   <si>
     <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
   </si>
   <si>
-    <t>Nie</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-27 16:04:33</t>
   </si>
   <si>
-    <t>Anna Baginskaya</t>
+    <t>Anna Alexandrovna Baginskaya</t>
   </si>
   <si>
     <t>2 maja 1978</t>
   </si>
   <si>
     <t>Zatrzymany na początku maja 2025 r. w „sprawie Gajuna” – za przekazywanie kanałowi telegraficznemu „Białoruski Gajun” danych o przemieszczaniu się sprzętu wojskowego.</t>
-  </si>
-[...4 lines deleted...]
-    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
   </si>
   <si>
     <t>Decyzja sądu 20.11.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
     <t>Anna Evgenievna Savochkina</t>
   </si>
   <si>
     <t>3 maja 1999</t>
   </si>
   <si>
     <t>15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
 Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. 29-letnia Wiktoria Wołchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Walery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.
 Anna Savochkina ukończyła trzy kursy na Wydziale Ekonomicznym BSU, ale od września 2022 roku rozpoczęła pierwszy rok Wydziału Biologii BSU i jest kierownikiem grupy. Przed instytutem ukończyła Gymnasium-College of Arts im. I.O. Ahremchika na kierunku muzyka. Zatrzymana wraz z matką.</t>
   </si>
   <si>
-    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 09.08.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
     <t>Oleg Stepanovich Kinev</t>
   </si>
   <si>
     <t>3 maja 1969</t>
   </si>
   <si>
     <t>Oleg mieszka w agromiasteczku Pierwomajskaja (Bluden) w rejonie berezowskim obwodu brzeskiego.
 Jest przedsiębiorcą i dekarzem . Specjalizuje się w wykonywaniu kopuł do cerkwi prawosławnych. Oleg zajmuje się tym od lat 2000. Początkowo pracował w zespole jako pracownik najemny, a kilka lat później otworzył własną firmę. Kinev zrekonstruował kopułę Reprezentacji Patriarchalnej Rosyjskiej Cerkwi Prawosławnej, stworzył kopułę dla cerkwi w bazie wojskowej w Słonimiu, zbudował dębowy most, molo i altanę na wyspie niedaleko majątku hrabiego Hutten-Czapskiego w Stańkowie, a także kaplicę w zoo. Ogólnie rzecz biorąc, jego prace są rozsiane po różnych miastach i wsiach na Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-10-05 13:19:42</t>
   </si>
   <si>
     <t>Alexander Mateyuk</t>
   </si>
   <si>
     <t>3 maja 1982</t>
   </si>
   <si>
     <t>Aktywista organizacji „Kraj dla Życia” i członek ekipy Swietłany Cichanouskiej, Aleksander był wielokrotnie zatrzymywany na podstawie przepisów administracyjnych o charakterze politycznym. Został zatrzymany wraz z innym aktywistą, Olegiem Borozną, o którym wiadomo, że był obserwowany od jesieni 2020 roku. Alexander został następnie skazany na podstawie sfabrykowanych zarzutów związanych z narkotykami.</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>Decyzja sądu 05.10.2021: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 100 jednostek bazowych kary, 1108 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-04-05 12:35:41</t>
   </si>
   <si>
-    <t>Kirill Valentinovich Kravtsov</t>
-[...9 lines deleted...]
-    <t>2025-07-24 09:10:34</t>
+    <t>Svetlana Vyacheslavovna Yakubovich</t>
+  </si>
+  <si>
+    <t>4 maja 1974</t>
+  </si>
+  <si>
+    <t>W styczniu 2022 roku przyszły mąż Swietłany, Stanisław, został skazany na trzy lata więzienia na podstawie artykułów 342 i 364 Kodeksu karnego Republiki Białorusi. Swietłana, głęboko zaniepokojona jego losem, dostarczała mu paczki. 24 lutego 2022 roku Swietłana Jakubowicz wyszła za mąż za Stanisława, który wówczas przebywał w więzieniu. W grudniu 2023 roku Stanisław został zwolniony po odbyciu kary. Rok później para została aresztowana pod nowym zarzutem karnym.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.11.2025: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Oleg Viktorovich Efremenko</t>
   </si>
   <si>
     <t>4 maja 1981</t>
   </si>
   <si>
     <t>Oleg został zatrzymany i skazany za „pobicie” policjanta podczas marszu ulicznego w Witebsku w dniu 13 września 2020 r. We wrześniu 2021 r. został przeniesiony do więzienia za „naruszenie przepisów”.
 W sierpniu 2022 r. Oleg został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymogów kierownictwa zakładu poprawczego” i dodano mu kolejny rok pozbawienia wolności.
 25 lipca 2023 r. więzień polityczny został ponownie uznany winnym „nieposłuszeństwa wobec żądań administracji” i skazany na kolejny rok więzienia.
 We wrześniu 2024 r. odbyła się kolejna rozprawa w sprawie karnej przeciwko Olegowi za „złośliwe nieposłuszeństwo wobec wymogów administracji Zakładu Karnego” – zarzut często stawiany więźniom, którzy odmówili współpracy z administracją więzienną.
 Przez cały okres odbywania kary Oleg znajduje się pod ciągłą presją. Regularnie trafia do celi karnej, gdzie przez kilkadziesiąt dni przetrzymywany jest w izolacji.</t>
   </si>
   <si>
     <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
   </si>
   <si>
     <t>Decyzja sądu 09.12.2020: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 1000 ruble odszkodowania. Sąd zmiany reżimu 30.09.2021: nieznany lata więzienia. Decyzja sądu 15.08.2022: 1 rok więzienia w kolonii o zaostrzonym rygorze. Apelacja 10.11.2022: wyrok został podtrzymany. Decyzja sądu 25.07.2023: 1 rok więzienia w kolonii o zaostrzonym rygorze. Apelacja 19.10.2023: wyrok został podtrzymany. Decyzja sądu 24.09.2024: nieznany. Apelacja 13.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Svetlana Vyacheslavovna Yakubovich</t>
-[...11 lines deleted...]
-    <t>2024-11-20 14:42:46</t>
+    <t>Valery Valerievich Zhukov</t>
+  </si>
+  <si>
+    <t>5 maja 1974</t>
+  </si>
+  <si>
+    <t>Został zatrzymany w listopadzie 2024 r. i skazany na podstawie części 2 artykułu 19.11 Kodeksu wykroczeń administracyjnych Republiki Białorusi (Dystrybucja, produkcja, przechowywanie, przesyłanie produktów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promowanie takiej działalności), w związku z czym wszczęto przeciwko niemu postępowanie karne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
   </si>
   <si>
     <t>Irina Nikolaevna Klezovich</t>
   </si>
   <si>
     <t>5 maja 1966</t>
   </si>
   <si>
     <t>Zatrzymany w wyniku masowego nalotu sił bezpieczeństwa w dniach 23-24 stycznia 2024 r. na krewnych więźniów politycznych oraz osoby wysyłające paczki i listy do więźniów politycznych.
 Irina została osądzona jako „osoba, która dopuściła się czynu społecznie niebezpiecznego”. Oznacza to, że zgodnie z decyzją sądu należało zastosować wobec niej przymusowe leczenie. Jej proces odbył się 18 i 23 września 2024 r. Jej miejsce pobytu nie jest znane.</t>
   </si>
   <si>
     <t>Decyzja sądu 23.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
   </si>
   <si>
     <t>Vyacheslav Nikolaevich Kolousov</t>
   </si>
   <si>
     <t>5 maja 1984</t>
   </si>
   <si>
     <t>W dniu 15 czerwca 2023 roku został skazany z art. 205 (kradzież) na 2 lata i 6 miesięcy więzienia.
 W dniu 14 czerwca 2024 r. rozpoczął się proces karny z art. 342 Kodeksu karnego (Czynny udział w działaniach zbiorowych rażąco naruszających porządek publiczny ). Na tej podstawie sądzony jest Wiaczesław i osiem innych osób .
 Sumując wyroki w tej i poprzedniej sprawie karnej, ostatecznie skazano go na 3 lata maksymalnego zagrożenia bezpieczeństwa.</t>
   </si>
   <si>
     <t>Decyzja sądu 10.07.2024: 3 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
-    <t>Valery Valerievich Zhukov</t>
-[...13 lines deleted...]
-  <si>
     <t>Yury Slavomirovich Sergey</t>
   </si>
   <si>
     <t>6 maja 1988</t>
   </si>
   <si>
     <t>Jurij został aresztowany i skazany na podstawie kilku zarzutów, w tym nielegalnego posiadania broni białej. Wszystko zaczęło się od nagrania, na którym kierowca BMW bije mężczyznę z biało-czerwono-białą flagą. Wideo udostępniono w mediach społecznościowych i opublikowano adres kierowcy, Dmitrija Dawydiuka. Według śledczych, trzech mieszkańców Mińska postanowiło „dać nauczkę kierowcy”, przebijając opony jego samochodu.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 31.03.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary. Apelacja 20.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
   </si>
   <si>
-    <t>Sergei Aleksandrovich Pasyuk</t>
-[...34 lines deleted...]
-  <si>
     <t>Eugene Mikhailovich Pugach</t>
   </si>
   <si>
     <t>6 maja 1984</t>
   </si>
   <si>
     <t>representative of the Minsk startup hub "Imaguru". A graduate of the EHU Master's program "European Studies", after which he worked in a number of NGOs and the private sector with business. Created and developed startup ecosystems in Belarus.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
   </si>
   <si>
     <t>Decyzja sądu 03.12.2024: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-08-28 19:37:47</t>
   </si>
   <si>
     <t>Andrey Sergeevich Sachevko</t>
   </si>
   <si>
     <t>6 maja 1996</t>
   </si>
   <si>
     <t>Po raz pierwszy Andriej został zatrzymany przez GUBOPiK za umieszczanie materiałów „ekstremistycznych” na swoim profilu na VKontakte. Chodziło o nagranie wideo ze składania przysięgi Łukaszenki w 1994 r. pod biało-czerwono-białą flagą, które Sachevko udostępnił na stronie.
 Został skazany za udział w Marszach Grodzieńskich i komentarze na czacie.
 Mężczyzna nie przyznał się do winy, a jedynie potwierdził fakt pisania komentarzy w dniach 11 i 12 sierpnia 2020 r. Po obejrzeniu nagrań wideo z wydarzeń w mieście nie udało się potwierdzić udziału mężczyzny w Marszach Grodzieńskich.
 Okazało się, że w czerwcu 2022 r. przeprowadzono badania laboratoryjne i kryminalistyczne. Potwierdziła chorobę psychiczną Andrieja. Mimo to został skazany, a także wpisany na listę osób i organizacji zaangażowanych w działalność terrorystyczną.
 W sierpniu 2023 r. została przeniesiona do reżimu więziennego.</t>
   </si>
   <si>
     <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
+    <t>Alexander Vladimirovich Frantskevich</t>
+  </si>
+  <si>
+    <t>6 maja 1990</t>
+  </si>
+  <si>
+    <t>Działacz ruchu anarchistycznego Aleksander został zatrzymany 12 sierpnia 2020 r. i skazany na podstawie szeregu zarzutów karnych. Wcześniej, bo w 2010 roku, odbywał już wyrok w „sprawie anarchistycznej”.
+W 2022 roku został skazany na 17 lat więzienia, a w lutym 2023 roku Sąd Najwyższy obniżył karę o 3 miesiące.
+W czerwcu 2024 r. Aleksandrowi ponownie postawiono zarzuty „złośliwego nieposłuszeństwa wobec wymagań władz kolonii” i skazano go na kolejny rok więzienia.
+W lipcu 2024 r. jego matka, Tatiana Franckiewicz, została zatrzymana pod zarzutem „udziału w grupie ekstremistycznej”. Razem z nią zatrzymano jej siostrę Natalię Lobatsevich, matkę byłego więźnia politycznego Ilji Lobatsevicha.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Decyzja sądu 06.09.2022: 17 lata więzienia w kolonii o zaostrzonym rygorze, 700 jednostek bazowych kary, około 1200 ruble odszkodowania. Apelacja 28.02.2023: 16 lata 9 miesiące więzienia w kolonii o zaostrzonym rygorze, 700 jednostek bazowych kary, około 1200 ruble odszkodowania. Decyzja sądu 24.06.2024: 1 rok więzienia w kolonii o zaostrzonym rygorze. Apelacja 24.09.2024: nieznany. Sąd zmiany reżimu 05.08.2025: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:21:02</t>
+  </si>
+  <si>
+    <t>Alexander Mikhailovich Sharabaiko</t>
+  </si>
+  <si>
+    <t>7 maja 1971</t>
+  </si>
+  <si>
+    <t>Kulturysta, lokalny historyk Wcześniej zatrzymano mężczyznę za udział w protestach. 16 marca 2023 roku został aresztowany za „rozpowszechnianie materiałów ekstremistycznych” i skazany na 10 dni. Mężczyzna nie pojawił się i został przewieziony do Aresztu Śledczego. Pierwotny zarzut dotyczył znieważenia Łukaszenki.
+W maju 2024 r. został przeniesiony do aresztu śledczego w związku z nową sprawą karną, a jego proces rozpoczął się na nowo 7 maja 2024 r. Oprócz niego w sprawę zaangażowani byli także Andrei Stabulyanets i Denis Tsybulsky, który został skazany rok temu za udział w protestach w Mińsku (art. 342 kk).</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.09.2023: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 17.11.2023: nieznany. Decyzja sądu 05.06.2024: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-03-26 23:12:21</t>
+  </si>
+  <si>
     <t>Dmitriy Ivanovich Lapets</t>
   </si>
   <si>
     <t>7 maja 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 Wiadomo, że został zatrzymany za udział w protestach w 2020 r., prezentując zdjęcie z jednego z marszów.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
     <t>Michael Anatolyevich Tarasevich</t>
   </si>
   <si>
     <t>7 maja 1976</t>
   </si>
   <si>
     <t>Oprócz kary pozbawienia wolności, Michaił został zobowiązany do zapłaty zadośćuczynienia za szkody moralne ofiar i szkody „wyrządzone przez przystanek komunikacji miejskiej” w wysokości 49 000 rubli, czyli prawie 20 000 dolarów.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>2022-11-19 00:34:39</t>
   </si>
   <si>
-    <t>Alexander Mikhailovich Sharabaiko</t>
-[...17 lines deleted...]
-  <si>
     <t>Alexander Evgenievich Sezen</t>
   </si>
   <si>
     <t>8 maja 1970</t>
   </si>
   <si>
     <t>13 listopada zatrzymano Aleksandra Sezena. Przeszukano jego mieszkanie w kamienicy przy ulicy Gorbatowa. Według niektórych doniesień przeszukanie przeprowadzono także później w nocy, kiedy sam Sezen, który ma poważne problemy zdrowotne, przebywał w szpitalu. Na razie nie wiadomo, o co go oskarżą.
 Aleksander był wielokrotnie zatrzymywany przez policję jeszcze przed 2020 rokiem, toczył spory sądowe z różnymi agencjami rządowymi i pisywał skargi.</t>
   </si>
   <si>
-    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 12.06.2025: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
-    <t>Nikolay Ivanovich Snytko</t>
-[...27 lines deleted...]
-    <t>2022-12-06 21:04:39</t>
+    <t>Sergey Vladimirovich Vasyukevich</t>
+  </si>
+  <si>
+    <t>8 maja 1983</t>
+  </si>
+  <si>
+    <t>Przez ostatnie 11 lat Siergiej był zastępcą dyrektora ds. handlu w moskiewskim oddziale Izokom Plast.
+Dla regionu Diatłowa grupa firm Izokom i Izokom Plast jest ważnym zakładem. Przedsiębiorstwo wyrosło z opuszczonej fabryki szkieletowej i rozrosło się do giganta, zatrudniającego 270 osób – znaczną liczbę jak na ośrodek regionalny.
+Produkują elastyczne rury izolowane, które są eksportowane do Rosji i wykorzystywane w programach rządowych. W 2025 roku, gdy Siergiej był już objęty śledztwem, firma otrzymała nagrodę „Lidera Efektywności Energetycznej”.</t>
+  </si>
+  <si>
+    <t>2026-01-27 21:04:19</t>
   </si>
   <si>
     <t>Maksim Sergeevich Drobnitsa</t>
   </si>
   <si>
     <t>9 maja 2001</t>
   </si>
   <si>
     <t>22-letni mieszkaniec Swietłogorska. Maxim jest sądzony „za organizowanie działalności organizacji terrorystycznej i udział w działalności takiej organizacji”. Maksyma uznano za winnego przyłączenia się do „formacji ekstremistycznej” (plan „Zwycięstwa”) i planowania wysadzenia linii kolejowej w obwodzie swietłogorskim. W państwowej publikacji napisano, że aby powstrzymać wojnę na Ukrainie, miniatura „była gotowa zrobić wszystko”. Kiedy facet przybył na stację kolejową, wpadł w zasadzkę sił bezpieczeństwa i został zatrzymany.
 Agencje rządowe nie poinformowały nic w tej sprawie. Proces jest zamknięty.
 W dniu 19 września 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>8 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
-    <t>Alexander Petrovich Gorshunov</t>
-[...11 lines deleted...]
-    <t>2025-05-26 01:52:20</t>
+    <t>Evgeniy Valerievich Burlo</t>
+  </si>
+  <si>
+    <t>9 maja 1991</t>
+  </si>
+  <si>
+    <t>Muzyk grupy TOR BAND został zatrzymany wraz z Dmitrijem Golovachem, zatrzymano także ich żony. Żona Golovacha została ukarana grzywną, żona Burlo - areszt administracyjny.
+Pod koniec listopada 2022 roku Dmitrij i Jewgienij zostali skazani po raz trzeci na 15 dni. TOR BAND stał się popularnym zespołem na Białorusi po protestach w 2020 roku. Wiele piosenek stało się hitami na różnych platformach. Produkty informacyjne, portale społecznościowe i logo grupy TOR BAND zostały uznane za „ekstremistyczne”, podobnie jak ich piosenki wymienione powyżej.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>8 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
+  </si>
+  <si>
+    <t>2022-12-06 21:04:39</t>
   </si>
   <si>
     <t>Ivan Alexandrovich Zenko</t>
   </si>
   <si>
     <t>10 maja 1982</t>
   </si>
   <si>
     <t>Indywidualny przedsiębiorca został zatrzymany i skazany pod trzema zarzutami karnymi za udział w zdarzeniu, które miało miejsce podczas rozproszenia ludności w dniu 11 października 2020 r. w pobliżu stacji metra Puszkinskaja.
 W kwietniu 2022 r. Iwan został ponownie skazany za udział w proteście, ale nie miało to wpływu na prawomocny wyrok. Jednak w listopadzie tego samego roku skazano go na kolejny rok więzienia, skazany za „nieposłuszeństwo wymaganiom administracji zakładu karnego”.
 We wrześniu 2023 roku został skazany na dodatkowe 3 lata więzienia za „przemoc wobec urzędnika”.
 W marcu 2024 r. został przeniesiony do więzienia na 3 lata.</t>
   </si>
   <si>
-    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 02.04.2021: 5 lata więzienia w kolonii na warunkach ogólnych, około 28000 ruble odszkodowania. Decyzja sądu 07.04.2022: 2 roku więzienia w kolonii na warunkach ogólnych. Decyzja sądu 09.11.2022: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja 09.02.2023: wyrok został podtrzymany. Decyzja sądu 14.09.2023: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.12.2023: wyrok został podtrzymany. Sąd zmiany reżimu 12.03.2024: 3 roku więzienia.</t>
+    <t>Decyzja sądu 02.04.2021: 5 lata więzienia w kolonii na warunkach ogólnych, około 28000 ruble odszkodowania. Decyzja sądu 07.04.2022: 2 roku więzienia w kolonii na warunkach ogólnych. Decyzja sądu 09.11.2022: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja 09.02.2023: wyrok został podtrzymany. Decyzja sądu 14.09.2023: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.12.2023: wyrok został podtrzymany. Sąd zmiany reżimu 12.03.2024: 3 roku więzienia. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii o zaostrzonym rygorze. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
-    <t>Andrey Nikolaevich Loboda</t>
-[...12 lines deleted...]
-    <t>2024-10-10 22:41:30</t>
+    <t>Alexander Petrovich Gorshunov</t>
+  </si>
+  <si>
+    <t>10 maja 1979</t>
+  </si>
+  <si>
+    <t>Pracował jako programista w mińskich zakładach „Atlant”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.03.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-05-26 01:52:20</t>
   </si>
   <si>
     <t>Oleg Valerievich Kekukh</t>
   </si>
   <si>
     <t>11 maja 1983</t>
   </si>
   <si>
     <t>Latem 2023 roku odbył się proces o zaostrzenie wyroku Olega. Po wyroku sądu apelacyjnego 5 września 2023 roku Oleg został przeniesiony do kolonii.</t>
   </si>
   <si>
     <t>3 lata ograniczenia wolności z przeniesieniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
   </si>
   <si>
-    <t>Rostislav Olegovich Stefanovich</t>
-[...11 lines deleted...]
-    <t>2021-02-26 21:12:27</t>
+    <t>Vladislav Vladimirovich Nastyushkin</t>
+  </si>
+  <si>
+    <t>12 maja 1996</t>
+  </si>
+  <si>
+    <t>28 lat, najpierw ukończył studia na kierunku technik oprogramowania, następnie studiował na BarSU (Baranowiczski Uniwersytet Państwowy). W niektórych sieciach społecznościowych jako aktualne miasto podawany jest Brześć, w innych Kobryń. Yandex.Services oferuje usługi tworzenia stron internetowych i naprawy komputerów w Brześciu i Kobryniu. Transmisja gier na PC na kanale Dog Chain w serwisie YouTube.Na razie nie wiadomo, za jakie konkretnie protesty Władysław został osądzony. Sądząc jednak z artykułu i faktu, że proces odbywa się w Kobryniu, jest to prawie na pewno proces za protesty w Kobryniu, które miały miejsce po wyborach 9 sierpnia 2020 r.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.11.2024: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 28.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-02 15:58:45</t>
   </si>
   <si>
     <t>Eric Erikovich Kolosovsky</t>
   </si>
   <si>
     <t>12 maja 2000</t>
   </si>
   <si>
     <t>Zatrzymany wraz z innymi młodymi ludźmi w Baranowiczach (koniec grudnia 2023 r.).
 A służba prasowa sądu ogłosiła wyrok (bez podawania nazwisk, ale okoliczności pasują do tej grupy osób). Krótko przedstawiono istotę zarzutów: przebywali na jezdni w Baranowiczach, wykrzykiwali hasła, wywieszali biało-czerwono-białe flagi, „celowo utrudniając ruch oraz normalne funkcjonowanie przedsiębiorstw i organizacji”. Dokładna data protestów nie jest nawet wskazana, nazywa się ją po prostu „sierpieniem 2020”.
 Tym samym w 2024 r. za protesty z sierpnia 2020 r. skazano już 25 mieszkańców Baranowicz. Wszyscy zostali skazani na kolonię karną od 1 do 3 lat (wyjątkiem był przypadek kobiety z dzieckiem do lat 3, która została skazana na karę w zawieszeniu).</t>
   </si>
   <si>
     <t>Decyzja sądu 31.05.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 09.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
     <t>Eugene Vladimirovich Filippovich</t>
   </si>
   <si>
     <t>12 maja 1997</t>
   </si>
   <si>
     <t>Zgodnie z aktem oskarżenia, w marcu 2021 r. Jewgienij miał „przelać 29,35 euro na konto bankowe używane przez przedstawicieli BYPOL za pośrednictwem internetu i PayPala w celu wspierania działalności ekstremistycznej”.</t>
   </si>
   <si>
     <t>IUOT-43, 212003, Mohylew, ul. Czeluskincew, 76A</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Decyzja sądu 06.12.2023: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2023-12-27 14:53:00</t>
   </si>
   <si>
+    <t>Rostislav Olegovich Stefanovich</t>
+  </si>
+  <si>
+    <t>12 maja 1988</t>
+  </si>
+  <si>
+    <t>Członek rozszerzonej Rady Koordynacyjnej został zatrzymany 29 września 2020 r. w związku z masowymi zamieszkami, pobity przez policję i oskarżony o udział w „radykalnych” kanałach telegramowych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
+  </si>
+  <si>
     <t>Nikita Mikhailovich Zolotоrev</t>
   </si>
   <si>
     <t>12 maja 2004</t>
   </si>
   <si>
     <t>Według śledczych Nikita został zatrzymany i skazany za rzucenie koktajlem Mołotowa w stronę personelu wojskowego w dniu 10 sierpnia 2020 r. Prokuratura zarzuciła, że butelki zostały ukryte i przekazane mu przez Leonida Kowalowa z propozycją podpalenia budynku, autobusu lub wozu ryżowego. Nikita odmówił składania zeznań, nie przyznał się do winy i zeznał, że w areszcie śledczym przebywał pod presją fizyczną i psychiczną. W chwili aresztowania miał 16 lat i cierpiał na epilepsję.
 W lipcu 2021 roku został ponownie skazany na podstawie artykułu „Przemoc lub groźba użycia przemocy” za incydent z udziałem pracowników Aresztu Śledczego. W czerwcu 2022 roku Nikita po ukończeniu 18 lat został przeniesiony do kolonii dla dorosłych, a w sierpniu tego samego roku kara została zaostrzona, trafiając do więzienia.
 W lipcu 2024 r. toczył się proces więźnia politycznego za „złośliwe nieposłuszeństwo wobec administracji kolonii”, co często odnosiło się do więźniów odmawiających współpracy z administracją.</t>
   </si>
   <si>
     <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Decyzja sądu 22.02.2021: 6 lata więzienia w kolonii poprawczej na warunkach ogólnych. Apelacja 23.04.2021: wyrok został podtrzymany. Decyzja sądu 14.07.2021: 1 rok 6 miesiące więzienia w kolonii poprawczej na warunkach ogólnych, 1000 ruble odszkodowania. Sąd zmiany reżimu 21.06.2022: reżim więzienny do końca kary. Decyzja sądu 11.07.2024: nieznany lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 15.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-02-28 02:14:22</t>
   </si>
   <si>
+    <t>Eugene Alexandrovich Belkevich</t>
+  </si>
+  <si>
+    <t>13 maja 1975</t>
+  </si>
+  <si>
+    <t>W dniu 13.02.2025 r. został skazany na podstawie artykułu administracyjnego (część 2 artykułu 10.1 Kodeksu wykroczeń administracyjnych Republiki Białorusi - Umyślne spowodowanie obrażeń ciała i inne działania z użyciem przemocy lub naruszenie nakazu ochrony), w związku z czym wszczęto postępowanie karne.</t>
+  </si>
+  <si>
+    <t>SIZO-6, ul. Baranowicze Brestskaja 258 V, 225413</t>
+  </si>
+  <si>
+    <t>2025-06-02 23:55:41</t>
+  </si>
+  <si>
     <t>Sergey Yuryevich Gorlov</t>
   </si>
   <si>
     <t>13 maja 1979</t>
   </si>
   <si>
     <t>Siergiej został zatrzymany w lutym 2024 r. Najpierw dostał dzień za „rozpowszechnianie materiałów ekstremistycznych”, a następnie wszczęto sprawę karną i przekazano go do aresztu śledczego. Pewnie chodzi o komentarze. Siergiejowi grozi od czterech do dwunastu lat więzienia.Hobby Siergieja to muzyka. W latach 2000-tych grał w grupie „Leśne Radio”. Brał udział w kilku innych projektach, tłumaczył piosenki zagraniczne na język białoruski.
 Siergiej Jurjewicz Gorłow studiował na Państwowym Uniwersytecie Lingwistycznym w Mińsku, a później ukończył Europejski Uniwersytet Humanistyczny. Pracowała jako tłumaczka i korepetytorka języka angielskiego. Jego ostatnim znanym miejscem pracy był Instytut Sacharowa w Mińsku.</t>
   </si>
   <si>
-    <t>Decyzja sądu 09.12.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Decyzja sądu 09.12.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
   </si>
   <si>
-    <t>Eugene Alexandrovich Belkevich</t>
-[...11 lines deleted...]
-    <t>2025-06-02 23:55:41</t>
+    <t>Anatoly Anatolevich Starosvetskii</t>
+  </si>
+  <si>
+    <t>14 maja 1990</t>
+  </si>
+  <si>
+    <t>Były mąż więźniarki politycznej Witalii Bondarenko. Zatrzymano go po krótkim spotkaniu z Witalią, tuż przy wyjściu z kolonii, a następnie umieszczono go w Areszcie Tymczasowym w Homlu, po czym przekazano go do Aresztu Śledczego nr 3.
+W dniu 4 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.03.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.06.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
+    <t>Sergey Danilovich Mityushkin</t>
+  </si>
+  <si>
+    <t>14 maja 1969</t>
+  </si>
+  <si>
+    <t>Rzemieślnik z Baranowicz, Siergiej, został aresztowany w lutym 2025 roku. Początkowo skazano go na 24 godziny więzienia na podstawie artykułu 19.11 Kodeksu wykroczeń administracyjnych, a następnie oskarżono na podstawie artykułu 188 Kodeksu karnego Republiki Białorusi.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
+  </si>
+  <si>
+    <t>2025-10-16 18:32:46</t>
+  </si>
+  <si>
+    <t>Dmitry Pavlovich Kapuza</t>
+  </si>
+  <si>
+    <t>14 maja 1989</t>
+  </si>
+  <si>
+    <t>Dmitrij i Olga Kapuzy, lat 36, zostali zatrzymani 16 stycznia 2024 roku. Para pochodzi z rejonu drohiczyńskiego i mieszkała w pobliżu granicy białorusko-ukraińskiej. Po ich zatrzymaniu telewizja państwowa wyemitowała film propagandowy „Czystka. Walka z sabotażystami i agentami ukraińskich służb specjalnych na Białorusi”, oskarżając ich o przemyt towarów z Ukrainy. Zatrzymano wówczas łącznie 12 osób. Według propagandy para rzekomo pracowała dla ukraińskich służb specjalnych. Twierdzono, że mieszkańcy rejonu drohiczyńskiego pomagali Służbie Bezpieczeństwa Ukrainy w przejmowaniu materiałów wybuchowych i tworzeniu kryjówek na Białorusi.
+Na nagraniu propagandowym widać, jak Dmitrij został postrzelony w udo podczas aresztowania. Później pokazano go poruszającego się o kulach. Brat Dmitrija został pobity w głowę przez funkcjonariuszy KGB zaraz po aresztowaniu.
+Jeden ze zwolnionych więźniów politycznych, który dzielił areszt z Kapuzą w Areszcie Śledczym nr 7, powiedział , że początkowo zarzuty postawiono na podstawie artykułu 289 Kodeksu Karnego Republiki Białorusi – terroryzm. Artykuł ten przewiduje jednak eksplozję , podpalenie lub inne działania stwarzające zagrożenie życia . Następnie KGB przekwalifikowało sprawę na artykuł 356 Kodeksu Karnego – „ zdrada stanu”. Jak sam Kapuza wyjaśnił współwięźniowi, posiadał dom we wsi Swaryń w rejonie drohiczyńskim, niedaleko granicy z Ukrainą. Przemycał tam bursztyn , papierosy i wódkę . Mógł przewozić towary bezpośrednio lub ukrywać je i transportować w częściach dla bezpieczeństwa. Podobno jeden z magazynów został odkryty przez KGB i podłożono tam ładunki wybuchowe. Kapuza dowiedział się o tym po aresztowaniu. Podczas aresztowania ludzie wyskoczyli z minibusa , podbiegli do jego samochodu, otworzyli drzwi i bez słowa postrzelili go dwa razy w nogę . Dmitrij otrzymał minimalną pomoc medyczną. Miał szczęście , że nie doszło do gangreny i że jego noga przeżyła. Dmitrij, który wówczas nie przyznał się do winy , został dotkliwie pobity, aby wymusić na nim przyznanie się do winy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 24 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-07-16 19:00:11</t>
+  </si>
+  <si>
+    <t>Pavel Anatolyevich Lashchenko</t>
+  </si>
+  <si>
+    <t>14 maja 1972</t>
+  </si>
+  <si>
+    <t>Biznesmen , szef firmy audytorskiej Ernst&amp;Young.
+Paweł został zatrzymany i umieszczony w areszcie śledczym pod zarzutem popełnienia jednego z artykułów politycznych. Wiadomo, że wszczęto postępowanie karne w sprawie wydarzeń z 2020 roku. W 2020 roku, w szczytowym momencie bicia obywateli przez policję, Laszczenko wysłał do szefów organów ścigania i agencji rządowych list , w którym wyraził wątpliwości co do liczb podawanych przez Jermoszynę, a także wezwał wszystkich do opamiętania się i powrotu do praworządności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:38:03</t>
   </si>
   <si>
     <t>Tatiana Gennadievna Kolos</t>
   </si>
   <si>
     <t>14 maja 1981</t>
   </si>
   <si>
     <t>Tatyana jest oskarżona o rzekome przekazanie jej danych osobowych do kanału telegramowego Czarnej Księgi Białorusi. 27 czerwca 2022 r. prorządowe kanały telegramowe poinformowały, że kobieta pracuje w jednej z państwowych spółek i ma dostęp do danych osobowych sił bezpieczeństwa. Przed procesem przebywała w areszcie domowym.</t>
   </si>
   <si>
     <t>6,5 roku więzienia</t>
   </si>
   <si>
     <t>2022-06-28 15:06:11</t>
+  </si>
+  <si>
+    <t>Alexey Andreevich Tkachuk</t>
+  </si>
+  <si>
+    <t>14 maja 1987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aleksiej został skazany na podstawie sfabrykowanych zarzutów posiadania amunicji treningowej. W sierpniu 2020 roku mężczyzna napisał list z rezygnacją z wojska i został zwolniony w listopadzie.
+Został zatrzymany w sprawie wywozu dokumentów Ministerstwa Obrony Republiki Białoruś. W trakcie śledztwa zostali skierowani do odrębnej sprawy karnej na podstawie części 2 art. 295 kk, ponieważ podczas przeszukania w mieszkaniu rzekomo znaleziono materiały wybuchowe.
+Sąd Miejski w Mińsku w sierpniu 2022 roku wydał wyrok. Aleksiej został również pozbawiony stopnia wojskowego i ukarany grzywną: 500 jednostek podstawowych. Proces odbył się za zamkniętymi drzwiami.
+</t>
+  </si>
+  <si>
+    <t>2022-12-04 01:33:09</t>
   </si>
   <si>
     <t>Anton Vladimirovich Kozelsky</t>
   </si>
   <si>
     <t>14 maja 1986</t>
   </si>
   <si>
     <t>Sądząc po sieciach społecznościowych, mężczyzna ma 38 lat. Wiadomo, że przez pewien czas mieszkał w Rosji, ale ostatnio w Mińsku. Mężczyzna ma żonę i dziecko.
 Kozelsky przez długi czas pracował jako operator w ONT. Przykładowo jeszcze w listopadzie 2022 r. uczył Departament Bezpieczeństwa MSW współpracy z mediami państwowymi. Ostatni raport Kozelskiego ukazał się w październiku 2023 roku.
 Nie wiadomo dokładnie, kiedy operator został zatrzymany, ale stało się to ponad pół roku temu.
 Problem może leżeć w komentarzach, które zostawił w telegramie. Anton często komentował w różnych grupach politycznych, ale sam usunął te komentarze. Można je znaleźć jedynie pośrednio, poprzez odpowiedzi innych użytkowników i ślady mężczyzn w grupach.
 W dniu 13 sierpnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
-    <t>3 lata więzienia w kolonii</t>
+    <t>Decyzja sądu 28.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
-  </si>
-[...90 lines deleted...]
-    <t>2022-10-03 15:45:01</t>
   </si>
   <si>
     <t>Victor Aleksandrovich Savashevich</t>
   </si>
   <si>
     <t>15 maja 1982</t>
   </si>
   <si>
     <t>Mężczyzna został oskarżony o utworzenie i prowadzenie kanału w telegramie „23.34”, który zawierał informacje o białoruskich sędziach.
 Viktor został również oskarżony o „współudział w celowych działaniach administratorów i członków szeregu innych destrukcyjnych kanałów Telegramu, mających na celu podżeganie do nienawiści społecznej i niezgody na podstawie innej przynależności społecznej i pociągających za sobą poważne konsekwencje”, według kanału Telegram z Prokuratury Generalnej.</t>
   </si>
   <si>
     <t>11 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
+  </si>
+  <si>
+    <t>Yuri Anatolyevich Garkach</t>
+  </si>
+  <si>
+    <t>15 maja 1977</t>
+  </si>
+  <si>
+    <t>Podpułkownik KGB, zastępca dowódcy oddziału „A” KGB Republiki Białorusi. W sierpniu 2020 r. stanął na czele Stowarzyszenia Weteranów Grupy A, w imieniu którego podpisał apel potępiający przemoc i represje. Jesienią 2020 roku został zatrzymany przez funkcjonariuszy KGB i osadzony w areszcie. Sprawa karna ma klauzulę „tajna”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.12.2022: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
+  </si>
+  <si>
+    <t>Timur Aleksandrovich Lazko</t>
+  </si>
+  <si>
+    <t>15 maja 1983</t>
+  </si>
+  <si>
+    <t>2 lutego 2024 r. kanał telegramowy zbliżony do Brześcia GUBOPiK opublikował wideo wyrażające skruchę z Timurem Łozką.Na nagraniu siły bezpieczeństwa pokazały, jak do domu wpadli mężczyźni z tarczami i bronią, w pełnym mundurze. Następnie pojawia się materiał, na którym Timur Aleksandrowicz z rękami założonymi za plecami mówi, że znaleziono go z subskrypcjami Nechty i że przekazał także datki temu kanałowi telegramowemu. Mężczyzna twierdzi też, że pracuje w Lode jako anestezjolog i resuscytator.W Internecie można znaleźć informację, że Łozko został zatrzymany już w październiku 2020 r. (w ramach solidarności z nim inni lekarze w Brześciu wyszli protestować z napisem „Ja/my jesteśmy Timur”). Z kolei podczas referendum w lutym 2022 roku został ponownie zatrzymany i zgodnie z art. 24.23 Kodeksu wykroczeń administracyjnych „Nielegalne pikiety” odbył najpierw karę w schronisku, a następnie otrzymał karę grzywny w wysokości 50 b.v.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.08.2024: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 50 jednostek bazowych kary. Apelacja 01.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-03 12:54:26</t>
   </si>
   <si>
     <t>Dmitry Mikhailovich Sonchik</t>
   </si>
   <si>
     <t>15 maja 1984</t>
   </si>
   <si>
     <t>Wiadomo, że Sonchik przez długi czas pracował jako kierowca, a ostatnio jako kierowca ciężarówki. Dmitry interesuje się sportami motorowymi i radiem amatorskim.
 Film z Sonchikiem ukazał się 7 maja 2024 r. na kanale GUBOPiK; został zatrzymany po powrocie z zagranicy. W telegramie zasypywali go komentarzami, twierdząc, że pozostawił ich ponad tysiąc.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.01.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-12-19 16:37:31</t>
   </si>
   <si>
     <t>Vladimir Alekseevich Dudarev</t>
   </si>
   <si>
     <t>16 maja 1977</t>
   </si>
   <si>
     <t>W 2020 roku Władimir koordynował grupę regionalną Wiktora Babariko. Po ukończeniu Politechniki Mohylewskiej w 2001 roku pracował w Komitecie Wykonawczym Miasta Mohylew, a w 2018 roku został jego zastępcą odpowiedzialnym za budownictwo oraz mieszkalnictwo i usługi komunalne. W październiku 2019 odszedł ze stanowiska.
@@ -822,556 +828,480 @@
   </si>
   <si>
     <t>Decyzja sądu 20.09.2021: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Polivko</t>
   </si>
   <si>
     <t>16 maja 1987</t>
   </si>
   <si>
     <t>Zatrzymany za komentarze na portalach społecznościowych. Aleksander jest oskarżony o „ekstremistyczne wezwania podżegające do nienawiści społecznej” i „obrażanie urzędników państwowych”. Prorządowy kanał Telegram pokazał zrzuty ekranu z wiadomościami dotyczącymi Poliwki. Na przykład: „Kolaboranci i niewolnicy, obrzydliwie jest to oglądać! Żeby wszyscy się wściekli i przebili tego wąsatego faszystę”.
 Tym samym, zdaniem prokuratury, 14 czerwca 2021 r. pod publikacją telegramu „Białoruś Mózgu” Aleksander napisał wiadomość, w której poinformował, że kiedyś pracował w rezydencji Łukaszenki, a jeden z jego kolegów opowiadał o jego rozmowa z ochroniarzem Łukaszenki. A według strażnika Łukaszenka osobiście, z powodu błędów strażnika, mógł ich ustawić w rzędzie i „przebić sklejkę” (uderzyć z całej siły w klatkę piersiową lub brzuch, tak aby osoba pochyliła się z taki cios). Podobno komentarz ten znalazł się pod postem zatytułowanym „BYPOL: Roman Protasevich został osobiście pobity przez dyktatora” (wszystkie komentarze pod postem zostały w tej chwili usunięte). Na procesie Polivko został poproszony o podanie nazwiska, jaki kolega opowiedział taką historię – mężczyzna nie pamiętał jednak ani jego imienia, ani innych danych osobowych, ponieważ. pracował w rezydencji bardzo długo, około 2008-2009. Jednak znalezienie byłego kolegi na podstawie dokumentów byłoby nierealne, bo... pracowali bez oficjalnego zatrudnienia. Został także skazany za kolejne 4 komentarze na podstawie różnych artykułów Kodeksu karnego Republiki Białorusi.
 Mężczyzna pozostawił dwójkę małoletnich dzieci (mają 14 i 4 lata).</t>
   </si>
   <si>
     <t>Decyzja sądu 04.03.2024: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
   </si>
   <si>
-    <t>Nikita Andreevich Jachimovich</t>
-[...13 lines deleted...]
-  <si>
     <t>Basil Vasilevich Prokhorov</t>
   </si>
   <si>
     <t>18 maja 1969</t>
   </si>
   <si>
     <t>Został zatrzymany wraz z całą rodziną (żona, córka, syn) pod zarzutem „zdrady”. Córka najwyraźniej została później zwolniona. Wasilij Prochorow ma 54 lata. Pochodzi z miasta Czarnobyl, w którym znajdowała się słynna elektrownia atomowa. Wiadomo, że został ranny w wypadku w Czarnobylu. Prochorow służył w oddziałach powietrzno-desantowych. Następnie pracował na budowach i dorabiał jako przewoźnik ładunków, a także pisał mały blog.
 Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.
 Rodzina Prochorowów przez długi czas mieszkała we wsi Grabówka w obwodzie homelskim. W chwili aresztowania mieszkali we wsi Uza w obwodzie homelskim, dokąd przenieśli się dwa lata temu.</t>
   </si>
   <si>
-    <t>Decyzja sądu 20.05.2024: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany.</t>
+    <t>Decyzja sądu 20.05.2024: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
   </si>
   <si>
     <t>Nikolay Petrovich Demchenko</t>
   </si>
   <si>
     <t>19 maja 1988</t>
   </si>
   <si>
     <t>Decyzja sądu 30.09.2024: nieznany. Apelacja 10.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-06 18:18:11</t>
   </si>
   <si>
     <t>Yuriy Vladimirovich Selvich</t>
   </si>
   <si>
     <t>19 maja 1977</t>
   </si>
   <si>
     <t>17 marca 2022 roku KGB poinformowało o aresztowaniu grupy Białorusinów, którzy przygotowywali atak terrorystyczny na wojska rosyjskie w rejonie Mozyrza.
 Według śledztwaSiergiej Pleszkun i Jurij Selwicz planowali zniszczyć sprzęt wojskowy Federacji Rosyjskiej, który przemieszczał się przez terytorium obwodu mozyrskiego. W tym celu przygotowali koktajle Mołotowa.
 Z nagrania BT wynika, że Mozyrowie byli ściśle monitorowani: pokazali materiał z ukrytej kamery w garażu, gdzie mężczyźni omawiają swoje plany. Na taśmie rozmawiają o perspektywie zniszczenia kolei.
 Proces odbył się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>14 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
+    <t>Sergey Ivanovich Belsky</t>
+  </si>
+  <si>
+    <t>20 maja 1982</t>
+  </si>
+  <si>
+    <t>Będąc pijany, nie kupił biletu na trolejbus i obrzucił prezydenta nieprzyzwoitymi słowami. Kontroler wezwał policję, a Siergiej został zatrzymany.</t>
+  </si>
+  <si>
+    <t>2,6 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:46:46</t>
+  </si>
+  <si>
     <t>Alexey Gennadievich Melnikov</t>
   </si>
   <si>
     <t>20 maja 1991</t>
   </si>
   <si>
     <t>Aleksiej został zatrzymany 4 grudnia 2020 r. w ramach sprawy karnej dotyczącej masowych niepokojów i skazany za udział w proteście, który odbył się w sierpniu 2020 r. w pobliżu centrum handlowego w Rydze w Mińsku.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.03.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 04.10.2021: około 1340 ruble odszkodowania. Decyzja sądu 19.10.2021: około 1600 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-26 22:30:24</t>
   </si>
   <si>
     <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>8 października Gleb Panasiuk opuścił Polskę, gdzie mieszkał i pracował przez ostatnie kilka lat, i udał się do rodzinnego Swietłogorska, aby odwiedzić rodziców. 9 października zadzwonił z Brześcia do znajomych w Polsce, aby powiedzieć, że przekroczył granicę i wkrótce wsiada do pociągu do Swietłogorska. Jednak po tym zdarzeniu kontakt z młodym mężczyzną urwał się .
 Jak się okazuje, Gleb odbywał karę w areszcie tymczasowym w Homlu z powodu zarzutów administracyjnych, po czym został przeniesiony do aresztu śledczego nr 1 i oskarżony o popełnienie przestępstwa. Aktywiści praw człowieka mają informacje, że jego uwięzienie ma podłoże polityczne.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
     <t>Igor Vladimirovich Brodko</t>
   </si>
   <si>
     <t>20 maja 1983</t>
   </si>
   <si>
     <t>Igor pochodzi ze Smilowicz (rejon czerwieński), ale od dawna mieszkał w Witebsku. Z byłą żoną ma małoletnie dziecko. Igor przez wiele lat pracował jako ratownik. Następnie pracował jako kierowca, świadcząc usługi transportowe i taksówkarskie. Brodko zniknął z mediów społecznościowych i komunikatorów po lutym 2025 roku. Prawdopodobnie został wtedy zatrzymany.</t>
   </si>
   <si>
     <t>2025-10-18 16:48:50</t>
   </si>
   <si>
-    <t>Sergey Ivanovich Belsky</t>
-[...32 lines deleted...]
-  <si>
     <t>Anton Alexandrovich Ilyin</t>
   </si>
   <si>
     <t>20 maja 1987</t>
   </si>
   <si>
     <t>Decyzja sądu 12.12.2024: 6 lata więzienia w kolonii w specjalnych warunkach reżimu. Apelacja 19.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-12-02 18:16:42</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Astapchik</t>
-[...11 lines deleted...]
-    <t>2022-08-01 23:54:15</t>
+    <t>Vladimir Vladimirovich Korotkiy</t>
+  </si>
+  <si>
+    <t>22 maja 1984</t>
+  </si>
+  <si>
+    <t>Mężczyzna został oskarżony o zerwanie w stanie pijanym czerwono-zielonej flagi z budynku sklepu w mieście. W pełni przyznał się do swojej winy.
+Mieszkaniec miasta był już sądzony już dziewięć razy. Oprócz więzienia Władimirowi przepisano obowiązkowe leczenie alkoholizmu.</t>
+  </si>
+  <si>
+    <t>2 lata więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2024-05-03 14:59:28</t>
   </si>
   <si>
     <t>Nikolay Albinovich Vitkovsky</t>
   </si>
   <si>
     <t>22 maja 1967</t>
   </si>
   <si>
     <t>Nikołaja stale zatrzymywano za wykroczenia administracyjne.
 We wrześniu 2025 roku został aresztowany pod zarzutem popełnienia przestępstwa. Oskarżono go o zdradę stanu.</t>
   </si>
   <si>
     <t>2022-04-05 00:41:34</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Korotkiy</t>
-[...27 lines deleted...]
-    <t>2021-02-27 01:35:27</t>
+    <t>Anton Iosifovich Ravan</t>
+  </si>
+  <si>
+    <t>22 maja 1985</t>
+  </si>
+  <si>
+    <t>Anton został skazany za swoje komentarze, podobnie jak w „sprawie Gayuna”.
+Anton ma dwójkę małoletnich dzieci i jest jedynym żywicielem rodziny, ponieważ jego żona przebywa na urlopie macierzyńskim.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.10.2025: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-11-12 14:49:09</t>
+  </si>
+  <si>
+    <t>Andrey Vitalievich Verevkin</t>
+  </si>
+  <si>
+    <t>23 maja 1991</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Victoria Valentinovna Domostoy</t>
   </si>
   <si>
     <t>24 maja 1979</t>
   </si>
   <si>
     <t>Po raz pierwszy została zatrzymana przez KGB pod koniec stycznia 2024 r. (w okresie masowych zatrzymań krewnych i znajomych więźniów politycznych) za pisanie listów i przelewanie pieniędzy na konta więźniów politycznych przebywających w Areszcie Śledczym nr . Następnie wszczęto przeciwko niej sprawę karną z art. 361-2 (finansowanie działalności ekstremistycznej), ale kobiety nie zatrzymano.
 W trakcie przeszukania skonfiskowano jej sprzęt i pieniądze. Po zbadaniu tej techniki rzekomo odkryto niechciane komentarze w sieciach społecznościowych, po czym je zbadano. Po otrzymaniu wyników badań, w dniu 20 kwietnia 2024 r. Wiktoria została ponownie zatrzymana i umieszczona w Areszcie Śledczym, a następnie w Areszcie Śledczym.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.01.2025: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Alexander Viktorovich Korzyuk</t>
   </si>
   <si>
     <t>25 maja 1968</t>
   </si>
   <si>
     <t>Do niedawna Aleksander Korzyuk kierował Departamentem Finansów Mieszkalnictwa i Usług Komunalnych, Transportu i Łączności w Ministerstwie Finansów. Nigdy nie udzielił publicznego wywiadu. Wiadomo jedynie, że jest dobrym szachistą.
 Rozprawa odbyła się za zamkniętymi drzwiami.
 Według byłych więźniów politycznych, którzy odsiadywali wyroki w tej samej kolonii karnej co Aleksander, został on uznany za osobę skłonną do ekstremizmu i pozbawiony paczek oraz możliwości odwiedzin rodziny. Nie przyznał się do winy.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.07.2024: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 20.12.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
+    <t>Olga Olegovna Oleshkevich</t>
+  </si>
+  <si>
+    <t>25 maja 1984</t>
+  </si>
+  <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:24:35</t>
+  </si>
+  <si>
     <t>Sergei Nikolaevich Leonyuk</t>
   </si>
   <si>
     <t>25 maja 1971</t>
   </si>
   <si>
     <t>Zatrzymany za komentarze na portalach społecznościowych.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.09.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.11.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-02-08 02:03:58</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-02-27 23:46:35</t>
   </si>
   <si>
     <t>Vadim Vladimirovich Lutsevich</t>
   </si>
   <si>
     <t>26 maja 1992</t>
   </si>
   <si>
     <t>Wysoko wykwalifikowany specjalista IT.
 Ojciec dwójki dzieci w wieku 8 i 6 lat.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 03.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly Adygezalov</t>
+  </si>
+  <si>
+    <t>26 maja 1978</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly został zatrzymany i skazany za podpalenie twierdzy w Bobrujsku.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.03.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 1740 ruble odszkodowania.</t>
+  </si>
+  <si>
+    <t>2021-03-12 20:57:51</t>
+  </si>
+  <si>
+    <t>Ilya Olegovych Naryshkin</t>
+  </si>
+  <si>
+    <t>27 maja 2003</t>
+  </si>
+  <si>
+    <t>Ilja Naryszkin ma 21 lat. Pochodzi ze Słonima, ale część dzieciństwa spędził w Grodnie. Ojciec Ilyi jest Ukraińcem, urodzonym w Krzywym Rogu. W czasach sowieckich ukończył szkołę lotniczą, ale pracował jako inżynier mechanik w różnych krajach. Od bardzo dawna nie mieszkali razem z matką faceta.
+Ilya wstąpiła do Akademii Ministerstwa Spraw Wewnętrznych. Teraz powinien był ukończyć trzeci rok na Wydziale Karnym. Wiadomo, że w czasie studiów prowadził aktywne życie – występował w różnych konkursach, a nawet brał udział w intelektualnej grze telewizji Białoruś-2 „Wieża”. Najnowsze informacje publiczne na jego temat pochodzą z marca 2023 roku.
+Być może 21-letni Ilja Naryszkin chciał dołączyć do białoruskich wolontariuszy na Ukrainie. Zarzuty, które ostatnio mu postawiono, najczęściej służyły osądzeniu osób, które wyraziły chęć wyjazdu na wojnę po stronie Ukrainy, niezależnie od tego, czy wyraziły to w Internecie, czy offline. Część z tych osób korespondowała z fałszywymi botami pułku Kalinowskiego, stworzonymi przez służby specjalne Republiki Białorusi.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.08.2024: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2024-07-10 15:36:04</t>
   </si>
   <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
     <t>27 maja 1961</t>
   </si>
   <si>
     <t>Został zatrzymany przez policję 19 października 2023 r. Po aresztowaniu odbył dwa areszty administracyjne po 15 dni każdy. Działacze na rzecz praw człowieka wiedzą, że drugi z nich został powołany 3 listopada przez Centralny Sąd Rejonowy w Mińsku. Następnie sędzia Juliana Szczerba uznała 63-letniego Marczenko za winnego „rozpowszechniania materiałów ekstremistycznych” (zgodnie z częścią 2 art. 19.11 Kodeksu administracyjnego).
 Proces Aleksandra rozpoczął się 25 marca 2024 roku w Sądzie Miejskim w Mińsku.
 W dniu 4 czerwca 2024 r. rozpatrzono apelację Aleksandra. Reklamacja pozostała bez rozpatrzenia.</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
   </si>
   <si>
-    <t>Victor Igorevich Ivankovich</t>
-[...42 lines deleted...]
-  <si>
     <t>Pavel Mikhailovich Sava</t>
   </si>
   <si>
     <t>27 maja 1974</t>
   </si>
   <si>
-    <t>Paweł został zatrzymany 1 grudnia 2020 r. wraz z Mikałajem Autuchowiczem, którego władze natychmiast uznały za „organizatora i przywódcę grupy terrorystycznej”. Został skazany za „udział w organizacji przestępczej” i „akt terroryzmu”.
-[...3 lines deleted...]
-    <t>Decyzja sądu 17.10.2022: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 12.02.2024: 2 roku więzienia. Decyzja sądu 26.04.2024: około 13400 ruble odszkodowania.</t>
+    <t>Paweł został aresztowany 1 grudnia 2020 roku wraz z Nikołajem Autuchowiczem , którego władze natychmiast uznały za „organizatora i przywódcę grupy terrorystycznej”. Został skazany za „udział w organizacji przestępczej” i „akt terrorystyczny”.
+Proces w sprawie zmian w systemie więziennictwa odbył się w lutym 2024 roku, ale jego wynik wciąż nie jest znany. Wiosną tego samego roku Paweł i dwaj inni oskarżeni w „sprawie” zostali zobowiązani do zapłaty ponad 40 000 rubli odszkodowania za szkody wyrządzone funkcjonariuszom policji.
+Paweł często ma wysokie ciśnienie krwi i źle się czuje, jego stopy tak puchną, że nie może założyć butów.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 12.02.2024: 2 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Vladimir Tadeushevich Gundar</t>
   </si>
   <si>
     <t>28 maja 1960</t>
   </si>
   <si>
     <t>Władimir został zatrzymany 30 grudnia 2020 r. w ramach kryminalnej „sprawy Autuchowicza” pod zarzutem „przygotowania ataku terrorystycznego”, jednak zarzut ten został później wycofany. W maju 2021 r. został skazany za „przemoc wobec urzędnika”. W toku śledztwa stwierdzono, że podczas zatrzymania groził śledczym i rozbijał telefon komórkowy.
 Rozpatrywanie „sprawy Autuchowicza” rozpoczęło się w maju 2022 r. Podczas procesu Władimir był kilkakrotnie usuwany z przesłuchań i osadzany w celi karnej. Na jednym z czerwcowych spotkań umieszczono go w klatce w samej bieliźnie, z rękami przykutymi do krat. W odpowiedzi Władimir rozpoczął strajk głodowy, który prowadził przez 11 dni. W tej sprawie został skazany za „tworzenie organizacji przestępczej” i „próbę przejęcia władzy”.
 W grudniu 2022 roku Władimirowi postawiono nowy zarzut znieważenia prokurator Ludmiły Gerasimenko, która reprezentowała prokuraturę w „sprawie Autuchowicza”, za co dodano dodatkowy wyrok. W rezultacie został skazany na 20 lat kolonii o zaostrzonym rygorze.
 W październiku 2023 roku został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.05.2021: 3 roku więzienia w kolonii na warunkach ogólnych. Decyzja sądu 17.10.2022: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu 17.04.2023: 2 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.06.2023: wyrok został podtrzymany. Sąd zmiany reżimu 10.10.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Alexander Shulga</t>
-[...10 lines deleted...]
-  <si>
     <t>Natalia Kravchuk</t>
   </si>
   <si>
     <t>29 maja 1969</t>
   </si>
   <si>
     <t>Decyzja sądu 03.11.2025: 2 roku 8 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
+    <t>Olga Alexandrovna Barunova</t>
+  </si>
+  <si>
+    <t>30 maja 1978</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2026-01-23 13:20:24</t>
+  </si>
+  <si>
     <t>Alexander Vladimirovich Lopukh</t>
   </si>
   <si>
     <t>30 maja 1982</t>
   </si>
   <si>
     <t>Aleksandr został zatrzymany w ramach postępowania karnego wszczętego po proteście, który odbył się w Pińsku w nocy z 9 na 10 sierpnia 2020 r. przeciwko fałszerstwom w wyborach prezydenckich. Został skazany za udział w „masowych zamieszkach”.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.07.2021: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.09.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
   </si>
   <si>
+    <t>Anastasia Vladimirovna Lazarenko</t>
+  </si>
+  <si>
+    <t>31 maja 1982</t>
+  </si>
+  <si>
+    <t>Rzecznik. Została zatrzymana na początku czerwca 2022 roku, dwa dni po swoich 40. urodzinach, za wyciek danych do kanałów Telegramu. Siły bezpieczeństwa przyjechały zatrzymać kobietę z karabinami maszynowymi i kamizelkami kuloodpornymi - wspięły się przez okna i wyłamały drzwi.
+W marcu 2023 roku okazało się, że usłyszała również zarzut z art. 203-1 Kodeksu karnego (Nielegalne działania dotyczące informacji o życiu prywatnym) oraz część 1 art. 342 Kodeksu karnego. Według śledczych rzekomo zorganizowała „nieautoryzowaną imprezę masową”, kiedy prowadziła konsultacje w pobliżu Akrestsina w sierpniu 2020 r.
+Na wolności zostawiła starszego ojca i 19-letniego syna, który od 16 roku życia cierpi na chorobę Leśniowskiego-Crohna.</t>
+  </si>
+  <si>
+    <t>6 lat pozbawienia wolności w kolonii w warunkach reżimu og&amp;oacute;lnego</t>
+  </si>
+  <si>
+    <t>2022-08-26 15:26:58</t>
+  </si>
+  <si>
+    <t>Tatiana Nikolaevna Rusak</t>
+  </si>
+  <si>
+    <t>31 maja 1976</t>
+  </si>
+  <si>
+    <t>15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
+Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. 29-letnia Wiktoria Wołchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Walery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.</t>
+  </si>
+  <si>
+    <t>2024-07-20 13:28:29</t>
+  </si>
+  <si>
+    <t>Elena Vasilievna Zmushko</t>
+  </si>
+  <si>
+    <t>31 maja 1986</t>
+  </si>
+  <si>
+    <t>Elena podróżowała z synem, aby odwiedzić rodziców, gdy została aresztowana za pomoc więźniom politycznym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.11.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-11-14 13:04:55</t>
+  </si>
+  <si>
     <t>Oleg Borisovich Loiko</t>
-  </si>
-[...1 lines deleted...]
-    <t>31 maja 1976</t>
   </si>
   <si>
     <t>Oleg Lojko, pastor ewangelicki z rejonu chojnickiego, jest oskarżony o przekazywanie informacji o przemieszczaniu się rosyjskiego sprzętu wojskowego przez Białoruś.
 48-letni Oleg Loiko jest pastorem ewangelickiego kościoła chrześcijańskiego we wsi Niebytów w rejonie chojnickim. W grudniu ubiegłego roku został aresztowany na 10 dni za „szerzenie ekstremizmu”.
 Pastor spędził wiele lat, pomagając osobom uzależnionym od narkotyków w ramach misji „Powrót”. Dzięki jego pracy setki osób powróciły do normalnego życia. Wcześniej otrzymał wiele entuzjastycznych recenzji w mediach państwowych.
 Duchowny został skazany na trzy i pół roku więzienia o zaostrzonym rygorze za przekazanie informacji o przemieszczaniu rosyjskiego sprzętu wojskowego białoruskiemu projektowi monitoringu Gajun. Proces odbył się za zamkniętymi drzwiami.
 Pastor Oleg nie przyznaje się do popełnienia przestępstw i uważa, że jego sumienie jest czyste przed Bogiem.
 Został ponownie skazany w październiku 2025 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.08.2025: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
-  </si>
-[...40 lines deleted...]
-    <t>2024-07-20 13:28:29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1675,51 +1605,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1745,301 +1675,304 @@
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
+      <c r="C3" t="s">
+        <v>19</v>
+      </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
       </c>
       <c r="I3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
       <c r="C11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>69</v>
       </c>
       <c r="I12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
@@ -2078,265 +2011,271 @@
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>80</v>
       </c>
       <c r="I14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>85</v>
+      </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
+      <c r="E17" t="s">
+        <v>97</v>
+      </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="I18" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
+        <v>64</v>
+      </c>
+      <c r="I22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>127</v>
       </c>
       <c r="I23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>129</v>
       </c>
       <c r="B24" t="s">
         <v>130</v>
       </c>
@@ -2405,316 +2344,313 @@
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
       <c r="I26" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>145</v>
       </c>
       <c r="B27" t="s">
         <v>146</v>
       </c>
       <c r="C27" t="s">
         <v>147</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>148</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>150</v>
+      </c>
+      <c r="B28" t="s">
         <v>151</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>152</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>79</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>153</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>154</v>
       </c>
       <c r="I28" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>156</v>
       </c>
       <c r="B29" t="s">
         <v>157</v>
       </c>
       <c r="C29" t="s">
         <v>158</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
+      <c r="E29" t="s">
+        <v>132</v>
+      </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>159</v>
       </c>
       <c r="I29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>161</v>
       </c>
       <c r="B30" t="s">
         <v>162</v>
       </c>
       <c r="C30" t="s">
         <v>163</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>132</v>
+        <v>79</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="I31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C32" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F32" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B33" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C33" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>182</v>
+        <v>41</v>
       </c>
       <c r="I33" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>184</v>
       </c>
       <c r="B34" t="s">
         <v>185</v>
       </c>
       <c r="C34" t="s">
         <v>186</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
+      <c r="E34" t="s">
+        <v>113</v>
+      </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>187</v>
       </c>
       <c r="I34" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>189</v>
       </c>
       <c r="B35" t="s">
         <v>190</v>
       </c>
       <c r="C35" t="s">
         <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I35" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>194</v>
       </c>
       <c r="B36" t="s">
         <v>195</v>
       </c>
       <c r="C36" t="s">
         <v>196</v>
       </c>
       <c r="D36" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>32</v>
+        <v>197</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>199</v>
       </c>
       <c r="B37" t="s">
         <v>200</v>
       </c>
       <c r="C37" t="s">
         <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
@@ -2742,191 +2678,197 @@
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>207</v>
       </c>
       <c r="I38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>209</v>
       </c>
       <c r="B39" t="s">
         <v>210</v>
       </c>
       <c r="C39" t="s">
         <v>211</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>102</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
+      <c r="E40" t="s">
+        <v>46</v>
+      </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>216</v>
+        <v>92</v>
       </c>
       <c r="I40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>218</v>
       </c>
       <c r="B41" t="s">
         <v>219</v>
       </c>
       <c r="C41" t="s">
         <v>220</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
+        <v>79</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I41" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>223</v>
       </c>
       <c r="B42" t="s">
         <v>224</v>
       </c>
       <c r="C42" t="s">
         <v>225</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
+      <c r="E42" t="s">
+        <v>85</v>
+      </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>226</v>
       </c>
       <c r="I42" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>228</v>
       </c>
       <c r="B43" t="s">
         <v>229</v>
       </c>
       <c r="C43" t="s">
         <v>230</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
         <v>132</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
       <c r="H43" t="s">
         <v>231</v>
       </c>
       <c r="I43" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>233</v>
       </c>
       <c r="B44" t="s">
         <v>234</v>
       </c>
       <c r="C44" t="s">
         <v>235</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>236</v>
       </c>
       <c r="I44" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>238</v>
       </c>
       <c r="B45" t="s">
         <v>239</v>
       </c>
       <c r="C45" t="s">
         <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
@@ -2936,191 +2878,188 @@
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>241</v>
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
         <v>244</v>
       </c>
       <c r="C46" t="s">
         <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>122</v>
+        <v>85</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>246</v>
       </c>
       <c r="I46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>248</v>
       </c>
       <c r="B47" t="s">
         <v>249</v>
       </c>
       <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
         <v>254</v>
       </c>
       <c r="C48" t="s">
         <v>255</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>122</v>
+        <v>91</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>256</v>
       </c>
       <c r="I48" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>258</v>
       </c>
       <c r="B49" t="s">
         <v>259</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
         <v>260</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
         <v>263</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>264</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>265</v>
       </c>
       <c r="I50" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>267</v>
       </c>
       <c r="B51" t="s">
         <v>268</v>
       </c>
       <c r="C51" t="s">
         <v>269</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>270</v>
       </c>
       <c r="I51" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>272</v>
       </c>
       <c r="B52" t="s">
         <v>273</v>
       </c>
       <c r="C52" t="s">
         <v>274</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
@@ -3133,836 +3072,700 @@
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>275</v>
       </c>
       <c r="I52" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>277</v>
       </c>
       <c r="B53" t="s">
         <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>278</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
       <c r="I53" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>280</v>
       </c>
       <c r="B54" t="s">
         <v>281</v>
       </c>
       <c r="C54" t="s">
         <v>282</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I54" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>284</v>
       </c>
       <c r="B55" t="s">
         <v>285</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>79</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>286</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>288</v>
+      </c>
+      <c r="B56" t="s">
         <v>289</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>290</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>291</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>292</v>
-      </c>
-[...10 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>293</v>
+      </c>
+      <c r="B57" t="s">
+        <v>294</v>
+      </c>
+      <c r="C57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>91</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...13 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
+        <v>298</v>
+      </c>
+      <c r="C58" t="s">
         <v>299</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>300</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59" t="s">
+        <v>303</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>91</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
+        <v>64</v>
+      </c>
+      <c r="I59" t="s">
         <v>304</v>
-      </c>
-[...19 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" t="s">
+        <v>307</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>21</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
         <v>308</v>
       </c>
-      <c r="B60" t="s">
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...16 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="B61" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C61" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
         <v>79</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="H61" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="I61" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" t="s">
+        <v>316</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>317</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>318</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>320</v>
+      </c>
+      <c r="B63" t="s">
+        <v>321</v>
+      </c>
+      <c r="C63" t="s">
+        <v>322</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>46</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>323</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>324</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>325</v>
+      </c>
+      <c r="B64" t="s">
+        <v>326</v>
+      </c>
+      <c r="C64" t="s">
         <v>327</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>113</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>328</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>329</v>
-      </c>
-[...16 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>330</v>
+      </c>
+      <c r="B65" t="s">
+        <v>331</v>
+      </c>
+      <c r="C65" t="s">
         <v>332</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>333</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>153</v>
+      </c>
+      <c r="H65" t="s">
         <v>334</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>336</v>
+      </c>
+      <c r="B66" t="s">
         <v>337</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>338</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>132</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>339</v>
       </c>
-      <c r="D66" t="s">
-[...11 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>341</v>
+      </c>
+      <c r="B67" t="s">
         <v>342</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>343</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>46</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>344</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>97</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
         <v>349</v>
       </c>
-      <c r="D68" t="s">
-[...11 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>351</v>
+      </c>
+      <c r="B69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>353</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>91</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
         <v>354</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>356</v>
+      </c>
+      <c r="B70" t="s">
         <v>357</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>317</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>358</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>359</v>
-      </c>
-[...16 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>360</v>
+      </c>
+      <c r="B71" t="s">
+        <v>361</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>317</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>362</v>
       </c>
-      <c r="B71" t="s">
+      <c r="I71" t="s">
         <v>363</v>
-      </c>
-[...13 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>364</v>
+      </c>
+      <c r="B72" t="s">
+        <v>365</v>
+      </c>
+      <c r="C72" t="s">
         <v>366</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>46</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>367</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>368</v>
-      </c>
-[...16 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>369</v>
+      </c>
+      <c r="B73" t="s">
+        <v>370</v>
+      </c>
+      <c r="C73" t="s">
         <v>371</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>21</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
         <v>372</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>373</v>
-      </c>
-[...13 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>374</v>
+      </c>
+      <c r="B74" t="s">
+        <v>375</v>
+      </c>
+      <c r="C74" t="s">
         <v>376</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>21</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>36</v>
+      </c>
+      <c r="I74" t="s">
         <v>377</v>
-      </c>
-[...19 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>378</v>
+      </c>
+      <c r="B75" t="s">
+        <v>379</v>
+      </c>
+      <c r="C75" t="s">
+        <v>380</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>21</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
         <v>381</v>
       </c>
-      <c r="B75" t="s">
+      <c r="I75" t="s">
         <v>382</v>
-      </c>
-[...16 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>383</v>
+      </c>
+      <c r="B76" t="s">
+        <v>375</v>
+      </c>
+      <c r="C76" t="s">
+        <v>384</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>113</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
       </c>
-      <c r="B76" t="s">
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...161 lines deleted...]
-        <v>411</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">