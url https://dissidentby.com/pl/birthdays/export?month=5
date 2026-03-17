--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,157 +12,156 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
   </si>
   <si>
-    <t>Paul Evgenyevich Kuchinsky</t>
-[...6 lines deleted...]
-W dniu 19 marca 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+    <t>Dzmitry Khatsianovich</t>
+  </si>
+  <si>
+    <t>1 maja 1978</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
     <t>W więzieniu</t>
   </si>
   <si>
-    <t>Tak</t>
-[...5 lines deleted...]
-    <t>2023-09-22 00:34:45</t>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-02 00:30:08</t>
   </si>
   <si>
     <t>Natalia Nikolaevna Zhigar</t>
   </si>
   <si>
     <t>2 maja 1956</t>
   </si>
   <si>
     <t>Sprawa Natalii Żygar rzekomo ma związek z jej wsparciem dla osób przebywających w areszcie tymczasowym. Przed przejściem na emeryturę pracowała w Sądzie Okręgowym w Brześciu.
 Przed rozprawą kobieta przebywała w areszcie domowym.
 Sprawa była rozpatrywana przez Sąd Obwodowy w Grodnie. Początkowo została odesłana do ponownego rozpatrzenia .
 Sędzia Waleryj Romanowski rozpoczął rozpatrywanie sprawy Natalii 19 sierpnia 2024 r., a rozprawy były kontynuowane 20, 24 i 30 września.
 27 grudnia 2024 r. Sąd Najwyższy rozpatrzył apelację Natalii.</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
+    <t>Tak</t>
+  </si>
+  <si>
     <t>Decyzja sądu 30.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-19 19:18:12</t>
   </si>
   <si>
     <t>Konstantin Valerievich Medvedev</t>
   </si>
   <si>
     <t>2 maja 1988</t>
   </si>
   <si>
-    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-27 16:04:33</t>
   </si>
   <si>
     <t>Anna Alexandrovna Baginskaya</t>
   </si>
   <si>
     <t>2 maja 1978</t>
   </si>
   <si>
     <t>Zatrzymany na początku maja 2025 r. w „sprawie Gajuna” – za przekazywanie kanałowi telegraficznemu „Białoruski Gajun” danych o przemieszczaniu się sprzętu wojskowego.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.11.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
-    <t>Anna Evgenievna Savochkina</t>
+    <t>Hanna Savachkina</t>
   </si>
   <si>
     <t>3 maja 1999</t>
   </si>
   <si>
     <t>15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
 Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. 29-letnia Wiktoria Wołchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Walery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.
 Anna Savochkina ukończyła trzy kursy na Wydziale Ekonomicznym BSU, ale od września 2022 roku rozpoczęła pierwszy rok Wydziału Biologii BSU i jest kierownikiem grupy. Przed instytutem ukończyła Gymnasium-College of Arts im. I.O. Ahremchika na kierunku muzyka. Zatrzymana wraz z matką.</t>
   </si>
   <si>
     <t>Decyzja sądu 09.08.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
     <t>Oleg Stepanovich Kinev</t>
   </si>
   <si>
     <t>3 maja 1969</t>
   </si>
   <si>
     <t>Oleg mieszka w agromiasteczku Pierwomajskaja (Bluden) w rejonie berezowskim obwodu brzeskiego.
 Jest przedsiębiorcą i dekarzem . Specjalizuje się w wykonywaniu kopuł do cerkwi prawosławnych. Oleg zajmuje się tym od lat 2000. Początkowo pracował w zespole jako pracownik najemny, a kilka lat później otworzył własną firmę. Kinev zrekonstruował kopułę Reprezentacji Patriarchalnej Rosyjskiej Cerkwi Prawosławnej, stworzył kopułę dla cerkwi w bazie wojskowej w Słonimiu, zbudował dębowy most, molo i altanę na wyspie niedaleko majątku hrabiego Hutten-Czapskiego w Stańkowie, a także kaplicę w zoo. Ogólnie rzecz biorąc, jego prace są rozsiane po różnych miastach i wsiach na Białorusi.</t>
   </si>
@@ -209,538 +208,535 @@
     <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Oleg Viktorovich Efremenko</t>
   </si>
   <si>
     <t>4 maja 1981</t>
   </si>
   <si>
     <t>Oleg został zatrzymany i skazany za „pobicie” policjanta podczas marszu ulicznego w Witebsku w dniu 13 września 2020 r. We wrześniu 2021 r. został przeniesiony do więzienia za „naruszenie przepisów”.
 W sierpniu 2022 r. Oleg został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymogów kierownictwa zakładu poprawczego” i dodano mu kolejny rok pozbawienia wolności.
 25 lipca 2023 r. więzień polityczny został ponownie uznany winnym „nieposłuszeństwa wobec żądań administracji” i skazany na kolejny rok więzienia.
 We wrześniu 2024 r. odbyła się kolejna rozprawa w sprawie karnej przeciwko Olegowi za „złośliwe nieposłuszeństwo wobec wymogów administracji Zakładu Karnego” – zarzut często stawiany więźniom, którzy odmówili współpracy z administracją więzienną.
 Przez cały okres odbywania kary Oleg znajduje się pod ciągłą presją. Regularnie trafia do celi karnej, gdzie przez kilkadziesiąt dni przetrzymywany jest w izolacji.</t>
   </si>
   <si>
     <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
   </si>
   <si>
     <t>Decyzja sądu 09.12.2020: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 1000 ruble odszkodowania. Sąd zmiany reżimu 30.09.2021: nieznany lata więzienia. Decyzja sądu 15.08.2022: 1 rok więzienia w kolonii o zaostrzonym rygorze. Apelacja 10.11.2022: wyrok został podtrzymany. Decyzja sądu 25.07.2023: 1 rok więzienia w kolonii o zaostrzonym rygorze. Apelacja 19.10.2023: wyrok został podtrzymany. Decyzja sądu 24.09.2024: nieznany. Apelacja 13.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Valery Valerievich Zhukov</t>
-[...13 lines deleted...]
-  <si>
     <t>Irina Nikolaevna Klezovich</t>
   </si>
   <si>
     <t>5 maja 1966</t>
   </si>
   <si>
     <t>Zatrzymany w wyniku masowego nalotu sił bezpieczeństwa w dniach 23-24 stycznia 2024 r. na krewnych więźniów politycznych oraz osoby wysyłające paczki i listy do więźniów politycznych.
 Irina została osądzona jako „osoba, która dopuściła się czynu społecznie niebezpiecznego”. Oznacza to, że zgodnie z decyzją sądu należało zastosować wobec niej przymusowe leczenie. Jej proces odbył się 18 i 23 września 2024 r. Jej miejsce pobytu nie jest znane.</t>
   </si>
   <si>
     <t>Decyzja sądu 23.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
+  </si>
+  <si>
+    <t>Valery Valerievich Zhukov</t>
+  </si>
+  <si>
+    <t>5 maja 1974</t>
+  </si>
+  <si>
+    <t>Został zatrzymany w listopadzie 2024 r. i skazany na podstawie części 2 artykułu 19.11 Kodeksu wykroczeń administracyjnych Republiki Białorusi (Dystrybucja, produkcja, przechowywanie, przesyłanie produktów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promowanie takiej działalności), w związku z czym wszczęto przeciwko niemu postępowanie karne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
   </si>
   <si>
     <t>Vyacheslav Nikolaevich Kolousov</t>
   </si>
   <si>
     <t>5 maja 1984</t>
   </si>
   <si>
     <t>W dniu 15 czerwca 2023 roku został skazany z art. 205 (kradzież) na 2 lata i 6 miesięcy więzienia.
 W dniu 14 czerwca 2024 r. rozpoczął się proces karny z art. 342 Kodeksu karnego (Czynny udział w działaniach zbiorowych rażąco naruszających porządek publiczny ). Na tej podstawie sądzony jest Wiaczesław i osiem innych osób .
 Sumując wyroki w tej i poprzedniej sprawie karnej, ostatecznie skazano go na 3 lata maksymalnego zagrożenia bezpieczeństwa.</t>
   </si>
   <si>
     <t>Decyzja sądu 10.07.2024: 3 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
     <t>Yury Slavomirovich Sergey</t>
   </si>
   <si>
     <t>6 maja 1988</t>
   </si>
   <si>
     <t>Jurij został aresztowany i skazany na podstawie kilku zarzutów, w tym nielegalnego posiadania broni białej. Wszystko zaczęło się od nagrania, na którym kierowca BMW bije mężczyznę z biało-czerwono-białą flagą. Wideo udostępniono w mediach społecznościowych i opublikowano adres kierowcy, Dmitrija Dawydiuka. Według śledczych, trzech mieszkańców Mińska postanowiło „dać nauczkę kierowcy”, przebijając opony jego samochodu.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 31.03.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary. Apelacja 20.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Frantskevich</t>
+  </si>
+  <si>
+    <t>6 maja 1990</t>
+  </si>
+  <si>
+    <t>Działacz ruchu anarchistycznego Aleksander został zatrzymany 12 sierpnia 2020 r. i skazany na podstawie szeregu zarzutów karnych. Wcześniej, bo w 2010 roku, odbywał już wyrok w „sprawie anarchistycznej”.
+W 2022 roku został skazany na 17 lat więzienia, a w lutym 2023 roku Sąd Najwyższy obniżył karę o 3 miesiące.
+W czerwcu 2024 r. Aleksandrowi ponownie postawiono zarzuty „złośliwego nieposłuszeństwa wobec wymagań władz kolonii” i skazano go na kolejny rok więzienia.
+W lipcu 2024 r. jego matka, Tatiana Franckiewicz, została zatrzymana pod zarzutem „udziału w grupie ekstremistycznej”. Razem z nią zatrzymano jej siostrę Natalię Lobatsevich, matkę byłego więźnia politycznego Ilji Lobatsevicha.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Decyzja sądu 06.09.2022: 17 lata więzienia w kolonii o zaostrzonym rygorze, 700 jednostek bazowych kary, około 1200 ruble odszkodowania. Apelacja 28.02.2023: 16 lata 9 miesiące więzienia w kolonii o zaostrzonym rygorze, 700 jednostek bazowych kary, około 1200 ruble odszkodowania. Decyzja sądu 24.06.2024: 1 rok więzienia w kolonii o zaostrzonym rygorze. Apelacja 24.09.2024: nieznany. Sąd zmiany reżimu 05.08.2025: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:21:02</t>
   </si>
   <si>
     <t>Eugene Mikhailovich Pugach</t>
   </si>
   <si>
     <t>6 maja 1984</t>
   </si>
   <si>
     <t>representative of the Minsk startup hub "Imaguru". A graduate of the EHU Master's program "European Studies", after which he worked in a number of NGOs and the private sector with business. Created and developed startup ecosystems in Belarus.</t>
   </si>
   <si>
     <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
   </si>
   <si>
     <t>Decyzja sądu 03.12.2024: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-08-28 19:37:47</t>
   </si>
   <si>
     <t>Andrey Sergeevich Sachevko</t>
   </si>
   <si>
     <t>6 maja 1996</t>
   </si>
   <si>
     <t>Po raz pierwszy Andriej został zatrzymany przez GUBOPiK za umieszczanie materiałów „ekstremistycznych” na swoim profilu na VKontakte. Chodziło o nagranie wideo ze składania przysięgi Łukaszenki w 1994 r. pod biało-czerwono-białą flagą, które Sachevko udostępnił na stronie.
 Został skazany za udział w Marszach Grodzieńskich i komentarze na czacie.
 Mężczyzna nie przyznał się do winy, a jedynie potwierdził fakt pisania komentarzy w dniach 11 i 12 sierpnia 2020 r. Po obejrzeniu nagrań wideo z wydarzeń w mieście nie udało się potwierdzić udziału mężczyzny w Marszach Grodzieńskich.
 Okazało się, że w czerwcu 2022 r. przeprowadzono badania laboratoryjne i kryminalistyczne. Potwierdziła chorobę psychiczną Andrieja. Mimo to został skazany, a także wpisany na listę osób i organizacji zaangażowanych w działalność terrorystyczną.
 W sierpniu 2023 r. została przeniesiona do reżimu więziennego.</t>
   </si>
   <si>
     <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Frantskevich</t>
-[...19 lines deleted...]
-  <si>
     <t>Alexander Mikhailovich Sharabaiko</t>
   </si>
   <si>
     <t>7 maja 1971</t>
   </si>
   <si>
     <t>Kulturysta, lokalny historyk Wcześniej zatrzymano mężczyznę za udział w protestach. 16 marca 2023 roku został aresztowany za „rozpowszechnianie materiałów ekstremistycznych” i skazany na 10 dni. Mężczyzna nie pojawił się i został przewieziony do Aresztu Śledczego. Pierwotny zarzut dotyczył znieważenia Łukaszenki.
 W maju 2024 r. został przeniesiony do aresztu śledczego w związku z nową sprawą karną, a jego proces rozpoczął się na nowo 7 maja 2024 r. Oprócz niego w sprawę zaangażowani byli także Andrei Stabulyanets i Denis Tsybulsky, który został skazany rok temu za udział w protestach w Mińsku (art. 342 kk).</t>
   </si>
   <si>
     <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
   </si>
   <si>
     <t>Decyzja sądu 14.09.2023: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 17.11.2023: nieznany. Decyzja sądu 05.06.2024: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-03-26 23:12:21</t>
+  </si>
+  <si>
+    <t>Michael Anatolyevich Tarasevich</t>
+  </si>
+  <si>
+    <t>7 maja 1976</t>
+  </si>
+  <si>
+    <t>Oprócz kary pozbawienia wolności, Michaił został zobowiązany do zapłaty zadośćuczynienia za szkody moralne ofiar i szkody „wyrządzone przez przystanek komunikacji miejskiej” w wysokości 49 000 rubli, czyli prawie 20 000 dolarów.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>2022-11-19 00:34:39</t>
   </si>
   <si>
     <t>Dmitriy Ivanovich Lapets</t>
   </si>
   <si>
     <t>7 maja 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 Wiadomo, że został zatrzymany za udział w protestach w 2020 r., prezentując zdjęcie z jednego z marszów.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
-    <t>Michael Anatolyevich Tarasevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Evgenievich Sezen</t>
   </si>
   <si>
     <t>8 maja 1970</t>
   </si>
   <si>
     <t>13 listopada zatrzymano Aleksandra Sezena. Przeszukano jego mieszkanie w kamienicy przy ulicy Gorbatowa. Według niektórych doniesień przeszukanie przeprowadzono także później w nocy, kiedy sam Sezen, który ma poważne problemy zdrowotne, przebywał w szpitalu. Na razie nie wiadomo, o co go oskarżą.
 Aleksander był wielokrotnie zatrzymywany przez policję jeszcze przed 2020 rokiem, toczył spory sądowe z różnymi agencjami rządowymi i pisywał skargi.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.06.2025: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Vasyukevich</t>
   </si>
   <si>
     <t>8 maja 1983</t>
   </si>
   <si>
     <t>Przez ostatnie 11 lat Siergiej był zastępcą dyrektora ds. handlu w moskiewskim oddziale Izokom Plast.
 Dla regionu Diatłowa grupa firm Izokom i Izokom Plast jest ważnym zakładem. Przedsiębiorstwo wyrosło z opuszczonej fabryki szkieletowej i rozrosło się do giganta, zatrudniającego 270 osób – znaczną liczbę jak na ośrodek regionalny.
 Produkują elastyczne rury izolowane, które są eksportowane do Rosji i wykorzystywane w programach rządowych. W 2025 roku, gdy Siergiej był już objęty śledztwem, firma otrzymała nagrodę „Lidera Efektywności Energetycznej”.</t>
   </si>
   <si>
     <t>2026-01-27 21:04:19</t>
   </si>
   <si>
-    <t>Maksim Sergeevich Drobnitsa</t>
+    <t>Evgeniy Valerievich Burlo</t>
+  </si>
+  <si>
+    <t>9 maja 1991</t>
+  </si>
+  <si>
+    <t>Muzyk grupy TOR BAND został zatrzymany wraz z Dmitrijem Golovachem, zatrzymano także ich żony. Żona Golovacha została ukarana grzywną, żona Burlo - areszt administracyjny.
+Pod koniec listopada 2022 roku Dmitrij i Jewgienij zostali skazani po raz trzeci na 15 dni. TOR BAND stał się popularnym zespołem na Białorusi po protestach w 2020 roku. Wiele piosenek stało się hitami na różnych platformach. Produkty informacyjne, portale społecznościowe i logo grupy TOR BAND zostały uznane za „ekstremistyczne”, podobnie jak ich piosenki wymienione powyżej.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>8 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
+  </si>
+  <si>
+    <t>2022-12-06 21:04:39</t>
+  </si>
+  <si>
+    <t>Maksim Siarheyevich Drabnitsa</t>
   </si>
   <si>
     <t>9 maja 2001</t>
   </si>
   <si>
     <t>22-letni mieszkaniec Swietłogorska. Maxim jest sądzony „za organizowanie działalności organizacji terrorystycznej i udział w działalności takiej organizacji”. Maksyma uznano za winnego przyłączenia się do „formacji ekstremistycznej” (plan „Zwycięstwa”) i planowania wysadzenia linii kolejowej w obwodzie swietłogorskim. W państwowej publikacji napisano, że aby powstrzymać wojnę na Ukrainie, miniatura „była gotowa zrobić wszystko”. Kiedy facet przybył na stację kolejową, wpadł w zasadzkę sił bezpieczeństwa i został zatrzymany.
 Agencje rządowe nie poinformowały nic w tej sprawie. Proces jest zamknięty.
 W dniu 19 września 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
-    <t>8 lat więzienia w kolonii karnej.</t>
+    <t>Decyzja sądu 13.07.2023: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 19.09.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
-    <t>Evgeniy Valerievich Burlo</t>
-[...15 lines deleted...]
-    <t>2022-12-06 21:04:39</t>
+    <t>Alexander Petrovich Gorshunov</t>
+  </si>
+  <si>
+    <t>10 maja 1979</t>
+  </si>
+  <si>
+    <t>Pracował jako programista w mińskich zakładach „Atlant”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.03.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-05-26 01:52:20</t>
+  </si>
+  <si>
+    <t>Artem Vitalievich Shinkevich</t>
+  </si>
+  <si>
+    <t>10 maja 1992</t>
+  </si>
+  <si>
+    <t>IUOT-45, 225073, obwód brzeski, rejon Kamieniecki, wieś Suszki, ul.Centralnaja, 1</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 20.01.2026: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-23 11:44:37</t>
   </si>
   <si>
     <t>Ivan Alexandrovich Zenko</t>
   </si>
   <si>
     <t>10 maja 1982</t>
   </si>
   <si>
     <t>Indywidualny przedsiębiorca został zatrzymany i skazany pod trzema zarzutami karnymi za udział w zdarzeniu, które miało miejsce podczas rozproszenia ludności w dniu 11 października 2020 r. w pobliżu stacji metra Puszkinskaja.
 W kwietniu 2022 r. Iwan został ponownie skazany za udział w proteście, ale nie miało to wpływu na prawomocny wyrok. Jednak w listopadzie tego samego roku skazano go na kolejny rok więzienia, skazany za „nieposłuszeństwo wymaganiom administracji zakładu karnego”.
 We wrześniu 2023 roku został skazany na dodatkowe 3 lata więzienia za „przemoc wobec urzędnika”.
 W marcu 2024 r. został przeniesiony do więzienia na 3 lata.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.04.2021: 5 lata więzienia w kolonii na warunkach ogólnych, około 28000 ruble odszkodowania. Decyzja sądu 07.04.2022: 2 roku więzienia w kolonii na warunkach ogólnych. Decyzja sądu 09.11.2022: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja 09.02.2023: wyrok został podtrzymany. Decyzja sądu 14.09.2023: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.12.2023: wyrok został podtrzymany. Sąd zmiany reżimu 12.03.2024: 3 roku więzienia. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii o zaostrzonym rygorze. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
-    <t>Alexander Petrovich Gorshunov</t>
-[...11 lines deleted...]
-    <t>2025-05-26 01:52:20</t>
+    <t>Vladimir Ivanovich Yankovsky</t>
+  </si>
+  <si>
+    <t>11 maja 1972</t>
+  </si>
+  <si>
+    <t>Wiosną 2025 roku Władimira aresztowano w związku ze sprawą karną z artykułu „pomoc w działalności ekstremistycznej”, a jesienią tego samego roku uznano go za winnego i skazano na karę ograniczenia wolności, aresztu śledczego i grzywnę.</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mohylew, ul. Czeluskincew, 76A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.09.2025: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego, 500 jednostek bazowych kary. Apelacja 11.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-08-21 10:19:58</t>
   </si>
   <si>
     <t>Oleg Valerievich Kekukh</t>
   </si>
   <si>
     <t>11 maja 1983</t>
   </si>
   <si>
     <t>Latem 2023 roku odbył się proces o zaostrzenie wyroku Olega. Po wyroku sądu apelacyjnego 5 września 2023 roku Oleg został przeniesiony do kolonii.</t>
   </si>
   <si>
     <t>3 lata ograniczenia wolności z przeniesieniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
   </si>
   <si>
-    <t>Vladislav Vladimirovich Nastyushkin</t>
-[...14 lines deleted...]
-    <t>2024-11-02 15:58:45</t>
+    <t>Rostislav Olegovich Stefanovich</t>
+  </si>
+  <si>
+    <t>12 maja 1988</t>
+  </si>
+  <si>
+    <t>Członek rozszerzonej Rady Koordynacyjnej został zatrzymany 29 września 2020 r. w związku z masowymi zamieszkami, pobity przez policję i oskarżony o udział w „radykalnych” kanałach telegramowych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
+  </si>
+  <si>
+    <t>Nikita Mikhailovich Zolotоrev</t>
+  </si>
+  <si>
+    <t>12 maja 2004</t>
+  </si>
+  <si>
+    <t>Według śledczych Nikita został zatrzymany i skazany za rzucenie koktajlem Mołotowa w stronę personelu wojskowego w dniu 10 sierpnia 2020 r. Prokuratura zarzuciła, że butelki zostały ukryte i przekazane mu przez Leonida Kowalowa z propozycją podpalenia budynku, autobusu lub wozu ryżowego. Nikita odmówił składania zeznań, nie przyznał się do winy i zeznał, że w areszcie śledczym przebywał pod presją fizyczną i psychiczną. W chwili aresztowania miał 16 lat i cierpiał na epilepsję.
+W lipcu 2021 roku został ponownie skazany na podstawie artykułu „Przemoc lub groźba użycia przemocy” za incydent z udziałem pracowników Aresztu Śledczego. W czerwcu 2022 roku Nikita po ukończeniu 18 lat został przeniesiony do kolonii dla dorosłych, a w sierpniu tego samego roku kara została zaostrzona, trafiając do więzienia.
+W lipcu 2024 r. toczył się proces więźnia politycznego za „złośliwe nieposłuszeństwo wobec administracji kolonii”, co często odnosiło się do więźniów odmawiających współpracy z administracją.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.02.2021: 6 lata więzienia w kolonii poprawczej na warunkach ogólnych. Apelacja 23.04.2021: wyrok został podtrzymany. Decyzja sądu 14.07.2021: 1 rok 6 miesiące więzienia w kolonii poprawczej na warunkach ogólnych, 1000 ruble odszkodowania. Sąd zmiany reżimu 21.06.2022: reżim więzienny do końca kary. Decyzja sądu 11.07.2024: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 15.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:14:22</t>
   </si>
   <si>
     <t>Eric Erikovich Kolosovsky</t>
   </si>
   <si>
     <t>12 maja 2000</t>
   </si>
   <si>
     <t>Zatrzymany wraz z innymi młodymi ludźmi w Baranowiczach (koniec grudnia 2023 r.).
 A służba prasowa sądu ogłosiła wyrok (bez podawania nazwisk, ale okoliczności pasują do tej grupy osób). Krótko przedstawiono istotę zarzutów: przebywali na jezdni w Baranowiczach, wykrzykiwali hasła, wywieszali biało-czerwono-białe flagi, „celowo utrudniając ruch oraz normalne funkcjonowanie przedsiębiorstw i organizacji”. Dokładna data protestów nie jest nawet wskazana, nazywa się ją po prostu „sierpieniem 2020”.
 Tym samym w 2024 r. za protesty z sierpnia 2020 r. skazano już 25 mieszkańców Baranowicz. Wszyscy zostali skazani na kolonię karną od 1 do 3 lat (wyjątkiem był przypadek kobiety z dzieckiem do lat 3, która została skazana na karę w zawieszeniu).</t>
   </si>
   <si>
     <t>Decyzja sądu 31.05.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 09.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
-    <t>Eugene Vladimirovich Filippovich</t>
-[...52 lines deleted...]
-    <t>2021-02-28 02:14:22</t>
+    <t>Vladislav Vladimirovich Nastyushkin</t>
+  </si>
+  <si>
+    <t>12 maja 1996</t>
+  </si>
+  <si>
+    <t>28 lat, najpierw ukończył studia na kierunku technik oprogramowania, następnie studiował na BarSU (Baranowiczski Uniwersytet Państwowy). W niektórych sieciach społecznościowych jako aktualne miasto podawany jest Brześć, w innych Kobryń. Yandex.Services oferuje usługi tworzenia stron internetowych i naprawy komputerów w Brześciu i Kobryniu. Transmisja gier na PC na kanale Dog Chain w serwisie YouTube.Na razie nie wiadomo, za jakie konkretnie protesty Władysław został osądzony. Sądząc jednak z artykułu i faktu, że proces odbywa się w Kobryniu, jest to prawie na pewno proces za protesty w Kobryniu, które miały miejsce po wyborach 9 sierpnia 2020 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.11.2024: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 28.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-02 15:58:45</t>
   </si>
   <si>
     <t>Eugene Alexandrovich Belkevich</t>
   </si>
   <si>
     <t>13 maja 1975</t>
   </si>
   <si>
     <t>W dniu 13.02.2025 r. został skazany na podstawie artykułu administracyjnego (część 2 artykułu 10.1 Kodeksu wykroczeń administracyjnych Republiki Białorusi - Umyślne spowodowanie obrażeń ciała i inne działania z użyciem przemocy lub naruszenie nakazu ochrony), w związku z czym wszczęto postępowanie karne.</t>
   </si>
   <si>
     <t>SIZO-6, ul. Baranowicze Brestskaja 258 V, 225413</t>
   </si>
   <si>
     <t>2025-06-02 23:55:41</t>
   </si>
   <si>
     <t>Sergey Yuryevich Gorlov</t>
   </si>
   <si>
     <t>13 maja 1979</t>
   </si>
   <si>
     <t>Siergiej został zatrzymany w lutym 2024 r. Najpierw dostał dzień za „rozpowszechnianie materiałów ekstremistycznych”, a następnie wszczęto sprawę karną i przekazano go do aresztu śledczego. Pewnie chodzi o komentarze. Siergiejowi grozi od czterech do dwunastu lat więzienia.Hobby Siergieja to muzyka. W latach 2000-tych grał w grupie „Leśne Radio”. Brał udział w kilku innych projektach, tłumaczył piosenki zagraniczne na język białoruski.
 Siergiej Jurjewicz Gorłow studiował na Państwowym Uniwersytecie Lingwistycznym w Mińsku, a później ukończył Europejski Uniwersytet Humanistyczny. Pracowała jako tłumaczka i korepetytorka języka angielskiego. Jego ostatnim znanym miejscem pracy był Instytut Sacharowa w Mińsku.</t>
   </si>
   <si>
     <t>Decyzja sądu 09.12.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-10-19 20:09:08</t>
   </si>
   <si>
     <t>Sergey Danilovich Mityushkin</t>
   </si>
   <si>
     <t>14 maja 1969</t>
   </si>
   <si>
     <t>Rzemieślnik z Baranowicz, Siergiej, został aresztowany w lutym 2025 roku. Początkowo skazano go na 24 godziny więzienia na podstawie artykułu 19.11 Kodeksu wykroczeń administracyjnych, a następnie oskarżono na podstawie artykułu 188 Kodeksu karnego Republiki Białorusi.</t>
   </si>
   <si>
     <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
   </si>
   <si>
     <t>2025-10-16 18:32:46</t>
   </si>
   <si>
     <t>Dmitry Pavlovich Kapuza</t>
   </si>
   <si>
     <t>14 maja 1989</t>
   </si>
   <si>
     <t>Dmitrij i Olga Kapuzy, lat 36, zostali zatrzymani 16 stycznia 2024 roku. Para pochodzi z rejonu drohiczyńskiego i mieszkała w pobliżu granicy białorusko-ukraińskiej. Po ich zatrzymaniu telewizja państwowa wyemitowała film propagandowy „Czystka. Walka z sabotażystami i agentami ukraińskich służb specjalnych na Białorusi”, oskarżając ich o przemyt towarów z Ukrainy. Zatrzymano wówczas łącznie 12 osób. Według propagandy para rzekomo pracowała dla ukraińskich służb specjalnych. Twierdzono, że mieszkańcy rejonu drohiczyńskiego pomagali Służbie Bezpieczeństwa Ukrainy w przejmowaniu materiałów wybuchowych i tworzeniu kryjówek na Białorusi.
 Na nagraniu propagandowym widać, jak Dmitrij został postrzelony w udo podczas aresztowania. Później pokazano go poruszającego się o kulach. Brat Dmitrija został pobity w głowę przez funkcjonariuszy KGB zaraz po aresztowaniu.
 Jeden ze zwolnionych więźniów politycznych, który dzielił areszt z Kapuzą w Areszcie Śledczym nr 7, powiedział , że początkowo zarzuty postawiono na podstawie artykułu 289 Kodeksu Karnego Republiki Białorusi – terroryzm. Artykuł ten przewiduje jednak eksplozję , podpalenie lub inne działania stwarzające zagrożenie życia . Następnie KGB przekwalifikowało sprawę na artykuł 356 Kodeksu Karnego – „ zdrada stanu”. Jak sam Kapuza wyjaśnił współwięźniowi, posiadał dom we wsi Swaryń w rejonie drohiczyńskim, niedaleko granicy z Ukrainą. Przemycał tam bursztyn , papierosy i wódkę . Mógł przewozić towary bezpośrednio lub ukrywać je i transportować w częściach dla bezpieczeństwa. Podobno jeden z magazynów został odkryty przez KGB i podłożono tam ładunki wybuchowe. Kapuza dowiedział się o tym po aresztowaniu. Podczas aresztowania ludzie wyskoczyli z minibusa , podbiegli do jego samochodu, otworzyli drzwi i bez słowa postrzelili go dwa razy w nogę . Dmitrij otrzymał minimalną pomoc medyczną. Miał szczęście , że nie doszło do gangreny i że jego noga przeżyła. Dmitrij, który wówczas nie przyznał się do winy , został dotkliwie pobity, aby wymusić na nim przyznanie się do winy.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 24 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2025-07-16 19:00:11</t>
   </si>
   <si>
+    <t>Anatoly Anatolevich Starosvetskii</t>
+  </si>
+  <si>
+    <t>14 maja 1990</t>
+  </si>
+  <si>
+    <t>Były mąż więźniarki politycznej Witalii Bondarenko. Zatrzymano go po krótkim spotkaniu z Witalią, tuż przy wyjściu z kolonii, a następnie umieszczono go w Areszcie Tymczasowym w Homlu, po czym przekazano go do Aresztu Śledczego nr 3.
+W dniu 4 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.03.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.06.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
     <t>Pavel Anatolyevich Lashchenko</t>
   </si>
   <si>
     <t>14 maja 1972</t>
   </si>
   <si>
     <t>Biznesmen , szef firmy audytorskiej Ernst&amp;Young.
 Paweł został zatrzymany i umieszczony w areszcie śledczym pod zarzutem popełnienia jednego z artykułów politycznych. Wiadomo, że wszczęto postępowanie karne w sprawie wydarzeń z 2020 roku. W 2020 roku, w szczytowym momencie bicia obywateli przez policję, Laszczenko wysłał do szefów organów ścigania i agencji rządowych list , w którym wyraził wątpliwości co do liczb podawanych przez Jermoszynę, a także wezwał wszystkich do opamiętania się i powrotu do praworządności.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-02-28 01:38:03</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-06-28 15:06:11</t>
   </si>
   <si>
     <t>Alexey Andreevich Tkachuk</t>
   </si>
   <si>
     <t>14 maja 1987</t>
   </si>
   <si>
     <t xml:space="preserve">Aleksiej został skazany na podstawie sfabrykowanych zarzutów posiadania amunicji treningowej. W sierpniu 2020 roku mężczyzna napisał list z rezygnacją z wojska i został zwolniony w listopadzie.
 Został zatrzymany w sprawie wywozu dokumentów Ministerstwa Obrony Republiki Białoruś. W trakcie śledztwa zostali skierowani do odrębnej sprawy karnej na podstawie części 2 art. 295 kk, ponieważ podczas przeszukania w mieszkaniu rzekomo znaleziono materiały wybuchowe.
 Sąd Miejski w Mińsku w sierpniu 2022 roku wydał wyrok. Aleksiej został również pozbawiony stopnia wojskowego i ukarany grzywną: 500 jednostek podstawowych. Proces odbył się za zamkniętymi drzwiami.
 </t>
   </si>
   <si>
     <t>2022-12-04 01:33:09</t>
   </si>
   <si>
     <t>Anton Vladimirovich Kozelsky</t>
   </si>
   <si>
     <t>14 maja 1986</t>
   </si>
   <si>
     <t>Sądząc po sieciach społecznościowych, mężczyzna ma 38 lat. Wiadomo, że przez pewien czas mieszkał w Rosji, ale ostatnio w Mińsku. Mężczyzna ma żonę i dziecko.
 Kozelsky przez długi czas pracował jako operator w ONT. Przykładowo jeszcze w listopadzie 2022 r. uczył Departament Bezpieczeństwa MSW współpracy z mediami państwowymi. Ostatni raport Kozelskiego ukazał się w październiku 2023 roku.
@@ -749,127 +745,142 @@
 W dniu 13 sierpnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 28.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
   </si>
   <si>
     <t>Victor Aleksandrovich Savashevich</t>
   </si>
   <si>
     <t>15 maja 1982</t>
   </si>
   <si>
     <t>Mężczyzna został oskarżony o utworzenie i prowadzenie kanału w telegramie „23.34”, który zawierał informacje o białoruskich sędziach.
 Viktor został również oskarżony o „współudział w celowych działaniach administratorów i członków szeregu innych destrukcyjnych kanałów Telegramu, mających na celu podżeganie do nienawiści społecznej i niezgody na podstawie innej przynależności społecznej i pociągających za sobą poważne konsekwencje”, według kanału Telegram z Prokuratury Generalnej.</t>
   </si>
   <si>
     <t>11 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
   </si>
   <si>
-    <t>Yuri Anatolyevich Garkach</t>
-[...28 lines deleted...]
-  <si>
     <t>Dmitry Mikhailovich Sonchik</t>
   </si>
   <si>
     <t>15 maja 1984</t>
   </si>
   <si>
     <t>Wiadomo, że Sonchik przez długi czas pracował jako kierowca, a ostatnio jako kierowca ciężarówki. Dmitry interesuje się sportami motorowymi i radiem amatorskim.
 Film z Sonchikiem ukazał się 7 maja 2024 r. na kanale GUBOPiK; został zatrzymany po powrocie z zagranicy. W telegramie zasypywali go komentarzami, twierdząc, że pozostawił ich ponad tysiąc.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.01.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-12-19 16:37:31</t>
+  </si>
+  <si>
+    <t>Yuri Anatolyevich Garkach</t>
+  </si>
+  <si>
+    <t>15 maja 1977</t>
+  </si>
+  <si>
+    <t>Podpułkownik KGB, zastępca dowódcy oddziału „A” KGB Republiki Białorusi. W sierpniu 2020 r. stanął na czele Stowarzyszenia Weteranów Grupy A, w imieniu którego podpisał apel potępiający przemoc i represje. Jesienią 2020 roku został zatrzymany przez funkcjonariuszy KGB i osadzony w areszcie. Sprawa karna ma klauzulę „tajna”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.12.2022: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
+  </si>
+  <si>
+    <t>Timur Aleksandrovich Lazko</t>
+  </si>
+  <si>
+    <t>15 maja 1983</t>
+  </si>
+  <si>
+    <t>2 lutego 2024 r. kanał telegramowy zbliżony do Brześcia GUBOPiK opublikował wideo wyrażające skruchę z Timurem Łozką.Na nagraniu siły bezpieczeństwa pokazały, jak do domu wpadli mężczyźni z tarczami i bronią, w pełnym mundurze. Następnie pojawia się materiał, na którym Timur Aleksandrowicz z rękami założonymi za plecami mówi, że znaleziono go z subskrypcjami Nechty i że przekazał także datki temu kanałowi telegramowemu. Mężczyzna twierdzi też, że pracuje w Lode jako anestezjolog i resuscytator.W Internecie można znaleźć informację, że Łozko został zatrzymany już w październiku 2020 r. (w ramach solidarności z nim inni lekarze w Brześciu wyszli protestować z napisem „Ja/my jesteśmy Timur”). Z kolei podczas referendum w lutym 2022 roku został ponownie zatrzymany i zgodnie z art. 24.23 Kodeksu wykroczeń administracyjnych „Nielegalne pikiety” odbył najpierw karę w schronisku, a następnie otrzymał karę grzywny w wysokości 50 b.v.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.08.2024: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 50 jednostek bazowych kary. Apelacja 01.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-03 12:54:26</t>
   </si>
   <si>
     <t>Vladimir Alekseevich Dudarev</t>
   </si>
   <si>
     <t>16 maja 1977</t>
   </si>
   <si>
     <t>W 2020 roku Władimir koordynował grupę regionalną Wiktora Babariko. Po ukończeniu Politechniki Mohylewskiej w 2001 roku pracował w Komitecie Wykonawczym Miasta Mohylew, a w 2018 roku został jego zastępcą odpowiedzialnym za budownictwo oraz mieszkalnictwo i usługi komunalne. W październiku 2019 odszedł ze stanowiska.
 W dniu 11 czerwca 2020 r. pracownicy Departamentu Dochodzeń Finansowych przeszukali biuro Biełgazprombanku oraz osób powiązanych z Babariko, po czym Władimir został zatrzymany. We wrześniu 2021 roku sąd uznał go za winnego nadużycia władzy i oszustwa, jednak nie przyznał się do winy.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.09.2021: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Polivko</t>
   </si>
   <si>
     <t>16 maja 1987</t>
   </si>
   <si>
     <t>Zatrzymany za komentarze na portalach społecznościowych. Aleksander jest oskarżony o „ekstremistyczne wezwania podżegające do nienawiści społecznej” i „obrażanie urzędników państwowych”. Prorządowy kanał Telegram pokazał zrzuty ekranu z wiadomościami dotyczącymi Poliwki. Na przykład: „Kolaboranci i niewolnicy, obrzydliwie jest to oglądać! Żeby wszyscy się wściekli i przebili tego wąsatego faszystę”.
 Tym samym, zdaniem prokuratury, 14 czerwca 2021 r. pod publikacją telegramu „Białoruś Mózgu” Aleksander napisał wiadomość, w której poinformował, że kiedyś pracował w rezydencji Łukaszenki, a jeden z jego kolegów opowiadał o jego rozmowa z ochroniarzem Łukaszenki. A według strażnika Łukaszenka osobiście, z powodu błędów strażnika, mógł ich ustawić w rzędzie i „przebić sklejkę” (uderzyć z całej siły w klatkę piersiową lub brzuch, tak aby osoba pochyliła się z taki cios). Podobno komentarz ten znalazł się pod postem zatytułowanym „BYPOL: Roman Protasevich został osobiście pobity przez dyktatora” (wszystkie komentarze pod postem zostały w tej chwili usunięte). Na procesie Polivko został poproszony o podanie nazwiska, jaki kolega opowiedział taką historię – mężczyzna nie pamiętał jednak ani jego imienia, ani innych danych osobowych, ponieważ. pracował w rezydencji bardzo długo, około 2008-2009. Jednak znalezienie byłego kolegi na podstawie dokumentów byłoby nierealne, bo... pracowali bez oficjalnego zatrudnienia. Został także skazany za kolejne 4 komentarze na podstawie różnych artykułów Kodeksu karnego Republiki Białorusi.
 Mężczyzna pozostawił dwójkę małoletnich dzieci (mają 14 i 4 lata).</t>
   </si>
   <si>
     <t>Decyzja sądu 04.03.2024: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
+  </si>
+  <si>
+    <t>Ivan Piatrovich Suprunchyk</t>
+  </si>
+  <si>
+    <t>17 maja 1988</t>
+  </si>
+  <si>
+    <t>Według aktu oskarżenia Ivan przekazał administratorom „niszczącego” kanału Telegram informacje o życiu osobistym bliskiej osoby policjanta. „Gromadzenie i rozpowszechnianie” tych informacji bez zezwolenia rzekomo doprowadziło do „naruszenia praw, wolności i uzasadnionych interesów ofiary”.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii karnej .</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
   </si>
   <si>
     <t>Basil Vasilevich Prokhorov</t>
   </si>
   <si>
     <t>18 maja 1969</t>
   </si>
   <si>
     <t>Został zatrzymany wraz z całą rodziną (żona, córka, syn) pod zarzutem „zdrady”. Córka najwyraźniej została później zwolniona. Wasilij Prochorow ma 54 lata. Pochodzi z miasta Czarnobyl, w którym znajdowała się słynna elektrownia atomowa. Wiadomo, że został ranny w wypadku w Czarnobylu. Prochorow służył w oddziałach powietrzno-desantowych. Następnie pracował na budowach i dorabiał jako przewoźnik ładunków, a także pisał mały blog.
 Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.
 Rodzina Prochorowów przez długi czas mieszkała we wsi Grabówka w obwodzie homelskim. W chwili aresztowania mieszkali we wsi Uza w obwodzie homelskim, dokąd przenieśli się dwa lata temu.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.05.2024: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
   </si>
   <si>
     <t>Nikolay Petrovich Demchenko</t>
   </si>
   <si>
     <t>19 maja 1988</t>
   </si>
   <si>
@@ -890,412 +901,535 @@
 Z nagrania BT wynika, że Mozyrowie byli ściśle monitorowani: pokazali materiał z ukrytej kamery w garażu, gdzie mężczyźni omawiają swoje plany. Na taśmie rozmawiają o perspektywie zniszczenia kolei.
 Proces odbył się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>14 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
     <t>Sergey Ivanovich Belsky</t>
   </si>
   <si>
     <t>20 maja 1982</t>
   </si>
   <si>
     <t>Będąc pijany, nie kupił biletu na trolejbus i obrzucił prezydenta nieprzyzwoitymi słowami. Kontroler wezwał policję, a Siergiej został zatrzymany.</t>
   </si>
   <si>
     <t>2,6 roku więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2023-09-27 17:46:46</t>
   </si>
   <si>
-    <t>Alexey Gennadievich Melnikov</t>
+    <t>Igor Vladimirovich Brodko</t>
+  </si>
+  <si>
+    <t>20 maja 1983</t>
+  </si>
+  <si>
+    <t>Igor pochodzi ze Smilowicz (rejon czerwieński), ale od dawna mieszkał w Witebsku. Z byłą żoną ma małoletnie dziecko. Igor przez wiele lat pracował jako ratownik. Następnie pracował jako kierowca, świadcząc usługi transportowe i taksówkarskie. Brodko zniknął z mediów społecznościowych i komunikatorów po lutym 2025 roku. Prawdopodobnie został wtedy zatrzymany.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:48:50</t>
+  </si>
+  <si>
+    <t>Sergey Mikhailovich Shkodin</t>
+  </si>
+  <si>
+    <t>Skazany w sprawie Gayuna za 7 przestępstw.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 13.01.2026: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-10-27 12:31:47</t>
+  </si>
+  <si>
+    <t>Anton Alexandrovich Ilyin</t>
+  </si>
+  <si>
+    <t>20 maja 1987</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.12.2024: 6 lata więzienia w kolonii w specjalnych warunkach reżimu. Apelacja 19.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-02 18:16:42</t>
+  </si>
+  <si>
+    <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>20 maja 1991</t>
-  </si>
-[...10 lines deleted...]
-    <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>8 października Gleb Panasiuk opuścił Polskę, gdzie mieszkał i pracował przez ostatnie kilka lat, i udał się do rodzinnego Swietłogorska, aby odwiedzić rodziców. 9 października zadzwonił z Brześcia do znajomych w Polsce, aby powiedzieć, że przekroczył granicę i wkrótce wsiada do pociągu do Swietłogorska. Jednak po tym zdarzeniu kontakt z młodym mężczyzną urwał się .
 Jak się okazuje, Gleb odbywał karę w areszcie tymczasowym w Homlu z powodu zarzutów administracyjnych, po czym został przeniesiony do aresztu śledczego nr 1 i oskarżony o popełnienie przestępstwa. Aktywiści praw człowieka mają informacje, że jego uwięzienie ma podłoże polityczne.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
-    <t>Igor Vladimirovich Brodko</t>
-[...20 lines deleted...]
-    <t>2024-12-02 18:16:42</t>
+    <t>Alexey Gennadievich Melnikov</t>
+  </si>
+  <si>
+    <t>Aleksiej został zatrzymany 4 grudnia 2020 r. w ramach sprawy karnej dotyczącej masowych niepokojów i skazany za udział w proteście, który odbył się w sierpniu 2020 r. w pobliżu centrum handlowego w Rydze w Mińsku.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.03.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 04.10.2021: około 1340 ruble odszkodowania. Decyzja sądu 19.10.2021: około 1600 ruble odszkodowania.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:30:24</t>
+  </si>
+  <si>
+    <t>Nikolay Albinovich Vitkovsky</t>
+  </si>
+  <si>
+    <t>22 maja 1967</t>
+  </si>
+  <si>
+    <t>Nikołaja stale zatrzymywano za wykroczenia administracyjne.
+We wrześniu 2025 roku został aresztowany pod zarzutem popełnienia przestępstwa. Oskarżono go o zdradę stanu.</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:41:34</t>
+  </si>
+  <si>
+    <t>Anton Iosifovich Ravan</t>
+  </si>
+  <si>
+    <t>22 maja 1985</t>
+  </si>
+  <si>
+    <t>Anton został skazany za swoje komentarze, podobnie jak w „sprawie Gayuna”.
+Anton ma dwójkę małoletnich dzieci i jest jedynym żywicielem rodziny, ponieważ jego żona przebywa na urlopie macierzyńskim.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.10.2025: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-11-12 14:49:09</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Korotkiy</t>
   </si>
   <si>
     <t>22 maja 1984</t>
   </si>
   <si>
     <t>Mężczyzna został oskarżony o zerwanie w stanie pijanym czerwono-zielonej flagi z budynku sklepu w mieście. W pełni przyznał się do swojej winy.
 Mieszkaniec miasta był już sądzony już dziewięć razy. Oprócz więzienia Władimirowi przepisano obowiązkowe leczenie alkoholizmu.</t>
   </si>
   <si>
     <t>2 lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
-    <t>Nikolay Albinovich Vitkovsky</t>
-[...25 lines deleted...]
-    <t>2025-11-12 14:49:09</t>
+    <t>Ihar Kisliak</t>
+  </si>
+  <si>
+    <t>23 maja 1970</t>
+  </si>
+  <si>
+    <t>Podpułkownik policji, były zastępca szefa wydziału Głównej Dyrekcji ds. Zwalczania Przestępczości Zorganizowanej Ministerstwa Spraw Wewnętrznych Republiki Białorusi, przez długi czas pełniący funkcję szefa policji kryminalnej Wydziału Spraw Wewnętrznych Miasta Żodino Sprawy. Odszedł w 2012 r., a w 2014 r. został przedsiębiorcą.
+Igor twierdzi , że służyły one idei ochrony ludzi i zwalczania przestępczości. Jest oburzony faktem, że siły bezpieczeństwa biją ludzi, zauważając, że „prowokatorów jest niewielu, ale można ich izolować, a nie działać jako siły karne i przeciwstawiać się naszemu spokojnemu, pracowitemu ludowi”. Wzywa siły bezpieczeństwa, aby pamiętały, że złożyły narodowi przysięgę. „Liczymy na Państwa zrozumienie i honor jako oficera” – podsumowuje mężczyzna.
+W 2020 r. on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi.
+Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:21:32</t>
   </si>
   <si>
     <t>Andrey Vitalievich Verevkin</t>
   </si>
   <si>
     <t>23 maja 1991</t>
   </si>
   <si>
     <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Victoria Valentinovna Domostoy</t>
   </si>
   <si>
     <t>24 maja 1979</t>
   </si>
   <si>
     <t>Po raz pierwszy została zatrzymana przez KGB pod koniec stycznia 2024 r. (w okresie masowych zatrzymań krewnych i znajomych więźniów politycznych) za pisanie listów i przelewanie pieniędzy na konta więźniów politycznych przebywających w Areszcie Śledczym nr . Następnie wszczęto przeciwko niej sprawę karną z art. 361-2 (finansowanie działalności ekstremistycznej), ale kobiety nie zatrzymano.
 W trakcie przeszukania skonfiskowano jej sprzęt i pieniądze. Po zbadaniu tej techniki rzekomo odkryto niechciane komentarze w sieciach społecznościowych, po czym je zbadano. Po otrzymaniu wyników badań, w dniu 20 kwietnia 2024 r. Wiktoria została ponownie zatrzymana i umieszczona w Areszcie Śledczym, a następnie w Areszcie Śledczym.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.01.2025: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
   </si>
   <si>
     <t>Alexander Viktorovich Korzyuk</t>
   </si>
   <si>
     <t>25 maja 1968</t>
   </si>
   <si>
     <t>Do niedawna Aleksander Korzyuk kierował Departamentem Finansów Mieszkalnictwa i Usług Komunalnych, Transportu i Łączności w Ministerstwie Finansów. Nigdy nie udzielił publicznego wywiadu. Wiadomo jedynie, że jest dobrym szachistą.
 Rozprawa odbyła się za zamkniętymi drzwiami.
 Według byłych więźniów politycznych, którzy odsiadywali wyroki w tej samej kolonii karnej co Aleksander, został on uznany za osobę skłonną do ekstremizmu i pozbawiony paczek oraz możliwości odwiedzin rodziny. Nie przyznał się do winy.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.07.2024: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 20.12.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
     <t>Olga Olegovna Oleshkevich</t>
   </si>
   <si>
     <t>25 maja 1984</t>
   </si>
   <si>
-    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 21.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+    <t>Decyzja sądu 21.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Sergei Nikolaevich Leonyuk</t>
   </si>
   <si>
     <t>25 maja 1971</t>
   </si>
   <si>
     <t>Zatrzymany za komentarze na portalach społecznościowych.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.09.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.11.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-02-08 02:03:58</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly Adygezalov</t>
+  </si>
+  <si>
+    <t>26 maja 1978</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly został zatrzymany i skazany za podpalenie twierdzy w Bobrujsku.
+Emin ma problemy z nogami i chodzi o lasce.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.03.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 1740 ruble odszkodowania. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2021-03-12 20:57:51</t>
   </si>
   <si>
     <t>Vadim Vladimirovich Lutsevich</t>
   </si>
   <si>
     <t>26 maja 1992</t>
   </si>
   <si>
     <t>Wysoko wykwalifikowany specjalista IT.
 Ojciec dwójki dzieci w wieku 8 i 6 lat.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 03.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-03-12 20:57:51</t>
   </si>
   <si>
     <t>Ilya Olegovych Naryshkin</t>
   </si>
   <si>
     <t>27 maja 2003</t>
   </si>
   <si>
     <t>Ilja Naryszkin ma 21 lat. Pochodzi ze Słonima, ale część dzieciństwa spędził w Grodnie. Ojciec Ilyi jest Ukraińcem, urodzonym w Krzywym Rogu. W czasach sowieckich ukończył szkołę lotniczą, ale pracował jako inżynier mechanik w różnych krajach. Od bardzo dawna nie mieszkali razem z matką faceta.
 Ilya wstąpiła do Akademii Ministerstwa Spraw Wewnętrznych. Teraz powinien był ukończyć trzeci rok na Wydziale Karnym. Wiadomo, że w czasie studiów prowadził aktywne życie – występował w różnych konkursach, a nawet brał udział w intelektualnej grze telewizji Białoruś-2 „Wieża”. Najnowsze informacje publiczne na jego temat pochodzą z marca 2023 roku.
 Być może 21-letni Ilja Naryszkin chciał dołączyć do białoruskich wolontariuszy na Ukrainie. Zarzuty, które ostatnio mu postawiono, najczęściej służyły osądzeniu osób, które wyraziły chęć wyjazdu na wojnę po stronie Ukrainy, niezależnie od tego, czy wyraziły to w Internecie, czy offline. Część z tych osób korespondowała z fałszywymi botami pułku Kalinowskiego, stworzonymi przez służby specjalne Republiki Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.08.2024: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-07-10 15:36:04</t>
   </si>
   <si>
+    <t>Pavel Mikhailovich Sava</t>
+  </si>
+  <si>
+    <t>27 maja 1974</t>
+  </si>
+  <si>
+    <t>Paweł został aresztowany 1 grudnia 2020 roku wraz z Nikołajem Autuchowiczem , którego władze natychmiast uznały za „organizatora i przywódcę grupy terrorystycznej”. Został skazany za „udział w organizacji przestępczej” i „akt terrorystyczny”.
+Proces w sprawie zmian w systemie więziennictwa odbył się w lutym 2024 roku, ale jego wynik wciąż nie jest znany. Wiosną tego samego roku Paweł i dwaj inni oskarżeni w „sprawie” zostali zobowiązani do zapłaty ponad 40 000 rubli odszkodowania za szkody wyrządzone funkcjonariuszom policji.
+Paweł często ma wysokie ciśnienie krwi i źle się czuje, jego stopy tak puchną, że nie może założyć butów.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 12.02.2024: 2 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
+  </si>
+  <si>
+    <t>Mikita Starazhenka</t>
+  </si>
+  <si>
+    <t>27 maja 1993</t>
+  </si>
+  <si>
+    <t>Były śledczy. Zrezygnował po wyborach w 2020 roku w proteście przeciwko obecnemu rządowi. Po zwolnieniu Nikita pracował jako prawnik.
+Po raz pierwszy został zatrzymany 23 kwietnia 2021 r. za „nieuprawnioną pikietę” i odbył 15 dni więzienia, zgodnie z częścią 1 art. 24.23 Kodeksu wykroczeń administracyjnych. Został zwolniony 8 maja 2021 roku.
+4 maja 2021 roku Storożenko, podobnie jak inni przedstawiciele organów ścigania, którzy w proteście złożyli rezygnację, został pozbawiony przez Łukaszenkę stopnia starszego porucznika wymiaru sprawiedliwości w rezerwie.
+Mikita został ponownie zatrzymany 1 lutego 2022 roku w centrum handlowym w Mińsku. W filmie opublikowanym na kanale telegramowym MSW mówi, że jednemu z „protestacyjnych kanałów telegramowych” podał kontakty dwóch pracowników GUBOPiK i zastępcy szefa Komitetu Śledczego w Mińsku.
+Proces odbył się 15 listopada 2022 r. w Sądzie Miejskim w Mińsku. Nikita był sądzony za „podżeganie do innych wrogości i niezgody społecznej” na podstawie części 3 art. 130 kk, a także za „nielegalne zbieranie i rozpowszechnianie informacji o życiu prywatnym” (część 1 art. 179 kk).
+2 grudnia 2022 roku został skazany na siedem lat kolonii karnej w warunkach zaostrzonego reżimu. Nikita jest również zobowiązany do zapłacenia grzywny w wysokości 5 tys. BYN jako moralnego zadośćuczynienia pracownikom, których dane, według prokuratury, przekazał „kanałom telegramu protestacyjnego”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.12.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 11.01.2025: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2022-02-11 19:13:39</t>
+  </si>
+  <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
     <t>27 maja 1961</t>
   </si>
   <si>
     <t>Został zatrzymany przez policję 19 października 2023 r. Po aresztowaniu odbył dwa areszty administracyjne po 15 dni każdy. Działacze na rzecz praw człowieka wiedzą, że drugi z nich został powołany 3 listopada przez Centralny Sąd Rejonowy w Mińsku. Następnie sędzia Juliana Szczerba uznała 63-letniego Marczenko za winnego „rozpowszechniania materiałów ekstremistycznych” (zgodnie z częścią 2 art. 19.11 Kodeksu administracyjnego).
 Proces Aleksandra rozpoczął się 25 marca 2024 roku w Sądzie Miejskim w Mińsku.
 W dniu 4 czerwca 2024 r. rozpatrzono apelację Aleksandra. Reklamacja pozostała bez rozpatrzenia.</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Vladimir Tadeushevich Gundar</t>
   </si>
   <si>
     <t>28 maja 1960</t>
   </si>
   <si>
     <t>Władimir został zatrzymany 30 grudnia 2020 r. w ramach kryminalnej „sprawy Autuchowicza” pod zarzutem „przygotowania ataku terrorystycznego”, jednak zarzut ten został później wycofany. W maju 2021 r. został skazany za „przemoc wobec urzędnika”. W toku śledztwa stwierdzono, że podczas zatrzymania groził śledczym i rozbijał telefon komórkowy.
 Rozpatrywanie „sprawy Autuchowicza” rozpoczęło się w maju 2022 r. Podczas procesu Władimir był kilkakrotnie usuwany z przesłuchań i osadzany w celi karnej. Na jednym z czerwcowych spotkań umieszczono go w klatce w samej bieliźnie, z rękami przykutymi do krat. W odpowiedzi Władimir rozpoczął strajk głodowy, który prowadził przez 11 dni. W tej sprawie został skazany za „tworzenie organizacji przestępczej” i „próbę przejęcia władzy”.
 W grudniu 2022 roku Władimirowi postawiono nowy zarzut znieważenia prokurator Ludmiły Gerasimenko, która reprezentowała prokuraturę w „sprawie Autuchowicza”, za co dodano dodatkowy wyrok. W rezultacie został skazany na 20 lat kolonii o zaostrzonym rygorze.
 W październiku 2023 roku został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.05.2021: 3 roku więzienia w kolonii na warunkach ogólnych. Decyzja sądu 17.10.2022: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu 17.04.2023: 2 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.06.2023: wyrok został podtrzymany. Sąd zmiany reżimu 10.10.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Natalia Kravchuk</t>
+    <t>Dzmitry Valeryevich Kalinouski</t>
+  </si>
+  <si>
+    <t>28 maja 1977</t>
+  </si>
+  <si>
+    <t>Od 2000 roku Dmitrij pracuje jako administrator systemów w Białoruskich Kolejach Państwowych. Jego praca polegała na konfiguracji sprzętu sieciowego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 11.02.2026: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-03-02 20:40:16</t>
+  </si>
+  <si>
+    <t>Pavel Aliaksandravich Veraskouski</t>
+  </si>
+  <si>
+    <t>28 maja 1998</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.11.2025: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-12-11 13:17:41</t>
+  </si>
+  <si>
+    <t>Natalia Eduardovna Krauchak</t>
   </si>
   <si>
     <t>29 maja 1969</t>
   </si>
   <si>
-    <t>Decyzja sądu 03.11.2025: 2 roku 8 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+    <t>Decyzja sądu 03.11.2025: 2 roku 8 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
     <t>Olga Alexandrovna Barunova</t>
   </si>
   <si>
     <t>30 maja 1978</t>
   </si>
   <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
     <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2026-01-23 13:20:24</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Lopukh</t>
   </si>
   <si>
     <t>30 maja 1982</t>
   </si>
   <si>
     <t>Aleksandr został zatrzymany w ramach postępowania karnego wszczętego po proteście, który odbył się w Pińsku w nocy z 9 na 10 sierpnia 2020 r. przeciwko fałszerstwom w wyborach prezydenckich. Został skazany za udział w „masowych zamieszkach”.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.07.2021: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.09.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
+  </si>
+  <si>
+    <t>Andrei Bykau</t>
+  </si>
+  <si>
+    <t>30 maja 1971</t>
+  </si>
+  <si>
+    <t>Skazany za komentarze w Internecie.</t>
+  </si>
+  <si>
+    <t>5 lat w kolonii pod zaostrzonym reżimem, a także pozbawienie stopnia podpułkownika rezerwy.</t>
+  </si>
+  <si>
+    <t>2022-11-24 17:48:26</t>
+  </si>
+  <si>
+    <t>Raman Mikalayevich Karpau</t>
+  </si>
+  <si>
+    <t>30 maja 1981</t>
+  </si>
+  <si>
+    <t>Prawdopodobnie zatrzymany z przyczyn politycznych, od kwietnia 2025 r. przebywa w Areszcie Śledczym nr 1.</t>
+  </si>
+  <si>
+    <t>2025-07-28 14:00:13</t>
+  </si>
+  <si>
+    <t>Elena Vasilievna Zmushko</t>
+  </si>
+  <si>
+    <t>31 maja 1986</t>
+  </si>
+  <si>
+    <t>Elena podróżowała z synem, aby odwiedzić rodziców, gdy została aresztowana za pomoc więźniom politycznym.
+W ostatnich latach mieszkała z rodziną w Warszawie. Tam, w lutym 2021 roku, Elena została współzałożycielką i główną analityczką biznesową w startupie GlobalTips, który pomaga agencjom rządowym w przejściu na cyfryzację. Usługa pozwala użytkownikom zostawiać kelnerom bezgotówkowe napiwki za pomocą kodu QR.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.11.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-14 13:04:55</t>
+  </si>
+  <si>
+    <t>Dzmitry Vasilyevich Danilchyk</t>
+  </si>
+  <si>
+    <t>31 maja 1991</t>
+  </si>
+  <si>
+    <t>Wiadomo, że Daniłczik został zatrzymany w Słonimiu w sierpniu 2023 r. i początkowo przebywał w areszcie przez 15 dni, po czym wszczęto sprawę karną.
+Z materiałów prokuratury wynika, że Daniłczik „od lutego 2022 r. do lipca 2023 r. wielokrotnie zamieszczał w ekstremistycznych czatach na komunikatorze Telegram oraz w publicznych czatach w serwisie YouTube informacje o charakterze obraźliwym wobec Łukaszenki, poniżające jego honor, godność osobistą i autorytet , zamieścił w Internecie wiadomości i komentarze o nieprzyzwoitej formie i uwłaczające pod względem intencji wobec urzędników państwowych w związku z wykonywaniem przez nich obowiązków służbowych.”</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.05.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.07.2024: nieznany. Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-09-11 12:56:46</t>
   </si>
   <si>
     <t>Anastasia Vladimirovna Lazarenko</t>
   </si>
   <si>
     <t>31 maja 1982</t>
   </si>
   <si>
     <t>Rzecznik. Została zatrzymana na początku czerwca 2022 roku, dwa dni po swoich 40. urodzinach, za wyciek danych do kanałów Telegramu. Siły bezpieczeństwa przyjechały zatrzymać kobietę z karabinami maszynowymi i kamizelkami kuloodpornymi - wspięły się przez okna i wyłamały drzwi.
 W marcu 2023 roku okazało się, że usłyszała również zarzut z art. 203-1 Kodeksu karnego (Nielegalne działania dotyczące informacji o życiu prywatnym) oraz część 1 art. 342 Kodeksu karnego. Według śledczych rzekomo zorganizowała „nieautoryzowaną imprezę masową”, kiedy prowadziła konsultacje w pobliżu Akrestsina w sierpniu 2020 r.
 Na wolności zostawiła starszego ojca i 19-letniego syna, który od 16 roku życia cierpi na chorobę Leśniowskiego-Crohna.</t>
   </si>
   <si>
     <t>6 lat pozbawienia wolności w kolonii w warunkach reżimu og&amp;oacute;lnego</t>
   </si>
   <si>
     <t>2022-08-26 15:26:58</t>
   </si>
   <si>
     <t>Tatiana Nikolaevna Rusak</t>
   </si>
   <si>
     <t>31 maja 1976</t>
   </si>
   <si>
     <t>15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
 Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. 29-letnia Wiktoria Wołchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Walery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.</t>
   </si>
   <si>
     <t>2024-07-20 13:28:29</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-11-14 13:04:55</t>
   </si>
   <si>
     <t>Oleg Borisovich Loiko</t>
   </si>
   <si>
     <t>Oleg Lojko, pastor ewangelicki z rejonu chojnickiego, jest oskarżony o przekazywanie informacji o przemieszczaniu się rosyjskiego sprzętu wojskowego przez Białoruś.
 48-letni Oleg Loiko jest pastorem ewangelickiego kościoła chrześcijańskiego we wsi Niebytów w rejonie chojnickim. W grudniu ubiegłego roku został aresztowany na 10 dni za „szerzenie ekstremizmu”.
 Pastor spędził wiele lat, pomagając osobom uzależnionym od narkotyków w ramach misji „Powrót”. Dzięki jego pracy setki osób powróciły do normalnego życia. Wcześniej otrzymał wiele entuzjastycznych recenzji w mediach państwowych.
 Duchowny został skazany na trzy i pół roku więzienia o zaostrzonym rygorze za przekazanie informacji o przemieszczaniu rosyjskiego sprzętu wojskowego białoruskiemu projektowi monitoringu Gajun. Proces odbył się za zamkniętymi drzwiami.
 Pastor Oleg nie przyznaje się do popełnienia przestępstw i uważa, że jego sumienie jest czyste przed Bogiem.
-Został ponownie skazany w październiku 2025 r.</t>
+Został ponownie skazany w październiku 2025 r.
+W kolonii stan serca Olega uległ pogorszeniu, a przepukliny międzykręgowe znacznie utrudniały mu chodzenie.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.08.2025: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1605,2167 +1739,2404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
       <c r="I6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
       <c r="C11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
         <v>69</v>
       </c>
       <c r="I12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
         <v>74</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>80</v>
       </c>
       <c r="I14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>86</v>
       </c>
       <c r="I15" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H16" t="s">
         <v>92</v>
       </c>
       <c r="I16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>94</v>
       </c>
       <c r="B17" t="s">
         <v>95</v>
       </c>
       <c r="C17" t="s">
         <v>96</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H17" t="s">
         <v>98</v>
       </c>
       <c r="I17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>100</v>
       </c>
       <c r="B18" t="s">
         <v>101</v>
       </c>
       <c r="C18" t="s">
         <v>102</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H18" t="s">
         <v>104</v>
       </c>
       <c r="I18" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>106</v>
       </c>
       <c r="B19" t="s">
         <v>107</v>
       </c>
       <c r="C19" t="s">
         <v>108</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>22</v>
+      </c>
+      <c r="H19" t="s">
+        <v>98</v>
       </c>
       <c r="I19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="I20" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>115</v>
       </c>
       <c r="B21" t="s">
         <v>116</v>
       </c>
       <c r="C21" t="s">
         <v>117</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>103</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H21" t="s">
         <v>118</v>
       </c>
       <c r="I21" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>120</v>
       </c>
       <c r="B22" t="s">
         <v>121</v>
       </c>
       <c r="C22" t="s">
         <v>122</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H22" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I22" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>124</v>
       </c>
       <c r="B23" t="s">
         <v>125</v>
       </c>
       <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>142</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H26" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C27" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G28" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
       <c r="H28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>164</v>
+        <v>79</v>
       </c>
       <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30" t="s">
         <v>165</v>
       </c>
-      <c r="G30" t="s">
-[...2 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H31" t="s">
         <v>171</v>
       </c>
       <c r="I31" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>173</v>
       </c>
       <c r="B32" t="s">
         <v>174</v>
       </c>
       <c r="C32" t="s">
         <v>175</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32" t="s">
         <v>176</v>
       </c>
-      <c r="F32" t="s">
-[...5 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>178</v>
+      </c>
+      <c r="B33" t="s">
         <v>179</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>180</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>182</v>
+        <v>79</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>41</v>
+        <v>181</v>
       </c>
       <c r="I33" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>183</v>
+      </c>
+      <c r="B34" t="s">
         <v>184</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>185</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
         <v>186</v>
       </c>
-      <c r="D34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H34" t="s">
+        <v>41</v>
+      </c>
+      <c r="I34" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>188</v>
+      </c>
+      <c r="B35" t="s">
         <v>189</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>190</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>109</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35" t="s">
         <v>191</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>193</v>
+      </c>
+      <c r="B36" t="s">
         <v>194</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>195</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>196</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="I36" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>198</v>
+      </c>
+      <c r="B37" t="s">
         <v>199</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>200</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37" t="s">
         <v>201</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>203</v>
+      </c>
+      <c r="B38" t="s">
         <v>204</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
         <v>209</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>127</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
         <v>214</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H40" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="I40" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>217</v>
+      </c>
+      <c r="B41" t="s">
         <v>218</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>219</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>79</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H41" t="s">
+        <v>220</v>
+      </c>
+      <c r="I41" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>222</v>
+      </c>
+      <c r="B42" t="s">
         <v>223</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>224</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>91</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" t="s">
         <v>225</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>227</v>
+      </c>
+      <c r="B43" t="s">
         <v>228</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>229</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" t="s">
         <v>230</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>232</v>
+      </c>
+      <c r="B44" t="s">
         <v>233</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>234</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
+        <v>235</v>
+      </c>
+      <c r="I44" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>237</v>
+      </c>
+      <c r="B45" t="s">
         <v>238</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>239</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45" t="s">
         <v>240</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>242</v>
+      </c>
+      <c r="B46" t="s">
         <v>243</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>244</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>91</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46" t="s">
         <v>245</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
         <v>248</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>249</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H47" t="s">
+        <v>250</v>
+      </c>
+      <c r="I47" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>252</v>
+      </c>
+      <c r="B48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>103</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>259</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>97</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H49" t="s">
         <v>260</v>
       </c>
       <c r="I49" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>262</v>
       </c>
       <c r="B50" t="s">
         <v>263</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50" t="s">
         <v>264</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>266</v>
+      </c>
+      <c r="B51" t="s">
         <v>267</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>268</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>46</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51" t="s">
         <v>269</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
         <v>272</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>273</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" t="s">
         <v>274</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>276</v>
+      </c>
+      <c r="B53" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>153</v>
+        <v>22</v>
+      </c>
+      <c r="H53" t="s">
+        <v>41</v>
       </c>
       <c r="I53" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>280</v>
       </c>
       <c r="B54" t="s">
+        <v>277</v>
+      </c>
+      <c r="C54" t="s">
         <v>281</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
       <c r="I54" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>284</v>
       </c>
       <c r="B55" t="s">
         <v>285</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>79</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H55" t="s">
         <v>286</v>
       </c>
       <c r="I55" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>288</v>
       </c>
       <c r="B56" t="s">
         <v>289</v>
       </c>
       <c r="C56" t="s">
         <v>290</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>52</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" t="s">
+        <v>289</v>
+      </c>
+      <c r="C57" t="s">
         <v>293</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>79</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" t="s">
         <v>294</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>295</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>296</v>
+      </c>
+      <c r="B58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>298</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>97</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="I58" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59" t="s">
         <v>303</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I59" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>305</v>
       </c>
       <c r="B60" t="s">
         <v>306</v>
       </c>
       <c r="C60" t="s">
         <v>307</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H60" t="s">
         <v>308</v>
       </c>
       <c r="I60" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>310</v>
       </c>
       <c r="B61" t="s">
         <v>311</v>
       </c>
       <c r="C61" t="s">
         <v>312</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
       <c r="H61" t="s">
         <v>313</v>
       </c>
       <c r="I61" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>315</v>
       </c>
       <c r="B62" t="s">
         <v>316</v>
       </c>
       <c r="D62" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
+        <v>97</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" t="s">
+        <v>69</v>
+      </c>
+      <c r="I62" t="s">
         <v>317</v>
-      </c>
-[...10 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>318</v>
+      </c>
+      <c r="B63" t="s">
+        <v>319</v>
+      </c>
+      <c r="C63" t="s">
         <v>320</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63" t="s">
         <v>321</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>322</v>
-      </c>
-[...16 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" t="s">
         <v>325</v>
       </c>
-      <c r="B64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>113</v>
+        <v>79</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="I64" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>328</v>
+      </c>
+      <c r="B65" t="s">
+        <v>329</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" t="s">
         <v>330</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>332</v>
+      </c>
+      <c r="B66" t="s">
+        <v>333</v>
+      </c>
+      <c r="C66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>46</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" t="s">
+        <v>335</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...22 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="B67" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C67" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>46</v>
+        <v>340</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="I67" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>109</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
+        <v>350</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>127</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69" t="s">
         <v>351</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>352</v>
-      </c>
-[...19 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>353</v>
+      </c>
+      <c r="B70" t="s">
+        <v>354</v>
+      </c>
+      <c r="C70" t="s">
+        <v>355</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>85</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70" t="s">
         <v>356</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>357</v>
-      </c>
-[...16 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>358</v>
+      </c>
+      <c r="B71" t="s">
+        <v>359</v>
+      </c>
+      <c r="C71" t="s">
         <v>360</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>97</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71" t="s">
         <v>361</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>365</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>46</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H72" t="s">
+        <v>366</v>
+      </c>
+      <c r="I72" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>368</v>
+      </c>
+      <c r="B73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>370</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>97</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73" t="s">
         <v>371</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>373</v>
+      </c>
+      <c r="B74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>375</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>36</v>
+        <v>376</v>
       </c>
       <c r="I74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>21</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
       </c>
-      <c r="I76" t="s">
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
         <v>386</v>
+      </c>
+      <c r="B77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>388</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77" t="s">
+        <v>389</v>
+      </c>
+      <c r="I77" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
+        <v>393</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>46</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78" t="s">
+        <v>394</v>
+      </c>
+      <c r="I78" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>396</v>
+      </c>
+      <c r="B79" t="s">
+        <v>397</v>
+      </c>
+      <c r="C79" t="s">
+        <v>398</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>46</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79" t="s">
+        <v>399</v>
+      </c>
+      <c r="I79" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>401</v>
+      </c>
+      <c r="B80" t="s">
+        <v>402</v>
+      </c>
+      <c r="C80" t="s">
+        <v>403</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80" t="s">
+        <v>211</v>
+      </c>
+      <c r="I80" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>405</v>
+      </c>
+      <c r="B81" t="s">
+        <v>406</v>
+      </c>
+      <c r="C81" t="s">
+        <v>407</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>21</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" t="s">
+        <v>408</v>
+      </c>
+      <c r="I81" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>410</v>
+      </c>
+      <c r="B82" t="s">
+        <v>411</v>
+      </c>
+      <c r="C82" t="s">
+        <v>412</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" t="s">
+        <v>413</v>
+      </c>
+      <c r="I82" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>415</v>
+      </c>
+      <c r="B83" t="s">
+        <v>416</v>
+      </c>
+      <c r="C83" t="s">
+        <v>417</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>21</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" t="s">
+        <v>418</v>
+      </c>
+      <c r="I83" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>420</v>
+      </c>
+      <c r="B84" t="s">
+        <v>421</v>
+      </c>
+      <c r="C84" t="s">
+        <v>422</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" t="s">
+        <v>36</v>
+      </c>
+      <c r="I84" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>424</v>
+      </c>
+      <c r="B85" t="s">
+        <v>421</v>
+      </c>
+      <c r="C85" t="s">
+        <v>425</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>109</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85" t="s">
+        <v>426</v>
+      </c>
+      <c r="I85" t="s">
+        <v>427</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">