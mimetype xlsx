--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -108,1430 +108,1387 @@
   </si>
   <si>
     <t>2025-01-02 00:30:08</t>
   </si>
   <si>
     <t>Yelena Viktorovna Malinovskaya</t>
   </si>
   <si>
     <t>2 kwietnia 1973</t>
   </si>
   <si>
     <t>Została zatrzymana za rysowanie szablonów „Pahonii”. 20 września Centralny Sąd Rejonowy w Mińsku skazał troje więźniów politycznych: Anatolija Łatuszkę, kuzyna polityka Pawła Łatuszki, Lilię Ananian i Jelenę Malinowską. Podczas rozprawy Łatuszko i Malinowska nie przyznali się do winy, a Ananian w pełni przyznała się do winy. Sędzia Dmitrij Karsiuk skazał Anatolija na sześć lat więzienia, Elenę na cztery lata więzienia, a Lilię na pięć lat aresztu domowego, po czym zwolnił ją na sali sądowej.
 Elena ma w domu małoletniego syna.
 Jelena miała zostać zwolniona pod koniec sierpnia 2025 roku, ale nigdy do tego nie doszło. Jak powiedzieli jej przyjaciele w rozmowie z „Naszą Niwą” , została przewieziona do Mińska, gdzie wszczęto przeciwko niej nowe postępowanie karne .</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 20.09.2022: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 02.12.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-02-03 18:52:00</t>
   </si>
   <si>
-    <t>Gennady Vasilevich Gorbach</t>
+    <t>Alexey Vladimirovich Glotov</t>
   </si>
   <si>
     <t>3 kwietnia 1978</t>
-  </si>
-[...16 lines deleted...]
-    <t>Alexey Vladimirovich Glotov</t>
   </si>
   <si>
     <t>Aleksieja aresztowano 30 czerwca 2021 r. w ramach śledztwa karnego w sprawie incydentu w ośrodku łączności rosyjskiej marynarki wojennej w pobliżu Wilejki.
 Według zeznań prokuratury przedstawionych w sądzie, Aleksiej i Wadim Gulewiczowie, „ubrani w stroje maskujące i uzbrojeni w broń palną, weszli na teren obiektu wojskowego i podłożyli ładunki wybuchowe o promieniu rażenia do 11 metrów”. Jeden z nich nie eksplodował i został rozbrojony. Badanie wykazało, że ładunki zostały odpalone z opóźnieniem.
 Straty oszacowano na ponad 26 000 rubli. W grudniu 2022 roku został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.
 W sierpniu 2023 r. odbyła się rozprawa sądowa w sprawie zmiany wyroku, w wyniku której Aleksiej został przeniesiony do zakładu karnego.</t>
   </si>
   <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
   </si>
   <si>
-    <t>Decyzja sądu 05.12.2022: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 04.08.2023: 3 roku więzienia.</t>
+    <t>Decyzja sądu 05.12.2022: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 04.08.2023: 3 roku więzienia. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2022-08-28 22:21:39</t>
   </si>
   <si>
     <t>Vladimir Stanislavovich Kozlovsky</t>
   </si>
   <si>
     <t>3 kwietnia 1962</t>
   </si>
   <si>
     <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-01-21 13:27:30</t>
+  </si>
+  <si>
+    <t>Lyudmila Vladimirovna Shrubok</t>
+  </si>
+  <si>
+    <t>4 kwietnia 1977</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:49:00</t>
+  </si>
+  <si>
+    <t>Alexander Pavlovich Sidorenko</t>
+  </si>
+  <si>
+    <t>4 kwietnia 1991</t>
+  </si>
+  <si>
+    <t>Alexander, kierownik sklepu w Yorku, został aresztowany w listopadzie 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zapracowany Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnią karę pozbawienia wolności.
+We wrześniu 2023 roku pojawiła się informacja, że Aleksandra przewieziono do szpitala dla skazańców we wsi Koladycze koło Mińska w celu przeprowadzenia planowej operacji. Pod koniec października tego samego roku został przeniesiony z powrotem do kolonii karnej.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:16:45</t>
   </si>
   <si>
     <t>Oleg Georgievich Khomenko</t>
   </si>
   <si>
     <t>4 kwietnia 1967</t>
   </si>
   <si>
     <t>Oleg Khomenko jest muzykiem, liderem zespołu "Palace".
 O aresztowaniu dowiedziano się 30 czerwca 2025 r. Jak wiadomo, wszczęto przeciwko niemu postępowanie karne za współpracę z niezależnym białoruskim medium, które znajduje się na liście tzw. „formacji ekstremistycznych” (konkretny artykuł Kodeksu karnego nie jest obecnie znany).
 Oleg Khomenko jest muzykiem, kompozytorem i prezenterem radiowym. W 1992 roku założył folk-rockowy zespół „Palace”. Zespół wydał sześć albumów studyjnych, Khomenko występował również solo i nagrywał audiobooki. W 2008 roku wziął udział w krajowych eliminacjach do Eurowizji z piosenką „Kola Grukatala”. Po 2020 roku „Palace” pozostał w kraju i sporadycznie występował.</t>
   </si>
   <si>
     <t>2025-07-09 20:45:12</t>
   </si>
   <si>
-    <t>Alexander Pavlovich Sidorenko</t>
-[...45 lines deleted...]
-    <t>2025-09-17 17:49:00</t>
+    <t>Anatoliy Frantsevich Leonik</t>
+  </si>
+  <si>
+    <t>5 kwietnia 1986</t>
+  </si>
+  <si>
+    <t>Anatolij został skazany za pozostawienie na swoim profilu w Odnoklassnikach publikacji zawierających poniżające informacje o Łukaszence. Według stanowiska prokuratury, ich celem było publiczne naruszenie autorytetu władzy państwowej i rozmyślne rozpowszechnianie nieprawdziwych, poniżających Łukaszenkę informacji. Anatolij w pełni przyznał się do winy.</t>
+  </si>
+  <si>
+    <t>2,5 roku więzienia w kolonii karnej</t>
+  </si>
+  <si>
+    <t>2023-01-20 16:09:40</t>
   </si>
   <si>
     <t>Alexandra Viktorovna Kasko</t>
   </si>
   <si>
     <t>5 kwietnia 1993</t>
   </si>
   <si>
     <t>Aleksandra została zatrzymana w lutym 2023 r. po powrocie na Białoruś, a następnego dnia skazana na podstawie artykułu administracyjnego za „rozpowszechnianie materiałów ekstremistycznych” na 10 dni. Jednakże po odbyciu aresztu nigdy nie została zwolniona, ponieważ wszczęto przeciwko niej postępowanie karne za udzielenie dwóch wywiadów przedstawicielowi źródła informacji uznawanego za „grupę ekstremistyczną”.
 Oskarżono ją o wspieranie „grup ekstremistycznych”, administrowanie kanałami Telegram, podżeganie do nienawiści, znieważanie władz, rozpowszechnianie danych osobowych i zniesławianie Łukaszenki. Została skazana na podstawie ośmiu artykułów karnych.
 W marcu 2024 r. sąd rozpatrzył apelację i skrócił jej wyrok o rok, bez prawa do dalszego odwołania.
 W maju 2024 roku okazało się, że została ponownie skazana za „obrażenie urzędnika państwowego i sędziego”.
 Wiosną 2025 roku pojawiła się informacja, że przeciwko Aleksandrze wszczęto kolejną sprawę karną i przeniesiono ją do aresztu śledczego.</t>
   </si>
   <si>
     <t>SIZO-6, ul. Baranowicze Brestskaja 258 V, 225413</t>
   </si>
   <si>
     <t>Decyzja sądu 19.12.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.03.2024: 9 lata więzienia w kolonii na warunkach ogólnych. Decyzja sądu 31.05.2024: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego, 100 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2023-03-02 20:04:59</t>
   </si>
   <si>
-    <t>Anatoliy Frantsevich Leonik</t>
-[...11 lines deleted...]
-    <t>2023-01-20 16:09:40</t>
+    <t>Dmitry Petrovich Kornejchuk</t>
+  </si>
+  <si>
+    <t>6 kwietnia 1982</t>
+  </si>
+  <si>
+    <t>Charakter zarzutów jest nadal badany, ale najbardziej prawdopodobne jest, że Dmitrij został uwięziony w związku z głośną sprawą kanału monitorującego „Białoruski Gajun”, który monitorował działania wojsk rosyjskich na Białorusi przed i w trakcie zbrojnej agresji na Ukrainę. Ostatnim znanym miejscem pracy Dmitrija Korniejicza była sieć handlowa OJSC „Avtospace”, która sprzedaje części samochodowe i materiały eksploatacyjne i ma sklepy w różnych miastach na Białorusi. Wcześniej prowadził jednoosobową działalność gospodarczą w branży fotografii profesjonalnej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-12-28 21:24:09</t>
   </si>
   <si>
     <t>Alexander Fadeevich Homchik</t>
   </si>
   <si>
     <t>6 kwietnia 1965</t>
   </si>
   <si>
-    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 19.09.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.09.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-10-29 23:35:20</t>
+  </si>
+  <si>
+    <t>Ivan Zamyatin</t>
+  </si>
+  <si>
+    <t>7 kwietnia 2003</t>
+  </si>
+  <si>
+    <t>Prokuratura Obwodowa w Brześciu wymieniła czyny, za które młody mężczyzna jest ścigany, w ramach czterech artykułów: dziewięć darowizn na kanał YouTube „wykorzystywany do informacyjnego wsparcia” Pułku Kaliniowskiego. Ponadto, w 2024 roku młody mężczyzna publikował w czatach Telegramu wiadomości zawierające „publiczne zniewagi” wobec Aleksandra Łukaszenki, a także wiadomości rzekomo objęte artykułem 361 Kodeksu karnego (Wezwania do sankcji). Wreszcie, w październiku 2024 roku, mieszkaniec Brześcia rzekomo próbował przyłączyć się do planu „Peramoga” ( „aktywował korespondencję z botem Telegram, wypełnił proponowany formularz, podając informacje o sobie i swoich umiejętnościach, tym samym dołączając do niego” oraz wykonał „zadanie testowe” ).</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 7 lata 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Vladimir Aleksandrovich Avramtsev</t>
   </si>
   <si>
     <t>7 kwietnia 1994</t>
   </si>
   <si>
     <t>Vladimir, absolwent Bobrujskiej Szkoły Rezerwy Olimpijskiej i BSATU, zajmował się zapasami i pracował jako trener w centrum fitness Eva.
 Zatrzymany 30 marca 2022 r. pod zarzutem sabotażu na kolei. Mimo że nie stawiał oporu, siły specjalne użyły siły i broni. Później został skazany na podstawie pięciu poważnych artykułów kodeksu karnego.
 We wrześniu 2024 r. Władimir został objęty surowym reżimem więziennym.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 10.02.2023: 22 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 350 jednostek bazowych kary, około 13000 ruble odszkodowania. Apelacja 26.04.2023: wyrok został podtrzymany. Sąd zmiany reżimu 25.09.2024: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2022-04-06 19:33:48</t>
-  </si>
-[...31 lines deleted...]
-    <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Oleg Aleksandrovich Degterenko</t>
   </si>
   <si>
     <t>8 kwietnia 2002</t>
   </si>
   <si>
     <t>Treść oskarżenia nie jest jeszcze znana obrońcom praw człowieka.
 Proces, który trwał od 9 lutego, uznał Degterenko za winnego „przyłączenia się do formacji ekstremistycznej” i na podstawie części 3 art. 361-1 Kodeksu karnego, został skazany na karę trzech lat pozbawienia wolności.
 Uznano go także za winnego „przekazania w jakikolwiek sposób środków finansowych na działalność terrorystyczną, wsparcia materialnego i innego wsparcia” przez osobę, która popełniła wcześniej przestępstwo z art. 361-1 Kodeksu karnego oraz zgodnie z częścią 2 art. 290-1 Kodeksu karnego (ze zmianami Ustawa Republiki Białorusi z dnia 9 stycznia 2019 r. nr 171-Z) został skazany na karę pozbawienia wolności do lat 8 z karą grzywny w wysokości 100 jednostek podstawowych.
 Częściowym uzupełnieniem wyroków oskarżonego skazano ostatecznie na karę pozbawienia wolności na okres 8 lat i 6 miesięcy.
 W dniu 10 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
     <t>Decyzja sądu 07.03.2024: 8 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.05.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-02-08 00:37:52</t>
   </si>
   <si>
     <t>Stanislav Valerievich Mochalov</t>
   </si>
   <si>
     <t>8 kwietnia 1976</t>
   </si>
   <si>
     <t>Stanislav, działacz z Homla, został zatrzymany 28 maja 2021 r. po tym, jak siły bezpieczeństwa przeprowadziły przeszukanie w jego mieszkaniu, w którym mieszkał z rodzicami. Wcześniej odbył trzy aresztowania administracyjne na podstawie artykułu 24.23 Kodeksu wykroczeń administracyjnych Republiki Białorusi za udział w protestach.
 Stanisław został skazany na podstawie dwóch artykułów karnych za udział w łańcuchu na Marszu Solidarności, który odbył się 20 września 2020 r. w Homlu. Odmówił podpisania petycji o ułaskawienie i bronił swoich praw nawet w trudnych warunkach więziennych, pomimo problemów zdrowotnych. Pozostawiono go bez opieki nad nieletnią córką i starszymi rodzicami, jego ojciec jest niepełnosprawny.
 Został zwolniony na wolność w grudniu 2023 r. po odbyciu całej kary.
 W grudniu 2024 roku okazało się, że Stanisław został ponownie zatrzymany w nowej sprawie karnej.</t>
   </si>
   <si>
     <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
   </si>
   <si>
     <t>Decyzja sądu 03.01.2022: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.03.2022: wyrok został podtrzymany. Decyzja sądu 26.11.2025: 4 roku więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-06-01 03:07:17</t>
   </si>
   <si>
+    <t>Andrey Vladimirovich Osipenko</t>
+  </si>
+  <si>
+    <t>8 kwietnia 1967</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-09-09 20:34:41</t>
+  </si>
+  <si>
     <t>Egor Anatolevich Volkov</t>
   </si>
   <si>
     <t>9 kwietnia 1969</t>
   </si>
   <si>
     <t>Egor Volkov ma 55 lat. Pochodzi z Mińska i uczył się w szkole nr 50. Następnie ukończył Miński Instytut Radiotechniczny (obecnie Białoruski Państwowy Uniwersytet Informatyki i Radioelektroniki).
 Od lat 90. Volkov zajmuje się biznesem. Wiadomo, że jej domeną jest transport ładunków, w tym ładunków płynnych. Biznes tego człowieka jest dość duży; Flota pojazdów jego firmy składa się z ponad stu ciężarówek.
 Według doniesień prorządowych mediów, Jegor został oskarżony o darowizny na rzecz Pułku Kalinowskiego w kryptowalucie w wysokości 11 100 USD w latach 2022-2023, a także o zdjęcia z protestów.
 23 lipca 2024 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-24 23:21:58</t>
   </si>
   <si>
     <t>Alexander Fedorovich Gorbel</t>
   </si>
   <si>
     <t>9 kwietnia 1978</t>
   </si>
   <si>
     <t>W dniu 08.08.2024 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.
 Wiadomo , że 15 lutego 2024 r. rozpatrzono przeciwko Aleksandrowi protokół administracyjny na podstawie części 2 art. 19.11 Kodeksu wykroczeń (Dystrybucja, produkcja, przechowywanie, przesyłanie produktów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promowanie takiej działalności). Sędzia Tatiana Tarabujewa skazała Aleksandra na karę administracyjną w postaci aresztu administracyjnego na okres 15 dni. Aleksander zamieścił na swojej stronie w „Odnoklassnikach” materiały informacyjne w formie nagrania wideo „Zobaczcie, co zostało z jednego...” z kanału telewizyjnego Biełsat.</t>
   </si>
   <si>
     <t>Decyzja sądu 04.06.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-02 15:12:37</t>
   </si>
   <si>
     <t>Sergei Petrovich Kharitonovich</t>
   </si>
   <si>
     <t>9 kwietnia 1979</t>
   </si>
   <si>
     <t>Taksówkarz. Jak podają prorządowe telegramy, został zatrzymany za komentarze na portalach społecznościowych. W „wideo pokutnym” Białorusin opowiada, że w 2020 r. brał udział w protestach, a od 2020 r. do połowy 2023 r. w rozmowach na temat Łukaszenki, prokuratorów i funkcjonariuszy policji pozostawił ponad 2 tys. „obraźliwych komentarzy”. Podczas aresztowania Siergiejowi złamano rękę. Ze złamaną ręką był przetrzymywany w celi karnej na Okrestinie przez 35 dni. Kierownik Aresztu Śledczego wyraził wobec niego stronniczy stosunek, szczególnie poprzez artykuł „komentarzowy”.
 W dniu 2 sierpnia 2024 r. zostanie rozpatrzona apelacja od wyroku.</t>
   </si>
   <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
     <t>Decyzja sądu 20.05.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-01-24 15:04:49</t>
   </si>
   <si>
     <t>Igor Alexandrovich Kaluev</t>
   </si>
   <si>
     <t>9 kwietnia 1974</t>
   </si>
   <si>
     <t>Sądząc po wpisach w mediach społecznościowych, mężczyzna wykonywał różne prace fizyczne w swoim rodzinnym mieście.
 Nie wiadomo, jakie są zarzuty, ale prawie na pewno mają one związek z jego aktywnością w mediach społecznościowych.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: 6 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-02 23:15:53</t>
-  </si>
-[...28 lines deleted...]
-    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Oleg Anatolevich Katsapov</t>
   </si>
   <si>
     <t>10 kwietnia 1969</t>
   </si>
   <si>
     <t>Wiadomo , że 21 marca 2023 r. Oleg został zatrzymany w postępowaniu administracyjnym i oskarżony o wytwarzanie, rozpowszechnianie lub przechowywanie materiałów ekstremistycznych z art. 19.11 Kodeks wykroczeń administracyjnych.
 Wcześniej Oleg angażował się w działalność społeczną i kulturalną, kiedyś prowadził „czystkę” Homelską, a jako pisarz dużo publikował w czasopismach i gazetach.
 Proces toczył się za zamkniętymi drzwiami.
 W dniu 03.05.2024 r. apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
   </si>
   <si>
     <t>2,5 roku więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2023-11-21 14:54:06</t>
   </si>
   <si>
     <t>Valery Felixovich Poznyakevich</t>
   </si>
   <si>
     <t>10 kwietnia 1968</t>
   </si>
   <si>
     <t>Walery jest białoruskim poetą. Jest członkiem Białoruskiego Związku Dziennikarzy. Jego utwory ukazywały się we wszystkich znanych białoruskich czasopismach i gazetach. W 1998 roku jego wiersze zostały opublikowane w zeszycie dla uczniów szkół średnich oraz czterech antologiach.
 W 1994 roku zdobył dyplom na I Narodowym Festiwalu Białoruskiej Pieśni Bardowskiej. Do wielu jego wierszy została skomponowana muzyka.
 Był kilkakrotnie zatrzymywany pod zarzutami administracyjnymi o podłożu politycznym. Aresztowano go latem 2025 roku w związku ze sprawą karną. Został zwolniony za kaucją do czasu rozprawy.
 Walery ma przykutą do łóżka, niepełnosprawną matkę, która wymaga stałej opieki.</t>
   </si>
   <si>
     <t>IUOT-43, 212003, Mohylew, ul. Czeluskincew, 76A</t>
   </si>
   <si>
     <t>Decyzja sądu 14.08.2025: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 24.10.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-11-25 18:51:34</t>
   </si>
   <si>
+    <t>Vyacheslav Valentinovich Kandybo</t>
+  </si>
+  <si>
+    <t>10 kwietnia 1977</t>
+  </si>
+  <si>
+    <t>Wiaczesław został aresztowany latem 2021 roku w związku ze sprawą karną wszczętą na podstawie artykułów „podżegania do nienawiści lub niezgody” oraz „nielegalnego gromadzenia i rozpowszechniania informacji o życiu prywatnym”.
+W marcu 2022 roku został skazany za przekazywanie informacji o funkcjonariuszach organów ścigania opozycyjnemu kanałowi Telegram. Wiaczesław został również pozbawiony specjalnego stopnia „podpułkownika sprawiedliwości” w rezerwie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.03.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, ograniczenie służby wojskowej.</t>
+  </si>
+  <si>
+    <t>2021-09-06 18:28:41</t>
+  </si>
+  <si>
+    <t>Andrey Andreevich Lavrinovich</t>
+  </si>
+  <si>
+    <t>10 kwietnia 1981</t>
+  </si>
+  <si>
+    <t>W dniu 10 listopada 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:05:22</t>
+  </si>
+  <si>
     <t>Stepan Sergeevich Latypov</t>
   </si>
   <si>
     <t>11 kwietnia 1980</t>
   </si>
   <si>
     <t>Arborysta i dyrektor firmy Belarbo, mieszkający w pobliżu Placu Zmian, został zatrzymany 15 września 2020 r. w ramach postępowania karnego dotyczącego masowych zamieszek i uznany za winnego na podstawie trzech artykułów Kodeksu karnego Republiki Białorusi.
 We wrześniu 2022 r. karę Stepana zaostrzono i skazano go na dwa lata więzienia.
 Jesienią 2024 roku Stepan został ponownie przeniesiony do IK-22.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.08.2021: 8 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 16.11.2021: wyrok został podtrzymany. Sąd zmiany reżimu 15.09.2022: 2 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:59</t>
   </si>
   <si>
-    <t>Artem Olegovych Makovei</t>
-[...15 lines deleted...]
-  <si>
     <t>Olga Viktorovna Pietukh</t>
   </si>
   <si>
     <t>11 kwietnia 1993</t>
   </si>
   <si>
     <t>Olga, która pracowała jako dyrektor artystyczny w hotelu Europa w Mińsku, została zatrzymana w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu” i skazana w czerwcu 2023 r. na podstawie kilku artykułów karnych.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-08-09 02:20:58</t>
   </si>
   <si>
-    <t>Yury Yurievich Gontsarevich</t>
-[...8 lines deleted...]
-    <t>2022-05-12 13:08:18</t>
+    <t>Alexey Nikolaevich Mandik</t>
+  </si>
+  <si>
+    <t>12 kwietnia 1993</t>
+  </si>
+  <si>
+    <t>28-letni Aleksey Mandik został zatrzymany w listopadzie 2021 roku. Jest pracownikiem piątej polikliniki miejskiej, ordynatorem oddziału prewencji i lekarzem rodzinnym.
+Powodem zatrzymania przez GUBOP był udział w „niszczycielskich kanałach Telegramu”, gdzie pisał „niszczycielskie i obraźliwe komentarze” skierowane do funkcjonariuszy policji.
+Jego list pokutny został opublikowany na prorządowym zasobie.</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2022-02-17 23:45:14</t>
   </si>
   <si>
     <t>Yuri Alexeyevich Redkov</t>
   </si>
   <si>
     <t>12 kwietnia 1976</t>
   </si>
   <si>
     <t>Obserwator, dyrektor, organizator targów miodowych i dyrektor firmy Car-Med.
 Skazany za udział w protestach 23 sierpnia 2020 r. jako komentator
 Jesienią 2024 roku reżim Jurija uległ zmianie, a on sam został wysłany na odbycie kary do kolonii karnej.
 Jesienią 2025 roku wyszło na jaw, że Jurij został skazany za kolejną sprawę karną i skazany na karę więzienia. Szczegóły sprawy nie są znane.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.09.2022: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 29.11.2022: wyrok został podtrzymany. Sąd zmiany reżimu 30.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-09-14 21:36:42</t>
   </si>
   <si>
-    <t>Alexey Nikolaevich Mandik</t>
-[...18 lines deleted...]
-  <si>
     <t>Ivan Aleksandrovich Gubchik</t>
   </si>
   <si>
     <t>13 kwietnia 1987</t>
   </si>
   <si>
     <t>Jak poinformowała Prokuratura Generalna, od 16 lipca do 12 sierpnia 2020 r. mieszkaniec Witebska „w stanie nietrzeźwości ze swojej strony TikTok zamieścił w publicznym dostępie trzy filmy wideo, aby rozbudzić wrogość społeczną”. „Przedstawiony w nich materiał kształtował negatywny stosunek do policjantów i przedstawicieli sztabu dowodzenia wojska, zachęcając do brutalnych i agresywnych działań” – czytamy w komunikacie prasowym. Prokuratura Generalna podaje również, że 34-letni mężczyzna był wcześniej karany 10 razy.</t>
   </si>
   <si>
     <t>4,5 roku więzienia w surowych warunkach reżimu .</t>
   </si>
   <si>
     <t>2022-01-29 03:21:21</t>
   </si>
   <si>
     <t>Alexander Anatolievich Lytin</t>
   </si>
   <si>
     <t>13 kwietnia 1993</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 22.12.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2022-12-13 14:55:40</t>
   </si>
   <si>
     <t>Igor Nikolaevich Shukanov</t>
   </si>
   <si>
     <t>14 kwietnia 1963</t>
   </si>
   <si>
     <t>62-letni pracownik laboratorium informatyki i łączności Rafinerii Naftowej w Mozyrzu.
 Igor Szukanow został demonstracyjnie i brutalnie zatrzymany 1 sierpnia 2024 r. Z Mińska przyjechał po niego Główny Zarząd ds. Zwalczania Przestępczości Zorganizowanej. Zatrzymano go w miejscu pracy. Następnie fabryczny pojazd UAZ-Patriot został wykorzystany do wywiezienia pojazdu poza bramę fabryki. Niedaleko przystanku autobusowego, na parkingu przy głównym wejściu do zakładu, gdzie w tym czasie znajdowali się ludzie, zwolennicy Gubopikowa dokonali demonstracyjnego pobicia Szukanowa - wyciągnęli go z UAZ-a, rzucili twarzą do dołu na asfalt i, naciskając mu kolanem głowę, założyli mu kajdanki.
 Warto odnotować, że rano tego dnia Igor został osądzony na podstawie artykułu administracyjnego za szerzenie „ekstremizmu”. Został ukarany grzywną i wypuszczony na wolność, ale aresztowano go zaledwie kilka godzin później.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.02.2025: nieznany. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-02-17 16:29:03</t>
+  </si>
+  <si>
+    <t>Ivan Nikolaevich Borodich</t>
+  </si>
+  <si>
+    <t>14 kwietnia 1974</t>
+  </si>
+  <si>
+    <t>W toku śledztwa ustalono , że w styczniu 2023 r. Iwan Likholat skontaktował się z SBU, gdzie otrzymał polecenie wysadzenia torów kolejowych. Do zadania zaangażowano dwóch mieszkańców Grodna, którzy posiadali do tego profesjonalne umiejętności minowo-wybuchowe. Jednym z nich był Iwan Borodicz.
+Likholat i Borodich zostali zatrzymani w Grodnie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.12.2024: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-09-27 21:12:08</t>
+  </si>
+  <si>
+    <t>Denis Anatolyevich Petrov</t>
+  </si>
+  <si>
+    <t>14 kwietnia 1986</t>
+  </si>
+  <si>
+    <t>Denis został skazany w 2025 r. w sprawie karnej wszczętej na podstawie artykułu „podżeganie do nienawiści i niezgody” i skazany na karę ograniczenia wolności z zaleceniem kierunku.</t>
+  </si>
+  <si>
+    <t>IUOT-29, Wołkowysk, Rokossowski, 118e, 230415</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-06-23 14:47:53</t>
   </si>
   <si>
     <t>Evgeniy Mikhailovich Ermak</t>
   </si>
   <si>
     <t>14 kwietnia 1991</t>
   </si>
   <si>
     <t>11 marca 2022 r. Evgeniy został zatrzymany za komentarze w „The Punishers”.
 Podczas przeszukania znaleźli przy nim haszysz. Evgeniy powiedział, że kupił go dla siebie i swojego kolegi Jurija, z którym wcześniej korzystał z niego kilka razy.
 Mężczyzna został zatrzymany i osadzony w areszcie pod zarzutem znieważenia czterech funkcjonariuszy policji, sędziego oraz handlu narkotykami.
 W dniu 27 września 2022 roku odbyła się rozprawa apelacyjna.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.07.2022: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-07-14 17:00:49</t>
   </si>
   <si>
-    <t>Ivan Nikolaevich Borodich</t>
-[...12 lines deleted...]
-    <t>2023-09-27 21:12:08</t>
+    <t>Dmitry Leonidovich Kokhanovsky</t>
+  </si>
+  <si>
+    <t>15 kwietnia 1991</t>
+  </si>
+  <si>
+    <t>Pracownik mohylewskiego oddziału Beltelecom. Aresztowany w miejscu pracy 28 października 2021 r. Jest wstępnie oskarżony o udostępnianie danych pracownikom organów ścigania.</t>
+  </si>
+  <si>
+    <t>6,5 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:58:21</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Satsuk</t>
+  </si>
+  <si>
+    <t>15 kwietnia 1968</t>
+  </si>
+  <si>
+    <t>Dziennikarz śledczy, redaktor białoruskiego portalu Ezhednevnik (ej.by). Został zatrzymany 8 grudnia 2021 roku. Wcześniej Siergiej był przetrzymywany w tej samej sprawie od 25 marca do 4 kwietnia 2020 roku. Niektóre organizacje broniące praw człowieka uznały represje za dowód istnienia motywu politycznego w prześladowaniu dziennikarza, mającego na celu zmuszenie go do zaprzestania lub zmiany charakteru jego działalności w celu rozpowszechniania informacji o korupcji. Według współpracowników Satsuka podstawą prześladowania dziennikarza były głośne śledztwa, związane przede wszystkim z korupcją na dużą skalę w branży medycznej. Opierając się na faktach, mówił o bezprecedensowych „łapówkach” za dostawę drogiego sprzętu; w sprawie zakupu niezarejestrowanej szczepionki, która faktycznie była testowana na białoruskich dzieciach; w sprawie fałszowania danych dotyczących rozprzestrzeniania się COVID-19 na Białorusi. A wszystko to za zgodą działu kontroli - Ministerstwa Zdrowia.</t>
+  </si>
+  <si>
+    <t>8 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2021-12-15 15:37:54</t>
+  </si>
+  <si>
+    <t>Alexander Anatolyevich Newar</t>
+  </si>
+  <si>
+    <t>15 kwietnia 1985</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.11.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 14.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-11 22:02:36</t>
+  </si>
+  <si>
+    <t>Michael Valentinovich Mekeko</t>
+  </si>
+  <si>
+    <t>15 kwietnia 1993</t>
+  </si>
+  <si>
+    <t>Przez półtora roku mieszkał i pracował w Polsce, po czym wrócił na Białoruś, gdzie został zatrzymany pod koniec listopada 2022 r. Według sił bezpieczeństwa to właśnie w Polsce został zarejestrowany w planie Peramoga. Rzekomo pisał także wiadomości, w których groził siłom bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.08.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.11.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-06-14 14:00:21</t>
   </si>
   <si>
     <t>Vasiliy Ivanovich Demidovich</t>
   </si>
   <si>
     <t>15 kwietnia 1952</t>
   </si>
   <si>
     <t>Wcześniej został pociągnięty do odpowiedzialności administracyjnej za udział w protestach.
 Jak wynika ze śledztwa, od września 2021 r. do stycznia 2022 r. Wasilij publikował na szkodliwych kanałach Telegramu wiadomości obraźliwe dla urzędników państwowych, w tym wyższych rangą urzędników Republiki Białorusi.
 Groził również użyciem przemocy wobec funkcjonariuszy organów ścigania i wymiaru sprawiedliwości, publicznie upokarzając ich honor i godność. Ponadto mężczyzna wezwał obywateli do podjęcia działań w celu zorganizowania masowych zamieszek. Na kanałach ekstremistycznych Telegramu szukał osób chętnych do popełnienia „przestępstw”, ale nie zrealizował swoich zamiarów, ponieważ został zatrzymany przez funkcjonariuszy organów ścigania.
 Oskarżony został również zobowiązany do zapłaty ofiarom odszkodowania pieniężnego za straty moralne w łącznej kwocie 32 tys. rubli białoruskich.
 31 stycznia 2023 r. w Dzierżyńsku rozpoczął się kolejny proces emeryta. Tym razem został oskarżony na podstawie artykułu 369 Kodeksu karnego (Znieważenie funkcjonariusza państwowego).
 13.02.2023 ogłoszono drugi wyrok.
 23 marca 2023 r. Sąd Rejonowy w Drohiczynu rozpatrzył sprawę więźnia politycznego na podstawie artykułu 369 Kodeksu karnego Republiki Białorusi. Wasilij Demidowicz został osadzony w areszcie tymczasowym w Drohiczynu.
 W kwietniu więzień polityczny został przeniesiony do aresztu śledczego nr 3 w Homlu. 20 kwietnia 2023 r. Sąd Rejonowy Sowiecki w Homlu rozpoczął rozpatrywanie kolejnej sprawy emeryta. Oskarżono go na podstawie artykułu 369 Kodeksu karnego Republiki Białorusi i artykułu 391 Kodeksu karnego Republiki Białorusi. 2 maja zapadł kolejny wyrok.
 5 maja 2023 roku rozpocznie się piąty proces Demidovicha - mężczyzna jest ponownie oskarżony z artykułu 369 Kodeksu karnego . Proces odbędzie się w Pukhovichi, sędzia - Olga Babuk .
 Następne spotkanie zaplanowano na 24 maja 2023 r. w Puchowiczach.
 5 lipca 2023 r. Sąd Obwodowy w Homel rozpatrzył apelację więźnia politycznego sędziego Rusłana Caruka.
 23 sierpnia 2023 r. Sąd Rejonowy w Nieświeżu rozpatrzył szóstą sprawę karną przeciwko więźniowi politycznemu.
 W Starych Dorogach 19 października 2023 r. rozpocznie się siódmy proces Wasilija . Łącznie Wasilijzostał skazany na 7 lat więzienia, a wyniki dwóch ostatnich procesów nadal nie są znane.
 Z uwagi na fakt, że więzień polityczny został wpisany na „listę terrorystów”, nie może on dokonywać przelewów pieniężnych. Ponadto Wasilij nie ma krewnych, którzy mogliby go wesprzeć. W ciągu ostatniego roku przeżył dziesiątki przelewów. Więźniowie polityczni są przenoszeni w trudnych warunkach, co bardzo źle wpływa na zdrowie Wasilija.
 15 grudnia 2023 r. w Starych Dorogach wznowiono rozpoczęty w październiku proces Wasilija.
 Pod koniec czerwca 2025 roku budynek mieszkalny Wasilija został sprzedany na aukcji na platformie BelYurObespechenie.</t>
   </si>
   <si>
     <t>1) 6 lat pozbawienia wolności w kolonii karnej.
 2) 1 rok pozbawienia wolności z grzywną w wysokości 30 jednostek podstawowych.
 Częściowym dodaniem kar skazano go ostatecznie na 6,5 roku kolonii pod zaostrzonym reżimem.
 3) 2,5 roku więzienia.
 W wyniku częściowego dodania emerytowi skazano ostatecznie 7 lat więzienia.</t>
   </si>
   <si>
     <t>2022-07-19 00:27:34</t>
   </si>
   <si>
-    <t>Michael Valentinovich Mekeko</t>
-[...58 lines deleted...]
-  <si>
     <t>Elena Vladimirovna Morozova</t>
   </si>
   <si>
     <t>16 kwietnia 1979</t>
   </si>
   <si>
     <t>Jak podaje prorządowy kanał telegramowy, została zatrzymana wraz z synem za udział w protestach w 2020 roku. W dniu 03.06.2024 została skazana na podstawie artykułu administracyjnego ( art. 19 ust. 1 Kodeksu wykroczeń administracyjnych Republiki Białorusi – Drobne chuligaństwo). Następnie usłyszała zarzuty karne.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-03-08 00:00:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-01-09 01:16:25</t>
   </si>
   <si>
     <t>Elena Nikolaevna Toporkova</t>
   </si>
   <si>
     <t>16 kwietnia 1970</t>
   </si>
   <si>
     <t>Elena Toporkova ma 54 lata. Absolwent Białoruskiej Państwowej Akademii Politechnicznej (obecnie BNTU).
 Prawdopodobnie Elena została zatrzymana podczas solidarnościowego nalotu na więźniów politycznych, który miał miejsce pod koniec stycznia 2024 r.
 Osoby biorące udział w solidarnościowym napadzie na więźniów politycznych, który miał miejsce w dniach 23–24 stycznia, twierdzą, że liczba osób, przeciwko którym wszczęto sprawy karne, może być znacznie większa, niż przypuszczają obrońcy praw człowieka. Osoby absolutnie niepubliczne po prostu z własnych środków dokonywały przelewów lub wysyłały paczki do więźniów politycznych.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-05 13:35:28</t>
   </si>
   <si>
-    <t>Andrey Nikolaevich Hanevich</t>
-[...11 lines deleted...]
-    <t>2022-11-16 15:17:34</t>
+    <t>Vladimir Nikolaevich Lisitsa</t>
+  </si>
+  <si>
+    <t>16 kwietnia 1968</t>
+  </si>
+  <si>
+    <t>Były „Afgańczyk” i osoba o pryncypialnej pozycji obywatelskiej oraz jego żona Oksana Lisitsa są dyrektorem Szkoły Podstawowej Wysoczańskiej i zastępcą rady rejonowej 28. kadencji. Władimir Lisica urodził się na Ukrainie i zamiast awatara na jego stronie „Odnoklassniki” widnieje ukraińska flaga. Zawartość tej strony, która została obecnie w większości usunięta, została zbadana przez Prokuraturę Rejonową w Lioznym i stwierdziła, że „produkty informacyjne na stronie osobistej „Vladimir Lisitsa” w serwisie społecznościowym „Odnoklassniki” znajdują się oznaki działań mających na celu ułatwienie działań ekstremistycznych, szkolenia lub inne przygotowanie do udziału w takich działaniach.” Jak wynika ze śledztwa , Władimir Lisica pozostawił komentarze na temat kilku innych znanych osób na Białorusi: „Publicznie wulgarne uwagi zostały skierowane do komisarza wojskowego obwodu homelskiego A.W. Krivonosowa, zastępcy Izby Reprezentantów Zgromadzenia Narodowego Republiki Białorusi. Białoruś A.S. Gajdukiewicz, przewodniczący okręgowego komitetu wykonawczego Glubokoe A. N. Szubski i A. G. Łukaszenka. „Zgodnie z wyrokiem sądu pan Lisitsa musi odbyć trzy lata w kolonii poprawczej na ogólnych warunkach reżimowych, a także zapłacić grzywnę w wysokości 7400 rubli i odszkodowanie za szkołę moralną dwóm powodom - Prokuratorowi Generalnemu Republiki Białorusi A. Szwedowi i zastępcy Rady Delegatów Miejskich w Nowopołocku I. Miedwiedkiemu - po 3000 rubli każdy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2023: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.03.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-01-09 01:16:25</t>
   </si>
   <si>
     <t>Andrey Stanislavovich Pochobut</t>
   </si>
   <si>
     <t>16 kwietnia 1973</t>
   </si>
   <si>
     <t>Andrei jest grodzieńskim dziennikarzem, publicystą i członkiem Związku Polaków na Białorusi. W 2011 roku został skazany na 3 lata więzienia z 2-letnim zawieszeniem kary za zniesławienie Łukaszenki. Został zwolniony za kaucją. W 2012 r. wszczęto przeciwko niemu nową sprawę karną za publikacje w mediach, ale w 2013 r. została ona umorzona z powodu braku dowodów popełnienia przestępstwa. Jesienią tego samego roku został zwolniony z odbywania kary w pierwszej sprawie.
 25 marca 2021 roku Andriej został ponownie zatrzymany. Oskarżono go o podżeganie do nienawiści i wzywanie do sankcji. Zarzuty dotyczyły artykułów na temat protestów białoruskich w 2020 r., ochrony mniejszości polskiej i publikacji na temat sowieckiego ataku na Polskę w 1939 r. Spędził ponad 1,5 roku w areszcie tymczasowym i został skazany w lutym 2023 r.
 Wiadomo, że Andriej odmówił napisania petycji o ułaskawienie. Obecnie nadal poddawany jest presji, pozbawiany jest możliwości widzeń i dostarczania paczek. Nie ma też od niego żadnych telefonów.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.07.2011: 3 roku więzienia w kolonii na warunkach ogólnych (z odroczeniem 2 roku). Decyzja sądu 08.02.2023: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.05.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-03-28 16:46:29</t>
   </si>
   <si>
+    <t>Andrey Nikolaevich Hanevich</t>
+  </si>
+  <si>
+    <t>16 kwietnia 1975</t>
+  </si>
+  <si>
+    <t>Przewodniczący podstawowej organizacji związkowej Białoruskiego Niezależnego Związku Zawodowego Pracowników JSC „Grodno Azot”. Powodem wszczęcia postępowania karnego przeciwko liderowi związkowemu, zdaniem prokuratury, była jego rozmowa z dziennikarką telewizji Biełsat, podczas której „udzielił jej pewnych informacji”. Telefon Andrieja był na podsłuchu, a rozmowy były nagrywane przez służby bezpieczeństwa. Po zwolnieniu z zakładu wszczęto przeciwko niemu postępowanie karne. Oskarża się go o propagowanie działalności ekstremistycznej i dyskredytowanie Republiki Białoruś. Wcześniej pierwszorzędna organizacja Białoruskiego Niezależnego Związku Zawodowego Robotników Grodzieńskiego Azotu OJSC została uznana za ekstremistyczną. Sąd Okręgowy w Grodnie podjął decyzję o zakazie działalności organizacji i jej likwidacji. Został zatrzymany na sali sądowej, wcześniej przebywał w areszcie domowym.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-11-16 15:17:34</t>
+  </si>
+  <si>
+    <t>Yuri Iosifovich Stanevsky</t>
+  </si>
+  <si>
+    <t>17 kwietnia 1986</t>
+  </si>
+  <si>
+    <t>Według prokuratury od 15 lipca do 27 grudnia 2021 r. na destrukcyjnych czatach pod publikacjami zamieszczał komentarze, w których obrażał Łukaszenkę i innych urzędników państwowych oraz ich bliskich, a także groził funkcjonariuszom pełniącym swoje obowiązki służbowe.
+Publikacje zawierały komunikaty dotyczące profanacji hymnu narodowego Republiki Białoruś i flagi państwowej Republiki Białoruś.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.10.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 16.12.2022: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-07-22 17:59:47</t>
+  </si>
+  <si>
+    <t>Ivan Petrovich Suprunchik</t>
+  </si>
+  <si>
+    <t>17 kwietnia 1988</t>
+  </si>
+  <si>
+    <t>Według aktu oskarżenia Ivan przekazał administratorom „niszczącego” kanału Telegram informacje o życiu osobistym bliskiej osoby policjanta. „Gromadzenie i rozpowszechnianie” tych informacji bez zezwolenia rzekomo doprowadziło do „naruszenia praw, wolności i uzasadnionych interesów ofiary”.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii karnej .</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
+  </si>
+  <si>
+    <t>Alexander Valerievich Yavorsky</t>
+  </si>
+  <si>
+    <t>O Aleksandrze wiadomo, że pochodzi z Petrikowa, gdzie zajmował się działalnością przedsiębiorczą w zakresie handlu produktami spożywczymi, napojami i tytoniem oraz był właścicielem sklepu Saleman.
+W październiku 2020 roku mężczyzna przyłączył się do ogólnopolskiego strajku zapowiedzianego przez Swietłanę Tichanowską – a nawet nagrał na ten temat wiadomość wideo. Jedna z państwowych gazet propagandowych kpiąco zacytowała wówczas jego słowa z nagrania wideo.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-23 16:39:23</t>
+  </si>
+  <si>
+    <t>Egor Viktorovich Lebedok</t>
+  </si>
+  <si>
+    <t>17 kwietnia 1982</t>
+  </si>
+  <si>
+    <t>Analityk wojskowy Jegor Lebedok został skazany na 15 dni aresztu administracyjnego na podstawie art. 24 ust. 3 Kodeksu wykroczeń administracyjnych. Po dniu Jegor nie wyszedł i został zatrzymany w sprawie karnej za pomoc w działalności ekstremistycznej za komentarze dla Euroradia.
+W październiku prorządowe kanały poinformowały, że przeciwko Jegorowi wszczęto kolejną sprawę karną na podstawie powtórzeń i zauważyły, że „każdy wywiad z ekstremistą stanowi osobne corpus delicti”.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.12.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 11.12.2024: reżim więzienny do końca kary.</t>
+  </si>
+  <si>
+    <t>2022-07-30 00:15:40</t>
+  </si>
+  <si>
+    <t>Vladislav Igorevich Yakubovsky</t>
+  </si>
+  <si>
+    <t>17 kwietnia 1996</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2025: 3 roku więzienia w kolonii na warunkach ogólnych, nieznany jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-12-22 22:06:53</t>
+  </si>
+  <si>
     <t>Kirill Olegovych Kroshkin</t>
   </si>
   <si>
     <t>17 kwietnia 1977</t>
   </si>
   <si>
     <t>Pochodzi z Witebska , studiował w Homlu, ale ostatnio mieszkał w Grodnie. Z wykształcenia inżynier, ostatnio pracował jako administrator systemów w firmie Whitebird. Sądząc po portalach społecznościowych, mieszkał w Warszawie.
 Mężczyzna jest także radioamatorem. Członek Białoruskiej Federacji Radioamatorów i Sportowców Radiowych.
 Rozpatrywanie sprawy rozpoczęło się w styczniu 2024 r., ostatnie posiedzenie odbyło się 29 marca 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 29.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-12-10 10:51:57</t>
   </si>
   <si>
-    <t>Alexander Valerievich Yavorsky</t>
-[...60 lines deleted...]
-  <si>
     <t>Andrey Vitalievich Slizevich</t>
   </si>
   <si>
     <t>18 kwietnia 1982</t>
   </si>
   <si>
     <t>Indywidualny przedsiębiorca. Według prokuratury po ataku terrorystycznym w Crocus Hall rzekomo pozostawił negatywne komentarze na temat Rosji i nawoływał do bombardowania rosyjskich miast.
 Andrei został zatrzymany w marcu. Kanały prorządowe opublikowały film przedstawiający jego „skruchę”.</t>
   </si>
   <si>
     <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Decyzja sądu 04.12.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-27 14:19:39</t>
   </si>
   <si>
     <t>Roman Bronislavovich Marusov</t>
   </si>
   <si>
     <t>19 kwietnia 1996</t>
   </si>
   <si>
-    <t>Mieszkaniec obwodu mińskiego. Powodem zatrzymania była wizyta przed wejściem, przy którym mieszka policjant. Służył w oddziale 103 w Witebsku, współpracował z Bajpolem.
-[...1 lines deleted...]
-27 września w Sądzie Rejonowym im. Leninskiego w Mohylewie rozpocznie się jego proces na podstawie części 2 art. 411 k.c</t>
+    <t>Roman został aresztowany w marcu 2021 roku w związku ze sprawą karną toczącą się na podstawie artykułu „Współudział w umyślnych działaniach mających na celu podżeganie do nienawiści i niezgody społecznej ze względu na inną przynależność społeczną, popełnionych przez grupę osób”. Został skazany za przekazywanie informacji agencji informacyjnej BYPOL.
+„18 marca 2021 roku Roman udał się do domu policjanta, aby sprawdzić adres opublikowany w internecie i zgłosić to do destrukcyjnego źródła. Wszedł do budynku, zadzwonił domofonem, spotkał się z mężem policjanta i uciekł. W domu wysłał wiadomość na Telegramie, potwierdzającą adres” – czytamy w dokumentach śledztwa.
+Jesienią 2023 roku zaostrzono warunki jego przetrzymywania i Roman został przeniesiony do więzienia.
+We wrześniu 2024 r. odbyła się rozprawa sądowa w sprawie zarzutu „złośliwego nieposłuszeństwa wobec żądań administracji zakładu karnego”, podczas której Romanowi groziła kara do dwóch lat pozbawienia wolności; wynik rozprawy nie jest znany.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 6 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 17.10.2023: 2 roku więzienia. Decyzja sądu 27.09.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-08-11 11:38:58</t>
-  </si>
-[...31 lines deleted...]
-    <t>2021-03-19 02:23:39</t>
   </si>
   <si>
     <t>Anatoly Sergeevich Kireychik</t>
   </si>
   <si>
     <t>20 kwietnia 1949</t>
   </si>
   <si>
     <t>Jak wynika ze śledztwa, od października 2020 r. do lutego 2022 r. 74-letni mężczyzna systematycznie zamieszczał komentarze pod zdjęciami urzędników państwowych, w których „bez przebierania w słowach obrażał, publicznie poniżał oraz dyskredytował ich honor i godność”. Podczas przeszukania w jego domu znaleziono amunicję. Emeryt powiedział śledczym, że je odebrał.
 Zarzuca się , że Kireychik „obraził” aż 135 funkcjonariuszy bezpieczeństwa – pracowników KGB, prokuratury, policji, Komitetu Śledczego, Ministerstwa Obrony Narodowej i wymiaru sprawiedliwości.</t>
   </si>
   <si>
     <t>Decyzja sądu 04.06.2024: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 16.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-12 17:44:11</t>
   </si>
   <si>
     <t>Konstantin Vladimirovich Shestov</t>
   </si>
   <si>
     <t>20 kwietnia 1978</t>
   </si>
   <si>
     <t>Decyzja sądu 14.03.2024: 8 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-03-06 13:51:10</t>
+  </si>
+  <si>
+    <t>Gennady Marjanovic Zhukel</t>
+  </si>
+  <si>
+    <t>20 kwietnia 1961</t>
+  </si>
+  <si>
+    <t>Mężczyzna zadzwonił na policję rejonową i rozmawiając z dyżurnym funkcjonariuszem, zwrócił się w stronę Łukaszenki. Wiadomo, że w tym momencie był pod wpływem alkoholu. Wcześniej był już kilkakrotnie sądzony za chuligaństwo i pociągany do odpowiedzialności administracyjnej.
+W dniu 29 lutego 2024 roku odwołanie zostało rozpatrzone. Wyrok wszedł w życie.
+W lipcu 2024 r . został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
+W styczniu 2025 r. Giennadij ponownie stanął przed sądem za znieważenie A.G. Łukaszenki.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.12.2023: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja 29.02.2024: wyrok został podtrzymany. Decyzja sądu 09.01.2025: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2023-10-10 00:01:50</t>
+  </si>
+  <si>
+    <t>Alexey Yurievich Drab</t>
+  </si>
+  <si>
+    <t>20 kwietnia 1986</t>
+  </si>
+  <si>
+    <t>Aleksandra aresztowano w październiku 2020 r. i oskarżono o udział w wydarzeniach, które miały miejsce 11 października 2020 r. w pobliżu stacji metra Puszkinskaja, gdy ludzie próbowali ochronić pokojowo nastawionego demonstranta przed pobiciem przez policję. Podczas aresztowania grożono mu, zmuszano go do składania zeznań na wideo, w wyniku czego złamano mu nogę w pięciu miejscach. Po przesłuchaniach przyjęto go do aresztu śledczego z gipsem.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.04.2021: 5 lata więzienia w kolonii na warunkach ogólnych, około 21000 ruble odszkodowania.</t>
+  </si>
+  <si>
+    <t>2021-03-19 02:23:39</t>
+  </si>
+  <si>
+    <t>Sergey Stepanovich Buwaka</t>
+  </si>
+  <si>
+    <t>20 kwietnia 1965</t>
+  </si>
+  <si>
+    <t>Siergiej został oskarżony o napisanie kilku wiadomości w komunikatorze Telegram i skazany na karę ograniczenia wolności z nakazem aresztowania. Rozprawa odbyła się w budynku Berezowskiego Kompleksu Przemysłowo-Spółdzielczego. Po procesie prokurator pouczył pracowników i „przypomniał im o odpowiedzialności za przestępstwa ekstremistyczne”. Siergiej pozostał w areszcie domowym do czasu rozprawy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.03.2024: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2024-03-26 21:48:30</t>
   </si>
   <si>
     <t>Vladimir Valerievich Fishman</t>
   </si>
   <si>
     <t>22 kwietnia 1987</t>
   </si>
   <si>
     <t>Vladimir interesuje się rozwojem miast i architekturą od około 20 lat. Stworzył unikalną bazę danych zawierającą tysiące zdjęć różnych budynków na Białorusi i za granicą - photobuildings.com.
 W nagraniu pokazanym w ONT Władimir twierdzi , że rzekomo zarejestrował się na czacie Peramoga, a w listopadzie 2022 r. rzekomo skontaktował się z nim Aleksander Azarow.
 W dniu 27 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.02.2024: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2023-11-13 19:42:07</t>
   </si>
   <si>
     <t>Natalya Nikolaevna Lasch</t>
   </si>
   <si>
     <t>23 kwietnia 1993</t>
   </si>
   <si>
     <t>Adwokat II stopnia, były pracownik prokuratury rejonu Frunzeńskiego w Mińsku, przez pewien czas pracował jako specjalista ds. HR w firmie informatycznej. Natalia jest oskarżona o przekazanie informacji do Czarnej Księgi Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.03.2023: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.05.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-08-19 22:28:41</t>
   </si>
   <si>
-    <t>Maria Aleksandrovna Kalesnikava</t>
-[...19 lines deleted...]
-  <si>
     <t>Sergey Ilich Dzyuba</t>
   </si>
   <si>
     <t>24 kwietnia 1976</t>
   </si>
   <si>
     <t>pracownik BJD. Według wstępnych informacji został zatrzymany na podstawie artykułów 356 i 357 Kodeksu karnego Republiki Białoruś („zdrada państwa” oraz „spisek lub inne działania zmierzające do przejęcia władzy państwowej”).</t>
   </si>
   <si>
     <t>12 lat w kolonii w warunkach zaostrzonego reżimu</t>
   </si>
   <si>
     <t>2021-09-26 14:08:50</t>
+  </si>
+  <si>
+    <t>Irina Viktorovna Zlobina</t>
+  </si>
+  <si>
+    <t>25 kwietnia 1989</t>
+  </si>
+  <si>
+    <t>Irina jest absolwentką Wydziału Filozofii i Nauk Społecznych BSU i od kilku lat prowadzi własną małą firmę związaną z kwiatami i produkcją pamiątek. Została zatrzymana 12 stycznia 2021 r. wraz z Andriejem Aleksandrowem. Irina została oskarżona o „finansowanie działań protestacyjnych” i płacenie grzywien uczestnikom protestów. Została skazana za „zdradę państwa” i „udział w akcjach zbiorowych rażąco naruszających porządek publiczny”.
+1 września 2022 roku para zawarła związek małżeński w Areszcie Śledczym nr 1.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.10.2022: 9 lata więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja 06.01.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:11</t>
+  </si>
+  <si>
+    <t>Vitaly Pavlovich Borisevich</t>
+  </si>
+  <si>
+    <t>25 kwietnia 1986</t>
+  </si>
+  <si>
+    <t>Został zatrzymany 24 listopada 2021 roku. W kanale telegramowym Ministerstwa Spraw Wewnętrznych Białorusi pojawiła się wiadomość, że Witalij rzekomo brał czynny udział w zamieszkach w pobliżu centrum handlowego w Rydze w sierpniu ubiegłego roku.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia w kolonii karnej .</t>
+  </si>
+  <si>
+    <t>2021-12-14 16:57:25</t>
+  </si>
+  <si>
+    <t>Pavel Alexandrovich Shpetniy</t>
+  </si>
+  <si>
+    <t>25 kwietnia 1997</t>
+  </si>
+  <si>
+    <t>Paweł, aktywista ruchu anarchistycznego, został zatrzymany w marcu 2021 r. w ramach postępowania karnego przeciwko anarchistom z obwodu brzeskiego. Został skazany za „udział w działaniach grupowych, które rażąco naruszają porządek publiczny” i „udział w organizacji przestępczej”. Wiadomo, że zarzuty opierają się na epizodzie związanym z „Marszem Nie-Pasożytów”, który miał miejsce 5 marca 2017 r., a także z wydarzeniami, które miały miejsce w pobliżu budynku Brzeskiego GUBOPiK w 2016 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.09.2022: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu 08.10.2025: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:16:29</t>
   </si>
   <si>
     <t>Dmitry Iosifovich Podrez</t>
   </si>
   <si>
     <t>25 kwietnia 1987</t>
   </si>
   <si>
     <t>Artysta uliczny i specjalista ds. informatyki został zatrzymany w połowie lipca 2021 r. za przekazywanie danych funkcjonariuszy organów ścigania kanałowi telegraficznemu Czarna Księga Białorusi.
 Wiadomo , że podczas zatrzymania funkcjonariusze GUBOP-u bili Dmitrija i wyśmiewali go.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.03.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-09-30 10:25:31</t>
   </si>
   <si>
-    <t>Pavel Alexandrovich Shpetniy</t>
-[...11 lines deleted...]
-    <t>2021-03-07 16:16:29</t>
+    <t>Artem Sergeevich Yankovsky</t>
+  </si>
+  <si>
+    <t>25 kwietnia 2003</t>
+  </si>
+  <si>
+    <t>13 sierpnia 2023 r. został zatrzymany za „dystrybucję, produkcję, przechowywanie, transport produktów informacyjnych zawierających nawoływania do działań ekstremistycznych lub promujących takie działania”. Po tym wszczęto przeciwko niemu sprawę karną. Po aresztowaniu wraz z Artemem opublikowano „skruszony” film, w którym oświadczył, że w 2020 r. proponował obrzucanie policjantów „koktajlami Mołotowa” i wysyłał instrukcje, jak je przygotować znajomym.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2023-11-13 12:48:28</t>
   </si>
   <si>
     <t>Victor Vitalievich Yaskich</t>
-  </si>
-[...1 lines deleted...]
-    <t>25 kwietnia 1989</t>
   </si>
   <si>
     <t>Pracował jako taksówkarz. Jest ojcem wielu dzieci, ma sześcioro z dwóch małżeństw.
 Został zatrzymany w związku ze sprawą terrorystyczną. Podczas przesłuchania został dotkliwie pobity (Wiktorowi złamano nawet rękę). Według KGB, Viktor Yaskich i Jewhen Gruk zostali skazani na podstawie artykułu 289 Kodeksu karnego (akt terrorystyczny) i artykułu 295 Kodeksu karnego (nielegalne działania z użyciem broni palnej, amunicji i materiałów wybuchowych). O ich aresztowaniu dowiedziano się na początku kwietnia 2024 roku dzięki reportażowi ONT. Według propagandzistów, siły bezpieczeństwa zatrzymały co najmniej 12 osób, w tym Gruka i Yaskicha, oskarżonych o przemyt materiałów wybuchowych i planowanie ataków terrorystycznych. Według reportera Gruk był informatorem SBU: fotografował sprzęt wojskowy i przekazywał jego współrzędne. Następnie Grukowi wydano rozkaz wydobycia materiałów wybuchowych z kryjówki. Yaskich podwiózł Gruka do kryjówki. Następnie obaj mieli rozdzielić materiały wybuchowe z kryjówki do nowych kryjówek. Reportaż nie wyjaśnia motywów tego działania.
 Proces odbył się w maju 2025 roku. Wyrok nie jest znany; Viktor przed rozprawą przebywał w areszcie tymczasowym.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-07-16 23:01:33</t>
   </si>
   <si>
-    <t>Irina Viktorovna Zlobina</t>
-[...55 lines deleted...]
-    <t>2023-08-30 15:43:18</t>
+    <t>Dmitriy Aleksandrovich Schemer</t>
+  </si>
+  <si>
+    <t>26 kwietnia 1994</t>
+  </si>
+  <si>
+    <t>Kanały prorządowe twierdzą , że został zatrzymany przez przypadek – ze względu na etui do telefonu z napisem „módlcie się za Białoruś” w języku angielskim i wizerunkiem symboli narodowych. Po jego aresztowaniu rzekomo znaleźli w telefonie Dmitrija filmy z protestów, a także zdjęcia z czatu na podwórku, podczas którego oferuje ludziom makiety naklejek protestacyjnych. Wiadomo, że facet pływa od dawna i ma stopień kandydata na mistrza sportu.</t>
+  </si>
+  <si>
+    <t>2024-03-16 18:46:18</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Tsyganovich</t>
   </si>
   <si>
     <t>26 kwietnia 1980</t>
   </si>
   <si>
     <t>Vladimir jest blogerem i autorem kanału MozgON na YouTube. Zaczął od omówienia wiadomości gospodarczych i społecznych, a później przeszedł do tematów politycznych, obejmujących różne akcje, w tym pikiety Siergieja Tichanowskiego.
 W czerwcu 2020 r. został zatrzymany w celu odbycia aresztu administracyjnego, później jednak został oskarżony o przygotowanie „masowych zamieszek” i skazany w „sprawie Cichanouskiego”. Zdaniem obrońców praw człowieka osoby zaangażowane w sprawę mają zapłacić odszkodowanie w wysokości 29 mln rubli.
 W 2022 roku Władimir został przeniesiony do reżimu więziennego. W 2023 r. był dwukrotnie sądzony za „złośliwe nieposłuszeństwo wobec wymogów administracji zakładu karnego”. Jesienią 2023 r. odbyła się trzecia rozprawa sądowa w nowej sprawie o „złośliwe nieposłuszeństwo”.</t>
   </si>
   <si>
-    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 14.12.2021: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 01.06.2022: wyrok został podtrzymany. Decyzja sądu 06.10.2022: około 29000000 ruble odszkodowania. Sąd zmiany reżimu 24.10.2022: 3 roku więzienia. Decyzja sądu 10.04.2023: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 30.11.2023: nieznany. Apelacja 08.02.2024: nieznany. Decyzja sądu 05.09.2024: nieznany. Apelacja 06.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-02-26 21:25:03</t>
+  </si>
+  <si>
+    <t>Tatyana Sergeevna Kuzina</t>
+  </si>
+  <si>
+    <t>26 kwietnia 1973</t>
+  </si>
+  <si>
+    <t>Tatiana jest współzałożycielką szkoły Sympa dla młodych menedżerów administracji publicznej, ekspertką w projekcie badawczym Bipart oraz magistrem nauk politycznych.
+Została zatrzymana w Mińsku w nocy z 28 na 29 czerwca 2021 roku na lotnisku podczas kontroli paszportowej przed wyjazdem z kraju. Wiadomo, że Tatiana miała lecieć nocnym lotem do Tbilisi. Później okazało się, że została zatrzymana w związku z wszczętym postępowaniem karnym. Tatianę przewieziono do aresztu tymczasowego w Okrestinie, a kilka dni później przeniesiono do aresztu śledczego.
+6 lutego 2023 roku sąd rozpoczął rozpatrywanie jej sprawy pod zarzutem „współudziału w działaniach mających na celu przejęcie władzy”, „nawoływania do działań zagrażających bezpieczeństwu narodowemu” oraz „podżegania do nienawiści społecznej”. 17 marca tego samego roku sąd skazał Tatianę na posiedzeniu niejawnym na karę 10 lat pozbawienia wolności w kolonii karnej o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.03.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.07.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-07-20 20:17:19</t>
+  </si>
+  <si>
+    <t>Eugene Aleksandrovich Gormash</t>
+  </si>
+  <si>
+    <t>26 kwietnia 1987</t>
+  </si>
+  <si>
+    <t>Jego proces rozpoczął się 4 września 2023 roku w Sądzie Miejskim w Mińsku. To ten sam mieszkaniec Mińska , którego 31 maja 2020 r. „odzyskano” z aresztu podczas pikiety w celu zbierania podpisów, po tym jak krzyknął „Ganba!” przez funkcjonariuszy policji drogowej. Teraz Evgeniy jest sądzony w sprawie karnej.
+W dniu 17 listopada 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.09.2023: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.11.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-08-30 15:43:18</t>
+  </si>
+  <si>
+    <t>Dmitriy Ruslanovich Zahoroshko</t>
+  </si>
+  <si>
+    <t>26 kwietnia 2006</t>
+  </si>
+  <si>
+    <t>W prorządowym filmie (kwiecień 2024) podano, że sześcioro nastolatków rzekomo zjednoczyło się w „anarchistycznej komórce „Czarne Słowiki”, która „pod przywództwem Narodowo-Wyzwoleńczej Armii Ukrainy” została utworzona przez 16-letnią obywatelkę Ukrainy Marię Misiuk .
+Pracownicy ONT twierdzą, że nastolatkowie zjednoczyli się, aby przeprowadzić sabotaż na wysypisku na Białorusi, a następnie w Rosji. Maria jest oskarżona z części 2 art. 289 Kodeksu karnego (akt terroryzmu). Według tej historii 16-letnia Maria Misyuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „anarchistyczną komórkę do przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci szkół wyższych w Baranowiczach, Nieświeżu, Mirze, Mińsku i Łunińcu. Są to Trofim Borysow, Siergiej Żigalew, Dmitrij Zahoroshko , Anastazja Klimenko i Aleksandra Pulinowicz. Według pracowników ONT młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do pierwszej poważnej akcji - zebrania materiałów wybuchowych i wysadzenia baranowickiego komisariatu policji lub prokuratury. Nie wiadomo, pod jakimi zarzutami zarzuca się pozostałym pięciu uczestnikom. Nieznany jest także ich status i lokalizacja.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.11.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:50:52</t>
   </si>
   <si>
     <t>Alexander Pleskatsevich</t>
   </si>
   <si>
     <t>26 kwietnia 1974</t>
   </si>
   <si>
     <t>Został oskarżony o dwukrotne malowanie domów, filarów i budynków w swojej wiosce białą i czerwoną farbą oraz wyznawanie miłości do Swietłany Tichanowskiej.
 Od 18 września 2021 r. mężczyzna przebywa w areszcie tymczasowym. Mężczyzna rozpoczął odbywanie kary w marcu 2022 r. W czerwcu 2022 roku Aleksander został umieszczony w Więzieniu nr 4 w Mohylewie. W trakcie odbywania kary mężczyzna został umieszczony w celi karnej i był bity.
 Wydany 16 lutego 2023 r.
 28 listopada 2023 Aleksander rozpoczął kolejny proces , w Sądzie Okręgowym w Brześciu. Mężczyźnie postawiono dwa zarzuty: ok. 130. 1 część 1 (rehabilitacja nazizmu), 339 część 2 (chuligaństwo).</t>
   </si>
   <si>
     <t>1) 2 lata ograniczenia wolności z przeniesieniem do otwartego zakładu karnego
 2) 3 lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2021-12-07 21:43:03</t>
-  </si>
-[...43 lines deleted...]
-    <t>2024-03-16 18:46:18</t>
   </si>
   <si>
     <t>Nikita Igorevich Storozhenko</t>
   </si>
   <si>
     <t>27 kwietnia 1993</t>
   </si>
   <si>
     <t>Były śledczy. Zrezygnował po wyborach w 2020 roku w proteście przeciwko obecnemu rządowi. Po zwolnieniu Nikita pracował jako prawnik.
 Po raz pierwszy został zatrzymany 23 kwietnia 2021 r. za „nieuprawnioną pikietę” i odbył 15 dni więzienia, zgodnie z częścią 1 art. 24.23 Kodeksu wykroczeń administracyjnych. Został zwolniony 8 maja 2021 roku.
 4 maja 2021 roku Storożenko, podobnie jak inni przedstawiciele organów ścigania, którzy w proteście złożyli rezygnację, został pozbawiony przez Łukaszenkę stopnia starszego porucznika wymiaru sprawiedliwości w rezerwie.
 Mikita został ponownie zatrzymany 1 lutego 2022 roku w centrum handlowym w Mińsku. W filmie opublikowanym na kanale telegramowym MSW mówi, że jednemu z „protestacyjnych kanałów telegramowych” podał kontakty dwóch pracowników GUBOPiK i zastępcy szefa Komitetu Śledczego w Mińsku.
 Proces odbył się 15 listopada 2022 r. w Sądzie Miejskim w Mińsku. Nikita był sądzony za „podżeganie do innych wrogości i niezgody społecznej” na podstawie części 3 art. 130 kk, a także za „nielegalne zbieranie i rozpowszechnianie informacji o życiu prywatnym” (część 1 art. 179 kk).
 2 grudnia 2022 roku został skazany na siedem lat kolonii karnej w warunkach zaostrzonego reżimu. Nikita jest również zobowiązany do zapłacenia grzywny w wysokości 5 tys. BYN jako moralnego zadośćuczynienia pracownikom, których dane, według prokuratury, przekazał „kanałom telegramu protestacyjnego”.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.12.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 11.01.2025: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-02-11 19:13:39</t>
   </si>
   <si>
     <t>Sergey Nikolaevich Patsukevich</t>
   </si>
   <si>
     <t>27 kwietnia 1990</t>
   </si>
   <si>
     <t>Siergiej został zatrzymany 17 listopada 2020 r. i skazany za udział w protestach, które odbyły się w dniach 9–10 sierpnia 2020 r. w Mińsku. Według śledczych „rzucił co najmniej jeden kamień w stronę pojazdów MSWiA”, przebywał na miejscu budowy barykad, blokował ruch i wykrzykiwał hasła.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.07.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 6000 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:41</t>
   </si>
   <si>
-    <t>Alexander Sergeevich Shustovsky</t>
-[...13 lines deleted...]
-  <si>
     <t>Taras Igorevich Machinsky</t>
   </si>
   <si>
     <t>28 kwietnia 1981</t>
   </si>
   <si>
     <t>Były Ukrainiec. Obywatelstwo białoruskie otrzymał w 2010 roku, często bywa w strefie przygranicznej.
 Historia na prorządowym kanale twierdzi , że przekazał Kuprienko (oskarżonemu o szpiegostwo), na przykład dane o lokalizacji sprzętu wojskowego, ruchu kolumn.</t>
   </si>
   <si>
     <t>10 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-12-27 00:38:46</t>
   </si>
   <si>
     <t>Michael Aleksandrovich Razuvanov</t>
   </si>
   <si>
     <t>28 kwietnia 1999</t>
   </si>
   <si>
     <t>Za udział w protestach GUBOPiK zatrzymał brata i siostrę Michaiła i Aleksandrę Aleksandrowiczów Razuwanowów . Według GUBOPiK Michaił i Aleksandra brali udział w protestach powyborczych w 2020 r. Sądząc po raporcie sił bezpieczeństwa, przeciwko bratu i siostrze wszczęto sprawę karną.
 W dniu 23 czerwca 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.
 Zdaniem obrońców praw człowieka, w kwietniu 2024 r. Michaił ponownie został osadzony w Areszcie Śledczym nr 1. Być może ma to związek z nową sprawą karną.</t>
   </si>
   <si>
     <t>2022-12-26 20:38:27</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Shustovsky</t>
+  </si>
+  <si>
+    <t>28 kwietnia 1967</t>
+  </si>
+  <si>
+    <t>Pod koniec 2022 roku został skazany na karę chemii z odesłaniem do aresztu za udział w akcjach protestacyjnych, po czym w 2024 roku został skazany za oszustwo i wysłany do IK-2.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.12.2022: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Decyzja sądu 24.05.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-12-24 00:06:41</t>
   </si>
   <si>
     <t>Stanislav Viktorovich Taspaev</t>
   </si>
   <si>
     <t>28 kwietnia 1976</t>
   </si>
   <si>
     <t>Aktywista z regionu Myadel.
 W grudniu 2021 roku wyszła na jaw informacja , że Taspajew został skazany na dwa lata stosowania chemii gospodarczej za „oszczerstwo” (art. 188 k.k.). Zgodnie z harmonogramem sądu, w ciągu ostatnich sześciu miesięcy był dwukrotnie sądzony w sprawach administracyjnych – za naruszenie zasad trzymania zwierząt w maju 2023 r. oraz za naruszenie procedury organizowania imprez masowych w maju 2024 r.
 Proces Stanisława, ale w sprawie karnej, rozpocznie się 4 października 2024 r. w Sądzie Rejonowym w Myadel. Według służby prasowej prokuratury Stanisław jest administratorem kanału YouTube „Naroch Resort Initiative” (uznanego za ekstremistyczny 12 czerwca 2024 r.), na którym „od marca 2017 r. do lipca 2024 r. w 36 wiadomościach na nagraniach wideo , celowo rozpowszechniał fałszywe informacje o sytuacji politycznej, gospodarczej i społecznej Republiki Białorusi, statusie prawnym jej obywateli, działalności organów władzy dyskredytującej kraju nieograniczonej liczbie osób.”
 Mężczyzna interesuje się fotografią i to było jedno ze źródeł jego dochodów. Zarabia także na usługach komputerowych. Stanisław był także koordynatorem okręgowym projektu „Kraj IT”, który był finansowany przez firmę informatyczną Belkhard. Oprócz pracy Stanisław zajmował się problemami środowiskowymi Myadel i okolic, chroniąc przyrodę.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.12.2021: 2 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 01.11.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-11-29 00:04:02</t>
   </si>
   <si>
-    <t>Grigoriy Vladimirovich Gunko</t>
-[...53 lines deleted...]
-  <si>
     <t>Ruslan Issaevich Volkov</t>
   </si>
   <si>
     <t>29 kwietnia 1999</t>
   </si>
   <si>
     <t>Rusłana zatrzymano po raz pierwszy 10 sierpnia 2020 r. podczas protestu w Brześciu przeciwko fałszerstwom w wyborach prezydenckich. Po brutalnym pobiciu trafił do szpitala, a następnie został skazany na 7 dni aresztu administracyjnego. Później wszczęto przeciwko niemu postępowanie karne, ale na czas śledztwa opuścił kraj.
 Po powrocie na Białoruś Rusłan próbował przekroczyć granicę z Unią Europejską, lecz został zatrzymany. W listopadzie 2021 r. został skazany za udział w „masowych zamieszkach”.
 W lipcu 2024 roku został skazany ponownie, tym razem za „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego”. Artykuł ten ma na celu osądzenie więźniów, którzy odmawiają współpracy z administracją, powołując się na fikcyjne naruszenia.</t>
   </si>
   <si>
-    <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 08.11.2021: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.01.2022: wyrok został podtrzymany. Decyzja sądu 01.07.2024: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Decyzja sądu 08.11.2021: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.01.2022: wyrok został podtrzymany. Decyzja sądu 01.07.2024: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-07-05 01:07:37</t>
   </si>
   <si>
-    <t>Alexander Andreevich Kravchuk</t>
-[...16 lines deleted...]
-    <t>2024-10-21 17:26:06</t>
+    <t>Grigoriy Vladimirovich Gunko</t>
+  </si>
+  <si>
+    <t>29 kwietnia 1989</t>
+  </si>
+  <si>
+    <t>Grigorij został zatrzymany w nocy z 10 na 10 sierpnia 2020 r. w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.
+W lutym 2024 r. Grigorij został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany. Sąd zmiany reżimu 12.02.2024: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:31:27</t>
+  </si>
+  <si>
+    <t>Irina Nikolaevna Minich</t>
+  </si>
+  <si>
+    <t>29 kwietnia 1986</t>
+  </si>
+  <si>
+    <t>2025-11-13 14:54:02</t>
+  </si>
+  <si>
+    <t>Natalia Ivanovna Ladutko</t>
+  </si>
+  <si>
+    <t>29 kwietnia 1964</t>
+  </si>
+  <si>
+    <t>Natalia została zatrzymana podczas masowej akcji sił bezpieczeństwa przeprowadzonej w dniach 23–24 stycznia 2024 r. przeciwko krewnym więźniów politycznych i osobom wyrażającym z nimi solidarność. Została skazana w sprawie karnej wszczętej na podstawie artykułu „pomoc w działalności ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.02.2025: 4 roku więzienia w kolonii na warunkach ogólnych, 600 jednostek bazowych kary. Apelacja 08.04.2025: 4 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2024-02-05 18:58:53</t>
+  </si>
+  <si>
+    <t>Yuri Korotkevich</t>
+  </si>
+  <si>
+    <t>29 kwietnia 1994</t>
+  </si>
+  <si>
+    <t>Skazany za udział w protestach.</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii karnej</t>
+  </si>
+  <si>
+    <t>2022-09-14 18:13:42</t>
   </si>
   <si>
     <t>Andrey Nikolaevich Bikov</t>
   </si>
   <si>
     <t>30 kwietnia 1971</t>
   </si>
   <si>
     <t>Skazany za komentarze w Internecie.</t>
   </si>
   <si>
     <t>5 lat w kolonii pod zaostrzonym reżimem, a także pozbawienie stopnia podpułkownika rezerwy.</t>
   </si>
   <si>
     <t>2022-11-24 17:48:26</t>
   </si>
   <si>
     <t>Alexander Anatolyevich Shabalin</t>
   </si>
   <si>
     <t>30 kwietnia 1984</t>
   </si>
   <si>
     <t>Członkini grupy inicjatywnej kandydatki na prezydenta Swietłany Tichanowskiej w Homlu została zatrzymana 7 czerwca 2020 r. pod zarzutem udziału w „masowych zamieszkach” i planach „zajmowania budynków”.</t>
   </si>
@@ -1865,51 +1822,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2003,1401 +1960,1401 @@
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>34</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>58</v>
-      </c>
-[...16 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
+        <v>63</v>
+      </c>
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
         <v>74</v>
-      </c>
-[...16 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
         <v>77</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>84</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>91</v>
       </c>
       <c r="I16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>97</v>
       </c>
       <c r="I17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>99</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="D18" t="s">
-[...11 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="I19" t="s">
         <v>107</v>
-      </c>
-[...10 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
         <v>110</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>47</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>111</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" t="s">
         <v>115</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>116</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>117</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>119</v>
+      </c>
+      <c r="B22" t="s">
         <v>120</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>121</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>122</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>126</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>128</v>
       </c>
       <c r="I23" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>130</v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
       <c r="C24" t="s">
         <v>132</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>90</v>
+      </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C26" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>144</v>
       </c>
       <c r="I26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>146</v>
       </c>
       <c r="B27" t="s">
         <v>147</v>
       </c>
       <c r="C27" t="s">
         <v>148</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
+        <v>47</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>149</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>151</v>
+      </c>
+      <c r="B28" t="s">
         <v>152</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>153</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>155</v>
       </c>
       <c r="I28" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>157</v>
       </c>
       <c r="B29" t="s">
         <v>158</v>
       </c>
       <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>160</v>
       </c>
       <c r="I29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>162</v>
       </c>
       <c r="B30" t="s">
         <v>163</v>
       </c>
       <c r="C30" t="s">
         <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>165</v>
       </c>
-      <c r="F30" t="s">
-[...5 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>170</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
       <c r="I31" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>172</v>
       </c>
       <c r="B32" t="s">
         <v>173</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>174</v>
       </c>
-      <c r="D32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>175</v>
       </c>
       <c r="I32" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>177</v>
       </c>
       <c r="B33" t="s">
         <v>178</v>
       </c>
       <c r="C33" t="s">
         <v>179</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
+        <v>96</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>180</v>
       </c>
-      <c r="F33" t="s">
-[...5 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>182</v>
+      </c>
+      <c r="B34" t="s">
         <v>183</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>184</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>174</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>185</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>187</v>
+      </c>
+      <c r="B35" t="s">
         <v>188</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>189</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>190</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>191</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I35" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>107</v>
+        <v>174</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I37" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
+      <c r="E38" t="s">
+        <v>116</v>
+      </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I38" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B39" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C39" t="s">
         <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>211</v>
       </c>
       <c r="I39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>213</v>
       </c>
       <c r="B40" t="s">
         <v>214</v>
       </c>
       <c r="C40" t="s">
         <v>215</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>216</v>
       </c>
       <c r="I40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>218</v>
       </c>
       <c r="B41" t="s">
         <v>219</v>
       </c>
       <c r="C41" t="s">
         <v>220</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
+        <v>47</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="F41" t="s">
-[...5 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
         <v>224</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>27</v>
+      </c>
+      <c r="E42" t="s">
+        <v>154</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
         <v>229</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>230</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E43" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>231</v>
       </c>
       <c r="I43" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>233</v>
       </c>
       <c r="B44" t="s">
         <v>234</v>
       </c>
       <c r="C44" t="s">
         <v>235</v>
       </c>
       <c r="D44" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>236</v>
       </c>
       <c r="I44" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>238</v>
       </c>
       <c r="B45" t="s">
         <v>239</v>
       </c>
       <c r="C45" t="s">
         <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>241</v>
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
         <v>244</v>
       </c>
       <c r="C46" t="s">
         <v>245</v>
       </c>
       <c r="D46" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>246</v>
       </c>
       <c r="I46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>248</v>
       </c>
       <c r="B47" t="s">
         <v>249</v>
       </c>
       <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>190</v>
+        <v>116</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
         <v>254</v>
       </c>
       <c r="C48" t="s">
         <v>255</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>190</v>
+        <v>47</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>256</v>
       </c>
       <c r="I48" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>258</v>
       </c>
       <c r="B49" t="s">
+        <v>249</v>
+      </c>
+      <c r="C49" t="s">
         <v>259</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>260</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
         <v>263</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>264</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>266</v>
       </c>
       <c r="I50" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>268</v>
       </c>
       <c r="B51" t="s">
         <v>269</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>265</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>270</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
         <v>273</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>274</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>72</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>275</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
         <v>278</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>279</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
         <v>281</v>
       </c>
       <c r="I53" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>283</v>
       </c>
       <c r="B54" t="s">
         <v>284</v>
       </c>
       <c r="C54" t="s">
         <v>285</v>
       </c>
       <c r="D54" t="s">
@@ -3410,162 +3367,162 @@
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
         <v>287</v>
       </c>
       <c r="I54" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>289</v>
       </c>
       <c r="B55" t="s">
         <v>290</v>
       </c>
       <c r="C55" t="s">
         <v>291</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>292</v>
       </c>
       <c r="I55" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>294</v>
       </c>
       <c r="B56" t="s">
         <v>295</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>116</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>296</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>298</v>
+      </c>
+      <c r="B57" t="s">
         <v>299</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>300</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>286</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>301</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>303</v>
+      </c>
+      <c r="B58" t="s">
+        <v>304</v>
+      </c>
+      <c r="C58" t="s">
         <v>305</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>306</v>
       </c>
-      <c r="C58" t="s">
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>307</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>309</v>
+      </c>
+      <c r="B59" t="s">
         <v>310</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>311</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>191</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>312</v>
       </c>
       <c r="I59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>314</v>
       </c>
       <c r="B60" t="s">
         <v>315</v>
       </c>
       <c r="C60" t="s">
         <v>316</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
@@ -3576,860 +3533,802 @@
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>317</v>
       </c>
       <c r="I60" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>319</v>
       </c>
       <c r="B61" t="s">
         <v>320</v>
       </c>
       <c r="C61" t="s">
         <v>321</v>
       </c>
       <c r="D61" t="s">
         <v>27</v>
       </c>
       <c r="E61" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>322</v>
       </c>
       <c r="I61" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>324</v>
       </c>
       <c r="B62" t="s">
         <v>325</v>
       </c>
       <c r="C62" t="s">
         <v>326</v>
       </c>
       <c r="D62" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>165</v>
+        <v>90</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>327</v>
       </c>
       <c r="I62" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>329</v>
       </c>
       <c r="B63" t="s">
         <v>330</v>
       </c>
       <c r="C63" t="s">
         <v>331</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E63" t="s">
-        <v>59</v>
+        <v>154</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>332</v>
       </c>
       <c r="I63" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>334</v>
       </c>
       <c r="B64" t="s">
         <v>335</v>
       </c>
       <c r="C64" t="s">
         <v>336</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>337</v>
       </c>
       <c r="I64" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>339</v>
       </c>
       <c r="B65" t="s">
         <v>340</v>
       </c>
       <c r="C65" t="s">
         <v>341</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>342</v>
       </c>
       <c r="I65" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>344</v>
       </c>
       <c r="B66" t="s">
         <v>345</v>
       </c>
       <c r="C66" t="s">
         <v>346</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
+      <c r="E66" t="s">
+        <v>13</v>
+      </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>347</v>
       </c>
       <c r="I66" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>349</v>
       </c>
       <c r="B67" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C67" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D67" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I67" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B68" t="s">
-        <v>354</v>
+        <v>330</v>
       </c>
       <c r="C68" t="s">
         <v>355</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>356</v>
       </c>
       <c r="I68" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>358</v>
       </c>
       <c r="B69" t="s">
         <v>359</v>
       </c>
       <c r="C69" t="s">
         <v>360</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>221</v>
+        <v>84</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>362</v>
+      </c>
+      <c r="B70" t="s">
         <v>363</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>364</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>286</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>365</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>367</v>
+      </c>
+      <c r="B71" t="s">
         <v>368</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>369</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>27</v>
+      </c>
+      <c r="E71" t="s">
+        <v>154</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>370</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>371</v>
-      </c>
-[...10 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>372</v>
+      </c>
+      <c r="B72" t="s">
+        <v>373</v>
+      </c>
+      <c r="C72" t="s">
         <v>374</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>174</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>375</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>376</v>
-      </c>
-[...13 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>377</v>
+      </c>
+      <c r="B73" t="s">
+        <v>378</v>
+      </c>
+      <c r="C73" t="s">
         <v>379</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>78</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>380</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>381</v>
-      </c>
-[...16 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>382</v>
+      </c>
+      <c r="B74" t="s">
+        <v>383</v>
+      </c>
+      <c r="C74" t="s">
         <v>384</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>385</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>386</v>
-      </c>
-[...16 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>387</v>
+      </c>
+      <c r="B75" t="s">
+        <v>388</v>
+      </c>
+      <c r="C75" t="s">
         <v>389</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>265</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>390</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>391</v>
-      </c>
-[...13 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>392</v>
+      </c>
+      <c r="B76" t="s">
         <v>393</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>394</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>90</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>395</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>397</v>
+      </c>
+      <c r="B77" t="s">
         <v>398</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>399</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>174</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>400</v>
       </c>
-      <c r="D77" t="s">
-[...11 lines deleted...]
-      <c r="H77" t="s">
+      <c r="I77" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>402</v>
+      </c>
+      <c r="B78" t="s">
         <v>403</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>404</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
+        <v>144</v>
+      </c>
+      <c r="I78" t="s">
         <v>405</v>
-      </c>
-[...16 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>406</v>
+      </c>
+      <c r="B79" t="s">
+        <v>407</v>
+      </c>
+      <c r="C79" t="s">
         <v>408</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>72</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>21</v>
+      </c>
+      <c r="H79" t="s">
         <v>409</v>
       </c>
-      <c r="C79" t="s">
+      <c r="I79" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>411</v>
+      </c>
+      <c r="B80" t="s">
+        <v>412</v>
+      </c>
+      <c r="C80" t="s">
         <v>413</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>72</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>414</v>
       </c>
-      <c r="C80" t="s">
+      <c r="I80" t="s">
         <v>415</v>
-      </c>
-[...16 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>416</v>
+      </c>
+      <c r="B81" t="s">
         <v>417</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>418</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>419</v>
       </c>
-      <c r="D81" t="s">
-[...11 lines deleted...]
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>421</v>
+      </c>
+      <c r="B82" t="s">
         <v>422</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>423</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>265</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
         <v>424</v>
       </c>
-      <c r="D82" t="s">
-[...11 lines deleted...]
-      <c r="H82" t="s">
+      <c r="I82" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>426</v>
+      </c>
+      <c r="B83" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="D83" t="s">
         <v>27</v>
       </c>
       <c r="E83" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
-      <c r="H83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I83" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B84" t="s">
-        <v>433</v>
+        <v>430</v>
+      </c>
+      <c r="C84" t="s">
+        <v>431</v>
       </c>
       <c r="D84" t="s">
         <v>27</v>
       </c>
       <c r="E84" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
+      <c r="H84" t="s">
+        <v>432</v>
+      </c>
       <c r="I84" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>434</v>
+      </c>
+      <c r="B85" t="s">
         <v>435</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>436</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>72</v>
+      </c>
+      <c r="F85" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" t="s">
         <v>437</v>
       </c>
-      <c r="D85" t="s">
-[...11 lines deleted...]
-      <c r="H85" t="s">
+      <c r="I85" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>439</v>
+      </c>
+      <c r="B86" t="s">
         <v>440</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>441</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
+        <v>116</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
         <v>442</v>
       </c>
-      <c r="D86" t="s">
-[...2 lines deleted...]
-      <c r="E86" t="s">
+      <c r="I86" t="s">
         <v>443</v>
-      </c>
-[...10 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>444</v>
+      </c>
+      <c r="B87" t="s">
+        <v>445</v>
+      </c>
+      <c r="C87" t="s">
         <v>446</v>
       </c>
-      <c r="B87" t="s">
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>13</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" t="s">
         <v>447</v>
       </c>
-      <c r="C87" t="s">
+      <c r="I87" t="s">
         <v>448</v>
-      </c>
-[...74 lines deleted...]
-        <v>461</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">