--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -68,1457 +68,1331 @@
   <si>
     <t>1 kwietnia 1969</t>
   </si>
   <si>
     <t>Jak wynika z materiałów śledztwa, od lutego 2021 do października 2022, od lutego 2021 do października 2022 Nikołaj Korol zamieszczał w różnych komunikatorach internetowych wiadomości, w których przedstawiał „oszczercze fabrykacje wobec Łukaszenki, publicznie znieważał go, a także przywódców Centralnej Komisji Wyborczej i Rady Republiki Zgromadzenia Narodowego, szeregu innych urzędników państwowych oraz sędziego”.
 11 października 2022 r. „w celu ułatwienia działalności niszczycielskiego kanału Telegram, którego produkty informacyjne zostały wcześniej uznane przez sąd za materiały ekstremistyczne, wyprodukował i wysłał wiadomość o ruchu samolotów wojskowych w obwodzie brzeskim.
 Mikołaj ma żonę i rocznego syna.</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>W więzieniu</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
     <t>4 lata więzienia</t>
   </si>
   <si>
     <t>2023-02-17 00:24:43</t>
-  </si>
-[...36 lines deleted...]
-    <t>2022-02-03 18:52:00</t>
   </si>
   <si>
     <t>Alexey Vladimirovich Glotov</t>
   </si>
   <si>
     <t>3 kwietnia 1978</t>
   </si>
   <si>
     <t>Aleksieja aresztowano 30 czerwca 2021 r. w ramach śledztwa karnego w sprawie incydentu w ośrodku łączności rosyjskiej marynarki wojennej w pobliżu Wilejki.
 Według zeznań prokuratury przedstawionych w sądzie, Aleksiej i Wadim Gulewiczowie, „ubrani w stroje maskujące i uzbrojeni w broń palną, weszli na teren obiektu wojskowego i podłożyli ładunki wybuchowe o promieniu rażenia do 11 metrów”. Jeden z nich nie eksplodował i został rozbrojony. Badanie wykazało, że ładunki zostały odpalone z opóźnieniem.
 Straty oszacowano na ponad 26 000 rubli. W grudniu 2022 roku został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.
 W sierpniu 2023 r. odbyła się rozprawa sądowa w sprawie zmiany wyroku, w wyniku której Aleksiej został przeniesiony do zakładu karnego.</t>
   </si>
   <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2022: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 04.08.2023: 3 roku więzienia. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2022-08-28 22:21:39</t>
   </si>
   <si>
-    <t>Vladimir Stanislavovich Kozlovsky</t>
+    <t>Uladzimir Stanislavavich Kazlouski</t>
   </si>
   <si>
     <t>3 kwietnia 1962</t>
   </si>
   <si>
-    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-01-21 13:27:30</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Alexander Pavlovich Sidorenko</t>
   </si>
   <si>
     <t>4 kwietnia 1991</t>
   </si>
   <si>
     <t>Alexander, kierownik sklepu w Yorku, został aresztowany w listopadzie 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zapracowany Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnią karę pozbawienia wolności.
 We wrześniu 2023 roku pojawiła się informacja, że Aleksandra przewieziono do szpitala dla skazańców we wsi Koladycze koło Mińska w celu przeprowadzenia planowej operacji. Pod koniec października tego samego roku został przeniesiony z powrotem do kolonii karnej.</t>
   </si>
   <si>
     <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
   </si>
   <si>
     <t>Decyzja sądu 28.09.2022: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-05-26 01:16:45</t>
   </si>
   <si>
     <t>Oleg Georgievich Khomenko</t>
   </si>
   <si>
     <t>4 kwietnia 1967</t>
   </si>
   <si>
     <t>Oleg Khomenko jest muzykiem, liderem zespołu "Palace".
 O aresztowaniu dowiedziano się 30 czerwca 2025 r. Jak wiadomo, wszczęto przeciwko niemu postępowanie karne za współpracę z niezależnym białoruskim medium, które znajduje się na liście tzw. „formacji ekstremistycznych” (konkretny artykuł Kodeksu karnego nie jest obecnie znany).
 Oleg Khomenko jest muzykiem, kompozytorem i prezenterem radiowym. W 1992 roku założył folk-rockowy zespół „Palace”. Zespół wydał sześć albumów studyjnych, Khomenko występował również solo i nagrywał audiobooki. W 2008 roku wziął udział w krajowych eliminacjach do Eurowizji z piosenką „Kola Grukatala”. Po 2020 roku „Palace” pozostał w kraju i sporadycznie występował.</t>
   </si>
   <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.03.2026: 3 roku więzienia w kolonii na warunkach ogólnych, 450 jednostek bazowych kary.</t>
+  </si>
+  <si>
     <t>2025-07-09 20:45:12</t>
+  </si>
+  <si>
+    <t>Liudmila Shrubok</t>
+  </si>
+  <si>
+    <t>4 kwietnia 1977</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Anatoliy Frantsevich Leonik</t>
   </si>
   <si>
     <t>5 kwietnia 1986</t>
   </si>
   <si>
     <t>Anatolij został skazany za pozostawienie na swoim profilu w Odnoklassnikach publikacji zawierających poniżające informacje o Łukaszence. Według stanowiska prokuratury, ich celem było publiczne naruszenie autorytetu władzy państwowej i rozmyślne rozpowszechnianie nieprawdziwych, poniżających Łukaszenkę informacji. Anatolij w pełni przyznał się do winy.</t>
   </si>
   <si>
     <t>2,5 roku więzienia w kolonii karnej</t>
   </si>
   <si>
     <t>2023-01-20 16:09:40</t>
   </si>
   <si>
     <t>Alexandra Viktorovna Kasko</t>
   </si>
   <si>
     <t>5 kwietnia 1993</t>
   </si>
   <si>
     <t>Aleksandra została zatrzymana w lutym 2023 r. po powrocie na Białoruś, a następnego dnia skazana na podstawie artykułu administracyjnego za „rozpowszechnianie materiałów ekstremistycznych” na 10 dni. Jednakże po odbyciu aresztu nigdy nie została zwolniona, ponieważ wszczęto przeciwko niej postępowanie karne za udzielenie dwóch wywiadów przedstawicielowi źródła informacji uznawanego za „grupę ekstremistyczną”.
 Oskarżono ją o wspieranie „grup ekstremistycznych”, administrowanie kanałami Telegram, podżeganie do nienawiści, znieważanie władz, rozpowszechnianie danych osobowych i zniesławianie Łukaszenki. Została skazana na podstawie ośmiu artykułów karnych.
 W marcu 2024 r. sąd rozpatrzył apelację i skrócił jej wyrok o rok, bez prawa do dalszego odwołania.
 W maju 2024 roku okazało się, że została ponownie skazana za „obrażenie urzędnika państwowego i sędziego”.
 Wiosną 2025 roku pojawiła się informacja, że przeciwko Aleksandrze wszczęto kolejną sprawę karną i przeniesiono ją do aresztu śledczego.</t>
   </si>
   <si>
     <t>SIZO-6, ul. Baranowicze Brestskaja 258 V, 225413</t>
   </si>
   <si>
     <t>Decyzja sądu 19.12.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.03.2024: 9 lata więzienia w kolonii na warunkach ogólnych. Decyzja sądu 31.05.2024: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego, 100 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2023-03-02 20:04:59</t>
   </si>
   <si>
+    <t>Aliaksandr Khomchyk</t>
+  </si>
+  <si>
+    <t>6 kwietnia 1965</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.09.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-10-29 23:35:20</t>
+  </si>
+  <si>
     <t>Dmitry Petrovich Kornejchuk</t>
   </si>
   <si>
     <t>6 kwietnia 1982</t>
   </si>
   <si>
     <t>Charakter zarzutów jest nadal badany, ale najbardziej prawdopodobne jest, że Dmitrij został uwięziony w związku z głośną sprawą kanału monitorującego „Białoruski Gajun”, który monitorował działania wojsk rosyjskich na Białorusi przed i w trakcie zbrojnej agresji na Ukrainę. Ostatnim znanym miejscem pracy Dmitrija Korniejicza była sieć handlowa OJSC „Avtospace”, która sprzedaje części samochodowe i materiały eksploatacyjne i ma sklepy w różnych miastach na Białorusi. Wcześniej prowadził jednoosobową działalność gospodarczą w branży fotografii profesjonalnej.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-12-28 21:24:09</t>
   </si>
   <si>
-    <t>Alexander Fadeevich Homchik</t>
-[...13 lines deleted...]
-  <si>
     <t>Ivan Zamyatin</t>
   </si>
   <si>
     <t>7 kwietnia 2003</t>
   </si>
   <si>
     <t>Prokuratura Obwodowa w Brześciu wymieniła czyny, za które młody mężczyzna jest ścigany, w ramach czterech artykułów: dziewięć darowizn na kanał YouTube „wykorzystywany do informacyjnego wsparcia” Pułku Kaliniowskiego. Ponadto, w 2024 roku młody mężczyzna publikował w czatach Telegramu wiadomości zawierające „publiczne zniewagi” wobec Aleksandra Łukaszenki, a także wiadomości rzekomo objęte artykułem 361 Kodeksu karnego (Wezwania do sankcji). Wreszcie, w październiku 2024 roku, mieszkaniec Brześcia rzekomo próbował przyłączyć się do planu „Peramoga” ( „aktywował korespondencję z botem Telegram, wypełnił proponowany formularz, podając informacje o sobie i swoich umiejętnościach, tym samym dołączając do niego” oraz wykonał „zadanie testowe” ).</t>
   </si>
   <si>
     <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 7 lata 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-09-17 20:57:14</t>
   </si>
   <si>
-    <t>Vladimir Aleksandrovich Avramtsev</t>
+    <t>Uladzimir Aliaksandravich Auramtsau</t>
   </si>
   <si>
     <t>7 kwietnia 1994</t>
   </si>
   <si>
     <t>Vladimir, absolwent Bobrujskiej Szkoły Rezerwy Olimpijskiej i BSATU, zajmował się zapasami i pracował jako trener w centrum fitness Eva.
 Zatrzymany 30 marca 2022 r. pod zarzutem sabotażu na kolei. Mimo że nie stawiał oporu, siły specjalne użyły siły i broni. Później został skazany na podstawie pięciu poważnych artykułów kodeksu karnego.
 We wrześniu 2024 r. Władimir został objęty surowym reżimem więziennym.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 10.02.2023: 22 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 350 jednostek bazowych kary, około 13000 ruble odszkodowania. Apelacja 26.04.2023: wyrok został podtrzymany. Sąd zmiany reżimu 25.09.2024: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2022-04-06 19:33:48</t>
+  </si>
+  <si>
+    <t>Stanislav Valerievich Mochalov</t>
+  </si>
+  <si>
+    <t>8 kwietnia 1976</t>
+  </si>
+  <si>
+    <t>Stanislav, działacz z Homla, został zatrzymany 28 maja 2021 r. po tym, jak siły bezpieczeństwa przeprowadziły przeszukanie w jego mieszkaniu, w którym mieszkał z rodzicami. Wcześniej odbył trzy aresztowania administracyjne na podstawie artykułu 24.23 Kodeksu wykroczeń administracyjnych Republiki Białorusi za udział w protestach.
+Stanisław został skazany na podstawie dwóch artykułów karnych za udział w łańcuchu na Marszu Solidarności, który odbył się 20 września 2020 r. w Homlu. Odmówił podpisania petycji o ułaskawienie i bronił swoich praw nawet w trudnych warunkach więziennych, pomimo problemów zdrowotnych. Pozostawiono go bez opieki nad nieletnią córką i starszymi rodzicami, jego ojciec jest niepełnosprawny.
+Został zwolniony na wolność w grudniu 2023 r. po odbyciu całej kary.
+W grudniu 2024 roku okazało się, że Stanisław został ponownie zatrzymany w nowej sprawie karnej.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.01.2022: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.03.2022: wyrok został podtrzymany. Decyzja sądu 26.11.2025: 4 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-06-01 03:07:17</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Osipenko</t>
+  </si>
+  <si>
+    <t>8 kwietnia 1967</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-09-09 20:34:41</t>
   </si>
   <si>
     <t>Oleg Aleksandrovich Degterenko</t>
   </si>
   <si>
     <t>8 kwietnia 2002</t>
   </si>
   <si>
     <t>Treść oskarżenia nie jest jeszcze znana obrońcom praw człowieka.
 Proces, który trwał od 9 lutego, uznał Degterenko za winnego „przyłączenia się do formacji ekstremistycznej” i na podstawie części 3 art. 361-1 Kodeksu karnego, został skazany na karę trzech lat pozbawienia wolności.
 Uznano go także za winnego „przekazania w jakikolwiek sposób środków finansowych na działalność terrorystyczną, wsparcia materialnego i innego wsparcia” przez osobę, która popełniła wcześniej przestępstwo z art. 361-1 Kodeksu karnego oraz zgodnie z częścią 2 art. 290-1 Kodeksu karnego (ze zmianami Ustawa Republiki Białorusi z dnia 9 stycznia 2019 r. nr 171-Z) został skazany na karę pozbawienia wolności do lat 8 z karą grzywny w wysokości 100 jednostek podstawowych.
 Częściowym uzupełnieniem wyroków oskarżonego skazano ostatecznie na karę pozbawienia wolności na okres 8 lat i 6 miesięcy.
 W dniu 10 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>Decyzja sądu 07.03.2024: 8 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.05.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-02-08 00:37:52</t>
   </si>
   <si>
-    <t>Stanislav Valerievich Mochalov</t>
-[...29 lines deleted...]
-    <t>2025-09-09 20:34:41</t>
+    <t>Sergei Petrovich Kharitonovich</t>
+  </si>
+  <si>
+    <t>9 kwietnia 1979</t>
+  </si>
+  <si>
+    <t>Taksówkarz. Jak podają prorządowe telegramy, został zatrzymany za komentarze na portalach społecznościowych. W „wideo pokutnym” Białorusin opowiada, że w 2020 r. brał udział w protestach, a od 2020 r. do połowy 2023 r. w rozmowach na temat Łukaszenki, prokuratorów i funkcjonariuszy policji pozostawił ponad 2 tys. „obraźliwych komentarzy”. Podczas aresztowania Siergiejowi złamano rękę. Ze złamaną ręką był przetrzymywany w celi karnej na Okrestinie przez 35 dni. Kierownik Aresztu Śledczego wyraził wobec niego stronniczy stosunek, szczególnie poprzez artykuł „komentarzowy”.
+W dniu 2 sierpnia 2024 r. zostanie rozpatrzona apelacja od wyroku.</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-01-24 15:04:49</t>
+  </si>
+  <si>
+    <t>Alexander Fedorovich Gorbel</t>
+  </si>
+  <si>
+    <t>9 kwietnia 1978</t>
+  </si>
+  <si>
+    <t>W dniu 08.08.2024 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.
+Wiadomo , że 15 lutego 2024 r. rozpatrzono przeciwko Aleksandrowi protokół administracyjny na podstawie części 2 art. 19.11 Kodeksu wykroczeń (Dystrybucja, produkcja, przechowywanie, przesyłanie produktów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promowanie takiej działalności). Sędzia Tatiana Tarabujewa skazała Aleksandra na karę administracyjną w postaci aresztu administracyjnego na okres 15 dni. Aleksander zamieścił na swojej stronie w „Odnoklassnikach” materiały informacyjne w formie nagrania wideo „Zobaczcie, co zostało z jednego...” z kanału telewizyjnego Biełsat.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.06.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-02 15:12:37</t>
   </si>
   <si>
     <t>Egor Anatolevich Volkov</t>
   </si>
   <si>
     <t>9 kwietnia 1969</t>
   </si>
   <si>
     <t>Egor Volkov ma 55 lat. Pochodzi z Mińska i uczył się w szkole nr 50. Następnie ukończył Miński Instytut Radiotechniczny (obecnie Białoruski Państwowy Uniwersytet Informatyki i Radioelektroniki).
 Od lat 90. Volkov zajmuje się biznesem. Wiadomo, że jej domeną jest transport ładunków, w tym ładunków płynnych. Biznes tego człowieka jest dość duży; Flota pojazdów jego firmy składa się z ponad stu ciężarówek.
 Według doniesień prorządowych mediów, Jegor został oskarżony o darowizny na rzecz Pułku Kalinowskiego w kryptowalucie w wysokości 11 100 USD w latach 2022-2023, a także o zdjęcia z protestów.
 23 lipca 2024 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-24 23:21:58</t>
   </si>
   <si>
-    <t>Alexander Fedorovich Gorbel</t>
-[...33 lines deleted...]
-  <si>
     <t>Igor Alexandrovich Kaluev</t>
   </si>
   <si>
     <t>9 kwietnia 1974</t>
   </si>
   <si>
     <t>Sądząc po wpisach w mediach społecznościowych, mężczyzna wykonywał różne prace fizyczne w swoim rodzinnym mieście.
 Nie wiadomo, jakie są zarzuty, ale prawie na pewno mają one związek z jego aktywnością w mediach społecznościowych.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: 6 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-02 23:15:53</t>
   </si>
   <si>
-    <t>Oleg Anatolevich Katsapov</t>
-[...17 lines deleted...]
-    <t>2023-11-21 14:54:06</t>
+    <t>Andrey Andreevich Lavrinovich</t>
+  </si>
+  <si>
+    <t>10 kwietnia 1981</t>
+  </si>
+  <si>
+    <t>W dniu 10 listopada 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Valery Felixovich Poznyakevich</t>
   </si>
   <si>
     <t>10 kwietnia 1968</t>
   </si>
   <si>
     <t>Walery jest białoruskim poetą. Jest członkiem Białoruskiego Związku Dziennikarzy. Jego utwory ukazywały się we wszystkich znanych białoruskich czasopismach i gazetach. W 1998 roku jego wiersze zostały opublikowane w zeszycie dla uczniów szkół średnich oraz czterech antologiach.
 W 1994 roku zdobył dyplom na I Narodowym Festiwalu Białoruskiej Pieśni Bardowskiej. Do wielu jego wierszy została skomponowana muzyka.
 Był kilkakrotnie zatrzymywany pod zarzutami administracyjnymi o podłożu politycznym. Aresztowano go latem 2025 roku w związku ze sprawą karną. Został zwolniony za kaucją do czasu rozprawy.
 Walery ma przykutą do łóżka, niepełnosprawną matkę, która wymaga stałej opieki.</t>
   </si>
   <si>
     <t>IUOT-43, 212003, Mohylew, ul. Czeluskincew, 76A</t>
   </si>
   <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
     <t>Decyzja sądu 14.08.2025: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 24.10.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-11-25 18:51:34</t>
+  </si>
+  <si>
+    <t>Mikhail Mikhajlavich Horbach</t>
+  </si>
+  <si>
+    <t>Michaił ukończył studia na Wydziale Radiofizyki i Technologii Komputerowych Uniwersytetu Państwowego w 2003 roku. Od 2014 roku prowadzi jednoosobową działalność gospodarczą, zajmując się konserwacją techniczną sprzętu biurowego. Pracował również jako administrator systemów w kilku firmach w Mińsku.
+Michaił jest fanem piłki nożnej. Brał udział w wielu międzynarodowych rozgrywkach, w tym w Mistrzostwach Europy w 2012 roku. We wrześniu 2024 roku wyjechał na wakacje do Egiptu. Wkrótce potem zniknął z mediów społecznościowych.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-02-08 19:54:45</t>
   </si>
   <si>
     <t>Vyacheslav Valentinovich Kandybo</t>
   </si>
   <si>
     <t>10 kwietnia 1977</t>
   </si>
   <si>
     <t>Wiaczesław został aresztowany latem 2021 roku w związku ze sprawą karną wszczętą na podstawie artykułów „podżegania do nienawiści lub niezgody” oraz „nielegalnego gromadzenia i rozpowszechniania informacji o życiu prywatnym”.
 W marcu 2022 roku został skazany za przekazywanie informacji o funkcjonariuszach organów ścigania opozycyjnemu kanałowi Telegram. Wiaczesław został również pozbawiony specjalnego stopnia „podpułkownika sprawiedliwości” w rezerwie.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.03.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, ograniczenie służby wojskowej.</t>
   </si>
   <si>
     <t>2021-09-06 18:28:41</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Stepan Sergeevich Latypov</t>
   </si>
   <si>
     <t>11 kwietnia 1980</t>
   </si>
   <si>
     <t>Arborysta i dyrektor firmy Belarbo, mieszkający w pobliżu Placu Zmian, został zatrzymany 15 września 2020 r. w ramach postępowania karnego dotyczącego masowych zamieszek i uznany za winnego na podstawie trzech artykułów Kodeksu karnego Republiki Białorusi.
 We wrześniu 2022 r. karę Stepana zaostrzono i skazano go na dwa lata więzienia.
 Jesienią 2024 roku Stepan został ponownie przeniesiony do IK-22.</t>
   </si>
   <si>
-    <t>Decyzja sądu 16.08.2021: 8 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 16.11.2021: wyrok został podtrzymany. Sąd zmiany reżimu 15.09.2022: 2 roku więzienia.</t>
+    <t>Decyzja sądu 16.08.2021: 8 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 16.11.2021: wyrok został podtrzymany. Sąd zmiany reżimu 15.09.2022: 2 roku więzienia. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:59</t>
   </si>
   <si>
     <t>Olga Viktorovna Pietukh</t>
   </si>
   <si>
     <t>11 kwietnia 1993</t>
   </si>
   <si>
     <t>Olga, która pracowała jako dyrektor artystyczny w hotelu Europa w Mińsku, została zatrzymana w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu” i skazana w czerwcu 2023 r. na podstawie kilku artykułów karnych.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-08-09 02:20:58</t>
   </si>
   <si>
     <t>Alexey Nikolaevich Mandik</t>
   </si>
   <si>
     <t>12 kwietnia 1993</t>
   </si>
   <si>
     <t>28-letni Aleksey Mandik został zatrzymany w listopadzie 2021 roku. Jest pracownikiem piątej polikliniki miejskiej, ordynatorem oddziału prewencji i lekarzem rodzinnym.
 Powodem zatrzymania przez GUBOP był udział w „niszczycielskich kanałach Telegramu”, gdzie pisał „niszczycielskie i obraźliwe komentarze” skierowane do funkcjonariuszy policji.
 Jego list pokutny został opublikowany na prorządowym zasobie.</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-02-17 23:45:14</t>
   </si>
   <si>
     <t>Yuri Alexeyevich Redkov</t>
   </si>
   <si>
     <t>12 kwietnia 1976</t>
   </si>
   <si>
     <t>Obserwator, dyrektor, organizator targów miodowych i dyrektor firmy Car-Med.
 Skazany za udział w protestach 23 sierpnia 2020 r. jako komentator
 Jesienią 2024 roku reżim Jurija uległ zmianie, a on sam został wysłany na odbycie kary do kolonii karnej.
 Jesienią 2025 roku wyszło na jaw, że Jurij został skazany za kolejną sprawę karną i skazany na karę więzienia. Szczegóły sprawy nie są znane.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.09.2022: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 29.11.2022: wyrok został podtrzymany. Sąd zmiany reżimu 30.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-09-14 21:36:42</t>
   </si>
   <si>
+    <t>Alexander Anatolievich Lytin</t>
+  </si>
+  <si>
+    <t>13 kwietnia 1993</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-12-13 14:55:40</t>
+  </si>
+  <si>
     <t>Ivan Aleksandrovich Gubchik</t>
   </si>
   <si>
     <t>13 kwietnia 1987</t>
   </si>
   <si>
     <t>Jak poinformowała Prokuratura Generalna, od 16 lipca do 12 sierpnia 2020 r. mieszkaniec Witebska „w stanie nietrzeźwości ze swojej strony TikTok zamieścił w publicznym dostępie trzy filmy wideo, aby rozbudzić wrogość społeczną”. „Przedstawiony w nich materiał kształtował negatywny stosunek do policjantów i przedstawicieli sztabu dowodzenia wojska, zachęcając do brutalnych i agresywnych działań” – czytamy w komunikacie prasowym. Prokuratura Generalna podaje również, że 34-letni mężczyzna był wcześniej karany 10 razy.</t>
   </si>
   <si>
     <t>4,5 roku więzienia w surowych warunkach reżimu .</t>
   </si>
   <si>
     <t>2022-01-29 03:21:21</t>
-  </si>
-[...67 lines deleted...]
-    <t>2025-06-23 14:47:53</t>
   </si>
   <si>
     <t>Evgeniy Mikhailovich Ermak</t>
   </si>
   <si>
     <t>14 kwietnia 1991</t>
   </si>
   <si>
     <t>11 marca 2022 r. Evgeniy został zatrzymany za komentarze w „The Punishers”.
 Podczas przeszukania znaleźli przy nim haszysz. Evgeniy powiedział, że kupił go dla siebie i swojego kolegi Jurija, z którym wcześniej korzystał z niego kilka razy.
 Mężczyzna został zatrzymany i osadzony w areszcie pod zarzutem znieważenia czterech funkcjonariuszy policji, sędziego oraz handlu narkotykami.
 W dniu 27 września 2022 roku odbyła się rozprawa apelacyjna.</t>
   </si>
   <si>
+    <t>Nie</t>
+  </si>
+  <si>
     <t>Decyzja sądu 22.07.2022: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-07-14 17:00:49</t>
   </si>
   <si>
-    <t>Dmitry Leonidovich Kokhanovsky</t>
-[...53 lines deleted...]
-    <t>2023-06-14 14:00:21</t>
+    <t>Denis Anatolyevich Petrov</t>
+  </si>
+  <si>
+    <t>14 kwietnia 1986</t>
+  </si>
+  <si>
+    <t>Denis został skazany w 2025 r. w sprawie karnej wszczętej na podstawie artykułu „podżeganie do nienawiści i niezgody” i skazany na karę ograniczenia wolności z zaleceniem kierunku.</t>
+  </si>
+  <si>
+    <t>IUOT-29, Wołkowysk, Rokossowski, 118e, 230415</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-06-23 14:47:53</t>
+  </si>
+  <si>
+    <t>Ivan Nikolaevich Borodich</t>
+  </si>
+  <si>
+    <t>14 kwietnia 1974</t>
+  </si>
+  <si>
+    <t>W toku śledztwa ustalono , że w styczniu 2023 r. Iwan Likholat skontaktował się z SBU, gdzie otrzymał polecenie wysadzenia torów kolejowych. Do zadania zaangażowano dwóch mieszkańców Grodna, którzy posiadali do tego profesjonalne umiejętności minowo-wybuchowe. Jednym z nich był Iwan Borodicz.
+Likholat i Borodich zostali zatrzymani w Grodnie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.12.2024: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-09-27 21:12:08</t>
   </si>
   <si>
     <t>Vasiliy Ivanovich Demidovich</t>
   </si>
   <si>
     <t>15 kwietnia 1952</t>
   </si>
   <si>
     <t>Wcześniej został pociągnięty do odpowiedzialności administracyjnej za udział w protestach.
 Jak wynika ze śledztwa, od września 2021 r. do stycznia 2022 r. Wasilij publikował na szkodliwych kanałach Telegramu wiadomości obraźliwe dla urzędników państwowych, w tym wyższych rangą urzędników Republiki Białorusi.
 Groził również użyciem przemocy wobec funkcjonariuszy organów ścigania i wymiaru sprawiedliwości, publicznie upokarzając ich honor i godność. Ponadto mężczyzna wezwał obywateli do podjęcia działań w celu zorganizowania masowych zamieszek. Na kanałach ekstremistycznych Telegramu szukał osób chętnych do popełnienia „przestępstw”, ale nie zrealizował swoich zamiarów, ponieważ został zatrzymany przez funkcjonariuszy organów ścigania.
 Oskarżony został również zobowiązany do zapłaty ofiarom odszkodowania pieniężnego za straty moralne w łącznej kwocie 32 tys. rubli białoruskich.
 31 stycznia 2023 r. w Dzierżyńsku rozpoczął się kolejny proces emeryta. Tym razem został oskarżony na podstawie artykułu 369 Kodeksu karnego (Znieważenie funkcjonariusza państwowego).
 13.02.2023 ogłoszono drugi wyrok.
 23 marca 2023 r. Sąd Rejonowy w Drohiczynu rozpatrzył sprawę więźnia politycznego na podstawie artykułu 369 Kodeksu karnego Republiki Białorusi. Wasilij Demidowicz został osadzony w areszcie tymczasowym w Drohiczynu.
 W kwietniu więzień polityczny został przeniesiony do aresztu śledczego nr 3 w Homlu. 20 kwietnia 2023 r. Sąd Rejonowy Sowiecki w Homlu rozpoczął rozpatrywanie kolejnej sprawy emeryta. Oskarżono go na podstawie artykułu 369 Kodeksu karnego Republiki Białorusi i artykułu 391 Kodeksu karnego Republiki Białorusi. 2 maja zapadł kolejny wyrok.
 5 maja 2023 roku rozpocznie się piąty proces Demidovicha - mężczyzna jest ponownie oskarżony z artykułu 369 Kodeksu karnego . Proces odbędzie się w Pukhovichi, sędzia - Olga Babuk .
 Następne spotkanie zaplanowano na 24 maja 2023 r. w Puchowiczach.
 5 lipca 2023 r. Sąd Obwodowy w Homel rozpatrzył apelację więźnia politycznego sędziego Rusłana Caruka.
 23 sierpnia 2023 r. Sąd Rejonowy w Nieświeżu rozpatrzył szóstą sprawę karną przeciwko więźniowi politycznemu.
 W Starych Dorogach 19 października 2023 r. rozpocznie się siódmy proces Wasilija . Łącznie Wasilijzostał skazany na 7 lat więzienia, a wyniki dwóch ostatnich procesów nadal nie są znane.
 Z uwagi na fakt, że więzień polityczny został wpisany na „listę terrorystów”, nie może on dokonywać przelewów pieniężnych. Ponadto Wasilij nie ma krewnych, którzy mogliby go wesprzeć. W ciągu ostatniego roku przeżył dziesiątki przelewów. Więźniowie polityczni są przenoszeni w trudnych warunkach, co bardzo źle wpływa na zdrowie Wasilija.
 15 grudnia 2023 r. w Starych Dorogach wznowiono rozpoczęty w październiku proces Wasilija.
 Pod koniec czerwca 2025 roku budynek mieszkalny Wasilija został sprzedany na aukcji na platformie BelYurObespechenie.</t>
   </si>
   <si>
     <t>1) 6 lat pozbawienia wolności w kolonii karnej.
 2) 1 rok pozbawienia wolności z grzywną w wysokości 30 jednostek podstawowych.
 Częściowym dodaniem kar skazano go ostatecznie na 6,5 roku kolonii pod zaostrzonym reżimem.
 3) 2,5 roku więzienia.
 W wyniku częściowego dodania emerytowi skazano ostatecznie 7 lat więzienia.</t>
   </si>
   <si>
     <t>2022-07-19 00:27:34</t>
   </si>
   <si>
-    <t>Elena Vladimirovna Morozova</t>
-[...11 lines deleted...]
-    <t>2024-03-08 00:00:02</t>
+    <t>Alexander Anatolyevich Newar</t>
+  </si>
+  <si>
+    <t>15 kwietnia 1985</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.11.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 14.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-11 22:02:36</t>
+  </si>
+  <si>
+    <t>Dmitry Leonidovich Kokhanovsky</t>
+  </si>
+  <si>
+    <t>15 kwietnia 1991</t>
+  </si>
+  <si>
+    <t>Pracownik mohylewskiego oddziału Beltelecom. Aresztowany w miejscu pracy 28 października 2021 r. Jest wstępnie oskarżony o udostępnianie danych pracownikom organów ścigania.</t>
+  </si>
+  <si>
+    <t>6,5 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:58:21</t>
+  </si>
+  <si>
+    <t>Michael Valentinovich Mekeko</t>
+  </si>
+  <si>
+    <t>15 kwietnia 1993</t>
+  </si>
+  <si>
+    <t>Przez półtora roku mieszkał i pracował w Polsce, po czym wrócił na Białoruś, gdzie został zatrzymany pod koniec listopada 2022 r. Według sił bezpieczeństwa to właśnie w Polsce został zarejestrowany w planie Peramoga. Rzekomo pisał także wiadomości, w których groził siłom bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.08.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.11.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-06-14 14:00:21</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Satsuk</t>
+  </si>
+  <si>
+    <t>15 kwietnia 1968</t>
+  </si>
+  <si>
+    <t>Dziennikarz śledczy, redaktor białoruskiego portalu Ezhednevnik (ej.by). Został zatrzymany 8 grudnia 2021 roku. Wcześniej Siergiej był przetrzymywany w tej samej sprawie od 25 marca do 4 kwietnia 2020 roku. Niektóre organizacje broniące praw człowieka uznały represje za dowód istnienia motywu politycznego w prześladowaniu dziennikarza, mającego na celu zmuszenie go do zaprzestania lub zmiany charakteru jego działalności w celu rozpowszechniania informacji o korupcji. Według współpracowników Satsuka podstawą prześladowania dziennikarza były głośne śledztwa, związane przede wszystkim z korupcją na dużą skalę w branży medycznej. Opierając się na faktach, mówił o bezprecedensowych „łapówkach” za dostawę drogiego sprzętu; w sprawie zakupu niezarejestrowanej szczepionki, która faktycznie była testowana na białoruskich dzieciach; w sprawie fałszowania danych dotyczących rozprzestrzeniania się COVID-19 na Białorusi. A wszystko to za zgodą działu kontroli - Ministerstwa Zdrowia.</t>
+  </si>
+  <si>
+    <t>8 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2021-12-15 15:37:54</t>
+  </si>
+  <si>
+    <t>Andrey Stanislavovich Pochobut</t>
+  </si>
+  <si>
+    <t>16 kwietnia 1973</t>
+  </si>
+  <si>
+    <t>Andrei jest grodzieńskim dziennikarzem, publicystą i członkiem Związku Polaków na Białorusi. W 2011 roku został skazany na 3 lata więzienia z 2-letnim zawieszeniem kary za zniesławienie Łukaszenki. Został zwolniony za kaucją. W 2012 r. wszczęto przeciwko niemu nową sprawę karną za publikacje w mediach, ale w 2013 r. została ona umorzona z powodu braku dowodów popełnienia przestępstwa. Jesienią tego samego roku został zwolniony z odbywania kary w pierwszej sprawie.
+25 marca 2021 roku Andriej został ponownie zatrzymany. Oskarżono go o podżeganie do nienawiści i wzywanie do sankcji. Zarzuty dotyczyły artykułów na temat protestów białoruskich w 2020 r., ochrony mniejszości polskiej i publikacji na temat sowieckiego ataku na Polskę w 1939 r. Spędził ponad 1,5 roku w areszcie tymczasowym i został skazany w lutym 2023 r.
+Wiadomo, że Andriej odmówił napisania petycji o ułaskawienie. Obecnie nadal poddawany jest presji, pozbawiany jest możliwości widzeń i dostarczania paczek. Nie ma też od niego żadnych telefonów.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.07.2011: 3 roku więzienia w kolonii na warunkach ogólnych (z odroczeniem 2 roku). Decyzja sądu 08.02.2023: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.05.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Elena Nikolaevna Toporkova</t>
   </si>
   <si>
     <t>16 kwietnia 1970</t>
   </si>
   <si>
     <t>Elena Toporkova ma 54 lata. Absolwent Białoruskiej Państwowej Akademii Politechnicznej (obecnie BNTU).
 Prawdopodobnie Elena została zatrzymana podczas solidarnościowego nalotu na więźniów politycznych, który miał miejsce pod koniec stycznia 2024 r.
 Osoby biorące udział w solidarnościowym napadzie na więźniów politycznych, który miał miejsce w dniach 23–24 stycznia, twierdzą, że liczba osób, przeciwko którym wszczęto sprawy karne, może być znacznie większa, niż przypuszczają obrońcy praw człowieka. Osoby absolutnie niepubliczne po prostu z własnych środków dokonywały przelewów lub wysyłały paczki do więźniów politycznych.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-05 13:35:28</t>
   </si>
   <si>
+    <t>Elena Vladimirovna Morozova</t>
+  </si>
+  <si>
+    <t>16 kwietnia 1979</t>
+  </si>
+  <si>
+    <t>Jak podaje prorządowy kanał telegramowy, została zatrzymana wraz z synem za udział w protestach w 2020 roku. W dniu 03.06.2024 została skazana na podstawie artykułu administracyjnego ( art. 19 ust. 1 Kodeksu wykroczeń administracyjnych Republiki Białorusi – Drobne chuligaństwo). Następnie usłyszała zarzuty karne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-03-08 00:00:02</t>
+  </si>
+  <si>
     <t>Vladimir Nikolaevich Lisitsa</t>
   </si>
   <si>
     <t>16 kwietnia 1968</t>
   </si>
   <si>
     <t>Były „Afgańczyk” i osoba o pryncypialnej pozycji obywatelskiej oraz jego żona Oksana Lisitsa są dyrektorem Szkoły Podstawowej Wysoczańskiej i zastępcą rady rejonowej 28. kadencji. Władimir Lisica urodził się na Ukrainie i zamiast awatara na jego stronie „Odnoklassniki” widnieje ukraińska flaga. Zawartość tej strony, która została obecnie w większości usunięta, została zbadana przez Prokuraturę Rejonową w Lioznym i stwierdziła, że „produkty informacyjne na stronie osobistej „Vladimir Lisitsa” w serwisie społecznościowym „Odnoklassniki” znajdują się oznaki działań mających na celu ułatwienie działań ekstremistycznych, szkolenia lub inne przygotowanie do udziału w takich działaniach.” Jak wynika ze śledztwa , Władimir Lisica pozostawił komentarze na temat kilku innych znanych osób na Białorusi: „Publicznie wulgarne uwagi zostały skierowane do komisarza wojskowego obwodu homelskiego A.W. Krivonosowa, zastępcy Izby Reprezentantów Zgromadzenia Narodowego Republiki Białorusi. Białoruś A.S. Gajdukiewicz, przewodniczący okręgowego komitetu wykonawczego Glubokoe A. N. Szubski i A. G. Łukaszenka. „Zgodnie z wyrokiem sądu pan Lisitsa musi odbyć trzy lata w kolonii poprawczej na ogólnych warunkach reżimowych, a także zapłacić grzywnę w wysokości 7400 rubli i odszkodowanie za szkołę moralną dwóm powodom - Prokuratorowi Generalnemu Republiki Białorusi A. Szwedowi i zastępcy Rady Delegatów Miejskich w Nowopołocku I. Miedwiedkiemu - po 3000 rubli każdy.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.12.2023: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-09 01:16:25</t>
   </si>
   <si>
-    <t>Andrey Stanislavovich Pochobut</t>
-[...16 lines deleted...]
-    <t>Andrey Nikolaevich Hanevich</t>
+    <t>Andrei Mikalayevich Khanevich</t>
   </si>
   <si>
     <t>16 kwietnia 1975</t>
   </si>
   <si>
     <t>Przewodniczący podstawowej organizacji związkowej Białoruskiego Niezależnego Związku Zawodowego Pracowników JSC „Grodno Azot”. Powodem wszczęcia postępowania karnego przeciwko liderowi związkowemu, zdaniem prokuratury, była jego rozmowa z dziennikarką telewizji Biełsat, podczas której „udzielił jej pewnych informacji”. Telefon Andrieja był na podsłuchu, a rozmowy były nagrywane przez służby bezpieczeństwa. Po zwolnieniu z zakładu wszczęto przeciwko niemu postępowanie karne. Oskarża się go o propagowanie działalności ekstremistycznej i dyskredytowanie Republiki Białoruś. Wcześniej pierwszorzędna organizacja Białoruskiego Niezależnego Związku Zawodowego Robotników Grodzieńskiego Azotu OJSC została uznana za ekstremistyczną. Sąd Okręgowy w Grodnie podjął decyzję o zakazie działalności organizacji i jej likwidacji. Został zatrzymany na sali sądowej, wcześniej przebywał w areszcie domowym.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-11-16 15:17:34</t>
-  </si>
-[...73 lines deleted...]
-    <t>2025-12-22 22:06:53</t>
   </si>
   <si>
     <t>Kirill Olegovych Kroshkin</t>
   </si>
   <si>
     <t>17 kwietnia 1977</t>
   </si>
   <si>
     <t>Pochodzi z Witebska , studiował w Homlu, ale ostatnio mieszkał w Grodnie. Z wykształcenia inżynier, ostatnio pracował jako administrator systemów w firmie Whitebird. Sądząc po portalach społecznościowych, mieszkał w Warszawie.
 Mężczyzna jest także radioamatorem. Członek Białoruskiej Federacji Radioamatorów i Sportowców Radiowych.
 Rozpatrywanie sprawy rozpoczęło się w styczniu 2024 r., ostatnie posiedzenie odbyło się 29 marca 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 29.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-12-10 10:51:57</t>
   </si>
   <si>
-    <t>Andrey Vitalievich Slizevich</t>
+    <t>Vladislav Igorevich Yakubovsky</t>
+  </si>
+  <si>
+    <t>17 kwietnia 1996</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2025: 3 roku więzienia w kolonii na warunkach ogólnych, nieznany jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-12-22 22:06:53</t>
+  </si>
+  <si>
+    <t>Alexander Valerievich Yavorsky</t>
+  </si>
+  <si>
+    <t>17 kwietnia 1986</t>
+  </si>
+  <si>
+    <t>O Aleksandrze wiadomo, że pochodzi z Petrikowa, gdzie zajmował się działalnością przedsiębiorczą w zakresie handlu produktami spożywczymi, napojami i tytoniem oraz był właścicielem sklepu Saleman.
+W październiku 2020 roku mężczyzna przyłączył się do ogólnopolskiego strajku zapowiedzianego przez Swietłanę Tichanowską – a nawet nagrał na ten temat wiadomość wideo. Jedna z państwowych gazet propagandowych kpiąco zacytowała wówczas jego słowa z nagrania wideo.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-23 16:39:23</t>
+  </si>
+  <si>
+    <t>Egor Viktorovich Lebedok</t>
+  </si>
+  <si>
+    <t>17 kwietnia 1982</t>
+  </si>
+  <si>
+    <t>Analityk wojskowy Jegor Lebedok został skazany na 15 dni aresztu administracyjnego na podstawie art. 24 ust. 3 Kodeksu wykroczeń administracyjnych. Po dniu Jegor nie wyszedł i został zatrzymany w sprawie karnej za pomoc w działalności ekstremistycznej za komentarze dla Euroradia.
+W październiku prorządowe kanały poinformowały, że przeciwko Jegorowi wszczęto kolejną sprawę karną na podstawie powtórzeń i zauważyły, że „każdy wywiad z ekstremistą stanowi osobne corpus delicti”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.12.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 11.12.2024: reżim więzienny do końca kary.</t>
+  </si>
+  <si>
+    <t>2022-07-30 00:15:40</t>
+  </si>
+  <si>
+    <t>Yuri Iosifovich Stanevsky</t>
+  </si>
+  <si>
+    <t>Według prokuratury od 15 lipca do 27 grudnia 2021 r. na destrukcyjnych czatach pod publikacjami zamieszczał komentarze, w których obrażał Łukaszenkę i innych urzędników państwowych oraz ich bliskich, a także groził funkcjonariuszom pełniącym swoje obowiązki służbowe.
+Publikacje zawierały komunikaty dotyczące profanacji hymnu narodowego Republiki Białoruś i flagi państwowej Republiki Białoruś.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.10.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 16.12.2022: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-07-22 17:59:47</t>
+  </si>
+  <si>
+    <t>Andrei Slizevich</t>
   </si>
   <si>
     <t>18 kwietnia 1982</t>
   </si>
   <si>
     <t>Indywidualny przedsiębiorca. Według prokuratury po ataku terrorystycznym w Crocus Hall rzekomo pozostawił negatywne komentarze na temat Rosji i nawoływał do bombardowania rosyjskich miast.
 Andrei został zatrzymany w marcu. Kanały prorządowe opublikowały film przedstawiający jego „skruchę”.</t>
   </si>
   <si>
     <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Decyzja sądu 04.12.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-27 14:19:39</t>
   </si>
   <si>
     <t>Roman Bronislavovich Marusov</t>
   </si>
   <si>
     <t>19 kwietnia 1996</t>
   </si>
   <si>
     <t>Roman został aresztowany w marcu 2021 roku w związku ze sprawą karną toczącą się na podstawie artykułu „Współudział w umyślnych działaniach mających na celu podżeganie do nienawiści i niezgody społecznej ze względu na inną przynależność społeczną, popełnionych przez grupę osób”. Został skazany za przekazywanie informacji agencji informacyjnej BYPOL.
 „18 marca 2021 roku Roman udał się do domu policjanta, aby sprawdzić adres opublikowany w internecie i zgłosić to do destrukcyjnego źródła. Wszedł do budynku, zadzwonił domofonem, spotkał się z mężem policjanta i uciekł. W domu wysłał wiadomość na Telegramie, potwierdzającą adres” – czytamy w dokumentach śledztwa.
 Jesienią 2023 roku zaostrzono warunki jego przetrzymywania i Roman został przeniesiony do więzienia.
 We wrześniu 2024 r. odbyła się rozprawa sądowa w sprawie zarzutu „złośliwego nieposłuszeństwa wobec żądań administracji zakładu karnego”, podczas której Romanowi groziła kara do dwóch lat pozbawienia wolności; wynik rozprawy nie jest znany.</t>
   </si>
   <si>
     <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 6 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 17.10.2023: 2 roku więzienia. Decyzja sądu 27.09.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-08-11 11:38:58</t>
   </si>
   <si>
-    <t>Anatoly Sergeevich Kireychik</t>
-[...24 lines deleted...]
-    <t>2024-03-06 13:51:10</t>
+    <t>Ihar Shukanau</t>
+  </si>
+  <si>
+    <t>19 kwietnia 1963</t>
+  </si>
+  <si>
+    <t>62-letni pracownik laboratorium informatyki i łączności Rafinerii Naftowej w Mozyrzu.
+Igor Szukanow został demonstracyjnie i brutalnie zatrzymany 1 sierpnia 2024 r. Z Mińska przyjechał po niego Główny Zarząd ds. Zwalczania Przestępczości Zorganizowanej. Zatrzymano go w miejscu pracy. Następnie fabryczny pojazd UAZ-Patriot został wykorzystany do wywiezienia pojazdu poza bramę fabryki. Niedaleko przystanku autobusowego, na parkingu przy głównym wejściu do zakładu, gdzie w tym czasie znajdowali się ludzie, zwolennicy Gubopikowa dokonali demonstracyjnego pobicia Szukanowa - wyciągnęli go z UAZ-a, rzucili twarzą do dołu na asfalt i, naciskając mu kolanem głowę, założyli mu kajdanki.
+Warto odnotować, że rano tego dnia Igor został osądzony na podstawie artykułu administracyjnego za szerzenie „ekstremizmu”. Został ukarany grzywną i wypuszczony na wolność, ale aresztowano go zaledwie kilka godzin później.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.02.2025: nieznany. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-02-17 16:29:03</t>
   </si>
   <si>
     <t>Gennady Marjanovic Zhukel</t>
   </si>
   <si>
     <t>20 kwietnia 1961</t>
   </si>
   <si>
     <t>Mężczyzna zadzwonił na policję rejonową i rozmawiając z dyżurnym funkcjonariuszem, zwrócił się w stronę Łukaszenki. Wiadomo, że w tym momencie był pod wpływem alkoholu. Wcześniej był już kilkakrotnie sądzony za chuligaństwo i pociągany do odpowiedzialności administracyjnej.
 W dniu 29 lutego 2024 roku odwołanie zostało rozpatrzone. Wyrok wszedł w życie.
 W lipcu 2024 r . został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
 W styczniu 2025 r. Giennadij ponownie stanął przed sądem za znieważenie A.G. Łukaszenki.</t>
   </si>
   <si>
     <t>Decyzja sądu 27.12.2023: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja 29.02.2024: wyrok został podtrzymany. Decyzja sądu 09.01.2025: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2023-10-10 00:01:50</t>
   </si>
   <si>
+    <t>Sergey Stepanovich Buwaka</t>
+  </si>
+  <si>
+    <t>20 kwietnia 1965</t>
+  </si>
+  <si>
+    <t>Siergiej został oskarżony o napisanie kilku wiadomości w komunikatorze Telegram i skazany na karę ograniczenia wolności z nakazem aresztowania. Rozprawa odbyła się w budynku Berezowskiego Kompleksu Przemysłowo-Spółdzielczego. Po procesie prokurator pouczył pracowników i „przypomniał im o odpowiedzialności za przestępstwa ekstremistyczne”. Siergiej pozostał w areszcie domowym do czasu rozprawy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.03.2024: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2024-03-26 21:48:30</t>
+  </si>
+  <si>
+    <t>Konstantin Vladimirovich Shestov</t>
+  </si>
+  <si>
+    <t>20 kwietnia 1978</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.03.2024: 8 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:51:10</t>
+  </si>
+  <si>
+    <t>Anatoly Sergeevich Kireychik</t>
+  </si>
+  <si>
+    <t>20 kwietnia 1949</t>
+  </si>
+  <si>
+    <t>Jak wynika ze śledztwa, od października 2020 r. do lutego 2022 r. 74-letni mężczyzna systematycznie zamieszczał komentarze pod zdjęciami urzędników państwowych, w których „bez przebierania w słowach obrażał, publicznie poniżał oraz dyskredytował ich honor i godność”. Podczas przeszukania w jego domu znaleziono amunicję. Emeryt powiedział śledczym, że je odebrał.
+Zarzuca się , że Kireychik „obraził” aż 135 funkcjonariuszy bezpieczeństwa – pracowników KGB, prokuratury, policji, Komitetu Śledczego, Ministerstwa Obrony Narodowej i wymiaru sprawiedliwości.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.06.2024: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 16.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:44:11</t>
+  </si>
+  <si>
     <t>Alexey Yurievich Drab</t>
   </si>
   <si>
     <t>20 kwietnia 1986</t>
   </si>
   <si>
     <t>Aleksandra aresztowano w październiku 2020 r. i oskarżono o udział w wydarzeniach, które miały miejsce 11 października 2020 r. w pobliżu stacji metra Puszkinskaja, gdy ludzie próbowali ochronić pokojowo nastawionego demonstranta przed pobiciem przez policję. Podczas aresztowania grożono mu, zmuszano go do składania zeznań na wideo, w wyniku czego złamano mu nogę w pięciu miejscach. Po przesłuchaniach przyjęto go do aresztu śledczego z gipsem.</t>
   </si>
   <si>
     <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
   </si>
   <si>
     <t>Decyzja sądu 02.04.2021: 5 lata więzienia w kolonii na warunkach ogólnych, około 21000 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-03-19 02:23:39</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-03-26 21:48:30</t>
   </si>
   <si>
     <t>Vladimir Valerievich Fishman</t>
   </si>
   <si>
     <t>22 kwietnia 1987</t>
   </si>
   <si>
     <t>Vladimir interesuje się rozwojem miast i architekturą od około 20 lat. Stworzył unikalną bazę danych zawierającą tysiące zdjęć różnych budynków na Białorusi i za granicą - photobuildings.com.
 W nagraniu pokazanym w ONT Władimir twierdzi , że rzekomo zarejestrował się na czacie Peramoga, a w listopadzie 2022 r. rzekomo skontaktował się z nim Aleksander Azarow.
 W dniu 27 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.02.2024: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2023-11-13 19:42:07</t>
   </si>
   <si>
     <t>Natalya Nikolaevna Lasch</t>
   </si>
   <si>
     <t>23 kwietnia 1993</t>
   </si>
   <si>
     <t>Adwokat II stopnia, były pracownik prokuratury rejonu Frunzeńskiego w Mińsku, przez pewien czas pracował jako specjalista ds. HR w firmie informatycznej. Natalia jest oskarżona o przekazanie informacji do Czarnej Księgi Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.03.2023: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.05.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-08-19 22:28:41</t>
   </si>
   <si>
-    <t>Sergey Ilich Dzyuba</t>
+    <t>Siarhei Ilich Dziuba</t>
   </si>
   <si>
     <t>24 kwietnia 1976</t>
   </si>
   <si>
-    <t>pracownik BJD. Według wstępnych informacji został zatrzymany na podstawie artykułów 356 i 357 Kodeksu karnego Republiki Białoruś („zdrada państwa” oraz „spisek lub inne działania zmierzające do przejęcia władzy państwowej”).</t>
-[...2 lines deleted...]
-    <t>12 lat w kolonii w warunkach zaostrzonego reżimu</t>
+    <t>Siergiej, pracownik Kolei Białoruskich, został aresztowany jesienią 2021 roku w ramach postępowania karnego wszczętego przeciwko pracownikom fabryki, którzy poparli strajk i byli częścią inicjatywy „Raboczyj Ruch” (Ruch Robotniczy). 21 września 2021 roku inicjatywa ta została uznana za organizację ekstremistyczną, w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 r. Siergiej został uznany winnym zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazany na karę więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-26 14:08:50</t>
   </si>
   <si>
-    <t>Irina Viktorovna Zlobina</t>
+    <t>Victor Vitalievich Yaskich</t>
   </si>
   <si>
     <t>25 kwietnia 1989</t>
-  </si>
-[...72 lines deleted...]
-    <t>Victor Vitalievich Yaskich</t>
   </si>
   <si>
     <t>Pracował jako taksówkarz. Jest ojcem wielu dzieci, ma sześcioro z dwóch małżeństw.
 Został zatrzymany w związku ze sprawą terrorystyczną. Podczas przesłuchania został dotkliwie pobity (Wiktorowi złamano nawet rękę). Według KGB, Viktor Yaskich i Jewhen Gruk zostali skazani na podstawie artykułu 289 Kodeksu karnego (akt terrorystyczny) i artykułu 295 Kodeksu karnego (nielegalne działania z użyciem broni palnej, amunicji i materiałów wybuchowych). O ich aresztowaniu dowiedziano się na początku kwietnia 2024 roku dzięki reportażowi ONT. Według propagandzistów, siły bezpieczeństwa zatrzymały co najmniej 12 osób, w tym Gruka i Yaskicha, oskarżonych o przemyt materiałów wybuchowych i planowanie ataków terrorystycznych. Według reportera Gruk był informatorem SBU: fotografował sprzęt wojskowy i przekazywał jego współrzędne. Następnie Grukowi wydano rozkaz wydobycia materiałów wybuchowych z kryjówki. Yaskich podwiózł Gruka do kryjówki. Następnie obaj mieli rozdzielić materiały wybuchowe z kryjówki do nowych kryjówek. Reportaż nie wyjaśnia motywów tego działania.
 Proces odbył się w maju 2025 roku. Wyrok nie jest znany; Viktor przed rozprawą przebywał w areszcie tymczasowym.</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-16 23:01:33</t>
   </si>
   <si>
-    <t>Dmitriy Aleksandrovich Schemer</t>
-[...8 lines deleted...]
-    <t>2024-03-16 18:46:18</t>
+    <t>Pavel Alexandrovich Shpetniy</t>
+  </si>
+  <si>
+    <t>25 kwietnia 1997</t>
+  </si>
+  <si>
+    <t>Paweł, aktywista ruchu anarchistycznego, został zatrzymany w marcu 2021 r. w ramach postępowania karnego przeciwko anarchistom z obwodu brzeskiego. Został skazany za „udział w działaniach grupowych, które rażąco naruszają porządek publiczny” i „udział w organizacji przestępczej”. Wiadomo, że zarzuty opierają się na epizodzie związanym z „Marszem Nie-Pasożytów”, który miał miejsce 5 marca 2017 r., a także z wydarzeniami, które miały miejsce w pobliżu budynku Brzeskiego GUBOPiK w 2016 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.09.2022: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu 08.10.2025: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:16:29</t>
+  </si>
+  <si>
+    <t>Dzmitry Iosifavich Padrez</t>
+  </si>
+  <si>
+    <t>25 kwietnia 1987</t>
+  </si>
+  <si>
+    <t>Dmitrij, artysta uliczny i specjalista IT, został aresztowany w lipcu 2021 roku w związku ze sprawą karną wszczętą na podstawie trzech artykułów, w tym „ingerencji w działalność funkcjonariusza organów ścigania”. Wiadomo, że podczas zatrzymania funkcjonariusze GUBOPiK-u pobili i znęcali się nad Dmitrijem.
+W marcu 2022 roku Dmitrij został uznany winnym przekazywania danych funkcjonariuszy organów ścigania do kanału Telegram „Czarna Księga Białorusi” i skazany na karę pozbawienia wolności w kolonii karnej oraz zadośćuczynienie za straty moralne wyrządzone „ofiarom”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.03.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 11000 ruble odszkodowania.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:25:31</t>
+  </si>
+  <si>
+    <t>Artem Sergeevich Yankovsky</t>
+  </si>
+  <si>
+    <t>25 kwietnia 2003</t>
+  </si>
+  <si>
+    <t>13 sierpnia 2023 r. został zatrzymany za „dystrybucję, produkcję, przechowywanie, transport produktów informacyjnych zawierających nawoływania do działań ekstremistycznych lub promujących takie działania”. Po tym wszczęto przeciwko niemu sprawę karną. Po aresztowaniu wraz z Artemem opublikowano „skruszony” film, w którym oświadczył, że w 2020 r. proponował obrzucanie policjantów „koktajlami Mołotowa” i wysyłał instrukcje, jak je przygotować znajomym.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2023-11-13 12:48:28</t>
+  </si>
+  <si>
+    <t>Irina Viktorovna Zlobina</t>
+  </si>
+  <si>
+    <t>Irina jest absolwentką Wydziału Filozofii i Nauk Społecznych BSU i od kilku lat prowadzi własną małą firmę związaną z kwiatami i produkcją pamiątek. Została zatrzymana 12 stycznia 2021 r. wraz z Andriejem Aleksandrowem. Irina została oskarżona o „finansowanie działań protestacyjnych” i płacenie grzywien uczestnikom protestów. Została skazana za „zdradę państwa” i „udział w akcjach zbiorowych rażąco naruszających porządek publiczny”.
+1 września 2022 roku para zawarła związek małżeński w Areszcie Śledczym nr 1.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.10.2022: 9 lata więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja 06.01.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:11</t>
+  </si>
+  <si>
+    <t>Vitali Paulavich Barysevich</t>
+  </si>
+  <si>
+    <t>25 kwietnia 1984</t>
+  </si>
+  <si>
+    <t>Został zatrzymany 24 listopada 2021 roku. W kanale telegramowym Ministerstwa Spraw Wewnętrznych Białorusi pojawiła się wiadomość, że Witalij rzekomo brał czynny udział w zamieszkach w pobliżu centrum handlowego w Rydze w sierpniu ubiegłego roku.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia w kolonii karnej .</t>
+  </si>
+  <si>
+    <t>2021-12-14 16:57:25</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Tsyganovich</t>
   </si>
   <si>
     <t>26 kwietnia 1980</t>
   </si>
   <si>
     <t>Vladimir jest blogerem i autorem kanału MozgON na YouTube. Zaczął od omówienia wiadomości gospodarczych i społecznych, a później przeszedł do tematów politycznych, obejmujących różne akcje, w tym pikiety Siergieja Tichanowskiego.
 W czerwcu 2020 r. został zatrzymany w celu odbycia aresztu administracyjnego, później jednak został oskarżony o przygotowanie „masowych zamieszek” i skazany w „sprawie Cichanouskiego”. Zdaniem obrońców praw człowieka osoby zaangażowane w sprawę mają zapłacić odszkodowanie w wysokości 29 mln rubli.
 W 2022 roku Władimir został przeniesiony do reżimu więziennego. W 2023 r. był dwukrotnie sądzony za „złośliwe nieposłuszeństwo wobec wymogów administracji zakładu karnego”. Jesienią 2023 r. odbyła się trzecia rozprawa sądowa w nowej sprawie o „złośliwe nieposłuszeństwo”.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.12.2021: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 01.06.2022: wyrok został podtrzymany. Decyzja sądu 06.10.2022: około 29000000 ruble odszkodowania. Sąd zmiany reżimu 24.10.2022: 3 roku więzienia. Decyzja sądu 10.04.2023: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 30.11.2023: nieznany. Apelacja 08.02.2024: nieznany. Decyzja sądu 05.09.2024: nieznany. Apelacja 06.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-02-26 21:25:03</t>
   </si>
   <si>
+    <t>Dzmitry Ruslanovich Zakharoshka</t>
+  </si>
+  <si>
+    <t>26 kwietnia 2006</t>
+  </si>
+  <si>
+    <t>W prorządowym filmie (kwiecień 2024) podano, że sześcioro nastolatków rzekomo zjednoczyło się w „anarchistycznej komórce „Czarne Słowiki”, która „pod przywództwem Narodowo-Wyzwoleńczej Armii Ukrainy” została utworzona przez 16-letnią obywatelkę Ukrainy Marię Misiuk .
+Pracownicy ONT twierdzą, że nastolatkowie zjednoczyli się, aby przeprowadzić sabotaż na wysypisku na Białorusi, a następnie w Rosji. Maria jest oskarżona z części 2 art. 289 Kodeksu karnego (akt terroryzmu). Według tej historii 16-letnia Maria Misyuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „anarchistyczną komórkę do przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci szkół wyższych w Baranowiczach, Nieświeżu, Mirze, Mińsku i Łunińcu. Są to Trofim Borysow, Siergiej Żigalew, Dmitrij Zahoroshko , Anastazja Klimenko i Aleksandra Pulinowicz. Według pracowników ONT młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do pierwszej poważnej akcji - zebrania materiałów wybuchowych i wysadzenia baranowickiego komisariatu policji lub prokuratury. Nie wiadomo, pod jakimi zarzutami zarzuca się pozostałym pięciu uczestnikom. Nieznany jest także ich status i lokalizacja.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.11.2025: 10 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.02.2026: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:50:52</t>
+  </si>
+  <si>
     <t>Tatyana Sergeevna Kuzina</t>
   </si>
   <si>
     <t>26 kwietnia 1973</t>
   </si>
   <si>
     <t>Tatiana jest współzałożycielką szkoły Sympa dla młodych menedżerów administracji publicznej, ekspertką w projekcie badawczym Bipart oraz magistrem nauk politycznych.
 Została zatrzymana w Mińsku w nocy z 28 na 29 czerwca 2021 roku na lotnisku podczas kontroli paszportowej przed wyjazdem z kraju. Wiadomo, że Tatiana miała lecieć nocnym lotem do Tbilisi. Później okazało się, że została zatrzymana w związku z wszczętym postępowaniem karnym. Tatianę przewieziono do aresztu tymczasowego w Okrestinie, a kilka dni później przeniesiono do aresztu śledczego.
 6 lutego 2023 roku sąd rozpoczął rozpatrywanie jej sprawy pod zarzutem „współudziału w działaniach mających na celu przejęcie władzy”, „nawoływania do działań zagrażających bezpieczeństwu narodowemu” oraz „podżegania do nienawiści społecznej”. 17 marca tego samego roku sąd skazał Tatianę na posiedzeniu niejawnym na karę 10 lat pozbawienia wolności w kolonii karnej o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.03.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.07.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-07-20 20:17:19</t>
   </si>
   <si>
+    <t>Dmitriy Aleksandrovich Schemer</t>
+  </si>
+  <si>
+    <t>26 kwietnia 1994</t>
+  </si>
+  <si>
+    <t>Kanały prorządowe twierdzą , że został zatrzymany przez przypadek – ze względu na etui do telefonu z napisem „módlcie się za Białoruś” w języku angielskim i wizerunkiem symboli narodowych. Po jego aresztowaniu rzekomo znaleźli w telefonie Dmitrija filmy z protestów, a także zdjęcia z czatu na podwórku, podczas którego oferuje ludziom makiety naklejek protestacyjnych. Wiadomo, że facet pływa od dawna i ma stopień kandydata na mistrza sportu.</t>
+  </si>
+  <si>
+    <t>2024-03-16 18:46:18</t>
+  </si>
+  <si>
     <t>Eugene Aleksandrovich Gormash</t>
   </si>
   <si>
     <t>26 kwietnia 1987</t>
   </si>
   <si>
     <t>Jego proces rozpoczął się 4 września 2023 roku w Sądzie Miejskim w Mińsku. To ten sam mieszkaniec Mińska , którego 31 maja 2020 r. „odzyskano” z aresztu podczas pikiety w celu zbierania podpisów, po tym jak krzyknął „Ganba!” przez funkcjonariuszy policji drogowej. Teraz Evgeniy jest sądzony w sprawie karnej.
 W dniu 17 listopada 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 07.09.2023: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.11.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-08-30 15:43:18</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-04-30 23:50:52</t>
   </si>
   <si>
     <t>Alexander Pleskatsevich</t>
   </si>
   <si>
     <t>26 kwietnia 1974</t>
   </si>
   <si>
     <t>Został oskarżony o dwukrotne malowanie domów, filarów i budynków w swojej wiosce białą i czerwoną farbą oraz wyznawanie miłości do Swietłany Tichanowskiej.
 Od 18 września 2021 r. mężczyzna przebywa w areszcie tymczasowym. Mężczyzna rozpoczął odbywanie kary w marcu 2022 r. W czerwcu 2022 roku Aleksander został umieszczony w Więzieniu nr 4 w Mohylewie. W trakcie odbywania kary mężczyzna został umieszczony w celi karnej i był bity.
 Wydany 16 lutego 2023 r.
 28 listopada 2023 Aleksander rozpoczął kolejny proces , w Sądzie Okręgowym w Brześciu. Mężczyźnie postawiono dwa zarzuty: ok. 130. 1 część 1 (rehabilitacja nazizmu), 339 część 2 (chuligaństwo).</t>
   </si>
   <si>
     <t>1) 2 lata ograniczenia wolności z przeniesieniem do otwartego zakładu karnego
 2) 3 lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2021-12-07 21:43:03</t>
   </si>
   <si>
-    <t>Nikita Igorevich Storozhenko</t>
-[...18 lines deleted...]
-  <si>
     <t>Sergey Nikolaevich Patsukevich</t>
   </si>
   <si>
     <t>27 kwietnia 1990</t>
   </si>
   <si>
     <t>Siergiej został zatrzymany 17 listopada 2020 r. i skazany za udział w protestach, które odbyły się w dniach 9–10 sierpnia 2020 r. w Mińsku. Według śledczych „rzucił co najmniej jeden kamień w stronę pojazdów MSWiA”, przebywał na miejscu budowy barykad, blokował ruch i wykrzykiwał hasła.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.07.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 6000 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:41</t>
   </si>
   <si>
     <t>Taras Igorevich Machinsky</t>
   </si>
   <si>
     <t>28 kwietnia 1981</t>
   </si>
   <si>
     <t>Były Ukrainiec. Obywatelstwo białoruskie otrzymał w 2010 roku, często bywa w strefie przygranicznej.
 Historia na prorządowym kanale twierdzi , że przekazał Kuprienko (oskarżonemu o szpiegostwo), na przykład dane o lokalizacji sprzętu wojskowego, ruchu kolumn.</t>
   </si>
   <si>
     <t>10 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-12-27 00:38:46</t>
-  </si>
-[...27 lines deleted...]
-    <t>2022-12-24 00:06:41</t>
   </si>
   <si>
     <t>Stanislav Viktorovich Taspaev</t>
   </si>
   <si>
     <t>28 kwietnia 1976</t>
   </si>
   <si>
     <t>Aktywista z regionu Myadel.
 W grudniu 2021 roku wyszła na jaw informacja , że Taspajew został skazany na dwa lata stosowania chemii gospodarczej za „oszczerstwo” (art. 188 k.k.). Zgodnie z harmonogramem sądu, w ciągu ostatnich sześciu miesięcy był dwukrotnie sądzony w sprawach administracyjnych – za naruszenie zasad trzymania zwierząt w maju 2023 r. oraz za naruszenie procedury organizowania imprez masowych w maju 2024 r.
 Proces Stanisława, ale w sprawie karnej, rozpocznie się 4 października 2024 r. w Sądzie Rejonowym w Myadel. Według służby prasowej prokuratury Stanisław jest administratorem kanału YouTube „Naroch Resort Initiative” (uznanego za ekstremistyczny 12 czerwca 2024 r.), na którym „od marca 2017 r. do lipca 2024 r. w 36 wiadomościach na nagraniach wideo , celowo rozpowszechniał fałszywe informacje o sytuacji politycznej, gospodarczej i społecznej Republiki Białorusi, statusie prawnym jej obywateli, działalności organów władzy dyskredytującej kraju nieograniczonej liczbie osób.”
 Mężczyzna interesuje się fotografią i to było jedno ze źródeł jego dochodów. Zarabia także na usługach komputerowych. Stanisław był także koordynatorem okręgowym projektu „Kraj IT”, który był finansowany przez firmę informatyczną Belkhard. Oprócz pracy Stanisław zajmował się problemami środowiskowymi Myadel i okolic, chroniąc przyrodę.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.12.2021: 2 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 01.11.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-11-29 00:04:02</t>
   </si>
   <si>
-    <t>Ruslan Issaevich Volkov</t>
+    <t>Alexander Sergeevich Shustovsky</t>
+  </si>
+  <si>
+    <t>28 kwietnia 1967</t>
+  </si>
+  <si>
+    <t>Pod koniec 2022 roku został skazany na karę chemii z odesłaniem do aresztu za udział w akcjach protestacyjnych, po czym w 2024 roku został skazany za oszustwo i wysłany do IK-2.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.12.2022: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Decyzja sądu 24.05.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-12-24 00:06:41</t>
+  </si>
+  <si>
+    <t>Michael Aleksandrovich Razuvanov</t>
+  </si>
+  <si>
+    <t>28 kwietnia 1999</t>
+  </si>
+  <si>
+    <t>Za udział w protestach GUBOPiK zatrzymał brata i siostrę Michaiła i Aleksandrę Aleksandrowiczów Razuwanowów . Według GUBOPiK Michaił i Aleksandra brali udział w protestach powyborczych w 2020 r. Sądząc po raporcie sił bezpieczeństwa, przeciwko bratu i siostrze wszczęto sprawę karną.
+W dniu 23 czerwca 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.
+Zdaniem obrońców praw człowieka, w kwietniu 2024 r. Michaił ponownie został osadzony w Areszcie Śledczym nr 1. Być może ma to związek z nową sprawą karną.</t>
+  </si>
+  <si>
+    <t>2022-12-26 20:38:27</t>
+  </si>
+  <si>
+    <t>Ruslan Isayevich Voukau</t>
   </si>
   <si>
     <t>29 kwietnia 1999</t>
   </si>
   <si>
     <t>Rusłana zatrzymano po raz pierwszy 10 sierpnia 2020 r. podczas protestu w Brześciu przeciwko fałszerstwom w wyborach prezydenckich. Po brutalnym pobiciu trafił do szpitala, a następnie został skazany na 7 dni aresztu administracyjnego. Później wszczęto przeciwko niemu postępowanie karne, ale na czas śledztwa opuścił kraj.
 Po powrocie na Białoruś Rusłan próbował przekroczyć granicę z Unią Europejską, lecz został zatrzymany. W listopadzie 2021 r. został skazany za udział w „masowych zamieszkach”.
 W lipcu 2024 roku został skazany ponownie, tym razem za „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego”. Artykuł ten ma na celu osądzenie więźniów, którzy odmawiają współpracy z administracją, powołując się na fikcyjne naruszenia.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.11.2021: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.01.2022: wyrok został podtrzymany. Decyzja sądu 01.07.2024: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-07-05 01:07:37</t>
   </si>
   <si>
-    <t>Grigoriy Vladimirovich Gunko</t>
-[...21 lines deleted...]
-    <t>2025-11-13 14:54:02</t>
+    <t>Yuri Korotkevich</t>
+  </si>
+  <si>
+    <t>29 kwietnia 1994</t>
+  </si>
+  <si>
+    <t>Skazany za udział w protestach.</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii karnej</t>
+  </si>
+  <si>
+    <t>2022-09-14 18:13:42</t>
   </si>
   <si>
     <t>Natalia Ivanovna Ladutko</t>
   </si>
   <si>
     <t>29 kwietnia 1964</t>
   </si>
   <si>
     <t>Natalia została zatrzymana podczas masowej akcji sił bezpieczeństwa przeprowadzonej w dniach 23–24 stycznia 2024 r. przeciwko krewnym więźniów politycznych i osobom wyrażającym z nimi solidarność. Została skazana w sprawie karnej wszczętej na podstawie artykułu „pomoc w działalności ekstremistycznej”.</t>
   </si>
   <si>
     <t>Decyzja sądu 11.02.2025: 4 roku więzienia w kolonii na warunkach ogólnych, 600 jednostek bazowych kary. Apelacja 08.04.2025: 4 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-02-05 18:58:53</t>
-  </si>
-[...43 lines deleted...]
-    <t>2021-02-26 21:27:51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1822,51 +1696,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1895,2440 +1769,2220 @@
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I22" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="C23" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="I25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C26" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>43</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C27" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="I27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
+      <c r="E31" t="s">
+        <v>160</v>
+      </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="H31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="I31" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>173</v>
+        <v>175</v>
+      </c>
+      <c r="C32" t="s">
+        <v>176</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="I32" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B33" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I33" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B34" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C34" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>174</v>
+        <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="I34" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B35" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="F35" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>192</v>
       </c>
       <c r="I35" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>194</v>
       </c>
       <c r="B36" t="s">
         <v>195</v>
       </c>
       <c r="C36" t="s">
         <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>197</v>
       </c>
       <c r="I36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>199</v>
       </c>
       <c r="B37" t="s">
         <v>200</v>
       </c>
       <c r="C37" t="s">
         <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>202</v>
       </c>
       <c r="I37" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>204</v>
       </c>
       <c r="B38" t="s">
         <v>205</v>
       </c>
       <c r="C38" t="s">
         <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>207</v>
       </c>
       <c r="I38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>209</v>
       </c>
       <c r="B39" t="s">
         <v>210</v>
       </c>
+      <c r="C39" t="s">
+        <v>211</v>
+      </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E40" t="s">
-        <v>174</v>
+        <v>43</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E41" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C42" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B45" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>174</v>
+        <v>130</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>241</v>
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
         <v>244</v>
       </c>
       <c r="C46" t="s">
         <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>246</v>
       </c>
       <c r="I46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>248</v>
       </c>
       <c r="B47" t="s">
         <v>249</v>
       </c>
       <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
+        <v>244</v>
+      </c>
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>98</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="C49" t="s">
         <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>260</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>270</v>
+      </c>
+      <c r="C51" t="s">
+        <v>271</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>265</v>
+        <v>82</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I51" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>72</v>
+        <v>266</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I53" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B54" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C54" t="s">
         <v>285</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
+        <v>98</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>286</v>
       </c>
-      <c r="F54" t="s">
-[...5 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>288</v>
+      </c>
+      <c r="B55" t="s">
         <v>289</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>290</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>291</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>293</v>
+      </c>
+      <c r="B56" t="s">
         <v>294</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>295</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>116</v>
+        <v>296</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I56" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B57" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C57" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I57" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B58" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C58" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E58" t="s">
-        <v>306</v>
+        <v>43</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>307</v>
       </c>
       <c r="I58" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>309</v>
       </c>
       <c r="B59" t="s">
         <v>310</v>
       </c>
       <c r="C59" t="s">
         <v>311</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>92</v>
+      </c>
       <c r="F59" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>312</v>
       </c>
       <c r="I59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>314</v>
       </c>
       <c r="B60" t="s">
         <v>315</v>
       </c>
       <c r="C60" t="s">
         <v>316</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
+        <v>131</v>
+      </c>
+      <c r="I60" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>318</v>
+      </c>
+      <c r="B61" t="s">
         <v>319</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>320</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>260</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>321</v>
       </c>
-      <c r="D61" t="s">
-[...11 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>323</v>
+      </c>
+      <c r="B62" t="s">
         <v>324</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>325</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>326</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>328</v>
+      </c>
+      <c r="B63" t="s">
         <v>329</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>330</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>331</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>333</v>
+      </c>
+      <c r="B64" t="s">
+        <v>315</v>
+      </c>
+      <c r="C64" t="s">
         <v>334</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>42</v>
+      </c>
+      <c r="E64" t="s">
+        <v>43</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>335</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>337</v>
+      </c>
+      <c r="B65" t="s">
+        <v>338</v>
+      </c>
+      <c r="C65" t="s">
         <v>339</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>98</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>340</v>
       </c>
-      <c r="C65" t="s">
+      <c r="I65" t="s">
         <v>341</v>
-      </c>
-[...16 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>342</v>
+      </c>
+      <c r="B66" t="s">
+        <v>343</v>
+      </c>
+      <c r="C66" t="s">
         <v>344</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>266</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>345</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>346</v>
-      </c>
-[...16 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>347</v>
+      </c>
+      <c r="B67" t="s">
+        <v>348</v>
+      </c>
+      <c r="C67" t="s">
         <v>349</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>70</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>350</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>351</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>352</v>
+      </c>
+      <c r="B68" t="s">
+        <v>353</v>
+      </c>
+      <c r="C68" t="s">
         <v>354</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>42</v>
+      </c>
+      <c r="E68" t="s">
+        <v>43</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>355</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>357</v>
+      </c>
+      <c r="B69" t="s">
         <v>358</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>359</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>76</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>361</v>
+      </c>
+      <c r="B70" t="s">
         <v>362</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>363</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>160</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>364</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>366</v>
+      </c>
+      <c r="B71" t="s">
         <v>367</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>368</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>369</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>371</v>
+      </c>
+      <c r="B72" t="s">
         <v>372</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>373</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>92</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>374</v>
       </c>
-      <c r="D72" t="s">
-[...11 lines deleted...]
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>376</v>
+      </c>
+      <c r="B73" t="s">
         <v>377</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>378</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>160</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>379</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>381</v>
+      </c>
+      <c r="B74" t="s">
         <v>382</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>383</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>59</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>384</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>386</v>
+      </c>
+      <c r="B75" t="s">
         <v>387</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>388</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>59</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>171</v>
+      </c>
+      <c r="H75" t="s">
         <v>389</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>391</v>
+      </c>
+      <c r="B76" t="s">
         <v>392</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>393</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>119</v>
+      </c>
+      <c r="I76" t="s">
         <v>394</v>
-      </c>
-[...16 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>395</v>
+      </c>
+      <c r="B77" t="s">
+        <v>396</v>
+      </c>
+      <c r="C77" t="s">
         <v>397</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>21</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>398</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>399</v>
-      </c>
-[...16 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>400</v>
+      </c>
+      <c r="B78" t="s">
+        <v>401</v>
+      </c>
+      <c r="C78" t="s">
         <v>402</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>59</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>403</v>
       </c>
-      <c r="C78" t="s">
+      <c r="I78" t="s">
         <v>404</v>
-      </c>
-[...16 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>405</v>
+      </c>
+      <c r="B79" t="s">
         <v>406</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>407</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>42</v>
+      </c>
+      <c r="E79" t="s">
+        <v>43</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>408</v>
       </c>
-      <c r="D79" t="s">
-[...11 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>409</v>
-      </c>
-[...227 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">