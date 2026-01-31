--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,702 +12,692 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="515">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Shatilovich</t>
+  </si>
+  <si>
+    <t>1 marca 1990</t>
+  </si>
+  <si>
+    <t>Siergiej został skazany na podstawie artykułu „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w takich działaniach” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze otwartym.</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>IUOT-21, 247783 obwód homelski, Mozyrz, ur. Yunosti, 24</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.03.2025: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Lazarevich</t>
   </si>
   <si>
     <t>1 marca 2001</t>
   </si>
   <si>
     <t>W dniu 19 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.
 13 sierpnia 2024 r. ma się rozpocząć nowy proces Aleksandra z art. 361-3 część 2</t>
   </si>
   <si>
-    <t>mężczyzna</t>
-[...1 lines deleted...]
-  <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>W więzieniu</t>
   </si>
   <si>
-    <t>Tak</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 19.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 19.07.2024: nieznany. Decyzja sądu 14.08.2024: nieznany. Apelacja 15.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-12 23:08:59</t>
-  </si>
-[...19 lines deleted...]
-    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Ruslan Igorevich Slutsky</t>
   </si>
   <si>
     <t>2 marca 1983</t>
   </si>
   <si>
     <t>Rusłan został aresztowany w styczniu 2021 roku i skazany za robienie i rozprowadzanie „jeży” przed kolumną samochodów biorących udział w prorządowym wiecu jesienią 2020 roku. Oskarżono go również o próbę uszkodzenia torów kolejowych poprzez połączenie ich metalowym drutem, co mogło opóźnić ruch pociągów.
 Rusłan interesuje się sportami ekstremalnymi i arborystyką. Uwielbia wysokości i czerpie dreszczyk emocji z siedzenia na dachu lub przytulania się do koron drzew. W więzieniu odkrył swój talent do rysowania. W życiu prywatnym zajmuje się obróbką drewna, uprawą ziemniaków, hodowlą świń i kocha konie.
 Rusłan ma łagodnego guza mózgu, a także silne bóle pleców , przez które czasami nie może wstać z łóżka.</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>Decyzja sądu 20.01.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-03-17 17:05:03</t>
   </si>
   <si>
-    <t>Elena Antonovna Borisyuk</t>
-[...8 lines deleted...]
-W październiku 2024 r. została skazana za „podżeganie do nienawiści lub niezgody” za komentarze na temat Łukaszenki, sił bezpieczeństwa i uczestników wojny na Ukrainie i skazana na karę więzienia.</t>
+    <t>Alexander Aleksandrovich Zalatarevich</t>
+  </si>
+  <si>
+    <t>2 marca 1987</t>
+  </si>
+  <si>
+    <t>Pracował jako psycholog.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.09.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:28:55</t>
+  </si>
+  <si>
+    <t>Stanislav Vyacheslavovich Omelyanyuk</t>
+  </si>
+  <si>
+    <t>2 marca 2006</t>
+  </si>
+  <si>
+    <t>unknown years of restriction of freedom without direction. Replacement of punishment with imprisonment.</t>
+  </si>
+  <si>
+    <t>2023-06-19 14:11:57</t>
+  </si>
+  <si>
+    <t>Liubou Nikolaevna Dragel</t>
+  </si>
+  <si>
+    <t>3 marca 1998</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
-    <t>Decyzja sądu 21.12.2022: nieznany. Apelacja 10.02.2023: nieznany. Decyzja sądu 10.03.2023: 1 rok 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego, 3700 ruble odszkodowania. Decyzja sądu 24.04.2024: nieznany. Decyzja sądu 21.10.2024: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 17.12.2024: wyrok został podtrzymany.</t>
-[...14 lines deleted...]
-    <t>2023-06-19 14:11:57</t>
+    <t>Decyzja sądu 12.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.09.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-05-31 00:32:30</t>
   </si>
   <si>
     <t>Valeria Andreevna Glinskaya</t>
   </si>
   <si>
     <t>3 marca 1995</t>
   </si>
   <si>
     <t>Zatrzymany z matką .
 Przeszukanie mieszkania przeprowadzono w trybie art. 364 Kodeksu karnego Republiki Białoruś. Następnie artykuł oskarżenia został przeklasyfikowany na część 3 art. 130 Kodeksu karnego Republiki Białoruś.
 Wcześniej oskarżony o rozpowszechnianie danych osobowych pracowników MSW.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.01.2023: 6 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 28.04.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-01-07 01:48:15</t>
   </si>
   <si>
-    <t>Vladimir Valerievich Poroshkov</t>
-[...44 lines deleted...]
-  <si>
     <t>Irina Flor'yanovna Dobrynovich</t>
   </si>
   <si>
     <t>4 marca 1966</t>
   </si>
   <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
   </si>
   <si>
     <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-09-17 18:43:15</t>
   </si>
   <si>
+    <t>Oleg Aminovich Timoshenkov</t>
+  </si>
+  <si>
+    <t>5 marca 1976</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.04.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-04-03 01:39:51</t>
+  </si>
+  <si>
     <t>Sergey Yurievich Lisovsky</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 marca 1976</t>
   </si>
   <si>
     <t>Siergiej został aresztowany w sierpniu 2021 r. pod zarzutem terroryzmu o podłożu politycznym, za swoją działalność bez użycia przemocy. Według dostępnych informacji, komunikował się z pracownikami MSW, namawiając ich do odmowy wykonania rozkazów karnych, a także pomagał tym, którzy wystąpili ze służby i obawiali się prześladowań.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni żołnierze, funkcjonariusze organów ścigania, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę. Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.
 Siergieja uznano za winnego licznych zarzutów karnych i skazano na długoletnie kary pozbawienia wolności, z których pierwsze pięć to kary więzienia. Został również pozbawiony stopnia wojskowego.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia), ograniczenie służby wojskowej. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-02-11 19:21:58</t>
   </si>
   <si>
-    <t>Oleg Aminovich Timoshenkov</t>
-[...10 lines deleted...]
-  <si>
     <t>Pavel Olegovich Ovcharov</t>
   </si>
   <si>
     <t>6 marca 1996</t>
   </si>
   <si>
     <t>Paweł został zatrzymany w ramach postępowania karnego wszczętego po proteście, który odbył się 23 września 2020 r. w Mińsku. Został skazany na podstawie trzech zarzutów karnych, w tym „stawiania oporu funkcjonariuszowi policji”. Zgodnie z aktem oskarżenia, wzywał do udziału w masowych zamieszkach, które rzekomo były wcześniej planowane pod pozorem imprez masowych, blokował komunikację, a opór wyrażał się w niepodporządkowaniu się żądaniom otwarcia drzwi, odmowie wysiadania z samochodu i trzymaniu się siedzenia rękoma.
 W lipcu 2022 r. Paweł został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego” – artykuł, na podstawie którego więźniowie odmawiający współpracy z administracją są sądzeni za fikcyjne naruszenia.</t>
   </si>
   <si>
-    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 20.05.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 13.07.2022: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-02-26 21:29:25</t>
+  </si>
+  <si>
+    <t>Ludmila Vyacheslavovna Avtushko</t>
+  </si>
+  <si>
+    <t>6 marca 1976</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.12.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 21.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-16 22:53:08</t>
   </si>
   <si>
     <t>Igor Grigorievich Ivanov</t>
   </si>
   <si>
     <t>6 marca 1971</t>
   </si>
   <si>
     <t>Prawdopodobnie skazany za aktywność (komentarze i polubienia) w sieciach społecznościowych.
 W dniu 21 lutego 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 21.12.2023: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 21.02.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-09-12 18:41:28</t>
   </si>
   <si>
     <t>Artur Nikolaevich Khalimonchik</t>
   </si>
   <si>
     <t>7 marca 1989</t>
   </si>
   <si>
     <t>Artur został zatrzymany w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i urzędników, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:47</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Skibinsky</t>
+    <t>Andrey Vasilievich Zinenko</t>
   </si>
   <si>
     <t>7 marca 1983</t>
-  </si>
-[...11 lines deleted...]
-    <t>Andrey Vasilievich Zinenko</t>
   </si>
   <si>
     <t>Jak podano w propagandowym filmie ONT, Paweł Wabiszczewicz i Andriej Zinenko zostali zatrzymani w nocy z 26 na 27 sierpnia 2023 r. na kolei w rejonie Stołbców w pobliżu składów ropy i przystanku Siniawa.
 Jesienią 2023 roku w filmie propagandowym podano, że zostali zatrzymani za próbę podłożenia ładunku wybuchowego na torach kolejowych w rejonie Stołbców, „co powinno zostać wywołane poleceniem kustosza z SBU”.
 40-letni Andriej Zinenko to były kolega Wabiszczewicza, który „pracował na stanowisku kierowniczym i otrzymywał wysoką pensję” – podkreślają państwowe media. Takie podkreślanie „wysokich wynagrodzeń” nie jest rzadkością w propagandzie Łukaszenki. Na nagraniu Zinenko wygląda na pobitego.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.02.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-12-11 23:59:11</t>
+  </si>
+  <si>
+    <t>Vitaly Ivanovich Petruchuk</t>
+  </si>
+  <si>
+    <t>7 marca 1975</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.01.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:24:34</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Skibinsky</t>
+  </si>
+  <si>
+    <t>Siergiej Skibinski ma 41 lat. Jest projektantem. Wcześniej był dyrektorem agencji projektowej poligraf.bу, która istniała do 2020 roku. Siergiej ma także indywidualnego przedsiębiorcę w dziedzinie projektowania, tworząc własne ilustracje i projekty.
+Siergiej stanie przed sądem za „promowanie ekstremizmu” i udział w protestach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.10.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-23 14:55:04</t>
   </si>
   <si>
     <t>Maksim Anatolevich Lopatin</t>
   </si>
   <si>
     <t>8 marca 1979</t>
   </si>
   <si>
     <t>Zatrzymany wraz z żoną w sprawie sabotażu w Machulishchi.
 Obrońcy praw człowieka otrzymali informację, że 3 marca funkcjonariusze KGB zatrzymali Maksyma Łopatina w sprawie sabotażu w Maczuliszczach. Mężczyzna przebywa w areszcie śledczym KGB.
 Lopatin został dotkliwie pobity podczas aresztowania. Na ONT ukazał się film, który opowiada o niektórych głośnych zatrzymaniach, w tym wzmiance o Maximie. Podobno mieszkająca w Polsce przyjaciółka psychoterapeutka Evgenia Tochinskaya poprosiła o sprowadzenie „ukraińskiego agenta” Shvetsa ze Stolina na autostradę Logoisk 27 lutego.
 Na filmie widać, że ma protezy na szczęce, co może oznaczać, że była złamana. Po unieruchomieniu powinien nastąpić poważny etap rehabilitacji z przyjmowaniem pokarmu i wody przez słomkę.
 23 marca zatrzymano także żonę Maxima, Ludmiłę Łopatinę. 
 Warto dodać, że para ma dwójkę małoletnich dzieci.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.10.2024: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-03-28 16:23:05</t>
   </si>
   <si>
+    <t>Andrey Leontievich Logvinenko</t>
+  </si>
+  <si>
+    <t>8 marca 1983</t>
+  </si>
+  <si>
+    <t>Andriej został skazany na jeden dzień z części 2 art. dwa razy z rzędu (18.12 i 31.12.2024 r.). 19.11 Kodeks wykroczeń administracyjnych Republiki Białorusi – Dystrybucja, produkcja, przechowywanie, transport produktów informacyjnych zawierających nawoływania do działalności ekstremistycznej lub promujących taką działalność. Następnie wszczęto przeciwko niemu sprawę karną i przekazano go do Aresztu Śledczego nr 1.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.04.2025: 2 roku więzienia w kolonii na warunkach ogólnych, 200 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-17 16:05:17</t>
+  </si>
+  <si>
+    <t>Evgeny Nikolaevich Melnichuk</t>
+  </si>
+  <si>
+    <t>8 marca 1990</t>
+  </si>
+  <si>
+    <t>Został aresztowany na początku kwietnia 2024 roku. W nagraniu wideo z 4 kwietnia 2024 roku, w którym przyznał się do winy, przyznał się do „machania ręką” do tłumu podczas wiecu, mówiąc „otoczcie policję prewencyjną” i rzucania kamieniami.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.09.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 22.11.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-09-24 18:50:18</t>
+  </si>
+  <si>
     <t>Andrey Aleksandrovich Mireychik</t>
   </si>
   <si>
     <t>8 marca 1978</t>
   </si>
   <si>
     <t>W dniu 09 sierpnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.05.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 09.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-09 23:29:21</t>
   </si>
   <si>
-    <t>Marina Alekseevna Myshko</t>
-[...41 lines deleted...]
-    <t>2025-09-24 18:50:18</t>
+    <t>Ivan Valerievich Puzdrov</t>
+  </si>
+  <si>
+    <t>9 marca 1979</t>
+  </si>
+  <si>
+    <t>W dniu 18 lipca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+  </si>
+  <si>
+    <t>2023-05-08 22:24:19</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Vusik</t>
+  </si>
+  <si>
+    <t>9 marca 1989</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:11:43</t>
+  </si>
+  <si>
+    <t>Ivan Pavlovich Podlipentsev</t>
+  </si>
+  <si>
+    <t>9 marca 1980</t>
+  </si>
+  <si>
+    <t>W prorządowym filmie Ivan mówi, że został zatrzymany za „nieprzyjazne” komentarze na temat urzędników państwowych i funkcjonariuszy policji na Youtube i Telegramie. Według sił bezpieczeństwa był on również zarejestrowany w planie Peramoga.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.06.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:59:15</t>
   </si>
   <si>
     <t>Anna Alekseevna Ablab</t>
   </si>
   <si>
     <t>9 marca 1978</t>
   </si>
   <si>
     <t>pracownik BJD. Według wstępnych informacji art. 356 kk (zdrada państwa). Również ONT poinformował o wszczęciu sprawy karnej o utworzenie formacji ekstremistycznej – art. 361-1 Kodeksu karnego.</t>
   </si>
   <si>
     <t>11 lat w kolonii w warunkach reżimu og&amp;oacute;lnego.</t>
   </si>
   <si>
     <t>2021-09-27 14:05:51</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-03-06 13:59:15</t>
   </si>
   <si>
     <t>Arthur Nikolaevich Memekh</t>
   </si>
   <si>
     <t>9 marca 1991</t>
   </si>
   <si>
     <t>Wiosną 2020 roku starszy inżynier oprogramowania z EPAM Arthur Memekh przeniósł się do New Jersey. Wszystko wskazuje na to, że został zatrzymany , gdy zdecydował się odwiedzić krewnych na Białorusi.
 Ostatni raz był online w sieciach społecznościowych późną jesienią ubiegłego roku. Wygląda na to, że Memech zdecydował się odwiedzić Białoruś pod koniec 2023 lub na początku 2024 roku i został zatrzymany. 23 września 2024 r. rozpoczyna się proces Arthura za „promowanie działań ekstremistycznych”.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 10.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-09 20:08:23</t>
   </si>
   <si>
     <t>Vitaly Nikolaevich Chausov</t>
   </si>
   <si>
     <t>Przedsiębiorca, dyrektor jednej z firm reklamowych.</t>
   </si>
   <si>
     <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-06-27 16:13:19</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-10-30 00:11:43</t>
   </si>
   <si>
     <t>Vyacheslav Aleksandrovich Pantyushenko</t>
   </si>
   <si>
     <t>10 marca 1980</t>
   </si>
   <si>
     <t>Aresztowany za wywieszenie biało-czerwono-białej flagi oraz flagi Ukrainy na elewacji wielopiętrowego budynku w Mińsku.
 Po ich zatrzymaniu kanał w aplikacji mobilnej Zello, za pośrednictwem którego komunikowali się podczas akcji, został uznany za formację ekstremistyczną.</t>
   </si>
   <si>
     <t>5 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-10-13 21:45:33</t>
   </si>
   <si>
     <t>Anatoly Alexandrovich Krupin</t>
   </si>
   <si>
     <t>10 marca 1959</t>
   </si>
   <si>
     <t>Anatolij Krupin ma 65 lat. W latach 1993-2015 mężczyzna pracował na lotnisku Mińsk-2 jako inspektor Służby Bezpieczeństwa. W 2016 r. został wymieniony jako szef bezpieczeństwa lotnictwa i zmiany reżimu, gdy na lotnisku zatrzymano obywatelkę Rosji za nieudany żart o trotylu znajdującym się w jej bagażu. To właśnie Krupin skomentował sytuację. Ostatni wpis mężczyzny w mediach społecznościowych pochodzi z czerwca 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-01-15 19:42:13</t>
   </si>
   <si>
     <t>Pauline Sergeevna Zyl</t>
   </si>
   <si>
     <t>10 marca 1993</t>
   </si>
   <si>
     <t>Mozyrska aktywistka i blogerka Polina Zyl. Jak dowiedziała się Nasha Niva, dziewczynce postawiono zarzuty udziału w protestach i przynależności do „grupy ekstremistycznej”. Oczekuje na rozprawę w areszcie tymczasowym.
 Razem z nią aresztowano jej chłopaka, Maksima Szukanowa. Nie ma informacji o jego zwolnieniu; najprawdopodobniej przebywa również w areszcie tymczasowym.
 Polina ma 31 lat. Pochodzi z Jelska i studiowała w Mozyrzu. W 2020 roku dziewczyna poparła protesty i została nawet zatrzymana na jeden dzień. Wówczas Polina wycofała się w cień, lecz pozostała na wsi. Zarówno Zyl, jak i Szukanow byli poszukiwani, ale nie chcieli opuszczać Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-02-17 14:35:31</t>
   </si>
   <si>
-    <t>Sergei Valerievich Kirikovich</t>
-[...13 lines deleted...]
-    <t>2022-07-14 20:28:48</t>
+    <t>Maxim Sergeevich Dudorga</t>
+  </si>
+  <si>
+    <t>11 marca 1996</t>
+  </si>
+  <si>
+    <t>Całe dorosłe życie poświęcił sportowi i służbie wojskowej. Jeszcze w 2015 roku Maxim biegał maratony i półmaratony w ramach Klubu Victoria.
+Później służył w 38. Samodzielnej Brygadzie Desantowo-Szturmowej w Brześciu. W lutym 2020 roku państwowe media opisywały go jako wzorowego oficera: „Starszy porucznik gwardii Dudorga został najlepszym dowódcą plutonu powietrznodesantowego sił specjalnych po zawodach poligonowych”. Wygląda na to, że awansował do stopnia kapitana – przynajmniej tak później zapisano go w jego notatnikach: „Kapitan Dudorga”. Maksym był zapalonym rowerzystą, brał udział w wycieczkach rowerowych z klubem VeloBrest, a nawet pracował jako kierowca, wożąc pasażerów na trasie Mińsk-Brześć-Łuniniec.
+Nie jest jasne, czy Dudorga nadal służył w siłach specjalnych, czy już odszedł.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.10.2025: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.01.2026: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-09-25 19:23:04</t>
   </si>
   <si>
     <t>Vadim Igorevich Rushkevich</t>
   </si>
   <si>
     <t>11 marca 1974</t>
   </si>
   <si>
     <t>Mężczyzna ma 50 lat. Był założycielem lub dyrektorem kilku organizacji zajmujących się importem komputerów i ich podzespołów. Ostatnio był Zastępcą Dyrektora ds. Handlowych firmy Avard Service oraz Dyrektorem firmy SunRan.
 Nie wiadomo dokładnie, kiedy został zatrzymany , ale ponad sześć miesięcy temu. KGB umieściło Ruszkiewicza na liście uczestników „ekstremistycznej formacji Trielita”, a także biznesmena Władimira Bałabanowicza, toczącego się przed sądem w związku z wezwaniami do nałożenia sankcji.
 Czat prawdopodobnie został otwarty z powodu jednego z zatrzymanych.</t>
   </si>
   <si>
     <t>Decyzja sądu 23.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-07 16:47:33</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-12-06 21:19:03</t>
   </si>
   <si>
     <t>Anna Vladimirovna Strazhevich</t>
   </si>
   <si>
     <t>12 marca 1965</t>
   </si>
   <si>
     <t>Annę aresztowano 18 grudnia 2023 r. Minęło 72 godziny, a ona nadal nie została zwolniona. Wstępnie wszczęto postępowanie karne za znieważenie Łukaszenki i policjanta.
 Anna została skazana na podstawie kilku zarzutów karnych, w tym „współudziału w działalności ekstremistycznej” i skazana na karę więzienia oraz wysoką grzywnę. Rozprawa odbyła się za zamkniętymi drzwiami.
 Można przypuszczać, że jedną z przyczyn prześladowań była jej solidarność z więźniami politycznymi - wiadomo, że Anna aktywnie pisała do nich listy.
  </t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2024: 4 roku więzienia w kolonii na warunkach ogólnych, 550 jednostek bazowych kary. Apelacja 14.03.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-12-22 02:06:21</t>
   </si>
   <si>
+    <t>Nikita Sergeevich Kuntysh</t>
+  </si>
+  <si>
+    <t>12 marca 2002</t>
+  </si>
+  <si>
+    <t>Został zatrzymany 9 listopada w związku z podejrzeniem w sprawie karnej dotyczącej grupowych działań rażąco naruszających porządek publiczny.
+Ponadto młody człowiek został oskarżony o przyjmowanie z zagranicy pałek teleskopowych, paralizatorów i innych środków.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia w kolonii karnej o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-12-06 21:19:03</t>
+  </si>
+  <si>
+    <t>Vadim Yurievich Sychugov</t>
+  </si>
+  <si>
+    <t>12 marca 1981</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.08.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.09.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-07-26 14:37:31</t>
+  </si>
+  <si>
+    <t>Alexey Pavlovich Gameza</t>
+  </si>
+  <si>
+    <t>12 marca 1985</t>
+  </si>
+  <si>
+    <t>Aleksiej, dyrektor firmy budowlanej, został aresztowany w październiku 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zajęty Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnie więzienie i grzywnę.
+W czerwcu 2023 r. zwiększono mu wyrok i przeniesiono go do więzienia.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 14 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Sąd zmiany reżimu 15.06.2023: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-10-13 14:50:29</t>
+  </si>
+  <si>
     <t>Sergey Aleksandrovich Zinich</t>
   </si>
   <si>
     <t>12 marca 1994</t>
   </si>
   <si>
     <t>Siergiej został skazany latem 2024 r. za „oczernianie Łukaszenki” i skazany na karę ograniczenia wolności w zakładzie karnym o charakterze otwartym.</t>
   </si>
   <si>
     <t>IUOT-36, 220039 Mińsk, ul. Korotkiewicz, 14</t>
   </si>
   <si>
     <t>Decyzja sądu 15.07.2024: 4 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 20.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-07-08 23:49:21</t>
   </si>
   <si>
-    <t>Pavel Gennadievich Shumsky</t>
-[...11 lines deleted...]
-    <t>2025-09-12 15:01:44</t>
+    <t>Andrey Viktorovich Yushkevich</t>
+  </si>
+  <si>
+    <t>13 marca 1994</t>
+  </si>
+  <si>
+    <t>W dniu 18 lipca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.05.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 18.07.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-08-11 17:48:06</t>
   </si>
   <si>
     <t>Vasiliy Vladimirovich Ermakov</t>
   </si>
   <si>
     <t>14 marca 1987</t>
   </si>
   <si>
     <t>Były pracownik banku BelVEB. Wasilij został zatrzymany na początku lipca 2022 r. Prorządowe kanały telegramowe podały, że został zatrzymany w związku z rzekomym wyciekiem danych osobowych służb bezpieczeństwa, nauczycieli i lekarzy. W nagraniu „skrucha” Jermakow oświadczył, że brał udział w wiecach w Mińsku i „wykorzystując swoje oficjalne uprawnienia” przekazywał botowi „Czarnej Księgi Białorusi” informacje o pracownikach MSW.
 Wasilij został dotkliwie pobity, stracił nawet przytomność, miał połamane żebra. Ze szpitala zostali przeniesieni do Aresztu Śledczego nr 1.
 Ma 1 dziecko.</t>
   </si>
   <si>
     <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>6 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2023-02-10 16:03:39</t>
   </si>
   <si>
     <t>Yuri Valerievich Belko</t>
   </si>
   <si>
@@ -720,567 +710,533 @@
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 912 ruble odszkodowania. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany. Sąd zmiany reżimu 13.04.2022: 3 roku więzienia. Sąd zmiany reżimu 25.06.2025: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-26 20:59:45</t>
   </si>
   <si>
     <t>Alesya Nikolaevna Verevkina</t>
   </si>
   <si>
     <t>15 marca 1984</t>
   </si>
   <si>
     <t>Proces rozpoczął się 29 lipca 2025 r. i trwał do 20 sierpnia 2025 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.08.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.11.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-08-25 10:07:05</t>
   </si>
   <si>
-    <t>Elena Petrovna Gnauk</t>
-[...22 lines deleted...]
-  <si>
     <t>Egor Pavlovich Lenkevich</t>
   </si>
   <si>
     <t>16 marca 2001</t>
   </si>
   <si>
     <t>Skazany za udział w protestach.
 Od 16 września 2023 roku Jegor został przeniesiony do więzienia. Tam więzień polityczny musi odsiedzieć 2 lata.
 31 lipca 2025 r. Jegor został skazany na podstawie art. 411 Kodeksu karnego za „złośliwe nieposłuszeństwo wobec poleceń administracji zakładu karnego wykonującego karę pozbawienia wolności” na kolejne 10 miesięcy i 14 dni pozbawienia wolności.</t>
   </si>
   <si>
     <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
   </si>
   <si>
     <t>Decyzja sądu 12.03.2022: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 05.09.2023: 2 roku więzienia. Decyzja sądu 31.07.2025: 10 miesiące 14 dni więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2022-03-18 18:44:06</t>
+  </si>
+  <si>
+    <t>Anastasia Sergeevna Gorchakova</t>
+  </si>
+  <si>
+    <t>16 marca 1982</t>
+  </si>
+  <si>
+    <t>Była zamieszana w „sprawę pogawędek na podwórku”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.07.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-07 22:27:20</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Kulikov</t>
   </si>
   <si>
     <t>16 marca 1970</t>
   </si>
   <si>
     <t>Podstawą sprawy karnej były komentarze na jednym z czatów, które w maju 2021 roku zostały uznane przez siły bezpieczeństwa za materiały ekstremistyczne.
 Według znajomych Aleksandra przebywających za granicą, w maju 2023 r., po wszczęciu sprawy karnej, udał się on do Polski, gdzie przebywał przez około miesiąc. Następnie odebrał telefon od swojej starszej matki, która powiedziała, że śledczy dzwonił do niej i groził, że będzie szukać jej syna. Obiecano, że w przypadku powrotu Kulikowa otrzyma karę wolnościową.
 Po pewnym czasie Kulikow zdecydował się wrócić na Białoruś i został zatrzymany. Przestał się komunikować podczas przekraczania granicy. Spisano przeciwko niemu kolejny protokół w sprawie naruszeń administracyjnych (art. 19.11 Kodeksu administracyjnego) i wszczęto sprawę karną. 13 lipca 2023 roku Leninski Sąd Rejonowy w Mohylewie uznał mieszkańca Mohylewa za winnego i skazał go na trzy lata więzienia oraz zesłanie na kolonię na ogólnych warunkach reżimowych.
 W grudniu 2023 roku wyszło na jaw, że Kulikow będzie ponownie sądzony. Tym razem zarzuca mu się trzy artykuły: udział w grupie ekstremistycznej (art. 361 ust. 1 ust. 3), udział na terytorium obcego państwa w formacji zbrojnej lub konflikcie zbrojnym (art. 361 ust. 3 ust. 1) oraz odbywanie szkolenia lub inne przygotowanie do udziału w działalności ekstremistycznej (art. 361 ust. 5). 22 grudnia służba prasowa sądu w Mogobl poinformowała , że 20 grudnia Kulikov został skazany na 4 lata więzienia. W połączeniu z poprzednią karą łączna kara pozbawienia wolności dla mężczyzny wyniesie 4 lata i 6 miesięcy pozbawienia wolności na ogólnych zasadach.
 12 grudnia BT wyemitowało propagandowy film o Kulikowie, który opowiada o swojej próbie wstąpienia do pułku Kastusia Kalinowskiego i odbyciu szkolenia wojskowego pod Kijowem.
 W marcu 2024 roku wyszło na jaw, że prokurator protestował przeciwko skazaniu więźnia politycznego z Mohylewa Aleksandra Kulikowa, skazanego na cztery i pół roku więzienia. Zgodnie z decyzją sądu do kary dodano mu półtora roku więzienia .
 1 lipca 2024 roku odbył się proces w sprawie zastąpienia Aleksandra reżimem i on   podjął decyzję o przeniesieniu więźnia politycznego do reżimu więziennego .</t>
   </si>
   <si>
     <t>Decyzja sądu 13.07.2023: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 10.10.2023: nieznany. Decyzja sądu 22.12.2023: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 16.02.2024: wyrok został podtrzymany. Protest prokuratora data nieznana: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 01.07.2024: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2023-07-07 15:22:28</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Yashkin</t>
-[...48 lines deleted...]
-  <si>
     <t>Ivan Nikolaevich Kochanov</t>
   </si>
   <si>
     <t>17 marca 1989</t>
   </si>
   <si>
     <t>Ostatnio Ivan pracował w firmie Belenergo, gdzie zajmował się instalacją i konfiguracją sieci światłowodowych oraz środków komunikacji.
 Iwan jest bardzo aktywnym komentatorem na Telegramie. W latach 2019–2025 pozostawił ponad 50 000 wiadomości na otwartych czatach. Większość z nich nie dotyczyła polityki – omawiał technologie, oferując profesjonalne porady dotyczące edycji i narzędzi sieciowych. Pisał jednak również o polityce. Kochanow wspierał ruch na rzecz wolnych wyborów i potępiał inwazję Rosji na Ukrainę. Jednocześnie krytykował Europę i NATO, wypowiadał się przeciwko prześladowaniom Białorusinów za granicą i represjom, a także przeciwko represjom za język rosyjski na Ukrainie, ponieważ „podżegają one do agresji”.
 Został skazany za komentarze na czacie uznanym za ekstremistyczny oraz za udział w protestach w 2020 roku. Dwa tygodnie po przeniesieniu do kolonii karnej Iwanowi postawiono drugie zarzuty karne związane z czatem „Białoruski Gajun” i ponownie przeniesiono go do aresztu śledczego.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2025-06-23 12:42:50</t>
   </si>
   <si>
     <t>Kirill Vyacheslavovich Poznyak</t>
   </si>
   <si>
     <t>17 marca 1977</t>
   </si>
   <si>
     <t>Dziennikarz Kirył Poznyak został zatrzymany 4 września, w dniu uznania kanału YouTube Platforma 375 za „grupę ekstremistyczną”. W latach 2021–2022 kanał zorganizował kilka debat między prorządowymi propagandystami a ich przeciwnikami, którzy zostali zmuszeni do opuszczenia kraju. Kirył Poznyak był jednym z prowadzących debatę. W swoim przemówieniu otwierającym stwierdził, że debaty są potrzebne do stworzenia „platformy dialogu, aby przeciwnicy mogli się przynajmniej usłyszeć”, a także do „podniesienia poziomu i kultury debat i dyskusji”, a także do tego, aby strony sporu miały możliwość „nadawania nie tylko własnej publiczności, ale także publiczności osób niezdecydowanych i opinii publicznej przeciwników”.
 11 września kanał, a także jego konta na TikToku, znalazły się na „Liście organizacji, formacji i indywidualnych przedsiębiorców zaangażowanych w działalność ekstremistyczną”.</t>
   </si>
   <si>
     <t>2025-09-13 11:24:16</t>
   </si>
   <si>
+    <t>Dmitry Viktorovich Basko</t>
+  </si>
+  <si>
+    <t>18 marca 1965</t>
+  </si>
+  <si>
+    <t>Wiadomo , że przed aresztowaniem Dmitrij mieszkał w Mińsku i pracował jako programista. Okresowo wykładał również programowanie na Białoruskim Uniwersytecie Państwowym na Wydziale Matematyki Stosowanej i Informatyki. Przed aresztowaniem Dmitrij nigdzie nie pracował, ponieważ stał się „niewiarygodny” dla uczelni, a wiele firm informatycznych opuściło Białoruś, przez co nie było dla niego pracy z jego wysokimi kwalifikacjami. Nie chciał wyjeżdżać, ponieważ w tym czasie opiekował się starszą matką. Podczas śledztwa w sprawie Dmitrija zmarła.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.05.2025: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja data nieznana: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-08-23 11:45:35</t>
+  </si>
+  <si>
     <t>Vitaly Nikolaevich Paprocki</t>
   </si>
   <si>
     <t>18 marca 1970</t>
   </si>
   <si>
     <t>Rozpoczął pracę w 1999 roku jako śledczy w policji w Żodino. Wiadomo, że doszedł do stopnia podpułkownika sprawiedliwości. Do wiosny 2014 roku Witalij pracował jako szef wydziału rejonowego Komitetu Śledczego w Smolewiczach.
 W 2020 roku on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi. Paprocki w swoim przemówieniu mówi , że całe życie służył ludziom. Witalij twierdzi, że ci, którzy stawali w obronie ludzi, byli represjonowani, sugeruje „opamiętanie się i przemyślenie”. Paprocki twierdzi, że wspiera tych, którzy pracują zgodnie z prawem.
 Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.03.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 15:23:48</t>
   </si>
   <si>
-    <t>Dmitry Viktorovich Basko</t>
-[...11 lines deleted...]
-    <t>2025-08-23 11:45:35</t>
+    <t>Vyacheslav Gennadievich Kruk</t>
+  </si>
+  <si>
+    <t>18 marca 1981</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+  </si>
+  <si>
+    <t>2025-12-08 14:42:32</t>
+  </si>
+  <si>
+    <t>Dmitriy Igorevich Svichkarev</t>
+  </si>
+  <si>
+    <t>19 marca 1988</t>
+  </si>
+  <si>
+    <t>Pracownik EPAM. Aresztowany za darowizny. Córka Dmitrija miała dziewięć miesięcy w chwili aresztowania.
+6 lutego 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii o zaostrzonym rygorze</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:07:08</t>
   </si>
   <si>
     <t>Alexey Igorevich Komarovsky</t>
   </si>
   <si>
     <t>19 marca 1984</t>
   </si>
   <si>
     <t>10 sierpnia 2020 r. podczas protestów Aleksiej jechał swoim samochodem po Mińsku w rejonie Belai Vezha. Na skrzyżowaniu mężczyzna zobaczył funkcjonariuszy policji, którzy szukając protestujących zaczęli brutalnie zatrzymywać kierowców samochodów: strzelać i wybijać szyby w samochodach. Aleksiej, nie czekając na jego aresztowanie, pojechał do przodu, gdzie właśnie przejeżdżała policja drogowa. Nie zauważając oficjalnego samochodu, Alex zmienił pas. W czasie manewru radiowóz policji drogowej już się zatrzymał, a mężczyzna dalej zajmował się swoimi sprawami. W tej czynności sąd dopatrzył się ingerencji w czynności pracownika organu spraw wewnętrznych (art. 365 kk).
 W tym samym czasie i w tym samym miejscu przebywał rzekomo funkcjonariusz policji drogowej Mosenza, który zeznawał pod koniec grudnia 2022 r., rzekomo Aleksiej chciał go wtedy powalić. Za to mężczyzna usłyszał zarzut z art. 364 Kodeksu karnego i osadzony w areszcie.
 Alexey ma troje dzieci, jedno z nich to nieletnia córka w wieku 5 lat.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.02.2023: 4 roku więzienia w kolonii o zaostrzonym rygorze, 3000 ruble odszkodowania. Apelacja 02.05.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-03-21 20:25:58</t>
   </si>
   <si>
-    <t>Dmitriy Igorevich Svichkarev</t>
-[...14 lines deleted...]
-  <si>
     <t>Michael Mikhailovich Lazko</t>
   </si>
   <si>
     <t>19 marca 1986</t>
   </si>
   <si>
     <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
   </si>
   <si>
     <t>nieznane lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2024-07-31 14:36:53</t>
   </si>
   <si>
     <t>Ilya Khodas</t>
   </si>
   <si>
     <t>19 marca 1978</t>
   </si>
   <si>
     <t>Decyzja sądu 03.11.2025: 2 roku 9 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-09-17 16:53:13</t>
+  </si>
+  <si>
+    <t>Igor Ivanovich Khinevich</t>
+  </si>
+  <si>
+    <t>20 marca 1961</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:29:17</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Apanovich</t>
+  </si>
+  <si>
+    <t>20 marca 1981</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-20 11:28:14</t>
   </si>
   <si>
     <t>Sergey Fyodorovich Lezhenko</t>
   </si>
   <si>
     <t>20 marca 1993</t>
   </si>
   <si>
     <t>Siergiej został zatrzymany w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-27 01:43:23</t>
   </si>
   <si>
     <t>Alexander Anatolyevich Petushkov</t>
   </si>
   <si>
     <t>20 marca 1988</t>
   </si>
   <si>
     <t>Po raz pierwszy Aleksander Pietuszkow został zatrzymany w styczniu 2022 roku, po czym prorządowe kanały Telegramu opublikowały z nim „skruszone” wideo. Powodem zatrzymania były jego komentarze na temat wydarzeń w Kazachstanie.
 Drugi raz Aleksander został zatrzymany w kwietniu 2022 roku. Powodem wszczęcia sprawy karnej były reposty i komentarze nawołujące do strajku, wstrzymania pracy przedsiębiorstw i wznowienia protestów. Złożył także propozycje usunięcia epoletów sił bezpieczeństwa i generałów. W stosunku do Łukaszenki użył słów „uzurpator” i „nielegalny”.</t>
   </si>
   <si>
     <t>7,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-07-22 18:12:13</t>
   </si>
   <si>
     <t>Andrey Yuryevich Sitnikov</t>
   </si>
   <si>
     <t>20 marca 1965</t>
   </si>
   <si>
     <t>Decyzja sądu 31.10.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 20.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:06:24</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Apanovich</t>
-[...20 lines deleted...]
-    <t>2025-08-22 19:29:17</t>
+    <t>Eugene Vyacheslavovich Milenkevich</t>
+  </si>
+  <si>
+    <t>21 marca 1996</t>
+  </si>
+  <si>
+    <t>Jewgienij został skazany na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze jawnym.</t>
+  </si>
+  <si>
+    <t>IUOT-49, Szkłow, ulica Mołodeżnaja 2b, 213002</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.11.2024: 1 rok 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 09.01.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:24:01</t>
   </si>
   <si>
     <t>Kirill Vladimirovich Matyuto</t>
   </si>
   <si>
     <t>21 marca 1991</t>
   </si>
   <si>
     <t>W dniu 20 czerwca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.04.2023: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.06.2023: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2023-03-22 17:00:38</t>
   </si>
   <si>
     <t>Ilya Ditovich Telichenko</t>
   </si>
   <si>
     <t>21 marca 1982</t>
   </si>
   <si>
     <t>Najprawdopodobniej do czasu procesu przebywał w areszcie.
 W dniu 26 stycznia 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Nie</t>
   </si>
   <si>
     <t>nieznany</t>
   </si>
   <si>
     <t>2024-01-25 18:30:24</t>
   </si>
   <si>
-    <t>Eugene Vyacheslavovich Milenkevich</t>
-[...31 lines deleted...]
-  <si>
     <t>Victor Viktorovich Eremenko</t>
   </si>
   <si>
     <t>22 marca 1981</t>
   </si>
   <si>
     <t>Okoliczności sprawy, poza werdyktem, są nadal nieznane obrońcom praw człowieka.
 Oskarżony Eremenko został uznany za winnego umyślnego działania mającego na celu podżeganie do nienawiści etnicznej i innej społecznej nienawiści na tle przynależności narodowej i innej przynależności społecznej. Został również uznany za winnego świadomego narażenia innej osoby na ryzyko zarażenia się ludzkim wirusem niedoboru odporności (HIV).</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii o surowym rygorze.</t>
   </si>
   <si>
     <t>2023-05-18 09:15:40</t>
   </si>
   <si>
+    <t>Oleg Anatolyevich Molchanov</t>
+  </si>
+  <si>
+    <t>22 marca 1970</t>
+  </si>
+  <si>
+    <t>Aresztowany za podpalenie w dniu 28 lutego 2022 r. na stacji Zherd-Ostankovichi szafy przekaźnikowej do sygnalizacji, centralizacji i blokowania (SCB), w wyniku którego sygnalizacja świetlna i rozjazdy na tym odcinku zostały doprowadzone do stanu nieczynnego. Odcinek Ostankowicze - Żerd znajduje się na linii Żłobin - Kalinkowicze, która następnie biegnie do Owruchu (obwód żytomierski na Ukrainie).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.12.2022: 21 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.03.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-04-21 18:57:59</t>
+  </si>
+  <si>
     <t>Alexander Ivanovich Mazur</t>
   </si>
   <si>
     <t>22 marca 1974</t>
   </si>
   <si>
     <t>Zatrzymany został w listopadzie 2024 r. w Żodino.
 Jednocześnie strona internetowa inicjatywy „List. Bel” oraz jej strony na portalach społecznościowych zostały uznane za „materiały ekstremistyczne”. Miesiąc później KGB uznało tę inicjatywę za „ formację ekstremistyczną ”. Według departamentu z „literą .bel” spokrewnieni są Aleksander Mazur , a także Paweł Korenyukhin i Aleksander Łykszyn . Teraz mężczyźni przebywają w ST -8 , są oskarżeni z art. 361-1 Kodeksu karnego (Tworzenie grupy ekstremistycznej lub udział w niej).</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary.</t>
+    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2024-12-29 21:52:50</t>
   </si>
   <si>
     <t>Andrey Vyacheslavovoch Budai</t>
   </si>
   <si>
     <t>23 marca 1978</t>
   </si>
   <si>
     <t>Andriej, budowlaniec i dekorator, został aresztowany w lipcu 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zapracowany Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnie więzienie i grzywnę.
 We wrześniu 2024 r. Andriej został ponownie skazany na podstawie artykułu o „złośliwym nieposłuszeństwie wobec żądań administracji zakładu karnego”. Artykuł ten jest często stosowany w przypadku więźniów, którzy odmawiają współpracy z administracją, i przewiduje karę za urojone naruszenia. W rezultacie jego wyrok zwiększono do 17 lat.
 Andrieja przeżyła trójka dzieci i żona, która ma poważne problemy zdrowotne.</t>
   </si>
   <si>
     <t>Decyzja sądu 28.09.2022: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu 24.09.2024: 2 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-08-12 20:00:28</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Bremschmidt</t>
-[...12 lines deleted...]
-    <t>2024-02-12 19:12:28</t>
+    <t>Igor Olegovich Kislyak</t>
+  </si>
+  <si>
+    <t>23 marca 1970</t>
+  </si>
+  <si>
+    <t>Podpułkownik policji, były zastępca szefa wydziału Głównej Dyrekcji ds. Zwalczania Przestępczości Zorganizowanej Ministerstwa Spraw Wewnętrznych Republiki Białorusi, przez długi czas pełniący funkcję szefa policji kryminalnej Wydziału Spraw Wewnętrznych Miasta Żodino Sprawy. Odszedł w 2012 r., a w 2014 r. został przedsiębiorcą.
+Igor twierdzi , że służyły one idei ochrony ludzi i zwalczania przestępczości. Jest oburzony faktem, że siły bezpieczeństwa biją ludzi, zauważając, że „prowokatorów jest niewielu, ale można ich izolować, a nie działać jako siły karne i przeciwstawiać się naszemu spokojnemu, pracowitemu ludowi”. Wzywa siły bezpieczeństwa, aby pamiętały, że złożyły narodowi przysięgę. „Liczymy na Państwa zrozumienie i honor jako oficera” – podsumowuje mężczyzna.
+W 2020 r. on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi.
+Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:21:32</t>
   </si>
   <si>
     <t>Матвей Викторович Оверчук</t>
   </si>
   <si>
     <t>23 marca 1994</t>
   </si>
   <si>
     <t xml:space="preserve">Bracia Overchuk zostali zatrzymani na początku czerwca. Poinformowały o tym prorządowe kanały telegramowe. W nagraniu z konfesjonału mężczyźni mówią, że 10 sierpnia 2020 r. byli w Brześciu na wiecu protestacyjnym.
 Matvey zajmuje się naprawą samochodów.
 W tę sprawę zaangażowani są także Oleg Litwinczuk i Alewtina Gudkowa.
 </t>
   </si>
   <si>
     <t>Decyzja sądu 08.08.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-25 18:07:49</t>
   </si>
   <si>
-    <t>Igor Olegovich Kislyak</t>
-[...14 lines deleted...]
-    <t>2025-01-06 14:21:32</t>
+    <t>Andrey Vladimirovich Prikhodko</t>
+  </si>
+  <si>
+    <t>23 marca 1988</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: nieznany. Apelacja 07.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:12:38</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Bremschmidt</t>
+  </si>
+  <si>
+    <t>23 marca 1985</t>
+  </si>
+  <si>
+    <t>Był zastępcą samorządowym w Zasławiu, gdzie zarejestrowano jego firmę. Bremschmidt był nawet w komisji wyborczej przed wyborami parlamentarnymi w 2019 roku. Wiadomo, że pod koniec maja 2023 roku mężczyzna udał się na Litwę. W czatach pisał, ile czasu zajęło mu przekroczenie granicy i że wkrótce zamierza wrócić na Białoruś. Jeden z organizatorów „VIVA Rovar” w Zaslavlu.
+W dniu 29 kwietnia 2024 r. apelacja została rozpatrzona (prawdopodobnie kara została obniżona z 10 lat pozbawienia wolności orzeczonej przez sąd I instancji do 6,5 roku pozbawienia wolności), wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>6,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:12:28</t>
   </si>
   <si>
     <t>Mikita Uladzimiravicz Jemialjanaw</t>
   </si>
   <si>
     <t>24 marca 2000</t>
   </si>
   <si>
-    <t>Nikitę zatrzymano w październiku 2019 r. i skazano za ataki na budynki Aresztu Śledczego nr 1 i Sądu Miejskiego w Mińsku w ramach solidarności z więźniami politycznymi. Początkowo skazano go na 7 lat więzienia, ale po apelacji karę zmniejszono do 4 lat. W maju 2020 r. Nikitę przeniesiono do więzienia.
-[...3 lines deleted...]
-Do grudnia 2024 r. Nikita spędziła łącznie 568 dni w izolacji, w tym 2 miesiące ciągłej izolacji.</t>
+    <t>Nikita został aresztowany w październiku 2019 roku i skazany za ataki na budynki Aresztu Śledczego nr 1 oraz Sądu Miejskiego w Mińsku, dokonane w ramach solidarności z więźniami politycznymi. Początkowo został skazany na siedem lat więzienia, ale w wyniku apelacji wyrok skrócono do czterech lat. W maju 2020 roku Nikita został przeniesiony do zakładu karnego.
+W marcu 2022 roku został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego” – zarzut często stawiany więźniom odmawiającym współpracy z władzami więziennymi. W marcu 2023 roku został ponownie przeniesiony do zakładu karnego.
+Przez cały okres pobytu w więzieniu Nikita był poddawany nieustannej presji. Często trafiał do izolatki, gdzie przez dziesiątki dni przebywał w izolacji. Nie pozwolono mu na odwiedziny rodziny, ograniczono mu dostęp do korespondencji, a jego rzeczy osobiste zostały skonfiskowane. W odpowiedzi na trudne warunki, Nikita protestował głodówkami i odmową spełniania żądań władz. Regularnie wymierzano mu również kary za drobne wykroczenia, takie jak odmowa sprzątania dziedzińca czy komunikacji między celami.
+Trzy miesiące przed zwolnieniem, w lutym 2025 r., Nikita stanął przed sądem po raz kolejny, oskarżony o „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego”, w wyniku czego został skazany na kolejny rok więzienia.
+Do grudnia 2024 r. Nikita spędziła w sumie 568 dni w odosobnieniu, w tym dwa miesiące ciągłej izolacji.
+Na początku grudnia 2025 r. Nikita spędziła 648 dni w izolacji.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.02.2020: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 330 ruble odszkodowania. Apelacja 27.03.2020: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 29.05.2020: 2 roku więzienia. Decyzja sądu 11.03.2022: 2 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 22.03.2023: 2 roku 4 miesiące więzienia. Decyzja sądu 03.02.2025: 1 rok więzienia w kolonii o zaostrzonym rygorze. Apelacja 03.04.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 16:59:41</t>
+  </si>
+  <si>
+    <t>Oleg Igorevich Zubovich</t>
+  </si>
+  <si>
+    <t>24 marca 1996</t>
+  </si>
+  <si>
+    <t>Były policjant, porucznik. Zrezygnował, bo nie mógł patrzeć na to wszystko, co się działo, potem dostał pracę jako ochroniarz. Podczas zatrzymania został ciężko pobity. Byli koledzy przychodzili do sądu jako ofiary i dobrze wyrażali się o Olegu, ale mimo to domagali się moralnego zadośćuczynienia. W domu Oleg musiał czekać na jedną matkę.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.12.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 31.03.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Ilya Valerievich Trubin</t>
   </si>
   <si>
     <t>24 marca 1987</t>
   </si>
   <si>
     <t>Wiadomo, że był oficerem KGB. Ale w 2011 roku zrezygnował.
 Ze śledztwa wynika, że 34-letni mieszkaniec Borysowa podpalił dwa portale systemu poboru opłat drogowych BelToll w obwodzie borysowskim.</t>
   </si>
   <si>
     <t>16 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-04-15 23:43:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Arkady Andreevich Koychurenko</t>
   </si>
   <si>
     <t>24 marca 1974</t>
   </si>
   <si>
     <t>Wrócił do kraju z zagranicy i został zatrzymany na przełomie września i października 2024 roku. Wrócił do kraju, aby odnowić paszport. Postawiono mu zarzuty „umyślnego działania mającego na celu podżeganie do nienawiści i waśni na tle narodowym, religijnym i innym, rozpowszechniania materiałów zawierających publiczne nawoływania do przejęcia władzy państwowej, ... oraz innych działań mających na celu zaszkodzenie bezpieczeństwu narodowemu Republiki Białorusi”, „znieważenia urzędnika państwowego” oraz „znieważenia Łukaszenki”.
 Arkadij został ostatecznie skazany na pięć lat kolonii karnej o zaostrzonym rygorze i grzywnę w wysokości 500 jednostek bazowych. Nakazano mu również zapłacić 5000 rubli tytułem „szkody moralnej” Andriejowi Iwanowiczowi Szwecowi.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.10.2025: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-07-30 10:31:41</t>
   </si>
   <si>
     <t>Vladimir Ivanovich Kniga</t>
   </si>
   <si>
     <t>25 marca 1981</t>
   </si>
   <si>
     <t>Władimir, były oficer ochrony i wolontariusz zespołu kandydatki na prezydenta Swietłany Cichanouskiej, został aresztowany 4 czerwca 2020 r. i skazany w czerwcu 2021 r. w „sprawie Tichanowskiego”. Sprawa karna została wszczęta po pikiecie, która odbyła się 29 maja 2020 r. w Grodnie, gdzie zatrzymano Siergieja Cichanowskiego i jego zwolenników.
@@ -1291,434 +1247,384 @@
   </si>
   <si>
     <t>Decyzja sądu 02.06.2021: 4 roku więzienia w kolonii o zaostrzonym rygorze, 2000 ruble odszkodowania. Apelacja 10.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 2 roku więzienia. Decyzja sądu 21.07.2023: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 05.02.2025: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-02-26 22:58:20</t>
   </si>
   <si>
     <t>Andrey Anatolevich Lopatin</t>
   </si>
   <si>
     <t>25 marca 1977</t>
   </si>
   <si>
     <t>Zatrzymano go na początku maja 2023 r., kiedy przybył w celu przekazania swojego brata Maksyma Łopatina, zatrzymanego w sprawie Maczuliszczi. Wcześniej mężczyzna mieszkał na Litwie. Został zatrzymany w tej samej sprawie o sabotaż w Machulishchi i usłyszał zarzuty z art. 289 Kodeksu karnego. Później artykuł został przeklasyfikowany do art. 361-2 Kodeksu karnego (finansowanie działalności ekstremistycznej).
 Na rozprawie Andrei nie przyznał się do winy.
 W dniu 5 lipca 2024 r. apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.04.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-09-06 20:24:56</t>
   </si>
   <si>
+    <t>Olga Valeryanovna Matusevich</t>
+  </si>
+  <si>
+    <t>26 marca 1971</t>
+  </si>
+  <si>
+    <t>Wiadomo, że ukończyła BGEU w 1994 roku i jest mężatką.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:09:10</t>
+  </si>
+  <si>
+    <t>Maksim Valerievich Belenovich</t>
+  </si>
+  <si>
+    <t>26 marca 1984</t>
+  </si>
+  <si>
+    <t>Według prorządowych kanałów został zatrzymany za rejestrację w planie Peramoga.
+Instruktor nauki jazdy DOSAAF.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.12.2022: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.03.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-04-01 17:11:55</t>
+  </si>
+  <si>
     <t>Anton Aleksandrovich Stashevsky</t>
   </si>
   <si>
     <t>26 marca 1980</t>
   </si>
   <si>
     <t>Anton, wolontariusz fundacji Country for Life i grupy poszukiwawczej Angel, został zatrzymany 9 lipca 2021 r. w ramach „operacji KGB mającej na celu oczyszczenie społeczeństwa z radykałów” i umieszczony w areszcie tymczasowym pod zarzutem finansowania działalności grupy ekstremistycznej.
 W październiku 2022 roku oskarżono go o „spisek mający na celu przejęcie władzy państwowej przy użyciu środków sprzecznych z konstytucją”, a w listopadzie tego samego roku Anton został skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>Decyzja sądu 11.11.2022: 8 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 10.02.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-07-13 13:41:01</t>
   </si>
   <si>
-    <t>Maksim Valerievich Belenovich</t>
-[...41 lines deleted...]
-  <si>
     <t>Sergei Gennadievich Konovalov</t>
   </si>
   <si>
     <t>27 marca 1972</t>
   </si>
   <si>
     <t>Aresztowany za akcję na kolei .</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 16.09.2022: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-03-11 01:16:18</t>
+  </si>
+  <si>
+    <t>Alexander Mikhailovich Mazurin</t>
+  </si>
+  <si>
+    <t>27 marca 1981</t>
+  </si>
+  <si>
+    <t>Najprawdopodobniej został aresztowany na początku grudnia 2024 roku.
+Aleksander ukończył Akademię Ministerstwa Spraw Wewnętrznych i podjął pracę w policji. Awansował do stopnia inspektora dyżurnego Głównego Zarządu Spraw Wewnętrznych Mińskiego Miejskiego Komitetu Wykonawczego i stopnia kapitana. W 2012 roku został zwolniony ze służby w policji.
+W 2013 roku Mazurin objął stanowisko kierownika działu bezpieczeństwa w firmie stolarskiej Interdoors, zatrudniającej ponad 150 osób.
+Aleksander posiada również status indywidualnego przedsiębiorcy, którego zakresem działalności jest tworzenie oprogramowania oraz doradztwo w tej dziedzinie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-06-16 23:35:43</t>
   </si>
   <si>
     <t>Vyacheslav Aleksandrovich Maleichuk</t>
   </si>
   <si>
     <t>27 marca 1985</t>
   </si>
   <si>
     <t>Oskarżony o przygotowanie ataków terrorystycznych w Czyżówce i jednostce wojskowej w Peczi w przededniu Dnia Wolności w 2021 r.
 Działania przypisywane mu przez siły bezpieczeństwa stały się podstawą włączenia Swietłany Tichanowskiej, Pawła Łatuszki, Antona Motołki i uczestników inicjatywy byłych sił bezpieczeństwa   na listę terrorystów i postępowanie karne przeciwko nim za przygotowanie aktu terrorystycznego.
 Przeciwko Wiaczesławowi wniesiono sprawę o „złośliwe nieposłuszeństwo wobec wymagań władz kolonii” z art. 411 k.c. Rozprawa odbyła się 10 lutego 2023 r. Wymierzono rok więzienia.
 Wiaczesław był sądzony 23 sierpnia 2023 r. na podstawie części 2 art. 411 Kodeksu karnego w Gorkach i skazał go na łączną karę dodatkowych dwóch lat pozbawienia wolności, obliczoną na podstawie sumy kar niezasłużonej części z chwili rozprawy (20 lat i 5 miesięcy) oraz nowej kary ( 2 lata), od chwili trzeciego procesu musiał odsiedzieć jeszcze 22 lata i 5 miesięcy.
 7 sierpnia sędzia Mozyrza Anatolij Strelczenko poprowadzi kolejny proces na podstawie art. 411 Wiaczesława.</t>
   </si>
   <si>
     <t>Na podstawie sumy 3 wyrok&amp;oacute;w od chwili zatrzymania Wiaczesław został skazany na 25 lat więzienia w kolonii karnej w ścisłych warunkach bezpieczeństwa.</t>
   </si>
   <si>
     <t>2022-04-28 14:11:36</t>
   </si>
   <si>
     <t>Andrey Andreevich Stepurko</t>
   </si>
   <si>
     <t>27 marca 1990</t>
   </si>
   <si>
     <t>Andriej Stepurko ma 33 lata. Mężczyzna ukończył Radio Engineering College, a następnie Międzynarodowy Uniwersytet MITSO. Pracował jako inżynier oprogramowania w poliklinice, monter komputerów, operator komputera, sprzedawca. Wiadomo, że lubi praktyczne strzelanie, był zaangażowany w laser tag i inne rodzaje gier strzeleckich.
 O ile nam wiadomo , mężczyzna został zatrzymany w sprawie wybuchu samolotu w Maczuliszczach, gdzie rzekomo znalazł mieszkanie dla domniemanego sabotażysty w Maczuliszczach Nikołaja Szweca.
 Zatrzymani zostali także rodzice Stepurko i jego brat.</t>
   </si>
   <si>
-    <t>Decyzja sądu 03.10.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.12.2024: nieznany.</t>
+    <t>Decyzja sądu 03.10.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-04-07 15:14:21</t>
   </si>
   <si>
     <t>Yuri Pavlovich Yurenya</t>
   </si>
   <si>
     <t>27 marca 1965</t>
   </si>
   <si>
     <t>Zatrzymany wraz z synem za datki. Według urzędników mężczyzna został skazany za dokonanie ponad 100 przelewów pieniężnych na łączną kwotę 1885 dolarów. Przelewy były realizowane w okresie od 7 sierpnia 2020 r. do 24 marca 2021 r.
 Uznano to za „finansowanie działalności formacji ekstremistycznej” (choć najprawdopodobniej w tamtym czasie inicjatywami nie były żadne „formacje ekstremistyczne”).
 W dniu 02.02.2024 odbyła się rozprawa apelacyjna, której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-11-05 15:33:05</t>
   </si>
   <si>
-    <t>Alexander Mikhailovich Mazurin</t>
-[...14 lines deleted...]
-    <t>2025-06-16 23:35:43</t>
+    <t>Anna Sergeevna Kmit</t>
+  </si>
+  <si>
+    <t>28 marca 1986</t>
+  </si>
+  <si>
+    <t>Została zatrzymana wraz ze swoim mężem Andriejem Sielaninowem 31 października 2024 r. i umieszczona w areszcie za „ aktywny udział w grupowych działaniach rażąco naruszających porządek publiczny ”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.07.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-11 18:40:30</t>
   </si>
   <si>
     <t>Sergey Pavlovich Kaburneev</t>
   </si>
   <si>
     <t>28 marca 1970</t>
   </si>
   <si>
     <t>Decyzja sądu 25.11.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 29.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-04-10 14:38:27</t>
   </si>
   <si>
-    <t>Anna Sergeevna Kmit</t>
-[...11 lines deleted...]
-    <t>2024-11-11 18:40:30</t>
+    <t>Alexander Vladimirovich Tarasevich</t>
+  </si>
+  <si>
+    <t>29 marca 1989</t>
+  </si>
+  <si>
+    <t>Aleksander został aresztowany i skazany za „udział w grupowych działaniach rażąco naruszających porządek publiczny” w postępowaniu karnym wszczętym po protestach w sierpniu 2020 r. przeciwko wynikom wyborów prezydenckich.
+Według prokuratury, w nocy z 9 na 10 sierpnia 2020 r. Aleksander „znajdując się na jezdni i działając w grupie ludzi, krzyczał hasła, demonstrował biało-czerwono-białe transparenty, celowo utrudniał ruch pojazdów i pracę organizacji, biorąc tym samym czynny udział w grupowych działaniach, które rażąco naruszały porządek publiczny i którym towarzyszyło nieposłuszeństwo wobec prawnych żądań funkcjonariuszy państwowych”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.08.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 22.10.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-08-01 15:04:38</t>
   </si>
   <si>
     <t>Dmitry Viktorovich Medvedsky</t>
   </si>
   <si>
     <t>29 marca 1988</t>
   </si>
   <si>
     <t>W 2020 był na czacie Lida 97%, gdzie aktywnie pisał wiadomości. Napisał też o swoich działaniach w planie Peramog - powiedział to w filmie na prorządowych kanałach telegramu. Według funkcjonariuszy bezpieczeństwa wzywał do strajków, protestów, a także do organizowania sabotażu na kolei.
 Prorządowe kanały telegramowe donoszą, że przeciwko Dmitrijowi wszczęto postępowanie karne za celowe wyłączanie linii komunikacyjnych i organizowanie akcji grupowych, które rażąco naruszają porządek publiczny.</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii karnej.
 W wyniku wyroku Sądu Apelacyjnego termin ten został skr&amp;oacute;cony z 3 lat do 2,5 roku.</t>
   </si>
   <si>
     <t>2022-11-13 23:48:09</t>
   </si>
   <si>
     <t>Elena Ivanovna Demenchuk</t>
   </si>
   <si>
     <t>29 marca 1974</t>
   </si>
   <si>
     <t>Alenajest oskarżona o finansowanie działalności ekstremistycznej w wyniku masowych aresztowań w czasie prześladowań przez władze za wspieranie więźniów politycznych i ich rodzin w ramach projektu społecznej pomocy żywnościowej INeedHelpBy.
 Matka byłej więźniarki politycznej Mariny Glazowej.
 W dniu 27 sierpnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.06.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-19 01:02:19</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Tarasevich</t>
-[...29 lines deleted...]
-    <t>2021-02-28 02:00:20</t>
+    <t>Peter Bronislavovich Butko</t>
+  </si>
+  <si>
+    <t>30 marca 1977</t>
+  </si>
+  <si>
+    <t>Były policjant. Według zeznań prokuratury, 27 maja Butko, który po odejściu z policji został dyrektorem komercyjnej firmy transportowej, uderzył pięściami swojego pracownika Andrieja Zacharego „co najmniej 12 razy w głowę”. Ofiara powiedziała przed sądem, że „nie ma żadnych skarg” wobec Butko.
+W 2017 roku Butko zrezygnował ze służby, a w 2020 roku wyraził sprzeciw wobec brutalności sił bezpieczeństwa. W maju 2021 r. Łukaszenka pozbawił go stopnia podpułkownika rezerwy policji.
+Został oskarżony na podstawie przepisów administracyjnych za udział w protestach, co sąd wziął pod uwagę przy wydawaniu wyroku. Wiadomo, że podczas pobytu w więzieniu znajduje się na liście osób obserwacyjnych popierających ekstremizm. Organizacja praw człowieka RPF (Respect-Protect-Fulfill) doszukuje się w jego sprawie elementu politycznego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 17.05.2022: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-04-30 00:41:00</t>
   </si>
   <si>
     <t>Pavel Viktorovich Chikhinsky</t>
   </si>
   <si>
     <t>30 marca 1978</t>
   </si>
   <si>
     <t>W 2020 roku Paweł pracował jako starszy śledczy w wydziale śledczym prokuratury miejskiej w Mińsku.
 Został aresztowany w sierpniu 2021 r. w związku ze sprawą karną wszczętą na podstawie artykułu „akt terroryzmu”, a w czerwcu 2023 r. skazany na podstawie artykułów „spisek w celu przejęcia władzy państwowej” i „nadużycie władzy”.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-01-23 18:24:57</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Lazarevich</t>
-[...8 lines deleted...]
-    <t>2024-06-17 19:23:06</t>
+    <t>Vladimir Rakhmedovich Dzhoraev</t>
+  </si>
+  <si>
+    <t>30 marca 1971</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:08:02</t>
   </si>
   <si>
     <t>Anton Igorevich Sharupo</t>
   </si>
   <si>
     <t>30 marca 1992</t>
   </si>
   <si>
     <t>Decyzja sądu 26.07.2024: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 17.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-08-01 11:36:50</t>
-  </si>
-[...46 lines deleted...]
-    <t>2023-03-04 23:23:42</t>
   </si>
   <si>
     <t>Alexander Viktorovich Lykshin</t>
   </si>
   <si>
     <t>31 marca 1989</t>
   </si>
   <si>
     <t>Aleksander jest oskarżony o udział w protestach i współpracę z serwisem „Pismo.bel”, który umożliwiał wysyłanie listów do więźniów politycznych. Wraz z nim zatrzymany został jego brat, artysta Władimir Łykszyn.
 Według wstępnych informacji od byłych współwięźniów, braciom postawiono zarzuty z artykułu 342 Kodeksu karnego Republiki Białorusi.
 18 marca 2024 roku Sąd Rejonowy Rejonu Sowieckiego w Mińsku przeprowadził proces braci oraz żony Aleksandra, Elizawiety . Sędzia Aleksandr Jakunczichin skazał ich wszystkich na 2,5 roku aresztu domowego.
 Został ponownie zatrzymany   pod koniec 2024 r. na podstawie części 1 artykułu 361. Przed rozprawą przebywał w areszcie tymczasowym nr 8, następnie w areszcie śledczym nr 1 i oczekiwał na apelację w areszcie tymczasowym nr 4.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.03.2024: 2 roku 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu data nieznana: 3 roku 7 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 100 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2023-12-25 01:37:31</t>
   </si>
   <si>
+    <t>Sergey Sergeevich Lysenko</t>
+  </si>
+  <si>
+    <t>31 marca 1983</t>
+  </si>
+  <si>
+    <t>2025-10-17 22:17:21</t>
+  </si>
+  <si>
     <t>Kirill Aleksandrovich Khudyakov</t>
   </si>
   <si>
     <t>31 marca 1996</t>
   </si>
   <si>
     <t>Pracownik EPAM. Wiadomo, że Kirył zajmował się szkicowaniem (nowoczesną formą sztuki): jego ostatnie prace ukazały się jesienią, a w styczniu złożył życzenia noworoczne swoim subskrybentom. Został zatrzymany po przyjeździe z Czarnogóry na Białoruś. Skazany za darowizny.
 28 maja 2024 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.03.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 28.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-28 21:11:19</t>
   </si>
   <si>
+    <t>Roman Romanovich Yankovsky</t>
+  </si>
+  <si>
+    <t>31 marca 1974</t>
+  </si>
+  <si>
+    <t>Skazany za komentarze i reposty filmów na portalach społecznościowych, które rzekomo były obraźliwe i dyskredytujące w stosunku do przedstawicieli władz Łukaszenka A.G.
+Na początku czerwca 2022 r. nielegalnie zebrał informacje o życiu prywatnym i dane osobowe pracownika Dyrekcji Spraw Wewnętrznych Mińskiego Obwodowego Komitetu Wykonawczego, po czym opublikował je na czacie Telegram „Nowa Borowaja 98%”.</t>
+  </si>
+  <si>
+    <t>4,5 roku więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2023-03-04 23:23:42</t>
+  </si>
+  <si>
     <t>Sergey Viktorovich Skrobot</t>
   </si>
   <si>
     <t>31 marca 1980</t>
   </si>
   <si>
     <t>Skazany za protest, który odbył się w dniach 10-11 sierpnia 2020 r. w Berezie.</t>
   </si>
   <si>
     <t>Decyzja sądu 28.08.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 13:15:14</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-10-17 22:17:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2022,51 +1928,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I102"/>
+  <dimension ref="A1:I98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2134,2773 +2040,2648 @@
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>34</v>
       </c>
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>44</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="C12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="I13" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="I14" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>28</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="I15" t="s">
         <v>84</v>
-      </c>
-[...16 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>85</v>
+      </c>
+      <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>89</v>
-      </c>
-[...19 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>92</v>
+      </c>
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...22 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B18" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
+      <c r="E18" t="s">
+        <v>21</v>
+      </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
+        <v>101</v>
+      </c>
+      <c r="I19" t="s">
         <v>102</v>
-      </c>
-[...22 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" t="s">
+        <v>105</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>28</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
+        <v>106</v>
+      </c>
+      <c r="I20" t="s">
         <v>107</v>
-      </c>
-[...19 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
+        <v>111</v>
+      </c>
+      <c r="I21" t="s">
         <v>112</v>
-      </c>
-[...19 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
+        <v>114</v>
+      </c>
+      <c r="C22" t="s">
+        <v>115</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
+        <v>116</v>
+      </c>
+      <c r="I22" t="s">
         <v>117</v>
-      </c>
-[...22 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" t="s">
+        <v>120</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
+        <v>121</v>
+      </c>
+      <c r="I23" t="s">
         <v>122</v>
-      </c>
-[...22 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I24" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B25" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C25" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="I25" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B26" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C26" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>43</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C27" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="I27" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>148</v>
+      </c>
+      <c r="C29" t="s">
+        <v>149</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>73</v>
+        <v>144</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
+      <c r="H29" t="s">
+        <v>150</v>
+      </c>
       <c r="I29" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>155</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>156</v>
-      </c>
-[...19 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>157</v>
+      </c>
+      <c r="B31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>160</v>
       </c>
-      <c r="B31" t="s">
+      <c r="I31" t="s">
         <v>161</v>
-      </c>
-[...16 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>162</v>
+      </c>
+      <c r="B32" t="s">
+        <v>163</v>
+      </c>
+      <c r="C32" t="s">
+        <v>164</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>165</v>
       </c>
-      <c r="B32" t="s">
+      <c r="I32" t="s">
         <v>166</v>
-      </c>
-[...16 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>167</v>
+      </c>
+      <c r="B33" t="s">
+        <v>168</v>
+      </c>
+      <c r="C33" t="s">
+        <v>169</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>22</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>170</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>171</v>
-      </c>
-[...19 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>172</v>
+      </c>
+      <c r="B34" t="s">
+        <v>173</v>
+      </c>
+      <c r="C34" t="s">
+        <v>174</v>
+      </c>
+      <c r="D34" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" t="s">
+        <v>43</v>
+      </c>
+      <c r="F34" t="s">
+        <v>22</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>175</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>176</v>
-      </c>
-[...16 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" t="s">
+        <v>179</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>28</v>
+      </c>
+      <c r="F35" t="s">
+        <v>22</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>180</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>181</v>
-      </c>
-[...19 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
+        <v>183</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>184</v>
+      </c>
+      <c r="F36" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>185</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>186</v>
-      </c>
-[...19 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" t="s">
+        <v>188</v>
+      </c>
+      <c r="C37" t="s">
+        <v>189</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
         <v>190</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
+        <v>22</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>192</v>
-      </c>
-[...16 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>194</v>
+      </c>
+      <c r="C38" t="s">
         <v>195</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
         <v>196</v>
       </c>
-      <c r="C38" t="s">
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>197</v>
       </c>
-      <c r="D38" t="s">
-[...2 lines deleted...]
-      <c r="E38" t="s">
+      <c r="I38" t="s">
         <v>198</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>199</v>
+      </c>
+      <c r="B39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" t="s">
         <v>201</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>184</v>
+      </c>
+      <c r="F39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>202</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>203</v>
-      </c>
-[...13 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>204</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
         <v>206</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
         <v>207</v>
       </c>
-      <c r="C40" t="s">
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>208</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="I40" t="s">
         <v>209</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>210</v>
+      </c>
+      <c r="B41" t="s">
+        <v>211</v>
+      </c>
+      <c r="C41" t="s">
         <v>212</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
+        <v>217</v>
+      </c>
+      <c r="C42" t="s">
         <v>218</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" t="s">
+        <v>43</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...16 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
+        <v>222</v>
+      </c>
+      <c r="C43" t="s">
         <v>223</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>224</v>
       </c>
-      <c r="C43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>225</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="I43" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>227</v>
+      </c>
+      <c r="B44" t="s">
+        <v>228</v>
+      </c>
+      <c r="C44" t="s">
         <v>229</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>42</v>
+      </c>
+      <c r="E44" t="s">
+        <v>43</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>230</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>231</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>232</v>
+      </c>
+      <c r="B45" t="s">
+        <v>233</v>
+      </c>
+      <c r="C45" t="s">
+        <v>234</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="I45" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>237</v>
+      </c>
+      <c r="B46" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" t="s">
+        <v>239</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>190</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>240</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>242</v>
+      </c>
+      <c r="B47" t="s">
+        <v>243</v>
+      </c>
+      <c r="C47" t="s">
+        <v>244</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>125</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I47" t="s">
         <v>245</v>
-      </c>
-[...22 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
+        <v>248</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>21</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
+        <v>249</v>
+      </c>
+      <c r="I48" t="s">
         <v>250</v>
-      </c>
-[...22 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>251</v>
+      </c>
+      <c r="B49" t="s">
+        <v>252</v>
+      </c>
+      <c r="C49" t="s">
+        <v>253</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>254</v>
+      </c>
+      <c r="I49" t="s">
         <v>255</v>
-      </c>
-[...22 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B50" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>73</v>
+        <v>258</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>260</v>
+      </c>
+      <c r="B51" t="s">
+        <v>261</v>
+      </c>
+      <c r="C51" t="s">
+        <v>262</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>28</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
+        <v>263</v>
+      </c>
+      <c r="I51" t="s">
         <v>264</v>
-      </c>
-[...19 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" t="s">
+        <v>267</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>224</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
+        <v>268</v>
+      </c>
+      <c r="I52" t="s">
         <v>269</v>
-      </c>
-[...22 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>270</v>
+      </c>
+      <c r="B53" t="s">
+        <v>271</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>272</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>273</v>
+      </c>
+      <c r="I53" t="s">
         <v>274</v>
-      </c>
-[...22 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>286</v>
+        <v>53</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="I56" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="C57" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
         <v>28</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="I57" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="B58" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="C58" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="I58" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="B59" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="I59" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>301</v>
+      </c>
+      <c r="C60" t="s">
+        <v>302</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>28</v>
+        <v>303</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
+        <v>307</v>
+      </c>
+      <c r="C61" t="s">
+        <v>308</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>190</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>309</v>
+      </c>
+      <c r="I61" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" t="s">
+        <v>312</v>
+      </c>
+      <c r="C62" t="s">
+        <v>313</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" t="s">
         <v>314</v>
       </c>
-      <c r="B62" t="s">
+      <c r="H62" t="s">
         <v>315</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>316</v>
-      </c>
-[...16 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>317</v>
+      </c>
+      <c r="B63" t="s">
+        <v>318</v>
+      </c>
+      <c r="C63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>320</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>321</v>
-      </c>
-[...13 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>322</v>
+      </c>
+      <c r="B64" t="s">
+        <v>323</v>
+      </c>
+      <c r="C64" t="s">
+        <v>324</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>77</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>325</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>326</v>
-      </c>
-[...19 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>327</v>
+      </c>
+      <c r="B65" t="s">
+        <v>328</v>
+      </c>
+      <c r="C65" t="s">
+        <v>329</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>330</v>
+      </c>
+      <c r="I65" t="s">
         <v>331</v>
-      </c>
-[...22 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>332</v>
+      </c>
+      <c r="B66" t="s">
+        <v>333</v>
+      </c>
+      <c r="C66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>224</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>335</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...19 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>340</v>
+      </c>
+      <c r="I67" t="s">
         <v>341</v>
-      </c>
-[...22 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
+        <v>343</v>
+      </c>
+      <c r="C68" t="s">
+        <v>344</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>345</v>
+      </c>
+      <c r="I68" t="s">
         <v>346</v>
-      </c>
-[...22 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B69" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="I69" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B70" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C70" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
+      <c r="E70" t="s">
+        <v>28</v>
+      </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="I70" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B71" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C71" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
+      <c r="E71" t="s">
+        <v>58</v>
+      </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="I71" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C72" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="I72" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B73" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C73" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="I73" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B74" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="C74" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="I74" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B75" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="C75" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
+      <c r="E75" t="s">
+        <v>190</v>
+      </c>
       <c r="F75" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="I75" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B76" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C76" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="I76" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="B77" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="C77" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="E77" t="s">
+        <v>258</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>394</v>
+        <v>219</v>
       </c>
       <c r="I77" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="B78" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C78" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="I78" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="B79" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="C79" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="I79" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="B80" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C80" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>209</v>
+        <v>144</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="I80" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="B81" t="s">
-        <v>412</v>
+        <v>406</v>
+      </c>
+      <c r="C81" t="s">
+        <v>407</v>
       </c>
       <c r="D81" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>221</v>
+        <v>408</v>
       </c>
       <c r="I81" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="B82" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="C82" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>149</v>
+        <v>224</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="I82" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="B83" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="C83" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>232</v>
+        <v>77</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="I83" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="B84" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C84" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>85</v>
+        <v>207</v>
       </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="I84" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="B85" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C85" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E85" t="s">
-        <v>209</v>
+        <v>258</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="I85" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="B86" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
+      <c r="E86" t="s">
+        <v>77</v>
+      </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="I86" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="B87" t="s">
-        <v>441</v>
+        <v>435</v>
+      </c>
+      <c r="C87" t="s">
+        <v>436</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
-      <c r="E87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="I87" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="B88" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="C88" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="D88" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>413</v>
+        <v>207</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="I88" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="B89" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="C89" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E89" t="s">
-        <v>209</v>
+        <v>43</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="I89" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="B90" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="C90" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="D90" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>35</v>
+        <v>207</v>
       </c>
       <c r="F90" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G90" t="s">
-        <v>15</v>
+        <v>314</v>
       </c>
       <c r="H90" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="I90" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="B91" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="C91" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
+      <c r="E91" t="s">
+        <v>207</v>
+      </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="I91" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="B92" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G92" t="s">
         <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>467</v>
+        <v>408</v>
       </c>
       <c r="I92" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="B93" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>209</v>
+        <v>77</v>
       </c>
       <c r="F93" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>15</v>
       </c>
       <c r="H93" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="I93" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="B94" t="s">
-        <v>475</v>
+        <v>467</v>
+      </c>
+      <c r="C94" t="s">
+        <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>28</v>
+        <v>190</v>
       </c>
       <c r="F94" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>15</v>
       </c>
       <c r="H94" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="I94" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="B95" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
-      <c r="E95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>480</v>
+        <v>285</v>
       </c>
       <c r="I95" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="B96" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="C96" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>209</v>
+        <v>28</v>
       </c>
       <c r="F96" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G96" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="I96" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="B97" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="C97" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="F97" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="I97" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="B98" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="C98" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
-      <c r="E98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F98" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="I98" t="s">
-        <v>496</v>
-[...106 lines deleted...]
-        <v>514</v>
+        <v>488</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">