--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,248 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="499">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
-  </si>
-[...25 lines deleted...]
-    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Lazarevich</t>
   </si>
   <si>
     <t>1 marca 2001</t>
   </si>
   <si>
     <t>W dniu 19 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.
 13 sierpnia 2024 r. ma się rozpocząć nowy proces Aleksandra z art. 361-3 część 2</t>
   </si>
   <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>W więzieniu</t>
   </si>
   <si>
+    <t>Tak</t>
+  </si>
+  <si>
     <t>Decyzja sądu 19.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 19.07.2024: nieznany. Decyzja sądu 14.08.2024: nieznany. Apelacja 15.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-12 23:08:59</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Shatilovich</t>
+  </si>
+  <si>
+    <t>1 marca 1990</t>
+  </si>
+  <si>
+    <t>Siergiej został skazany na podstawie artykułu „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w takich działaniach” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze otwartym.</t>
+  </si>
+  <si>
+    <t>IUOT-21, 247783 obwód homelski, Mozyrz, ur. Yunosti, 24</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.03.2025: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:58:35</t>
+  </si>
+  <si>
+    <t>Alexander Aleksandrovich Zalatarevich</t>
+  </si>
+  <si>
+    <t>2 marca 1987</t>
+  </si>
+  <si>
+    <t>Pracował jako psycholog.</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.09.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:28:55</t>
   </si>
   <si>
     <t>Ruslan Igorevich Slutsky</t>
   </si>
   <si>
     <t>2 marca 1983</t>
   </si>
   <si>
     <t>Rusłan został aresztowany w styczniu 2021 roku i skazany za robienie i rozprowadzanie „jeży” przed kolumną samochodów biorących udział w prorządowym wiecu jesienią 2020 roku. Oskarżono go również o próbę uszkodzenia torów kolejowych poprzez połączenie ich metalowym drutem, co mogło opóźnić ruch pociągów.
 Rusłan interesuje się sportami ekstremalnymi i arborystyką. Uwielbia wysokości i czerpie dreszczyk emocji z siedzenia na dachu lub przytulania się do koron drzew. W więzieniu odkrył swój talent do rysowania. W życiu prywatnym zajmuje się obróbką drewna, uprawą ziemniaków, hodowlą świń i kocha konie.
 Rusłan ma łagodnego guza mózgu, a także silne bóle pleców , przez które czasami nie może wstać z łóżka.</t>
   </si>
   <si>
-    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 20.01.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-03-17 17:05:03</t>
   </si>
   <si>
-    <t>Alexander Aleksandrovich Zalatarevich</t>
-[...11 lines deleted...]
-    <t>2024-07-08 23:28:55</t>
+    <t>Pavel Kuchynski</t>
+  </si>
+  <si>
+    <t>2 marca 1992</t>
+  </si>
+  <si>
+    <t>Były wojskowy, mieszkaniec Mińska, torturowany przez służby specjalne zmuszony do udziału w prowokacji, w ramach której ta nawiązała kontakt z przedstawicielami BYPOL-u i zaproponowała przeprowadzenie bezpośrednich działań. Wszystkie negocjacje i korespondencja były nagrywane.
+W dniu 19 marca 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>19 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:34:45</t>
   </si>
   <si>
     <t>Stanislav Vyacheslavovich Omelyanyuk</t>
   </si>
   <si>
     <t>2 marca 2006</t>
   </si>
   <si>
     <t>unknown years of restriction of freedom without direction. Replacement of punishment with imprisonment.</t>
   </si>
   <si>
     <t>2023-06-19 14:11:57</t>
-  </si>
-[...16 lines deleted...]
-    <t>2025-05-31 00:32:30</t>
   </si>
   <si>
     <t>Valeria Andreevna Glinskaya</t>
   </si>
   <si>
     <t>3 marca 1995</t>
   </si>
   <si>
     <t>Zatrzymany z matką .
 Przeszukanie mieszkania przeprowadzono w trybie art. 364 Kodeksu karnego Republiki Białoruś. Następnie artykuł oskarżenia został przeklasyfikowany na część 3 art. 130 Kodeksu karnego Republiki Białoruś.
 Wcześniej oskarżony o rozpowszechnianie danych osobowych pracowników MSW.</t>
   </si>
   <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
     <t>Decyzja sądu 20.01.2023: 6 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 28.04.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-01-07 01:48:15</t>
   </si>
   <si>
-    <t>Irina Flor'yanovna Dobrynovich</t>
+    <t>Iryna Dabrynovich</t>
   </si>
   <si>
     <t>4 marca 1966</t>
   </si>
   <si>
-    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-17 18:43:15</t>
+  </si>
+  <si>
+    <t>Dzmitry Rozhyn</t>
+  </si>
+  <si>
+    <t>4 marca 1996</t>
+  </si>
+  <si>
+    <t>Skazany za dokonywanie darowizn na rzecz Sił Zbrojnych Ukrainy.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-10-28 20:37:33</t>
+  </si>
+  <si>
+    <t>Tatsiana Henadzeuna Kolas</t>
+  </si>
+  <si>
+    <t>4 marca 1982</t>
+  </si>
+  <si>
+    <t>Tatyana jest oskarżona o rzekome przekazanie jej danych osobowych do kanału telegramowego Czarnej Księgi Białorusi. 27 czerwca 2022 r. prorządowe kanały telegramowe poinformowały, że kobieta pracuje w jednej z państwowych spółek i ma dostęp do danych osobowych sił bezpieczeństwa. Przed procesem przebywała w areszcie domowym.</t>
+  </si>
+  <si>
+    <t>6,5 roku więzienia</t>
+  </si>
+  <si>
+    <t>2022-06-28 15:06:11</t>
   </si>
   <si>
     <t>Oleg Aminovich Timoshenkov</t>
   </si>
   <si>
     <t>5 marca 1976</t>
   </si>
   <si>
     <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
   </si>
   <si>
     <t>Decyzja sądu 02.04.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-04-03 01:39:51</t>
   </si>
   <si>
     <t>Sergey Yurievich Lisovsky</t>
   </si>
   <si>
     <t>Siergiej został aresztowany w sierpniu 2021 r. pod zarzutem terroryzmu o podłożu politycznym, za swoją działalność bez użycia przemocy. Według dostępnych informacji, komunikował się z pracownikami MSW, namawiając ich do odmowy wykonania rozkazów karnych, a także pomagał tym, którzy wystąpili ze służby i obawiali się prześladowań.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni żołnierze, funkcjonariusze organów ścigania, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę. Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.
 Siergieja uznano za winnego licznych zarzutów karnych i skazano na długoletnie kary pozbawienia wolności, z których pierwsze pięć to kary więzienia. Został również pozbawiony stopnia wojskowego.</t>
   </si>
   <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
     <t>Decyzja sądu 21.06.2023: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia), ograniczenie służby wojskowej. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-02-11 19:21:58</t>
   </si>
   <si>
     <t>Pavel Olegovich Ovcharov</t>
   </si>
   <si>
     <t>6 marca 1996</t>
   </si>
   <si>
     <t>Paweł został zatrzymany w ramach postępowania karnego wszczętego po proteście, który odbył się 23 września 2020 r. w Mińsku. Został skazany na podstawie trzech zarzutów karnych, w tym „stawiania oporu funkcjonariuszowi policji”. Zgodnie z aktem oskarżenia, wzywał do udziału w masowych zamieszkach, które rzekomo były wcześniej planowane pod pozorem imprez masowych, blokował komunikację, a opór wyrażał się w niepodporządkowaniu się żądaniom otwarcia drzwi, odmowie wysiadania z samochodu i trzymaniu się siedzenia rękoma.
 W lipcu 2022 r. Paweł został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego” – artykuł, na podstawie którego więźniowie odmawiający współpracy z administracją są sądzeni za fikcyjne naruszenia.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.05.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 13.07.2022: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-02-26 21:29:25</t>
   </si>
   <si>
     <t>Ludmila Vyacheslavovna Avtushko</t>
   </si>
   <si>
@@ -307,1324 +344,1316 @@
   </si>
   <si>
     <t>Jak podano w propagandowym filmie ONT, Paweł Wabiszczewicz i Andriej Zinenko zostali zatrzymani w nocy z 26 na 27 sierpnia 2023 r. na kolei w rejonie Stołbców w pobliżu składów ropy i przystanku Siniawa.
 Jesienią 2023 roku w filmie propagandowym podano, że zostali zatrzymani za próbę podłożenia ładunku wybuchowego na torach kolejowych w rejonie Stołbców, „co powinno zostać wywołane poleceniem kustosza z SBU”.
 40-letni Andriej Zinenko to były kolega Wabiszczewicza, który „pracował na stanowisku kierowniczym i otrzymywał wysoką pensję” – podkreślają państwowe media. Takie podkreślanie „wysokich wynagrodzeń” nie jest rzadkością w propagandzie Łukaszenki. Na nagraniu Zinenko wygląda na pobitego.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.02.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-12-11 23:59:11</t>
   </si>
   <si>
     <t>Vitaly Ivanovich Petruchuk</t>
   </si>
   <si>
     <t>7 marca 1975</t>
   </si>
   <si>
     <t>Decyzja sądu 30.01.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2024-10-21 22:24:34</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Skibinsky</t>
-[...9 lines deleted...]
-    <t>2024-09-23 14:55:04</t>
+    <t>Aliaksandr Vasilyevich Sumar</t>
+  </si>
+  <si>
+    <t>7 marca 1982</t>
+  </si>
+  <si>
+    <t>W okresie od sierpnia 2020 r. do 26 lipca 2022 r. Aleksander zarządzał czatem telegramowym „Niech żyje Łuniniec!”, za co został zatrzymany 27 lipca 2022 r. 24 listopada 2022 r. decyzją Ministerstwa Spraw Wewnętrznych telegramy czatu „Niech żyją Łuniniety!” została uznana za „formację ekstremistyczną” na terytorium Republiki Białoruś. Proces Aleksandra odbył się 9 lutego 2023 roku, gdzie został oskarżony na podstawie 5 artykułów Kodeksu karnego Republiki Białoruś: Część 1 art. 361-1, część 1 art. 342 ust. 2 art. 367 art. 369 ust. 3 art. 361. O Aleksandrze Sumarze wiadomo, że w 2006 roku pracował w Departamencie Spraw Wewnętrznych Rejonu Łuninieckiego jako ekspert medycyny sądowej. W ostatnich latach mieszkał w Moskwie (Rosja).</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>9 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2023-01-10 15:05:51</t>
+  </si>
+  <si>
+    <t>Andrey Aleksandrovich Mireychik</t>
+  </si>
+  <si>
+    <t>8 marca 1978</t>
+  </si>
+  <si>
+    <t>W dniu 09 sierpnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 09.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:29:21</t>
+  </si>
+  <si>
+    <t>Evgeny Nikolaevich Melnichuk</t>
+  </si>
+  <si>
+    <t>8 marca 1990</t>
+  </si>
+  <si>
+    <t>Został aresztowany na początku kwietnia 2024 roku. W nagraniu wideo z 4 kwietnia 2024 roku, w którym przyznał się do winy, przyznał się do „machania ręką” do tłumu podczas wiecu, mówiąc „otoczcie policję prewencyjną” i rzucania kamieniami.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.09.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 22.11.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-09-24 18:50:18</t>
+  </si>
+  <si>
+    <t>Andrey Leontievich Logvinenko</t>
+  </si>
+  <si>
+    <t>8 marca 1983</t>
+  </si>
+  <si>
+    <t>Andriej został skazany na jeden dzień z części 2 art. dwa razy z rzędu (18.12 i 31.12.2024 r.). 19.11 Kodeks wykroczeń administracyjnych Republiki Białorusi – Dystrybucja, produkcja, przechowywanie, transport produktów informacyjnych zawierających nawoływania do działalności ekstremistycznej lub promujących taką działalność. Następnie wszczęto przeciwko niemu sprawę karną i przekazano go do Aresztu Śledczego nr 1.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.04.2025: 2 roku więzienia w kolonii na warunkach ogólnych, 200 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-17 16:05:17</t>
   </si>
   <si>
     <t>Maksim Anatolevich Lopatin</t>
   </si>
   <si>
     <t>8 marca 1979</t>
   </si>
   <si>
     <t>Zatrzymany wraz z żoną w sprawie sabotażu w Machulishchi.
 Obrońcy praw człowieka otrzymali informację, że 3 marca funkcjonariusze KGB zatrzymali Maksyma Łopatina w sprawie sabotażu w Maczuliszczach. Mężczyzna przebywa w areszcie śledczym KGB.
 Lopatin został dotkliwie pobity podczas aresztowania. Na ONT ukazał się film, który opowiada o niektórych głośnych zatrzymaniach, w tym wzmiance o Maximie. Podobno mieszkająca w Polsce przyjaciółka psychoterapeutka Evgenia Tochinskaya poprosiła o sprowadzenie „ukraińskiego agenta” Shvetsa ze Stolina na autostradę Logoisk 27 lutego.
 Na filmie widać, że ma protezy na szczęce, co może oznaczać, że była złamana. Po unieruchomieniu powinien nastąpić poważny etap rehabilitacji z przyjmowaniem pokarmu i wody przez słomkę.
 23 marca zatrzymano także żonę Maxima, Ludmiłę Łopatinę. 
 Warto dodać, że para ma dwójkę małoletnich dzieci.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.10.2024: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-03-28 16:23:05</t>
   </si>
   <si>
-    <t>Andrey Leontievich Logvinenko</t>
-[...44 lines deleted...]
-    <t>Ivan Valerievich Puzdrov</t>
+    <t>Paul Vladimirovich Vakhlakov</t>
+  </si>
+  <si>
+    <t>8 marca 1976</t>
+  </si>
+  <si>
+    <t>IUOT-36, 220039 Mińsk, ul. Korotkiewicz, 14</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.11.2025: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-12-16 14:29:18</t>
+  </si>
+  <si>
+    <t>Vitaly Nikolaevich Chausov</t>
   </si>
   <si>
     <t>9 marca 1979</t>
   </si>
   <si>
-    <t>W dniu 18 lipca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie</t>
-[...47 lines deleted...]
-    <t>2021-09-27 14:05:51</t>
+    <t>Przedsiębiorca, dyrektor jednej z firm reklamowych.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-06-27 16:13:19</t>
   </si>
   <si>
     <t>Arthur Nikolaevich Memekh</t>
   </si>
   <si>
     <t>9 marca 1991</t>
   </si>
   <si>
     <t>Wiosną 2020 roku starszy inżynier oprogramowania z EPAM Arthur Memekh przeniósł się do New Jersey. Wszystko wskazuje na to, że został zatrzymany , gdy zdecydował się odwiedzić krewnych na Białorusi.
 Ostatni raz był online w sieciach społecznościowych późną jesienią ubiegłego roku. Wygląda na to, że Memech zdecydował się odwiedzić Białoruś pod koniec 2023 lub na początku 2024 roku i został zatrzymany. 23 września 2024 r. rozpoczyna się proces Arthura za „promowanie działań ekstremistycznych”.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 10.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-09 20:08:23</t>
   </si>
   <si>
-    <t>Vitaly Nikolaevich Chausov</t>
-[...11 lines deleted...]
-    <t>2025-06-27 16:13:19</t>
+    <t>Ivan Pavlovich Podlipentsev</t>
+  </si>
+  <si>
+    <t>9 marca 1980</t>
+  </si>
+  <si>
+    <t>W prorządowym filmie Ivan mówi, że został zatrzymany za „nieprzyjazne” komentarze na temat urzędników państwowych i funkcjonariuszy policji na Youtube i Telegramie. Według sił bezpieczeństwa był on również zarejestrowany w planie Peramoga.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.06.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:59:15</t>
+  </si>
+  <si>
+    <t>Ivan Valerievich Puzdrov</t>
+  </si>
+  <si>
+    <t>W dniu 18 lipca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+  </si>
+  <si>
+    <t>2023-05-08 22:24:19</t>
+  </si>
+  <si>
+    <t>Hanna Aliakseyeuna Ablab</t>
+  </si>
+  <si>
+    <t>9 marca 1978</t>
+  </si>
+  <si>
+    <t>Anna, pracownica Kolei Białoruskich, została zatrzymana jesienią 2021 roku w ramach postępowania karnego przeciwko pracownikom fabryki, którzy poparli strajk i byli częścią inicjatywy „Raboczyj Ruch” (Ruch Robotniczy). 21 września 2021 roku inicjatywa ta została uznana za organizację ekstremistyczną, w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 roku Anna została uznana za winną zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazana na karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.08.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-09-27 14:05:51</t>
   </si>
   <si>
     <t>Vyacheslav Aleksandrovich Pantyushenko</t>
   </si>
   <si>
     <t>10 marca 1980</t>
   </si>
   <si>
     <t>Aresztowany za wywieszenie biało-czerwono-białej flagi oraz flagi Ukrainy na elewacji wielopiętrowego budynku w Mińsku.
 Po ich zatrzymaniu kanał w aplikacji mobilnej Zello, za pośrednictwem którego komunikowali się podczas akcji, został uznany za formację ekstremistyczną.</t>
   </si>
   <si>
     <t>5 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-10-13 21:45:33</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-01-15 19:42:13</t>
   </si>
   <si>
     <t>Pauline Sergeevna Zyl</t>
   </si>
   <si>
     <t>10 marca 1993</t>
   </si>
   <si>
     <t>Mozyrska aktywistka i blogerka Polina Zyl. Jak dowiedziała się Nasha Niva, dziewczynce postawiono zarzuty udziału w protestach i przynależności do „grupy ekstremistycznej”. Oczekuje na rozprawę w areszcie tymczasowym.
 Razem z nią aresztowano jej chłopaka, Maksima Szukanowa. Nie ma informacji o jego zwolnieniu; najprawdopodobniej przebywa również w areszcie tymczasowym.
 Polina ma 31 lat. Pochodzi z Jelska i studiowała w Mozyrzu. W 2020 roku dziewczyna poparła protesty i została nawet zatrzymana na jeden dzień. Wówczas Polina wycofała się w cień, lecz pozostała na wsi. Zarówno Zyl, jak i Szukanow byli poszukiwani, ale nie chcieli opuszczać Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-02-17 14:35:31</t>
   </si>
   <si>
+    <t>Anatoly Alexandrovich Krupin</t>
+  </si>
+  <si>
+    <t>10 marca 1959</t>
+  </si>
+  <si>
+    <t>Anatolij Krupin ma 65 lat. W latach 1993-2015 mężczyzna pracował na lotnisku Mińsk-2 jako inspektor Służby Bezpieczeństwa. W 2016 r. został wymieniony jako szef bezpieczeństwa lotnictwa i zmiany reżimu, gdy na lotnisku zatrzymano obywatelkę Rosji za nieudany żart o trotylu znajdującym się w jej bagażu. To właśnie Krupin skomentował sytuację. Ostatni wpis mężczyzny w mediach społecznościowych pochodzi z czerwca 2024 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:42:13</t>
+  </si>
+  <si>
     <t>Maxim Sergeevich Dudorga</t>
   </si>
   <si>
     <t>11 marca 1996</t>
   </si>
   <si>
     <t>Całe dorosłe życie poświęcił sportowi i służbie wojskowej. Jeszcze w 2015 roku Maxim biegał maratony i półmaratony w ramach Klubu Victoria.
 Później służył w 38. Samodzielnej Brygadzie Desantowo-Szturmowej w Brześciu. W lutym 2020 roku państwowe media opisywały go jako wzorowego oficera: „Starszy porucznik gwardii Dudorga został najlepszym dowódcą plutonu powietrznodesantowego sił specjalnych po zawodach poligonowych”. Wygląda na to, że awansował do stopnia kapitana – przynajmniej tak później zapisano go w jego notatnikach: „Kapitan Dudorga”. Maksym był zapalonym rowerzystą, brał udział w wycieczkach rowerowych z klubem VeloBrest, a nawet pracował jako kierowca, wożąc pasażerów na trasie Mińsk-Brześć-Łuniniec.
 Nie jest jasne, czy Dudorga nadal służył w siłach specjalnych, czy już odszedł.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.10.2025: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.01.2026: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-09-25 19:23:04</t>
   </si>
   <si>
     <t>Vadim Igorevich Rushkevich</t>
   </si>
   <si>
     <t>11 marca 1974</t>
   </si>
   <si>
     <t>Mężczyzna ma 50 lat. Był założycielem lub dyrektorem kilku organizacji zajmujących się importem komputerów i ich podzespołów. Ostatnio był Zastępcą Dyrektora ds. Handlowych firmy Avard Service oraz Dyrektorem firmy SunRan.
 Nie wiadomo dokładnie, kiedy został zatrzymany , ale ponad sześć miesięcy temu. KGB umieściło Ruszkiewicza na liście uczestników „ekstremistycznej formacji Trielita”, a także biznesmena Władimira Bałabanowicza, toczącego się przed sądem w związku z wezwaniami do nałożenia sankcji.
 Czat prawdopodobnie został otwarty z powodu jednego z zatrzymanych.</t>
   </si>
   <si>
     <t>Decyzja sądu 23.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-07 16:47:33</t>
+  </si>
+  <si>
+    <t>Aliaksei Paulavich Hameza</t>
+  </si>
+  <si>
+    <t>12 marca 1985</t>
+  </si>
+  <si>
+    <t>Aleksiej, dyrektor firmy budowlanej, został aresztowany w październiku 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zajęty Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnie więzienie i grzywnę.
+W czerwcu 2023 r. zwiększono mu wyrok i przeniesiono go do więzienia.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 14 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Sąd zmiany reżimu 15.06.2023: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-10-13 14:50:29</t>
+  </si>
+  <si>
+    <t>Nikita Sergeevich Kuntysh</t>
+  </si>
+  <si>
+    <t>12 marca 2002</t>
+  </si>
+  <si>
+    <t>Został zatrzymany 9 listopada w związku z podejrzeniem w sprawie karnej dotyczącej grupowych działań rażąco naruszających porządek publiczny.
+Ponadto młody człowiek został oskarżony o przyjmowanie z zagranicy pałek teleskopowych, paralizatorów i innych środków.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia w kolonii karnej o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-12-06 21:19:03</t>
+  </si>
+  <si>
+    <t>Sergey Aleksandrovich Zinich</t>
+  </si>
+  <si>
+    <t>12 marca 1994</t>
+  </si>
+  <si>
+    <t>Siergiej został skazany latem 2024 r. za „oczernianie Łukaszenki” i skazany na karę ograniczenia wolności w zakładzie karnym o charakterze otwartym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.07.2024: 4 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 20.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:49:21</t>
   </si>
   <si>
     <t>Anna Vladimirovna Strazhevich</t>
   </si>
   <si>
     <t>12 marca 1965</t>
   </si>
   <si>
     <t>Annę aresztowano 18 grudnia 2023 r. Minęło 72 godziny, a ona nadal nie została zwolniona. Wstępnie wszczęto postępowanie karne za znieważenie Łukaszenki i policjanta.
 Anna została skazana na podstawie kilku zarzutów karnych, w tym „współudziału w działalności ekstremistycznej” i skazana na karę więzienia oraz wysoką grzywnę. Rozprawa odbyła się za zamkniętymi drzwiami.
 Można przypuszczać, że jedną z przyczyn prześladowań była jej solidarność z więźniami politycznymi - wiadomo, że Anna aktywnie pisała do nich listy.
  </t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2024: 4 roku więzienia w kolonii na warunkach ogólnych, 550 jednostek bazowych kary. Apelacja 14.03.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-12-22 02:06:21</t>
   </si>
   <si>
-    <t>Nikita Sergeevich Kuntysh</t>
-[...14 lines deleted...]
-  <si>
     <t>Vadim Yurievich Sychugov</t>
   </si>
   <si>
     <t>12 marca 1981</t>
   </si>
   <si>
     <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
   </si>
   <si>
     <t>Decyzja sądu 01.08.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.09.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-07-26 14:37:31</t>
-  </si>
-[...50 lines deleted...]
-    <t>2023-08-11 17:48:06</t>
   </si>
   <si>
     <t>Vasiliy Vladimirovich Ermakov</t>
   </si>
   <si>
     <t>14 marca 1987</t>
   </si>
   <si>
     <t>Były pracownik banku BelVEB. Wasilij został zatrzymany na początku lipca 2022 r. Prorządowe kanały telegramowe podały, że został zatrzymany w związku z rzekomym wyciekiem danych osobowych służb bezpieczeństwa, nauczycieli i lekarzy. W nagraniu „skrucha” Jermakow oświadczył, że brał udział w wiecach w Mińsku i „wykorzystując swoje oficjalne uprawnienia” przekazywał botowi „Czarnej Księgi Białorusi” informacje o pracownikach MSW.
 Wasilij został dotkliwie pobity, stracił nawet przytomność, miał połamane żebra. Ze szpitala zostali przeniesieni do Aresztu Śledczego nr 1.
 Ma 1 dziecko.</t>
   </si>
   <si>
-    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
-[...1 lines deleted...]
-  <si>
     <t>6 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2023-02-10 16:03:39</t>
+  </si>
+  <si>
+    <t>Alesya Nikolaevna Verevkina</t>
+  </si>
+  <si>
+    <t>15 marca 1984</t>
+  </si>
+  <si>
+    <t>Proces rozpoczął się 29 lipca 2025 r. i trwał do 20 sierpnia 2025 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.08.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:07:05</t>
   </si>
   <si>
     <t>Yuri Valerievich Belko</t>
   </si>
   <si>
     <t>15 marca 1983</t>
   </si>
   <si>
     <t>Został zatrzymany pod zarzutem masowych niepokojów i oskarżony o udział w „radykalnych” kanałach telegraficznych.
 W kwietniu 2022 r. Jurij został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 912 ruble odszkodowania. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany. Sąd zmiany reżimu 13.04.2022: 3 roku więzienia. Sąd zmiany reżimu 25.06.2025: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-26 20:59:45</t>
-  </si>
-[...48 lines deleted...]
-    <t>2025-08-07 22:27:20</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Kulikov</t>
   </si>
   <si>
     <t>16 marca 1970</t>
   </si>
   <si>
     <t>Podstawą sprawy karnej były komentarze na jednym z czatów, które w maju 2021 roku zostały uznane przez siły bezpieczeństwa za materiały ekstremistyczne.
 Według znajomych Aleksandra przebywających za granicą, w maju 2023 r., po wszczęciu sprawy karnej, udał się on do Polski, gdzie przebywał przez około miesiąc. Następnie odebrał telefon od swojej starszej matki, która powiedziała, że śledczy dzwonił do niej i groził, że będzie szukać jej syna. Obiecano, że w przypadku powrotu Kulikowa otrzyma karę wolnościową.
 Po pewnym czasie Kulikow zdecydował się wrócić na Białoruś i został zatrzymany. Przestał się komunikować podczas przekraczania granicy. Spisano przeciwko niemu kolejny protokół w sprawie naruszeń administracyjnych (art. 19.11 Kodeksu administracyjnego) i wszczęto sprawę karną. 13 lipca 2023 roku Leninski Sąd Rejonowy w Mohylewie uznał mieszkańca Mohylewa za winnego i skazał go na trzy lata więzienia oraz zesłanie na kolonię na ogólnych warunkach reżimowych.
 W grudniu 2023 roku wyszło na jaw, że Kulikow będzie ponownie sądzony. Tym razem zarzuca mu się trzy artykuły: udział w grupie ekstremistycznej (art. 361 ust. 1 ust. 3), udział na terytorium obcego państwa w formacji zbrojnej lub konflikcie zbrojnym (art. 361 ust. 3 ust. 1) oraz odbywanie szkolenia lub inne przygotowanie do udziału w działalności ekstremistycznej (art. 361 ust. 5). 22 grudnia służba prasowa sądu w Mogobl poinformowała , że 20 grudnia Kulikov został skazany na 4 lata więzienia. W połączeniu z poprzednią karą łączna kara pozbawienia wolności dla mężczyzny wyniesie 4 lata i 6 miesięcy pozbawienia wolności na ogólnych zasadach.
 12 grudnia BT wyemitowało propagandowy film o Kulikowie, który opowiada o swojej próbie wstąpienia do pułku Kastusia Kalinowskiego i odbyciu szkolenia wojskowego pod Kijowem.
 W marcu 2024 roku wyszło na jaw, że prokurator protestował przeciwko skazaniu więźnia politycznego z Mohylewa Aleksandra Kulikowa, skazanego na cztery i pół roku więzienia. Zgodnie z decyzją sądu do kary dodano mu półtora roku więzienia .
 1 lipca 2024 roku odbył się proces w sprawie zastąpienia Aleksandra reżimem i on   podjął decyzję o przeniesieniu więźnia politycznego do reżimu więziennego .</t>
   </si>
   <si>
     <t>Decyzja sądu 13.07.2023: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 10.10.2023: nieznany. Decyzja sądu 22.12.2023: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 16.02.2024: wyrok został podtrzymany. Protest prokuratora data nieznana: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 01.07.2024: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2023-07-07 15:22:28</t>
   </si>
   <si>
+    <t>Anastasia Sergeevna Gorchakova</t>
+  </si>
+  <si>
+    <t>16 marca 1982</t>
+  </si>
+  <si>
+    <t>Była zamieszana w „sprawę pogawędek na podwórku”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.07.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-07 22:27:20</t>
+  </si>
+  <si>
+    <t>Egor Pavlovich Lenkevich</t>
+  </si>
+  <si>
+    <t>16 marca 2001</t>
+  </si>
+  <si>
+    <t>Skazany za udział w protestach.
+Od 16 września 2023 roku Jegor został przeniesiony do więzienia. Tam więzień polityczny musi odsiedzieć 2 lata.
+31 lipca 2025 r. Jegor został skazany na podstawie art. 411 Kodeksu karnego za „złośliwe nieposłuszeństwo wobec poleceń administracji zakładu karnego wykonującego karę pozbawienia wolności” na kolejne 10 miesięcy i 14 dni pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.03.2022: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 05.09.2023: 2 roku więzienia. Decyzja sądu 31.07.2025: 10 miesiące 14 dni więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-03-18 18:44:06</t>
+  </si>
+  <si>
     <t>Ivan Nikolaevich Kochanov</t>
   </si>
   <si>
     <t>17 marca 1989</t>
   </si>
   <si>
     <t>Ostatnio Ivan pracował w firmie Belenergo, gdzie zajmował się instalacją i konfiguracją sieci światłowodowych oraz środków komunikacji.
 Iwan jest bardzo aktywnym komentatorem na Telegramie. W latach 2019–2025 pozostawił ponad 50 000 wiadomości na otwartych czatach. Większość z nich nie dotyczyła polityki – omawiał technologie, oferując profesjonalne porady dotyczące edycji i narzędzi sieciowych. Pisał jednak również o polityce. Kochanow wspierał ruch na rzecz wolnych wyborów i potępiał inwazję Rosji na Ukrainę. Jednocześnie krytykował Europę i NATO, wypowiadał się przeciwko prześladowaniom Białorusinów za granicą i represjom, a także przeciwko represjom za język rosyjski na Ukrainie, ponieważ „podżegają one do agresji”.
 Został skazany za komentarze na czacie uznanym za ekstremistyczny oraz za udział w protestach w 2020 roku. Dwa tygodnie po przeniesieniu do kolonii karnej Iwanowi postawiono drugie zarzuty karne związane z czatem „Białoruski Gajun” i ponownie przeniesiono go do aresztu śledczego.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2025-06-23 12:42:50</t>
   </si>
   <si>
     <t>Kirill Vyacheslavovich Poznyak</t>
   </si>
   <si>
     <t>17 marca 1977</t>
   </si>
   <si>
     <t>Dziennikarz Kirył Poznyak został zatrzymany 4 września, w dniu uznania kanału YouTube Platforma 375 za „grupę ekstremistyczną”. W latach 2021–2022 kanał zorganizował kilka debat między prorządowymi propagandystami a ich przeciwnikami, którzy zostali zmuszeni do opuszczenia kraju. Kirył Poznyak był jednym z prowadzących debatę. W swoim przemówieniu otwierającym stwierdził, że debaty są potrzebne do stworzenia „platformy dialogu, aby przeciwnicy mogli się przynajmniej usłyszeć”, a także do „podniesienia poziomu i kultury debat i dyskusji”, a także do tego, aby strony sporu miały możliwość „nadawania nie tylko własnej publiczności, ale także publiczności osób niezdecydowanych i opinii publicznej przeciwników”.
 11 września kanał, a także jego konta na TikToku, znalazły się na „Liście organizacji, formacji i indywidualnych przedsiębiorców zaangażowanych w działalność ekstremistyczną”.</t>
   </si>
   <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
     <t>2025-09-13 11:24:16</t>
+  </si>
+  <si>
+    <t>Iryna Lebedz</t>
+  </si>
+  <si>
+    <t>17 marca 1983</t>
+  </si>
+  <si>
+    <t>Wiadomo, że funkcjonariusze GUBOPiK prowadzą dochodzenie w sprawie osób rzekomo zaangażowanych w czat telegramu „Partyzanci z Nowogródka”. Wszczęto przeciwko nim postępowania karne na podstawie ustawy o ekstremizmie. Wszyscy przesłuchiwani w tej sprawie są proszeni o podpisanie umowy o zachowaniu poufności.
+Doniesienia medialne wskazują , że co najmniej sześć osób zatrzymanych przez siły bezpieczeństwa 15 dni temu nie zostało zwolnionych po odbyciu aresztu administracyjnego, w tym Irina.
+Irina ma problemy z kręgosłupem: liczne przepukliny i inne zmiany, konieczna jest operacja.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:58:10</t>
   </si>
   <si>
     <t>Dmitry Viktorovich Basko</t>
   </si>
   <si>
     <t>18 marca 1965</t>
   </si>
   <si>
     <t>Wiadomo , że przed aresztowaniem Dmitrij mieszkał w Mińsku i pracował jako programista. Okresowo wykładał również programowanie na Białoruskim Uniwersytecie Państwowym na Wydziale Matematyki Stosowanej i Informatyki. Przed aresztowaniem Dmitrij nigdzie nie pracował, ponieważ stał się „niewiarygodny” dla uczelni, a wiele firm informatycznych opuściło Białoruś, przez co nie było dla niego pracy z jego wysokimi kwalifikacjami. Nie chciał wyjeżdżać, ponieważ w tym czasie opiekował się starszą matką. Podczas śledztwa w sprawie Dmitrija zmarła.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.05.2025: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja data nieznana: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-08-23 11:45:35</t>
   </si>
   <si>
     <t>Vitaly Nikolaevich Paprocki</t>
   </si>
   <si>
     <t>18 marca 1970</t>
   </si>
   <si>
     <t>Rozpoczął pracę w 1999 roku jako śledczy w policji w Żodino. Wiadomo, że doszedł do stopnia podpułkownika sprawiedliwości. Do wiosny 2014 roku Witalij pracował jako szef wydziału rejonowego Komitetu Śledczego w Smolewiczach.
 W 2020 roku on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi. Paprocki w swoim przemówieniu mówi , że całe życie służył ludziom. Witalij twierdzi, że ci, którzy stawali w obronie ludzi, byli represjonowani, sugeruje „opamiętanie się i przemyślenie”. Paprocki twierdzi, że wspiera tych, którzy pracują zgodnie z prawem.
 Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.03.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 15:23:48</t>
   </si>
   <si>
-    <t>Vyacheslav Gennadievich Kruk</t>
+    <t>Viachaslau Kruk</t>
   </si>
   <si>
     <t>18 marca 1981</t>
   </si>
   <si>
     <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
   </si>
   <si>
     <t>2025-12-08 14:42:32</t>
   </si>
   <si>
-    <t>Dmitriy Igorevich Svichkarev</t>
-[...12 lines deleted...]
-    <t>2023-09-22 00:07:08</t>
+    <t>Michael Mikhailovich Lazko</t>
+  </si>
+  <si>
+    <t>19 marca 1986</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2024-07-31 14:36:53</t>
   </si>
   <si>
     <t>Alexey Igorevich Komarovsky</t>
   </si>
   <si>
     <t>19 marca 1984</t>
   </si>
   <si>
     <t>10 sierpnia 2020 r. podczas protestów Aleksiej jechał swoim samochodem po Mińsku w rejonie Belai Vezha. Na skrzyżowaniu mężczyzna zobaczył funkcjonariuszy policji, którzy szukając protestujących zaczęli brutalnie zatrzymywać kierowców samochodów: strzelać i wybijać szyby w samochodach. Aleksiej, nie czekając na jego aresztowanie, pojechał do przodu, gdzie właśnie przejeżdżała policja drogowa. Nie zauważając oficjalnego samochodu, Alex zmienił pas. W czasie manewru radiowóz policji drogowej już się zatrzymał, a mężczyzna dalej zajmował się swoimi sprawami. W tej czynności sąd dopatrzył się ingerencji w czynności pracownika organu spraw wewnętrznych (art. 365 kk).
 W tym samym czasie i w tym samym miejscu przebywał rzekomo funkcjonariusz policji drogowej Mosenza, który zeznawał pod koniec grudnia 2022 r., rzekomo Aleksiej chciał go wtedy powalić. Za to mężczyzna usłyszał zarzut z art. 364 Kodeksu karnego i osadzony w areszcie.
 Alexey ma troje dzieci, jedno z nich to nieletnia córka w wieku 5 lat.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.02.2023: 4 roku więzienia w kolonii o zaostrzonym rygorze, 3000 ruble odszkodowania. Apelacja 02.05.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-03-21 20:25:58</t>
   </si>
   <si>
-    <t>Michael Mikhailovich Lazko</t>
-[...20 lines deleted...]
-    <t>Decyzja sądu 03.11.2025: 2 roku 9 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+    <t>Ilya Leonidovich Khodas</t>
+  </si>
+  <si>
+    <t>19 marca 1980</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 9 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-17 16:53:13</t>
   </si>
   <si>
-    <t>Igor Ivanovich Khinevich</t>
-[...32 lines deleted...]
-    <t>2021-02-27 01:43:23</t>
+    <t>Dmitriy Igorevich Svichkarev</t>
+  </si>
+  <si>
+    <t>19 marca 1988</t>
+  </si>
+  <si>
+    <t>Pracownik EPAM. Aresztowany za darowizny. Córka Dmitrija miała dziewięć miesięcy w chwili aresztowania.
+6 lutego 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii o zaostrzonym rygorze</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:07:08</t>
   </si>
   <si>
     <t>Alexander Anatolyevich Petushkov</t>
   </si>
   <si>
     <t>20 marca 1988</t>
   </si>
   <si>
     <t>Po raz pierwszy Aleksander Pietuszkow został zatrzymany w styczniu 2022 roku, po czym prorządowe kanały Telegramu opublikowały z nim „skruszone” wideo. Powodem zatrzymania były jego komentarze na temat wydarzeń w Kazachstanie.
 Drugi raz Aleksander został zatrzymany w kwietniu 2022 roku. Powodem wszczęcia sprawy karnej były reposty i komentarze nawołujące do strajku, wstrzymania pracy przedsiębiorstw i wznowienia protestów. Złożył także propozycje usunięcia epoletów sił bezpieczeństwa i generałów. W stosunku do Łukaszenki użył słów „uzurpator” i „nielegalny”.</t>
   </si>
   <si>
     <t>7,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-07-22 18:12:13</t>
   </si>
   <si>
-    <t>Andrey Yuryevich Sitnikov</t>
+    <t>Ihar Khinevich</t>
+  </si>
+  <si>
+    <t>20 marca 1972</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:29:17</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Apanovich</t>
+  </si>
+  <si>
+    <t>20 marca 1981</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-20 11:28:14</t>
+  </si>
+  <si>
+    <t>Andrei Sitnikau</t>
   </si>
   <si>
     <t>20 marca 1965</t>
   </si>
   <si>
     <t>Decyzja sądu 31.10.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 20.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:06:24</t>
   </si>
   <si>
-    <t>Eugene Vyacheslavovich Milenkevich</t>
-[...14 lines deleted...]
-    <t>2024-11-02 16:24:01</t>
+    <t>Sergey Fyodorovich Lezhenko</t>
+  </si>
+  <si>
+    <t>20 marca 1993</t>
+  </si>
+  <si>
+    <t>Siergiej został zatrzymany w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:43:23</t>
+  </si>
+  <si>
+    <t>Ihar Dzmitryyevich Dzehtsiaronak</t>
+  </si>
+  <si>
+    <t>20 marca 1995</t>
+  </si>
+  <si>
+    <t>2026-03-01 22:37:48</t>
   </si>
   <si>
     <t>Kirill Vladimirovich Matyuto</t>
   </si>
   <si>
     <t>21 marca 1991</t>
   </si>
   <si>
     <t>W dniu 20 czerwca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.04.2023: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.06.2023: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2023-03-22 17:00:38</t>
   </si>
   <si>
     <t>Ilya Ditovich Telichenko</t>
   </si>
   <si>
     <t>21 marca 1982</t>
   </si>
   <si>
     <t>Najprawdopodobniej do czasu procesu przebywał w areszcie.
 W dniu 26 stycznia 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Nie</t>
   </si>
   <si>
     <t>nieznany</t>
   </si>
   <si>
     <t>2024-01-25 18:30:24</t>
   </si>
   <si>
+    <t>Eugene Vyacheslavovich Milenkevich</t>
+  </si>
+  <si>
+    <t>21 marca 1996</t>
+  </si>
+  <si>
+    <t>Jewgienij został skazany na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze jawnym.</t>
+  </si>
+  <si>
+    <t>IUOT-49, Szkłow, ulica Mołodeżnaja 2b, 213002</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.11.2024: 1 rok 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 09.01.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:24:01</t>
+  </si>
+  <si>
+    <t>Oleg Anatolyevich Molchanov</t>
+  </si>
+  <si>
+    <t>22 marca 1970</t>
+  </si>
+  <si>
+    <t>Aresztowany za podpalenie w dniu 28 lutego 2022 r. na stacji Zherd-Ostankovichi szafy przekaźnikowej do sygnalizacji, centralizacji i blokowania (SCB), w wyniku którego sygnalizacja świetlna i rozjazdy na tym odcinku zostały doprowadzone do stanu nieczynnego. Odcinek Ostankowicze - Żerd znajduje się na linii Żłobin - Kalinkowicze, która następnie biegnie do Owruchu (obwód żytomierski na Ukrainie).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.12.2022: 21 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.03.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-04-21 18:57:59</t>
+  </si>
+  <si>
+    <t>Alexander Ivanovich Mazur</t>
+  </si>
+  <si>
+    <t>22 marca 1974</t>
+  </si>
+  <si>
+    <t>Zatrzymany został w listopadzie 2024 r. w Żodino.
+Jednocześnie strona internetowa inicjatywy „List. Bel” oraz jej strony na portalach społecznościowych zostały uznane za „materiały ekstremistyczne”. Miesiąc później KGB uznało tę inicjatywę za „ formację ekstremistyczną ”. Według departamentu z „literą .bel” spokrewnieni są Aleksander Mazur , a także Paweł Korenyukhin i Aleksander Łykszyn . Teraz mężczyźni przebywają w ST -8 , są oskarżeni z art. 361-1 Kodeksu karnego (Tworzenie grupy ekstremistycznej lub udział w niej).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-29 21:52:50</t>
+  </si>
+  <si>
     <t>Victor Viktorovich Eremenko</t>
   </si>
   <si>
     <t>22 marca 1981</t>
   </si>
   <si>
     <t>Okoliczności sprawy, poza werdyktem, są nadal nieznane obrońcom praw człowieka.
 Oskarżony Eremenko został uznany za winnego umyślnego działania mającego na celu podżeganie do nienawiści etnicznej i innej społecznej nienawiści na tle przynależności narodowej i innej przynależności społecznej. Został również uznany za winnego świadomego narażenia innej osoby na ryzyko zarażenia się ludzkim wirusem niedoboru odporności (HIV).</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii o surowym rygorze.</t>
   </si>
   <si>
     <t>2023-05-18 09:15:40</t>
   </si>
   <si>
-    <t>Oleg Anatolyevich Molchanov</t>
-[...62 lines deleted...]
-    <t>2025-01-06 14:21:32</t>
+    <t>Andrey Vladimirovich Prikhodko</t>
+  </si>
+  <si>
+    <t>23 marca 1988</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: nieznany. Apelacja 07.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:12:38</t>
   </si>
   <si>
     <t>Матвей Викторович Оверчук</t>
   </si>
   <si>
     <t>23 marca 1994</t>
   </si>
   <si>
     <t xml:space="preserve">Bracia Overchuk zostali zatrzymani na początku czerwca. Poinformowały o tym prorządowe kanały telegramowe. W nagraniu z konfesjonału mężczyźni mówią, że 10 sierpnia 2020 r. byli w Brześciu na wiecu protestacyjnym.
 Matvey zajmuje się naprawą samochodów.
 W tę sprawę zaangażowani są także Oleg Litwinczuk i Alewtina Gudkowa.
 </t>
   </si>
   <si>
     <t>Decyzja sądu 08.08.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-25 18:07:49</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Prikhodko</t>
-[...10 lines deleted...]
-  <si>
     <t>Andrey Vladimirovich Bremschmidt</t>
   </si>
   <si>
     <t>23 marca 1985</t>
   </si>
   <si>
     <t>Był zastępcą samorządowym w Zasławiu, gdzie zarejestrowano jego firmę. Bremschmidt był nawet w komisji wyborczej przed wyborami parlamentarnymi w 2019 roku. Wiadomo, że pod koniec maja 2023 roku mężczyzna udał się na Litwę. W czatach pisał, ile czasu zajęło mu przekroczenie granicy i że wkrótce zamierza wrócić na Białoruś. Jeden z organizatorów „VIVA Rovar” w Zaslavlu.
 W dniu 29 kwietnia 2024 r. apelacja została rozpatrzona (prawdopodobnie kara została obniżona z 10 lat pozbawienia wolności orzeczonej przez sąd I instancji do 6,5 roku pozbawienia wolności), wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>6,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
   </si>
   <si>
     <t>2024-02-12 19:12:28</t>
+  </si>
+  <si>
+    <t>Andrey Vyacheslavovoch Budai</t>
+  </si>
+  <si>
+    <t>23 marca 1978</t>
+  </si>
+  <si>
+    <t>Andriej, budowlaniec i dekorator, został aresztowany w lipcu 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zapracowany Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnie więzienie i grzywnę.
+We wrześniu 2024 r. Andriej został ponownie skazany na podstawie artykułu o „złośliwym nieposłuszeństwie wobec żądań administracji zakładu karnego”. Artykuł ten jest często stosowany w przypadku więźniów, którzy odmawiają współpracy z administracją, i przewiduje karę za urojone naruszenia. W rezultacie jego wyrok zwiększono do 17 lat.
+Andrieja przeżyła trójka dzieci i żona, która ma poważne problemy zdrowotne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu 24.09.2024: 2 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2021-08-12 20:00:28</t>
+  </si>
+  <si>
+    <t>Oleg Igorevich Zubovich</t>
+  </si>
+  <si>
+    <t>24 marca 1996</t>
+  </si>
+  <si>
+    <t>Były policjant, porucznik. Zrezygnował, bo nie mógł patrzeć na to wszystko, co się działo, potem dostał pracę jako ochroniarz. Podczas zatrzymania został ciężko pobity. Byli koledzy przychodzili do sądu jako ofiary i dobrze wyrażali się o Olegu, ale mimo to domagali się moralnego zadośćuczynienia. W domu Oleg musiał czekać na jedną matkę.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.12.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 31.03.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-12-13 15:22:04</t>
+  </si>
+  <si>
+    <t>Arkady Andreevich Koychurenko</t>
+  </si>
+  <si>
+    <t>24 marca 1974</t>
+  </si>
+  <si>
+    <t>Wrócił do kraju z zagranicy i został zatrzymany na przełomie września i października 2024 roku. Wrócił do kraju, aby odnowić paszport. Postawiono mu zarzuty „umyślnego działania mającego na celu podżeganie do nienawiści i waśni na tle narodowym, religijnym i innym, rozpowszechniania materiałów zawierających publiczne nawoływania do przejęcia władzy państwowej, ... oraz innych działań mających na celu zaszkodzenie bezpieczeństwu narodowemu Republiki Białorusi”, „znieważenia urzędnika państwowego” oraz „znieważenia Łukaszenki”.
+Arkadij został ostatecznie skazany na pięć lat kolonii karnej o zaostrzonym rygorze i grzywnę w wysokości 500 jednostek bazowych. Nakazano mu również zapłacić 5000 rubli tytułem „szkody moralnej” Andriejowi Iwanowiczowi Szwecowi.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.10.2025: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-07-30 10:31:41</t>
+  </si>
+  <si>
+    <t>Ilya Valerievich Trubin</t>
+  </si>
+  <si>
+    <t>24 marca 1987</t>
+  </si>
+  <si>
+    <t>Wiadomo, że był oficerem KGB. Ale w 2011 roku zrezygnował.
+Ze śledztwa wynika, że 34-letni mieszkaniec Borysowa podpalił dwa portale systemu poboru opłat drogowych BelToll w obwodzie borysowskim.</t>
+  </si>
+  <si>
+    <t>16 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2022-04-15 23:43:24</t>
   </si>
   <si>
     <t>Mikita Uladzimiravicz Jemialjanaw</t>
   </si>
   <si>
     <t>24 marca 2000</t>
   </si>
   <si>
     <t>Nikita został aresztowany w październiku 2019 roku i skazany za ataki na budynki Aresztu Śledczego nr 1 oraz Sądu Miejskiego w Mińsku, dokonane w ramach solidarności z więźniami politycznymi. Początkowo został skazany na siedem lat więzienia, ale w wyniku apelacji wyrok skrócono do czterech lat. W maju 2020 roku Nikita został przeniesiony do zakładu karnego.
 W marcu 2022 roku został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego” – zarzut często stawiany więźniom odmawiającym współpracy z władzami więziennymi. W marcu 2023 roku został ponownie przeniesiony do zakładu karnego.
 Przez cały okres pobytu w więzieniu Nikita był poddawany nieustannej presji. Często trafiał do izolatki, gdzie przez dziesiątki dni przebywał w izolacji. Nie pozwolono mu na odwiedziny rodziny, ograniczono mu dostęp do korespondencji, a jego rzeczy osobiste zostały skonfiskowane. W odpowiedzi na trudne warunki, Nikita protestował głodówkami i odmową spełniania żądań władz. Regularnie wymierzano mu również kary za drobne wykroczenia, takie jak odmowa sprzątania dziedzińca czy komunikacji między celami.
 Trzy miesiące przed zwolnieniem, w lutym 2025 r., Nikita stanął przed sądem po raz kolejny, oskarżony o „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego”, w wyniku czego został skazany na kolejny rok więzienia.
 Do grudnia 2024 r. Nikita spędziła w sumie 568 dni w odosobnieniu, w tym dwa miesiące ciągłej izolacji.
 Na początku grudnia 2025 r. Nikita spędziła 648 dni w izolacji.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.02.2020: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 330 ruble odszkodowania. Apelacja 27.03.2020: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 29.05.2020: 2 roku więzienia. Decyzja sądu 11.03.2022: 2 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 22.03.2023: 2 roku 4 miesiące więzienia. Decyzja sądu 03.02.2025: 1 rok więzienia w kolonii o zaostrzonym rygorze. Apelacja 03.04.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 16:59:41</t>
   </si>
   <si>
-    <t>Oleg Igorevich Zubovich</t>
-[...45 lines deleted...]
-  <si>
     <t>Vladimir Ivanovich Kniga</t>
   </si>
   <si>
     <t>25 marca 1981</t>
   </si>
   <si>
     <t>Władimir, były oficer ochrony i wolontariusz zespołu kandydatki na prezydenta Swietłany Cichanouskiej, został aresztowany 4 czerwca 2020 r. i skazany w czerwcu 2021 r. w „sprawie Tichanowskiego”. Sprawa karna została wszczęta po pikiecie, która odbyła się 29 maja 2020 r. w Grodnie, gdzie zatrzymano Siergieja Cichanowskiego i jego zwolenników.
 W 2022 roku Władimir został przeniesiony do więzienia.
 W lipcu 2023 r. został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji kolonii”.
 Od września 2023 r. Vladimir jest przetrzymywany w izolacji, umieszczony w celi (PKT) i regularnie wystawiane są mu nowe wykroczenia dyscyplinarne. Pozbawiono go również możliwości otrzymywania paczek, wizyt i rozmów telefonicznych.
 W lutym 2025 r. odbył się trzeci proces na podstawie artykułu „złośliwe nieposłuszeństwo wobec żądań administracji kolonii”. Na podstawie tego artykułu więźniowie, którzy odmawiają współpracy z administracją, są sądzeni na podstawie domniemanych naruszeń. W rezultacie jego łączny wyrok więzienia wyniósł 6 lat.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.06.2021: 4 roku więzienia w kolonii o zaostrzonym rygorze, 2000 ruble odszkodowania. Apelacja 10.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 2 roku więzienia. Decyzja sądu 21.07.2023: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 05.02.2025: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-02-26 22:58:20</t>
   </si>
   <si>
     <t>Andrey Anatolevich Lopatin</t>
   </si>
   <si>
     <t>25 marca 1977</t>
   </si>
   <si>
     <t>Zatrzymano go na początku maja 2023 r., kiedy przybył w celu przekazania swojego brata Maksyma Łopatina, zatrzymanego w sprawie Maczuliszczi. Wcześniej mężczyzna mieszkał na Litwie. Został zatrzymany w tej samej sprawie o sabotaż w Machulishchi i usłyszał zarzuty z art. 289 Kodeksu karnego. Później artykuł został przeklasyfikowany do art. 361-2 Kodeksu karnego (finansowanie działalności ekstremistycznej).
 Na rozprawie Andrei nie przyznał się do winy.
 W dniu 5 lipca 2024 r. apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.04.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-09-06 20:24:56</t>
   </si>
   <si>
-    <t>Olga Valeryanovna Matusevich</t>
-[...2 lines deleted...]
-    <t>26 marca 1971</t>
+    <t>Anton Aleksandrovich Stashevsky</t>
+  </si>
+  <si>
+    <t>26 marca 1980</t>
+  </si>
+  <si>
+    <t>Anton, wolontariusz fundacji Country for Life i grupy poszukiwawczej Angel, został zatrzymany 9 lipca 2021 r. w ramach „operacji KGB mającej na celu oczyszczenie społeczeństwa z radykałów” i umieszczony w areszcie tymczasowym pod zarzutem finansowania działalności grupy ekstremistycznej.
+W październiku 2022 roku oskarżono go o „spisek mający na celu przejęcie władzy państwowej przy użyciu środków sprzecznych z konstytucją”, a w listopadzie tego samego roku Anton został skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.11.2022: 8 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 10.02.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-07-13 13:41:01</t>
+  </si>
+  <si>
+    <t>Volha Matusevich</t>
+  </si>
+  <si>
+    <t>26 marca 1973</t>
   </si>
   <si>
     <t>Wiadomo, że ukończyła BGEU w 1994 roku i jest mężatką.</t>
   </si>
   <si>
     <t>2025-08-25 10:09:10</t>
   </si>
   <si>
     <t>Maksim Valerievich Belenovich</t>
   </si>
   <si>
     <t>26 marca 1984</t>
   </si>
   <si>
     <t>Według prorządowych kanałów został zatrzymany za rejestrację w planie Peramoga.
 Instruktor nauki jazdy DOSAAF.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.12.2022: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.03.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-04-01 17:11:55</t>
-  </si>
-[...29 lines deleted...]
-    <t>2022-03-11 01:16:18</t>
   </si>
   <si>
     <t>Alexander Mikhailovich Mazurin</t>
   </si>
   <si>
     <t>27 marca 1981</t>
   </si>
   <si>
     <t>Najprawdopodobniej został aresztowany na początku grudnia 2024 roku.
 Aleksander ukończył Akademię Ministerstwa Spraw Wewnętrznych i podjął pracę w policji. Awansował do stopnia inspektora dyżurnego Głównego Zarządu Spraw Wewnętrznych Mińskiego Miejskiego Komitetu Wykonawczego i stopnia kapitana. W 2012 roku został zwolniony ze służby w policji.
 W 2013 roku Mazurin objął stanowisko kierownika działu bezpieczeństwa w firmie stolarskiej Interdoors, zatrudniającej ponad 150 osób.
 Aleksander posiada również status indywidualnego przedsiębiorcy, którego zakresem działalności jest tworzenie oprogramowania oraz doradztwo w tej dziedzinie.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-06-16 23:35:43</t>
   </si>
   <si>
-    <t>Vyacheslav Aleksandrovich Maleichuk</t>
+    <t>Viachaslau Aliaksandravich Maleichuk</t>
   </si>
   <si>
     <t>27 marca 1985</t>
   </si>
   <si>
     <t>Oskarżony o przygotowanie ataków terrorystycznych w Czyżówce i jednostce wojskowej w Peczi w przededniu Dnia Wolności w 2021 r.
 Działania przypisywane mu przez siły bezpieczeństwa stały się podstawą włączenia Swietłany Tichanowskiej, Pawła Łatuszki, Antona Motołki i uczestników inicjatywy byłych sił bezpieczeństwa   na listę terrorystów i postępowanie karne przeciwko nim za przygotowanie aktu terrorystycznego.
 Przeciwko Wiaczesławowi wniesiono sprawę o „złośliwe nieposłuszeństwo wobec wymagań władz kolonii” z art. 411 k.c. Rozprawa odbyła się 10 lutego 2023 r. Wymierzono rok więzienia.
 Wiaczesław był sądzony 23 sierpnia 2023 r. na podstawie części 2 art. 411 Kodeksu karnego w Gorkach i skazał go na łączną karę dodatkowych dwóch lat pozbawienia wolności, obliczoną na podstawie sumy kar niezasłużonej części z chwili rozprawy (20 lat i 5 miesięcy) oraz nowej kary ( 2 lata), od chwili trzeciego procesu musiał odsiedzieć jeszcze 22 lata i 5 miesięcy.
 7 sierpnia sędzia Mozyrza Anatolij Strelczenko poprowadzi kolejny proces na podstawie art. 411 Wiaczesława.</t>
   </si>
   <si>
     <t>Na podstawie sumy 3 wyrok&amp;oacute;w od chwili zatrzymania Wiaczesław został skazany na 25 lat więzienia w kolonii karnej w ścisłych warunkach bezpieczeństwa.</t>
   </si>
   <si>
     <t>2022-04-28 14:11:36</t>
   </si>
   <si>
+    <t>Sergei Gennadievich Konovalov</t>
+  </si>
+  <si>
+    <t>27 marca 1972</t>
+  </si>
+  <si>
+    <t>Aresztowany za akcję na kolei .</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.09.2022: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.01.2023: wyrok został podtrzymany. Decyzja sądu data nieznana: 2 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:16:18</t>
+  </si>
+  <si>
+    <t>Yuri Pavlovich Yurenya</t>
+  </si>
+  <si>
+    <t>27 marca 1965</t>
+  </si>
+  <si>
+    <t>Zatrzymany wraz z synem za datki. Według urzędników mężczyzna został skazany za dokonanie ponad 100 przelewów pieniężnych na łączną kwotę 1885 dolarów. Przelewy były realizowane w okresie od 7 sierpnia 2020 r. do 24 marca 2021 r.
+Uznano to za „finansowanie działalności formacji ekstremistycznej” (choć najprawdopodobniej w tamtym czasie inicjatywami nie były żadne „formacje ekstremistyczne”).
+W dniu 02.02.2024 odbyła się rozprawa apelacyjna, której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-11-05 15:33:05</t>
+  </si>
+  <si>
     <t>Andrey Andreevich Stepurko</t>
   </si>
   <si>
     <t>27 marca 1990</t>
   </si>
   <si>
     <t>Andriej Stepurko ma 33 lata. Mężczyzna ukończył Radio Engineering College, a następnie Międzynarodowy Uniwersytet MITSO. Pracował jako inżynier oprogramowania w poliklinice, monter komputerów, operator komputera, sprzedawca. Wiadomo, że lubi praktyczne strzelanie, był zaangażowany w laser tag i inne rodzaje gier strzeleckich.
 O ile nam wiadomo , mężczyzna został zatrzymany w sprawie wybuchu samolotu w Maczuliszczach, gdzie rzekomo znalazł mieszkanie dla domniemanego sabotażysty w Maczuliszczach Nikołaja Szweca.
 Zatrzymani zostali także rodzice Stepurko i jego brat.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.10.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-04-07 15:14:21</t>
   </si>
   <si>
-    <t>Yuri Pavlovich Yurenya</t>
-[...16 lines deleted...]
-    <t>Anna Sergeevna Kmit</t>
+    <t>Sergey Pavlovich Kaburneev</t>
+  </si>
+  <si>
+    <t>28 marca 1970</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.11.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 29.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-10 14:38:27</t>
+  </si>
+  <si>
+    <t>Hanna Kmit</t>
   </si>
   <si>
     <t>28 marca 1986</t>
   </si>
   <si>
     <t>Została zatrzymana wraz ze swoim mężem Andriejem Sielaninowem 31 października 2024 r. i umieszczona w areszcie za „ aktywny udział w grupowych działaniach rażąco naruszających porządek publiczny ”.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.07.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2024-11-11 18:40:30</t>
-  </si>
-[...43 lines deleted...]
-    <t>2022-11-13 23:48:09</t>
   </si>
   <si>
     <t>Elena Ivanovna Demenchuk</t>
   </si>
   <si>
     <t>29 marca 1974</t>
   </si>
   <si>
     <t>Alenajest oskarżona o finansowanie działalności ekstremistycznej w wyniku masowych aresztowań w czasie prześladowań przez władze za wspieranie więźniów politycznych i ich rodzin w ramach projektu społecznej pomocy żywnościowej INeedHelpBy.
 Matka byłej więźniarki politycznej Mariny Glazowej.
 W dniu 27 sierpnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.06.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-19 01:02:19</t>
   </si>
   <si>
+    <t>Alexander Vladimirovich Tarasevich</t>
+  </si>
+  <si>
+    <t>29 marca 1989</t>
+  </si>
+  <si>
+    <t>Aleksander został aresztowany i skazany za „udział w grupowych działaniach rażąco naruszających porządek publiczny” w postępowaniu karnym wszczętym po protestach w sierpniu 2020 r. przeciwko wynikom wyborów prezydenckich.
+Według prokuratury, w nocy z 9 na 10 sierpnia 2020 r. Aleksander „znajdując się na jezdni i działając w grupie ludzi, krzyczał hasła, demonstrował biało-czerwono-białe transparenty, celowo utrudniał ruch pojazdów i pracę organizacji, biorąc tym samym czynny udział w grupowych działaniach, które rażąco naruszały porządek publiczny i którym towarzyszyło nieposłuszeństwo wobec prawnych żądań funkcjonariuszy państwowych”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.08.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 22.10.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-08-01 15:04:38</t>
+  </si>
+  <si>
+    <t>Dmitry Viktorovich Medvedsky</t>
+  </si>
+  <si>
+    <t>29 marca 1988</t>
+  </si>
+  <si>
+    <t>W 2020 był na czacie Lida 97%, gdzie aktywnie pisał wiadomości. Napisał też o swoich działaniach w planie Peramog - powiedział to w filmie na prorządowych kanałach telegramu. Według funkcjonariuszy bezpieczeństwa wzywał do strajków, protestów, a także do organizowania sabotażu na kolei.
+Prorządowe kanały telegramowe donoszą, że przeciwko Dmitrijowi wszczęto postępowanie karne za celowe wyłączanie linii komunikacyjnych i organizowanie akcji grupowych, które rażąco naruszają porządek publiczny.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii karnej.
+W wyniku wyroku Sądu Apelacyjnego termin ten został skr&amp;oacute;cony z 3 lat do 2,5 roku.</t>
+  </si>
+  <si>
+    <t>2022-11-13 23:48:09</t>
+  </si>
+  <si>
+    <t>Vladimir Rakhmedovich Dzhoraev</t>
+  </si>
+  <si>
+    <t>30 marca 1971</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:08:02</t>
+  </si>
+  <si>
     <t>Peter Bronislavovich Butko</t>
   </si>
   <si>
     <t>30 marca 1977</t>
   </si>
   <si>
     <t>Były policjant. Według zeznań prokuratury, 27 maja Butko, który po odejściu z policji został dyrektorem komercyjnej firmy transportowej, uderzył pięściami swojego pracownika Andrieja Zacharego „co najmniej 12 razy w głowę”. Ofiara powiedziała przed sądem, że „nie ma żadnych skarg” wobec Butko.
 W 2017 roku Butko zrezygnował ze służby, a w 2020 roku wyraził sprzeciw wobec brutalności sił bezpieczeństwa. W maju 2021 r. Łukaszenka pozbawił go stopnia podpułkownika rezerwy policji.
 Został oskarżony na podstawie przepisów administracyjnych za udział w protestach, co sąd wziął pod uwagę przy wydawaniu wyroku. Wiadomo, że podczas pobytu w więzieniu znajduje się na liście osób obserwacyjnych popierających ekstremizm. Organizacja praw człowieka RPF (Respect-Protect-Fulfill) doszukuje się w jego sprawie elementu politycznego.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 17.05.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-04-30 00:41:00</t>
   </si>
   <si>
+    <t>Anton Igorevich Sharupo</t>
+  </si>
+  <si>
+    <t>30 marca 1992</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.07.2024: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 17.09.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-08-01 11:36:50</t>
+  </si>
+  <si>
     <t>Pavel Viktorovich Chikhinsky</t>
   </si>
   <si>
     <t>30 marca 1978</t>
   </si>
   <si>
     <t>W 2020 roku Paweł pracował jako starszy śledczy w wydziale śledczym prokuratury miejskiej w Mińsku.
 Został aresztowany w sierpniu 2021 r. w związku ze sprawą karną wszczętą na podstawie artykułu „akt terroryzmu”, a w czerwcu 2023 r. skazany na podstawie artykułów „spisek w celu przejęcia władzy państwowej” i „nadużycie władzy”.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-01-23 18:24:57</t>
   </si>
   <si>
-    <t>Vladimir Rakhmedovich Dzhoraev</t>
-[...17 lines deleted...]
-    <t>2024-08-01 11:36:50</t>
+    <t>Vitaly Vasilievich Kushnerevich</t>
+  </si>
+  <si>
+    <t>30 marca 1991</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mohylew, ul. Czeluskincew, 76A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 5 lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego, 700 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2026-01-12 18:30:28</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Lysenko</t>
+  </si>
+  <si>
+    <t>31 marca 1983</t>
+  </si>
+  <si>
+    <t>2025-10-17 22:17:21</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Skrobot</t>
+  </si>
+  <si>
+    <t>31 marca 1980</t>
+  </si>
+  <si>
+    <t>Skazany za protest, który odbył się w dniach 10-11 sierpnia 2020 r. w Berezie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.08.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:14</t>
+  </si>
+  <si>
+    <t>Kirill Aleksandrovich Khudyakov</t>
+  </si>
+  <si>
+    <t>31 marca 1996</t>
+  </si>
+  <si>
+    <t>Pracownik EPAM. Wiadomo, że Kirył zajmował się szkicowaniem (nowoczesną formą sztuki): jego ostatnie prace ukazały się jesienią, a w styczniu złożył życzenia noworoczne swoim subskrybentom. Został zatrzymany po przyjeździe z Czarnogóry na Białoruś. Skazany za darowizny.
+28 maja 2024 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.03.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 28.05.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:11:19</t>
   </si>
   <si>
     <t>Alexander Viktorovich Lykshin</t>
   </si>
   <si>
     <t>31 marca 1989</t>
   </si>
   <si>
     <t>Aleksander jest oskarżony o udział w protestach i współpracę z serwisem „Pismo.bel”, który umożliwiał wysyłanie listów do więźniów politycznych. Wraz z nim zatrzymany został jego brat, artysta Władimir Łykszyn.
 Według wstępnych informacji od byłych współwięźniów, braciom postawiono zarzuty z artykułu 342 Kodeksu karnego Republiki Białorusi.
 18 marca 2024 roku Sąd Rejonowy Rejonu Sowieckiego w Mińsku przeprowadził proces braci oraz żony Aleksandra, Elizawiety . Sędzia Aleksandr Jakunczichin skazał ich wszystkich na 2,5 roku aresztu domowego.
 Został ponownie zatrzymany   pod koniec 2024 r. na podstawie części 1 artykułu 361. Przed rozprawą przebywał w areszcie tymczasowym nr 8, następnie w areszcie śledczym nr 1 i oczekiwał na apelację w areszcie tymczasowym nr 4.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.03.2024: 2 roku 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu data nieznana: 3 roku 7 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 100 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2023-12-25 01:37:31</t>
-  </si>
-[...54 lines deleted...]
-    <t>2024-08-28 13:15:14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1928,51 +1957,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I98"/>
+  <dimension ref="A1:I100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2040,2648 +2069,2694 @@
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
       <c r="I5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
+        <v>94</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
+      <c r="E17" t="s">
+        <v>28</v>
+      </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="I17" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="C18" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I18" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B19" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I19" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C20" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="I20" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B21" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C21" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="I21" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C22" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>13</v>
+      </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
+      <c r="E23" t="s">
+        <v>28</v>
+      </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="I23" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B24" t="s">
-        <v>124</v>
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
+      <c r="H24" t="s">
+        <v>130</v>
+      </c>
       <c r="I24" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B25" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>134</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="I25" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B26" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C26" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I26" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B27" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C27" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="I27" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B28" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="C29" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="I29" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C30" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E30" t="s">
+        <v>49</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="I30" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B31" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C31" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="D31" t="s">
-        <v>42</v>
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>140</v>
       </c>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="I31" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B32" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C32" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="I32" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="I34" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C35" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="I35" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>183</v>
+        <v>188</v>
+      </c>
+      <c r="C36" t="s">
+        <v>189</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="F36" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="I36" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B37" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C37" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>190</v>
+        <v>28</v>
       </c>
       <c r="F37" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="I37" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="B38" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C38" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>196</v>
+        <v>134</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="I38" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B39" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C39" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E39" t="s">
-        <v>184</v>
+        <v>49</v>
       </c>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="I39" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B40" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="I40" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C41" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>213</v>
+        <v>109</v>
       </c>
       <c r="F41" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B42" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C42" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D42" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E42" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F42" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="I42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B43" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C43" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F43" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D44" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="I44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C45" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E45" t="s">
+        <v>49</v>
       </c>
       <c r="F45" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="I45" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B46" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C46" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>190</v>
+        <v>242</v>
       </c>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I46" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B47" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C47" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>125</v>
+        <v>190</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
+      <c r="H47" t="s">
+        <v>248</v>
+      </c>
       <c r="I47" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C48" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>21</v>
+        <v>253</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I48" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B49" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C49" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E49" t="s">
+        <v>49</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="I49" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B50" t="s">
-        <v>257</v>
+        <v>261</v>
+      </c>
+      <c r="C50" t="s">
+        <v>262</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>258</v>
+        <v>13</v>
       </c>
       <c r="F50" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
+      <c r="H50" t="s">
+        <v>263</v>
+      </c>
       <c r="I50" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="I51" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B52" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>224</v>
+        <v>272</v>
       </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>272</v>
+        <v>59</v>
       </c>
       <c r="F53" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B54" t="s">
-        <v>276</v>
+        <v>279</v>
+      </c>
+      <c r="C54" t="s">
+        <v>280</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>53</v>
+        <v>242</v>
       </c>
       <c r="F54" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="I54" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B55" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="I55" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B56" t="s">
-        <v>284</v>
+        <v>288</v>
+      </c>
+      <c r="C56" t="s">
+        <v>289</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
         <v>28</v>
       </c>
       <c r="F56" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="I56" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B57" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C57" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="F57" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>83</v>
+        <v>295</v>
       </c>
       <c r="I57" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="B58" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
-      <c r="E58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>294</v>
+        <v>258</v>
       </c>
       <c r="I58" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B59" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>28</v>
+      </c>
       <c r="F59" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="I59" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B60" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="I60" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B61" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C61" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>190</v>
+        <v>28</v>
       </c>
       <c r="F61" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>309</v>
+        <v>95</v>
       </c>
       <c r="I61" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B62" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="C62" t="s">
         <v>313</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>302</v>
+      </c>
+      <c r="I62" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>315</v>
+      </c>
+      <c r="B63" t="s">
+        <v>316</v>
+      </c>
+      <c r="C63" t="s">
         <v>317</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>190</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>318</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>319</v>
-      </c>
-[...13 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>320</v>
+      </c>
+      <c r="B64" t="s">
+        <v>321</v>
+      </c>
+      <c r="C64" t="s">
         <v>322</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
         <v>323</v>
       </c>
-      <c r="C64" t="s">
+      <c r="H64" t="s">
         <v>324</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
         <v>327</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>328</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>330</v>
       </c>
       <c r="I65" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>332</v>
       </c>
       <c r="B66" t="s">
         <v>333</v>
       </c>
       <c r="C66" t="s">
         <v>334</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>224</v>
+        <v>89</v>
       </c>
       <c r="F66" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>335</v>
       </c>
       <c r="I66" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>337</v>
       </c>
       <c r="B67" t="s">
         <v>338</v>
       </c>
       <c r="C67" t="s">
         <v>339</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>340</v>
       </c>
       <c r="I67" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>342</v>
       </c>
       <c r="B68" t="s">
         <v>343</v>
       </c>
       <c r="C68" t="s">
         <v>344</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>345</v>
       </c>
       <c r="I68" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>347</v>
       </c>
       <c r="B69" t="s">
         <v>348</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F69" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>349</v>
       </c>
       <c r="I69" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>351</v>
       </c>
       <c r="B70" t="s">
         <v>352</v>
       </c>
       <c r="C70" t="s">
         <v>353</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>354</v>
       </c>
       <c r="I70" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>356</v>
       </c>
       <c r="B71" t="s">
         <v>357</v>
       </c>
       <c r="C71" t="s">
         <v>358</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>359</v>
       </c>
       <c r="I71" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>361</v>
       </c>
       <c r="B72" t="s">
         <v>362</v>
       </c>
       <c r="C72" t="s">
         <v>363</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>77</v>
+        <v>242</v>
       </c>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>364</v>
       </c>
       <c r="I72" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>366</v>
       </c>
       <c r="B73" t="s">
         <v>367</v>
       </c>
       <c r="C73" t="s">
         <v>368</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>144</v>
+        <v>89</v>
       </c>
       <c r="F73" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
         <v>369</v>
       </c>
       <c r="I73" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>371</v>
       </c>
       <c r="B74" t="s">
         <v>372</v>
       </c>
       <c r="C74" t="s">
         <v>373</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
         <v>374</v>
       </c>
       <c r="I74" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>376</v>
       </c>
       <c r="B75" t="s">
         <v>377</v>
       </c>
       <c r="C75" t="s">
         <v>378</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>190</v>
+        <v>140</v>
       </c>
       <c r="F75" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>379</v>
       </c>
       <c r="I75" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>381</v>
       </c>
       <c r="B76" t="s">
         <v>382</v>
       </c>
       <c r="C76" t="s">
         <v>383</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
+      <c r="E76" t="s">
+        <v>69</v>
+      </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>384</v>
       </c>
       <c r="I76" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>386</v>
       </c>
       <c r="B77" t="s">
         <v>387</v>
       </c>
       <c r="C77" t="s">
         <v>388</v>
       </c>
       <c r="D77" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>258</v>
+        <v>190</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>219</v>
+        <v>389</v>
       </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B78" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C78" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
-      <c r="E78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
         <v>28</v>
       </c>
       <c r="F79" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E80" t="s">
-        <v>144</v>
+        <v>49</v>
       </c>
       <c r="F80" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>221</v>
       </c>
       <c r="I80" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>405</v>
       </c>
       <c r="B81" t="s">
         <v>406</v>
       </c>
       <c r="C81" t="s">
         <v>407</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
+      <c r="E81" t="s">
+        <v>89</v>
+      </c>
       <c r="F81" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
         <v>408</v>
       </c>
       <c r="I81" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>410</v>
       </c>
       <c r="B82" t="s">
         <v>411</v>
       </c>
       <c r="C82" t="s">
         <v>412</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
         <v>413</v>
       </c>
       <c r="I82" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>415</v>
       </c>
       <c r="B83" t="s">
         <v>416</v>
       </c>
       <c r="C83" t="s">
         <v>417</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>77</v>
+        <v>242</v>
       </c>
       <c r="F83" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
         <v>418</v>
       </c>
       <c r="I83" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>420</v>
       </c>
       <c r="B84" t="s">
         <v>421</v>
       </c>
       <c r="C84" t="s">
         <v>422</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
         <v>423</v>
       </c>
       <c r="I84" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>425</v>
       </c>
       <c r="B85" t="s">
         <v>426</v>
       </c>
       <c r="C85" t="s">
         <v>427</v>
       </c>
       <c r="D85" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>258</v>
+        <v>109</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
         <v>428</v>
       </c>
       <c r="I85" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>430</v>
       </c>
       <c r="B86" t="s">
         <v>431</v>
       </c>
+      <c r="C86" t="s">
+        <v>432</v>
+      </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="F86" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I86" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B87" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="C87" t="s">
         <v>436</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
+      <c r="E87" t="s">
+        <v>89</v>
+      </c>
       <c r="F87" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
         <v>437</v>
       </c>
       <c r="I87" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>439</v>
       </c>
       <c r="B88" t="s">
         <v>440</v>
       </c>
       <c r="C88" t="s">
         <v>441</v>
       </c>
       <c r="D88" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E88" t="s">
-        <v>207</v>
+        <v>49</v>
       </c>
       <c r="F88" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>442</v>
       </c>
       <c r="I88" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>444</v>
       </c>
       <c r="B89" t="s">
         <v>445</v>
       </c>
       <c r="C89" t="s">
         <v>446</v>
       </c>
       <c r="D89" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E89" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F89" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
         <v>447</v>
       </c>
       <c r="I89" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>449</v>
       </c>
       <c r="B90" t="s">
         <v>450</v>
       </c>
       <c r="C90" t="s">
         <v>451</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
-      <c r="E90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G90" t="s">
-        <v>314</v>
+        <v>15</v>
       </c>
       <c r="H90" t="s">
         <v>452</v>
       </c>
       <c r="I90" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>454</v>
       </c>
       <c r="B91" t="s">
         <v>455</v>
       </c>
       <c r="C91" t="s">
         <v>456</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>207</v>
+        <v>109</v>
       </c>
       <c r="F91" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
         <v>457</v>
       </c>
       <c r="I91" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>459</v>
       </c>
       <c r="B92" t="s">
         <v>460</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F92" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G92" t="s">
         <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="I92" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>462</v>
       </c>
       <c r="B93" t="s">
         <v>463</v>
       </c>
+      <c r="C93" t="s">
+        <v>464</v>
+      </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>77</v>
+        <v>109</v>
       </c>
       <c r="F93" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G93" t="s">
-        <v>15</v>
+        <v>323</v>
       </c>
       <c r="H93" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="I93" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B94" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>190</v>
+        <v>89</v>
       </c>
       <c r="F94" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G94" t="s">
         <v>15</v>
       </c>
       <c r="H94" t="s">
         <v>469</v>
       </c>
       <c r="I94" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>471</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
+      <c r="C95" t="s">
+        <v>473</v>
+      </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
+      <c r="E95" t="s">
+        <v>109</v>
+      </c>
       <c r="F95" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>285</v>
+        <v>474</v>
       </c>
       <c r="I95" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B96" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>28</v>
+        <v>478</v>
       </c>
       <c r="F96" t="s">
         <v>22</v>
       </c>
       <c r="G96" t="s">
         <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="I96" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B97" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
-      <c r="E97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>482</v>
+        <v>302</v>
       </c>
       <c r="I97" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>484</v>
       </c>
       <c r="B98" t="s">
         <v>485</v>
       </c>
       <c r="C98" t="s">
         <v>486</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
         <v>487</v>
       </c>
       <c r="I98" t="s">
         <v>488</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>489</v>
+      </c>
+      <c r="B99" t="s">
+        <v>490</v>
+      </c>
+      <c r="C99" t="s">
+        <v>491</v>
+      </c>
+      <c r="D99" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" t="s">
+        <v>28</v>
+      </c>
+      <c r="F99" t="s">
+        <v>14</v>
+      </c>
+      <c r="G99" t="s">
+        <v>15</v>
+      </c>
+      <c r="H99" t="s">
+        <v>492</v>
+      </c>
+      <c r="I99" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>494</v>
+      </c>
+      <c r="B100" t="s">
+        <v>495</v>
+      </c>
+      <c r="C100" t="s">
+        <v>496</v>
+      </c>
+      <c r="D100" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" t="s">
+        <v>190</v>
+      </c>
+      <c r="F100" t="s">
+        <v>14</v>
+      </c>
+      <c r="G100" t="s">
+        <v>15</v>
+      </c>
+      <c r="H100" t="s">
+        <v>497</v>
+      </c>
+      <c r="I100" t="s">
+        <v>498</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">