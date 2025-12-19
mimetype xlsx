--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="397">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -66,726 +66,660 @@
     <t>Alexander Sergeevich Shkryadov</t>
   </si>
   <si>
     <t>1 lutego 1982</t>
   </si>
   <si>
     <t>W grudniu 2023 r. Aleksander został skazany na podstawie artykułu „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny w nich udział” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze otwartym.</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
     <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
     <t>Decyzja sądu 13.12.2023: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 28.02.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
+  </si>
+  <si>
+    <t>Alexander Zufarievich Ziyazetdinov</t>
+  </si>
+  <si>
+    <t>1 lutego 1987</t>
+  </si>
+  <si>
+    <t>Białoruska telewizja państwowa poinformowała, że w maju 2021 r. Aleksandr przekazał BYPOL-owi około 800 dolarów amerykańskich. Warto zauważyć, że BYPOL został uznany za organizację ekstremistyczną w listopadzie 2021 r., co oznacza, że w momencie przeniesienia inicjatywa nie miała charakteru ekstremistycznego.
+Według świadków, Aleksandrowi rzeczywiście zaproponowano odszkodowanie za szkody za pośrednictwem funduszu powiązanego z prezydentem. Zgodził się na takie odszkodowanie w zamian za uwolnienie, ale sprawy nie potoczyły się zgodnie z planem. Aleksandrowi odmówiono przyjęcia go, a jego pieniądze (około 30 bitcoinów) skonfiskowano. Organizacja BYPOL została uznana za „formację terrorystyczną” i wszczęto nową sprawę karną przeciwko Aleksandrowi na podstawie artykułu „Finansowanie działalności terrorystycznej”.
+15 marca 2024 r. w Sądzie Miejskim w Mińsku sędzia Jelena Szylkо wydała nowy wyrok – 9 lat więzienia. Fala ułaskawień, która przetoczyła się przez kraj, nie wpłynęła na więźnia politycznego.</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.10.2022: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.01.2023: nieznany. Decyzja sądu 15.03.2024: 9 lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.05.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-10-13 21:55:50</t>
   </si>
   <si>
     <t>Vladimir Alexandrovich Denisenko</t>
   </si>
   <si>
     <t>1 lutego 1977</t>
   </si>
   <si>
     <t>Psycholog i przedsiębiorca ze Słucka. Ukończył Mińską Techniczną Szkołę Lotnictwa Cywilnego oraz Uniwersytet Janki Kupały w Grodnie, specjalizując się w psychologii. Władimir aktywnie pomagał osobom uzależnionym od alkoholu. Lubił sport i czytanie. Ma dwoje dorosłych dzieci.
 W listopadzie 2020 r. Władimir został już zatrzymany na podstawie art. 23.34 Kodeksu wykroczeń administracyjnych i skazany na 10 dni aresztu administracyjnego, który odbył w Słucku.
 24 czerwca 2025 roku został zatrzymany w domu w ramach tzw. „sprawy Gayuna”.</t>
   </si>
   <si>
     <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
   </si>
   <si>
-    <t>W więzieniu</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-22 18:36:28</t>
-  </si>
-[...51 lines deleted...]
-    <t>2024-06-21 15:40:54</t>
   </si>
   <si>
     <t>Victor Dmitrievich Novik</t>
   </si>
   <si>
     <t>2 lutego 1989</t>
   </si>
   <si>
     <t>Celnik.
 W Sądzie Miejskim w Mińsku od 10 października 2023 r. do 6 lutego 2024 r. toczyła się niejawna rozprawa przeciwko trzem pracownikom służby celnej Jewgienijowi Gurinowiczowi, Wiktorowi Nowikowi i Władimirowi Żuromskiemu. Łącznie byli sądzeni na podstawie ośmiu artykułów Kodeksu karnego. Zarzuca się im między innymi „zdradę państwa”, „promowanie działalności ekstremistycznej”, „przekraczanie władzy oficjalnej”, „podżeganie do innej wrogości społecznej” oraz „tworzenie formacji ekstremistycznych lub udział w nich”.
 Szczegóły sprawy i przyczyny prześladowań nie są znane działaczom na rzecz praw człowieka.
 W dniu 24 maja 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.02.2024: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 24.05.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-10-10 00:13:29</t>
   </si>
   <si>
-    <t>Maksim Bogdanovich Senik</t>
-[...17 lines deleted...]
-  <si>
     <t>Peter Cheslavovich Yurkevich</t>
   </si>
   <si>
     <t>2 lutego 1973</t>
   </si>
   <si>
     <t>Piotr został aresztowany w styczniu 2022 roku pod zarzutem terroryzmu o podłożu politycznym i skazany za szereg przestępstw. Został skazany na długoletnią karę więzienia, z czego pierwsze pięć lat spędzi w kolonii karnej.
 Zgodnie z aktem oskarżenia, od lipca 2020 do stycznia 2022 roku „zorganizowana grupa przestępcza” rzekomo planowała przestępstwa ekstremistyczne na Białorusi, w Turcji, Polsce, na Ukrainie i w innych krajach. W jej skład wchodzili radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni dążący do nielegalnego przejęcia władzy. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 roku oraz „organizacją masowych zamieszek”.
 W 2025 r. Petra ponownie przeniesiono do Aresztu Śledczego nr 1, prawdopodobnie w związku z nową sprawą karną; na początku listopada 2025 r. ponownie przeniesiono go do kolonii karnej.</t>
   </si>
   <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
     <t>Decyzja sądu 21.06.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia). Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-01-23 20:18:16</t>
   </si>
   <si>
-    <t>Valentin Valentinovich Panasik</t>
-[...11 lines deleted...]
-    <t>2022-01-26 01:02:00</t>
+    <t>Dmitriy Gennadievich Rutkevich</t>
+  </si>
+  <si>
+    <t>2 lutego 1995</t>
+  </si>
+  <si>
+    <t>W grudniu 2023 r. w Baranowiczach zatrzymano co najmniej osiem osób. Zarzuca się im udział w protestach w 2020 r.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.07.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 01.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-06-21 15:40:54</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Andronov</t>
+  </si>
+  <si>
+    <t>2 lutego 1977</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Alexander Valerievich Koval</t>
   </si>
   <si>
     <t>3 lutego 1985</t>
   </si>
   <si>
     <t>Koval został zatrzymany 28 maja 2023 r. tuż przy granicy. Wracał z zawodów na Słowacji, a po wjeździe na Białoruś Koval został poproszony o sprawdzenie telefonu. Mężczyzna sam przekazał siłom bezpieczeństwa swój telefon i hasło. Podczas przesłuchania okazało się, że posiada dane, które zdaniem białoruskich sił bezpieczeństwa są „zakazane”. Od tego dnia Koval przebywa w niewoli.Podczas procesu karnego Koval został oskarżony o wysłanie wideo do bota telegramu Nexta Editorial 27 marca 2022 r. Na nagraniu widać ruch sprzętu wojskowego na obwodnicy MKAD (okolice Mińska). Tym samym zdaniem prokuratury Koval dopuścił się przestępstwa, ponieważ władze białoruskie uważają Nextę za „formację ekstremistyczną”.</t>
   </si>
   <si>
     <t>2,5 roku więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
     <t>Sergey Viktorovich Doronin</t>
   </si>
   <si>
     <t>3 lutego 1975</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>Decyzja sądu 13.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Andrey Aleksandrovich Garun</t>
   </si>
   <si>
     <t>4 lutego 1989</t>
   </si>
   <si>
     <t>Były funkcjonariusz organów ścigania, potem pracował dla EPAM, zanim został aresztowany.
 Został zatrzymany w październiku 2021 r. z art. 130 Kodeksu karnego (podżeganie do niezgody społecznej) za przekazanie danych sił bezpieczeństwa do kanałów telegramowych Punishers of Białoruś i Czarna księga Białorusi.</t>
   </si>
   <si>
     <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
+  </si>
+  <si>
+    <t>Valentin Arkadyevich Antsypovich</t>
+  </si>
+  <si>
+    <t>4 lutego 1965</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
   </si>
   <si>
     <t>Alexander Arkadyevich Maksimovich</t>
   </si>
   <si>
     <t>4 lutego 1996</t>
   </si>
   <si>
     <t>Oskarżony o finansowanie działalności ekstremistycznej i terrorystycznej poprzez datki na rzecz inicjatywy protestacyjnej (Bysol).
 Aleksander pochodzi z Głuska, małego ośrodka regionalnego w obwodzie mohylewskim. Po ukończeniu szkoły wstąpiłem na Białoruski Państwowy Uniwersytet Informatyki i Radioelektroniki na kierunku „Systemy i technologie informacyjne w logistyce”.
 Aleksander pracował w branży IT.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.05.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
-    <t>Valentin Arkadyevich Antsypovich</t>
-[...10 lines deleted...]
-  <si>
     <t>Tatiana Olegovna Frantskevich</t>
   </si>
   <si>
     <t>4 lutego 1959</t>
   </si>
   <si>
     <t>Tatiana Frantskevich i Natalia Łobacevich zostały zatrzymane 19 lipca 2024 r., kiedy Tatiana została wezwana przed Komitet Śledczy, aby podpisać zobowiązanie o nieopuszczaniu Połocka. Natalia pojechała z nią, aby ją wesprzeć.
 Wszczęto postępowanie karne przeciwko Tatianie Frantskevich, matce skazanego anarchisty Aleksandra Frantskevicha, i jej siostrze Natalii Łobacewicz, matce byłego więźnia politycznego Ilji Łobacewicza, i umieszczono je w areszcie śledczym w Witebsku.</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
   </si>
   <si>
     <t>Decyzja sądu 18.02.2025: 3 roku 3 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 15.04.2025: wysłano do sprawdzenia. Decyzja sądu 16.06.2025: 3 roku 3 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-07-25 20:26:18</t>
   </si>
   <si>
-    <t>Anastasiya Valerievna Zhylskaya</t>
-[...59 lines deleted...]
-    <t>2024-02-15 23:01:27</t>
+    <t>Denis Sergeevich Petkevich</t>
+  </si>
+  <si>
+    <t>6 lutego 1991</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>2025-10-05 15:02:59</t>
   </si>
   <si>
     <t>Andrey Andreevich Zaikov</t>
   </si>
   <si>
     <t>6 lutego 1987</t>
   </si>
   <si>
     <t>Andrzej ma 36 lat. W 2020 roku pracował w agencji nieruchomości Etazhi. Mężczyzna ma małą córeczkę.
 Według prorządowych kanałów telegramów on sam napisał do Czarnej Księgi Białorusi i zaproponował, że ujawni adresy sił bezpieczeństwa biorących udział w represjach. Andriej nie wiedział, że po drugiej stronie odpowiada mu pracownik GUBOPiK-u Artur Gaiko.
 Andriej został zatrzymany 10 listopada 2023 r. Grozi mu teraz do 12 lat więzienia.
 Mężczyzna korzysta z tego samego konta od 2019 roku. Stamtąd „wyciekał" informacje do Czarnej Księgi Białorusi i z niej pisał komentarze na otwartych czatach i grupach. Film pokazuje jego zarchiwizowaną nazwę użytkownika z bazy botów ChKB, którą zapisał Arthur Gaiko. Dzięki niemu można znaleźć aktualna nazwa konta telegramu i identyfikator.</t>
   </si>
   <si>
     <t>nieznane lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
-    <t>Sergey Vasilievich Shaban</t>
-[...14 lines deleted...]
-    <t>2021-07-06 23:32:05</t>
+    <t>Diana Nikolaevna Stulba</t>
+  </si>
+  <si>
+    <t>6 lutego 1984</t>
+  </si>
+  <si>
+    <t>Ekspert sądowy.
+W dniu 27 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
+  </si>
+  <si>
+    <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Aleksey Igorevich Golovko</t>
   </si>
   <si>
     <t>6 lutego 2001</t>
   </si>
   <si>
     <t>Aleksiej, aktywista ruchu anarchistycznego, został zatrzymany w marcu 2021 r. w ramach postępowania karnego przeciwko anarchistom z obwodu brzeskiego. Został skazany na podstawie kilku zarzutów karnych, takich jak „udział w działaniach grupowych rażąco naruszających porządek publiczny” oraz „utworzenie grupy ekstremistycznej i udział w niej”.
 Wiadomo, że zarzuty dotyczą epizodu blokowania dróg w Brześciu w 2018 r. podczas protestu przeciwko budowie fabryki baterii, a także udziału w „Marszu Nie-Pasożytów”, który odbył się 5 marca 2017 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.09.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu 05.09.2025: 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
+    <t>Sergey Vasilievich Shaban</t>
+  </si>
+  <si>
+    <t>6 lutego 1971</t>
+  </si>
+  <si>
+    <t>Siergiej, wiceprezes zarządu Belgazprombanku, został zatrzymany w związku ze sprawą Babaryki i skazany w lipcu 2021 r. na podstawie artykułu „przyjęcie łapówki”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.07.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2021-07-06 23:32:05</t>
+  </si>
+  <si>
     <t>Marina Mikhailovna Morozova</t>
   </si>
   <si>
     <t>7 lutego 1971</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
     <t>Igor Sergeevich Shkirov</t>
   </si>
   <si>
     <t>7 lutego 1984</t>
   </si>
   <si>
     <t>2 lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-09-18 15:47:50</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-06-26 16:30:15</t>
   </si>
   <si>
     <t>Elena Vasilievna Mokhoreva</t>
   </si>
   <si>
     <t>9 lutego 1967</t>
   </si>
   <si>
     <t>Indywidualną przedsiębiorczynię Elenę zatrzymano i oskarżono o „podżeganie do nienawiści etnicznej” i „cyniczny stosunek do ofiar ataku terrorystycznego”. Pod koniec marca napisała na jednym z kanałów Telegram: „W Federacji Rosyjskiej widzą tylko ofiary w Crocus City, a nie widzą ofiar rosyjskich bombardowań Ukrainy”.
 O jej sprawie wspomniał prokurator Homela Władysław Żurakowski, który stwierdził, że wszczęto przeciwko niej postępowanie karne „na podstawie artykułu o ekstremizmie” za „obrażanie narodu rosyjskiego” na „opozycyjnych ukraińskich zasobach internetowych”. Została również skazana na podstawie artykułu „pomoc w działalności ekstremistycznej”.
 Wiadomo również, że stan zdrowia Eleny pogorszył się w areszcie tymczasowym. Zastosowano wobec niej zasadę „leżenia w łóżku”, co pozwala jej leżeć w łóżku przez kilka godzin dziennie. Często odwiedzała lekarzy i czasami dostawała zastrzyki.</t>
   </si>
   <si>
     <t>Decyzja sądu 10.09.2024: nieznany. Apelacja 29.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 21:46:18</t>
   </si>
   <si>
+    <t>Roman Bahaddinovich Guseinov</t>
+  </si>
+  <si>
+    <t>10 lutego 1985</t>
+  </si>
+  <si>
+    <t>SIZO-6, ul. Baranowicze Brestskaja 258 V, 225413</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:25:51</t>
+  </si>
+  <si>
     <t>Denis Fadeevich Tsybulsky</t>
   </si>
   <si>
     <t>11 lutego 1981</t>
   </si>
   <si>
     <t>Skazany przez Sąd Rejonowy Zawodski w Mińsku na podstawie art. 342, część 1 Kodeksu karnego. 22 marca 2023 r. sprawę rozpatrywała sędzia Żanna Chwojnicka. Skazany na karę ograniczenia wolności z możliwością umieszczenia w zakładzie karnym, termin nieznany .
 Na początku maja 2024 roku okazało się, że Denis jest zamieszany w nową sprawę. Rozprawa została wyznaczona na 7 maja. Oprócz niego w sprawę zaangażowani byli Andriej Stabuljaniec i Aleksandr Szarabajko . W zależności od roli każdego z nich, zostali oni oskarżeni na podstawie artykułu 368 (znieważenie Łukaszenki), artykułu 369 Kodeksu karnego (znieważenie urzędnika państwowego) oraz artykułu 361-1 Kodeksu karnego (udział w grupie ekstremistycznej). W Sądzie Obwodowym w Witebsku Jewgienij Burunow rozpatrywał sprawę na posiedzeniu niejawnym od 7 maja do 5 czerwca 2024 roku. W rezultacie Denis został skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze . Dokładny wymiar kary nie jest znany (około pięciu lat ).</t>
   </si>
   <si>
     <t>Decyzja sądu 22.03.2023: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 06.06.2023: nieznany. Decyzja sądu 05.06.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
-  </si>
-[...86 lines deleted...]
-    <t>2025-03-11 17:41:30</t>
   </si>
   <si>
     <t>Vitaly Yurievich Melnik</t>
   </si>
   <si>
     <t>12 lutego 1982</t>
   </si>
   <si>
     <t>Zatrzymany w sprawie „partyzantów kolejowych”.
 Wiadomo, że mężczyzna mieszka we wsi Khodakovo, ma małe dziecko.
 Podczas aresztowania został postrzelony w staw kolanowy.
 Rodzina uważa, że Witalij nie ma nic wspólnego z artykułami zdrowymi na umyśle, a zatrzymanie łączy z zemstą miejscowego sędziego oraz faktem, że Witalij był wcześniej karany.
 Szczegóły sprawy nie są znane.</t>
   </si>
   <si>
     <t>IK-13, Glubokoe, ul. Sowieckaja, 205, 211791</t>
   </si>
   <si>
     <t>16 lat pozbawienia wolności w kolonii w warunkach surowego reżimu i 300 grzywien podstawowych.</t>
   </si>
   <si>
     <t>2022-07-22 14:35:14</t>
   </si>
   <si>
+    <t>Sergey Aleksandrovich Sikorsky</t>
+  </si>
+  <si>
+    <t>12 lutego 1976</t>
+  </si>
+  <si>
+    <t>Siergiej, asystent szefa jednej ze stołecznych organizacji, został zatrzymany we wrześniu 2020 r. w swoim domu za udział w proteście przeciwko sfałszowaniu wyborów prezydenckich i przemocy wobec pokojowo nastawionych obywateli, do którego doszło 11 sierpnia 2020 r. w Mińsku. Został skazany za „udział w masowych zamieszkach”, a także za przestępstwa związane z narkotykami.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.05.2021: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2021-05-06 19:38:28</t>
+  </si>
+  <si>
+    <t>Natalia Sergeevna Belokurskaya</t>
+  </si>
+  <si>
+    <t>12 lutego 1972</t>
+  </si>
+  <si>
+    <t>Natalię zatrzymano, a w styczniu 2025 r. uznano winną publicznego znieważenia Łukaszenki i urzędnika państwowego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.01.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych, 60 jednostek bazowych kary. Apelacja 11.03.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-03-11 17:41:30</t>
+  </si>
+  <si>
+    <t>Alexandra Vyacheslavovna Pulinovich</t>
+  </si>
+  <si>
+    <t>12 lutego 2007</t>
+  </si>
+  <si>
+    <t>W prorządowym filmie (kwiecień 2024) podano, że sześcioro nastolatków rzekomo zjednoczyło się w „anarchistycznej komórce „Czarne Słowiki”, która „pod przywództwem Narodowo-Wyzwoleńczej Armii Ukrainy” została utworzona przez 16-letnią obywatelkę Ukrainy Marię Misiuk .
+Pracownicy ONT twierdzą , że nastolatkowie zjednoczyli się, aby przeprowadzić sabotaż na wysypisku na Białorusi, a następnie w Rosji. Maria jest oskarżona z części 2 art. 289 Kodeksu karnego (akt terroryzmu). Według tej historii 16-letnia Maria Misyuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „anarchistyczną komórkę do przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci szkół wyższych w Baranowiczach, Nieświeżu, Mirze, Mińsku i Łunińcu. Są to Trofim Borysow, Siergiej Żigalew, Dmitrij Zahoroshko, Anastazja Klimenko i Aleksandra Pulinowicz . Według pracowników ONT młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do pierwszej poważnej akcji - zebrania materiałów wybuchowych i wysadzenia baranowickiego komisariatu policji lub prokuratury. Nie wiadomo, pod jakimi zarzutami zarzuca się pozostałym pięciu uczestnikom. Nieznany jest także ich status i lokalizacja.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 10 lata 3 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2024-05-01 20:30:24</t>
+  </si>
+  <si>
+    <t>Alla Vyacheslavovna Yushkevich</t>
+  </si>
+  <si>
+    <t>12 lutego 1967</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.06.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-06-07 15:54:01</t>
+  </si>
+  <si>
+    <t>Andrey Vasilevich Tsypak</t>
+  </si>
+  <si>
+    <t>12 lutego 1993</t>
+  </si>
+  <si>
+    <t>Były pracownik MTS z Brześcia został zatrzymany na początku listopada 2022 roku. W filmie „pokuta” powiedział, że w latach 2020-2021 pracował w MTS i miał dostęp do danych. Według funkcjonariuszy bezpieczeństwa Andriej przekazał Czarnej Księdze Białorusi dane kilku urzędników i prokuratorów.
+Były współwięzień Cypaka powiedział działaczom praw człowieka, że Andriej został dotkliwie pobity podczas aresztowania.
+Sprawa Andrieja była rozpatrywana za zamkniętymi drzwiami, więc wynik procesu jest nieznany obrońcom praw człowieka.
+Andriej Cypak grał wcześniej w brzeskim klubie piłki ręcznej im. Mieszkowa. Od 2020 do 2021 roku pracował w MTS - i w tym czasie, według sił bezpieczeństwa, przekazał do inicjatywy protestacyjnej dane kilku prokuratorów i urzędników państwowych.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2023-03-16 22:41:19</t>
+  </si>
+  <si>
+    <t>Nikolay Nikolaevich Lyutskevich</t>
+  </si>
+  <si>
+    <t>12 lutego 1973</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-10-31 17:31:38</t>
+  </si>
+  <si>
+    <t>Marina Yuryevna Khramtsova</t>
+  </si>
+  <si>
+    <t>13 lutego 1984</t>
+  </si>
+  <si>
+    <t>Marina wcześniej pracowała jako przedsiębiorca, sprzedając podłogi. Jej firma została zamknięta w 2015 roku, po czym przeniosła się do innej firmy, która zajmowała się tym samym.
+Kobieta znana jest jako miłośniczka kultury białoruskiej, brała udział w wydarzeniach Towarzystwa Języka Białoruskiego i klubu tańca ludowego.
+Najprawdopodobniej sprawa ma związek z udziałem Aleksandry w protestacyjnych czatach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
+  </si>
+  <si>
+    <t>Denis Mikhailovich Krasko</t>
+  </si>
+  <si>
+    <t>13 lutego 1975</t>
+  </si>
+  <si>
+    <t>Z materiałów prokuratury wynika, że w grudniu 2020 roku Krasko „opublikował w Internecie komentarze należące do domeny publicznej, których celem było wspieranie działań ekstremistycznych, propaganda i agitowanie niezgody społecznej i wrogości wobec pracowników państwowych organów ścigania Republiki Białorusi, przedstawicieli władz wymiar sprawiedliwości, personel wojskowy służący w Siłach Zbrojnych Republiki Białoruś opublikował w Internecie publicznie dostępne komentarze, których celem było wspieranie działalności ekstremistycznej, propagowanie i agitowanie niezgody społecznej i wrogości wobec tej kategorii osób.”</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.01.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 29.03.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-12-11 22:28:12</t>
+  </si>
+  <si>
     <t>Vitaly Petrovich Minkevich</t>
   </si>
   <si>
     <t>13 lutego 1994</t>
   </si>
   <si>
     <t>Mieszkaniec obwodu mohylewskiego . Pracownik sklepu obuwniczego.
 W 2020 roku został zatrzymany za udział w protestach.
 Zatrzymany za sabotaż kolei w pobliżu stacji Bobrujsk oraz podpalenie strzelnicy jednostki wojskowej 5527.
 W dniu 12 kwietnia 2024 r. odbył się proces o zmianę warunków reżimu odbywania kary i Witalij został przeniesiony na karę więzienia na okres 3 lat.</t>
   </si>
   <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
   </si>
   <si>
     <t>15 lat więzienia w kolonii o zaostrzonym reżimie</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
   </si>
   <si>
-    <t>Denis Mikhailovich Krasko</t>
-[...11 lines deleted...]
-    <t>2023-12-11 22:28:12</t>
+    <t>Valery Viktorovich Borzenko</t>
+  </si>
+  <si>
+    <t>13 lutego 1971</t>
+  </si>
+  <si>
+    <t>Został uznany za winnego wysyłania informacji o swoim byłym liderze do botów telegramowych „kanałów destrukcyjnych” w listopadzie 2020 r. i marcu 2021 r. Następnie został umieszczony przez środki, za pośrednictwem których „prowadzono nielegalną działalność w ramach formacji ekstremistycznych”. Ponadto, według prokuratury, publikacja informacji otrzymanych od Borzenki pociągała za sobą „inne poważne konsekwencje”.
+Uznano go również za winnego nabywania i przechowywania amunicji do broni palnej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-10-03 16:12:26</t>
   </si>
   <si>
     <t>Valentin Valentinovich Terenevich</t>
   </si>
   <si>
     <t>Zastępca brygadzisty w zakładach Chimwołokno (część Grodna Azotu), wiceprzewodniczący Białoruskiego Niezależnego Związku Zawodowego Grodno Azot. Według wstępnych informacji był zatrzymany na podstawie art. 356 i 357 Kodeksu karnego Republiki Białorusi („zdrada państwa” oraz „spisek lub inne działania mające na celu przejęcie władzy państwowej”).
 9 listopada 2022 r. Sąd Okręgowy w Homlu rozpoczął rozpatrywanie „sprawy Rabochaga Ruhu”, w którą zamieszanych jest dziesięciu więźniów politycznych. W drugim dniu rozprawy wszyscy oskarżeni w tej sprawie złożyli przed sądem oświadczenie, że nie przyznają się do winy za zdradę stanu i utworzenie grupy ekstremistycznej . Wszyscy oskarżeni w „sprawie Rabochaga Ruhu” odmówili składania zeznań na rozprawie. 27 grudnia proces zamknięto do czasu ogłoszenia wyroku, choć wcześniej toczył się on jawnie.
 17 lutego 2023 r. Homelski Sąd Okręgowy wydał wyrok w „sprawie Rabochaga Rukh”. Sędzia Aleksander Piskunow uznał Walentina za winnego.
 9 października 2024 r. w sądzie w Nowopołocku Walentin będzie rozpatrywał sprawę „w sprawie przeniesienia do innego rodzaju zakładu karnego i zmiany warunków pozbawienia wolności”. Sędzia Alla Gatikh przeniosła więźnia politycznego do reżimu więziennego , termin nie jest jeszcze znany .</t>
   </si>
   <si>
     <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
   </si>
   <si>
     <t>Decyzja sądu 17.02.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: nieznany. Sąd zmiany reżimu 09.10.2024: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-09-26 12:54:01</t>
   </si>
   <si>
-    <t>Valery Viktorovich Borzenko</t>
-[...31 lines deleted...]
-  <si>
     <t>Anna Gennadievna Shpak</t>
   </si>
   <si>
     <t>14 lutego 1997</t>
   </si>
   <si>
     <t>Anna ukończyła studia na Wydziale Sportu Masowego Białoruskiego Państwowego Uniwersytetu Wychowania Fizycznego w 2019 roku. Pracowała jako trener i nauczyciel w Szkole Olimpijskiej Rezerwy Buriewiestnik w Mińsku.
 W 2014 roku Anna wzięła udział w II Letnich Igrzyskach Olimpijskich Młodzieży, gdzie skoczyła 3,80 m i zajęła czwarte miejsce w klasyfikacji generalnej. Za to osiągnięcie otrzymała stypendium Narodowego Komitetu Olimpijskiego.
 Prawdopodobnie została zatrzymana w związku ze „sprawą Gayun”. Na „liście ekstremistów” prowadzonej przez Ministerstwo Spraw Wewnętrznych jej status widnieje jako „odbywająca karę”. Oznacza to, że została skazana na kolonię karną z nakazem aresztowania lub kolonię więzienną.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
+    <t>Andrey Anatolyevich Berestovoj</t>
+  </si>
+  <si>
+    <t>15 lutego 1980</t>
+  </si>
+  <si>
+    <t>Andriej Bieriestovoj ma ponad 20 lat doświadczenia w projektowaniu, a od 15 lat pracuje w branży IT. W drugiej połowie 2024 roku został zatrzymany. Wiadomo jedynie, że powodem zatrzymania mogły być komentarze Bieriestovojego na Telegramie. Używał starego konta powiązanego z jego własnym białoruskim numerem i starego pseudonimu, którego używał wszędzie.
+Wiadomo, że okresowo podróżował na Białoruś.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-07-24 17:15:25</t>
+  </si>
+  <si>
     <t>Anton Olegovich Cheremnykh</t>
   </si>
   <si>
     <t>15 lutego 1983</t>
   </si>
   <si>
     <t>Zastępca dowódcy 310. grupy artylerii do pracy ideologicznej 120. oddzielnej brygady zmechanizowanej gwardii, podpułkownik. Zarzuca mu się „zdradę państwa przez osobę uprawnioną do służby wojskowej” oraz „podżeganie do innych waśni społecznych”.
 Okoliczności sprawy nie są znane.
 W dniach 5 i 17 lipca 2024 r. apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 28.03.2024: nieznany. Apelacja 17.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-03-16 11:23:55</t>
-  </si>
-[...17 lines deleted...]
-    <t>2025-07-24 17:15:25</t>
   </si>
   <si>
     <t>Evgeny Aleksandrovich Zborovsky</t>
   </si>
   <si>
     <t>15 lutego 1994</t>
   </si>
   <si>
     <t>Jewgienij został natychmiast oskarżony na podstawie 9 artykułów Kodeksu karnego. Powodem tego były komentarze w Telegramie i wysłanie 0,28 i 0,004 bitcoinów do administratorów kanałów Telegrama.
 Ponadto od grudnia 2019 r. do stycznia 2020 r. zakupił „szczególnie niebezpieczne substancje psychotropowe”, a w Rosji (w obwodzie briańskim) zakupił broń palną – pistolet Makarowa (PM) i co najmniej 46 naboi do niego.
 Proces trwał od 14 lutego do 2 czerwca, prawie cztery miesiące.
 Jewgienij częściowo przyznał się do winy, wyjaśnił, że nie zgadza się z wynikami wyborów prezydenckich na Białorusi, dlatego zdecydował się działać aktywnie.</t>
   </si>
   <si>
     <t>8 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-02-14 21:25:55</t>
   </si>
   <si>
     <t>Maxim Viktorovich Polonsky</t>
   </si>
   <si>
     <t>16 lutego 1986</t>
   </si>
@@ -837,281 +771,243 @@
   </si>
   <si>
     <t>17 lutego 1991</t>
   </si>
   <si>
     <t>Decyzja sądu 15.05.2024: 4 roku 3 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 05.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Dmitriy Valerievich Gut</t>
   </si>
   <si>
     <t>18 lutego 1988</t>
   </si>
   <si>
     <t>Dmitry pracował w branży IT, wcześniej przez 7 lat pracował w prokuraturze.
 W dniu 09 stycznia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
+  </si>
+  <si>
+    <t>Arseny Olegovich Moiseichik</t>
+  </si>
+  <si>
+    <t>19 lutego 2002</t>
+  </si>
+  <si>
+    <t>Został zatrzymany za udział w protestach. Młodzi ludzie zostali również oskarżeni o otrzymywanie z zagranicy pałek teleskopowych, paralizatorów i innych środków..
+Arseny jest absolwentem Wyższej Szkoły Biznesu i Prawa, uzyskując dyplom z zakresu prawoznawstwa i posiada prawo jazdy. Przed aresztowaniem pracował jako kurier dostarczający pizzę. Facet ma białaczkę i wymaga regularnej kontroli lekarskiej oraz corocznego rezonansu magnetycznego. Arseny ma zakaz wykonywania wielu czynności fizycznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.07.2022: 6 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
+  </si>
+  <si>
+    <t>Stanislav Sergeevich Chapel</t>
+  </si>
+  <si>
+    <t>19 lutego 2006</t>
+  </si>
+  <si>
+    <t>Jak relacjonuje film ONT „Dzieci na muszce werbowani przez wroga” Stanisław zostaje oskarżony o to, że zgodził się zostać kurierem „organizacji nadzorującej SBU”. powiedzmy, facet nagrał wideo, w którym „jest gotowy działać przeciwko FSB i Putinowi”. Jednak w momencie kręcenia zdjęć odsiadywał już wyrok w kolonii za „oszustwo”. Rozprawa odbyła się w maju 2024 r. Wyrok nie jest znany, grozi mu od 3 do 10 lat więzienia z karą grzywny.
+Jak wynika z filmu ONT, w styczniu 2023 roku 16-letni wówczas chłopiec z dużej rodziny szukał pracy w Internecie. Natknął się na oszustów, którzy oferowali pracę jako kurier – aby odebrać i przewieźć pieniądze. Stanisławowi polecono nagrać film, w którym oświadczył, że wspiera Ukrainę i wydaje się, że zgadza się na pracę dla SBU.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.08.2024: nieznany. Apelacja 04.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-30 00:03:14</t>
   </si>
   <si>
     <t>Aleksey Nikolaevich Khralovich</t>
   </si>
   <si>
     <t>19 lutego 1984</t>
   </si>
   <si>
     <t>Były podpułkownik KGB.
 Sprawa karna przeciwko podpułkownikowi jest znana jedynie z państwowych mediów.
 W 2021 roku kanał telewizyjny ONT pokazał film „Operacja KGB Mankurty”, który relacjonował zatrzymanie podpułkownika KGB Aleksieja Chrałowicza.
 W związku z tym w chwili ogłoszenia wyroku funkcjonariusz bezpieczeństwa przebywa w areszcie od około roku.
 Chralovich został pozbawiony stopnia wojskowego podpułkownika.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.03.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 24.10.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
     <t>Dmitriy Olegovych Selvestruk</t>
   </si>
   <si>
     <t>19 lutego 1990</t>
   </si>
   <si>
     <t>Autor kanału telegramowego „Wiek srebra. Piłka nożna Białorusi” i były pracownik „Narodnej Gazety”. Zarzuca mu się, że na podstawie części 1 art. 361-4 Kodeksu karnego (promowanie działalności ekstremistycznej). Okoliczności sprawy nie są znane obrońcom praw człowieka.</t>
   </si>
   <si>
     <t>Decyzja sądu 29.09.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.11.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-09-27 19:19:37</t>
   </si>
   <si>
-    <t>Stanislav Sergeevich Chapel</t>
-[...47 lines deleted...]
-  <si>
     <t>Vladimir Yurievich Saveliev</t>
   </si>
   <si>
     <t>19 lutego 1987</t>
   </si>
   <si>
     <t>Na początku października 2022 r. w moskiewskiej dzielnicy stolicy nieznane osoby zawiesiły na wsporniku linii energetycznej biało-czerwono-białą flagę oraz flagę Ukrainy. Dopiero następnego dnia na kanale Telegram Antona Mota pojawił się wpis ze zdjęciem flagi i podpisem: „Mieszkańcy Mińska gratulują narodowi ukraińskiemu wspaniałych wieści z mostu krymskiego. Zbrodnia to Ukraina! Niech żyje Białoruś! Chwała Ukrainie! ” W trakcie poszukiwań operacyjnych policjanci zatrzymali sześciu mieszkańców Mińska w wieku od 34 do 36 lat, którzy rzekomo dopuścili się tego czynu. Łącznie z Władimirem.
 Savelyev powiedział w prorządowym filmie , że akcja została zorganizowana na rzecz Ukraińców: „To wsparcie dla ludności cywilnej, która ginie w niepotrzebnej wojnie”.
 W dniu 14 września 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>2023-05-19 10:04:03</t>
-  </si>
-[...13 lines deleted...]
-    <t>2021-02-28 00:27:22</t>
   </si>
   <si>
     <t>Michael Grigorievich Lapunov</t>
   </si>
   <si>
     <t>20 lutego 1970</t>
   </si>
   <si>
     <t>Ojciec więźnia politycznego Nikity Zołotariewa . Michaił został zatrzymany 8 sierpnia 2023 r. i skazany na 15 dni aresztu z art. 19.11 Kodeks wykroczeń administracyjnych Republiki Białorusi (rozpowszechnianie materiałów ekstremistycznych). Po pierwszym aresztowaniu nie został zwolniony i na podstawie tego samego artykułu został skazany na kolejne 15 dni, a następnie na kolejne 15 dni.
 22 września 2023 r., w przeddzień zwolnienia po odbyciu trzeciego z rzędu aresztu administracyjnego, ponownie uznano go za winnego popełnienia przestępstwa i po raz czwarty umieszczono w schronisku.
 24 października decyzją KGB zamknięty czat na Telegramie „Homel dla Nikity Zołotoriewa” został uznany za „formację ekstremistyczną”, a jedynym wskazanym jego uczestnikiem był ojciec więźnia politycznego Michaiła Łapunowa.
 Działacze na rzecz praw człowieka dowiedzieli się , że jakiś czas po odbyciu aresztu administracyjnego Michaił został zatrzymany. Od lata 2024 r. przebywa w areszcie śledczym .</t>
   </si>
   <si>
     <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
   </si>
   <si>
     <t>Decyzja sądu 30.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
   </si>
   <si>
     <t>Vladislav Vitalievich Voitekhovich</t>
   </si>
   <si>
     <t>20 lutego 1995</t>
   </si>
   <si>
     <t>Władysław został zatrzymany w sierpniu 2021 r. w związku ze sprawą karną wszczętą na podstawie artykułu „akt terroryzmu”.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.
 Władysław został skazany na podstawie licznych zarzutów karnych na długoletnie pozbawienie wolności, z czego pierwsze pięć lat spędził w więzieniu. Został również pozbawiony stopnia wojskowego.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 21 rok więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia), ograniczenie służby wojskowej. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-17 01:29:35</t>
   </si>
   <si>
+    <t>Nikita Arturovich Kharlovich</t>
+  </si>
+  <si>
+    <t>20 lutego 1991</t>
+  </si>
+  <si>
+    <t>W celu uzyskania „niezbędnych zeznań” został zatrzymany i dotkliwie pobity przez funkcjonariuszy GUBOPiK. Nikita został skazany za zamiar wzięcia udziału w proteście przy użyciu koktajlu Mołotowa.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.02.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:27:22</t>
+  </si>
+  <si>
     <t>Oleg Petrovich Zelenko</t>
   </si>
   <si>
     <t>20 lutego 1983</t>
   </si>
   <si>
     <t>Oleg stał na czele klubu historycznego „Mindovg” i zajmował się także biznesem.
 W grudniu 2024 r. Oleg Zelenko został dwukrotnie skazany za „rozpowszechnianie materiałów ekstremistycznych” (19.11 Kodeksu wykroczeń administracyjnych). Po odbyciu kary prawdopodobnie wszczęto przeciwko niemu postępowanie karne i umieszczono go w areszcie śledczym.
 Podobno po wyroku Zelenko został skazany na kolonię karną - jego media społecznościowe nie są aktualizowane, a na Telegramie widnieje status „był online dawno temu”.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-06-30 10:26:56</t>
-  </si>
-[...31 lines deleted...]
-    <t>2022-07-19 02:22:16</t>
   </si>
   <si>
     <t>Oleg Igorevich Sychev</t>
   </si>
   <si>
     <t>21 lutego 1976</t>
   </si>
   <si>
     <t>47-letni Oleg urodził się w Krasnojarsku, ale w 2000 roku przeniósł się na Białoruś i już otrzymał obywatelstwo. 
 W prorządowym filmie pokazano, jak „ukraiński terrorysta” Mykoła Szwec został zatrzymany 4 marca w domu Olega w spółce ogrodniczej „Brzozowy Gaj” we wsi Czertiaż (sejmik wsi Borowlański).
 Sychev wraz z żoną Nastią Pilko zostali zatrzymani przez służby bezpieczeństwa 3 marca właśnie w tym domu.
 Według obrońców praw człowieka obaj przebywają obecnie w areszcie śledczym KGB.
 Zatrzymana para ma dwójkę małoletnich dzieci, które są teraz z babcią .</t>
   </si>
   <si>
     <t>Decyzja sądu 03.10.2024: 9 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-04-07 13:01:12</t>
   </si>
   <si>
     <t>Artem Sergeevich Mitsuk</t>
   </si>
   <si>
+    <t>21 lutego 2001</t>
+  </si>
+  <si>
     <t>Został zatrzymany pod zarzutem masowych niepokojów i oskarżony o udział w „radykalnych” kanałach telegraficznych.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:01</t>
+  </si>
+  <si>
+    <t>Natalia Alexandrovna Chubovskaya</t>
+  </si>
+  <si>
+    <t>21 lutego 1981</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:34:18</t>
   </si>
   <si>
     <t>Artem Ruslanovich Zakrzhevsky</t>
   </si>
   <si>
     <t>22 lutego 2003</t>
   </si>
   <si>
     <t>Artem został uznany winnym, zgodnie z aktem oskarżenia, wejścia na jezdnię w nocy z 9 na 10 sierpnia 2020 r. podczas nielegalnej imprezy masowej w Mińsku, blokowania ruchu, krzyczenia haseł i nieprzestrzegania zgodnych z prawem poleceń władz.
 Ponadto, 1 stycznia 2022 roku, będąc pod wpływem alkoholu w miejscu publicznym, dopuścił się niesprowokowanej przemocy wobec innego mężczyzny. Artem został skazany na karę ograniczenia wolności z odroczonym terminem wykonania kary.
 W październiku 2023 r. odbyło się przesłuchanie w sprawie wzmocnienia reżimu; powody i wyniki przesłuchania nie są znane.</t>
   </si>
   <si>
     <t>IUOT-9, 210034, Witebsk, ul. 3 Czepińska, 39</t>
   </si>
   <si>
     <t>Decyzja sądu 05.07.2022: 4 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 27.09.2022: wyrok został podtrzymany. Sąd zmiany reżimu 11.10.2023: nieznany. Apelacja 19.12.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
   </si>
   <si>
     <t>Alexey Anatolyevich Kaidash</t>
   </si>
   <si>
@@ -1172,336 +1068,270 @@
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni żołnierze, funkcjonariusze organów ścigania, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę. Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.
 Siergiej został skazany na podstawie kilku artykułów prawa karnego na długoletnie więzienie i grzywnę, a także pozbawiony stopnia wojskowego.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary, ograniczenie służby wojskowej. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
     <t>Alexander Viktorovich Kuksa</t>
   </si>
   <si>
     <t>24 lutego 1983</t>
   </si>
   <si>
     <t>14 lutego Komitet Śledczy wszczął sprawę karną przeciwko przedstawicielom i uczestnikom ogłoszonej przez Wspólny Gabinet Przejściowy inicjatywy „Rezerwa Kadrowa dla Nowej Białorusi”. Telewizja ONT pokazała później 14 osób zatrzymanych w tej sprawie. Propagandysta Igor Tur powiedział, że wraz ze służbami bezpieczeństwa przez rok wysłuchiwał wykładów dla uczestników inicjatywy. 26 lutego kanały prorządowe opublikowały wideo z udziałem Aleksandra Kuksy, w którym przyznał się on do udziału w tym programie. Program „Rezerwa kadrowa dla Nowej Białorusi” został uruchomiony przez Wspólny Gabinet Przejściowy w listopadzie 2022 r. Celem projektu było wyszkolenie specjalistów, którzy byliby w stanie pracować na stanowiskach rządowych i przeprowadzać reformy.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.12.2024: nieznany. Apelacja 28.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-03-13 11:05:07</t>
   </si>
   <si>
-    <t>Boris Vladimirovich Grinkevich</t>
-[...21 lines deleted...]
-    <t>2025-08-17 15:02:31</t>
+    <t>Aleksey Dmitrievich Shishkovets</t>
+  </si>
+  <si>
+    <t>25 lutego 1979</t>
+  </si>
+  <si>
+    <t>Aresztowany za „przygotowanie do sabotażu na kolei”.
+Jak poinformowało MSW , na początku 2022 roku mężczyzna „wstąpił do ekstremistycznej formacji ByPol, logując się do bota czatu mobilizacyjnego w celu popełniania nielegalnych czynów na Białorusi”.
+1 marca rzekomo otrzymał polecenie zablokowania torów kolejowych, a także sporządzenia i użycia koktajli Mołotowa.</t>
+  </si>
+  <si>
+    <t>11 lat więzienia w kolonii o zaostrzonym reżimie.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:18:52</t>
+  </si>
+  <si>
+    <t>Pavel Leonidovich Nedbailo</t>
+  </si>
+  <si>
+    <t>25 lutego 1981</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Swietłogorska został zatrzymany 29 września 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegraficznych.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Dmitry Vasilievich Androsyuk</t>
+  </si>
+  <si>
+    <t>25 lutego 1984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dmitrij był świadkiem w sprawie brzeskich więźniów politycznych, blogerów Siergieja Pietruchina i Aleksandra Kabanowa, skazanych w kwietniu tego roku na trzy lata kolonii karnej o zaostrzonym rygorze. Jak powiedział aktywista obrońcom praw człowieka w Brześciu, wszczęto przeciwko niemu postępowanie karne za odmowę odpowiedzi na pytania sędziego rozpatrującego sprawę Petrukina i Kabanowa, ponieważ nie okazał oficjalnego dokumentu tożsamości sędziego.
+Wydano 26.02.2022.
+W dniach 11, 16 i 17 grudnia 2024 r. w Sądzie Rejonowym Leninskim w Brześciu odbyły się nowe rozprawy w sprawie Dmitrija na podstawie części 1 artykułu 342 Kodeksu karnego Republiki Białorusi. Dmitrij został skazany na 2 lata więzienia.
+</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.09.2021: 3 miesiące aresztowania. Decyzja sądu 17.12.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 21.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2021-09-21 17:48:17</t>
   </si>
   <si>
     <t>Larisa Ivanovna Prokhorova</t>
   </si>
   <si>
     <t>25 lutego 1975</t>
   </si>
   <si>
     <t>Został zatrzymany wraz z całą rodziną (mężem, córką, synem) pod zarzutem „zdrady”. Córka najwyraźniej została później zwolniona. Szczegóły sprawy nie są znane.
 Pracowała jako pielęgniarka w Homlskim Miejskim Szpitalu Klinicznym nr 3. Larisa Prokhorova jest osobą całkowicie niepubliczną. Urodziła się w 1975 roku w Grabowce, gdzie mieszkała przez całe życie.
 Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.
 Rodzina Prochorowów przez długi czas mieszkała we wsi Grabówka w obwodzie homelskim. W chwili aresztowania mieszkali we wsi Uza w obwodzie homelskim, dokąd przenieśli się dwa lata temu.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.06.2024: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-12-29 15:11:09</t>
   </si>
   <si>
+    <t>Andrey Ivanovich Matusenko</t>
+  </si>
+  <si>
+    <t>25 lutego 1969</t>
+  </si>
+  <si>
+    <t>W 2006 roku Matusenko założył firmę „MM-Transit” w obwodzie smoleńskim. Jej obszar działalności to transport towarowy. W 2020 roku firma została zlikwidowana. Następnie mieszkaniec Witebska kontynuował pracę w różnych firmach w Rosji, na przykład w firmie transportowej „S-Trans”. Podróżował po całej Unii Europejskiej, Rosji, Białorusi i Ukrainie.
+Matusenko służył w Afganistanie. Jego służba trwała od listopada 1987 do lutego 1989 roku.</t>
+  </si>
+  <si>
+    <t>2025-08-17 15:02:31</t>
+  </si>
+  <si>
     <t>Timofey Alexandrovich Korotkevich</t>
   </si>
   <si>
     <t>25 lutego 2002</t>
   </si>
   <si>
     <t>Skazany za lubienie w 2020 roku, gdy miał 18 lat. Podstawą rozprawy były prawdopodobnie zarzuty zniesławienia.</t>
   </si>
   <si>
     <t>2025-05-20 22:35:08</t>
   </si>
   <si>
     <t>Egor Romanovich Tyushkevich</t>
   </si>
   <si>
     <t>25 lutego 1997</t>
   </si>
   <si>
     <t>Muzyk. Pracował w teatrze lalek w Brześciu.
 Pierwszy wyrok skazujący zapadł w Sądzie Obwodowym w Brześciu 19 grudnia 2024 r.
 W październiku 2025 roku okazało się, że przeciwko Jegorowi wszczęto nową sprawę karną i przeniesiono go do aresztu śledczego.</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 19.12.2024: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-12-12 12:21:12</t>
   </si>
   <si>
-    <t>Aleksey Dmitrievich Shishkovets</t>
-[...114 lines deleted...]
-  <si>
     <t>Alina Viktorovna Shevtsova</t>
   </si>
   <si>
     <t>27 lutego 2004</t>
   </si>
   <si>
     <t>Studentka Mińskiego Państwowego Uniwersytetu Lingwistycznego. Zatrzymana we wrześniu 2024 roku. Początkowo została skazana na dwa dni więzienia na podstawie artykułu administracyjnego, po czym wszczęto przeciwko niej postępowanie karne. Według znajomych, postępowanie karne ma podłoże polityczne.
 Alina Szewcowa została dodana do listy uczestniczek „formacji ekstremistycznej” „Szkoła Przywództwa dla Kobiet” pod koniec września 2024 roku. Jest to projekt edukacyjny dla białoruskich studentek, który pomaga im rozwijać umiejętności przywódcze.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-07 17:33:41</t>
-  </si>
-[...10 lines deleted...]
-    <t>2024-11-27 15:04:17</t>
   </si>
   <si>
     <t>Pavel Yurievich Belyutin</t>
   </si>
   <si>
     <t>27 lutego 1977</t>
   </si>
   <si>
     <t>Paweł został skazany 23 maja 2022 r. przez Sąd Rejonowy Frunzenski w Mińsku na podstawie art. 369 Kodeksu karnego Republiki Białorusi.
 W wieczornych wiadomościach wyemitowanych w państwowej telewizji „Belarus 1” 5 maja 2025 r. Paweł został nazwany „członkiem grupy ekstremistycznej” i „częścią sztandaru wileńskiego”, którego celem rzekomo była inwazja na Białoruś. Z nagrania wynika , że aktywista rzekomo przeszedł szkolenie paramilitarne w ramach tej organizacji. Podejrzewa się, że brał udział w protestach w 2020 r. i był członkiem grupy planującej atak dronów na elektrownię jądrową w Ostrowcu.
 Podaje się , że Paweł opuścił Białoruś i został umieszczony na liście osób poszukiwanych przez państwo. Okoliczności zatrzymania aktywisty nie są znane. Na nagraniu widać, jak funkcjonariusze KGB eskortują mężczyznę z samolotu na lotnisku i przenoszą go do samochodu.</t>
   </si>
   <si>
     <t>Poczta Główna, skrytka pocztowa 8, Mińsk 220050</t>
   </si>
   <si>
     <t>Decyzja sądu 23.05.2022: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego. Sąd zmiany reżimu 19.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2022-06-01 18:47:07</t>
   </si>
   <si>
+    <t>Vitaly Ivanovich Khalchitsky</t>
+  </si>
+  <si>
+    <t>27 lutego 1957</t>
+  </si>
+  <si>
+    <t>Jest emerytem i ma małe dziecko na utrzymaniu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.03.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-04-19 20:32:22</t>
+  </si>
+  <si>
+    <t>Gleb Vladimirovich Zhukov</t>
+  </si>
+  <si>
+    <t>27 lutego 1969</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-27 15:04:17</t>
+  </si>
+  <si>
+    <t>Ruslan Aleksandrovich Lobanok</t>
+  </si>
+  <si>
+    <t>28 lutego 1983</t>
+  </si>
+  <si>
+    <t>Rusłan, biznesmen, założyciel i były dyrektor hiszpańskiego centrum wizowego w Mińsku, został zatrzymany przez funkcjonariuszy KGB w październiku 2021 r. na lotnisku, gdy miał opuścić Białoruś. Aresztowanie nastąpiło w ramach postępowania karnego wszczętego z przyczyn politycznych.
+W marcu 2023 r. Rusłan został skazany za przekupstwo i zdradę stanu. Sąd skazał go na długoletnie więzienie i wysoką grzywnę.
+W sierpniu 2024 roku zaostrzono warunki jego przetrzymywania – Rusłana przeniesiono do więzienia o charakterze izolacyjnym. Od tamtej pory nie wolno mu przyjmować paczek, odwiedzać go ani udzielać innych form wsparcia. Na potrzeby osobiste może wykorzystać nie więcej niż jedną jednostkę podstawową miesięcznie.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.03.2023: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 ruble odszkodowania. Apelacja 05.05.2023: wyrok został podtrzymany. Sąd zmiany reżimu 28.08.2024: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2023-03-05 00:05:05</t>
+  </si>
+  <si>
+    <t>Lily Victorovna Kostenich</t>
+  </si>
+  <si>
+    <t>28 lutego 1967</t>
+  </si>
+  <si>
+    <t>Lilia została zatrzymana po raz pierwszy pod koniec marca 2023 r. i skazana na 10 dni aresztu administracyjnego. Jednak w kwietniu 2024 r. okazało się, że została zatrzymana w związku ze sprawą karną. Została skazana na podstawie kilku artykułów za „obrażanie urzędników państwowych” oraz „zniesławienie i znieważenie Łukaszenki”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.12.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.02.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-23 20:28:11</t>
+  </si>
+  <si>
     <t>Artem Yuryevich Litevich</t>
   </si>
   <si>
     <t>28 lutego 1982</t>
   </si>
   <si>
     <t>Były kierowca ciężarówki, wrócił z Europy. Oskarżono go o ponad 1000 komentarzy o charakterze ekstremistycznym, z których niektóre pochodziły nawet z 1997 r.
 Artem został skazany przez Sąd Miejski w Mińsku na podstawie części 3 artykułu 361 Kodeksu karnego i cz. 1 art. 342 Kodeksu karnego Republiki Białorusi.
 Rozprawa w sprawie Artema na podstawie części 3 artykułu zaplanowana jest na 31 stycznia 2025 r . 361-1 Kodeksu karnego i art. 369 Kodeksu karnego Republiki Białorusi.</t>
   </si>
   <si>
-    <t>Decyzja sądu 24.10.2024: nieznany. Apelacja 24.12.2024: nieznany. Decyzja sądu 04.02.2025: nieznany.</t>
+    <t>Decyzja sądu 24.10.2024: nieznany. Apelacja 24.12.2024: nieznany. Decyzja sądu 04.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-09-25 19:40:06</t>
-  </si>
-[...33 lines deleted...]
-    <t>2023-03-05 00:05:05</t>
   </si>
   <si>
     <t>Natalia Alexandrovna Vasilyeva</t>
   </si>
   <si>
     <t>29 lutego 1960</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-10-15 12:53:46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1817,51 +1647,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1905,95 +1735,98 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
@@ -2007,2348 +1840,2041 @@
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
       <c r="I6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="D9" t="s">
-[...11 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
         <v>78</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>81</v>
       </c>
       <c r="I14" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>83</v>
       </c>
       <c r="B15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>58</v>
+      </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="I15" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>87</v>
       </c>
       <c r="B16" t="s">
         <v>88</v>
       </c>
       <c r="C16" t="s">
         <v>89</v>
       </c>
       <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="E16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
         <v>94</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" t="s">
         <v>95</v>
       </c>
-      <c r="C17" t="s">
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>96</v>
       </c>
-      <c r="D17" t="s">
-[...2 lines deleted...]
-      <c r="E17" t="s">
+      <c r="I17" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
         <v>100</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
         <v>109</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>110</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>114</v>
       </c>
-      <c r="B21" t="s">
+      <c r="I21" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" t="s">
+        <v>79</v>
+      </c>
+      <c r="E22" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>49</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>90</v>
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>58</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>134</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>135</v>
-      </c>
-[...16 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B26" t="s">
+        <v>137</v>
+      </c>
+      <c r="C26" t="s">
         <v>138</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>58</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" t="s">
+        <v>85</v>
+      </c>
+      <c r="H26" t="s">
         <v>139</v>
       </c>
-      <c r="D26" t="s">
-[...11 lines deleted...]
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>141</v>
+      </c>
+      <c r="B27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>143</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>79</v>
+      </c>
+      <c r="E27" t="s">
+        <v>95</v>
+      </c>
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>144</v>
       </c>
-      <c r="D27" t="s">
-[...11 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>146</v>
+      </c>
+      <c r="B28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>148</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>79</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>149</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>151</v>
+      </c>
+      <c r="B29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>79</v>
+      </c>
+      <c r="E29" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" t="s">
+        <v>22</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>153</v>
       </c>
-      <c r="D29" t="s">
-[...11 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>155</v>
+      </c>
+      <c r="B30" t="s">
         <v>156</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>157</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>58</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>158</v>
       </c>
-      <c r="D30" t="s">
-[...11 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>160</v>
+      </c>
+      <c r="B31" t="s">
         <v>161</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>162</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>167</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>79</v>
+      </c>
+      <c r="E32" t="s">
+        <v>95</v>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>168</v>
       </c>
-      <c r="D32" t="s">
-[...11 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>170</v>
+      </c>
+      <c r="B33" t="s">
         <v>171</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>172</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>173</v>
       </c>
       <c r="I33" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>175</v>
       </c>
       <c r="B34" t="s">
         <v>176</v>
       </c>
       <c r="C34" t="s">
         <v>177</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>97</v>
+        <v>178</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>184</v>
       </c>
       <c r="I35" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>186</v>
       </c>
       <c r="B36" t="s">
+        <v>171</v>
+      </c>
+      <c r="C36" t="s">
         <v>187</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
         <v>188</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>189</v>
       </c>
-      <c r="F36" t="s">
-[...5 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>191</v>
+      </c>
+      <c r="B37" t="s">
         <v>192</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>193</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>79</v>
+      </c>
+      <c r="E37" t="s">
+        <v>95</v>
+      </c>
+      <c r="F37" t="s">
+        <v>22</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>194</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>196</v>
+      </c>
+      <c r="B38" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="C38" t="s">
         <v>198</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
         <v>199</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
       <c r="C40" t="s">
         <v>209</v>
       </c>
       <c r="D40" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40" t="s">
-        <v>122</v>
+        <v>85</v>
       </c>
       <c r="H40" t="s">
         <v>210</v>
       </c>
       <c r="I40" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>212</v>
       </c>
       <c r="B41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>85</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
         <v>217</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>218</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>64</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
         <v>222</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>223</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>224</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>225</v>
       </c>
-      <c r="F43" t="s">
-[...5 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>227</v>
+      </c>
+      <c r="B44" t="s">
         <v>228</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>224</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>229</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>231</v>
+      </c>
+      <c r="B45" t="s">
+        <v>232</v>
+      </c>
+      <c r="C45" t="s">
         <v>233</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>64</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>234</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>236</v>
+      </c>
+      <c r="B46" t="s">
         <v>237</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>238</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>21</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>239</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>241</v>
+      </c>
+      <c r="B47" t="s">
         <v>242</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>243</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>38</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>244</v>
       </c>
-      <c r="D47" t="s">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="I47" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
         <v>248</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>188</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>249</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>251</v>
+      </c>
+      <c r="B49" t="s">
         <v>252</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>253</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>21</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>254</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>256</v>
+      </c>
+      <c r="B50" t="s">
         <v>257</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>258</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>90</v>
+      </c>
+      <c r="I50" t="s">
         <v>259</v>
-      </c>
-[...16 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>260</v>
+      </c>
+      <c r="B51" t="s">
+        <v>261</v>
+      </c>
+      <c r="C51" t="s">
         <v>262</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
         <v>263</v>
       </c>
-      <c r="C51" t="s">
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>264</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>266</v>
+      </c>
+      <c r="B52" t="s">
         <v>267</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>268</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>269</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>271</v>
+      </c>
+      <c r="B53" t="s">
         <v>272</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>273</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>64</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>274</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>276</v>
+      </c>
+      <c r="B54" t="s">
         <v>277</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>278</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>279</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>281</v>
+      </c>
+      <c r="B55" t="s">
         <v>282</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>283</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>38</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>284</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I55" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>286</v>
       </c>
       <c r="B56" t="s">
         <v>287</v>
       </c>
       <c r="C56" t="s">
         <v>288</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="F56" t="s">
         <v>22</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
         <v>289</v>
       </c>
       <c r="I56" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>291</v>
       </c>
       <c r="B57" t="s">
         <v>292</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>79</v>
+      </c>
+      <c r="E57" t="s">
+        <v>178</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="I57" t="s">
         <v>293</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>294</v>
+      </c>
+      <c r="B58" t="s">
+        <v>295</v>
+      </c>
+      <c r="C58" t="s">
+        <v>296</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>298</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>263</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>303</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" t="s">
         <v>307</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>38</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>308</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
         <v>311</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>312</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>189</v>
+        <v>58</v>
       </c>
       <c r="F61" t="s">
         <v>22</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
+      <c r="H61" t="s">
+        <v>313</v>
+      </c>
       <c r="I61" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B62" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C62" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>60</v>
+        <v>318</v>
       </c>
       <c r="I62" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B63" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C63" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B64" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="C64" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F64" t="s">
         <v>22</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="I64" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B65" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C65" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>330</v>
+        <v>224</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>331</v>
+        <v>289</v>
       </c>
       <c r="I65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B66" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C66" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B67" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="E67" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="I67" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B68" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C68" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="F68" t="s">
         <v>22</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>346</v>
+        <v>279</v>
       </c>
       <c r="I68" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>348</v>
       </c>
       <c r="B69" t="s">
         <v>349</v>
       </c>
       <c r="C69" t="s">
         <v>350</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>69</v>
+        <v>162</v>
       </c>
       <c r="F69" t="s">
         <v>22</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
+        <v>49</v>
+      </c>
+      <c r="I69" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>352</v>
+      </c>
+      <c r="B70" t="s">
         <v>353</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>354</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>58</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>355</v>
       </c>
-      <c r="D70" t="s">
-[...8 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>357</v>
+      </c>
+      <c r="B71" t="s">
         <v>358</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>359</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>79</v>
+      </c>
+      <c r="E71" t="s">
+        <v>95</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I71" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>362</v>
       </c>
       <c r="B72" t="s">
         <v>363</v>
       </c>
       <c r="C72" t="s">
         <v>364</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>91</v>
+        <v>365</v>
       </c>
       <c r="F72" t="s">
         <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="I72" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
         <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>33</v>
+        <v>375</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C75" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>69</v>
+        <v>380</v>
       </c>
       <c r="F75" t="s">
         <v>22</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="I75" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B76" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C76" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="E76" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="F76" t="s">
         <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="I76" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B77" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C77" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>225</v>
+        <v>58</v>
       </c>
       <c r="F77" t="s">
         <v>22</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B78" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="E78" t="s">
-        <v>245</v>
+        <v>95</v>
       </c>
       <c r="F78" t="s">
         <v>22</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>325</v>
+        <v>395</v>
       </c>
       <c r="I78" t="s">
-        <v>393</v>
-[...21 lines deleted...]
-      <c r="H79" t="s">
         <v>396</v>
-      </c>
-[...276 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">