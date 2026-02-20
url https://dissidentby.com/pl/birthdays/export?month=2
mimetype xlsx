--- v1 (2025-12-19)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="397">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -66,1220 +66,1215 @@
     <t>Alexander Sergeevich Shkryadov</t>
   </si>
   <si>
     <t>1 lutego 1982</t>
   </si>
   <si>
     <t>W grudniu 2023 r. Aleksander został skazany na podstawie artykułu „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny w nich udział” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze otwartym.</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
     <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
     <t>Decyzja sądu 13.12.2023: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 28.02.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
+  </si>
+  <si>
+    <t>Vladimir Alexandrovich Denisenko</t>
+  </si>
+  <si>
+    <t>1 lutego 1977</t>
+  </si>
+  <si>
+    <t>Psycholog i przedsiębiorca ze Słucka. Ukończył Mińską Techniczną Szkołę Lotnictwa Cywilnego oraz Uniwersytet Janki Kupały w Grodnie, specjalizując się w psychologii. Władimir aktywnie pomagał osobom uzależnionym od alkoholu. Lubił sport i czytanie. Ma dwoje dorosłych dzieci.
+W listopadzie 2020 r. Władimir został już zatrzymany na podstawie art. 23.34 Kodeksu wykroczeń administracyjnych i skazany na 10 dni aresztu administracyjnego, który odbył w Słucku.
+24 czerwca 2025 roku został zatrzymany w domu w ramach tzw. „sprawy Gayuna”.</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>2025-08-22 18:36:28</t>
   </si>
   <si>
     <t>Alexander Zufarievich Ziyazetdinov</t>
   </si>
   <si>
     <t>1 lutego 1987</t>
   </si>
   <si>
     <t>Białoruska telewizja państwowa poinformowała, że w maju 2021 r. Aleksandr przekazał BYPOL-owi około 800 dolarów amerykańskich. Warto zauważyć, że BYPOL został uznany za organizację ekstremistyczną w listopadzie 2021 r., co oznacza, że w momencie przeniesienia inicjatywa nie miała charakteru ekstremistycznego.
 Według świadków, Aleksandrowi rzeczywiście zaproponowano odszkodowanie za szkody za pośrednictwem funduszu powiązanego z prezydentem. Zgodził się na takie odszkodowanie w zamian za uwolnienie, ale sprawy nie potoczyły się zgodnie z planem. Aleksandrowi odmówiono przyjęcia go, a jego pieniądze (około 30 bitcoinów) skonfiskowano. Organizacja BYPOL została uznana za „formację terrorystyczną” i wszczęto nową sprawę karną przeciwko Aleksandrowi na podstawie artykułu „Finansowanie działalności terrorystycznej”.
 15 marca 2024 r. w Sądzie Miejskim w Mińsku sędzia Jelena Szylkо wydała nowy wyrok – 9 lat więzienia. Fala ułaskawień, która przetoczyła się przez kraj, nie wpłynęła na więźnia politycznego.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
-    <t>W więzieniu</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 31.10.2022: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.01.2023: nieznany. Decyzja sądu 15.03.2024: 9 lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2022-10-13 21:55:50</t>
   </si>
   <si>
-    <t>Vladimir Alexandrovich Denisenko</t>
-[...13 lines deleted...]
-    <t>2025-08-22 18:36:28</t>
+    <t>Andrey Vladimirovich Andronov</t>
+  </si>
+  <si>
+    <t>2 lutego 1977</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Victor Dmitrievich Novik</t>
   </si>
   <si>
     <t>2 lutego 1989</t>
   </si>
   <si>
     <t>Celnik.
 W Sądzie Miejskim w Mińsku od 10 października 2023 r. do 6 lutego 2024 r. toczyła się niejawna rozprawa przeciwko trzem pracownikom służby celnej Jewgienijowi Gurinowiczowi, Wiktorowi Nowikowi i Władimirowi Żuromskiemu. Łącznie byli sądzeni na podstawie ośmiu artykułów Kodeksu karnego. Zarzuca się im między innymi „zdradę państwa”, „promowanie działalności ekstremistycznej”, „przekraczanie władzy oficjalnej”, „podżeganie do innej wrogości społecznej” oraz „tworzenie formacji ekstremistycznych lub udział w nich”.
 Szczegóły sprawy i przyczyny prześladowań nie są znane działaczom na rzecz praw człowieka.
 W dniu 24 maja 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.02.2024: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 24.05.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-10-10 00:13:29</t>
   </si>
   <si>
     <t>Peter Cheslavovich Yurkevich</t>
   </si>
   <si>
     <t>2 lutego 1973</t>
   </si>
   <si>
     <t>Piotr został aresztowany w styczniu 2022 roku pod zarzutem terroryzmu o podłożu politycznym i skazany za szereg przestępstw. Został skazany na długoletnią karę więzienia, z czego pierwsze pięć lat spędzi w kolonii karnej.
 Zgodnie z aktem oskarżenia, od lipca 2020 do stycznia 2022 roku „zorganizowana grupa przestępcza” rzekomo planowała przestępstwa ekstremistyczne na Białorusi, w Turcji, Polsce, na Ukrainie i w innych krajach. W jej skład wchodzili radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni dążący do nielegalnego przejęcia władzy. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 roku oraz „organizacją masowych zamieszek”.
 W 2025 r. Petra ponownie przeniesiono do Aresztu Śledczego nr 1, prawdopodobnie w związku z nową sprawą karną; na początku listopada 2025 r. ponownie przeniesiono go do kolonii karnej.</t>
   </si>
   <si>
-    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 21.06.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia). Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-01-23 20:18:16</t>
   </si>
   <si>
-    <t>Dmitriy Gennadievich Rutkevich</t>
-[...26 lines deleted...]
-    <t>2025-07-12 20:26:29</t>
+    <t>Sergey Viktorovich Doronin</t>
+  </si>
+  <si>
+    <t>3 lutego 1975</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Alexander Valerievich Koval</t>
   </si>
   <si>
     <t>3 lutego 1985</t>
   </si>
   <si>
     <t>Koval został zatrzymany 28 maja 2023 r. tuż przy granicy. Wracał z zawodów na Słowacji, a po wjeździe na Białoruś Koval został poproszony o sprawdzenie telefonu. Mężczyzna sam przekazał siłom bezpieczeństwa swój telefon i hasło. Podczas przesłuchania okazało się, że posiada dane, które zdaniem białoruskich sił bezpieczeństwa są „zakazane”. Od tego dnia Koval przebywa w niewoli.Podczas procesu karnego Koval został oskarżony o wysłanie wideo do bota telegramu Nexta Editorial 27 marca 2022 r. Na nagraniu widać ruch sprzętu wojskowego na obwodnicy MKAD (okolice Mińska). Tym samym zdaniem prokuratury Koval dopuścił się przestępstwa, ponieważ władze białoruskie uważają Nextę za „formację ekstremistyczną”.</t>
   </si>
   <si>
     <t>2,5 roku więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Doronin</t>
-[...11 lines deleted...]
-    <t>2025-11-01 22:00:39</t>
+    <t>Vasily Olegovich Prokhorov</t>
+  </si>
+  <si>
+    <t>4 lutego 1992</t>
+  </si>
+  <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-11-04 18:52:17</t>
+  </si>
+  <si>
+    <t>Valentin Arkadyevich Antsypovich</t>
+  </si>
+  <si>
+    <t>4 lutego 1965</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
+  </si>
+  <si>
+    <t>Tatiana Olegovna Frantskevich</t>
+  </si>
+  <si>
+    <t>4 lutego 1959</t>
+  </si>
+  <si>
+    <t>Tatiana Frantskevich i Natalia Łobacevich zostały zatrzymane 19 lipca 2024 r., kiedy Tatiana została wezwana przed Komitet Śledczy, aby podpisać zobowiązanie o nieopuszczaniu Połocka. Natalia pojechała z nią, aby ją wesprzeć.
+Wszczęto postępowanie karne przeciwko Tatianie Frantskevich, matce skazanego anarchisty Aleksandra Frantskevicha, i jej siostrze Natalii Łobacewicz, matce byłego więźnia politycznego Ilji Łobacewicza, i umieszczono je w areszcie śledczym w Witebsku.</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.02.2025: 3 roku 3 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 15.04.2025: wysłano do sprawdzenia. Decyzja sądu 16.06.2025: 3 roku 3 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-07-25 20:26:18</t>
   </si>
   <si>
     <t>Andrey Aleksandrovich Garun</t>
   </si>
   <si>
     <t>4 lutego 1989</t>
   </si>
   <si>
     <t>Były funkcjonariusz organów ścigania, potem pracował dla EPAM, zanim został aresztowany.
 Został zatrzymany w październiku 2021 r. z art. 130 Kodeksu karnego (podżeganie do niezgody społecznej) za przekazanie danych sił bezpieczeństwa do kanałów telegramowych Punishers of Białoruś i Czarna księga Białorusi.</t>
   </si>
   <si>
     <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-10-11 22:24:22</t>
   </si>
   <si>
     <t>Alexander Arkadyevich Maksimovich</t>
   </si>
   <si>
     <t>4 lutego 1996</t>
   </si>
   <si>
     <t>Oskarżony o finansowanie działalności ekstremistycznej i terrorystycznej poprzez datki na rzecz inicjatywy protestacyjnej (Bysol).
 Aleksander pochodzi z Głuska, małego ośrodka regionalnego w obwodzie mohylewskim. Po ukończeniu szkoły wstąpiłem na Białoruski Państwowy Uniwersytet Informatyki i Radioelektroniki na kierunku „Systemy i technologie informacyjne w logistyce”.
 Aleksander pracował w branży IT.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.05.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
-    <t>Tatiana Olegovna Frantskevich</t>
-[...18 lines deleted...]
-    <t>2024-07-25 20:26:18</t>
+    <t>Diana Nikolaevna Stulba</t>
+  </si>
+  <si>
+    <t>6 lutego 1984</t>
+  </si>
+  <si>
+    <t>Ekspert sądowy.
+W dniu 27 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
+  </si>
+  <si>
+    <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Denis Sergeevich Petkevich</t>
   </si>
   <si>
     <t>6 lutego 1991</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nie</t>
   </si>
   <si>
     <t>2025-10-05 15:02:59</t>
   </si>
   <si>
     <t>Andrey Andreevich Zaikov</t>
   </si>
   <si>
     <t>6 lutego 1987</t>
   </si>
   <si>
     <t>Andrzej ma 36 lat. W 2020 roku pracował w agencji nieruchomości Etazhi. Mężczyzna ma małą córeczkę.
 Według prorządowych kanałów telegramów on sam napisał do Czarnej Księgi Białorusi i zaproponował, że ujawni adresy sił bezpieczeństwa biorących udział w represjach. Andriej nie wiedział, że po drugiej stronie odpowiada mu pracownik GUBOPiK-u Artur Gaiko.
 Andriej został zatrzymany 10 listopada 2023 r. Grozi mu teraz do 12 lat więzienia.
 Mężczyzna korzysta z tego samego konta od 2019 roku. Stamtąd „wyciekał" informacje do Czarnej Księgi Białorusi i z niej pisał komentarze na otwartych czatach i grupach. Film pokazuje jego zarchiwizowaną nazwę użytkownika z bazy botów ChKB, którą zapisał Arthur Gaiko. Dzięki niemu można znaleźć aktualna nazwa konta telegramu i identyfikator.</t>
   </si>
   <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
     <t>nieznane lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
-    <t>Diana Nikolaevna Stulba</t>
-[...15 lines deleted...]
-    <t>2024-02-15 23:01:27</t>
+    <t>Sergey Vasilievich Shaban</t>
+  </si>
+  <si>
+    <t>6 lutego 1971</t>
+  </si>
+  <si>
+    <t>Siergiej, wiceprezes zarządu Belgazprombanku, został zatrzymany w związku ze sprawą Babaryki i skazany w lipcu 2021 r. na podstawie artykułu „przyjęcie łapówki”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.07.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2021-07-06 23:32:05</t>
   </si>
   <si>
     <t>Aleksey Igorevich Golovko</t>
   </si>
   <si>
     <t>6 lutego 2001</t>
   </si>
   <si>
     <t>Aleksiej, aktywista ruchu anarchistycznego, został zatrzymany w marcu 2021 r. w ramach postępowania karnego przeciwko anarchistom z obwodu brzeskiego. Został skazany na podstawie kilku zarzutów karnych, takich jak „udział w działaniach grupowych rażąco naruszających porządek publiczny” oraz „utworzenie grupy ekstremistycznej i udział w niej”.
 Wiadomo, że zarzuty dotyczą epizodu blokowania dróg w Brześciu w 2018 r. podczas protestu przeciwko budowie fabryki baterii, a także udziału w „Marszu Nie-Pasożytów”, który odbył się 5 marca 2017 r.</t>
   </si>
   <si>
-    <t>Decyzja sądu 06.09.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu 05.09.2025: 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Decyzja sądu 06.09.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu 05.09.2025: 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
-    <t>Sergey Vasilievich Shaban</t>
-[...13 lines deleted...]
-  <si>
     <t>Marina Mikhailovna Morozova</t>
   </si>
   <si>
     <t>7 lutego 1971</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
-    <t>Igor Sergeevich Shkirov</t>
-[...25 lines deleted...]
-    <t>2024-08-28 21:46:18</t>
+    <t>Ludmila Eduardovna Ksiendzova</t>
+  </si>
+  <si>
+    <t>8 lutego 1961</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.08.2025: 2 roku więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja 11.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:38:39</t>
+  </si>
+  <si>
+    <t>Tatiana Alexandrovna Shinkevich</t>
+  </si>
+  <si>
+    <t>9 lutego 1983</t>
+  </si>
+  <si>
+    <t>Tatianę skazano na ponad sześć lat więzienia; dokładny wymiar kary nie jest znany.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 14.06.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-03-18 17:25:01</t>
   </si>
   <si>
     <t>Roman Bahaddinovich Guseinov</t>
   </si>
   <si>
     <t>10 lutego 1985</t>
   </si>
   <si>
     <t>SIZO-6, ul. Baranowicze Brestskaja 258 V, 225413</t>
   </si>
   <si>
     <t>2025-12-08 04:25:51</t>
+  </si>
+  <si>
+    <t>Aliaksandr Lebedz</t>
+  </si>
+  <si>
+    <t>10 lutego 1975</t>
+  </si>
+  <si>
+    <t>Wiadomo, że pracownicy GUBOPiK-u prowadzą śledztwo w sprawie osób, które rzekomo brały udział w czacie telegramowym „Partyzanci nowogródzcy”. Wszczęto przeciwko nim sprawy karne na podstawie artykułu o ekstremizmie. Każda osoba przesłuchiwana w sprawie ma obowiązek podpisać zgodę na zachowanie poufności.
+Media podają , że co najmniej sześć osób spośród zatrzymanych przez siły bezpieczeństwa 15 dni temu nie wyszło po odbyciu aresztu administracyjnego, w tym Aleksander.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:46:29</t>
   </si>
   <si>
     <t>Denis Fadeevich Tsybulsky</t>
   </si>
   <si>
     <t>11 lutego 1981</t>
   </si>
   <si>
     <t>Skazany przez Sąd Rejonowy Zawodski w Mińsku na podstawie art. 342, część 1 Kodeksu karnego. 22 marca 2023 r. sprawę rozpatrywała sędzia Żanna Chwojnicka. Skazany na karę ograniczenia wolności z możliwością umieszczenia w zakładzie karnym, termin nieznany .
 Na początku maja 2024 roku okazało się, że Denis jest zamieszany w nową sprawę. Rozprawa została wyznaczona na 7 maja. Oprócz niego w sprawę zaangażowani byli Andriej Stabuljaniec i Aleksandr Szarabajko . W zależności od roli każdego z nich, zostali oni oskarżeni na podstawie artykułu 368 (znieważenie Łukaszenki), artykułu 369 Kodeksu karnego (znieważenie urzędnika państwowego) oraz artykułu 361-1 Kodeksu karnego (udział w grupie ekstremistycznej). W Sądzie Obwodowym w Witebsku Jewgienij Burunow rozpatrywał sprawę na posiedzeniu niejawnym od 7 maja do 5 czerwca 2024 roku. W rezultacie Denis został skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze . Dokładny wymiar kary nie jest znany (około pięciu lat ).</t>
   </si>
   <si>
     <t>Decyzja sądu 22.03.2023: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 06.06.2023: nieznany. Decyzja sądu 05.06.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
+  </si>
+  <si>
+    <t>Natalia Sergeevna Belokurskaya</t>
+  </si>
+  <si>
+    <t>12 lutego 1972</t>
+  </si>
+  <si>
+    <t>Natalię zatrzymano, a w styczniu 2025 r. uznano winną publicznego znieważenia Łukaszenki i urzędnika państwowego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.01.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych, 60 jednostek bazowych kary. Apelacja 11.03.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-03-11 17:41:30</t>
+  </si>
+  <si>
+    <t>Alexandra Viachaslavauna Pulinovich</t>
+  </si>
+  <si>
+    <t>12 lutego 2007</t>
+  </si>
+  <si>
+    <t>W prorządowym filmie (kwiecień 2024) podano, że sześcioro nastolatków rzekomo zjednoczyło się w „anarchistycznej komórce „Czarne Słowiki”, która „pod przywództwem Narodowo-Wyzwoleńczej Armii Ukrainy” została utworzona przez 16-letnią obywatelkę Ukrainy Marię Misiuk .
+Pracownicy ONT twierdzą , że nastolatkowie zjednoczyli się, aby przeprowadzić sabotaż na wysypisku na Białorusi, a następnie w Rosji. Maria jest oskarżona z części 2 art. 289 Kodeksu karnego (akt terroryzmu). Według tej historii 16-letnia Maria Misyuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „anarchistyczną komórkę do przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci szkół wyższych w Baranowiczach, Nieświeżu, Mirze, Mińsku i Łunińcu. Są to Trofim Borysow, Siergiej Żigalew, Dmitrij Zahoroshko, Anastazja Klimenko i Aleksandra Pulinowicz . Według pracowników ONT młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do pierwszej poważnej akcji - zebrania materiałów wybuchowych i wysadzenia baranowickiego komisariatu policji lub prokuratury. Nie wiadomo, pod jakimi zarzutami zarzuca się pozostałym pięciu uczestnikom. Nieznany jest także ich status i lokalizacja.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 10 lata 3 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.02.2026: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-01 20:30:24</t>
+  </si>
+  <si>
+    <t>Andrey Vasilevich Tsypak</t>
+  </si>
+  <si>
+    <t>12 lutego 1993</t>
+  </si>
+  <si>
+    <t>Były pracownik MTS z Brześcia został zatrzymany na początku listopada 2022 roku. W filmie „pokuta” powiedział, że w latach 2020-2021 pracował w MTS i miał dostęp do danych. Według funkcjonariuszy bezpieczeństwa Andriej przekazał Czarnej Księdze Białorusi dane kilku urzędników i prokuratorów.
+Były współwięzień Cypaka powiedział działaczom praw człowieka, że Andriej został dotkliwie pobity podczas aresztowania.
+Sprawa Andrieja była rozpatrywana za zamkniętymi drzwiami, więc wynik procesu jest nieznany obrońcom praw człowieka.
+Andriej Cypak grał wcześniej w brzeskim klubie piłki ręcznej im. Mieszkowa. Od 2020 do 2021 roku pracował w MTS - i w tym czasie, według sił bezpieczeństwa, przekazał do inicjatywy protestacyjnej dane kilku prokuratorów i urzędników państwowych.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2023-03-16 22:41:19</t>
+  </si>
+  <si>
+    <t>Sergey Aleksandrovich Sikorsky</t>
+  </si>
+  <si>
+    <t>12 lutego 1976</t>
+  </si>
+  <si>
+    <t>Siergiej, asystent szefa organizacji z Mińska, został aresztowany we wrześniu 2020 roku w swoim domu za udział w proteście przeciwko oszustwom wyborczym i przemocy wobec ludności cywilnej, do którego doszło w Mińsku 11 sierpnia 2020 roku. Został skazany za „udział w masowych zamieszkach” oraz za przestępstwa związane z narkotykami.
+M
+7 września 2020 roku został zatrzymany w swoim miejscu zamieszkania. Według raportu z badania lekarskiego, w chwili zatrzymania znajdował się w stanie po zażyciu substancji psychotropowych; w jego organizmie wykryto mefedron. Podczas przeszukania jego mieszkania funkcjonariusze znaleźli substancję w proszku. Śledczy ustalili później, że Sikorski sprzedał tę samą substancję również 46-letniemu mieszkańcowi Mohylewa.
+Podczas przemówienia końcowego prokurator zwrócił się do sądu z wnioskiem o przyznanie Sikorskiemu:
+Zgodnie z art. 328 ust. 1 Kodeksu karnego – 2 lata pozbawienia wolności;
+Zgodnie z częścią 3 artykułu 328 Kodeksu karnego – 7 lat pozbawienia wolności i grzywna w wysokości 300 jednostek podstawowych. Łącznie kary z obu części artykułu 328 wynoszą 7 lat pozbawienia wolności;
+Na podstawie art. 293 cz. 2 Kodeksu karnego – 5 lat pozbawienia wolności.
+Ostatecznym wyrokiem jest kara 9 lat pozbawienia wolności w kolonii karnej o zaostrzonym rygorze i grzywna w wysokości 300 jednostek bazowych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.05.2021: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2021-05-06 19:38:28</t>
+  </si>
+  <si>
+    <t>Nikolay Nikolaevich Lyutskevich</t>
+  </si>
+  <si>
+    <t>12 lutego 1973</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-10-31 17:31:38</t>
   </si>
   <si>
     <t>Vitaly Yurievich Melnik</t>
   </si>
   <si>
     <t>12 lutego 1982</t>
   </si>
   <si>
     <t>Zatrzymany w sprawie „partyzantów kolejowych”.
 Wiadomo, że mężczyzna mieszka we wsi Khodakovo, ma małe dziecko.
 Podczas aresztowania został postrzelony w staw kolanowy.
 Rodzina uważa, że Witalij nie ma nic wspólnego z artykułami zdrowymi na umyśle, a zatrzymanie łączy z zemstą miejscowego sędziego oraz faktem, że Witalij był wcześniej karany.
 Szczegóły sprawy nie są znane.</t>
   </si>
   <si>
     <t>IK-13, Glubokoe, ul. Sowieckaja, 205, 211791</t>
   </si>
   <si>
     <t>16 lat pozbawienia wolności w kolonii w warunkach surowego reżimu i 300 grzywien podstawowych.</t>
   </si>
   <si>
     <t>2022-07-22 14:35:14</t>
   </si>
   <si>
-    <t>Sergey Aleksandrovich Sikorsky</t>
-[...106 lines deleted...]
-  <si>
     <t>Denis Mikhailovich Krasko</t>
   </si>
   <si>
     <t>13 lutego 1975</t>
   </si>
   <si>
     <t>Z materiałów prokuratury wynika, że w grudniu 2020 roku Krasko „opublikował w Internecie komentarze należące do domeny publicznej, których celem było wspieranie działań ekstremistycznych, propaganda i agitowanie niezgody społecznej i wrogości wobec pracowników państwowych organów ścigania Republiki Białorusi, przedstawicieli władz wymiar sprawiedliwości, personel wojskowy służący w Siłach Zbrojnych Republiki Białoruś opublikował w Internecie publicznie dostępne komentarze, których celem było wspieranie działalności ekstremistycznej, propagowanie i agitowanie niezgody społecznej i wrogości wobec tej kategorii osób.”</t>
   </si>
   <si>
     <t>Decyzja sądu 22.01.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 29.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-12-11 22:28:12</t>
+  </si>
+  <si>
+    <t>Valiantsin Valiantsinavich Tseranevich</t>
+  </si>
+  <si>
+    <t>Walentin, pomocnik brygadzisty w zakładzie w Khimvolokno, należącym do Grodno Azot , i wiceprzewodniczący Białoruskiego Niezależnego Związku Zawodowego Grodno Azot, został aresztowany jesienią 2021 roku w ramach postępowania karnego wszczętego przeciwko pracownikom zakładu, którzy poparli strajk i byli częścią inicjatywy „Ruch Robotniczy”. 21 września 2021 roku inicjatywa ta została uznana za organizację ekstremistyczną, w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 r. Walentynę uznano winną zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazano na karę więzienia.
+W październiku 2024 r. odbyła się kolejna rozprawa sądowa, po której Walentina przeniesiono do więzienia.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: wyrok został podtrzymany. Sąd zmiany reżimu 09.10.2024: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:54:01</t>
+  </si>
+  <si>
+    <t>Valery Viktorovich Borzenko</t>
+  </si>
+  <si>
+    <t>13 lutego 1971</t>
+  </si>
+  <si>
+    <t>Został uznany za winnego wysyłania informacji o swoim byłym liderze do botów telegramowych „kanałów destrukcyjnych” w listopadzie 2020 r. i marcu 2021 r. Następnie został umieszczony przez środki, za pośrednictwem których „prowadzono nielegalną działalność w ramach formacji ekstremistycznych”. Ponadto, według prokuratury, publikacja informacji otrzymanych od Borzenki pociągała za sobą „inne poważne konsekwencje”.
+Uznano go również za winnego nabywania i przechowywania amunicji do broni palnej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-10-03 16:12:26</t>
   </si>
   <si>
     <t>Vitaly Petrovich Minkevich</t>
   </si>
   <si>
     <t>13 lutego 1994</t>
   </si>
   <si>
     <t>Mieszkaniec obwodu mohylewskiego . Pracownik sklepu obuwniczego.
 W 2020 roku został zatrzymany za udział w protestach.
 Zatrzymany za sabotaż kolei w pobliżu stacji Bobrujsk oraz podpalenie strzelnicy jednostki wojskowej 5527.
 W dniu 12 kwietnia 2024 r. odbył się proces o zmianę warunków reżimu odbywania kary i Witalij został przeniesiony na karę więzienia na okres 3 lat.</t>
   </si>
   <si>
-    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
-[...1 lines deleted...]
-  <si>
     <t>15 lat więzienia w kolonii o zaostrzonym reżimie</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
   </si>
   <si>
-    <t>Valery Viktorovich Borzenko</t>
-[...30 lines deleted...]
-    <t>2021-09-26 12:54:01</t>
+    <t>Marina Hramsova</t>
+  </si>
+  <si>
+    <t>13 lutego 1984</t>
+  </si>
+  <si>
+    <t>Marina wcześniej pracowała jako przedsiębiorca, sprzedając podłogi. Jej firma została zamknięta w 2015 roku, po czym przeniosła się do innej firmy, która zajmowała się tym samym.
+Kobieta znana jest jako miłośniczka kultury białoruskiej, brała udział w wydarzeniach Towarzystwa Języka Białoruskiego i klubu tańca ludowego.
+Najprawdopodobniej sprawa ma związek z udziałem Aleksandry w protestacyjnych czatach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
   </si>
   <si>
     <t>Anna Gennadievna Shpak</t>
   </si>
   <si>
     <t>14 lutego 1997</t>
   </si>
   <si>
     <t>Anna ukończyła studia na Wydziale Sportu Masowego Białoruskiego Państwowego Uniwersytetu Wychowania Fizycznego w 2019 roku. Pracowała jako trener i nauczyciel w Szkole Olimpijskiej Rezerwy Buriewiestnik w Mińsku.
 W 2014 roku Anna wzięła udział w II Letnich Igrzyskach Olimpijskich Młodzieży, gdzie skoczyła 3,80 m i zajęła czwarte miejsce w klasyfikacji generalnej. Za to osiągnięcie otrzymała stypendium Narodowego Komitetu Olimpijskiego.
 Prawdopodobnie została zatrzymana w związku ze „sprawą Gayun”. Na „liście ekstremistów” prowadzonej przez Ministerstwo Spraw Wewnętrznych jej status widnieje jako „odbywająca karę”. Oznacza to, że została skazana na kolonię karną z nakazem aresztowania lub kolonię więzienną.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Berestovoj</t>
+    <t>Andrey Berestovoy</t>
   </si>
   <si>
     <t>15 lutego 1980</t>
   </si>
   <si>
     <t>Andriej Bieriestovoj ma ponad 20 lat doświadczenia w projektowaniu, a od 15 lat pracuje w branży IT. W drugiej połowie 2024 roku został zatrzymany. Wiadomo jedynie, że powodem zatrzymania mogły być komentarze Bieriestovojego na Telegramie. Używał starego konta powiązanego z jego własnym białoruskim numerem i starego pseudonimu, którego używał wszędzie.
 Wiadomo, że okresowo podróżował na Białoruś.</t>
   </si>
   <si>
-    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 20.05.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-07-24 17:15:25</t>
-  </si>
-[...15 lines deleted...]
-    <t>2023-03-16 11:23:55</t>
   </si>
   <si>
     <t>Evgeny Aleksandrovich Zborovsky</t>
   </si>
   <si>
     <t>15 lutego 1994</t>
   </si>
   <si>
     <t>Jewgienij został natychmiast oskarżony na podstawie 9 artykułów Kodeksu karnego. Powodem tego były komentarze w Telegramie i wysłanie 0,28 i 0,004 bitcoinów do administratorów kanałów Telegrama.
 Ponadto od grudnia 2019 r. do stycznia 2020 r. zakupił „szczególnie niebezpieczne substancje psychotropowe”, a w Rosji (w obwodzie briańskim) zakupił broń palną – pistolet Makarowa (PM) i co najmniej 46 naboi do niego.
 Proces trwał od 14 lutego do 2 czerwca, prawie cztery miesiące.
 Jewgienij częściowo przyznał się do winy, wyjaśnił, że nie zgadza się z wynikami wyborów prezydenckich na Białorusi, dlatego zdecydował się działać aktywnie.</t>
   </si>
   <si>
     <t>8 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-02-14 21:25:55</t>
   </si>
   <si>
+    <t>Anton Olegovich Cheremnykh</t>
+  </si>
+  <si>
+    <t>15 lutego 1983</t>
+  </si>
+  <si>
+    <t>Zastępca dowódcy 310. grupy artylerii do pracy ideologicznej 120. oddzielnej brygady zmechanizowanej gwardii, podpułkownik. Zarzuca mu się „zdradę państwa przez osobę uprawnioną do służby wojskowej” oraz „podżeganie do innych waśni społecznych”.
+Okoliczności sprawy nie są znane.
+W dniach 5 i 17 lipca 2024 r. apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.03.2024: nieznany. Apelacja 17.07.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-03-16 11:23:55</t>
+  </si>
+  <si>
     <t>Maxim Viktorovich Polonsky</t>
   </si>
   <si>
     <t>16 lutego 1986</t>
   </si>
   <si>
     <t>Decyzja sądu 29.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-02-14 14:52:53</t>
   </si>
   <si>
     <t>Andrey Cheslavovich Krasnik</t>
   </si>
   <si>
     <t>16 lutego 1967</t>
   </si>
   <si>
     <t>Pracuje jako terapeuta w izbie przyjęć szpitala miejskiego w Lidzie. Według wstępnych informacji zostali zatrzymani za lajki i komentarze w 2020 roku.
 Wkrótce okazało się, że Andriej Kraśnik będzie ponownie sądzony: 17 kwietnia 2023 r. odbyła się rozprawa w sprawie przeciwko więźniowi politycznemu z części 2 art. 366 kk (przemoc lub groźba wobec funkcjonariusza) oraz część 1 art. 342 Kodeksu karnego (Organizacja i przygotowanie czynności rażąco naruszających porządek lub czynny w nich udział). Sprawę wyznaczono do rozpatrzenia przez sędziego Władimira Fiodorowicza .</t>
   </si>
   <si>
     <t>3,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-12-20 01:15:12</t>
   </si>
   <si>
     <t>Oleg Igorevich Gavrilov</t>
   </si>
   <si>
     <t>16 lutego 1981</t>
   </si>
   <si>
     <t>Trener fitness z Soligorska.
 Z akt sprawy wynika, że w styczniu 2021 r. Gawriłow kupił i przekazał puszki z farbą w aerozolu dwóm przyjaciołom, Tatyanie i Olegowi Biruly. Następnie, od stycznia do lutego 2021 r., ci ostatni umieszczali napisy i rysunki na różnych obiektach infrastruktury w Soligorsku, „psując je”.
 W sierpniu 2021 r. Gawriłow w drodze porozumień, w tym za wynagrodzeniem materialnym, wciągnął innego znajomego Siergieja Pasiuka w „działalność ekstremistyczną”.
 Następnie od sierpnia do grudnia 2021 roku oskarżeni rozprowadzali ulotki i inne materiały drukowane na terenie Soligorska. Badanie treści „Cieśnej Gaziety”, której kopie zatrzymano trenera, wykazało, że Gawriłow był rzekomo zamieszany w podżeganie do nienawiści lub niezgody na tle rasowym, narodowym, religijnym lub innym społecznym, popełnianym przez grupę osób.</t>
   </si>
   <si>
+    <t>Decyzja sądu 12.12.2022: 10 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 07.04.2023: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2021-12-30 14:20:17</t>
+  </si>
+  <si>
+    <t>Alexei Andreevich Chernousov</t>
+  </si>
+  <si>
+    <t>17 lutego 1991</t>
+  </si>
+  <si>
     <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
-  </si>
-[...10 lines deleted...]
-    <t>17 lutego 1991</t>
   </si>
   <si>
     <t>Decyzja sądu 15.05.2024: 4 roku 3 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 05.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Dmitriy Valerievich Gut</t>
   </si>
   <si>
     <t>18 lutego 1988</t>
   </si>
   <si>
     <t>Dmitry pracował w branży IT, wcześniej przez 7 lat pracował w prokuraturze.
 W dniu 09 stycznia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
   </si>
   <si>
-    <t>Arseny Olegovich Moiseichik</t>
-[...14 lines deleted...]
-  <si>
     <t>Stanislav Sergeevich Chapel</t>
   </si>
   <si>
     <t>19 lutego 2006</t>
   </si>
   <si>
     <t>Jak relacjonuje film ONT „Dzieci na muszce werbowani przez wroga” Stanisław zostaje oskarżony o to, że zgodził się zostać kurierem „organizacji nadzorującej SBU”. powiedzmy, facet nagrał wideo, w którym „jest gotowy działać przeciwko FSB i Putinowi”. Jednak w momencie kręcenia zdjęć odsiadywał już wyrok w kolonii za „oszustwo”. Rozprawa odbyła się w maju 2024 r. Wyrok nie jest znany, grozi mu od 3 do 10 lat więzienia z karą grzywny.
 Jak wynika z filmu ONT, w styczniu 2023 roku 16-letni wówczas chłopiec z dużej rodziny szukał pracy w Internecie. Natknął się na oszustów, którzy oferowali pracę jako kurier – aby odebrać i przewieźć pieniądze. Stanisławowi polecono nagrać film, w którym oświadczył, że wspiera Ukrainę i wydaje się, że zgadza się na pracę dla SBU.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.08.2024: nieznany. Apelacja 04.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-30 00:03:14</t>
+  </si>
+  <si>
+    <t>Dmitriy Olegovych Selvestruk</t>
+  </si>
+  <si>
+    <t>19 lutego 1990</t>
+  </si>
+  <si>
+    <t>Autor kanału telegramowego „Wiek srebra. Piłka nożna Białorusi” i były pracownik „Narodnej Gazety”. Zarzuca mu się, że na podstawie części 1 art. 361-4 Kodeksu karnego (promowanie działalności ekstremistycznej). Okoliczności sprawy nie są znane obrońcom praw człowieka.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.09.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.11.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-09-27 19:19:37</t>
   </si>
   <si>
     <t>Aleksey Nikolaevich Khralovich</t>
   </si>
   <si>
     <t>19 lutego 1984</t>
   </si>
   <si>
     <t>Były podpułkownik KGB.
 Sprawa karna przeciwko podpułkownikowi jest znana jedynie z państwowych mediów.
 W 2021 roku kanał telewizyjny ONT pokazał film „Operacja KGB Mankurty”, który relacjonował zatrzymanie podpułkownika KGB Aleksieja Chrałowicza.
 W związku z tym w chwili ogłoszenia wyroku funkcjonariusz bezpieczeństwa przebywa w areszcie od około roku.
 Chralovich został pozbawiony stopnia wojskowego podpułkownika.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.03.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 24.10.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
-    <t>Dmitriy Olegovych Selvestruk</t>
-[...11 lines deleted...]
-    <t>2023-09-27 19:19:37</t>
+    <t>Arseny Olegovich Moiseichik</t>
+  </si>
+  <si>
+    <t>19 lutego 2002</t>
+  </si>
+  <si>
+    <t>Został zatrzymany za udział w protestach. Młodzi ludzie zostali również oskarżeni o otrzymywanie z zagranicy pałek teleskopowych, paralizatorów i innych środków..
+Arseny jest absolwentem Wyższej Szkoły Biznesu i Prawa, uzyskując dyplom z zakresu prawoznawstwa i posiada prawo jazdy. Przed aresztowaniem pracował jako kurier dostarczający pizzę. Facet ma białaczkę i wymaga regularnej kontroli lekarskiej oraz corocznego rezonansu magnetycznego. Arseny ma zakaz wykonywania wielu czynności fizycznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.07.2022: 6 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
   </si>
   <si>
     <t>Vladimir Yurievich Saveliev</t>
   </si>
   <si>
     <t>19 lutego 1987</t>
   </si>
   <si>
     <t>Na początku października 2022 r. w moskiewskiej dzielnicy stolicy nieznane osoby zawiesiły na wsporniku linii energetycznej biało-czerwono-białą flagę oraz flagę Ukrainy. Dopiero następnego dnia na kanale Telegram Antona Mota pojawił się wpis ze zdjęciem flagi i podpisem: „Mieszkańcy Mińska gratulują narodowi ukraińskiemu wspaniałych wieści z mostu krymskiego. Zbrodnia to Ukraina! Niech żyje Białoruś! Chwała Ukrainie! ” W trakcie poszukiwań operacyjnych policjanci zatrzymali sześciu mieszkańców Mińska w wieku od 34 do 36 lat, którzy rzekomo dopuścili się tego czynu. Łącznie z Władimirem.
 Savelyev powiedział w prorządowym filmie , że akcja została zorganizowana na rzecz Ukraińców: „To wsparcie dla ludności cywilnej, która ginie w niepotrzebnej wojnie”.
 W dniu 14 września 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>2023-05-19 10:04:03</t>
   </si>
   <si>
     <t>Michael Grigorievich Lapunov</t>
   </si>
   <si>
     <t>20 lutego 1970</t>
   </si>
   <si>
     <t>Ojciec więźnia politycznego Nikity Zołotariewa . Michaił został zatrzymany 8 sierpnia 2023 r. i skazany na 15 dni aresztu z art. 19.11 Kodeks wykroczeń administracyjnych Republiki Białorusi (rozpowszechnianie materiałów ekstremistycznych). Po pierwszym aresztowaniu nie został zwolniony i na podstawie tego samego artykułu został skazany na kolejne 15 dni, a następnie na kolejne 15 dni.
 22 września 2023 r., w przeddzień zwolnienia po odbyciu trzeciego z rzędu aresztu administracyjnego, ponownie uznano go za winnego popełnienia przestępstwa i po raz czwarty umieszczono w schronisku.
 24 października decyzją KGB zamknięty czat na Telegramie „Homel dla Nikity Zołotoriewa” został uznany za „formację ekstremistyczną”, a jedynym wskazanym jego uczestnikiem był ojciec więźnia politycznego Michaiła Łapunowa.
 Działacze na rzecz praw człowieka dowiedzieli się , że jakiś czas po odbyciu aresztu administracyjnego Michaił został zatrzymany. Od lata 2024 r. przebywa w areszcie śledczym .</t>
   </si>
   <si>
-    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 30.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
+  </si>
+  <si>
+    <t>Oleg Petrovich Zelenko</t>
+  </si>
+  <si>
+    <t>20 lutego 1983</t>
+  </si>
+  <si>
+    <t>Oleg stał na czele klubu historycznego „Mindovg” i zajmował się także biznesem.
+W grudniu 2024 r. Oleg Zelenko został dwukrotnie skazany za „rozpowszechnianie materiałów ekstremistycznych” (19.11 Kodeksu wykroczeń administracyjnych). Po odbyciu kary prawdopodobnie wszczęto przeciwko niemu postępowanie karne i umieszczono go w areszcie śledczym.
+Podobno po wyroku Zelenko został skazany na kolonię karną - jego media społecznościowe nie są aktualizowane, a na Telegramie widnieje status „był online dawno temu”.</t>
+  </si>
+  <si>
+    <t>2025-06-30 10:26:56</t>
   </si>
   <si>
     <t>Vladislav Vitalievich Voitekhovich</t>
   </si>
   <si>
     <t>20 lutego 1995</t>
   </si>
   <si>
     <t>Władysław został zatrzymany w sierpniu 2021 r. w związku ze sprawą karną wszczętą na podstawie artykułu „akt terroryzmu”.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.
 Władysław został skazany na podstawie licznych zarzutów karnych na długoletnie pozbawienie wolności, z czego pierwsze pięć lat spędził w więzieniu. Został również pozbawiony stopnia wojskowego.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 21 rok więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia), ograniczenie służby wojskowej. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-17 01:29:35</t>
   </si>
   <si>
-    <t>Nikita Arturovich Kharlovich</t>
-[...28 lines deleted...]
-    <t>2025-06-30 10:26:56</t>
+    <t>Natalia Alexandrovna Chubovskaya</t>
+  </si>
+  <si>
+    <t>21 lutego 1981</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:34:18</t>
+  </si>
+  <si>
+    <t>Artem Sergeevich Mitsuk</t>
+  </si>
+  <si>
+    <t>21 lutego 2001</t>
+  </si>
+  <si>
+    <t>Został zatrzymany pod zarzutem masowych niepokojów i oskarżony o udział w „radykalnych” kanałach telegraficznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:33:01</t>
   </si>
   <si>
     <t>Oleg Igorevich Sychev</t>
   </si>
   <si>
     <t>21 lutego 1976</t>
   </si>
   <si>
     <t>47-letni Oleg urodził się w Krasnojarsku, ale w 2000 roku przeniósł się na Białoruś i już otrzymał obywatelstwo. 
 W prorządowym filmie pokazano, jak „ukraiński terrorysta” Mykoła Szwec został zatrzymany 4 marca w domu Olega w spółce ogrodniczej „Brzozowy Gaj” we wsi Czertiaż (sejmik wsi Borowlański).
 Sychev wraz z żoną Nastią Pilko zostali zatrzymani przez służby bezpieczeństwa 3 marca właśnie w tym domu.
 Według obrońców praw człowieka obaj przebywają obecnie w areszcie śledczym KGB.
 Zatrzymana para ma dwójkę małoletnich dzieci, które są teraz z babcią .</t>
   </si>
   <si>
     <t>Decyzja sądu 03.10.2024: 9 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-04-07 13:01:12</t>
   </si>
   <si>
-    <t>Artem Sergeevich Mitsuk</t>
-[...22 lines deleted...]
-  <si>
     <t>Artem Ruslanovich Zakrzhevsky</t>
   </si>
   <si>
     <t>22 lutego 2003</t>
   </si>
   <si>
     <t>Artem został uznany winnym, zgodnie z aktem oskarżenia, wejścia na jezdnię w nocy z 9 na 10 sierpnia 2020 r. podczas nielegalnej imprezy masowej w Mińsku, blokowania ruchu, krzyczenia haseł i nieprzestrzegania zgodnych z prawem poleceń władz.
 Ponadto, 1 stycznia 2022 roku, będąc pod wpływem alkoholu w miejscu publicznym, dopuścił się niesprowokowanej przemocy wobec innego mężczyzny. Artem został skazany na karę ograniczenia wolności z odroczonym terminem wykonania kary.
 W październiku 2023 r. odbyło się przesłuchanie w sprawie wzmocnienia reżimu; powody i wyniki przesłuchania nie są znane.</t>
   </si>
   <si>
     <t>IUOT-9, 210034, Witebsk, ul. 3 Czepińska, 39</t>
   </si>
   <si>
     <t>Decyzja sądu 05.07.2022: 4 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 27.09.2022: wyrok został podtrzymany. Sąd zmiany reżimu 11.10.2023: nieznany. Apelacja 19.12.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
   </si>
   <si>
-    <t>Alexey Anatolyevich Kaidash</t>
+    <t>Aliaksei Kaidash</t>
   </si>
   <si>
     <t>23 lutego 1979</t>
   </si>
   <si>
     <t>Aleksiej został początkowo skazany na areszt administracyjny na podstawie artykułu 19.11 Kodeksu wykroczeń administracyjnych . Następnie wszczęto postępowanie karne na podstawie artykułu 361-4 Kodeksu karnego Republiki Białorusi (współudział w działalności ekstremistycznej).
 Aleksiej Kajdasz pracował w Mozyrzu jako zawodowy fotograf, wykonując zdjęcia ślubne, dziecięce, portretowe, do portfolio, menu i katalogów.</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w specjalnych warunkach reżimu.</t>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-05-20 10:59:49</t>
   </si>
   <si>
     <t>Andrey Konstantinovich Yaremchik</t>
   </si>
   <si>
     <t>23 lutego 1993</t>
   </si>
   <si>
     <t>Gitarzysta basowy zespołu TOR BAND.
 20 stycznia 2023 roku okazało się , że Tor Band został uznany za formację ekstremistyczną.
 KGB włączyło w swój skład Dmitrija Gołowacza i jego żonę Julię, Jewgienija Burło i Andrieja Jaremczyka.
 To pierwsza grupa muzyczna, która znalazła się na liście formacji ekstremistycznych.</t>
   </si>
   <si>
     <t>7,5 roku więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2023-01-24 13:54:58</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Porotnikov</t>
   </si>
   <si>
     <t>24 lutego 1978</t>
   </si>
   <si>
     <t>Politolog, specjalista ds. bezpieczeństwa. Szef centrum analitycznego Blog o bezpieczeństwie Białorusi; członek Rady organizacji Sojusz Prawicy (2010-2011).
 Według znajomego Andrieja kilka dni temu został zatrzymany w Moskwie. Teraz został przewieziony do Mińska i przebywa w areszcie śledczym KGB.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.10.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2023-03-23 23:52:54</t>
   </si>
   <si>
+    <t>Alexander Viktorovich Kuksa</t>
+  </si>
+  <si>
+    <t>24 lutego 1983</t>
+  </si>
+  <si>
+    <t>14 lutego Komitet Śledczy wszczął sprawę karną przeciwko przedstawicielom i uczestnikom ogłoszonej przez Wspólny Gabinet Przejściowy inicjatywy „Rezerwa Kadrowa dla Nowej Białorusi”. Telewizja ONT pokazała później 14 osób zatrzymanych w tej sprawie. Propagandysta Igor Tur powiedział, że wraz ze służbami bezpieczeństwa przez rok wysłuchiwał wykładów dla uczestników inicjatywy. 26 lutego kanały prorządowe opublikowały wideo z udziałem Aleksandra Kuksy, w którym przyznał się on do udziału w tym programie. Program „Rezerwa kadrowa dla Nowej Białorusi” został uruchomiony przez Wspólny Gabinet Przejściowy w listopadzie 2022 r. Celem projektu było wyszkolenie specjalistów, którzy byliby w stanie pracować na stanowiskach rządowych i przeprowadzać reformy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.12.2024: nieznany. Apelacja 28.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-03-13 11:05:07</t>
+  </si>
+  <si>
     <t>Sergey Anatolyevich Sokolov</t>
   </si>
   <si>
     <t>24 lutego 1976</t>
   </si>
   <si>
     <t>Siergiej został zatrzymany w sierpniu 2021 r. w związku ze sprawą karną wszczętą na podstawie artykułu „akt terroryzmu”.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni żołnierze, funkcjonariusze organów ścigania, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę. Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.
 Siergiej został skazany na podstawie kilku artykułów prawa karnego na długoletnie więzienie i grzywnę, a także pozbawiony stopnia wojskowego.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary, ograniczenie służby wojskowej. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Kuksa</t>
-[...11 lines deleted...]
-    <t>2024-03-13 11:05:07</t>
+    <t>Pavel Leonidovich Nedbailo</t>
+  </si>
+  <si>
+    <t>25 lutego 1981</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Swietłogorska został zatrzymany 29 września 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegraficznych.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Dmitry Vasilievich Androsyuk</t>
+  </si>
+  <si>
+    <t>25 lutego 1984</t>
+  </si>
+  <si>
+    <t>Dmitrij był świadkiem w sprawie brzeskich więźniów politycznych i blogerów Siergieja Pietruchina i Aleksandra Kabanowa, którzy zostali skazani na trzy lata więzienia w kwietniu 2021 roku. Jak powiedział brzeskim obrońcom praw człowieka, wszczęto przeciwko niemu postępowanie karne za odmowę odpowiedzi na pytania sędziego rozpatrującego sprawę Pietruchina i Kabanowa, ponieważ sędzia nie przedstawił jego oficjalnego dokumentu tożsamości. We wrześniu 2021 roku Dmitrij został uznany winnym „odmowy lub uchylania się od zeznań” i skazany na karę aresztu.
+Został zwolniony w lutym 2022 r. po odbyciu pełnej kary.
+W grudniu 2024 r. Dmitrij został ponownie skazany na podstawie artykułu „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i skazany na karę pozbawienia wolności w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.09.2021: 3 miesiące aresztowania. Decyzja sądu 17.12.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 21.02.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-09-21 17:48:17</t>
+  </si>
+  <si>
+    <t>Andrey Ivanovich Matusenko</t>
+  </si>
+  <si>
+    <t>25 lutego 1969</t>
+  </si>
+  <si>
+    <t>W 2006 roku Matusenko założył firmę „MM-Transit” w obwodzie smoleńskim. Jej obszar działalności to transport towarowy. W 2020 roku firma została zlikwidowana. Następnie mieszkaniec Witebska kontynuował pracę w różnych firmach w Rosji, na przykład w firmie transportowej „S-Trans”. Podróżował po całej Unii Europejskiej, Rosji, Białorusi i Ukrainie.
+Matusenko służył w Afganistanie. Jego służba trwała od listopada 1987 do lutego 1989 roku.</t>
+  </si>
+  <si>
+    <t>2025-08-17 15:02:31</t>
   </si>
   <si>
     <t>Aleksey Dmitrievich Shishkovets</t>
   </si>
   <si>
     <t>25 lutego 1979</t>
   </si>
   <si>
     <t>Aresztowany za „przygotowanie do sabotażu na kolei”.
 Jak poinformowało MSW , na początku 2022 roku mężczyzna „wstąpił do ekstremistycznej formacji ByPol, logując się do bota czatu mobilizacyjnego w celu popełniania nielegalnych czynów na Białorusi”.
 1 marca rzekomo otrzymał polecenie zablokowania torów kolejowych, a także sporządzenia i użycia koktajli Mołotowa.</t>
   </si>
   <si>
-    <t>11 lat więzienia w kolonii o zaostrzonym reżimie.</t>
+    <t>Decyzja sądu 12.10.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-03-11 01:18:52</t>
   </si>
   <si>
-    <t>Pavel Leonidovich Nedbailo</t>
-[...26 lines deleted...]
-    <t>2021-09-21 17:48:17</t>
+    <t>Timofey Alexandrovich Korotkevich</t>
+  </si>
+  <si>
+    <t>25 lutego 2002</t>
+  </si>
+  <si>
+    <t>Skazany za lubienie w 2020 roku, gdy miał 18 lat. Podstawą rozprawy były prawdopodobnie zarzuty zniesławienia.</t>
+  </si>
+  <si>
+    <t>2025-05-20 22:35:08</t>
+  </si>
+  <si>
+    <t>Aliaksei Peraverzeu</t>
+  </si>
+  <si>
+    <t>Według doniesień prorządowych mediów, oskarżony jest o finansowanie działalności terrorystycznej w zamian za darowiznę w wysokości 50 USD na rzecz Pułku Kalinowskiego w 2023 roku.</t>
+  </si>
+  <si>
+    <t>2025-04-03 14:00:05</t>
   </si>
   <si>
     <t>Larisa Ivanovna Prokhorova</t>
   </si>
   <si>
     <t>25 lutego 1975</t>
   </si>
   <si>
     <t>Został zatrzymany wraz z całą rodziną (mężem, córką, synem) pod zarzutem „zdrady”. Córka najwyraźniej została później zwolniona. Szczegóły sprawy nie są znane.
 Pracowała jako pielęgniarka w Homlskim Miejskim Szpitalu Klinicznym nr 3. Larisa Prokhorova jest osobą całkowicie niepubliczną. Urodziła się w 1975 roku w Grabowce, gdzie mieszkała przez całe życie.
 Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.
 Rodzina Prochorowów przez długi czas mieszkała we wsi Grabówka w obwodzie homelskim. W chwili aresztowania mieszkali we wsi Uza w obwodzie homelskim, dokąd przenieśli się dwa lata temu.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.06.2024: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-12-29 15:11:09</t>
   </si>
   <si>
-    <t>Andrey Ivanovich Matusenko</t>
-[...23 lines deleted...]
-  <si>
     <t>Egor Romanovich Tyushkevich</t>
   </si>
   <si>
     <t>25 lutego 1997</t>
   </si>
   <si>
     <t>Muzyk. Pracował w teatrze lalek w Brześciu.
 Pierwszy wyrok skazujący zapadł w Sądzie Obwodowym w Brześciu 19 grudnia 2024 r.
 W październiku 2025 roku okazało się, że przeciwko Jegorowi wszczęto nową sprawę karną i przeniesiono go do aresztu śledczego.</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 19.12.2024: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-12-12 12:21:12</t>
   </si>
   <si>
+    <t>Vitaly Ivanovich Khalchitsky</t>
+  </si>
+  <si>
+    <t>27 lutego 1957</t>
+  </si>
+  <si>
+    <t>Jest emerytem i ma małe dziecko na utrzymaniu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.03.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-04-19 20:32:22</t>
+  </si>
+  <si>
     <t>Alina Viktorovna Shevtsova</t>
   </si>
   <si>
     <t>27 lutego 2004</t>
   </si>
   <si>
     <t>Studentka Mińskiego Państwowego Uniwersytetu Lingwistycznego. Zatrzymana we wrześniu 2024 roku. Początkowo została skazana na dwa dni więzienia na podstawie artykułu administracyjnego, po czym wszczęto przeciwko niej postępowanie karne. Według znajomych, postępowanie karne ma podłoże polityczne.
 Alina Szewcowa została dodana do listy uczestniczek „formacji ekstremistycznej” „Szkoła Przywództwa dla Kobiet” pod koniec września 2024 roku. Jest to projekt edukacyjny dla białoruskich studentek, który pomaga im rozwijać umiejętności przywódcze.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-07 17:33:41</t>
+  </si>
+  <si>
+    <t>Gleb Vladimirovich Zhukov</t>
+  </si>
+  <si>
+    <t>27 lutego 1969</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-27 15:04:17</t>
   </si>
   <si>
     <t>Pavel Yurievich Belyutin</t>
   </si>
   <si>
     <t>27 lutego 1977</t>
   </si>
   <si>
     <t>Paweł został skazany 23 maja 2022 r. przez Sąd Rejonowy Frunzenski w Mińsku na podstawie art. 369 Kodeksu karnego Republiki Białorusi.
 W wieczornych wiadomościach wyemitowanych w państwowej telewizji „Belarus 1” 5 maja 2025 r. Paweł został nazwany „członkiem grupy ekstremistycznej” i „częścią sztandaru wileńskiego”, którego celem rzekomo była inwazja na Białoruś. Z nagrania wynika , że aktywista rzekomo przeszedł szkolenie paramilitarne w ramach tej organizacji. Podejrzewa się, że brał udział w protestach w 2020 r. i był członkiem grupy planującej atak dronów na elektrownię jądrową w Ostrowcu.
 Podaje się , że Paweł opuścił Białoruś i został umieszczony na liście osób poszukiwanych przez państwo. Okoliczności zatrzymania aktywisty nie są znane. Na nagraniu widać, jak funkcjonariusze KGB eskortują mężczyznę z samolotu na lotnisku i przenoszą go do samochodu.</t>
   </si>
   <si>
     <t>Poczta Główna, skrytka pocztowa 8, Mińsk 220050</t>
   </si>
   <si>
     <t>Decyzja sądu 23.05.2022: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego. Sąd zmiany reżimu 19.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2022-06-01 18:47:07</t>
-  </si>
-[...25 lines deleted...]
-    <t>2024-11-27 15:04:17</t>
   </si>
   <si>
     <t>Ruslan Aleksandrovich Lobanok</t>
   </si>
   <si>
     <t>28 lutego 1983</t>
   </si>
   <si>
     <t>Rusłan, biznesmen, założyciel i były dyrektor hiszpańskiego centrum wizowego w Mińsku, został zatrzymany przez funkcjonariuszy KGB w październiku 2021 r. na lotnisku, gdy miał opuścić Białoruś. Aresztowanie nastąpiło w ramach postępowania karnego wszczętego z przyczyn politycznych.
 W marcu 2023 r. Rusłan został skazany za przekupstwo i zdradę stanu. Sąd skazał go na długoletnie więzienie i wysoką grzywnę.
 W sierpniu 2024 roku zaostrzono warunki jego przetrzymywania – Rusłana przeniesiono do więzienia o charakterze izolacyjnym. Od tamtej pory nie wolno mu przyjmować paczek, odwiedzać go ani udzielać innych form wsparcia. Na potrzeby osobiste może wykorzystać nie więcej niż jedną jednostkę podstawową miesięcznie.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 06.03.2023: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 ruble odszkodowania. Apelacja 05.05.2023: wyrok został podtrzymany. Sąd zmiany reżimu 28.08.2024: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2023-03-05 00:05:05</t>
   </si>
   <si>
     <t>Lily Victorovna Kostenich</t>
   </si>
   <si>
@@ -1735,2146 +1730,2143 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...11 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
         <v>51</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...11 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>64</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>69</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E15" t="s">
-        <v>58</v>
+        <v>87</v>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="I16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
         <v>58</v>
       </c>
-      <c r="F18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
+      <c r="E19" t="s">
+        <v>47</v>
+      </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>87</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D22" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>133</v>
+        <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>134</v>
       </c>
       <c r="I25" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>136</v>
       </c>
       <c r="B26" t="s">
         <v>137</v>
       </c>
       <c r="C26" t="s">
         <v>138</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E26" t="s">
-        <v>58</v>
+        <v>87</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>139</v>
       </c>
       <c r="I26" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>141</v>
       </c>
       <c r="B27" t="s">
         <v>142</v>
       </c>
       <c r="C27" t="s">
         <v>143</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>95</v>
+        <v>144</v>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>152</v>
+        <v>153</v>
+      </c>
+      <c r="C29" t="s">
+        <v>154</v>
       </c>
       <c r="D29" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="H29" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>161</v>
+        <v>162</v>
+      </c>
+      <c r="C31" t="s">
+        <v>163</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I31" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B32" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C32" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D32" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="I32" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
+      <c r="E33" t="s">
+        <v>174</v>
+      </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>178</v>
+        <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="C36" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E36" t="s">
-        <v>188</v>
+        <v>87</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="I36" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D37" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="E37" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>199</v>
+        <v>144</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
       <c r="C40" t="s">
         <v>209</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>210</v>
       </c>
       <c r="I40" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>212</v>
       </c>
       <c r="B41" t="s">
         <v>213</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="H41" t="s">
         <v>214</v>
       </c>
       <c r="I41" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>216</v>
       </c>
       <c r="B42" t="s">
         <v>217</v>
       </c>
       <c r="C42" t="s">
         <v>218</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>219</v>
       </c>
       <c r="I42" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>221</v>
       </c>
       <c r="B43" t="s">
         <v>222</v>
       </c>
       <c r="C43" t="s">
         <v>223</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
+        <v>57</v>
+      </c>
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>224</v>
       </c>
-      <c r="F43" t="s">
-[...5 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>226</v>
+      </c>
+      <c r="B44" t="s">
         <v>227</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F44" t="s">
         <v>22</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>229</v>
       </c>
       <c r="I44" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>231</v>
       </c>
       <c r="B45" t="s">
         <v>232</v>
       </c>
       <c r="C45" t="s">
         <v>233</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>234</v>
       </c>
       <c r="I45" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>236</v>
       </c>
       <c r="B46" t="s">
         <v>237</v>
       </c>
       <c r="C46" t="s">
         <v>238</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>239</v>
       </c>
       <c r="I46" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>241</v>
       </c>
       <c r="B47" t="s">
         <v>242</v>
       </c>
       <c r="C47" t="s">
         <v>243</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>244</v>
       </c>
       <c r="I47" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>246</v>
       </c>
       <c r="B48" t="s">
         <v>247</v>
       </c>
       <c r="C48" t="s">
         <v>248</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="F48" t="s">
         <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>249</v>
       </c>
       <c r="I48" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>251</v>
       </c>
       <c r="B49" t="s">
         <v>252</v>
       </c>
       <c r="C49" t="s">
         <v>253</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F49" t="s">
         <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
         <v>254</v>
       </c>
       <c r="I49" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>256</v>
       </c>
       <c r="B50" t="s">
         <v>257</v>
       </c>
       <c r="C50" t="s">
         <v>258</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="I50" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>260</v>
       </c>
       <c r="B51" t="s">
         <v>261</v>
       </c>
       <c r="C51" t="s">
         <v>262</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
+        <v>228</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>263</v>
       </c>
-      <c r="F51" t="s">
-[...5 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" t="s">
         <v>266</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>267</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
+        <v>59</v>
+      </c>
+      <c r="I52" t="s">
         <v>268</v>
-      </c>
-[...13 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>269</v>
+      </c>
+      <c r="B53" t="s">
+        <v>270</v>
+      </c>
+      <c r="C53" t="s">
         <v>271</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>272</v>
       </c>
-      <c r="C53" t="s">
+      <c r="I53" t="s">
         <v>273</v>
-      </c>
-[...16 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>274</v>
+      </c>
+      <c r="B54" t="s">
+        <v>275</v>
+      </c>
+      <c r="D54" t="s">
+        <v>69</v>
+      </c>
+      <c r="E54" t="s">
+        <v>57</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
         <v>276</v>
-      </c>
-[...19 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>277</v>
+      </c>
+      <c r="B55" t="s">
+        <v>278</v>
+      </c>
+      <c r="C55" t="s">
+        <v>279</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>47</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
+        <v>280</v>
+      </c>
+      <c r="I55" t="s">
         <v>281</v>
-      </c>
-[...22 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>282</v>
+      </c>
+      <c r="B56" t="s">
+        <v>283</v>
+      </c>
+      <c r="C56" t="s">
+        <v>284</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>32</v>
+      </c>
+      <c r="F56" t="s">
+        <v>22</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
+        <v>285</v>
+      </c>
+      <c r="I56" t="s">
         <v>286</v>
-      </c>
-[...22 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>287</v>
+      </c>
+      <c r="B57" t="s">
+        <v>288</v>
+      </c>
+      <c r="C57" t="s">
+        <v>289</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>290</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>291</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>292</v>
-      </c>
-[...13 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>293</v>
+      </c>
+      <c r="B58" t="s">
         <v>294</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>295</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>296</v>
       </c>
-      <c r="D58" t="s">
-[...2 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>297</v>
       </c>
-      <c r="F58" t="s">
-[...5 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" t="s">
         <v>300</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>301</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>32</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>302</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>304</v>
+      </c>
+      <c r="B60" t="s">
         <v>305</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>306</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>47</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>307</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>309</v>
+      </c>
+      <c r="B61" t="s">
         <v>310</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>311</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>312</v>
       </c>
-      <c r="D61" t="s">
-[...11 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>314</v>
+      </c>
+      <c r="B62" t="s">
         <v>315</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>316</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>47</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>317</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>319</v>
+      </c>
+      <c r="B63" t="s">
         <v>320</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>321</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>228</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
+        <v>280</v>
+      </c>
+      <c r="I63" t="s">
         <v>322</v>
-      </c>
-[...13 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" t="s">
         <v>325</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>326</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>328</v>
+      </c>
+      <c r="B65" t="s">
+        <v>329</v>
+      </c>
+      <c r="C65" t="s">
         <v>330</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>70</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>59</v>
+      </c>
+      <c r="I65" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>332</v>
+      </c>
+      <c r="B66" t="s">
+        <v>333</v>
+      </c>
+      <c r="C66" t="s">
         <v>334</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>96</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>335</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
         <v>339</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>63</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>33</v>
+      </c>
+      <c r="I67" t="s">
         <v>340</v>
-      </c>
-[...19 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="B68" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C68" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="F68" t="s">
         <v>22</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>279</v>
+        <v>33</v>
       </c>
       <c r="I68" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>344</v>
+      </c>
+      <c r="B69" t="s">
+        <v>345</v>
+      </c>
+      <c r="C69" t="s">
+        <v>346</v>
+      </c>
+      <c r="D69" t="s">
+        <v>69</v>
+      </c>
+      <c r="E69" t="s">
+        <v>87</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>347</v>
+      </c>
+      <c r="I69" t="s">
         <v>348</v>
-      </c>
-[...22 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>349</v>
+      </c>
+      <c r="B70" t="s">
+        <v>350</v>
+      </c>
+      <c r="C70" t="s">
+        <v>351</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>47</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>352</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>354</v>
+      </c>
+      <c r="B71" t="s">
+        <v>355</v>
+      </c>
+      <c r="C71" t="s">
+        <v>356</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>357</v>
       </c>
-      <c r="B71" t="s">
+      <c r="I71" t="s">
         <v>358</v>
-      </c>
-[...19 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>359</v>
+      </c>
+      <c r="B72" t="s">
+        <v>360</v>
+      </c>
+      <c r="C72" t="s">
+        <v>361</v>
+      </c>
+      <c r="D72" t="s">
+        <v>69</v>
+      </c>
+      <c r="E72" t="s">
+        <v>87</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>362</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>363</v>
-      </c>
-[...19 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="B73" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="I73" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>368</v>
+      </c>
+      <c r="B74" t="s">
+        <v>369</v>
+      </c>
+      <c r="C74" t="s">
+        <v>370</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>371</v>
+      </c>
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
+        <v>372</v>
+      </c>
+      <c r="I74" t="s">
         <v>373</v>
-      </c>
-[...16 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>374</v>
+      </c>
+      <c r="B75" t="s">
+        <v>375</v>
+      </c>
+      <c r="C75" t="s">
+        <v>376</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
         <v>377</v>
       </c>
-      <c r="B75" t="s">
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>378</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>379</v>
-      </c>
-[...16 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>380</v>
+      </c>
+      <c r="B76" t="s">
+        <v>381</v>
+      </c>
+      <c r="C76" t="s">
+        <v>382</v>
+      </c>
+      <c r="D76" t="s">
+        <v>69</v>
+      </c>
+      <c r="E76" t="s">
+        <v>87</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
+      <c r="I76" t="s">
         <v>384</v>
-      </c>
-[...19 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>385</v>
+      </c>
+      <c r="B77" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>47</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>388</v>
       </c>
-      <c r="B77" t="s">
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>390</v>
+      </c>
+      <c r="B78" t="s">
+        <v>391</v>
+      </c>
+      <c r="D78" t="s">
+        <v>69</v>
+      </c>
+      <c r="E78" t="s">
+        <v>87</v>
+      </c>
+      <c r="F78" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
+        <v>392</v>
+      </c>
+      <c r="I78" t="s">
         <v>393</v>
-      </c>
-[...19 lines deleted...]
-        <v>396</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">