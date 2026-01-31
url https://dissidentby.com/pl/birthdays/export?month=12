--- v0 (2025-12-06)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -81,523 +81,513 @@
     <t>W więzieniu</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
     <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:00</t>
   </si>
   <si>
     <t>Victor Viktorovich Sachkovsky</t>
   </si>
   <si>
     <t>2 grudnia 1989</t>
   </si>
   <si>
     <t>Z materiałów sprawy wynika, że 27 lutego 2022 roku mężczyzna filmował loty wojskowych samolotów i przesłał nagranie do tzw. „formacja ekstremistyczna”. Nie podano, gdzie dokładnie wideo zostało wysłane.</t>
   </si>
   <si>
     <t>Decyzja sądu 11.03.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 02.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
-  </si>
-[...34 lines deleted...]
-    <t>2021-02-28 00:25:35</t>
   </si>
   <si>
     <t>Nikolay Vladimirovich Vasilevich</t>
   </si>
   <si>
     <t>3 grudnia 1978</t>
   </si>
   <si>
     <t>Nikołajowi zarzuca się „finansowanie działalności terrorystycznej”, zgodnie z tym artykułem grozi mu od 8 do 12 lat więzienia.
 Ostatnim znanym miejscem pracy mężczyzny było Republikańskie Centrum Szkolenia Olimpijskiego w Lekkoatletyce.
 W dniu 6 czerwca 2023 roku został skazany z art. 361-2 Kodeksu karnego na 6 lat kolonii o zaostrzonym rygorze i wysoką grzywnę. Inne szczegóły sprawy nie są znane.
 1 września 2023 r. w Sądzie Najwyższym sędzia V. Cherevach miał rozpatrzyć apelację więźnia politycznego. W chwili obecnej uprawomocnił się pierwszy wyrok, zatem w chwili wydania drugiego Wasilewicza uznawano za już skazanego.
 12 września 2023 r. w Sądzie Rejonowym w Pierwomajskim odbył się kolejny proces Mikołaja. Tym razem został oskarżony o „finansowanie działalności terrorystycznej”. W sumie za darowizny Swietłana Czerepowicz skazała go na 9 lat i 6 miesięcy kolonii o zaostrzonym rygorze oraz grzywnę w wysokości 600 jednostek podstawowych. W prorządowym filmie widać, że przekazał co najmniej 54 datki na fundusze solidarnościowe.
 W dniu 14 listopada 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>9,5 roku więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
+    <t>Pavel Yurievich Lukashevich</t>
+  </si>
+  <si>
+    <t>3 grudnia 1987</t>
+  </si>
+  <si>
+    <t>O zatrzymaniu mieszkańca Lidchan wyszło na jaw 22 września. W policyjnym nagraniu oświadczył, że jest „zarejestrowany w Planie Peramoga” i w telegramie pozostawił „groźby” siłom bezpieczeństwa. Jak podaje telegram „Zatrzymania, sądy w Lidzie”, mężczyzna został aresztowany na 15 dni na podstawie nienazwanego artykułu administracyjnego.</t>
+  </si>
+  <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.05.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:38:03</t>
+  </si>
+  <si>
     <t>Victor Alexandrovich Savchits</t>
   </si>
   <si>
     <t>4 grudnia 1981</t>
   </si>
   <si>
     <t>Sędzia Jewgienij Pisarewicz rozpatrywał sprawę od 28 sierpnia do 4 września 2024 roku. Wiktor zostanie również zobowiązany do zapłaty 1000 rubli odszkodowania za straty moralne wyrządzone policjantowi z Łogojska.
 7 października 2025 r. ogłoszono wyrok w drugim procesie: uwzględniając pierwszy proces - 6 lat pozbawienia wolności w więzieniu o zaostrzonym rygorze, grzywnę w wysokości 600 jednostek bazowych, a także odszkodowanie za straty moralne dla Czemodanovej - 5000 rubli białoruskich, Karpenkowa - 2000 rubli białoruskich i Nikitenko - 5000 rubli białoruskich.</t>
   </si>
   <si>
     <t>Decyzja sądu 04.09.2024: 6 lata więzienia w kolonii na warunkach ogólnych, 1000 ruble odszkodowania. Apelacja 05.11.2024: nieznany. Decyzja sądu 07.10.2025: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
     <t>Alexander Sergeevich Veresovich</t>
   </si>
   <si>
     <t>4 grudnia 1966</t>
   </si>
   <si>
     <t>Nazwisko Aleksandra pojawiło się w harmonogramie rozprawy. Mężczyzna jest oskarżony o przekazywanie datków na rzecz pomocy Ukrainie i „grupie ekstremistycznej”.
 Warto zauważyć, że mężczyzna przekazał darowiznę na rzecz „formacji ekstremistycznej” przed majem 2021 r., kiedy na Białorusi w ogóle nie było formacji ekstremistycznych. Teraz mężczyźnie grozi od pięciu do dziesięciu lat więzienia. Proces rozpocznie się 19 marca w Sądzie Miejskim w Mińsku.
 Aleksander prowadzi małą firmę w Mołodecznie: jako indywidualny przedsiębiorca zajmuje się transportem ładunków własnym autobusem. Wychowuje dwójkę dzieci: młodą córkę, która kończy szóstą klasę, i syna, który powinien teraz być w liceum.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
-    <t>Andrey Edwardovich Krot</t>
-[...19 lines deleted...]
-  <si>
     <t>Alexander Yurievich Volchok</t>
   </si>
   <si>
     <t>5 grudnia 1986</t>
   </si>
   <si>
     <t>Został zatrzymany 28 czerwca 2021 r., odbył 7 dni aresztu administracyjnego. Został zwolniony 5 lipca, po czym ponownie został zatrzymany przez komisję śledczą, ale tym razem w sprawie karnej.
 Według prokuratury Aleksander w Odnoklassnikach od listopada do grudnia 2020 r., od maja do grudnia 2021 r. zamieszczał obraźliwe dla Łukaszenki publikacje.
 W grudniu 2020 i marcu 2021 zamieścił komentarz tekstowy i wideo na portalu społecznościowym Vkontakte, w którym rozmawiał z Łukaszenką.</t>
   </si>
   <si>
     <t>2,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
     <t>Marina Viktorovna Mazovka</t>
   </si>
   <si>
     <t>5 grudnia 1972</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-02 15:14:31</t>
-  </si>
-[...36 lines deleted...]
-    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Viktor Lameko</t>
   </si>
   <si>
     <t>6 grudnia 1968</t>
   </si>
   <si>
     <t>Victor Lameko, przedsiębiorca z Zelvy, został brutalnie zatrzymany i pobity podczas aresztowania. Początkowo sporządzono przeciwko niemu protokół na podstawie artykułu administracyjnego 19.11 Kodeksu wykroczeń administracyjnych Republiki Białoruś (rozpowszechnianie materiałów ekstremistycznych). Nie pozwalając Lameko nawet na opuszczenie gmachu sądu, siły bezpieczeństwa ponownie go zatrzymały i ponownie sporządziły protokół na podstawie art. 19.11 Kodeks administracyjny Republiki Białoruś. Gdy mężczyzna przebywał w areszcie śledczym, sporządzono przeciwko niemu trzeci protokół.
 Jak się okazało , biznesmen przebywa w areszcie śledczym, usłyszał już zarzut z artykułu karnego o zniesławienie A.G. Łukaszenki.
 Kiedy mężczyzna był w więzieniu, zmarła jego matka.
 Wiktor pozwał fiskusa i bronił przed sądami przedsiębiorców z obwodu grodzieńskiego.</t>
   </si>
   <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
     <t>3 lata więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
+  </si>
+  <si>
+    <t>Inna Viktorovna Korbut</t>
+  </si>
+  <si>
+    <t>6 grudnia 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukończyła Uniwersytet Państwowy w Kuleszowie, uzyskując dyplom z psychologii dziecięcej. Mieszkała również w Mozyrzu i Mohylewie. Od trzech lat prowadzi jednoosobową działalność gospodarczą, specjalizującą się w fotografii.
+Inna została aresztowana i skazana w 2025 roku za „wspieranie działalności ekstremistycznej”. Prokuratura jest związana ze sprawą Gayun. Wiadomo, że Inna została skazana na kolonię karną , ale wyrok, jak również dokładny charakter zarzutów, pozostają nieznane.
+</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Vladimir Anatolyevich Trifonov</t>
   </si>
   <si>
     <t>6 grudnia 1964</t>
   </si>
   <si>
     <t>Szczegóły sprawy nie są znane, ponieważ proces odbywał się za zamkniętymi drzwiami, aw rzeczywistości sprawa karna jest utajniona.
 Szczegóły zatrzymania skazanych znane są z propagandowego filmu „Operacja KGB „Mankurt””, który ONT pokazał w 2021 roku.
 Według filmu Władimir Trifonow jest przewodnikiem po granicy białorusko-litewskiej, przez którą miał nielegalnie przewieźć Aleksieja Chrałowicza .
 Zaczął odsiadywać wyrok.</t>
   </si>
   <si>
     <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
   </si>
   <si>
     <t>14 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Anna Vladimirovna Vlasenko</t>
+    <t>Igor Vasilievich Cherpakov</t>
+  </si>
+  <si>
+    <t>7 grudnia 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Alexander Stanislavovich Yushkevich</t>
+  </si>
+  <si>
+    <t>7 grudnia 1987</t>
+  </si>
+  <si>
+    <t>8 lat więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2023-09-04 22:43:02</t>
+  </si>
+  <si>
+    <t>Vladimir Leonidovich Leosevich</t>
   </si>
   <si>
     <t>7 grudnia 1981</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: nieznany.</t>
-[...14 lines deleted...]
-    <t>2023-09-04 22:43:02</t>
+    <t>Rozprawa sądowa odbyła się 30 października 2023 r.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
   </si>
   <si>
     <t>Egor Aleksandrovich Michailov</t>
   </si>
   <si>
     <t>7 grudnia 1994</t>
   </si>
   <si>
     <t>Jegor został aresztowany w lutym 2021 roku, a następnie skazany za podpalenie czołgu T-72 w pociągu wojskowym na stacji kolejowej Stepianka. Według akt sprawy, w nocy 31 stycznia 2021 roku rzucił w czołg koktajlem Mołotowa z napisem „OGSB”. Jego działania zostały zakwalifikowane jako „akt terroryzmu”. Według prokuratury, Jegor dopuścił się podpalenia z powodu swoich poglądów politycznych.
 Na początku października 2023 roku ogłoszono, że Jegor został przeniesiony do Aresztu Śledczego nr 1 w związku z nową sprawą karną wszczętą na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w takich działaniach”. W tej sprawie został skazany na dodatkowe sześć miesięcy więzienia.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 26.07.2021: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 685 ruble odszkodowania. Decyzja sądu 05.10.2023: 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 12.12.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
+    <t>Anna Vladimirovna Vlasenko</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
+  </si>
+  <si>
+    <t>Marina Vladimirovna Leonovich</t>
+  </si>
+  <si>
+    <t>8 grudnia 1995</t>
+  </si>
+  <si>
+    <t>Marina jest białoruskojęzyczną specjalistką IT z EPAM, która zajmuje się również pracą kreatywną. Pisze artykuły do białoruskiej Wikipedii, tworzy ilustracje, tłumaczy na język białoruski i pisze poezję. Po rozpoczęciu szeroko zakrojonej agresji Rosji na Ukrainę, wyjechała do Gruzji, lecz potem, z nieznanych przyczyn, wróciła na Białoruś. Wkrótce została zatrzymana w związku ze sprawą karną i skazana na podstawie artykułów „finansowanie działalności ekstremistycznej” i „finansowanie lub inne finansowe wspieranie wojny”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.01.2025: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-03-14 18:44:29</t>
+  </si>
+  <si>
     <t>Lily Vitoldovna Yurut</t>
   </si>
   <si>
     <t>8 grudnia 1976</t>
   </si>
   <si>
     <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-09-17 18:20:13</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-05-02 19:06:36</t>
   </si>
   <si>
     <t>Natalia Sergeevna Saluk</t>
   </si>
   <si>
     <t>8 grudnia 1999</t>
   </si>
   <si>
     <t>Prorządowy kanał telegramowy opublikował film o zatrzymaniu Białorusinki, która brała udział w protestach w 2020 roku i „utrudniała przejazd” radiowozowi drogówki. Jak piszą autorzy kanału, przeciwko dziewczynie wszczęto sprawę karną. Nie jest określone, na podstawie jakiego artykułu.
 Wiadomo, że Natalia ukończyła BSTU w 2022 roku.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
+    <t>Kirill Kuokovic Nguyen</t>
+  </si>
+  <si>
+    <t>8 grudnia 1993</t>
+  </si>
+  <si>
+    <t>W dniu 12 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.04.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 12.07.2024: wyrok został podtrzymany. Decyzja sądu 25.03.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 20.06.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Egor Andreevich Zakharchuk</t>
+  </si>
+  <si>
+    <t>8 grudnia 1992</t>
+  </si>
+  <si>
+    <t>Skazany za udział w protestach, a także za komentarze na portalach społecznościowych.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:24:21</t>
+  </si>
+  <si>
     <t>Anna Valentinovna Korneenko</t>
   </si>
   <si>
     <t>8 grudnia 1985</t>
   </si>
   <si>
-    <t>Były księgowy Mińskich Zakładów Elektrotechnicznych im. Wawiłowa . Proces rozpoczął się 19 maja i odbywał się za zamkniętymi drzwiami, więc niewiele wiadomo o charakterze zarzutów . Wiadomo, że Anna została zwolniona z pracy po „Ludowym ultimatum” w 2020 roku, po czym pozwała firmę o bezprawne zwolnienie.</t>
+    <t>Była księgowa w Mińskich Zakładach Elektrotechnicznych im. Wawiłowa . Proces rozpoczął się 19 maja i odbywał się za zamkniętymi drzwiami, dlatego dostępnych jest niewiele informacji na temat zarzutów . Wiadomo, że Anna została zwolniona z pracy po ogłoszeniu „Ultimatum Ludu” w 2020 roku, a następnie pozwała firmę za bezprawne zwolnienie.
+Najmłodsze dziecko Anny miało zaledwie 5 miesięcy, gdy została zatrzymana.</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 24.05.2023: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
-  </si>
-[...41 lines deleted...]
-    <t>2025-07-11 11:15:23</t>
   </si>
   <si>
     <t>Tatiana Ivanovna Palubok</t>
   </si>
   <si>
     <t>9 grudnia 1978</t>
   </si>
   <si>
     <t>Wiadomo, że pracownicy GUBOPiK-u prowadzą śledztwo w sprawie osób, które rzekomo brały udział w czacie telegramowym „Partyzanci nowogródzcy”. Wszczęto przeciwko nim sprawy karne na podstawie artykułu o ekstremizmie. Każda osoba przesłuchiwana w sprawie ma obowiązek podpisać zgodę na zachowanie poufności.
 Media podają , że co najmniej sześć osób spośród zatrzymanych 15 dni temu przez siły bezpieczeństwa nie opuściło kraju po odbyciu aresztu administracyjnego, w tym Tatiana.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
   </si>
   <si>
     <t>Artem Anatolevich Lebedko</t>
   </si>
   <si>
     <t>9 grudnia 1985</t>
   </si>
   <si>
     <t>Według obrońców praw człowieka syn polityka Anatolij Łebiedko jest oskarżony o finansowanie działalności ekstremistycznej. Artem został zatrzymany pod koniec marca, a następnie dwukrotnie skazany na 15 dni aresztu, po czym usłyszał zarzuty i przewieziony do Aresztu Śledczego nr 1.
 Według prokuratury w 2020 r. „w oparciu o wrogość ideologiczną” Łabedźko wykonał telefonicznie kilka przelewów pieniężnych do trzech funduszy, które uznano za „formacje ekstremistyczne”, korzystając z rachunku bieżącego jednego z banków. Poinformowano, że środki zostały przelane za pośrednictwem systemu płatności popularnego portalu społecznościowego Facebook. Prawdopodobnie mówimy o funduszach BY_help i Białoruskim Funduszu Solidarności Sportu.
 Na rozprawie więzień polityczny nie przyznał się do winy i oświadczył, że w ogóle nie rozumie istoty stawianych mu zarzutów i nie rozumie, dlaczego znalazł się w sądzie.
 W dniu 31 października 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
     <t>3,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
+  </si>
+  <si>
+    <t>Valentin Vladimirovich Dubrovshchik</t>
+  </si>
+  <si>
+    <t>9 grudnia 1969</t>
+  </si>
+  <si>
+    <t>Walentin jest oskarżony o wygłaszanie obraźliwych komentarzy na temat Łukaszenki, Karanika i rosyjskich żołnierzy walczących na Ukrainie. Valery pracował jako strażnik w przedszkolu.
+W dniu 13 października 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
+  </si>
+  <si>
+    <t>Daniel-Landsay Keita</t>
+  </si>
+  <si>
+    <t>10 grudnia 1999</t>
+  </si>
+  <si>
+    <t>Prorządowy kanał telegramowy „Puls Grodna” opublikował film przedstawiający mieszkańca Mińska zatrzymanego za udział w protestach.
+W nagraniu Białorusin opowiada, że w 2020 roku brał udział w protestach i pozostawiał negatywne komentarze pod adresem władz i funkcjonariuszy policji. Zatrzymany oświadczył także, że ma zły stosunek do rosyjskiej armii.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.01.2025: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Alina Valentinovna Khmelevskaya</t>
   </si>
   <si>
     <t>10 grudnia 1984</t>
   </si>
   <si>
     <t>Alinę skazano w lipcu 2024 r. na podstawie artykułów „udziału w grupie zbrojnej lub konflikcie zbrojnym na terytorium państwa obcego” i „finansowania działalności grupy ekstremistycznej”.
 Aktywiści praw człowieka nie znają wyroku ani charakteru zarzutów, ale na Białorusi pierwszy artykuł jest zazwyczaj stosowany w przypadku oskarżeń o wspieranie Ukrainy w wojnie. Za taką darowiznę groziła jej kara od pięciu do dziesięciu lat kolonii karnej.</t>
   </si>
   <si>
-    <t>Decyzja sądu 30.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
+    <t>Decyzja sądu 30.07.2024: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
   </si>
   <si>
-    <t>Sergey Petrovich Zabelich</t>
-[...14 lines deleted...]
-    <t>2024-04-02 13:51:41</t>
+    <t>Maxim Vladimirovich Ralko</t>
+  </si>
+  <si>
+    <t>11 grudnia 2001</t>
+  </si>
+  <si>
+    <t>Maksym wystąpił w filmie propagandowym nakręconym w więzieniu.
+Wiosną 2022 roku dołączył do ochotniczego pułku Kalinowskiego, który został utworzony w lutym tego roku w celu obrony Ukrainy przed rosyjską inwazją.
+Według prorządowej stacji telewizyjnej Ralko brał udział w operacjach wojskowych.
+Na początku 2024 roku Rałko zrezygnował z pracy w Polku i wrócił do Warszawy. Zaczął studiować testowanie IT, brał udział w protestach i pracował jako ochroniarz w Biedronce. Otrzymał status ochrony uzupełniającej. Kilka miesięcy po powrocie z Ukrainy do Polski Maksym pokłócił się z przyjaciółmi i zniknął. Oskarżył jednego z nich o szpiegostwo. Ponownie nawiązał kontakt w maju 2024 roku, podając się za osobę przebywającą w Niemczech i planującą tam ubiegać się o azyl. Maksym później poinformował, że uciekł z obozu dla uchodźców i zostawił wszystkie swoje dokumenty, w tym paszport.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:40:33</t>
   </si>
   <si>
     <t>Vilen Sergeevich Turgunov</t>
   </si>
   <si>
     <t>11 grudnia 1968</t>
   </si>
   <si>
     <t>Powodem zatrzymania mieszkańca Homla Wilena Turgunowa były komentarze w Internecie, w tym negatywne pod adresem policji.
 Vilen Turgunov ma 55 lat. Jego ojciec pochodzi z Uzbekistanu, matka jest Białorusinką. Vilen ukończył studia prawnicze na uniwersytecie w rosyjskim Nowozybkowie (obwód briański). Vilen Turgunov pracował w Okręgowym Wydziale Spraw Wewnętrznych Żeleznodorożnego centrum regionalnego. Tam były poważne problemy. Już w 2001 roku otrzymał naganę za „nieodpowiedzialny stosunek do służby”, w 2002 roku „niekompletną niekonsekwencję w służbie”, a w 2004 roku otrzymał naganę za „rażące naruszenie dyscypliny służbowej, naruszenie zarządzenia MSWiA Sprawy”.
 Później były policjant pracował w zaufaniu budowlano-montażowym w Homlu.
 Zatrzymany aktywnie prowadził strony na różnych portalach społecznościowych, na których opowiadał o wydarzeniach politycznych i społecznych. W zamian za wsparcie dla Ukrainy inni internauci nazwali go „banderistą”.
 Krewny Wilena Turgunowa, Igor Kazubow, również odsiaduje wyrok.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.08.2024: nieznany. Apelacja 25.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
+    <t>Sergey Petrovich Zabelich</t>
+  </si>
+  <si>
+    <t>11 grudnia 1972</t>
+  </si>
+  <si>
+    <t>51-letni Siergiej Zabelich z Mińska, absolwent Białoruskiego Państwowego Uniwersytetu Informatyki i Elektroniki Radiowej. Sądząc po Linkedin, pracował jako programista przez co najmniej dwadzieścia lat. We wrześniu 2022 roku przeszedł z Nikta Technologies do Intrahealth, rezydenta HTP działającego na rynku kanadyjskim.
+Wiadomo, że Siergiej został zatrzymany 13 grudnia 2020 r., kiedy ludzie wspólnie wychodzili na marsze uliczne. Tego dnia zatrzymano kolejnych 300 Białorusinów.
+Jest oskarżony o dwa zarzuty „finansowania popełnianych wielokrotnie działań ekstremistycznych” oraz „finansowania działalności formacji ekstremistycznej”. Grozi mu do ośmiu lat więzienia.
+W dniu 7 czerwca 2024 r. apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.04.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 07.06.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-02 13:51:41</t>
+  </si>
+  <si>
     <t>Eugene Aleksandrovich Glushkov</t>
   </si>
   <si>
     <t>Jewgienij Głuszkow to były dziennikarz mohylewski, w latach 90. i 2000. pracował w telewizji miejskiej, po czym współpracował z kilkoma portalami miejskimi.
 Głuszkow został zatrzymany na początku stycznia w wyniku napaści, ponieważ mężczyzna nie otworzył drzwi siłom bezpieczeństwa. Został wyciągnięty na ulicę w tym samym ubraniu, które miał na sobie w domu.
 Według niektórych doniesień ustalono, że przeciwko Głuszkowowi wszczęto postępowanie karne za działalność dziennikarską. Domniemanym artykułem jest artykuł 361-1 Kodeksu karnego Republiki Białorusi (tworzenie lub udział w formacji ekstremistycznej).</t>
   </si>
   <si>
     <t>Decyzja sądu 31.07.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Alla Ivanovna Puchinskaya</t>
   </si>
   <si>
     <t>11 grudnia 1981</t>
   </si>
   <si>
     <t>21 lutego 2024 r. w Sądzie Rejonowym w Pińsku sędzia Andriej Bycziło rozpatrywał sprawę na podstawie części 2 art. Art. 19.11 Kodeksu wykroczeń administracyjnych (Rozpowszechnianie produktów informacyjnych objętych republikańską listą materiałów ekstremistycznych, a także wytwarzanie, publikowanie, przechowywanie lub transport w celu rozpowszechniania takich produktów informacyjnych).
 Najwyraźniej po tym wszczęto postępowanie karne.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.02.2024: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
@@ -617,881 +607,855 @@
   </si>
   <si>
     <t>Decyzja sądu 08.07.2024: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
   </si>
   <si>
     <t>Igor Evstafievich Sidarovich</t>
   </si>
   <si>
     <t>12 grudnia 1972</t>
   </si>
   <si>
     <t>Igor został po raz pierwszy skazany za rozwinięcie transparentu z napisem: „Dopóki w kraju panuje bezprawie, opór jest naszym obowiązkiem”, blokując ruch uliczny. Został ukarany wysoką grzywną.
 Później został ponownie skazany za znieważenie władz za pośrednictwem komentarza na czacie „Mołodeczno za Życie” i otrzymał środek zapobiegawczy w postaci „aresztu domowego”. Igor jest niepełnosprawny, ponieważ brakuje mu jednej nogi.
 Pod koniec 2024 roku okazało się, że Igor został ponownie zatrzymany i osadzony w areszcie. W lipcu 2025 roku został skazany na podstawie artykułu „Wspieranie działalności ekstremistycznej” i skazany na karę pozbawienia wolności oraz wysoką grzywnę.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.03.2021: 140 jednostek bazowych kary. Decyzja sądu 02.06.2021: 1 rok 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego, 1500 ruble odszkodowania. Decyzja sądu 22.07.2025: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Martsinkevich</t>
+  </si>
+  <si>
+    <t>12 grudnia 1980</t>
+  </si>
+  <si>
+    <t>W dniu 19 marca 2024 roku rozpatrzono apelację sądu. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 19.03.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
     <t>Leonid Valerievich Raichenok</t>
   </si>
   <si>
     <t>12 grudnia 1986</t>
   </si>
   <si>
     <t>Według prokuratury , 17 maja 2022 roku Leonid Raichonok przekazał białoruskim ochotnikom walczącym po stronie Ukrainy 400 dolarów na kamizelki kuloodporne. Drugą darowiznę w wysokości 150 dolarów przekazał na rzecz „Praskiego Zespołu Wsparcia” (stowarzyszenia Białorusinów w Pradze, które zbiera datki i za nie kupuje umundurowanie, czasem na wyposażenie do broni, dla białoruskich ochotników walczących po stronie Ukraina). Działania mieszkańca Brześcia zakwalifikowano jako „finansowanie obywateli Republiki Białorusi do udziału na terytorium obcego państwa w formacji zbrojnej jednej ze stron walczących, w konfliktach zbrojnych, operacjach wojskowych”.
 W dniu 12 grudnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 12.12.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Martsinkevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Olga Viktorovna Kolpakova</t>
   </si>
   <si>
     <t>13 grudnia 1979</t>
   </si>
   <si>
     <t>Decyzja sądu 01.08.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-10-31 18:01:01</t>
   </si>
   <si>
     <t>Konstantin Sergeevich Pritulenko</t>
   </si>
   <si>
     <t>14 grudnia 1979</t>
   </si>
   <si>
     <t>Były zastępca prokuratora okręgu Głusk.
 W nagraniu opublikowanym przez Komitet Śledczy Prytulenko powiedział, że wysłał dane pracownika prokuratury rejonu gluskiego i lekarza na chatbota Czarnej Księgi Białorusi.
 Według Naszej Niwy w 2005 roku Konstantin Prytulenko był śledczym, a później asystentem prokuratora rejonowego. Nie wiadomo, gdzie Prytulenko pracował przed aresztowaniem.
 Początkowo proces był otwarty, ale na wniosek poszkodowanych urzędników i sił bezpieczeństwa został zamknięty.W sumie ofiarami padło kilkanaście osób, w tym były wiceprzewodniczący rady miejskiej Mohylewa, „główny ideolog miasta” Ałła Gałuszko. Inne ofiary to członkowie komisji wyborczych, prokuratorzy, stróże prawa i inni urzędnicy państwowi.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
+    <t>Andrey Yurievich Savinsky</t>
+  </si>
+  <si>
+    <t>14 grudnia 1987</t>
+  </si>
+  <si>
+    <t>Z materiałów sprawy wynika, że w ciągu półtora roku Savinsky przelał równowartość 50 dolarów amerykańskich na konta funduszy uznanych za „ekstremistyczne”. Jednocześnie wielokrotnie korzystał ze swojego konta na Facebooku. Stworzył także i opublikował 4 wiadomości tekstowe w jednym z czatów telegramowych, rzekomo mające na celu „podżeganie do wrogości społecznej w społeczeństwie”.
+W dniu 12 stycznia 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.11.2023: 5 lata więzienia w kolonii na warunkach ogólnych, 200 jednostek bazowych kary. Apelacja 12.01.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
     <t>Vladislav Vadimovich Brouwer</t>
   </si>
   <si>
     <t>14 grudnia 1995</t>
   </si>
   <si>
     <t>2025-07-20 12:14:16</t>
   </si>
   <si>
-    <t>Stanislav Aleksandrovich Filimonov</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Evgenyevich Sobolevsky</t>
   </si>
   <si>
     <t>15 grudnia 1967</t>
   </si>
   <si>
     <t>W Mohylewie Sobolewski jest znany jako jeden z freelancerów, którzy do 2020 roku współpracowali z miejskimi publikacjami internetowymi. Ales został dwukrotnie skazany za naruszenie administracyjne na jeden dzień, po czym nie został zwolniony.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
-    <t>Armen Alexandrovich Arzumanyan</t>
-[...12 lines deleted...]
-    <t>2024-12-05 15:42:31</t>
+    <t>Olga Vladimirovna Lotsmanova</t>
+  </si>
+  <si>
+    <t>15 grudnia 1972</t>
+  </si>
+  <si>
+    <t>Została zatrzymana w wyniku masowego nalotu sił bezpieczeństwa w dniach 23–24 stycznia 2024 r. na krewnych więźniów politycznych oraz osoby wysyłające paczki i listy do więźniów politycznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.10.2024: 4 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 10.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-04 10:51:54</t>
   </si>
   <si>
     <t>Stanislav Valentinovich Kuzmitsky</t>
   </si>
   <si>
     <t>15 grudnia 1986</t>
   </si>
   <si>
     <t>Według materiałów śledztwa Kuzmicki, „mając wypaczone wartości i niezrozumienie słowa „patriotyzm”, celowo wstąpił do organizacji terrorystycznej i kierował pewnymi zasobami sieci „…97”. Zarządzał ponad 30 pokojami rozmów, które pod brutalną kontrolą i przewodnictwem z zagranicy wypełniały się ekstremistycznymi materiałami. Mężczyzna tworzył skład środowisk ekstremistycznych, wyznaczał role i organizował udział ich członków w protestach. Ponadto podejmował działania zmierzające do zjednoczenia i zwiększenia liczby wspólnot: wspierał je moralnie w prywatnych rozmowach, organizował wspólne spędzanie czasu wolnego, dystrybucję wyrobów propagandowych, rysował rysunki i napisy o charakterze ekstremistycznym na elewacjach budynków.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>15 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
-    <t>Anna Gennadievna Kuris</t>
-[...31 lines deleted...]
-  <si>
     <t>Victor Vasilevich Barket</t>
   </si>
   <si>
     <t>16 grudnia 1973</t>
   </si>
   <si>
     <t>W dniu 10 maja 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.02.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Elena Nikolaevna Verbitskaya</t>
   </si>
   <si>
     <t>16 grudnia 1955</t>
   </si>
   <si>
     <t>Została zatrzymana za pomoc więźniom politycznym 23 stycznia 2024 r., po czym Elena została zwolniona, jednak w kwietniu tego samego roku została ponownie zatrzymana i umieszczona w Areszcie Śledczym.</t>
   </si>
   <si>
-    <t>Decyzja sądu 26.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 22.11.2024: nieznany.</t>
+    <t>Decyzja sądu 26.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 22.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
   </si>
   <si>
     <t>Pavel Vladimirovich Kuntsevich</t>
   </si>
   <si>
     <t>17 grudnia 1985</t>
   </si>
   <si>
     <t>Paweł Kuntsewicz ma 39 lat. Jest mieszkańcem Mińska, studiował w Mińskim Państwowym Instytucie Ekologii im. Sacharowa jako psycholog. Pracował na rynku Czerwieńskim, gdzie miał własny punkt sprzedaży detalicznej, a ostatnio za pieniądze robił szklarnie.
 Jak wynika z portali społecznościowych, został zatrzymany jesienią 2023 roku. Został oskarżony na podstawie części 3 art. 361 Kodeksu karnego Białorusi – „wzywa do stosowania sankcji lub innych działań mających na celu szkodę dla bezpieczeństwa narodowego Białorusi”. Zgodnie z artykułem groziło mu do 12 lat więzienia.Paweł ma dużą rodzinę – żonę i czwórkę dzieci.</t>
   </si>
   <si>
-    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
-[...1 lines deleted...]
-  <si>
     <t>4 lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2024-01-15 21:41:51</t>
   </si>
   <si>
-    <t>Pavel Viktorovich Myakish</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Maxim Valerievich Solop</t>
+  </si>
+  <si>
+    <t>17 grudnia 1988</t>
+  </si>
+  <si>
+    <t>Maxim Solop ma 36 lat. Pochodzi z Brestu. W 2012 roku ukończył studia na Wydziale Fizyki Uniwersytetu Państwowego im. Franciszka Skaryny w Homelu. Pracował jako inżynier w Brzeskim Centrum Informatyczno-Przemysłowym ds. Transportu Eksportowo-Importowego Kolei Białoruskich.
+Maksym uwielbia podróże i aktywny wypoczynek, uprawia także różne sporty i prowadzi zdrowy tryb życia.
+Jego proces rozpocznie się 24 lutego 2025 r. w Sądzie Miejskim w Brześciu. Maksymowi zarzuca się „wzywanie do działań mających na celu wyrządzenie szkody bezpieczeństwu narodowemu Białorusi” (art. 361 cz. 3 Kodeksu karnego).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
   </si>
   <si>
     <t>Natalia Sergeevna Matveeva</t>
   </si>
   <si>
     <t>17 grudnia 1983</t>
   </si>
   <si>
     <t>Natalia została aresztowana w czerwcu 2021 roku pod zarzutem planowania podpalenia sprzętu leśnego. Aresztowanie miało miejsce wieczorem na terenie gospodarstwa leśnego, gdzie rzekomo przybyła ze swoim wspólnikiem, Gordiejewem, który w rzeczywistości wykonywał zlecenie służb bezpieczeństwa państwa.
 Według prokuratury, wieczorem 8 czerwca 2021 roku Natalia i mężczyzna przygotowali koktajle Mołotowa, którymi planowali podpalić sprzęt. Zbrodnia jednak nie została dokończona – Natalia została zatrzymana, zanim doszło do podpalenia.
 Natalia zeznała przed sądem, że znalazła się w trudnej sytuacji: w sierpniu 2020 roku jej znajomy został aresztowany, straciła ojca i miała trudności w pracy. Potwierdziła również, że rzeczywiście była członkinią grupy dyskusyjnej „OGSB” i zamierzała zniszczyć sprzęt do wyrębu w przedsiębiorstwie leśnym.
 W grudniu 2022 r. uznano ją za winną i skazano na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2022: 14 lata więzienia w kolonii na warunkach ogólnych, 400 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Maxim Valerievich Solop</t>
-[...13 lines deleted...]
-    <t>2025-02-24 17:46:36</t>
+    <t>Pavel Viktorovich Myakish</t>
+  </si>
+  <si>
+    <t>17 grudnia 1987</t>
+  </si>
+  <si>
+    <t>Były lekarz sądowy. Studiował programowanie.</t>
+  </si>
+  <si>
+    <t>5,5 roku więzienia w kolonii karnej</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Arthur Igorevich Syrokvasha</t>
   </si>
   <si>
     <t>18 grudnia 1993</t>
   </si>
   <si>
     <t>Artur Syrokwasza pełnił funkcję zastępcy naczelnika placówki granicznej w Chojnikach, utworzonej w 2020 roku. Oznacza to, że Artur pracował na przejściu granicznym, przez które rosyjski sprzęt wjeżdżał na Ukrainę.
 Był sekretarzem lokalnego związku młodzieży BRSM. Profil Artura na VKontakte wskazuje , że pochodzi z Mińska i jest absolwentem BSU.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
-    <t>Ekaterina Vladimirovna Zaretskaya</t>
-[...14 lines deleted...]
-  <si>
     <t>Alexander Nikolaevich Trotsenko</t>
   </si>
   <si>
     <t>19 grudnia 1971</t>
   </si>
   <si>
     <t>Decyzja sądu 26.09.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
+  </si>
+  <si>
+    <t>Vitaly Vladimirovich Leskovets</t>
+  </si>
+  <si>
+    <t>20 grudnia 1975</t>
+  </si>
+  <si>
+    <t>Witalij jest programistą. Pracował w Zakładach Metalurgicznych w Mohylewie i administrował stroną internetową firmy, w wyspecjalizowanym biurze projektowym oraz jako inżynier oprogramowania w Centrum Systemów Informacyjnych Miasta Mohylew.
+Hobby mężczyzny to fotografia. Fotografuje zarówno aparatami filmowymi, jak i cyfrowymi. Alexey regularnie filmuje różne wydarzenia miejskie i udostępnia zdjęcia w sieciach społecznościowych. Uwielbia także podróżować, zarówno po Białorusi, jak i za granicą.
+Jest sądzony za datki na pomoc Ukrainie.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-19 18:56:57</t>
   </si>
   <si>
     <t>Evgeniy Vladimirovich Propolskiy</t>
   </si>
   <si>
     <t>20 grudnia 1994</t>
   </si>
   <si>
     <t>Jewgienij został zatrzymany w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegraficznych.
 W maju 2023 r. został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymagań administracji kolonii”.</t>
   </si>
   <si>
     <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany. Decyzja sądu 03.05.2023: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
+    <t>Vladimir Anatolevich Baslyk</t>
+  </si>
+  <si>
+    <t>20 grudnia 1981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Sędzia Anżelika Danilova rozpoczyna rozpatrywanie sprawy 29 lipca 2024 r. w Sądzie Okręgowym w Mińsku.
+</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.08.2024: nieznany. Apelacja 18.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:16:04</t>
+  </si>
+  <si>
     <t>Leonid Valentinovich Kozyr</t>
-  </si>
-[...1 lines deleted...]
-    <t>20 grudnia 1981</t>
   </si>
   <si>
     <t>Pierwszy proces Leonida odbył się jesienią 2022 roku, został oskarżony z art. 369 i skazany na ograniczenie wolności bez kierunku.
 O drugim procesie wyszło na jaw w sierpniu 2024 r. Leonidowi zarzuca się „finansowanie działalności formacji ekstremistycznej” (art. 361-2 kodeksu karnego) oraz „rekrutację, szkolenie lub przygotowanie do udziału w wojnie, a także wsparcie materialne takiej działalności” (art. 361 część 2 art. -3 Kodeksu karnego). Okazało się, że mężczyzna miał darowiznę na rzecz Sił Zbrojnych Ukrainy. Prawdopodobnie grozi mu kara pozbawienia wolności.
 Leonid posiada wykształcenie wyższe , jego ostatnim miejscem pracy jest prywatne przedsiębiorstwo Gomelstalstandart .</t>
   </si>
   <si>
     <t>Decyzja sądu 12.10.2022: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 22.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Vitaly Vladimirovich Leskovets</t>
-[...18 lines deleted...]
-  <si>
     <t>Igor Mikhailovich Sushko</t>
   </si>
   <si>
     <t>21 grudnia 1978</t>
   </si>
   <si>
     <t>Igor został zatrzymany 23 listopada 2023 r. Z nagrania wideo na prorządowym kanale opublikowanego przez siły bezpieczeństwa wiadomo, że był współzałożycielem firmy zajmującej się komunikacją miejską.
 Igor mówi przed kamerą, że został zatrzymany za komentarze na kanałach Telegramu na temat białoruskiej i rosyjskiej armii.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Dmitry Sergeevich Osiyuk</t>
   </si>
   <si>
     <t>21 grudnia 1987</t>
   </si>
   <si>
-    <t>Nie wiadomo, o co dokładnie oskarża się Osiuka. Grozi mu długa kara więzienia.
-[...3 lines deleted...]
-    <t>Decyzja sądu 14.08.2024: nieznany. Apelacja 16.01.2025: nieznany.</t>
+    <t>Wiadomo, że sprawa Dmitrija została w dużej mierze sfabrykowana, a niektóre z jego działań były celowo prowokowane przez funkcjonariuszy wywiadu.
+Aktywiści praw człowieka wiedzą , że mężczyzna przebywa w areszcie od około grudnia 2023 roku. Początkowo był przetrzymywany w Areszcie Śledczym nr 1 w Mińsku, a następnie przeniesiony do Aresztu Śledczego w Brześciu. Został skazany na 20 lat więzienia, z czego pierwsze pięć lat spędzi w kolonii karnej.
+Wiadomo, że Osiyuk mieszkał w Berezie i ma córkę.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.08.2024: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia). Apelacja 16.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
     <t>Vyacheslav Nikolaevich Rogashchuk</t>
   </si>
   <si>
     <t>22 grudnia 1985</t>
   </si>
   <si>
     <t>Wiaczesław został zatrzymany w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Po aresztowaniu był bity przez trzy dni i nie miał zapewnionej opieki medycznej, dlatego doznał mini udaru. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:50</t>
+  </si>
+  <si>
+    <t>Michael Yuryevich Neznanov</t>
+  </si>
+  <si>
+    <t>22 grudnia 1982</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.07.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-02-24 23:50:24</t>
   </si>
   <si>
     <t>Victoria Alexandrovna Veras</t>
   </si>
   <si>
     <t>22 grudnia 1994</t>
   </si>
   <si>
     <t>Victoria pochodzi z Mińska, ukończyła studia medyczne. Najpierw pracowała w klinikach państwowych, następnie w centrum medycznym Sinevo.
 Osoba, która zna Swietłanę ze studiów, powiedziała , że w czasach studenckich nie interesowała się polityką i nigdy nie była działaczką publiczną. Jednak wydarzenia roku 2020 zmieniły życie dziesiątek, jeśli nie setek tysięcy Białorusinów nie do poznania. A Veras nie był wyjątkiem.
 Nie wiadomo, kiedy Wiktoria została zatrzymana.</t>
   </si>
   <si>
     <t>Decyzja sądu 18.11.2024: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-11-01 18:08:08</t>
   </si>
   <si>
-    <t>Michael Yuryevich Neznanov</t>
-[...10 lines deleted...]
-  <si>
     <t>Igor Mikhailovich Klochko</t>
   </si>
   <si>
     <t>23 grudnia 1997</t>
   </si>
   <si>
     <t>Igor został skazany za udział w proteście, który odbył się 11 sierpnia 2020 r. w Brześciu.</t>
   </si>
   <si>
     <t>IUOT-46, 213188, obwód mohylewski, m. Krugloje, ul. sowiecki, 96</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Decyzja sądu 26.06.2025: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
     <t>Sergei Alexandrovich Chernetsky</t>
   </si>
   <si>
     <t>23 grudnia 1985</t>
   </si>
   <si>
     <t>Zgodnie z oskarżeniem Siergieja Czernieckiego, pozostawił obraźliwy komentarz pod postem ze zdjęciem Filatowa na kanale Telegram „Tablica wstydu”.</t>
   </si>
   <si>
     <t>2 years of restriction of freedom without referral. Replacement of punishment with imprisonment.</t>
   </si>
   <si>
     <t>2022-06-20 18:02:33</t>
   </si>
   <si>
     <t>Dmitriy Viktorovich Trukhan</t>
   </si>
   <si>
     <t>23 grudnia 1981</t>
   </si>
   <si>
     <t>W dniu 8 grudnia 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 12.08.2023: nieznany. Protest prokuratora 08.12.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
+    <t>Maksim Ivanovich Sobolev</t>
+  </si>
+  <si>
+    <t>23 grudnia 1998</t>
+  </si>
+  <si>
+    <t>Według prokuratury w dniach 10–11 sierpnia 2020 r. na jezdni znajdowali się w tym czasie nieletni Julia Szaranova, Nikita Wojtyuk, Nikołaj Nikityuk, a także Wasilij Aleksiejuk, Gleb Klimowicz, Witalij Warfałameew, Aleksander Tysewicz, Maksim Sobolew. Alei Maszerowa, Bulwarów Kosmonautów i Szewczenki, ul. Sowietów w Brześciu „ wykrzykiwali hasła, demonstrowali biało-czerwono-białe płótna, rażąco naruszając porządek publiczny, celowo utrudniając ruch pojazdów oraz normalne funkcjonowanie przedsiębiorstw i organizacji”.
+Na rozprawie wszyscy w pełni przyznali się do winy.
+Wiadomo również, że Maxim Sobolev, Gleb Klimovich, Julia Sharanova zostali skazani, w tym pod zarzutem „narkotyki”.
+Maxim Sobolev zgodnie z częścią 1 art. 342 Kodeksu karnego został skazany na dwa lata pozbawienia wolności. Ale ponieważ Maxim został już skazany na podstawie „narkotycznej” części 4 art. 328 Kodeksu karnego, poprzez częściowe dodanie kar głównych i całkowite dodanie kary dodatkowej, skazano 12 lat więzienia na odbycie kolonii poprawczej o zaostrzonym rygorze z karą grzywny w wysokości 3200 rubli.</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.07.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:07:55</t>
+  </si>
+  <si>
+    <t>Alexander Viktorovich Konovalchik</t>
+  </si>
+  <si>
+    <t>24 grudnia 1979</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
   </si>
   <si>
     <t>Anatoly Viktorovich Latushka</t>
   </si>
   <si>
     <t>24 grudnia 1976</t>
   </si>
   <si>
     <t>Zatrzymany za rysowanie przy użyciu szablonów „Chase”.
 Anatolij Łatuszka jest kuzynem polityka Pawła Łatuszki.
 22 marca 2024 roku został przeniesiony do więzienia, w którym odbywa karę do końca trwania kary.</t>
   </si>
   <si>
-    <t>Decyzja sądu 20.09.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.12.2022: nieznany. Sąd zmiany reżimu 22.03.2024: nieznany.</t>
+    <t>Decyzja sądu 20.09.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.12.2022: nieznany. Sąd zmiany reżimu 22.03.2024: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Dmitry Ivanovich Shablyko</t>
   </si>
   <si>
     <t>24 grudnia 1996</t>
   </si>
   <si>
     <t>Decyzja sądu 20.08.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
     <t>Anatoly Vladimirovich Volodko</t>
   </si>
   <si>
     <t>25 grudnia 1967</t>
   </si>
   <si>
     <t>Anatolij Wołodko ma 56 lat. Pochodzi z Mińska. Mężczyzna ma żonę, dorosłą córkę i syna, który wkrótce skończy osiemnaście lat. Volodko pracował jako programista w Top Soft przez ponad 20 lat. Tworzy ekosystem produktów Galaktika potrzebnych do cyfryzacji biznesu. Centrala firmy znajduje się w Rosji, gdzie Anatolij pracował przez część czasu.
 Dokładna data aresztowania mężczyzny nie jest znana, ale prawdopodobnie będzie to 15 lub 16 stycznia 2024 roku. Przecież 17 stycznia on i jego żona zostali skazani za „drobne chuligaństwo” – został skazany na 15 dni, wyrok wydany na żonę nie jest znany. Według zeznań sił bezpieczeństwa Anatolij Wołodko „przebywał w miejscu publicznym i z powodów chuligańskich głośno krzyczał, używał wulgarnego języka, machał rękami i zachowywał się agresywnie: „Mężczyzna nie przyznał się do winy i oświadczył, że w środku dnia był przetrzymywany we własnym domu, nie zrobił nic, co powiedzieli świadkowie.Według współwięźnia Anatolija Wołodki odmówił on wypłaty „darowizn”, którymi funkcjonariusze KGB grozili przekazującym datki. Generalnie mężczyzna nie przyznał się do winy. Współwięzień Anatolija twierdzi, że był to powód do dalszego ścigania – administracyjnego i karnego.
 27 sierpnia 2024 r. apelacja Anatolija została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 11.06.2024: 8 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 27.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
+    <t>Anastasia Yuryevna Gritskevich</t>
+  </si>
+  <si>
+    <t>25 grudnia 1993</t>
+  </si>
+  <si>
+    <t>Anastazja, pochodząca z Mozyrza, ukończyła Białoruski Państwowy Uniwersytet Kultury Fizycznej i Sportu (BSUPhK) na kierunku turystyka i hotelarstwo oraz pracowała w Mińsk Arenie. Dużo podróżowała i uwielbiała sport, w tym hokej i kolarstwo.
+Data aresztowania Anastazji jest nieznana. Ostatni wpis na Telegramie zamieściła w lutym 2025 roku. To właśnie w tym miesiącu aresztowania w sprawie Gayun były w pełnym toku.
+Gritskevich nie korzystała z internetu od czasu aresztowania. Sugeruje to, że została skazana na karę więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
     <t>Dmitry Nikolaevich Khaltsov</t>
   </si>
   <si>
     <t>25 grudnia 1987</t>
   </si>
   <si>
     <t>Dmitrij Chaltsow jest jednoosobowym przedsiębiorcą. W 2020 roku „Komsomolskaja Prawda” pisała o nim w reportażu o protestach w Homlu po pogrzebie Aleksandra Wichora, zabitego przez policjantów. Za własne pieniądze kupił megafon i napisał na lokalnym czacie, proponując zebranie się i udanie do regionalnego komitetu wykonawczego. Protestujący wezwali wówczas gubernatora obwodu na spotkanie.
 Ze względu na zamknięty charakter systemu sądowniczego, charakter zarzutów postawionych Dmitrijowi Chalcowowi i jego konkretny wyrok pozostają nieznane. Wiadomo jedynie, że został skazany na karę więzienia.</t>
   </si>
   <si>
     <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
   </si>
   <si>
     <t>2025-10-18 15:04:38</t>
   </si>
   <si>
     <t>Igor Nikolaevich Kozlov</t>
   </si>
   <si>
     <t>25 grudnia 1975</t>
   </si>
   <si>
     <t>Mieszkaniec obwodu mohylewskiego . Pracownik Zakładu Części i Zespołów Ciągnikowych w Bobrujsku.
 Zatrzymany za sabotaż na torach kolejowych w pobliżu stacji Bobrujsk oraz podpalenie strzelnicy JW 5527. Zatrzymany wraz z żoną.</t>
   </si>
   <si>
-    <t>14 lat więzienia w kolonii o zaostrzonym reżimie</t>
+    <t>Decyzja sądu 10.08.2022: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 25.10.2022: nieznany.</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
     <t>Artem Shirinovich Nasanovich</t>
   </si>
   <si>
     <t>25 grudnia 1994</t>
   </si>
   <si>
     <t>Przyczyna tak surowej kary, a także okoliczności wszczęcia sprawy karnej są nadal nieznane.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.03.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 14.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
     <t>Artyom Evgenyevich Parkhamovich</t>
   </si>
   <si>
     <t>26 grudnia 1995</t>
   </si>
   <si>
     <t>Artem, pracownik Beltelecom, został zatrzymany 22 października 2020 r. i skazany za przekazywanie do Telegramu danych funkcjonariuszy organów ścigania.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.02.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 29.04.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
-  </si>
-[...29 lines deleted...]
-    <t>2025-02-02 16:04:21</t>
   </si>
   <si>
     <t>Vera Mikhailovna Kanonenko</t>
   </si>
   <si>
     <t>27 grudnia 1974</t>
   </si>
   <si>
     <t>Został zatrzymany pod koniec października 2024 r. podczas kolejnej „akcji” na podejrzanych o solidarność z więźniami politycznymi.
 Został oskarżony na podstawie kilku artykułów Kodeksu karnego o współpracę z „grupami ekstremistycznymi”.</t>
   </si>
   <si>
-    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
-    <t>Paul Dmitrievich Yasny</t>
-[...7 lines deleted...]
-  <si>
     <t>Olga Dmitrievna Alekseeva</t>
   </si>
   <si>
     <t>27 grudnia 1982</t>
   </si>
   <si>
     <t>Prawdopodobnie zatrzymany za pomoc więźniom politycznym.</t>
   </si>
   <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
+    <t>Andrey Viktorovich Velikoselets</t>
+  </si>
+  <si>
+    <t>27 grudnia 1984</t>
+  </si>
+  <si>
+    <t>W dniu 14 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.03.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 14.06.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:17:37</t>
+  </si>
+  <si>
     <t>Vyacheslav Yuryevich Malyshev</t>
   </si>
   <si>
     <t>29 grudnia 1979</t>
   </si>
   <si>
     <t>Decyzja sądu 13.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Kushner</t>
-[...13 lines deleted...]
-  <si>
     <t>Olga Anatolyevna Osipchik</t>
   </si>
   <si>
     <t>30 grudnia 1977</t>
   </si>
   <si>
     <t>2025-10-21 21:23:23</t>
   </si>
   <si>
+    <t>Joseph (Yazep) Iosifovich Dulebo</t>
+  </si>
+  <si>
+    <t>30 grudnia 1967</t>
+  </si>
+  <si>
+    <t>3 maja 2024 roku Komitet Bezpieczeństwa Państwowego Białorusi wpisał na listę tzw. „formacji ekstremistycznych” szereg zasobów medialnych projektu FreeInfoBel, a także konkretne osoby, ich zdaniem powiązane z projektem wskazano - Olga Paszkiewicz i Iosif Dulebo. Co więcej, o wprowadzeniu FreeInfoBel faktycznie stało się głośno dopiero 5 dni później – 8 maja.
+Na chwilę obecną nie wiadomo, w jakiej konkretnej sprawie karnej mężczyzna przebywa w areszcie, można jednak przypuszczać, że ma to związek z „ekstremizmem”. Udało nam się dowiedzieć , że Dulebo początkowo został zatrzymany ze względów administracyjnych. Kiedy jednak nadszedł czas zwolnienia z aresztu, Dulebo nie został zwolniony – został przekazany do aresztu śledczego.
+Mężczyzna wcześniej stał na czele witebskiego oddziału Białoruskiego Frontu Ludowego, ale na początku XXI wieku wycofał się ze spraw partyjnych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.11.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-22 19:29:24</t>
+  </si>
+  <si>
     <t>Valeriya Borisovna Kostyugova</t>
-  </si>
-[...1 lines deleted...]
-    <t>30 grudnia 1967</t>
   </si>
   <si>
     <t>Waleria jest politologiem, założycielką i redaktorką strony internetowej społeczności ekspertów „Nasza Opinia”, autorką i redaktorką „Rocznika Białoruskiego”, przewodniczącą grupy ekspertów monitorujących „Białoruś w obiektywie”.
 30 czerwca 2021 roku, po przeszukaniu domu przez funkcjonariuszy KGB, Waleria została zatrzymana i umieszczona w izolatce, a następnie przeniesiona do aresztu śledczego.
 6 lutego 2023 roku sąd rozpoczął rozpatrywanie jej sprawy pod zarzutem „współudziału w działaniach mających na celu przejęcie władzy”, „nawoływania do działań zagrażających bezpieczeństwu narodowemu” oraz „podżegania do nienawiści społecznej”. 17 marca 2023 roku sąd skazał Walerię na posiedzeniu niejawnym na karę 10 lat pozbawienia wolności w kolonii karnej o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.03.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.07.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Pavel Konstantinovich Severinets</t>
-[...13 lines deleted...]
-    <t>2021-02-26 21:15:58</t>
+    <t>Vladimir Vladimirovich Kushner</t>
+  </si>
+  <si>
+    <t>30 grudnia 1974</t>
+  </si>
+  <si>
+    <t>Został skazany za komentarz na temat Ukrainy wygłoszony w 2022 roku. Sprawa była rozpatrywana przez Sąd Miejski w Mińsku.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.08.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 14.10.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Olesya Vyacheslavovna Shapkina</t>
+  </si>
+  <si>
+    <t>30 grudnia 1988</t>
+  </si>
+  <si>
+    <t>Programista w SamSolutions.
+Rozprawa apelacyjna odbyła się 15 września 2023 r.
+Latem 2025 roku zachorowała na zapalenie płuc i trafiła do szpitala.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.06.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.06.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
   </si>
   <si>
     <t>Alexander Fedorovich Borovik</t>
   </si>
   <si>
     <t>30 grudnia 1981</t>
   </si>
   <si>
     <t>Mężczyzna został oskarżony o pozostawienie – zdaniem sądu – obraźliwego komentarza w telegramie pod adresem Ministra Spraw Wewnętrznych Iwana Kubrakowa i zastępcy szefa Wydziału Spraw Wewnętrznych Centralnej Administracji Okręgowej w Mińsku, szefa policji kryminalnej, Władimir Kubrakow. Aleksander w pełni przyznał się do winy i żałował swoich czynów. Przed rozprawą mężczyzna miał poręczenie osobiste. Po ogłoszeniu wyroku został osadzony w areszcie na sali sądowej.
 Alexander Borovik ma na utrzymaniu małoletnie dziecko. Pracuje jako stolarz-operator maszyn.
 W styczniu 2024 roku wyszło na jaw, że Paweł ponownie został oskarżony, tym razem na podstawie art. 130 Kodeksu karnego Republiki Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.05.2023: 1 rok więzienia w kolonii na warunkach ogólnych. Decyzja sądu 29.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-05-02 13:34:46</t>
   </si>
   <si>
-    <t>Olesya Vyacheslavovna Shapkina</t>
-[...23 lines deleted...]
-    <t>2024-05-22 19:29:24</t>
+    <t>Alexey Alexandrovich Kubrakov</t>
+  </si>
+  <si>
+    <t>31 grudnia 1981</t>
+  </si>
+  <si>
+    <t>2025-10-20 21:23:33</t>
+  </si>
+  <si>
+    <t>Nadzeya Alexandrovna Leskovets</t>
+  </si>
+  <si>
+    <t>31 grudnia 1978</t>
+  </si>
+  <si>
+    <t>Została zatrzymana 23 stycznia 2024 r. podczas masowego nalotu sił bezpieczeństwa na krewnych więźniów politycznych i osoby, które im pomagały.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.07.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 01.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-03-13 22:04:59</t>
+  </si>
+  <si>
+    <t>Olga Grigorievna Stroeva</t>
+  </si>
+  <si>
+    <t>31 grudnia 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Vasiliev</t>
   </si>
   <si>
     <t>31 grudnia 1994</t>
   </si>
   <si>
     <t>Zatrzymany za administrowanie pokojami rozmów „Witebsk -97%” i „Orsza -97%”.
 Projektant oświetlenia dla TZU w białoruskim teatrze „Ljałka”.</t>
   </si>
   <si>
     <t>12 lat więzienia w warunkach zaostrzonego reżimu</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
-  </si>
-[...22 lines deleted...]
-    <t>2024-03-13 22:04:59</t>
   </si>
   <si>
     <t>Maxim Valerievich Sandracula</t>
   </si>
   <si>
     <t>Decyzja sądu 14.11.2024: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1804,51 +1768,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1968,2417 +1932,2353 @@
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
         <v>51</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
+        <v>78</v>
+      </c>
+      <c r="I14" t="s">
         <v>79</v>
-      </c>
-[...22 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="I15" t="s">
         <v>85</v>
-      </c>
-[...19 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>93</v>
+      </c>
+      <c r="I17" t="s">
         <v>94</v>
-      </c>
-[...19 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
+        <v>112</v>
+      </c>
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...22 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
+        <v>117</v>
+      </c>
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...22 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
+        <v>122</v>
+      </c>
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...22 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>127</v>
+      </c>
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...22 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>132</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...19 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
+      <c r="I31" t="s">
         <v>163</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
+        <v>166</v>
+      </c>
+      <c r="I32" t="s">
         <v>167</v>
-      </c>
-[...19 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>168</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>170</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>176</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>70</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
+        <v>185</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>187</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>190</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
       </c>
-      <c r="B37" t="s">
+      <c r="I37" t="s">
         <v>192</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>194</v>
+      </c>
+      <c r="D38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>197</v>
+      </c>
+      <c r="B39" t="s">
+        <v>198</v>
+      </c>
+      <c r="C39" t="s">
+        <v>199</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>59</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>200</v>
       </c>
-      <c r="B39" t="s">
+      <c r="I39" t="s">
         <v>201</v>
-      </c>
-[...16 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>202</v>
+      </c>
+      <c r="B40" t="s">
+        <v>203</v>
+      </c>
+      <c r="C40" t="s">
+        <v>204</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>205</v>
       </c>
-      <c r="B40" t="s">
+      <c r="I40" t="s">
         <v>206</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I41" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>210</v>
+      </c>
+      <c r="B42" t="s">
+        <v>211</v>
+      </c>
+      <c r="C42" t="s">
+        <v>212</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>213</v>
       </c>
-      <c r="B42" t="s">
+      <c r="I42" t="s">
         <v>214</v>
-      </c>
-[...19 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>215</v>
+      </c>
+      <c r="B43" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" t="s">
+        <v>52</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>218</v>
       </c>
-      <c r="B43" t="s">
+      <c r="I43" t="s">
         <v>219</v>
-      </c>
-[...16 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>220</v>
+      </c>
+      <c r="B44" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" t="s">
+        <v>222</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>223</v>
       </c>
-      <c r="B44" t="s">
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>224</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>225</v>
-      </c>
-[...16 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" t="s">
         <v>228</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>229</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>233</v>
+      </c>
+      <c r="D46" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>234</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>236</v>
+      </c>
+      <c r="B47" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" t="s">
+        <v>238</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>83</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>239</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" t="s">
+        <v>242</v>
+      </c>
+      <c r="C48" t="s">
+        <v>243</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>132</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>244</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>246</v>
+      </c>
+      <c r="B49" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" t="s">
+        <v>53</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>249</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
+        <v>252</v>
+      </c>
+      <c r="C50" t="s">
+        <v>253</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>223</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>254</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B51" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C51" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>263</v>
+        <v>65</v>
       </c>
       <c r="I51" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B52" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="D52" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="C53" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>32</v>
+        <v>267</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
+        <v>272</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>273</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
+        <v>274</v>
+      </c>
+      <c r="I54" t="s">
         <v>275</v>
-      </c>
-[...19 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>276</v>
+      </c>
+      <c r="B55" t="s">
+        <v>277</v>
+      </c>
+      <c r="C55" t="s">
+        <v>278</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>26</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>279</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>280</v>
-      </c>
-[...19 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>281</v>
+      </c>
+      <c r="B56" t="s">
+        <v>277</v>
+      </c>
+      <c r="C56" t="s">
+        <v>282</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
+        <v>283</v>
+      </c>
+      <c r="I56" t="s">
         <v>284</v>
-      </c>
-[...19 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>285</v>
+      </c>
+      <c r="B57" t="s">
+        <v>286</v>
+      </c>
+      <c r="C57" t="s">
+        <v>287</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
+        <v>292</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>293</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>294</v>
       </c>
-      <c r="B58" t="s">
+      <c r="I58" t="s">
         <v>295</v>
-      </c>
-[...16 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>296</v>
+      </c>
+      <c r="B59" t="s">
+        <v>297</v>
+      </c>
+      <c r="C59" t="s">
+        <v>298</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>132</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
+        <v>16</v>
+      </c>
+      <c r="I59" t="s">
         <v>299</v>
-      </c>
-[...22 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B60" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
+      <c r="E60" t="s">
+        <v>59</v>
+      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B61" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C61" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E61" t="s">
+        <v>53</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="I61" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>309</v>
+      </c>
+      <c r="B62" t="s">
+        <v>310</v>
+      </c>
+      <c r="C62" t="s">
+        <v>311</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>312</v>
+      </c>
+      <c r="F62" t="s">
+        <v>313</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>314</v>
+      </c>
+      <c r="I62" t="s">
         <v>315</v>
-      </c>
-[...22 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>316</v>
+      </c>
+      <c r="B63" t="s">
+        <v>317</v>
+      </c>
+      <c r="C63" t="s">
+        <v>318</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>321</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="C64" t="s">
+        <v>323</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>324</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>325</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
+        <v>327</v>
+      </c>
+      <c r="C65" t="s">
         <v>328</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>329</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
         <v>330</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="F65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>335</v>
       </c>
-      <c r="B66" t="s">
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>65</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>32</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>340</v>
       </c>
-      <c r="B67" t="s">
+      <c r="I67" t="s">
         <v>341</v>
-      </c>
-[...19 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
+        <v>343</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>344</v>
+      </c>
+      <c r="I68" t="s">
         <v>345</v>
-      </c>
-[...22 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>346</v>
+      </c>
+      <c r="B69" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" t="s">
+        <v>348</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>349</v>
+      </c>
+      <c r="I69" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>351</v>
+      </c>
+      <c r="B70" t="s">
+        <v>352</v>
+      </c>
+      <c r="C70" t="s">
+        <v>353</v>
+      </c>
+      <c r="D70" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" t="s">
+        <v>53</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>354</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>355</v>
-      </c>
-[...19 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>356</v>
+      </c>
+      <c r="B71" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" t="s">
+        <v>358</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>93</v>
+      </c>
+      <c r="I71" t="s">
         <v>360</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>361</v>
+      </c>
+      <c r="B72" t="s">
+        <v>362</v>
+      </c>
+      <c r="C72" t="s">
+        <v>363</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>329</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>366</v>
+      </c>
+      <c r="B73" t="s">
+        <v>367</v>
+      </c>
+      <c r="C73" t="s">
+        <v>368</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
+      <c r="I73" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>371</v>
+      </c>
+      <c r="B74" t="s">
+        <v>372</v>
+      </c>
+      <c r="C74" t="s">
+        <v>373</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>89</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...19 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
+        <v>378</v>
+      </c>
+      <c r="D75" t="s">
+        <v>52</v>
+      </c>
+      <c r="E75" t="s">
+        <v>359</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="I75" t="s">
         <v>379</v>
-      </c>
-[...22 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>380</v>
+      </c>
+      <c r="B76" t="s">
+        <v>381</v>
+      </c>
+      <c r="C76" t="s">
+        <v>382</v>
+      </c>
+      <c r="D76" t="s">
+        <v>52</v>
+      </c>
+      <c r="E76" t="s">
+        <v>53</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>383</v>
+      </c>
+      <c r="I76" t="s">
         <v>384</v>
-      </c>
-[...22 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>385</v>
+      </c>
+      <c r="B77" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>388</v>
+      </c>
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>77</v>
+        <v>392</v>
       </c>
       <c r="I78" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B79" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D79" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E79" t="s">
-        <v>66</v>
+        <v>335</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I79" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>397</v>
+      </c>
+      <c r="B80" t="s">
+        <v>398</v>
+      </c>
+      <c r="C80" t="s">
+        <v>399</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
+        <v>400</v>
+      </c>
+      <c r="I80" t="s">
         <v>401</v>
-      </c>
-[...19 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>402</v>
+      </c>
+      <c r="B81" t="s">
+        <v>398</v>
+      </c>
+      <c r="C81" t="s">
+        <v>403</v>
+      </c>
+      <c r="D81" t="s">
+        <v>52</v>
+      </c>
+      <c r="E81" t="s">
+        <v>53</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>404</v>
+      </c>
+      <c r="I81" t="s">
         <v>405</v>
-      </c>
-[...22 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>406</v>
+      </c>
+      <c r="B82" t="s">
+        <v>407</v>
+      </c>
+      <c r="C82" t="s">
+        <v>408</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>273</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>409</v>
+      </c>
+      <c r="I82" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>411</v>
+      </c>
+      <c r="B83" t="s">
+        <v>412</v>
+      </c>
+      <c r="C83" t="s">
         <v>413</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
+        <v>52</v>
+      </c>
+      <c r="E83" t="s">
+        <v>53</v>
+      </c>
+      <c r="F83" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
         <v>414</v>
       </c>
-      <c r="C83" t="s">
+      <c r="I83" t="s">
         <v>415</v>
-      </c>
-[...16 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>416</v>
+      </c>
+      <c r="B84" t="s">
+        <v>417</v>
+      </c>
+      <c r="C84" t="s">
         <v>418</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>14</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
         <v>419</v>
       </c>
-      <c r="C84" t="s">
+      <c r="I84" t="s">
         <v>420</v>
-      </c>
-[...16 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>421</v>
+      </c>
+      <c r="B85" t="s">
+        <v>422</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>335</v>
+      </c>
+      <c r="F85" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="I85" t="s">
         <v>423</v>
-      </c>
-[...19 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>424</v>
+      </c>
+      <c r="B86" t="s">
+        <v>425</v>
+      </c>
+      <c r="C86" t="s">
+        <v>426</v>
+      </c>
+      <c r="D86" t="s">
+        <v>52</v>
+      </c>
+      <c r="E86" t="s">
+        <v>53</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>427</v>
+      </c>
+      <c r="I86" t="s">
         <v>428</v>
-      </c>
-[...22 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B87" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E87" t="s">
+        <v>359</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I87" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>432</v>
+      </c>
+      <c r="B88" t="s">
+        <v>433</v>
+      </c>
+      <c r="C88" t="s">
+        <v>434</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>70</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>435</v>
+      </c>
+      <c r="I88" t="s">
         <v>436</v>
-      </c>
-[...22 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B89" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>392</v>
+        <v>70</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
+      <c r="H89" t="s">
+        <v>438</v>
+      </c>
       <c r="I89" t="s">
-        <v>443</v>
-[...54 lines deleted...]
-        <v>451</v>
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">