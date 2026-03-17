--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,122 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="454">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
   </si>
   <si>
-    <t>Stanislav Aleksandrovich Mikhailov</t>
-[...5 lines deleted...]
-    <t>Stanisław został zatrzymany 9 sierpnia 2020 roku w kawiarni w centrum Pińska podczas picia kawy i został dotkliwie pobity. Został zatrzymany w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.</t>
+    <t>Victor Viktorovich Sachkovsky</t>
+  </si>
+  <si>
+    <t>2 grudnia 1989</t>
+  </si>
+  <si>
+    <t>Z materiałów sprawy wynika, że 27 lutego 2022 roku mężczyzna filmował loty wojskowych samolotów i przesłał nagranie do tzw. „formacja ekstremistyczna”. Nie podano, gdzie dokładnie wideo zostało wysłane.</t>
   </si>
   <si>
     <t>mężczyzna</t>
   </si>
   <si>
-    <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
-[...1 lines deleted...]
-  <si>
     <t>W więzieniu</t>
   </si>
   <si>
     <t>Tak</t>
   </si>
   <si>
-    <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany.</t>
-[...13 lines deleted...]
-  <si>
     <t>Decyzja sądu 11.03.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 02.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
   </si>
   <si>
-    <t>Nikolay Vladimirovich Vasilevich</t>
+    <t>Nikolai Uladzimiravich Vasilevich</t>
   </si>
   <si>
     <t>3 grudnia 1978</t>
   </si>
   <si>
     <t>Nikołajowi zarzuca się „finansowanie działalności terrorystycznej”, zgodnie z tym artykułem grozi mu od 8 do 12 lat więzienia.
 Ostatnim znanym miejscem pracy mężczyzny było Republikańskie Centrum Szkolenia Olimpijskiego w Lekkoatletyce.
 W dniu 6 czerwca 2023 roku został skazany z art. 361-2 Kodeksu karnego na 6 lat kolonii o zaostrzonym rygorze i wysoką grzywnę. Inne szczegóły sprawy nie są znane.
 1 września 2023 r. w Sądzie Najwyższym sędzia V. Cherevach miał rozpatrzyć apelację więźnia politycznego. W chwili obecnej uprawomocnił się pierwszy wyrok, zatem w chwili wydania drugiego Wasilewicza uznawano za już skazanego.
 12 września 2023 r. w Sądzie Rejonowym w Pierwomajskim odbył się kolejny proces Mikołaja. Tym razem został oskarżony o „finansowanie działalności terrorystycznej”. W sumie za darowizny Swietłana Czerepowicz skazała go na 9 lat i 6 miesięcy kolonii o zaostrzonym rygorze oraz grzywnę w wysokości 600 jednostek podstawowych. W prorządowym filmie widać, że przekazał co najmniej 54 datki na fundusze solidarnościowe.
 W dniu 14 listopada 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>9,5 roku więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
     <t>Pavel Yurievich Lukashevich</t>
   </si>
   <si>
@@ -157,348 +139,363 @@
   </si>
   <si>
     <t>Decyzja sądu 04.09.2024: 6 lata więzienia w kolonii na warunkach ogólnych, 1000 ruble odszkodowania. Apelacja 05.11.2024: nieznany. Decyzja sądu 07.10.2025: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
     <t>Alexander Sergeevich Veresovich</t>
   </si>
   <si>
     <t>4 grudnia 1966</t>
   </si>
   <si>
     <t>Nazwisko Aleksandra pojawiło się w harmonogramie rozprawy. Mężczyzna jest oskarżony o przekazywanie datków na rzecz pomocy Ukrainie i „grupie ekstremistycznej”.
 Warto zauważyć, że mężczyzna przekazał darowiznę na rzecz „formacji ekstremistycznej” przed majem 2021 r., kiedy na Białorusi w ogóle nie było formacji ekstremistycznych. Teraz mężczyźnie grozi od pięciu do dziesięciu lat więzienia. Proces rozpocznie się 19 marca w Sądzie Miejskim w Mińsku.
 Aleksander prowadzi małą firmę w Mołodecznie: jako indywidualny przedsiębiorca zajmuje się transportem ładunków własnym autobusem. Wychowuje dwójkę dzieci: młodą córkę, która kończy szóstą klasę, i syna, który powinien teraz być w liceum.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
+    <t>Marina Viktorovna Mazovka</t>
+  </si>
+  <si>
+    <t>5 grudnia 1972</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-02 15:14:31</t>
+  </si>
+  <si>
     <t>Alexander Yurievich Volchok</t>
   </si>
   <si>
     <t>5 grudnia 1986</t>
   </si>
   <si>
     <t>Został zatrzymany 28 czerwca 2021 r., odbył 7 dni aresztu administracyjnego. Został zwolniony 5 lipca, po czym ponownie został zatrzymany przez komisję śledczą, ale tym razem w sprawie karnej.
 Według prokuratury Aleksander w Odnoklassnikach od listopada do grudnia 2020 r., od maja do grudnia 2021 r. zamieszczał obraźliwe dla Łukaszenki publikacje.
 W grudniu 2020 i marcu 2021 zamieścił komentarz tekstowy i wideo na portalu społecznościowym Vkontakte, w którym rozmawiał z Łukaszenką.</t>
   </si>
   <si>
     <t>2,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
-  </si>
-[...16 lines deleted...]
-    <t>2025-08-02 15:14:31</t>
   </si>
   <si>
     <t>Viktor Lameko</t>
   </si>
   <si>
     <t>6 grudnia 1968</t>
   </si>
   <si>
     <t>Victor Lameko, przedsiębiorca z Zelvy, został brutalnie zatrzymany i pobity podczas aresztowania. Początkowo sporządzono przeciwko niemu protokół na podstawie artykułu administracyjnego 19.11 Kodeksu wykroczeń administracyjnych Republiki Białoruś (rozpowszechnianie materiałów ekstremistycznych). Nie pozwalając Lameko nawet na opuszczenie gmachu sądu, siły bezpieczeństwa ponownie go zatrzymały i ponownie sporządziły protokół na podstawie art. 19.11 Kodeks administracyjny Republiki Białoruś. Gdy mężczyzna przebywał w areszcie śledczym, sporządzono przeciwko niemu trzeci protokół.
 Jak się okazało , biznesmen przebywa w areszcie śledczym, usłyszał już zarzut z artykułu karnego o zniesławienie A.G. Łukaszenki.
 Kiedy mężczyzna był w więzieniu, zmarła jego matka.
 Wiktor pozwał fiskusa i bronił przed sądami przedsiębiorców z obwodu grodzieńskiego.</t>
   </si>
   <si>
     <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
   </si>
   <si>
-    <t>Inna Viktorovna Korbut</t>
-[...15 lines deleted...]
-  <si>
     <t>Vladimir Anatolyevich Trifonov</t>
   </si>
   <si>
     <t>6 grudnia 1964</t>
   </si>
   <si>
     <t>Szczegóły sprawy nie są znane, ponieważ proces odbywał się za zamkniętymi drzwiami, aw rzeczywistości sprawa karna jest utajniona.
 Szczegóły zatrzymania skazanych znane są z propagandowego filmu „Operacja KGB „Mankurt””, który ONT pokazał w 2021 roku.
 Według filmu Władimir Trifonow jest przewodnikiem po granicy białorusko-litewskiej, przez którą miał nielegalnie przewieźć Aleksieja Chrałowicza .
 Zaczął odsiadywać wyrok.</t>
   </si>
   <si>
     <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
   </si>
   <si>
     <t>14 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Igor Vasilievich Cherpakov</t>
-[...17 lines deleted...]
-    <t>2023-09-04 22:43:02</t>
+    <t>Inna Viktorovna Korbut</t>
+  </si>
+  <si>
+    <t>6 grudnia 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukończyła Uniwersytet Państwowy w Kuleszowie, uzyskując dyplom z psychologii dziecięcej. Mieszkała również w Mozyrzu i Mohylewie. Od trzech lat prowadzi jednoosobową działalność gospodarczą, specjalizującą się w fotografii.
+Inna została aresztowana i skazana w 2025 roku za „wspieranie działalności ekstremistycznej”. Prokuratura jest związana ze sprawą Gayun. Wiadomo, że Inna została skazana na kolonię karną , ale wyrok, jak również dokładny charakter zarzutów, pozostają nieznane.
+</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Vladimir Leonidovich Leosevich</t>
   </si>
   <si>
     <t>7 grudnia 1981</t>
   </si>
   <si>
     <t>Rozprawa sądowa odbyła się 30 października 2023 r.</t>
   </si>
   <si>
     <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
   </si>
   <si>
     <t>Decyzja sądu 30.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2023-10-24 18:51:06</t>
+  </si>
+  <si>
+    <t>Anna Vladimirovna Vlasenko</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
   </si>
   <si>
     <t>Egor Aleksandrovich Michailov</t>
   </si>
   <si>
     <t>7 grudnia 1994</t>
   </si>
   <si>
     <t>Jegor został aresztowany w lutym 2021 roku, a następnie skazany za podpalenie czołgu T-72 w pociągu wojskowym na stacji kolejowej Stepianka. Według akt sprawy, w nocy 31 stycznia 2021 roku rzucił w czołg koktajlem Mołotowa z napisem „OGSB”. Jego działania zostały zakwalifikowane jako „akt terroryzmu”. Według prokuratury, Jegor dopuścił się podpalenia z powodu swoich poglądów politycznych.
 Na początku października 2023 roku ogłoszono, że Jegor został przeniesiony do Aresztu Śledczego nr 1 w związku z nową sprawą karną wszczętą na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w takich działaniach”. W tej sprawie został skazany na dodatkowe sześć miesięcy więzienia.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 26.07.2021: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 685 ruble odszkodowania. Decyzja sądu 05.10.2023: 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 12.12.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
-    <t>Anna Vladimirovna Vlasenko</t>
-[...32 lines deleted...]
-    <t>2025-09-17 18:20:13</t>
+    <t>Alexander Stanislavovich Yushkevich</t>
+  </si>
+  <si>
+    <t>7 grudnia 1987</t>
+  </si>
+  <si>
+    <t>8 lat więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2023-09-04 22:43:02</t>
+  </si>
+  <si>
+    <t>Igor Vasilievich Cherpakov</t>
+  </si>
+  <si>
+    <t>7 grudnia 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
   </si>
   <si>
     <t>Natalia Sergeevna Saluk</t>
   </si>
   <si>
     <t>8 grudnia 1999</t>
   </si>
   <si>
     <t>Prorządowy kanał telegramowy opublikował film o zatrzymaniu Białorusinki, która brała udział w protestach w 2020 roku i „utrudniała przejazd” radiowozowi drogówki. Jak piszą autorzy kanału, przeciwko dziewczynie wszczęto sprawę karną. Nie jest określone, na podstawie jakiego artykułu.
 Wiadomo, że Natalia ukończyła BSTU w 2022 roku.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
+    <t>Liliya Yuruts</t>
+  </si>
+  <si>
+    <t>8 grudnia 1976</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-09-17 18:20:13</t>
+  </si>
+  <si>
+    <t>Yauhen Kholadau</t>
+  </si>
+  <si>
+    <t>8 grudnia 1982</t>
+  </si>
+  <si>
+    <t>W dniu 17 sierpnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>nieznane lata pobytu w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:13:51</t>
+  </si>
+  <si>
+    <t>Egor Andreevich Zakharchuk</t>
+  </si>
+  <si>
+    <t>8 grudnia 1992</t>
+  </si>
+  <si>
+    <t>Skazany za udział w protestach, a także za komentarze na portalach społecznościowych.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:24:21</t>
+  </si>
+  <si>
     <t>Kirill Kuokovic Nguyen</t>
   </si>
   <si>
     <t>8 grudnia 1993</t>
   </si>
   <si>
     <t>W dniu 12 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 10.04.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 12.07.2024: wyrok został podtrzymany. Decyzja sądu 25.03.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 20.06.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-05-02 19:06:36</t>
   </si>
   <si>
-    <t>Egor Andreevich Zakharchuk</t>
-[...11 lines deleted...]
-    <t>2023-08-11 19:24:21</t>
+    <t>Marina Vladimirovna Leonovich</t>
+  </si>
+  <si>
+    <t>8 grudnia 1995</t>
+  </si>
+  <si>
+    <t>Marina jest białoruskojęzyczną specjalistką IT z EPAM, która zajmuje się również pracą kreatywną. Pisze artykuły do białoruskiej Wikipedii, tworzy ilustracje, tłumaczy na język białoruski i pisze poezję. Po rozpoczęciu szeroko zakrojonej agresji Rosji na Ukrainę, wyjechała do Gruzji, lecz potem, z nieznanych przyczyn, wróciła na Białoruś. Wkrótce została zatrzymana w związku ze sprawą karną i skazana na podstawie artykułów „finansowanie działalności ekstremistycznej” i „finansowanie lub inne finansowe wspieranie wojny”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.01.2025: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-03-14 18:44:29</t>
   </si>
   <si>
     <t>Anna Valentinovna Korneenko</t>
   </si>
   <si>
     <t>8 grudnia 1985</t>
   </si>
   <si>
     <t>Była księgowa w Mińskich Zakładach Elektrotechnicznych im. Wawiłowa . Proces rozpoczął się 19 maja i odbywał się za zamkniętymi drzwiami, dlatego dostępnych jest niewiele informacji na temat zarzutów . Wiadomo, że Anna została zwolniona z pracy po ogłoszeniu „Ultimatum Ludu” w 2020 roku, a następnie pozwała firmę za bezprawne zwolnienie.
 Najmłodsze dziecko Anny miało zaledwie 5 miesięcy, gdy została zatrzymana.</t>
   </si>
   <si>
     <t xml:space="preserve"> Decyzja sądu 24.05.2023: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
   </si>
   <si>
-    <t>Tatiana Ivanovna Palubok</t>
-[...12 lines deleted...]
-    <t>2024-11-18 23:01:53</t>
+    <t>Valentin Vladimirovich Dubrovshchik</t>
+  </si>
+  <si>
+    <t>9 grudnia 1969</t>
+  </si>
+  <si>
+    <t>Walentin jest oskarżony o wygłaszanie obraźliwych komentarzy na temat Łukaszenki, Karanika i rosyjskich żołnierzy walczących na Ukrainie. Valery pracował jako strażnik w przedszkolu.
+W dniu 13 października 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Artem Anatolevich Lebedko</t>
   </si>
   <si>
     <t>9 grudnia 1985</t>
   </si>
   <si>
     <t>Według obrońców praw człowieka syn polityka Anatolij Łebiedko jest oskarżony o finansowanie działalności ekstremistycznej. Artem został zatrzymany pod koniec marca, a następnie dwukrotnie skazany na 15 dni aresztu, po czym usłyszał zarzuty i przewieziony do Aresztu Śledczego nr 1.
 Według prokuratury w 2020 r. „w oparciu o wrogość ideologiczną” Łabedźko wykonał telefonicznie kilka przelewów pieniężnych do trzech funduszy, które uznano za „formacje ekstremistyczne”, korzystając z rachunku bieżącego jednego z banków. Poinformowano, że środki zostały przelane za pośrednictwem systemu płatności popularnego portalu społecznościowego Facebook. Prawdopodobnie mówimy o funduszach BY_help i Białoruskim Funduszu Solidarności Sportu.
 Na rozprawie więzień polityczny nie przyznał się do winy i oświadczył, że w ogóle nie rozumie istoty stawianych mu zarzutów i nie rozumie, dlaczego znalazł się w sądzie.
 W dniu 31 października 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
-    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
-[...1 lines deleted...]
-  <si>
     <t>3,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
   </si>
   <si>
-    <t>Valentin Vladimirovich Dubrovshchik</t>
-[...9 lines deleted...]
-    <t>2022-09-02 19:37:13</t>
+    <t>Tatsiana Palubok</t>
+  </si>
+  <si>
+    <t>9 grudnia 1978</t>
+  </si>
+  <si>
+    <t>Wiadomo, że pracownicy GUBOPiK-u prowadzą śledztwo w sprawie osób, które rzekomo brały udział w czacie telegramowym „Partyzanci nowogródzcy”. Wszczęto przeciwko nim sprawy karne na podstawie artykułu o ekstremizmie. Każda osoba przesłuchiwana w sprawie ma obowiązek podpisać zgodę na zachowanie poufności.
+Media podają , że co najmniej sześć osób spośród zatrzymanych 15 dni temu przez siły bezpieczeństwa nie opuściło kraju po odbyciu aresztu administracyjnego, w tym Tatiana.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-18 23:01:53</t>
   </si>
   <si>
     <t>Daniel-Landsay Keita</t>
   </si>
   <si>
     <t>10 grudnia 1999</t>
   </si>
   <si>
     <t>Prorządowy kanał telegramowy „Puls Grodna” opublikował film przedstawiający mieszkańca Mińska zatrzymanego za udział w protestach.
 W nagraniu Białorusin opowiada, że w 2020 roku brał udział w protestach i pozostawiał negatywne komentarze pod adresem władz i funkcjonariuszy policji. Zatrzymany oświadczył także, że ma zły stosunek do rosyjskiej armii.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.01.2025: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Alina Valentinovna Khmelevskaya</t>
   </si>
   <si>
     <t>10 grudnia 1984</t>
   </si>
   <si>
     <t>Alinę skazano w lipcu 2024 r. na podstawie artykułów „udziału w grupie zbrojnej lub konflikcie zbrojnym na terytorium państwa obcego” i „finansowania działalności grupy ekstremistycznej”.
@@ -574,324 +571,391 @@
 Według niektórych doniesień ustalono, że przeciwko Głuszkowowi wszczęto postępowanie karne za działalność dziennikarską. Domniemanym artykułem jest artykuł 361-1 Kodeksu karnego Republiki Białorusi (tworzenie lub udział w formacji ekstremistycznej).</t>
   </si>
   <si>
     <t>Decyzja sądu 31.07.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Alla Ivanovna Puchinskaya</t>
   </si>
   <si>
     <t>11 grudnia 1981</t>
   </si>
   <si>
     <t>21 lutego 2024 r. w Sądzie Rejonowym w Pińsku sędzia Andriej Bycziło rozpatrywał sprawę na podstawie części 2 art. Art. 19.11 Kodeksu wykroczeń administracyjnych (Rozpowszechnianie produktów informacyjnych objętych republikańską listą materiałów ekstremistycznych, a także wytwarzanie, publikowanie, przechowywanie lub transport w celu rozpowszechniania takich produktów informacyjnych).
 Najwyraźniej po tym wszczęto postępowanie karne.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.02.2024: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-01-31 18:44:06</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Martsinkevich</t>
+  </si>
+  <si>
+    <t>12 grudnia 1980</t>
+  </si>
+  <si>
+    <t>W dniu 19 marca 2024 roku rozpatrzono apelację sądu. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 19.03.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
     <t>Ilya Slavomirovich Gumbar</t>
   </si>
   <si>
     <t>12 grudnia 1989</t>
   </si>
   <si>
     <t>Ilya pracuje w firmie informatycznej iTechArt od ponad dwunastu lat. To duża firma, zatrudniająca ponad półtora tysiąca pracowników. Ilya - starszy inżynier oprogramowania. Gumbar ma dwa dobrze znane hobby – turystykę sportową i bieganie przełajowe. Bieganie przełajowe to bieganie na długich dystansach po nierównym terenie, często przez nieprzejezdne lasy lub wysokie góry (różnice wysokości na trasie mogą sięgać tysięcy metrów). Według rankingu UTMB zajmuje drugie miejsce na Białorusi wśród mężczyzn w tej dyscyplinie.
 W dniu 3 września 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.07.2024: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
   </si>
   <si>
     <t>Igor Evstafievich Sidarovich</t>
   </si>
   <si>
     <t>12 grudnia 1972</t>
   </si>
   <si>
     <t>Igor został po raz pierwszy skazany za rozwinięcie transparentu z napisem: „Dopóki w kraju panuje bezprawie, opór jest naszym obowiązkiem”, blokując ruch uliczny. Został ukarany wysoką grzywną.
 Później został ponownie skazany za znieważenie władz za pośrednictwem komentarza na czacie „Mołodeczno za Życie” i otrzymał środek zapobiegawczy w postaci „aresztu domowego”. Igor jest niepełnosprawny, ponieważ brakuje mu jednej nogi.
 Pod koniec 2024 roku okazało się, że Igor został ponownie zatrzymany i osadzony w areszcie. W lipcu 2025 roku został skazany na podstawie artykułu „Wspieranie działalności ekstremistycznej” i skazany na karę pozbawienia wolności oraz wysoką grzywnę.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.03.2021: 140 jednostek bazowych kary. Decyzja sądu 02.06.2021: 1 rok 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego, 1500 ruble odszkodowania. Decyzja sądu 22.07.2025: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Martsinkevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Leonid Valerievich Raichenok</t>
   </si>
   <si>
     <t>12 grudnia 1986</t>
   </si>
   <si>
     <t>Według prokuratury , 17 maja 2022 roku Leonid Raichonok przekazał białoruskim ochotnikom walczącym po stronie Ukrainy 400 dolarów na kamizelki kuloodporne. Drugą darowiznę w wysokości 150 dolarów przekazał na rzecz „Praskiego Zespołu Wsparcia” (stowarzyszenia Białorusinów w Pradze, które zbiera datki i za nie kupuje umundurowanie, czasem na wyposażenie do broni, dla białoruskich ochotników walczących po stronie Ukraina). Działania mieszkańca Brześcia zakwalifikowano jako „finansowanie obywateli Republiki Białorusi do udziału na terytorium obcego państwa w formacji zbrojnej jednej ze stron walczących, w konfliktach zbrojnych, operacjach wojskowych”.
 W dniu 12 grudnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 12.12.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
     <t>Olga Viktorovna Kolpakova</t>
   </si>
   <si>
     <t>13 grudnia 1979</t>
   </si>
   <si>
     <t>Decyzja sądu 01.08.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
   </si>
   <si>
-    <t>Konstantin Sergeevich Pritulenko</t>
+    <t>Andrei Yuryevich Savinski</t>
+  </si>
+  <si>
+    <t>14 grudnia 1987</t>
+  </si>
+  <si>
+    <t>Z materiałów sprawy wynika, że w ciągu półtora roku Savinsky przelał równowartość 50 dolarów amerykańskich na konta funduszy uznanych za „ekstremistyczne”. Jednocześnie wielokrotnie korzystał ze swojego konta na Facebooku. Stworzył także i opublikował 4 wiadomości tekstowe w jednym z czatów telegramowych, rzekomo mające na celu „podżeganie do wrogości społecznej w społeczeństwie”.
+W dniu 12 stycznia 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.11.2023: 5 lata więzienia w kolonii na warunkach ogólnych, 200 jednostek bazowych kary. Apelacja 12.01.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
+    <t>Kanstantsin Siarheyevich Prytulenka</t>
   </si>
   <si>
     <t>14 grudnia 1979</t>
   </si>
   <si>
     <t>Były zastępca prokuratora okręgu Głusk.
 W nagraniu opublikowanym przez Komitet Śledczy Prytulenko powiedział, że wysłał dane pracownika prokuratury rejonu gluskiego i lekarza na chatbota Czarnej Księgi Białorusi.
 Według Naszej Niwy w 2005 roku Konstantin Prytulenko był śledczym, a później asystentem prokuratora rejonowego. Nie wiadomo, gdzie Prytulenko pracował przed aresztowaniem.
 Początkowo proces był otwarty, ale na wniosek poszkodowanych urzędników i sił bezpieczeństwa został zamknięty.W sumie ofiarami padło kilkanaście osób, w tym były wiceprzewodniczący rady miejskiej Mohylewa, „główny ideolog miasta” Ałła Gałuszko. Inne ofiary to członkowie komisji wyborczych, prokuratorzy, stróże prawa i inni urzędnicy państwowi.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
-    <t>Andrey Yurievich Savinsky</t>
-[...14 lines deleted...]
-  <si>
     <t>Vladislav Vadimovich Brouwer</t>
   </si>
   <si>
     <t>14 grudnia 1995</t>
   </si>
   <si>
     <t>2025-07-20 12:14:16</t>
   </si>
   <si>
+    <t>Olga Vladimirovna Lotsmanova</t>
+  </si>
+  <si>
+    <t>15 grudnia 1972</t>
+  </si>
+  <si>
+    <t>Została zatrzymana w wyniku masowego nalotu sił bezpieczeństwa w dniach 23–24 stycznia 2024 r. na krewnych więźniów politycznych oraz osoby wysyłające paczki i listy do więźniów politycznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.10.2024: 4 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 10.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-04 10:51:54</t>
+  </si>
+  <si>
+    <t>Stanislav Valentinovich Kuzmitsky</t>
+  </si>
+  <si>
+    <t>15 grudnia 1986</t>
+  </si>
+  <si>
+    <t>Według materiałów śledztwa Kuzmicki, „mając wypaczone wartości i niezrozumienie słowa „patriotyzm”, celowo wstąpił do organizacji terrorystycznej i kierował pewnymi zasobami sieci „…97”. Zarządzał ponad 30 pokojami rozmów, które pod brutalną kontrolą i przewodnictwem z zagranicy wypełniały się ekstremistycznymi materiałami. Mężczyzna tworzył skład środowisk ekstremistycznych, wyznaczał role i organizował udział ich członków w protestach. Ponadto podejmował działania zmierzające do zjednoczenia i zwiększenia liczby wspólnot: wspierał je moralnie w prywatnych rozmowach, organizował wspólne spędzanie czasu wolnego, dystrybucję wyrobów propagandowych, rysował rysunki i napisy o charakterze ekstremistycznym na elewacjach budynków.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>15 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2021-12-28 13:36:42</t>
+  </si>
+  <si>
+    <t>Aliaksandr Frantskevich</t>
+  </si>
+  <si>
+    <t>15 grudnia 1988</t>
+  </si>
+  <si>
+    <t>Komitet Śledczy nazywa go aktywnym uczestnikiem destrukcyjnych kanałów telegramowych i przedstawicielem „oddziałów sofowych”. W sprawie było 26 ofiar. Frantskevich był przetrzymywany w areszcie do czasu procesu.</t>
+  </si>
+  <si>
+    <t>4,5 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2022-06-28 16:49:54</t>
+  </si>
+  <si>
     <t>Alexander Evgenyevich Sobolevsky</t>
   </si>
   <si>
     <t>15 grudnia 1967</t>
   </si>
   <si>
     <t>W Mohylewie Sobolewski jest znany jako jeden z freelancerów, którzy do 2020 roku współpracowali z miejskimi publikacjami internetowymi. Ales został dwukrotnie skazany za naruszenie administracyjne na jeden dzień, po czym nie został zwolniony.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
-    <t>Olga Vladimirovna Lotsmanova</t>
-[...31 lines deleted...]
-  <si>
     <t>Victor Vasilevich Barket</t>
   </si>
   <si>
     <t>16 grudnia 1973</t>
   </si>
   <si>
     <t>W dniu 10 maja 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.02.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Elena Nikolaevna Verbitskaya</t>
   </si>
   <si>
     <t>16 grudnia 1955</t>
   </si>
   <si>
     <t>Została zatrzymana za pomoc więźniom politycznym 23 stycznia 2024 r., po czym Elena została zwolniona, jednak w kwietniu tego samego roku została ponownie zatrzymana i umieszczona w Areszcie Śledczym.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 22.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-01-15 21:41:51</t>
   </si>
   <si>
     <t>Maxim Valerievich Solop</t>
   </si>
   <si>
     <t>17 grudnia 1988</t>
   </si>
   <si>
     <t>Maxim Solop ma 36 lat. Pochodzi z Brestu. W 2012 roku ukończył studia na Wydziale Fizyki Uniwersytetu Państwowego im. Franciszka Skaryny w Homelu. Pracował jako inżynier w Brzeskim Centrum Informatyczno-Przemysłowym ds. Transportu Eksportowo-Importowego Kolei Białoruskich.
 Maksym uwielbia podróże i aktywny wypoczynek, uprawia także różne sporty i prowadzi zdrowy tryb życia.
 Jego proces rozpocznie się 24 lutego 2025 r. w Sądzie Miejskim w Brześciu. Maksymowi zarzuca się „wzywanie do działań mających na celu wyrządzenie szkody bezpieczeństwu narodowemu Białorusi” (art. 361 cz. 3 Kodeksu karnego).</t>
   </si>
   <si>
     <t>Decyzja sądu 26.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-02-24 17:46:36</t>
+  </si>
+  <si>
+    <t>Pavel Viktorovich Myakish</t>
+  </si>
+  <si>
+    <t>17 grudnia 1987</t>
+  </si>
+  <si>
+    <t>Były lekarz sądowy. Studiował programowanie.</t>
+  </si>
+  <si>
+    <t>5,5 roku więzienia w kolonii karnej</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
+  </si>
+  <si>
+    <t>Yauheni Aliakseyevich Zbarouski</t>
+  </si>
+  <si>
+    <t>17 grudnia 1981</t>
+  </si>
+  <si>
+    <t>Jewgienij został natychmiast oskarżony na podstawie 9 artykułów Kodeksu karnego. Powodem tego były komentarze w Telegramie i wysłanie 0,28 i 0,004 bitcoinów do administratorów kanałów Telegrama.
+Ponadto od grudnia 2019 r. do stycznia 2020 r. zakupił „szczególnie niebezpieczne substancje psychotropowe”, a w Rosji (w obwodzie briańskim) zakupił broń palną – pistolet Makarowa (PM) i co najmniej 46 naboi do niego.
+Proces trwał od 14 lutego do 2 czerwca, prawie cztery miesiące.
+Jewgienij częściowo przyznał się do winy, wyjaśnił, że nie zgadza się z wynikami wyborów prezydenckich na Białorusi, dlatego zdecydował się działać aktywnie.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>8 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-02-14 21:25:55</t>
   </si>
   <si>
     <t>Natalia Sergeevna Matveeva</t>
   </si>
   <si>
     <t>17 grudnia 1983</t>
   </si>
   <si>
     <t>Natalia została aresztowana w czerwcu 2021 roku pod zarzutem planowania podpalenia sprzętu leśnego. Aresztowanie miało miejsce wieczorem na terenie gospodarstwa leśnego, gdzie rzekomo przybyła ze swoim wspólnikiem, Gordiejewem, który w rzeczywistości wykonywał zlecenie służb bezpieczeństwa państwa.
 Według prokuratury, wieczorem 8 czerwca 2021 roku Natalia i mężczyzna przygotowali koktajle Mołotowa, którymi planowali podpalić sprzęt. Zbrodnia jednak nie została dokończona – Natalia została zatrzymana, zanim doszło do podpalenia.
 Natalia zeznała przed sądem, że znalazła się w trudnej sytuacji: w sierpniu 2020 roku jej znajomy został aresztowany, straciła ojca i miała trudności w pracy. Potwierdziła również, że rzeczywiście była członkinią grupy dyskusyjnej „OGSB” i zamierzała zniszczyć sprzęt do wyrębu w przedsiębiorstwie leśnym.
 W grudniu 2022 r. uznano ją za winną i skazano na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2022: 14 lata więzienia w kolonii na warunkach ogólnych, 400 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Pavel Viktorovich Myakish</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Pavel Vladimirovich Kuntsevich</t>
+  </si>
+  <si>
+    <t>17 grudnia 1985</t>
+  </si>
+  <si>
+    <t>Paweł Kuntsewicz ma 39 lat. Jest mieszkańcem Mińska, studiował w Mińskim Państwowym Instytucie Ekologii im. Sacharowa jako psycholog. Pracował na rynku Czerwieńskim, gdzie miał własny punkt sprzedaży detalicznej, a ostatnio za pieniądze robił szklarnie.
+Jak wynika z portali społecznościowych, został zatrzymany jesienią 2023 roku. Został oskarżony na podstawie części 3 art. 361 Kodeksu karnego Białorusi – „wzywa do stosowania sankcji lub innych działań mających na celu szkodę dla bezpieczeństwa narodowego Białorusi”. Zgodnie z artykułem groziło mu do 12 lat więzienia.Paweł ma dużą rodzinę – żonę i czwórkę dzieci.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.01.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 01.03.2024: nieznany. Decyzja sądu data nieznana: 8 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2024-01-15 21:41:51</t>
   </si>
   <si>
     <t>Arthur Igorevich Syrokvasha</t>
   </si>
   <si>
     <t>18 grudnia 1993</t>
   </si>
   <si>
     <t>Artur Syrokwasza pełnił funkcję zastępcy naczelnika placówki granicznej w Chojnikach, utworzonej w 2020 roku. Oznacza to, że Artur pracował na przejściu granicznym, przez które rosyjski sprzęt wjeżdżał na Ukrainę.
 Był sekretarzem lokalnego związku młodzieży BRSM. Profil Artura na VKontakte wskazuje , że pochodzi z Mińska i jest absolwentem BSU.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
+  </si>
+  <si>
+    <t>Vitali Alehavich Vyprazhkin</t>
+  </si>
+  <si>
+    <t>18 grudnia 1985</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>2026-01-20 22:41:31</t>
+  </si>
+  <si>
+    <t>Yauheni Anatolyevich Dorakhau</t>
+  </si>
+  <si>
+    <t>19 grudnia 1980</t>
+  </si>
+  <si>
+    <t>Zatrzymany w celu złożenia komentarzy.
+Pracował jako inżynier energetyczny w firmie Belgro.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-09-12 14:21:44</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Trotsenko</t>
   </si>
   <si>
     <t>19 grudnia 1971</t>
   </si>
   <si>
     <t>Decyzja sądu 26.09.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
   </si>
   <si>
     <t>Vitaly Vladimirovich Leskovets</t>
   </si>
   <si>
     <t>20 grudnia 1975</t>
   </si>
   <si>
     <t>Witalij jest programistą. Pracował w Zakładach Metalurgicznych w Mohylewie i administrował stroną internetową firmy, w wyspecjalizowanym biurze projektowym oraz jako inżynier oprogramowania w Centrum Systemów Informacyjnych Miasta Mohylew.
 Hobby mężczyzny to fotografia. Fotografuje zarówno aparatami filmowymi, jak i cyfrowymi. Alexey regularnie filmuje różne wydarzenia miejskie i udostępnia zdjęcia w sieciach społecznościowych. Uwielbia także podróżować, zarówno po Białorusi, jak i za granicą.
 Jest sądzony za datki na pomoc Ukrainie.</t>
   </si>
   <si>
@@ -918,139 +982,125 @@
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany. Decyzja sądu 03.05.2023: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
     <t>Vladimir Anatolevich Baslyk</t>
   </si>
   <si>
     <t>20 grudnia 1981</t>
   </si>
   <si>
     <t xml:space="preserve">
 Sędzia Anżelika Danilova rozpoczyna rozpatrywanie sprawy 29 lipca 2024 r. w Sądzie Okręgowym w Mińsku.
 </t>
   </si>
   <si>
     <t>Decyzja sądu 02.08.2024: nieznany. Apelacja 18.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-09 23:16:04</t>
   </si>
   <si>
+    <t>Maksim Paulavich Sobaleu</t>
+  </si>
+  <si>
+    <t>20 grudnia 1996</t>
+  </si>
+  <si>
+    <t>Zatrzymany za utworzenie czatu w 2020 roku, który później został uznany za ekstremistyczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.01.2023: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 09.06.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
+  </si>
+  <si>
     <t>Leonid Valentinovich Kozyr</t>
   </si>
   <si>
     <t>Pierwszy proces Leonida odbył się jesienią 2022 roku, został oskarżony z art. 369 i skazany na ograniczenie wolności bez kierunku.
 O drugim procesie wyszło na jaw w sierpniu 2024 r. Leonidowi zarzuca się „finansowanie działalności formacji ekstremistycznej” (art. 361-2 kodeksu karnego) oraz „rekrutację, szkolenie lub przygotowanie do udziału w wojnie, a także wsparcie materialne takiej działalności” (art. 361 część 2 art. -3 Kodeksu karnego). Okazało się, że mężczyzna miał darowiznę na rzecz Sił Zbrojnych Ukrainy. Prawdopodobnie grozi mu kara pozbawienia wolności.
 Leonid posiada wykształcenie wyższe , jego ostatnim miejscem pracy jest prywatne przedsiębiorstwo Gomelstalstandart .</t>
   </si>
   <si>
     <t>Decyzja sądu 12.10.2022: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 22.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
     <t>Igor Mikhailovich Sushko</t>
   </si>
   <si>
     <t>21 grudnia 1978</t>
   </si>
   <si>
     <t>Igor został zatrzymany 23 listopada 2023 r. Z nagrania wideo na prorządowym kanale opublikowanego przez siły bezpieczeństwa wiadomo, że był współzałożycielem firmy zajmującej się komunikacją miejską.
 Igor mówi przed kamerą, że został zatrzymany za komentarze na kanałach Telegramu na temat białoruskiej i rosyjskiej armii.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Dmitry Sergeevich Osiyuk</t>
   </si>
   <si>
     <t>21 grudnia 1987</t>
   </si>
   <si>
     <t>Wiadomo, że sprawa Dmitrija została w dużej mierze sfabrykowana, a niektóre z jego działań były celowo prowokowane przez funkcjonariuszy wywiadu.
 Aktywiści praw człowieka wiedzą , że mężczyzna przebywa w areszcie od około grudnia 2023 roku. Początkowo był przetrzymywany w Areszcie Śledczym nr 1 w Mińsku, a następnie przeniesiony do Aresztu Śledczego w Brześciu. Został skazany na 20 lat więzienia, z czego pierwsze pięć lat spędzi w kolonii karnej.
 Wiadomo, że Osiyuk mieszkał w Berezie i ma córkę.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 14.08.2024: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia). Apelacja 16.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
-    <t>Vyacheslav Nikolaevich Rogashchuk</t>
-[...10 lines deleted...]
-  <si>
     <t>Michael Yuryevich Neznanov</t>
   </si>
   <si>
     <t>22 grudnia 1982</t>
   </si>
   <si>
     <t>Decyzja sądu 23.07.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2025-02-24 23:50:24</t>
-  </si>
-[...15 lines deleted...]
-    <t>2024-11-01 18:08:08</t>
   </si>
   <si>
     <t>Igor Mikhailovich Klochko</t>
   </si>
   <si>
     <t>23 grudnia 1997</t>
   </si>
   <si>
     <t>Igor został skazany za udział w proteście, który odbył się 11 sierpnia 2020 r. w Brześciu.</t>
   </si>
   <si>
     <t>IUOT-46, 213188, obwód mohylewski, m. Krugloje, ul. sowiecki, 96</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Decyzja sądu 26.06.2025: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
     <t>Sergei Alexandrovich Chernetsky</t>
   </si>
@@ -1075,396 +1125,395 @@
   <si>
     <t>W dniu 8 grudnia 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 12.08.2023: nieznany. Protest prokuratora 08.12.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-09-27 17:29:24</t>
   </si>
   <si>
     <t>Maksim Ivanovich Sobolev</t>
   </si>
   <si>
     <t>23 grudnia 1998</t>
   </si>
   <si>
     <t>Według prokuratury w dniach 10–11 sierpnia 2020 r. na jezdni znajdowali się w tym czasie nieletni Julia Szaranova, Nikita Wojtyuk, Nikołaj Nikityuk, a także Wasilij Aleksiejuk, Gleb Klimowicz, Witalij Warfałameew, Aleksander Tysewicz, Maksim Sobolew. Alei Maszerowa, Bulwarów Kosmonautów i Szewczenki, ul. Sowietów w Brześciu „ wykrzykiwali hasła, demonstrowali biało-czerwono-białe płótna, rażąco naruszając porządek publiczny, celowo utrudniając ruch pojazdów oraz normalne funkcjonowanie przedsiębiorstw i organizacji”.
 Na rozprawie wszyscy w pełni przyznali się do winy.
 Wiadomo również, że Maxim Sobolev, Gleb Klimovich, Julia Sharanova zostali skazani, w tym pod zarzutem „narkotyki”.
 Maxim Sobolev zgodnie z częścią 1 art. 342 Kodeksu karnego został skazany na dwa lata pozbawienia wolności. Ale ponieważ Maxim został już skazany na podstawie „narkotycznej” części 4 art. 328 Kodeksu karnego, poprzez częściowe dodanie kar głównych i całkowite dodanie kary dodatkowej, skazano 12 lat więzienia na odbycie kolonii poprawczej o zaostrzonym rygorze z karą grzywny w wysokości 3200 rubli.</t>
   </si>
   <si>
     <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
   </si>
   <si>
-    <t>Nie</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 20.05.2024: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-08 18:07:55</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Konovalchik</t>
+    <t>Aliaksei Iharavich Chareshniau</t>
+  </si>
+  <si>
+    <t>24 grudnia 1999</t>
+  </si>
+  <si>
+    <t>2026-03-02 10:59:22</t>
+  </si>
+  <si>
+    <t>Aliaksandr Kanavalchyk</t>
   </si>
   <si>
     <t>24 grudnia 1979</t>
   </si>
   <si>
-    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2026-01-17 00:05:19</t>
   </si>
   <si>
     <t>Anatoly Viktorovich Latushka</t>
   </si>
   <si>
     <t>24 grudnia 1976</t>
   </si>
   <si>
     <t>Zatrzymany za rysowanie przy użyciu szablonów „Chase”.
 Anatolij Łatuszka jest kuzynem polityka Pawła Łatuszki.
 22 marca 2024 roku został przeniesiony do więzienia, w którym odbywa karę do końca trwania kary.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.09.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.12.2022: nieznany. Sąd zmiany reżimu 22.03.2024: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Dmitry Ivanovich Shablyko</t>
   </si>
   <si>
     <t>24 grudnia 1996</t>
   </si>
   <si>
     <t>Decyzja sądu 20.08.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
+    <t>Dmitry Nikolaevich Khaltsov</t>
+  </si>
+  <si>
+    <t>25 grudnia 1987</t>
+  </si>
+  <si>
+    <t>Dmitrij Chaltsow jest jednoosobowym przedsiębiorcą. W 2020 roku „Komsomolskaja Prawda” pisała o nim w reportażu o protestach w Homlu po pogrzebie Aleksandra Wichora, zabitego przez policjantów. Za własne pieniądze kupił megafon i napisał na lokalnym czacie, proponując zebranie się i udanie do regionalnego komitetu wykonawczego. Protestujący wezwali wówczas gubernatora obwodu na spotkanie.
+Ze względu na zamknięty charakter systemu sądowniczego, charakter zarzutów postawionych Dmitrijowi Chalcowowi i jego konkretny wyrok pozostają nieznane. Wiadomo jedynie, że został skazany na karę więzienia.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+  </si>
+  <si>
+    <t>2025-10-18 15:04:38</t>
+  </si>
+  <si>
     <t>Anatoly Vladimirovich Volodko</t>
   </si>
   <si>
     <t>25 grudnia 1967</t>
   </si>
   <si>
     <t>Anatolij Wołodko ma 56 lat. Pochodzi z Mińska. Mężczyzna ma żonę, dorosłą córkę i syna, który wkrótce skończy osiemnaście lat. Volodko pracował jako programista w Top Soft przez ponad 20 lat. Tworzy ekosystem produktów Galaktika potrzebnych do cyfryzacji biznesu. Centrala firmy znajduje się w Rosji, gdzie Anatolij pracował przez część czasu.
 Dokładna data aresztowania mężczyzny nie jest znana, ale prawdopodobnie będzie to 15 lub 16 stycznia 2024 roku. Przecież 17 stycznia on i jego żona zostali skazani za „drobne chuligaństwo” – został skazany na 15 dni, wyrok wydany na żonę nie jest znany. Według zeznań sił bezpieczeństwa Anatolij Wołodko „przebywał w miejscu publicznym i z powodów chuligańskich głośno krzyczał, używał wulgarnego języka, machał rękami i zachowywał się agresywnie: „Mężczyzna nie przyznał się do winy i oświadczył, że w środku dnia był przetrzymywany we własnym domu, nie zrobił nic, co powiedzieli świadkowie.Według współwięźnia Anatolija Wołodki odmówił on wypłaty „darowizn”, którymi funkcjonariusze KGB grozili przekazującym datki. Generalnie mężczyzna nie przyznał się do winy. Współwięzień Anatolija twierdzi, że był to powód do dalszego ścigania – administracyjnego i karnego.
 27 sierpnia 2024 r. apelacja Anatolija została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 11.06.2024: 8 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 27.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
     <t>Anastasia Yuryevna Gritskevich</t>
   </si>
   <si>
     <t>25 grudnia 1993</t>
   </si>
   <si>
     <t>Anastazja, pochodząca z Mozyrza, ukończyła Białoruski Państwowy Uniwersytet Kultury Fizycznej i Sportu (BSUPhK) na kierunku turystyka i hotelarstwo oraz pracowała w Mińsk Arenie. Dużo podróżowała i uwielbiała sport, w tym hokej i kolarstwo.
 Data aresztowania Anastazji jest nieznana. Ostatni wpis na Telegramie zamieściła w lutym 2025 roku. To właśnie w tym miesiącu aresztowania w sprawie Gayun były w pełnym toku.
 Gritskevich nie korzystała z internetu od czasu aresztowania. Sugeruje to, że została skazana na karę więzienia.</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-07 20:59:21</t>
-  </si>
-[...14 lines deleted...]
-    <t>2025-10-18 15:04:38</t>
   </si>
   <si>
     <t>Igor Nikolaevich Kozlov</t>
   </si>
   <si>
     <t>25 grudnia 1975</t>
   </si>
   <si>
     <t>Mieszkaniec obwodu mohylewskiego . Pracownik Zakładu Części i Zespołów Ciągnikowych w Bobrujsku.
 Zatrzymany za sabotaż na torach kolejowych w pobliżu stacji Bobrujsk oraz podpalenie strzelnicy JW 5527. Zatrzymany wraz z żoną.</t>
   </si>
   <si>
     <t>Decyzja sądu 10.08.2022: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 25.10.2022: nieznany.</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
     <t>Artem Shirinovich Nasanovich</t>
   </si>
   <si>
     <t>25 grudnia 1994</t>
   </si>
   <si>
     <t>Przyczyna tak surowej kary, a także okoliczności wszczęcia sprawy karnej są nadal nieznane.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.03.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 14.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
-    <t>Artyom Evgenyevich Parkhamovich</t>
+    <t>Artsiom Yauhenavich Parkhamovich</t>
   </si>
   <si>
     <t>26 grudnia 1995</t>
   </si>
   <si>
-    <t>Artem, pracownik Beltelecom, został zatrzymany 22 października 2020 r. i skazany za przekazywanie do Telegramu danych funkcjonariuszy organów ścigania.</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 08.02.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 29.04.2022: wyrok został podtrzymany.</t>
+    <t>Artiom, były pracownik Beltelecomu, został aresztowany w październiku 2020 roku w ramach postępowania karnego wszczętego na podstawie ośmiu artykułów, w tym „nielegalnych działań przeciwko informacjom prywatnym i danym osobowym” oraz „ingerencji w działalność funkcjonariusza organów ścigania”. Według doniesień Artiom został również dotkliwie pobity podczas aresztowania.
+W lutym 2022 roku został skazany za „przekazywanie danych osobowych i innych danych osobowych ponad 150 osób kanałom Telegramu uznanym za ekstremistyczne” i skazany na długoletnią karę więzienia, a także na zapłatę „ofiarom” wysokiego odszkodowania.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.02.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 29.04.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
-    <t>Vera Mikhailovna Kanonenko</t>
+    <t>Vera Mikhajlauna Kananenka</t>
   </si>
   <si>
     <t>27 grudnia 1974</t>
   </si>
   <si>
-    <t>Został zatrzymany pod koniec października 2024 r. podczas kolejnej „akcji” na podejrzanych o solidarność z więźniami politycznymi.
-Został oskarżony na podstawie kilku artykułów Kodeksu karnego o współpracę z „grupami ekstremistycznymi”.</t>
+    <t>Został zatrzymany   pod koniec października 2024 r. podczas kolejnego „nalotu” na podejrzanych o solidarność z więźniami politycznymi.
+Jest oskarżony na podstawie kilku artykułów Kodeksu karnego o współpracę z „grupami ekstremistycznymi”. Według śledztwa oskarżeni byli kurierami inicjatywy BYSOL, „do ich zadań należało przyjmowanie i przekazywanie pieniędzy innym członkom grupy oraz ich dystrybucja w celu wsparcia osób zaangażowanych w nielegalne protesty i działalność ekstremistyczną”.
+Jej konkubent, Siergiej Kardash, również został zatrzymany.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 12.02.2026: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
     <t>Olga Dmitrievna Alekseeva</t>
   </si>
   <si>
     <t>27 grudnia 1982</t>
   </si>
   <si>
     <t>Prawdopodobnie zatrzymany za pomoc więźniom politycznym.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
-    <t>Andrey Viktorovich Velikoselets</t>
-[...13 lines deleted...]
-  <si>
     <t>Vyacheslav Yuryevich Malyshev</t>
   </si>
   <si>
     <t>29 grudnia 1979</t>
   </si>
   <si>
     <t>Decyzja sądu 13.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-10-21 21:23:23</t>
   </si>
   <si>
     <t>Joseph (Yazep) Iosifovich Dulebo</t>
   </si>
   <si>
     <t>30 grudnia 1967</t>
   </si>
   <si>
     <t>3 maja 2024 roku Komitet Bezpieczeństwa Państwowego Białorusi wpisał na listę tzw. „formacji ekstremistycznych” szereg zasobów medialnych projektu FreeInfoBel, a także konkretne osoby, ich zdaniem powiązane z projektem wskazano - Olga Paszkiewicz i Iosif Dulebo. Co więcej, o wprowadzeniu FreeInfoBel faktycznie stało się głośno dopiero 5 dni później – 8 maja.
 Na chwilę obecną nie wiadomo, w jakiej konkretnej sprawie karnej mężczyzna przebywa w areszcie, można jednak przypuszczać, że ma to związek z „ekstremizmem”. Udało nam się dowiedzieć , że Dulebo początkowo został zatrzymany ze względów administracyjnych. Kiedy jednak nadszedł czas zwolnienia z aresztu, Dulebo nie został zwolniony – został przekazany do aresztu śledczego.
 Mężczyzna wcześniej stał na czele witebskiego oddziału Białoruskiego Frontu Ludowego, ale na początku XXI wieku wycofał się ze spraw partyjnych.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.11.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-05-22 19:29:24</t>
   </si>
   <si>
+    <t>Aliaksandr Baravik</t>
+  </si>
+  <si>
+    <t>30 grudnia 1981</t>
+  </si>
+  <si>
+    <t>Mężczyzna został oskarżony o pozostawienie – zdaniem sądu – obraźliwego komentarza w telegramie pod adresem Ministra Spraw Wewnętrznych Iwana Kubrakowa i zastępcy szefa Wydziału Spraw Wewnętrznych Centralnej Administracji Okręgowej w Mińsku, szefa policji kryminalnej, Władimir Kubrakow. Aleksander w pełni przyznał się do winy i żałował swoich czynów. Przed rozprawą mężczyzna miał poręczenie osobiste. Po ogłoszeniu wyroku został osadzony w areszcie na sali sądowej.
+Alexander Borovik ma na utrzymaniu małoletnie dziecko. Pracuje jako stolarz-operator maszyn.
+W styczniu 2024 roku wyszło na jaw, że Paweł ponownie został oskarżony, tym razem na podstawie art. 130 Kodeksu karnego Republiki Białorusi.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.05.2023: 1 rok więzienia w kolonii na warunkach ogólnych. Decyzja sądu 29.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.06.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-05-02 13:34:46</t>
+  </si>
+  <si>
+    <t>Olga Anatolyevna Osipchik</t>
+  </si>
+  <si>
+    <t>30 grudnia 1977</t>
+  </si>
+  <si>
+    <t>2025-10-21 21:23:23</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Kushner</t>
+  </si>
+  <si>
+    <t>30 grudnia 1974</t>
+  </si>
+  <si>
+    <t>Został skazany za komentarz na temat Ukrainy wygłoszony w 2022 roku. Sprawa była rozpatrywana przez Sąd Miejski w Mińsku.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.08.2025: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 14.10.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Olesya Vyacheslavovna Shapkina</t>
+  </si>
+  <si>
+    <t>30 grudnia 1988</t>
+  </si>
+  <si>
+    <t>Programista w SamSolutions.
+Rozprawa apelacyjna odbyła się 15 września 2023 r.
+Latem 2025 roku zachorowała na zapalenie płuc i trafiła do szpitala.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.06.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.06.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
+  </si>
+  <si>
     <t>Valeriya Borisovna Kostyugova</t>
   </si>
   <si>
     <t>Waleria jest politologiem, założycielką i redaktorką strony internetowej społeczności ekspertów „Nasza Opinia”, autorką i redaktorką „Rocznika Białoruskiego”, przewodniczącą grupy ekspertów monitorujących „Białoruś w obiektywie”.
 30 czerwca 2021 roku, po przeszukaniu domu przez funkcjonariuszy KGB, Waleria została zatrzymana i umieszczona w izolatce, a następnie przeniesiona do aresztu śledczego.
 6 lutego 2023 roku sąd rozpoczął rozpatrywanie jej sprawy pod zarzutem „współudziału w działaniach mających na celu przejęcie władzy”, „nawoływania do działań zagrażających bezpieczeństwu narodowemu” oraz „podżegania do nienawiści społecznej”. 17 marca 2023 roku sąd skazał Walerię na posiedzeniu niejawnym na karę 10 lat pozbawienia wolności w kolonii karnej o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.03.2023: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 25.07.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Kushner</t>
-[...54 lines deleted...]
-    <t>2025-10-20 21:23:33</t>
+    <t>Maxim Valerievich Sandracula</t>
+  </si>
+  <si>
+    <t>31 grudnia 1978</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.11.2024: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:59:06</t>
   </si>
   <si>
     <t>Nadzeya Alexandrovna Leskovets</t>
   </si>
   <si>
-    <t>31 grudnia 1978</t>
-[...1 lines deleted...]
-  <si>
     <t>Została zatrzymana 23 stycznia 2024 r. podczas masowego nalotu sił bezpieczeństwa na krewnych więźniów politycznych i osoby, które im pomagały.</t>
   </si>
   <si>
     <t>Decyzja sądu 11.07.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 01.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-13 22:04:59</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Vasiliev</t>
   </si>
   <si>
     <t>31 grudnia 1994</t>
   </si>
   <si>
     <t>Zatrzymany za administrowanie pokojami rozmów „Witebsk -97%” i „Orsza -97%”.
 Projektant oświetlenia dla TZU w białoruskim teatrze „Ljałka”.</t>
   </si>
   <si>
     <t>12 lat więzienia w warunkach zaostrzonego reżimu</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
   </si>
   <si>
-    <t>Maxim Valerievich Sandracula</t>
-[...5 lines deleted...]
-    <t>2024-10-10 22:59:06</t>
+    <t>Olga Grigorievna Stroeva</t>
+  </si>
+  <si>
+    <t>31 grudnia 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
+  </si>
+  <si>
+    <t>Aliaksandr Sulzhyts</t>
+  </si>
+  <si>
+    <t>31 grudnia 1980</t>
+  </si>
+  <si>
+    <t>Kariera Aleksandra rozpoczęła się w logistyce, gdzie pracował jako kierownik transportu w firmie Pinskdrev, następnie zajmował stanowiska w Belinterlogistik i ElektroEra, a następnie jako kierownik ds. zakupów w międzynarodowej firmie Exide Technologies.
+W latach 2019–2022 Sulzhyts pracował w firmie Rozum Robotics, gdzie awansował ze stanowiska menedżera łańcucha dostaw na stanowisko szefa działu automatyzacji robotyki. Ostatnio pracował w 4RM Systems (maj 2023–maj 2025), gdzie opracował rozwiązanie Stemma oparte na sztucznej inteligencji, służące do automatyzacji kas samoobsługowych w handlu detalicznym. Kasy samoobsługowe 4RM Systems są obecnie zainstalowane w wielu białoruskich sklepach.
+Mężczyzna był aktywnym członkiem społeczności motoryzacyjnej.
+Ma żonę i dwójkę dzieci.</t>
+  </si>
+  <si>
+    <t>2026-02-08 00:47:20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1768,2517 +1817,2595 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...11 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>84</v>
       </c>
       <c r="I15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
         <v>87</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+      <c r="I16" t="s">
         <v>88</v>
-      </c>
-[...16 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>92</v>
       </c>
-      <c r="B17" t="s">
-[...11 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>102</v>
       </c>
       <c r="I19" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>104</v>
       </c>
       <c r="B20" t="s">
         <v>105</v>
       </c>
       <c r="C20" t="s">
         <v>106</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>107</v>
       </c>
       <c r="I20" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>109</v>
       </c>
       <c r="B21" t="s">
         <v>110</v>
       </c>
       <c r="C21" t="s">
         <v>111</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>112</v>
       </c>
       <c r="I21" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>114</v>
       </c>
       <c r="B22" t="s">
         <v>115</v>
       </c>
       <c r="C22" t="s">
         <v>116</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>117</v>
       </c>
       <c r="I22" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>119</v>
       </c>
       <c r="B23" t="s">
         <v>120</v>
       </c>
       <c r="C23" t="s">
         <v>121</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E23" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>122</v>
       </c>
       <c r="I23" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>124</v>
       </c>
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H24" t="s">
+        <v>107</v>
+      </c>
+      <c r="I24" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>128</v>
+      </c>
+      <c r="B25" t="s">
         <v>129</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>130</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>131</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="I25" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>133</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
         <v>135</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>136</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>137</v>
-      </c>
-[...13 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
         <v>139</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>140</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>79</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="D27" t="s">
-[...11 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
         <v>144</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>145</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
         <v>146</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>148</v>
+      </c>
+      <c r="B29" t="s">
         <v>149</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>150</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>151</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>153</v>
+      </c>
+      <c r="B30" t="s">
         <v>154</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>155</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>156</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" t="s">
         <v>159</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>160</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>161</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B32" t="s">
+        <v>154</v>
+      </c>
+      <c r="C32" t="s">
         <v>164</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>165</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>167</v>
+      </c>
+      <c r="B33" t="s">
         <v>168</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>169</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>170</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>172</v>
+      </c>
+      <c r="B34" t="s">
         <v>173</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>174</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>79</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>175</v>
       </c>
-      <c r="D34" t="s">
-[...11 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
         <v>178</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>179</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>53</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>180</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
         <v>183</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>184</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>59</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>185</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" t="s">
         <v>188</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>189</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>190</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B38" t="s">
         <v>193</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>194</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>196</v>
+      </c>
+      <c r="B39" t="s">
         <v>197</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>198</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>79</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>199</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>201</v>
+      </c>
+      <c r="B40" t="s">
         <v>202</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>203</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>53</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
         <v>204</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>206</v>
+      </c>
+      <c r="B41" t="s">
         <v>207</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
+        <v>43</v>
+      </c>
+      <c r="I41" t="s">
         <v>208</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
         <v>210</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>211</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>41</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>212</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>214</v>
+      </c>
+      <c r="B43" t="s">
         <v>215</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>216</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>217</v>
       </c>
-      <c r="D43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>218</v>
       </c>
       <c r="I43" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>220</v>
       </c>
       <c r="B44" t="s">
         <v>221</v>
       </c>
       <c r="C44" t="s">
         <v>222</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
+        <v>26</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>223</v>
       </c>
-      <c r="F44" t="s">
-[...5 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>225</v>
+      </c>
+      <c r="B45" t="s">
         <v>226</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>227</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>228</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>230</v>
+      </c>
+      <c r="B46" t="s">
         <v>231</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>232</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>59</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
         <v>233</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>235</v>
+      </c>
+      <c r="B47" t="s">
         <v>236</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>237</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>238</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>240</v>
+      </c>
+      <c r="B48" t="s">
         <v>241</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>242</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>101</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
         <v>243</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>245</v>
+      </c>
+      <c r="B49" t="s">
         <v>246</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>247</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>217</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
         <v>248</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>250</v>
+      </c>
+      <c r="B50" t="s">
         <v>251</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>252</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
         <v>253</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>254</v>
       </c>
       <c r="I50" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>256</v>
       </c>
       <c r="B51" t="s">
         <v>257</v>
       </c>
       <c r="C51" t="s">
         <v>258</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>65</v>
+        <v>259</v>
       </c>
       <c r="I51" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B52" t="s">
-        <v>261</v>
+        <v>262</v>
+      </c>
+      <c r="C52" t="s">
+        <v>263</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I52" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>268</v>
+        <v>65</v>
       </c>
       <c r="I53" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B54" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="C54" t="s">
         <v>272</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>273</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H54" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>275</v>
+      </c>
+      <c r="B55" t="s">
         <v>276</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>277</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>278</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B56" t="s">
         <v>281</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>282</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>284</v>
+      </c>
+      <c r="B57" t="s">
         <v>285</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>286</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>287</v>
       </c>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>288</v>
       </c>
       <c r="I57" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>290</v>
       </c>
       <c r="B58" t="s">
         <v>291</v>
       </c>
       <c r="C58" t="s">
         <v>292</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
         <v>293</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>294</v>
       </c>
       <c r="I58" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>296</v>
       </c>
       <c r="B59" t="s">
         <v>297</v>
       </c>
       <c r="C59" t="s">
         <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>16</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>301</v>
+        <v>302</v>
+      </c>
+      <c r="C60" t="s">
+        <v>303</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I60" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B61" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="C61" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D61" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I61" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B62" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C62" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
-      <c r="E62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>313</v>
       </c>
-      <c r="G62" t="s">
-[...2 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>315</v>
+      </c>
+      <c r="B63" t="s">
         <v>316</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>317</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
         <v>318</v>
       </c>
-      <c r="D63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H63" t="s">
         <v>319</v>
       </c>
       <c r="I63" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>321</v>
       </c>
       <c r="B64" t="s">
         <v>322</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>53</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>323</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>325</v>
+      </c>
+      <c r="B65" t="s">
         <v>326</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>327</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>328</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>329</v>
       </c>
-      <c r="F65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
         <v>330</v>
       </c>
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>332</v>
+      </c>
+      <c r="B66" t="s">
         <v>333</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>334</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>335</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I66" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>337</v>
       </c>
       <c r="B67" t="s">
         <v>338</v>
       </c>
       <c r="C67" t="s">
         <v>339</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>340</v>
       </c>
       <c r="I67" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>342</v>
       </c>
       <c r="B68" t="s">
         <v>343</v>
       </c>
+      <c r="C68" t="s">
+        <v>344</v>
+      </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>345</v>
+      </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="H68" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I68" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B69" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>349</v>
+        <v>43</v>
       </c>
       <c r="I69" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>351</v>
       </c>
       <c r="B70" t="s">
         <v>352</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>353</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>355</v>
+      </c>
+      <c r="B71" t="s">
         <v>356</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>357</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>26</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>358</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>359</v>
-      </c>
-[...10 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>360</v>
+      </c>
+      <c r="B72" t="s">
         <v>361</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>362</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>363</v>
-      </c>
-[...16 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>364</v>
+      </c>
+      <c r="B73" t="s">
+        <v>365</v>
+      </c>
+      <c r="C73" t="s">
         <v>366</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
         <v>367</v>
       </c>
-      <c r="C73" t="s">
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>74</v>
+      </c>
+      <c r="I73" t="s">
         <v>368</v>
-      </c>
-[...13 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>369</v>
+      </c>
+      <c r="B74" t="s">
+        <v>370</v>
+      </c>
+      <c r="C74" t="s">
         <v>371</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
         <v>372</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>373</v>
-      </c>
-[...16 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>374</v>
+      </c>
+      <c r="B75" t="s">
+        <v>375</v>
+      </c>
+      <c r="C75" t="s">
         <v>376</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>41</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>353</v>
+      </c>
+      <c r="I75" t="s">
         <v>377</v>
-      </c>
-[...16 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>378</v>
+      </c>
+      <c r="B76" t="s">
+        <v>379</v>
+      </c>
+      <c r="C76" t="s">
         <v>380</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>345</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>381</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>382</v>
-      </c>
-[...16 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>383</v>
+      </c>
+      <c r="B77" t="s">
+        <v>384</v>
+      </c>
+      <c r="C77" t="s">
         <v>385</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
         <v>386</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>387</v>
-      </c>
-[...16 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>388</v>
+      </c>
+      <c r="B78" t="s">
+        <v>389</v>
+      </c>
+      <c r="C78" t="s">
         <v>390</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>79</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
         <v>391</v>
       </c>
-      <c r="D78" t="s">
-[...11 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>393</v>
+      </c>
+      <c r="B79" t="s">
         <v>394</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>395</v>
       </c>
       <c r="D79" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E79" t="s">
-        <v>335</v>
+        <v>367</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>396</v>
       </c>
       <c r="I79" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B80" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C80" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="I80" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B81" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D81" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="I81" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B82" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C82" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="I82" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B83" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C83" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D83" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I83" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B84" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E84" t="s">
+        <v>273</v>
       </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H84" t="s">
+        <v>14</v>
+      </c>
+      <c r="I84" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>420</v>
+      </c>
+      <c r="B85" t="s">
         <v>421</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>422</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>335</v>
+        <v>293</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
+        <v>423</v>
       </c>
       <c r="I85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B86" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C86" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D86" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E86" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I86" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B87" t="s">
-        <v>430</v>
+        <v>408</v>
+      </c>
+      <c r="C87" t="s">
+        <v>431</v>
       </c>
       <c r="D87" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E87" t="s">
-        <v>359</v>
+        <v>42</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>432</v>
       </c>
       <c r="I87" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B88" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I88" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B89" t="s">
-        <v>425</v>
+        <v>435</v>
+      </c>
+      <c r="C89" t="s">
+        <v>439</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E89" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="I89" t="s">
-        <v>439</v>
+        <v>441</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>442</v>
+      </c>
+      <c r="B90" t="s">
+        <v>443</v>
+      </c>
+      <c r="C90" t="s">
+        <v>444</v>
+      </c>
+      <c r="D90" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" t="s">
+        <v>59</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
+        <v>445</v>
+      </c>
+      <c r="I90" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>447</v>
+      </c>
+      <c r="B91" t="s">
+        <v>448</v>
+      </c>
+      <c r="D91" t="s">
+        <v>41</v>
+      </c>
+      <c r="E91" t="s">
+        <v>367</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>450</v>
+      </c>
+      <c r="B92" t="s">
+        <v>451</v>
+      </c>
+      <c r="C92" t="s">
+        <v>452</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" t="s">
+        <v>43</v>
+      </c>
+      <c r="I92" t="s">
+        <v>453</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">