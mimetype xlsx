--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -87,625 +87,537 @@
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
     <t>Ekaterina Andreevna Bakhvalova (Andreeva)</t>
   </si>
   <si>
     <t>2 listopada 1993</t>
   </si>
   <si>
     <t>Ekaterina, dziennikarka telewizji Biełsat, relacjonowała na żywo z dziedzińca Placu Przemian, gdzie 15 listopada 2020 r. pokojowi protestujący zebrali się na wiecu protestacyjnym, który odbył się w Mińsku pod hasłem „Wychodzę”. To były ostatnie słowa Romana Bondarenki, który został zamordowany przez siły bezpieczeństwa, a zgromadzeni przybyli, aby uczcić jego pamięć. Ekaterina została zatrzymana wraz ze swoją koleżanką Darią Chultsovą podczas ostrego stłumienia protestu, a później została skazana za „udział w akcjach zbiorowych, które w rażący sposób naruszają porządek publiczny”.
 W kwietniu 2022 r. przeciwko Ekaterinie wszczęto nową sprawę karną, która już w lipcu tego samego roku została ponownie skazana, oskarżona o „zdradę” i skazana na osiem lat więzienia na trzy miesiące przed upływem pierwszego wyroku.</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
     <t>Decyzja sądu 18.02.2021: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.04.2021: wyrok został podtrzymany. Decyzja sądu 13.07.2022: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 20.09.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
-    <t>Tatiana Alexandrovna Shimko</t>
-[...8 lines deleted...]
-    <t>2024-11-11 21:48:21</t>
+    <t>Vadim Vladimirovich Saskovets</t>
+  </si>
+  <si>
+    <t>3 listopada 1986</t>
+  </si>
+  <si>
+    <t>W dniu 30 czerwca 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:53:59</t>
+  </si>
+  <si>
+    <t>Andrey Valerievich Fomin</t>
+  </si>
+  <si>
+    <t>3 listopada 1993</t>
+  </si>
+  <si>
+    <t>Andriej Fomin ma 29 lat, pochodzi z Mohylewa, ale mieszkał w Mińsku. Facet ukończył Białoruską Państwową Akademię Sztuk Pięknych. W pokutnym filmie mówi, że rzekomo był redaktorem i autorem artykułów dla sieci gazet Vestniki. Według informacji działaczy inicjatywy ByProsvet, Andriej nie miał dostępu do relacji prasowych i nie znał tych, którzy je rozprowadzają na Białorusi.
+W efekcie facet został oskarżony o udział w marszu 30 sierpnia 2020 roku i przeniesiony do SIZO-1. Andrzej w zasadzie nie chciał wyjeżdżać z kraju, pisze książkę, w domu czeka na niego sześć kotów.</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-10-27 23:30:20</t>
   </si>
   <si>
     <t>Eugene Aleksandrovich Tikhonov</t>
   </si>
   <si>
     <t>3 listopada 1982</t>
   </si>
   <si>
     <t>Evgeniy ma 40 lat, ponad 15 lat temu ukończył Akademię Ministerstwa Spraw Wewnętrznych i udało mu się pracować jako funkcjonariusz policji rejonowej, ale zrezygnował z własnej woli. Później Aleksiej przeniósł się do IT. Następnie przez pewien czas mieszkał w Europie, we Włoszech. Zatrzymano go podczas próby wjazdu na Białoruś – mężczyzna chciał przyjechać na urodziny swojej matki i wystawić pełnomocnictwo. Według doniesień wszczęto sprawę karną przeciwko Jewgienijowi Tichonowowi w związku z komentarzami zawartymi w telegramie na temat sił bezpieczeństwa i Łukaszenki na podstawie trzech artykułów.
 W dniu 28 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>nieznany</t>
   </si>
   <si>
     <t>2023-05-24 01:03:59</t>
   </si>
   <si>
-    <t>Vadim Vladimirovich Saskovets</t>
-[...67 lines deleted...]
-  <si>
     <t>Alexander Ivanovich Piskunov</t>
   </si>
   <si>
     <t>4 listopada 1980</t>
   </si>
   <si>
     <t>W dniu 26 stycznia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
   </si>
   <si>
     <t>Decyzja sądu 26.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.01.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-11-13 21:12:53</t>
-  </si>
-[...18 lines deleted...]
-    <t>2023-11-21 13:11:16</t>
   </si>
   <si>
     <t>Denis Aleksandrovich Kravchuk</t>
   </si>
   <si>
     <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
   </si>
   <si>
     <t>Decyzja sądu 29.05.2024: 4 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2024-05-27 18:26:45</t>
   </si>
   <si>
     <t>Olga Igorevna Britikova</t>
   </si>
   <si>
     <t>4 listopada 1971</t>
   </si>
   <si>
     <t>Lider niezależnego związku zawodowego „Naftan”. Olga pracowała w firmie przez 16 lat i została zwolniona z powodu zajmowanego stanowiska. W maju 2022 r. została zwolniona po 75 dniach aresztu za wypowiadanie się przeciwko wojnie. 1 listopada została ponownie zatrzymana na podstawie zarzutów administracyjnych.
 Dwa dni później sąd uznał ją za winną rozpowszechniania „materiałów ekstremistycznych” i skazał ją na 15 dni aresztu. 11 listopada została ponownie skazana na 15 dni za „nieuprawnione pikiety”. Powodem wszczęcia śledztwa był rysunek z napisem „Nie dla wojny”, który Olga opublikowała w sieciach społecznościowych. 21 listopada 2022 roku dowiedziała się, że Olga została przekazana do Aresztu Śledczego w Witebsku.
 W niecały 2022 rok Britikova spędziła za kratami 105 dni, w tym 75 dni z rzędu wiosną.
 Została ponownie zatrzymana na podstawie art. 361 ust. 2 Kodeksu karnego Republiki Białorusi w sierpniu 2023 r. Jednak wiosną 2024 r. Olga stanęła przed sądem z art. 130 Kodeksu karnego Republiki Białorusi.
 W dniu 11 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.
 20 sierpnia 2024 roku w sprawie Olgi odbył się kolejny zamknięty proces. Do rozpatrzenia jej sprawy przed Sądem Okręgowym w Witebsku wyznaczony został Evgeniy Burunov. Więzień polityczny jest oskarżony o trzy zarzuty. Wiadomo, że Olga dostała kolejne trzy lata więzienia.
 W dniu 20 grudnia 2024 roku apelacja została rozpatrzona przez Sąd Najwyższy. Przewodniczący Kolegium Sądowniczego Władimir Davydov. Decyzją zarządu drugi wyrok Olgi został skrócony o 1 rok. Zatem łączna kara więźnia politycznego wynosi 5 lat pozbawienia wolności w kolonii o ogólnym reżimie. Według stanu na początek stycznia 2025 r. Olga przebywała w Areszcie Śledczym, jednak pod koniec miesiąca została przeniesiona do kolonii poprawczej nr 4.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.04.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.06.2024: nieznany. Decyzja sądu 20.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 20.12.2024: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-11-21 14:40:55</t>
   </si>
   <si>
     <t>Alexey Gennadievich Mayevsky</t>
   </si>
   <si>
     <t>4 listopada 1981</t>
   </si>
   <si>
     <t>Wyrok Grodzieńskiego Sądu Okręgowego wszedł w życie.</t>
   </si>
   <si>
     <t>2022-05-24 15:05:54</t>
   </si>
   <si>
+    <t>Peter Nikolaevich Yarmoshuk</t>
+  </si>
+  <si>
+    <t>4 listopada 1987</t>
+  </si>
+  <si>
+    <t>Jarmoszuk został po raz pierwszy zatrzymany w tej sprawie 23 marca 2023 r. i przebywał w areszcie przez trzy dni. Następnie go wypuścili, jednak 11 czerwca 2023 roku ponownie go zatrzymali i przewieźli do aresztu.
+Z aktu oskarżenia wynika, że 1 marca 2022 r. Jarmoszuk pobrał ze strony internetowej ItArmy of Ukraine kilka plików umożliwiających ataki DDoS. Następnie uruchomił program na swoim komputerze „co najmniej 8 razy”, co „naruszyło system ochrony przed atakami DDoS” i „zakłóciło działanie niezidentyfikowanych zasobów Internetu Federacji Rosyjskiej”. Tym samym, zdaniem prokuratury, Jarmoszuk „używał szkodliwych, potencjalnie niebezpiecznych programów”. Również 19 sierpnia 2020 r. Jarmoszuk przekazał za pośrednictwem Facebooka na rzecz inicjatywy BySOL około 60 dolarów. 7 miesięcy później (12 marca 2021 r.) władze białoruskie uznały Fundację BySOL za „formację ekstremistyczną”. Fakt, że w momencie przekazu pieniędzy BySOL nie był „formacją ekstremistyczną”, nie przeszkadza prokuraturze.
+W dniu 12 stycznia 2024 roku w Sądzie odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>4 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-11-21 13:11:16</t>
+  </si>
+  <si>
     <t>Anton Mikhailovich Bykovsky</t>
   </si>
   <si>
     <t>Anton został zatrzymany, dotkliwie pobity, a później skazany za uszkodzenie samochodu żony policjanta w Nowej Borowej.
 Jego żonie i dzieciom udało się opuścić Białoruś.</t>
   </si>
   <si>
     <t>Nie</t>
   </si>
   <si>
     <t>Decyzja sądu 03.02.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 1845 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-28 00:34:11</t>
   </si>
   <si>
     <t>Valentin Vyacheslavovich Samosyuk</t>
   </si>
   <si>
     <t>5 listopada 1992</t>
   </si>
   <si>
     <t>Według prorządowych kanałów został zatrzymany za fotografowanie transportu kolejowego. Wcześniej był aresztowany na podstawie artykułu administracyjnego. Obywatel Mołdawii.</t>
   </si>
   <si>
     <t>2022-04-08 19:08:45</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Burdenya</t>
   </si>
   <si>
     <t>5 listopada 1981</t>
   </si>
   <si>
     <t>Przewidywany termin zatrzymania Andrieja to 20 września 2023 r. Tego dnia w sieci pojawiło się wideo „skruchy”, w którym mężczyzna twierdzi, że rzekomo pisał negatywne komentarze na temat Łukaszenki, urzędników, funkcjonariuszy policji, rosyjskiego wojska, a także groził osobom wspierającym obecny rząd.
 44-letni Andrei Burdenya został zatrzymany za komentarze na czatach telegramowych, których zostawił ponad trzysta. Andrey uczył się w szkole nr 6, a następnie służył w wojsku. Wiadomo, że teraz jest chwilowo bezrobotny, ale wcześniej przez jakiś czas pracował w branży IT, a jeszcze wcześniej zajmował się produkcją mebli kuchennych i miał własnego, indywidualnego przedsiębiorcę.</t>
   </si>
   <si>
-    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 08.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-27 20:04:05</t>
   </si>
   <si>
     <t>Mikhail Alexandrovich Fando</t>
   </si>
   <si>
     <t>5 listopada 1988</t>
   </si>
   <si>
     <t>Michaił pochodzi z Borysowa. ale mieszkał w Mińsku. Studiował na BSU, aby zostać menedżerem. Wiadomo, że Michaił grał w pokera pod pseudonimem Rattly. Był znany z udziału w licznych mistrzostwach. Wśród nich jest Mistrzostwo Białorusi.
 Proces Michaiła rozpoczął się 17 października w Sądzie Miejskim w Mińsku. Roszczenia wobec niego powstały prawdopodobnie dzięki wsparciu Ukrainy. Zarzuca mu się część 2 art. 361−3 Kodeksu karnego (Pomoc lub inne wsparcie materialne na rzecz wojny). Sankcja artykułu przewiduje od pięciu do dziesięciu lat więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 28.10.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 14.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-09-25 19:38:56</t>
   </si>
   <si>
+    <t>Sergey Vladimirovich Savchkov</t>
+  </si>
+  <si>
+    <t>5 listopada 1970</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
+  </si>
+  <si>
     <t>Michael Leonidovich Galinsky</t>
   </si>
   <si>
     <t>5 listopada 1965</t>
   </si>
   <si>
     <t>59-letni trener został zatrzymany w czerwcu 2024 roku. Najpierw był sądzony w postępowaniu administracyjnym za „nieposłuszeństwo wobec funkcjonariuszy policji”, a następnie wszczęto sprawę karną na podstawie części 1 art. 361-3 Kodeksu karnego Republiki Białorusi. W tej części artykułu można osądzać tych, którzy brali udział w działaniach wojennych na Ukrainie, ale zazwyczaj sądzeni są ci, którzy zamierzali jedynie wstąpić do Sił Zbrojnych Ukrainy .</t>
   </si>
   <si>
     <t>Decyzja sądu 06.12.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 21.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:14</t>
   </si>
   <si>
     <t>Maksim Vladimirovich Khvaschinsky</t>
   </si>
   <si>
     <t>6 listopada 1995</t>
   </si>
   <si>
     <t>Mieszkaniec Bobrujska został zatrzymany 26 lutego 2024 r., dzień po powrocie z Polski.
 Najpierw został skazany na podstawie artykułu 19.11 administracyjnego (rozpowszechnianie materiałów ekstremistycznych), a następnie wszczęto postępowanie karne na podstawie artykułu 361-1 Kodeksu karnego Republiki Białorusi (utworzenie grupy ekstremistycznej). Uważa się, że Maxim jest zamieszany w utworzenie grupy ekstremistycznej „Bobrujsk 375”.</t>
   </si>
   <si>
     <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
   </si>
   <si>
     <t>Decyzja sądu 27.09.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Marina Vasilievna Zolotova</t>
-[...15 lines deleted...]
-    <t>2021-05-21 18:29:20</t>
+    <t>Alexey Vladimirovich Shilovich</t>
+  </si>
+  <si>
+    <t>6 listopada 1975</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
   </si>
   <si>
     <t>Oksana Viktorovna Molochko</t>
   </si>
   <si>
     <t>7 listopada 1978</t>
   </si>
   <si>
-    <t>27 listopada 2023 r. Oksana została pociągnięta do odpowiedzialności administracyjnej na podstawie części 2 art. 19.11 Kodeksu wykroczeń administracyjnych. Później umieszczono ją w areszcie śledczym nr 7.
-Latem 2024 r. małżonkowie zostali skazani za „zdradę stanu” (art. 356 cz. 1 Kodeksu karnego). Dmitrij został skazany na dwanaście lat więzienia, a Oksana na osiem lat. Nieznany jest charakter zarzutów.</t>
+    <t>27 listopada 2023 roku Oksanie postawiono zarzuty popełnienia wykroczeń administracyjnych z art. 19.11 części 2 Kodeksu wykroczeń administracyjnych. Następnie została umieszczona w Areszcie Śledczym nr 7.
+Latem 2024 roku para została skazana za „zdradę stanu” (art. 356, część 1 Kodeksu karnego). Zostali skazani na 12 i 8 lat więzienia za „zdradę stanu”, ale w rzeczywistości za sfotografowanie pociągu z wyposażeniem wojskowym na peronie bez zamiaru szpiegostwa.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
   </si>
   <si>
-    <t>Igor Ivanovich Satsyuk</t>
-[...12 lines deleted...]
-    <t>2023-07-24 21:29:58</t>
+    <t>Anton Olegovich Ogiy</t>
+  </si>
+  <si>
+    <t>8 listopada 1985</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.12.2022: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.03.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Afanasiy Nikolaevich Afanasenkov</t>
   </si>
   <si>
     <t>8 listopada 1989</t>
   </si>
   <si>
     <t>W dniu 23 sierpnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie</t>
   </si>
   <si>
     <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
   </si>
   <si>
     <t>Decyzja sądu 16.06.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2023: nieznany. Decyzja sądu 11.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
-  </si>
-[...10 lines deleted...]
-    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Artem Aleksandrovich Zubryakov</t>
   </si>
   <si>
     <t>9 listopada 1990</t>
   </si>
   <si>
     <t>Artem Zubryakov jest pracownikiem Belagro, który wraz z kolegami został zatrzymany pod koniec września 2022 roku. Poinformowano, że w czterech z nich wszczęto sprawy karne, a zatrzymano około 20. Źródła prorządowe podały, że pracownicy przedsiębiorstwa aktywnie protestują od 2020 roku.
 Podczas przeszukania jesienią 2022 roku odzyskano z nich sprzęty i meble w biało-białej kolorystyce.
 Artem Zubryakov zaznaczył, że został zatrzymany za subskrypcję „zakazanych” kanałów telegramów i wysyłanie „ekstremistycznych” materiałów.
 Proces odbył się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>Decyzja sądu 27.01.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.04.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
-    <t>Victor Dmitrievich Babariko</t>
-[...16 lines deleted...]
-  <si>
     <t>Natalia Georgievna Doronina</t>
   </si>
   <si>
     <t>10 listopada 1973</t>
   </si>
   <si>
     <t>Natalia ma problemy z nogami. Regulamin aresztu śledczego zabrania leżenia w ciągu dnia, przez co odczuwa silne obrzęki.</t>
   </si>
   <si>
-    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-20 22:34:02</t>
-  </si>
-[...30 lines deleted...]
-    <t>2024-08-28 13:15:47</t>
   </si>
   <si>
     <t>Eugene Vitalievich Boyko</t>
   </si>
   <si>
     <t>10 listopada 1987</t>
   </si>
   <si>
     <t>Jewgienij jest byłym menedżerem IT z Mohylewa. Po wyborach w 2006 roku i kilku latach działalności politycznej został wydalony z wydziału historii Uniwersytetu Mohylewskiego. Ukończył wydział historii w Poznaniu i pracował jako menedżer w firmie informatycznej, dostarczającej produkty mleczarskie. W 2013 roku Jewgienij wrócił na Białoruś, natychmiast się ożenił i podjął pracę. Chociaż wcześniej koncentrował się głównie na działalności publicznej i akademickiej (w Studenckim Towarzystwie Etnograficznym i Archiwum Historii Mówionej), teraz zajął się biznesem.
 Od początku 2017 roku podjął się nowego zajęcia: na prośbę klientów nagrywał wywiady z ich wiejskimi dziadkami i montował filmy dokumentalne.
 Jest oskarżony o wspieranie działalności ekstremistycznej.
 Na Jewgieniję w domu czekają żona i dwójka małych dzieci.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.06.2025: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 11.09.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-10-08 21:34:11</t>
   </si>
   <si>
-    <t>Christina Alexandrovna Lapkovskaya</t>
-[...11 lines deleted...]
-    <t>2025-05-26 11:51:54</t>
+    <t>Alexander Ivanovich Malkov</t>
+  </si>
+  <si>
+    <t>10 listopada 1969</t>
+  </si>
+  <si>
+    <t>Skazany za protest, który odbył się w dniach 10-11 sierpnia 2020 r. w Berezie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:47</t>
+  </si>
+  <si>
+    <t>Violetta Gennadievna Verbitskaya</t>
+  </si>
+  <si>
+    <t>10 listopada 2001</t>
+  </si>
+  <si>
+    <t>Violeta ukończyła szkołę w Mińsku i rozpoczęła studia na Akademii Sztuk Pięknych w Warszawie. Dziewczyna interesuje się fotografią i uwielbia podróżować.
+Trzy lata temu wyszła za mąż i zmieniła nazwisko. Para zyskała sławę , ponieważ były piłkarz Fiodor Werbicki oświadczył się dziewczynie tuż po meczu na stadionie.
+Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Ojciec Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony danymi, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy wzywając do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego przeczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia wyraził na nagraniu wideo swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:10:18</t>
   </si>
   <si>
     <t>Lyubov Alexandrovna Rezanovich</t>
   </si>
   <si>
     <t>11 listopada 1964</t>
   </si>
   <si>
     <t>Ljubow, żona księdza prawosławnego, została zatrzymana 1 grudnia 2020 r. wraz z mężem i synem w ramach kryminalnej „sprawy Autuchowicza”. Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Według śledztwa pomagała Autuchowiczowi zbierać informacje o funkcjonariuszach organów ścigania i zapewniała mieszkania, w których uczestnicy „sprawy” trzymali broń. Ljubow został skazany za „udział w organizacji przestępczej”, „akt terroryzmu”, „próbę przejęcia władzy” i „nielegalne działania dotyczące broni palnej”.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2022: 15 lata więzienia w kolonii na warunkach ogólnych, 600 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:12</t>
   </si>
   <si>
     <t>Stanislav Alexandrovich Pugachiov</t>
   </si>
   <si>
     <t>11 listopada 1992</t>
   </si>
   <si>
     <t>Przed wydarzeniami z 2020 roku pracował jako śledczy w Mińsku. Posiedzenia sądów odbywały się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
-    <t>Artyom Mikhailovich Kolosov</t>
-[...26 lines deleted...]
-    <t>2023-10-09 23:58:50</t>
+    <t>Andrey Viktorovich Valakhanovich</t>
+  </si>
+  <si>
+    <t>12 listopada 1989</t>
+  </si>
+  <si>
+    <t>Zatrzymano go we wrześniu 2023 r. rzekomo za rozmowy ze znajomymi. Wszczęto sprawę karną.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.07.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 12.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:28:55</t>
   </si>
   <si>
     <t>Andrey Viktorovich Shklyar</t>
   </si>
   <si>
     <t>12 listopada 1984</t>
   </si>
   <si>
     <t>Pracował jako inspektor systemu penitencjarnego Oddziału Spraw Wewnętrznych Rejonu Oktiabrskiego w Grodnie, na krótko przed aresztowaniem złożył rezygnację z pracy z powodu braku zgody na funkcjonowanie systemu. Zatrzymany pod zarzutem „zdrady państwa”.</t>
   </si>
   <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
     <t>10 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-04-27 00:34:48</t>
   </si>
   <si>
     <t>Dmitry Grigorievich Rezanovich</t>
-  </si>
-[...1 lines deleted...]
-    <t>12 listopada 1989</t>
   </si>
   <si>
     <t>Działacz ruchu anarchistycznego został zatrzymany w nocy z 28 na 29 października 2020 r. podczas przekraczania granicy Białorusi wraz z grupą partyzancką Czarny Sztandar. Został oskarżony o podpalenie samochodów urzędników, a także wydziału policji drogowej i państwowej komisji kryminalistycznej.
 W kwietniu 2024 r. Dmitry został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymagań administracji kolonii”. Na mocy tego artykułu więźniowie odmawiający współpracy z administracją są sądzeni za fikcyjne naruszenia. W rezultacie do jego 19-letniego wyroku dodano kolejne 9 miesięcy pozbawienia wolności.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.12.2021: 19 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 26.04.2024: 9 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.06.2024: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:39:13</t>
   </si>
   <si>
-    <t>Andrey Viktorovich Valakhanovich</t>
-[...8 lines deleted...]
-    <t>2024-05-29 19:28:55</t>
+    <t>Vladislav Viktorovich Novozhentsev</t>
+  </si>
+  <si>
+    <t>12 listopada 1981</t>
+  </si>
+  <si>
+    <t>W dniu 22 grudnia 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
+    <t>Artyom Mikhailovich Kolosov</t>
+  </si>
+  <si>
+    <t>12 listopada 1997</t>
+  </si>
+  <si>
+    <t>W dniu 27 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.12.2023: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 27.02.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:52:53</t>
   </si>
   <si>
     <t>Richard Richardovich Logvinov</t>
   </si>
   <si>
     <t>14 listopada 1991</t>
   </si>
   <si>
     <t>Inżynier i technolog w fabryce. Matka Richarda jest niepełnosprawna.</t>
   </si>
   <si>
     <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-08-04 19:16:26</t>
   </si>
   <si>
     <t>Pavel Mikhailovich Khitryk</t>
   </si>
   <si>
     <t>14 listopada 1987</t>
   </si>
@@ -742,219 +654,222 @@
   <si>
     <t>2022-10-26 22:38:17</t>
   </si>
   <si>
     <t>Elisey Sergeevich Kuznetsov</t>
   </si>
   <si>
     <t>14 listopada 2003</t>
   </si>
   <si>
     <t>17-letnia Elisey została oskarżona o rzucenie butelką łatwopalnej mieszanki w radiowóz. Za naruszenie „chemii gospodarczej” kara Elizeusza została zwiększona do więzienia, a Elizeusz został zatrzymany w dniu 20 kwietnia 2022 r., a od 27 maja młody mężczyzna przebywa w więzieniu.
 W dniu 17.12.2022 r. został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
 Został ponownie zatrzymany w maju 2023 r., a w sierpniu skazany za zburzenie wraz z kolegą trzech flag narodowych zamontowanych na fasadach placówki oświatowej, obiektu handlowego i poczty w rolniczej miejscowości Wojska w obwodzie kamienieckim.
 W dniu 18 grudnia 2024 r . Sąd Rejonowy w Borysowie rozpatrzy sprawę Elizeusza z części 1 art. 411 (złośliwe nieposłuszeństwo wobec wymogów administracji zakładu karnego ).</t>
   </si>
   <si>
     <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Decyzja sądu 05.11.2020: 2 roku 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego. Sąd zmiany reżimu 20.04.2022: 7 miesiące 15 dni więzienia w kolonii na warunkach ogólnych. Decyzja sądu 01.08.2023: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Decyzja sądu 18.12.2024: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-01-30 00:16:38</t>
   </si>
   <si>
-    <t>Rita Yuryevna Naumova</t>
-[...8 lines deleted...]
-    <t>2025-01-21 13:31:49</t>
+    <t>Vitaly Tsinkel</t>
+  </si>
+  <si>
+    <t>15 listopada 1974</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 10 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:12:07</t>
   </si>
   <si>
     <t>Veronika Nikolaevna Kazak</t>
   </si>
   <si>
     <t>15 listopada 1990</t>
   </si>
   <si>
     <t>Wiadomo , że kobieta została zatrzymana, gdy wróciła z Włoch.
 W dniu 15 marca 2024 roku odwołanie zostało rozpatrzone.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.12.2023: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-12-21 00:52:48</t>
   </si>
   <si>
-    <t>Vitaly Tsinkel</t>
-[...8 lines deleted...]
-    <t>2025-09-17 17:12:07</t>
+    <t>Alexei Aleksandrovich Orlov</t>
+  </si>
+  <si>
+    <t>15 listopada 1992</t>
+  </si>
+  <si>
+    <t>Został zatrzymany 15 maja 2023 r. pod zarzutem finansowania działalności ekstremistycznej – za darowizny od organizacji uznanej za formację ekstremistyczną. Wcześniej, w kwietniu, Aleksiej został zatrzymany przez GUBOPiK, a następnie skazany na areszt z artykułu administracyjnego.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-06-22 00:54:50</t>
   </si>
   <si>
     <t>Igor Valerievich Kozubov</t>
   </si>
   <si>
     <t>15 listopada 1968</t>
   </si>
   <si>
     <t>Cook, mieszkaniec Nowobelicy.
 Na portalach społecznościowych Igora znajduje się sporo postów i wiadomości na temat białoruskich sił bezpieczeństwa i urzędników państwowych. Znalazł się także w gronie 500 subskrybentów w 2019 r. apelu do ówczesnej prezydent Litwy Dalii Grybauskaite, który dotyczył ponownego pochówku szczątków powieszonych przez władze carskie powstańców z lat 1863-1864.
 Nie wiadomo, jaka kara została ukarana mężczyzną. Ale wiąże się to z więzieniem.
 W dniu 26 kwietnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2024-01-09 22:27:06</t>
   </si>
   <si>
-    <t>Alexei Aleksandrovich Orlov</t>
-[...11 lines deleted...]
-    <t>2023-06-22 00:54:50</t>
+    <t>Rita Yuryevna Naumova</t>
+  </si>
+  <si>
+    <t>15 listopada 1967</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:31:49</t>
+  </si>
+  <si>
+    <t>Vitaly Valerievich Savko</t>
+  </si>
+  <si>
+    <t>16 listopada 1990</t>
+  </si>
+  <si>
+    <t>Prawdopodobnie jest to były prokurator rejonu Woronowskiego. Prokurator Savko ma 33 lata. Pochodzi z miasta Diatłowo obwodu grodzieńskiego. Następnie wyjechał na studia do Grodna i pracował w prokuraturze. W latach 2022-2023 mężczyzna piastował stanowisko prokuratora obwodu woronowskiego, następnie pracował na stanowisku starszego prokuratora w jednym z wydziałów prokuratury obwodu grodzieńskiego. Nasha Niva nie znalazła żadnych dowodów na to, że Savko na swoim stanowisku stosował represje. Witalij aktywnie udzielał wywiadów mediom państwowym. Ostatnie ukazały się w lipcu 2023 r., choć wcześniej ukazywały się regularnie, raz na miesiąc lub dwa miesiące. Sieci społecznościowe mężczyzny zostały usunięte.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 11.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:28:10</t>
   </si>
   <si>
     <t>Dmitriy Olegovych Gudeev</t>
   </si>
   <si>
     <t>16 listopada 2001</t>
   </si>
   <si>
     <t>Dmitrij ma 21 lat i sądząc po jego portalach społecznościowych, w maju ubiegłego roku odbył służbę wojskową w jednostce wojskowej 3214 w Mińsku. W maju facet został wpisany na „listę terrorystów” KGB, grozi mu od 8 do 12 lat więzienia.
 Podczas brutalnego zatrzymania Dmitrij został dotkliwie pobity .</t>
   </si>
   <si>
     <t>9 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
-    <t>Vitaly Valerievich Savko</t>
-[...25 lines deleted...]
-  <si>
     <t>Artem Vitalievich Semenov</t>
   </si>
   <si>
     <t>17 listopada 1990</t>
   </si>
   <si>
     <t>Pracownik firmy Peleng. Pracował jako radca prawny w Biurze Celnym, Licencjonowania i Kontroli Eksportu.
 Ostatni raz był online w mediach społecznościowych w listopadzie 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-07 00:18:46</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-08-11 22:52:15</t>
   </si>
   <si>
     <t>Sergei Vladimirovich Bely</t>
   </si>
   <si>
     <t>18 listopada 1972</t>
   </si>
   <si>
     <t>Siergiej pochodzi z Chersonia na Ukrainie, ale prawie całe życie mieszkał na Białorusi. Przez całe życie pracował w różnych zawodach robotniczych. Ma dwoje małoletnich dzieci.
 Mężczyzna został zatrzymany w lutym 2023 roku. W prorządowym nagraniu wideo twierdzi, że zamieszczał komentarze na Telegramie i zarejestrował się w chatbocie Plan Peramoga. Został skazany po raz pierwszy w październiku 2023 roku za „podżeganie do nienawiści społecznej” (art. 130, część 1 Kodeksu karnego).
 W dniu 08.12.2023 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.
 Kolejny proces Siergieja rozpocznie się 27 września 2024 roku w Sądzie Miejskim w Mińsku. Został oskarżony na podstawie czterech artykułów: „udziału w grupie ekstremistycznej” (część 3 artykułu 361-1 Kodeksu karnego), „podżegania do innej nienawiści społecznej” (część 1 artykułu 130 Kodeksu karnego), „znieważenia funkcjonariusza państwowego” (art. 369 Kodeksu karnego) oraz „znieważenia Łukaszenki” (część 1 artykułu 368 Kodeksu karnego). Siergiejowi grozi do pięciu lat więzienia, oprócz kary za poprzedni wyrok.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.12.2023: wyrok został podtrzymany. Decyzja sądu 27.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.12.2024: nieznany. Decyzja sądu 04.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
+    <t>Nikolay Sergeevich Bunevich</t>
+  </si>
+  <si>
+    <t>18 listopada 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
+  </si>
+  <si>
+    <t>Yevgeny Vladimirovich Strielchien</t>
+  </si>
+  <si>
+    <t>18 listopada 1985</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Grodna został zatrzymany za rozpowszechnianie materiałów ekstremistycznych i danych osobowych ponad 2000 policjantów w 2020 roku. Brał udział w protestach po wyborach. Zarządzał stroną Grodno for Life na Instagramie.</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2022-08-11 22:52:15</t>
+  </si>
+  <si>
+    <t>Ilya Anatolyevich Boriskevich</t>
+  </si>
+  <si>
+    <t>19 listopada 1987</t>
+  </si>
+  <si>
+    <t>2026-01-03 16:36:01</t>
+  </si>
+  <si>
     <t>Alexander Timofeevich Maryasov</t>
-  </si>
-[...1 lines deleted...]
-    <t>19 listopada 1987</t>
   </si>
   <si>
     <t>Aleksander został aresztowany i skazany za zatrzymanie pociągu towarowego, namalowanie czerwonych pasów na kasetonach reklamowych, przebicie opon radiowozu policjanta, podpalenie kiosku Tabakerka i posługiwanie się materiałami łatwopalnymi. Swoje działania tłumaczył protestem przeciwko sytuacji w kraju po wyborach prezydenckich 9 sierpnia 2020 roku, a w szczególności przeciwko bezpodstawnym zatrzymaniom i torturom stosowanym przez siły bezpieczeństwa.
 Obywatel Federacji Rosyjskiej.</t>
   </si>
   <si>
     <t>Decyzja sądu 07.06.2021: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.08.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 01:26:23</t>
   </si>
   <si>
     <t>Dmitry Vasilievich Zagolovets</t>
   </si>
   <si>
     <t>19 listopada 1982</t>
   </si>
   <si>
     <t>Jak podają prorządowe telegramy, został zatrzymany za liczne komentarze na portalach społecznościowych.
 W dniu 31 października 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>3,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
@@ -962,232 +877,236 @@
   </si>
   <si>
     <t>Basil Mikhailovich Yakimov</t>
   </si>
   <si>
     <t>19 listopada 1999</t>
   </si>
   <si>
     <t>Młody mężczyzna przed aresztowaniem pracował jako kierowca ciężarówki, wcześniej ukończył szkołę zawodową w Osmianach jako kierowca.
 Jak podaje strona internetowa Prokuratury Generalnej, od kwietnia do listopada 2022 r. Jakimow wyrażał chęć, a następnie sygnalizował zamiar wstąpienia do jednego z oddziałów batalionu (pułku) imienia Kastusia Kalinouskiego.
 W tym celu miał podać swoje dane osobowe w celu przyjęcia do formacji zbrojnej. Jednocześnie zbierał informacje o miejscach zakupu amunicji wojskowej, umundurowania i innego sprzętu do wykorzystania w warunkach bojowych.</t>
   </si>
   <si>
     <t>2 lata pozbawienia wolności w kolonii karnej w warunkach reżimu og&amp;oacute;lnego.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
     <t>Irina Mikhailovna Shumeiko</t>
   </si>
   <si>
     <t>20 listopada 1989</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-02 14:00:41</t>
   </si>
   <si>
     <t>Vadim Vyacheslavovich Navtsenya</t>
   </si>
   <si>
     <t>20 listopada 1986</t>
   </si>
   <si>
     <t>Natomiast, jak wynika z komunikatu sądu , Navtsenie postawiono zarzuty z art. 342 za udział w protestach, które odbyły się w Pińsku w dniach 9–10 sierpnia 2020 r. Ponadto zarzucono mu pisanie w Internecie obraźliwych komentarzy na temat A. Łukaszenki w 2022 r. , o pewnym „urzędniku zajmującym odpowiedzialne stanowisko”, a także o tym, że w 2022 r. pisał „podżegające do wrogości” komentarze pod adresem sił bezpieczeństwa. Do „dyskredytacji Białorusi” doszło także w Internecie: w listopadzie 2022 r. mężczyzna „zamieścił negatywny komentarz, który wywołał negatywne postrzeganie stanu wojennego” na Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu 27.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych, 200 jednostek bazowych kary. Apelacja 03.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-23 23:25:00</t>
   </si>
   <si>
     <t>Alexander Svetoslavovich Pimoshenko</t>
   </si>
   <si>
     <t>20 listopada 1984</t>
   </si>
   <si>
     <t>Aleksandr został skazany na podstawie artykułu „Organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub aktywny udział w nich” za udział w protestach, które odbyły się w Mińsku w 2020 r., i skazany na ograniczenie wolności oraz umieszczenie w zakładzie karnym o charakterze otwartym.</t>
   </si>
   <si>
     <t>IUOT-47, Mścisław, ul. Kalinina, 31</t>
   </si>
   <si>
     <t>Decyzja sądu 21.02.2023: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 12.05.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-03-02 18:47:45</t>
   </si>
   <si>
-    <t>Maxim Vitalievich Myslivets</t>
-[...8 lines deleted...]
-    <t>2024-09-23 20:30:12</t>
+    <t>Alexey Igorevich Kerdol</t>
+  </si>
+  <si>
+    <t>21 listopada 1991</t>
+  </si>
+  <si>
+    <t>W ostatnich latach Aleksiej pracował jako barista w Grodnie. Od 2020 roku prowadzi również małą firmę, której zakres działalności określa się jako „zapewnianie zakwaterowania na terenie kempingów i obozowisk”.
+Zatrzymany w celu złożenia komentarzy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-30 10:29:58</t>
+  </si>
+  <si>
+    <t>Alexander Alexandrovich Darakupec</t>
+  </si>
+  <si>
+    <t>22 listopada 1980</t>
+  </si>
+  <si>
+    <t>44-letni mieszkaniec Iwanowa Aleksandr Dorogupiec został oskarżony o przekazanie co najmniej 11 tysięcy rubli w gotówce i kryptowalucie „grupom ekstremistycznym”, w tym Pułkowi Kalinowskiego.
+W toku śledztwa w sprawie karnej mężczyzna „dobrowolnie przekazał” 600 tys. dolarów amerykańskich na rzecz szkoły z internatem dla dzieci niepełnosprawnych ze szczególnymi potrzebami rozwoju psychofizycznego w Czerwieniu, szkoły z internatem dla dzieci niepełnosprawnych ze szczególnymi potrzebami rozwoju fizycznego w Iweńcu oraz Republikańskiego Centrum Organizacji Pomocy Medycznej.
+2 kwietnia 2025 r. ONT wyemitowało kolejną propagandową opowieść „Shadows. The Price of Terror”, która opowiadała o prześladowaniach ludzi za darowizny i zatrzymanych za finansowanie organizacji uznanych przez władze za „ekstremistyczne” lub „terrorystyczne”. W filmie pokazano kilka osób skazanych i tych, którzy wciąż czekają na proces. Zgodnie z fabułą, Aleksander został skazany m.in. za darowizny na pułk Kalinowskiego, BySol i różne źródła informacji. Propagandyści powołują się na 18 darowizn na łączną kwotę co najmniej trzech tysięcy euro.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.01.2025: 5 lata 5 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 50000 jednostek bazowych kary. Apelacja 18.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:38:24</t>
   </si>
   <si>
     <t>Sergey Ivanovich Salazhentsau</t>
   </si>
   <si>
     <t>22 listopada 1982</t>
   </si>
   <si>
     <t>Po ukończeniu szkoły średniej rozpoczął studia na Wydziale Matematyki Stosowanej i Informatyki Uniwersytetu Stanowego w BSU. Od 2005 roku pracuje w branży IT.
 Pod koniec 2021 roku Solozhentsev przeprowadził się do Warszawy. Tam założył indywidualną działalność gospodarczą i podjął pracę w RunMyLease, gdzie zajmuje stanowisko Tech Lead.
 Głównym hobby Siergieja jest taniec towarzyski. W 2024 roku wraz z partnerem zdobył dwa złote i jeden srebrny medal na zawodach tanecznych w Polsce w kategorii 40+.
 Następnie Siergiej wrócił na Białoruś. Nie wiadomo, kiedy dokładnie to nastąpiło, ale ostatni raz kontaktował się pod koniec października 2024 roku. Proces informatyka odbył się w Sądzie Obwodowym w Grodnie. Sądząc po tym, że po procesie Sołożencew nie pojawił się w sieci, został skazany na karę kolonii karnej.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-06-15 16:41:12</t>
   </si>
   <si>
-    <t>Alexander Alexandrovich Darakupec</t>
-[...13 lines deleted...]
-    <t>2024-12-12 12:38:24</t>
+    <t>Maxim Vitalievich Myslivets</t>
+  </si>
+  <si>
+    <t>22 listopada 1997</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:30:12</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Nikitin</t>
   </si>
   <si>
     <t>23 listopada 1977</t>
   </si>
   <si>
     <t>Włodzimierz prowadził szkolenia i kursy edukacyjne z zakresu zarządzania finansami dla firm. Jego ostatnią znaną pracą była praca na stanowisku kontrolera finansowego w Belkanton Group, dużej firmie zajmującej się dystrybucją artykułów biurowych, która jest między innymi właścicielem sieci sklepów Afiston i magazynu Office Life. Sądząc po Linkedin, Vladimir zrezygnował z pracy nie później niż w lipcu 2023 r. Prawdopodobnie został zatrzymany po powrocie na Białoruś po wakacjach. Z dniem 5 listopada 2023 roku działalność przedsiębiorcy indywidualnego została zawieszona.
 W domu czeka syn Włodzimierza (12 lat).
 W dniu 19 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-24 22:55:43</t>
   </si>
   <si>
     <t>Dmitry Anatolyevich Vdovin</t>
   </si>
   <si>
     <t>23 listopada 1969</t>
   </si>
   <si>
     <t>Dmitry zaczynał w latach 90. w Borysowie. Po 1998 r. przeszedł do wydziału śledczego Wydziału Spraw Wewnętrznych Miasta Żodino, gdzie w latach 2004–2012 był jego kierownikiem. Następnie pracował w Komisji Śledczej i stamtąd przeszedł na emeryturę. Po przejściu na emeryturę pracował w mleczarni Smolevichi i był zastępcą miejskim w Żodino.
 W 2020 r. on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi.
 „Wykonując polecenia swoich przełożonych, możesz zostać współsprawcą przestępstwa. Nie możesz bić ludzi, którzy po prostu wracają z pracy na nocną zmianę. &lt;…&gt; Znam przypadki, gdy ludzie byli zatrzymywani bez powodu i okazali się niepotrzebni okrucieństwo – nie róbcie tego” – zaapelował Vdovin.
 Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Ivan Ivanovich Kovalenko</t>
-[...7 lines deleted...]
-  <si>
     <t>Alexander Vyacheslavovich Khmyl</t>
   </si>
   <si>
     <t>24 listopada 1982</t>
   </si>
   <si>
     <t>Alexander został skazany 13 maja 2023 r. za przekazywanie datków na rzecz inicjatyw uznanych za ekstremistyczne. Dokładne zdanie nie jest znane.
 W dniu 11 sierpnia 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>3,5 roku więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2023-07-24 19:06:47</t>
   </si>
   <si>
     <t>Alexander Gennadievich Kanash</t>
   </si>
   <si>
     <t>24 listopada 1999</t>
   </si>
   <si>
     <t>Nie wiadomo</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
+  </si>
+  <si>
+    <t>Andrey Viktorovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>25 listopada 1983</t>
+  </si>
+  <si>
+    <t>2025-09-23 14:58:07</t>
   </si>
   <si>
     <t>Vladimir Nikolaevich Romanovsky</t>
   </si>
   <si>
     <t>25 listopada 1975</t>
   </si>
   <si>
     <t>Ze względu na zamknięty charakter rozprawy, istota sprawy nie jest jeszcze znana. Wiadomo jedynie, że Władimir Romanowski został zatrzymany w Bobrujsku podczas akcji „karmienia gołębi”, która odbyła się 9 maja 2020 r. Następnie policja zatrzymała w mieście około 15 osób.
 Zgodnie z wyrokiem Romanowski został uznany za winnego publicznego znieważenia Łukaszenki w mediach społecznościowych i skazany na karę więzienia.
 W dniu 02.06.2024 roku apelacja sądu została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>2 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-11-14 19:10:00</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-09-23 14:58:07</t>
   </si>
   <si>
     <t>Eugene Semenovich Kladov</t>
   </si>
   <si>
     <t>26 listopada 1982</t>
   </si>
   <si>
     <t>Zdaniem prokuratury Evgeniy Kladov na portalu społecznościowym Odnoklassniki, na swojej tablicy profilowej, dostępnej do wglądu dla innych użytkowników, „licząc się w późniejszym dostrzeżeniu przez innych obraźliwych informacji”, świadomy publicznego i upokarzającego charakteru swojej publikacji, celowo zamieścił wizerunek sprzeczny z powszechną moralnością i normami postępowania, przyjętymi w społeczeństwie, tym samym publicznie umyślnie poniżając honor i godność osobowości Łukaszenki w związku ze sprawowaniem przez niego władzy, wyrażonej w nieprzyzwoitej formie”.
 W tej sprawie mamy dwa podobne epizody.
 Na rozprawie Kladow w rzeczywistości nie przyznał się do winy i wskazał, że na swojej stronie przypadkowo umieścił, w domenie publicznej dla wszystkich użytkowników, zdjęcia Łukaszenki, które oglądał wcześniej w Internecie, zrobił to nieumyślnie, nie wiedział; że te obrazy zostaną zapisane w kanale jego strony, po jego znaku „klasy”.
 12 lipca 2024 r. poinformowano, że Jewgienij znalazł się na liście osób zaangażowanych w działalność terrorystyczną jako oskarżonych na podstawie kolejnych trzech artykułów: art. 130, 361 i 293 Kodeksu karnego Republiki Białorusi. Najwyraźniej Evgeniy został oskarżony o nowy.</t>
   </si>
   <si>
     <t>1 rok więzienia w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
     <t>Sergey Viktorovich Lyakhnovich</t>
   </si>
   <si>
     <t>27 listopada 1978</t>
   </si>
@@ -1195,246 +1114,217 @@
     <t>Dyrektor firmy logistycznej. Oskarżony o atak na stronę internetową BSMU jesienią 2020 roku.
 "Nie wiem! Do mojej latarni oceniają - oceniają poprawnie, a ja nie chcę wiedzieć! ”- powiedział ojciec Siergieja, Wiktor Lachnowicz.</t>
   </si>
   <si>
     <t>Decyzja sądu 24.03.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.06.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-03-18 19:47:24</t>
   </si>
   <si>
     <t>Ilya Vladimirovich Sobko</t>
   </si>
   <si>
     <t>27 listopada 1995</t>
   </si>
   <si>
     <t>Zdaniem sądu istota postawionego wszystkim zarzutu polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.09.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 20:19:30</t>
   </si>
   <si>
-    <t>Irina Vasilievna Krolikova</t>
-[...11 lines deleted...]
-  <si>
     <t>Andrey Kudik</t>
   </si>
   <si>
     <t>27 listopada 1984</t>
   </si>
   <si>
     <t>Działacz Wilejki. Od 9 sierpnia 2021 r. przebywał „24 godziny” na izolatkach Smolewicz i Wilejka. W dniu 20.10.2021 dowiedziała się , że został umieszczony w Areszcie Tymczasowym w Akrestsinie i wszczęto przeciwko niemu postępowanie karne.
 W dniu 18 lipca 2023 r. został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
 15 lutego 2024 roku działaczka przestała się komunikować. Później okazało się , że Kudik przebywa w miejscowym areszcie tymczasowym, gdzie odbywa 15 dni aresztu administracyjnego. Nie został on jednak zwolniony po odbyciu kary; przebywał w areszcie w ramach sprawy karnej.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>4 lata więzienia w kolonii o zaostrzonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2021-10-20 18:14:57</t>
   </si>
   <si>
     <t>Gennady Stanislavovich Savritsky</t>
   </si>
   <si>
     <t>28 listopada 1963</t>
   </si>
   <si>
     <t>Przedsiębiorca. Prowadzi działalność gospodarczą pod nazwą JSC Anastan, dużą firmę zajmującą się produkcją styropianu.
 Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony danymi, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy wzywając do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego odczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia wyraził na nagraniu wideo swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.11.2024: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 07.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:18</t>
-  </si>
-[...61 lines deleted...]
-    <t>2023-12-22 01:24:42</t>
   </si>
   <si>
     <t>Sergey Sergeevich Pleshkun</t>
   </si>
   <si>
     <t>28 listopada 1987</t>
   </si>
   <si>
     <t>17 marca KGB poinformowało o aresztowaniu grupy Białorusinów, którzy przygotowywali atak terrorystyczny na wojska rosyjskie w rejonie Mozyrza.
 Jak wynika z akt sprawy , w okresie od sierpnia 2020 r. do lutego 2022 r. Pleskun i Selvich zakupili komponenty do produkcji koktajli Mołotowa oraz wyrób pirotechniczny, które przechowywali i przewozili w różnych pojazdach i miejscach w celu ich późniejszego wykorzystania w komisjach. aktu terrorystycznego, ataku na budynki, instytucje, pojazdy, a także funkcjonariuszy organów ścigania.
 Ponadto Pleshkun rzekomo sam sporządzał „koktajle Mołotowa” i wraz z Selvichem przygotowywał się do celowego niszczenia pojazdów i środków komunikacji, co może doprowadzić do śmierci człowieka, wypadku lub wypadku.
 Siergiej Pleshkun ma dwoje małych dzieci.</t>
   </si>
   <si>
     <t>16 lat więzienia w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
-    <t>Igor Petrovich Simashkovich</t>
-[...8 lines deleted...]
-    <t>2025-03-29 01:26:41</t>
+    <t>Arthur Vladimirovich Pedko</t>
+  </si>
+  <si>
+    <t>28 listopada 1979</t>
+  </si>
+  <si>
+    <t>Artur przez długi czas pracował w sieciach elektroenergetycznych – najpierw jako inżynier w Belenergosetproekt, a następnie w Minskenergo. Artur jest oskarżony o przekazanie danych osobowych ponad 500 urzędników za pośrednictwem kanału telegramu.</t>
+  </si>
+  <si>
+    <t>2022-11-28 23:42:54</t>
+  </si>
+  <si>
+    <t>Arthur Andreevich Radivanovich</t>
+  </si>
+  <si>
+    <t>28 listopada 1992</t>
+  </si>
+  <si>
+    <t>W toku śledztwa ustalono, że Artur Radziwanowicz „z własnej inicjatywy nawiązał korespondencję za pośrednictwem telegramu z przedstawicielami formacji zbrojnej „Pułk K. Kalinowskiego”. W trakcie rozmowy wyjaśnił tryb i warunki zaciągnięcia do pułku, a następnie zaplanował przekroczenie granicy państwowej Republiki Białoruś z Rzeczpospolitą Polską i dalszą drogę na Ukrainę. Przybywając 30 grudnia 2023 r. na międzynarodowe przejście kontrolne „Brześć” w celu przejazdu na Ukrainę przez terytorium Polski, oskarżony został zatrzymany przez funkcjonariuszy spraw wewnętrznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.05.2024: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:10:11</t>
+  </si>
+  <si>
+    <t>Georgiy Adamovich Cherevako</t>
+  </si>
+  <si>
+    <t>28 listopada 1968</t>
+  </si>
+  <si>
+    <t>Georgy Cherevako został zatrzymany w sierpniu, gdy wracał ze Stanów Zjednoczonych. Został skazany za darowiznę w wysokości 21,29 dolarów, którą przesłał ze swojego konta PayPal na rzecz Pułku Kalinowskiego. Do konta, z którego pobierano środki, powiązano kartę białoruską. Władze uznały, że były to celowe działania „w celu finansowania działań związanych z werbowaniem, szkoleniem i innym przygotowaniem” osób do konfliktu zbrojnego na Ukrainie.
+Na rozprawie zeznał, że dobrowolnie powiedział zatrzymującym go funkcjonariuszom, że subskrybuje liczne „ekstremistyczne” kanały telegramów oraz przyznał, że dokonał przelewu na konto Polka Kalinowskiego.
+Sam podał pracownikom hasła umożliwiające wejście do systemu płatności. Powiedział, że przekazał darowiznę, ponieważ miał nadzieję, że te środki zostaną przeznaczone na zakup hełmów, kamizelek kuloodpornych i leków, ale rozumie, że oni wykorzystają je według własnego zrozumienia i m.in. zakupią broń i amunicję za ich.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.12.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2023-12-22 01:24:42</t>
   </si>
   <si>
     <t>Evgeniy Alexeyevich Verkhovodkin</t>
   </si>
   <si>
     <t>29 listopada 1988</t>
   </si>
   <si>
     <t>W sprawie odbyło się co najmniej dziewięć rozpraw. Na rozprawie było wielu świadków, którzy zeznawali przeciwko niemu. Jewgienij został oskarżony o administrowanie kanałem i nakłanianie Białorusinów do udziału w protestach, redagowanie postów itp.</t>
   </si>
   <si>
     <t>Decyzja sądu 27.07.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.11.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-12-26 20:32:52</t>
   </si>
   <si>
     <t>Sergey Leonidovich Tsvikevich</t>
   </si>
   <si>
     <t>29 listopada 1980</t>
   </si>
   <si>
     <t>Mężczyzna całe życie związany był z biznesem. W 2002 roku otworzył swoją pierwszą jednoosobową działalność gospodarczą. Jednym z obszarów działalności tej jednoosobowej działalności był wynajem nieruchomości. Ostatnio Cwikiewicz pełnił funkcję dyrektora własnej firmy.
 Siergiej ma dwóch nieletnich synów.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.10.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-11-24 22:01:29</t>
   </si>
   <si>
-    <t>Vasily Vadimovich Bachko</t>
-[...5 lines deleted...]
-    <t>2025-08-18 23:08:15</t>
+    <t>Nikolai Ivanovich Galaluk</t>
+  </si>
+  <si>
+    <t>29 listopada 1992</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-01-02 18:07:24</t>
   </si>
   <si>
     <t>Alexander Stanislavovich Danilevich</t>
   </si>
   <si>
     <t>30 listopada 1974</t>
   </si>
   <si>
     <t>Rzecznik. Specjalizuje się w reprezentowaniu interesów klientów w międzynarodowym arbitrażu handlowym. Ojciec wielu dzieci.
 Na krótko przed aresztowaniem podpisał antywojenny apel prawników i prawników w sprawie działań na Ukrainie. Zaraz po podpisaniu listu przeciwko wojnie Danilewicz zaczął mieć problemy w adwokaturze – wszczęto postępowanie dyscyplinarne. Został także zwolniony z BSU, gdzie przez ponad 20 lat wykładał na Wydziale Stosunków Międzynarodowych. Sąd skazał go na 10 lat więzienia w kolonii karnej o zaostrzonym rygorze . Jednak po apelacji termin ten został skrócony do 6 lat.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii karnej o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2022-06-17 23:18:52</t>
+  </si>
+  <si>
+    <t>Vasily Vadimovich Bachko</t>
+  </si>
+  <si>
+    <t>30 listopada 1996</t>
+  </si>
+  <si>
+    <t>2025-08-18 23:08:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1738,51 +1628,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I86"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1837,2346 +1727,2178 @@
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
       <c r="D4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I10" t="s">
         <v>58</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I13" t="s">
         <v>73</v>
-      </c>
-[...16 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>83</v>
       </c>
       <c r="I15" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>85</v>
       </c>
       <c r="B16" t="s">
         <v>86</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>92</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>98</v>
       </c>
       <c r="I18" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>100</v>
       </c>
       <c r="B19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>112</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...16 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
         <v>116</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>117</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>118</v>
       </c>
-      <c r="D22" t="s">
-[...11 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>120</v>
+      </c>
+      <c r="B23" t="s">
         <v>121</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>122</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>32</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
         <v>123</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>125</v>
+      </c>
+      <c r="B24" t="s">
         <v>126</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>127</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...16 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>77</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>132</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" t="s">
+        <v>135</v>
+      </c>
+      <c r="C26" t="s">
         <v>136</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>137</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
         <v>141</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>142</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B28" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C28" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>82</v>
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>147</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>77</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
+        <v>166</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>162</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="B32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...19 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" t="s">
+        <v>171</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>172</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>174</v>
+      </c>
+      <c r="B34" t="s">
+        <v>175</v>
+      </c>
+      <c r="C34" t="s">
+        <v>176</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>62</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>177</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>178</v>
-      </c>
-[...19 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>179</v>
+      </c>
+      <c r="B35" t="s">
+        <v>180</v>
+      </c>
+      <c r="C35" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
         <v>182</v>
       </c>
-      <c r="B35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>183</v>
       </c>
-      <c r="C35" t="s">
+      <c r="I35" t="s">
         <v>184</v>
-      </c>
-[...16 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
         <v>187</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>188</v>
       </c>
-      <c r="C36" t="s">
+      <c r="F36" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>92</v>
+        <v>195</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>92</v>
+        <v>201</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I38" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B39" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>144</v>
+        <v>162</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B41" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>216</v>
       </c>
-      <c r="G41" t="s">
-[...2 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>218</v>
+      </c>
+      <c r="B42" t="s">
         <v>219</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>220</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>62</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>221</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="I42" t="s">
         <v>222</v>
-      </c>
-[...10 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>223</v>
+      </c>
+      <c r="B43" t="s">
+        <v>224</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>225</v>
       </c>
-      <c r="B43" t="s">
+      <c r="I43" t="s">
         <v>226</v>
-      </c>
-[...19 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>227</v>
+      </c>
+      <c r="B44" t="s">
+        <v>228</v>
+      </c>
+      <c r="C44" t="s">
+        <v>229</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
+        <v>230</v>
+      </c>
+      <c r="I44" t="s">
         <v>231</v>
-      </c>
-[...19 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>232</v>
+      </c>
+      <c r="B45" t="s">
+        <v>233</v>
+      </c>
+      <c r="C45" t="s">
+        <v>234</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>62</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="I45" t="s">
         <v>236</v>
-      </c>
-[...19 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>237</v>
+      </c>
+      <c r="B46" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" t="s">
+        <v>239</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
         <v>240</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>242</v>
+      </c>
+      <c r="B47" t="s">
+        <v>243</v>
+      </c>
+      <c r="C47" t="s">
         <v>244</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>32</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>245</v>
       </c>
-      <c r="C47" t="s">
+      <c r="I47" t="s">
         <v>246</v>
-      </c>
-[...16 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>247</v>
+      </c>
+      <c r="B48" t="s">
+        <v>248</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
+        <v>87</v>
+      </c>
+      <c r="I48" t="s">
         <v>249</v>
-      </c>
-[...22 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>250</v>
+      </c>
+      <c r="B49" t="s">
+        <v>251</v>
+      </c>
+      <c r="C49" t="s">
+        <v>252</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
+        <v>253</v>
+      </c>
+      <c r="I49" t="s">
         <v>254</v>
-      </c>
-[...22 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
+      <c r="E50" t="s">
+        <v>102</v>
+      </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>256</v>
+      </c>
+      <c r="C51" t="s">
+        <v>259</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>228</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="I51" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="B52" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C52" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
+      <c r="E52" t="s">
+        <v>43</v>
+      </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="I52" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>162</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="I53" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>281</v>
+        <v>103</v>
       </c>
       <c r="I54" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="B55" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="C55" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="I55" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B56" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="C56" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>58</v>
+        <v>283</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="I56" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C57" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>92</v>
+        <v>162</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="I57" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="B58" t="s">
-        <v>299</v>
+        <v>292</v>
+      </c>
+      <c r="C58" t="s">
+        <v>293</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="I58" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="B59" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="C59" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
-        <v>216</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="I60" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="B61" t="s">
-        <v>314</v>
+        <v>306</v>
+      </c>
+      <c r="C61" t="s">
+        <v>307</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="I61" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="B62" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="C62" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="I62" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B63" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C63" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>222</v>
+        <v>77</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="I63" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="B64" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="H64" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="I64" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="B65" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
+      <c r="E65" t="s">
+        <v>102</v>
+      </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I65" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="B66" t="s">
-        <v>338</v>
+        <v>328</v>
+      </c>
+      <c r="C66" t="s">
+        <v>329</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
+      <c r="E66" t="s">
+        <v>62</v>
+      </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>271</v>
+        <v>330</v>
       </c>
       <c r="I66" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="B67" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="C67" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>338</v>
+      </c>
+      <c r="C68" t="s">
+        <v>339</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
+      <c r="E68" t="s">
+        <v>32</v>
+      </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="I68" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="B69" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="C69" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="I69" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="B70" t="s">
-        <v>355</v>
+        <v>348</v>
+      </c>
+      <c r="C70" t="s">
+        <v>349</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>150</v>
+        <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
+      <c r="H70" t="s">
+        <v>351</v>
+      </c>
       <c r="I70" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>353</v>
+      </c>
+      <c r="B71" t="s">
+        <v>354</v>
+      </c>
+      <c r="C71" t="s">
+        <v>355</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
+        <v>356</v>
+      </c>
+      <c r="I71" t="s">
         <v>357</v>
-      </c>
-[...19 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>358</v>
+      </c>
+      <c r="B72" t="s">
+        <v>359</v>
+      </c>
+      <c r="C72" t="s">
+        <v>360</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>77</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>361</v>
+      </c>
+      <c r="I72" t="s">
         <v>362</v>
-      </c>
-[...22 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>235</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>300</v>
+        <v>370</v>
       </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>372</v>
+      </c>
+      <c r="B75" t="s">
+        <v>373</v>
+      </c>
+      <c r="C75" t="s">
+        <v>374</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>32</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>375</v>
+      </c>
+      <c r="I75" t="s">
         <v>376</v>
-      </c>
-[...22 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B76" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C76" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="I76" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B77" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="C77" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
-      <c r="E77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="I77" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="B78" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>389</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>257</v>
+        <v>390</v>
       </c>
       <c r="I78" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>392</v>
+      </c>
+      <c r="B79" t="s">
+        <v>393</v>
+      </c>
+      <c r="C79" t="s">
+        <v>394</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>32</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>395</v>
+      </c>
+      <c r="I79" t="s">
         <v>396</v>
-      </c>
-[...22 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B80" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>404</v>
+        <v>240</v>
       </c>
       <c r="I80" t="s">
-        <v>405</v>
-[...158 lines deleted...]
-        <v>432</v>
+        <v>399</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">