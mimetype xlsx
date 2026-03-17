--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -87,1244 +87,1245 @@
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
     <t>Ekaterina Andreevna Bakhvalova (Andreeva)</t>
   </si>
   <si>
     <t>2 listopada 1993</t>
   </si>
   <si>
     <t>Ekaterina, dziennikarka telewizji Biełsat, relacjonowała na żywo z dziedzińca Placu Przemian, gdzie 15 listopada 2020 r. pokojowi protestujący zebrali się na wiecu protestacyjnym, który odbył się w Mińsku pod hasłem „Wychodzę”. To były ostatnie słowa Romana Bondarenki, który został zamordowany przez siły bezpieczeństwa, a zgromadzeni przybyli, aby uczcić jego pamięć. Ekaterina została zatrzymana wraz ze swoją koleżanką Darią Chultsovą podczas ostrego stłumienia protestu, a później została skazana za „udział w akcjach zbiorowych, które w rażący sposób naruszają porządek publiczny”.
 W kwietniu 2022 r. przeciwko Ekaterinie wszczęto nową sprawę karną, która już w lipcu tego samego roku została ponownie skazana, oskarżona o „zdradę” i skazana na osiem lat więzienia na trzy miesiące przed upływem pierwszego wyroku.</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
     <t>Decyzja sądu 18.02.2021: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.04.2021: wyrok został podtrzymany. Decyzja sądu 13.07.2022: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 20.09.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
-    <t>Vadim Vladimirovich Saskovets</t>
-[...14 lines deleted...]
-    <t>Andrey Valerievich Fomin</t>
+    <t>Yauheni Tsikhanau</t>
+  </si>
+  <si>
+    <t>3 listopada 1982</t>
+  </si>
+  <si>
+    <t>Evgeniy ma 40 lat, ponad 15 lat temu ukończył Akademię Ministerstwa Spraw Wewnętrznych i udało mu się pracować jako funkcjonariusz policji rejonowej, ale zrezygnował z własnej woli. Później Aleksiej przeniósł się do IT. Następnie przez pewien czas mieszkał w Europie, we Włoszech. Zatrzymano go podczas próby wjazdu na Białoruś – mężczyzna chciał przyjechać na urodziny swojej matki i wystawić pełnomocnictwo. Według doniesień wszczęto sprawę karną przeciwko Jewgienijowi Tichonowowi w związku z komentarzami zawartymi w telegramie na temat sił bezpieczeństwa i Łukaszenki na podstawie trzech artykułów.
+W dniu 28 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2023-05-24 01:03:59</t>
+  </si>
+  <si>
+    <t>Andrei Valeryevich Famin</t>
   </si>
   <si>
     <t>3 listopada 1993</t>
   </si>
   <si>
     <t>Andriej Fomin ma 29 lat, pochodzi z Mohylewa, ale mieszkał w Mińsku. Facet ukończył Białoruską Państwową Akademię Sztuk Pięknych. W pokutnym filmie mówi, że rzekomo był redaktorem i autorem artykułów dla sieci gazet Vestniki. Według informacji działaczy inicjatywy ByProsvet, Andriej nie miał dostępu do relacji prasowych i nie znał tych, którzy je rozprowadzają na Białorusi.
 W efekcie facet został oskarżony o udział w marszu 30 sierpnia 2020 roku i przeniesiony do SIZO-1. Andrzej w zasadzie nie chciał wyjeżdżać z kraju, pisze książkę, w domu czeka na niego sześć kotów.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-10-27 23:30:20</t>
   </si>
   <si>
-    <t>Eugene Aleksandrovich Tikhonov</t>
-[...42 lines deleted...]
-    <t>2024-05-27 18:26:45</t>
+    <t>Boris Nikolaevich Kritsky</t>
+  </si>
+  <si>
+    <t>3 listopada 1968</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.11.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:35:08</t>
+  </si>
+  <si>
+    <t>Vadim Vladimirovich Saskovets</t>
+  </si>
+  <si>
+    <t>3 listopada 1986</t>
+  </si>
+  <si>
+    <t>W dniu 30 czerwca 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:53:59</t>
+  </si>
+  <si>
+    <t>Alexey Gennadievich Mayevsky</t>
+  </si>
+  <si>
+    <t>4 listopada 1981</t>
+  </si>
+  <si>
+    <t>Wyrok Grodzieńskiego Sądu Okręgowego wszedł w życie.</t>
+  </si>
+  <si>
+    <t>2022-05-24 15:05:54</t>
   </si>
   <si>
     <t>Olga Igorevna Britikova</t>
   </si>
   <si>
     <t>4 listopada 1971</t>
   </si>
   <si>
     <t>Lider niezależnego związku zawodowego „Naftan”. Olga pracowała w firmie przez 16 lat i została zwolniona z powodu zajmowanego stanowiska. W maju 2022 r. została zwolniona po 75 dniach aresztu za wypowiadanie się przeciwko wojnie. 1 listopada została ponownie zatrzymana na podstawie zarzutów administracyjnych.
 Dwa dni później sąd uznał ją za winną rozpowszechniania „materiałów ekstremistycznych” i skazał ją na 15 dni aresztu. 11 listopada została ponownie skazana na 15 dni za „nieuprawnione pikiety”. Powodem wszczęcia śledztwa był rysunek z napisem „Nie dla wojny”, który Olga opublikowała w sieciach społecznościowych. 21 listopada 2022 roku dowiedziała się, że Olga została przekazana do Aresztu Śledczego w Witebsku.
 W niecały 2022 rok Britikova spędziła za kratami 105 dni, w tym 75 dni z rzędu wiosną.
 Została ponownie zatrzymana na podstawie art. 361 ust. 2 Kodeksu karnego Republiki Białorusi w sierpniu 2023 r. Jednak wiosną 2024 r. Olga stanęła przed sądem z art. 130 Kodeksu karnego Republiki Białorusi.
 W dniu 11 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.
 20 sierpnia 2024 roku w sprawie Olgi odbył się kolejny zamknięty proces. Do rozpatrzenia jej sprawy przed Sądem Okręgowym w Witebsku wyznaczony został Evgeniy Burunov. Więzień polityczny jest oskarżony o trzy zarzuty. Wiadomo, że Olga dostała kolejne trzy lata więzienia.
 W dniu 20 grudnia 2024 roku apelacja została rozpatrzona przez Sąd Najwyższy. Przewodniczący Kolegium Sądowniczego Władimir Davydov. Decyzją zarządu drugi wyrok Olgi został skrócony o 1 rok. Zatem łączna kara więźnia politycznego wynosi 5 lat pozbawienia wolności w kolonii o ogólnym reżimie. Według stanu na początek stycznia 2025 r. Olga przebywała w Areszcie Śledczym, jednak pod koniec miesiąca została przeniesiona do kolonii poprawczej nr 4.</t>
   </si>
   <si>
     <t>Decyzja sądu 08.04.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.06.2024: nieznany. Decyzja sądu 20.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 20.12.2024: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-11-21 14:40:55</t>
   </si>
   <si>
-    <t>Alexey Gennadievich Mayevsky</t>
-[...28 lines deleted...]
-    <t>2023-11-21 13:11:16</t>
+    <t>Alexander Ivanovich Piskunov</t>
+  </si>
+  <si>
+    <t>4 listopada 1980</t>
+  </si>
+  <si>
+    <t>W dniu 26 stycznia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.01.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-11-13 21:12:53</t>
   </si>
   <si>
     <t>Anton Mikhailovich Bykovsky</t>
   </si>
   <si>
     <t>Anton został zatrzymany, dotkliwie pobity, a później skazany za uszkodzenie samochodu żony policjanta w Nowej Borowej.
 Jego żonie i dzieciom udało się opuścić Białoruś.</t>
   </si>
   <si>
-    <t>Nie</t>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>Decyzja sądu 03.02.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 1845 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-28 00:34:11</t>
   </si>
   <si>
+    <t>Denis Aleksandrovich Kravchuk</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.05.2024: 4 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2024-05-27 18:26:45</t>
+  </si>
+  <si>
     <t>Valentin Vyacheslavovich Samosyuk</t>
   </si>
   <si>
     <t>5 listopada 1992</t>
   </si>
   <si>
     <t>Według prorządowych kanałów został zatrzymany za fotografowanie transportu kolejowego. Wcześniej był aresztowany na podstawie artykułu administracyjnego. Obywatel Mołdawii.</t>
   </si>
   <si>
     <t>2022-04-08 19:08:45</t>
+  </si>
+  <si>
+    <t>Mikhail Alexandrovich Fando</t>
+  </si>
+  <si>
+    <t>5 listopada 1988</t>
+  </si>
+  <si>
+    <t>Michaił pochodzi z Borysowa. ale mieszkał w Mińsku. Studiował na BSU, aby zostać menedżerem. Wiadomo, że Michaił grał w pokera pod pseudonimem Rattly. Był znany z udziału w licznych mistrzostwach. Wśród nich jest Mistrzostwo Białorusi.
+Proces Michaiła rozpoczął się 17 października w Sądzie Miejskim w Mińsku. Roszczenia wobec niego powstały prawdopodobnie dzięki wsparciu Ukrainy. Zarzuca mu się część 2 art. 361−3 Kodeksu karnego (Pomoc lub inne wsparcie materialne na rzecz wojny). Sankcja artykułu przewiduje od pięciu do dziesięciu lat więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.10.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 14.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-25 19:38:56</t>
+  </si>
+  <si>
+    <t>Michael Leonidovich Galinsky</t>
+  </si>
+  <si>
+    <t>5 listopada 1965</t>
+  </si>
+  <si>
+    <t>59-letni trener został zatrzymany w czerwcu 2024 roku. Najpierw był sądzony w postępowaniu administracyjnym za „nieposłuszeństwo wobec funkcjonariuszy policji”, a następnie wszczęto sprawę karną na podstawie części 1 art. 361-3 Kodeksu karnego Republiki Białorusi. W tej części artykułu można osądzać tych, którzy brali udział w działaniach wojennych na Ukrainie, ale zazwyczaj sądzeni są ci, którzy zamierzali jedynie wstąpić do Sił Zbrojnych Ukrainy .</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.12.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 21.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:24:14</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Savchkov</t>
+  </si>
+  <si>
+    <t>5 listopada 1970</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Burdenya</t>
   </si>
   <si>
     <t>5 listopada 1981</t>
   </si>
   <si>
     <t>Przewidywany termin zatrzymania Andrieja to 20 września 2023 r. Tego dnia w sieci pojawiło się wideo „skruchy”, w którym mężczyzna twierdzi, że rzekomo pisał negatywne komentarze na temat Łukaszenki, urzędników, funkcjonariuszy policji, rosyjskiego wojska, a także groził osobom wspierającym obecny rząd.
 44-letni Andrei Burdenya został zatrzymany za komentarze na czatach telegramowych, których zostawił ponad trzysta. Andrey uczył się w szkole nr 6, a następnie służył w wojsku. Wiadomo, że teraz jest chwilowo bezrobotny, ale wcześniej przez jakiś czas pracował w branży IT, a jeszcze wcześniej zajmował się produkcją mebli kuchennych i miał własnego, indywidualnego przedsiębiorcę.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 08.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-27 20:04:05</t>
   </si>
   <si>
-    <t>Mikhail Alexandrovich Fando</t>
-[...39 lines deleted...]
-    <t>2024-11-22 00:24:14</t>
+    <t>Alexey Vladimirovich Shilovich</t>
+  </si>
+  <si>
+    <t>6 listopada 1975</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
   </si>
   <si>
     <t>Maksim Vladimirovich Khvaschinsky</t>
   </si>
   <si>
     <t>6 listopada 1995</t>
   </si>
   <si>
     <t>Mieszkaniec Bobrujska został zatrzymany 26 lutego 2024 r., dzień po powrocie z Polski.
 Najpierw został skazany na podstawie artykułu 19.11 administracyjnego (rozpowszechnianie materiałów ekstremistycznych), a następnie wszczęto postępowanie karne na podstawie artykułu 361-1 Kodeksu karnego Republiki Białorusi (utworzenie grupy ekstremistycznej). Uważa się, że Maxim jest zamieszany w utworzenie grupy ekstremistycznej „Bobrujsk 375”.</t>
   </si>
   <si>
     <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
   </si>
   <si>
     <t>Decyzja sądu 27.09.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Alexey Vladimirovich Shilovich</t>
-[...13 lines deleted...]
-  <si>
     <t>Oksana Viktorovna Molochko</t>
   </si>
   <si>
     <t>7 listopada 1978</t>
   </si>
   <si>
     <t>27 listopada 2023 roku Oksanie postawiono zarzuty popełnienia wykroczeń administracyjnych z art. 19.11 części 2 Kodeksu wykroczeń administracyjnych. Następnie została umieszczona w Areszcie Śledczym nr 7.
 Latem 2024 roku para została skazana za „zdradę stanu” (art. 356, część 1 Kodeksu karnego). Zostali skazani na 12 i 8 lat więzienia za „zdradę stanu”, ale w rzeczywistości za sfotografowanie pociągu z wyposażeniem wojskowym na peronie bez zamiaru szpiegostwa.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Logvinovich</t>
+  </si>
+  <si>
+    <t>7 listopada 1986</t>
+  </si>
+  <si>
+    <t>IUOT-46, 213188, obwód mohylewski, m. Krugloje, ul. sowiecki, 96</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego, 500 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-01-19 21:00:56</t>
   </si>
   <si>
     <t>Anton Olegovich Ogiy</t>
   </si>
   <si>
     <t>8 listopada 1985</t>
   </si>
   <si>
     <t>Decyzja sądu 23.12.2022: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Afanasiy Nikolaevich Afanasenkov</t>
   </si>
   <si>
     <t>8 listopada 1989</t>
   </si>
   <si>
     <t>W dniu 23 sierpnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie</t>
   </si>
   <si>
     <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
   </si>
   <si>
     <t>Decyzja sądu 16.06.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2023: nieznany. Decyzja sądu 11.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
   </si>
   <si>
     <t>Artem Aleksandrovich Zubryakov</t>
   </si>
   <si>
     <t>9 listopada 1990</t>
   </si>
   <si>
     <t>Artem Zubryakov jest pracownikiem Belagro, który wraz z kolegami został zatrzymany pod koniec września 2022 roku. Poinformowano, że w czterech z nich wszczęto sprawy karne, a zatrzymano około 20. Źródła prorządowe podały, że pracownicy przedsiębiorstwa aktywnie protestują od 2020 roku.
 Podczas przeszukania jesienią 2022 roku odzyskano z nich sprzęty i meble w biało-białej kolorystyce.
 Artem Zubryakov zaznaczył, że został zatrzymany za subskrypcję „zakazanych” kanałów telegramów i wysyłanie „ekstremistycznych” materiałów.
 Proces odbył się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>Decyzja sądu 27.01.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.04.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
-    <t>Natalia Georgievna Doronina</t>
-[...8 lines deleted...]
-    <t>2025-11-20 22:34:02</t>
+    <t>Violetta Gennadievna Verbitskaya</t>
+  </si>
+  <si>
+    <t>10 listopada 2001</t>
+  </si>
+  <si>
+    <t>Violeta ukończyła szkołę w Mińsku i rozpoczęła studia na Akademii Sztuk Pięknych w Warszawie. Dziewczyna interesuje się fotografią i uwielbia podróżować.
+Trzy lata temu wyszła za mąż i zmieniła nazwisko. Para zyskała sławę , ponieważ były piłkarz Fiodor Werbicki oświadczył się dziewczynie tuż po meczu na stadionie.
+Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Ojciec Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony danymi, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy wzywając do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego przeczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia wyraził na nagraniu wideo swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:10:18</t>
   </si>
   <si>
     <t>Eugene Vitalievich Boyko</t>
   </si>
   <si>
     <t>10 listopada 1987</t>
   </si>
   <si>
     <t>Jewgienij jest byłym menedżerem IT z Mohylewa. Po wyborach w 2006 roku i kilku latach działalności politycznej został wydalony z wydziału historii Uniwersytetu Mohylewskiego. Ukończył wydział historii w Poznaniu i pracował jako menedżer w firmie informatycznej, dostarczającej produkty mleczarskie. W 2013 roku Jewgienij wrócił na Białoruś, natychmiast się ożenił i podjął pracę. Chociaż wcześniej koncentrował się głównie na działalności publicznej i akademickiej (w Studenckim Towarzystwie Etnograficznym i Archiwum Historii Mówionej), teraz zajął się biznesem.
 Od początku 2017 roku podjął się nowego zajęcia: na prośbę klientów nagrywał wywiady z ich wiejskimi dziadkami i montował filmy dokumentalne.
 Jest oskarżony o wspieranie działalności ekstremistycznej.
 Na Jewgieniję w domu czekają żona i dwójka małych dzieci.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.06.2025: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 11.09.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-10-08 21:34:11</t>
   </si>
   <si>
+    <t>Natalia Georgievna Doronina</t>
+  </si>
+  <si>
+    <t>10 listopada 1973</t>
+  </si>
+  <si>
+    <t>Natalia ma problemy z nogami. Regulamin aresztu śledczego zabrania leżenia w ciągu dnia, przez co odczuwa silne obrzęki.</t>
+  </si>
+  <si>
+    <t>2025-11-20 22:34:02</t>
+  </si>
+  <si>
     <t>Alexander Ivanovich Malkov</t>
   </si>
   <si>
     <t>10 listopada 1969</t>
   </si>
   <si>
     <t>Skazany za protest, który odbył się w dniach 10-11 sierpnia 2020 r. w Berezie.</t>
   </si>
   <si>
     <t>Decyzja sądu 28.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 13:15:47</t>
   </si>
   <si>
-    <t>Violetta Gennadievna Verbitskaya</t>
-[...15 lines deleted...]
-  <si>
     <t>Lyubov Alexandrovna Rezanovich</t>
   </si>
   <si>
     <t>11 listopada 1964</t>
   </si>
   <si>
     <t>Ljubow, żona księdza prawosławnego, została zatrzymana 1 grudnia 2020 r. wraz z mężem i synem w ramach kryminalnej „sprawy Autuchowicza”. Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Według śledztwa pomagała Autuchowiczowi zbierać informacje o funkcjonariuszach organów ścigania i zapewniała mieszkania, w których uczestnicy „sprawy” trzymali broń. Ljubow został skazany za „udział w organizacji przestępczej”, „akt terroryzmu”, „próbę przejęcia władzy” i „nielegalne działania dotyczące broni palnej”.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2022: 15 lata więzienia w kolonii na warunkach ogólnych, 600 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:12</t>
   </si>
   <si>
     <t>Stanislav Alexandrovich Pugachiov</t>
   </si>
   <si>
     <t>11 listopada 1992</t>
   </si>
   <si>
     <t>Przed wydarzeniami z 2020 roku pracował jako śledczy w Mińsku. Posiedzenia sądów odbywały się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
-    <t>Andrey Viktorovich Valakhanovich</t>
+    <t>Vladislav Viktorovich Novozhentsev</t>
+  </si>
+  <si>
+    <t>12 listopada 1981</t>
+  </si>
+  <si>
+    <t>W dniu 22 grudnia 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
+    <t>Artyom Mikhailovich Kolosov</t>
+  </si>
+  <si>
+    <t>12 listopada 1997</t>
+  </si>
+  <si>
+    <t>W dniu 27 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.12.2023: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 27.02.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:52:53</t>
+  </si>
+  <si>
+    <t>Dmitry Grigorievich Rezanovich</t>
   </si>
   <si>
     <t>12 listopada 1989</t>
-  </si>
-[...28 lines deleted...]
-    <t>Dmitry Grigorievich Rezanovich</t>
   </si>
   <si>
     <t>Działacz ruchu anarchistycznego został zatrzymany w nocy z 28 na 29 października 2020 r. podczas przekraczania granicy Białorusi wraz z grupą partyzancką Czarny Sztandar. Został oskarżony o podpalenie samochodów urzędników, a także wydziału policji drogowej i państwowej komisji kryminalistycznej.
 W kwietniu 2024 r. Dmitry został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymagań administracji kolonii”. Na mocy tego artykułu więźniowie odmawiający współpracy z administracją są sądzeni za fikcyjne naruszenia. W rezultacie do jego 19-letniego wyroku dodano kolejne 9 miesięcy pozbawienia wolności.</t>
   </si>
   <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
     <t>Decyzja sądu 22.12.2021: 19 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 26.04.2024: 9 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.06.2024: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:39:13</t>
   </si>
   <si>
-    <t>Vladislav Viktorovich Novozhentsev</t>
-[...29 lines deleted...]
-    <t>Richard Richardovich Logvinov</t>
+    <t>Andrey Viktorovich Shklyar</t>
+  </si>
+  <si>
+    <t>12 listopada 1984</t>
+  </si>
+  <si>
+    <t>Pracował jako inspektor systemu penitencjarnego Oddziału Spraw Wewnętrznych Rejonu Oktiabrskiego w Grodnie, na krótko przed aresztowaniem złożył rezygnację z pracy z powodu braku zgody na funkcjonowanie systemu. Zatrzymany pod zarzutem „zdrady państwa”.</t>
+  </si>
+  <si>
+    <t>10 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2022-04-27 00:34:48</t>
+  </si>
+  <si>
+    <t>Andrey Viktorovich Valakhanovich</t>
+  </si>
+  <si>
+    <t>Zatrzymano go we wrześniu 2023 r. rzekomo za rozmowy ze znajomymi. Wszczęto sprawę karną.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.07.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 12.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:28:55</t>
+  </si>
+  <si>
+    <t>Rychard Rychardavich Lohvinau</t>
   </si>
   <si>
     <t>14 listopada 1991</t>
   </si>
   <si>
     <t>Inżynier i technolog w fabryce. Matka Richarda jest niepełnosprawna.</t>
   </si>
   <si>
-    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-08-04 19:16:26</t>
   </si>
   <si>
-    <t>Pavel Mikhailovich Khitryk</t>
-[...19 lines deleted...]
-  <si>
     <t>Sergey Leontievich Botvich</t>
   </si>
   <si>
     <t>14 listopada 1990</t>
   </si>
   <si>
     <t>Na początku stycznia 2023 r. w jednym z prorządowych kanałów telegramowych pojawił się film przedstawiający zatrzymanie Siergieja przez funkcjonariuszy GUBOP-u i AMON-u, którzy rzekomo prowadzili pogawędki podwórkowe, m.in. „Grodno Centrum 97%”; brał udział w wiecach protestacyjnych i nawoływał do udziału w nich, a także do stosowania przemocy wobec funkcjonariuszy policji, dosłownie „palić wozy ryżowe”.</t>
   </si>
   <si>
     <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
   </si>
   <si>
     <t>5 lat pozbawienia wolności z odbyciem kary w kolonii poprawczej w podwyższonych warunkach bezpieczeństwa.</t>
   </si>
   <si>
     <t>2022-10-26 22:38:17</t>
+  </si>
+  <si>
+    <t>Dzmitry Yauhenavich Kondrus</t>
+  </si>
+  <si>
+    <t>Prawdopodobnie zatrzymany z przyczyn politycznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-10-17 20:41:33</t>
   </si>
   <si>
     <t>Elisey Sergeevich Kuznetsov</t>
   </si>
   <si>
     <t>14 listopada 2003</t>
   </si>
   <si>
     <t>17-letnia Elisey została oskarżona o rzucenie butelką łatwopalnej mieszanki w radiowóz. Za naruszenie „chemii gospodarczej” kara Elizeusza została zwiększona do więzienia, a Elizeusz został zatrzymany w dniu 20 kwietnia 2022 r., a od 27 maja młody mężczyzna przebywa w więzieniu.
 W dniu 17.12.2022 r. został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
 Został ponownie zatrzymany w maju 2023 r., a w sierpniu skazany za zburzenie wraz z kolegą trzech flag narodowych zamontowanych na fasadach placówki oświatowej, obiektu handlowego i poczty w rolniczej miejscowości Wojska w obwodzie kamienieckim.
 W dniu 18 grudnia 2024 r . Sąd Rejonowy w Borysowie rozpatrzy sprawę Elizeusza z części 1 art. 411 (złośliwe nieposłuszeństwo wobec wymogów administracji zakładu karnego ).</t>
   </si>
   <si>
     <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Decyzja sądu 05.11.2020: 2 roku 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego. Sąd zmiany reżimu 20.04.2022: 7 miesiące 15 dni więzienia w kolonii na warunkach ogólnych. Decyzja sądu 01.08.2023: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Decyzja sądu 18.12.2024: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-01-30 00:16:38</t>
   </si>
   <si>
-    <t>Vitaly Tsinkel</t>
-[...8 lines deleted...]
-    <t>2025-09-17 17:12:07</t>
+    <t>Pavel Mikhailovich Khitryk</t>
+  </si>
+  <si>
+    <t>14 listopada 1987</t>
+  </si>
+  <si>
+    <t>20 grudnia 2024 roku Paweł został skazany za wykroczenie administracyjne za „dystrybucję, produkcję, przechowywanie i transport produktów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promowanie takiej działalności”. Następnie wszczęto przeciwko niemu postępowanie karne za przesyłanie danych o przemieszczaniu sprzętu w Rosji podczas podróży służbowej do chatbota „Karta-97” w 2022 roku. W 2025 roku został skazany za „wspieranie działalności ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>IUOT-39, Krupki-2, 222002</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.05.2025: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-06-03 13:49:33</t>
   </si>
   <si>
     <t>Veronika Nikolaevna Kazak</t>
   </si>
   <si>
     <t>15 listopada 1990</t>
   </si>
   <si>
     <t>Wiadomo , że kobieta została zatrzymana, gdy wróciła z Włoch.
 W dniu 15 marca 2024 roku odwołanie zostało rozpatrzone.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.12.2023: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-12-21 00:52:48</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-06-22 00:54:50</t>
   </si>
   <si>
     <t>Igor Valerievich Kozubov</t>
   </si>
   <si>
     <t>15 listopada 1968</t>
   </si>
   <si>
     <t>Cook, mieszkaniec Nowobelicy.
 Na portalach społecznościowych Igora znajduje się sporo postów i wiadomości na temat białoruskich sił bezpieczeństwa i urzędników państwowych. Znalazł się także w gronie 500 subskrybentów w 2019 r. apelu do ówczesnej prezydent Litwy Dalii Grybauskaite, który dotyczył ponownego pochówku szczątków powieszonych przez władze carskie powstańców z lat 1863-1864.
 Nie wiadomo, jaka kara została ukarana mężczyzną. Ale wiąże się to z więzieniem.
 W dniu 26 kwietnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2024-01-09 22:27:06</t>
   </si>
   <si>
-    <t>Rita Yuryevna Naumova</t>
+    <t>Ryta Yuryeuna Naumava</t>
   </si>
   <si>
     <t>15 listopada 1967</t>
   </si>
   <si>
     <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-01-21 13:31:49</t>
   </si>
   <si>
+    <t>Vitaly Nikolaevich Tsynkel</t>
+  </si>
+  <si>
+    <t>15 listopada 1974</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 10 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:12:07</t>
+  </si>
+  <si>
     <t>Vitaly Valerievich Savko</t>
   </si>
   <si>
     <t>16 listopada 1990</t>
   </si>
   <si>
     <t>Prawdopodobnie jest to były prokurator rejonu Woronowskiego. Prokurator Savko ma 33 lata. Pochodzi z miasta Diatłowo obwodu grodzieńskiego. Następnie wyjechał na studia do Grodna i pracował w prokuraturze. W latach 2022-2023 mężczyzna piastował stanowisko prokuratora obwodu woronowskiego, następnie pracował na stanowisku starszego prokuratora w jednym z wydziałów prokuratury obwodu grodzieńskiego. Nasha Niva nie znalazła żadnych dowodów na to, że Savko na swoim stanowisku stosował represje. Witalij aktywnie udzielał wywiadów mediom państwowym. Ostatnie ukazały się w lipcu 2023 r., choć wcześniej ukazywały się regularnie, raz na miesiąc lub dwa miesiące. Sieci społecznościowe mężczyzny zostały usunięte.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 11.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-30 19:28:10</t>
+  </si>
+  <si>
+    <t>Karyna Alehauna Bardukhai</t>
+  </si>
+  <si>
+    <t>16 listopada 1995</t>
+  </si>
+  <si>
+    <t>Jeszcze jako studentka BSUIR, Karina rozpoczęła pracę jako operator w MAZ w 2013 roku. Później pracowała jako merchandiser i redaktorka stron internetowych, jednocześnie zdobywając wiedzę z zakresu księgowości. W 2018 roku Bardukhai przeniosła się do Armtek, jednego z największych dostawców części samochodowych w kraju. W ciągu pięciu lat awansowała z szeregowej ekonomistki na czołowego specjalistę i eksperta SAP.
+Karina Bordukhai jest znaną mińską aktywistką na rzecz praw zwierząt . Pomaga ratować bezdomne zwierzęta i zbiera pieniądze na karmę dla zwierząt w schroniskach i domach tymczasowych. Jest również członkinią klubu jeździeckiego Prodyus. Zajmuje się również fotografią, skupiając się na zwierzętach i przyrodzie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-02-13 18:44:03</t>
   </si>
   <si>
     <t>Dmitriy Olegovych Gudeev</t>
   </si>
   <si>
     <t>16 listopada 2001</t>
   </si>
   <si>
     <t>Dmitrij ma 21 lat i sądząc po jego portalach społecznościowych, w maju ubiegłego roku odbył służbę wojskową w jednostce wojskowej 3214 w Mińsku. W maju facet został wpisany na „listę terrorystów” KGB, grozi mu od 8 do 12 lat więzienia.
 Podczas brutalnego zatrzymania Dmitrij został dotkliwie pobity .</t>
   </si>
   <si>
     <t>9 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
     <t>Artem Vitalievich Semenov</t>
   </si>
   <si>
     <t>17 listopada 1990</t>
   </si>
   <si>
     <t>Pracownik firmy Peleng. Pracował jako radca prawny w Biurze Celnym, Licencjonowania i Kontroli Eksportu.
 Ostatni raz był online w mediach społecznościowych w listopadzie 2024 r.</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-07 00:18:46</t>
+  </si>
+  <si>
+    <t>Yevgeny Vladimirovich Strielchien</t>
+  </si>
+  <si>
+    <t>18 listopada 1985</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Grodna został zatrzymany za rozpowszechnianie materiałów ekstremistycznych i danych osobowych ponad 2000 policjantów w 2020 roku. Brał udział w protestach po wyborach. Zarządzał stroną Grodno for Life na Instagramie.</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2022-08-11 22:52:15</t>
+  </si>
+  <si>
+    <t>Nikolay Sergeevich Bunevich</t>
+  </si>
+  <si>
+    <t>18 listopada 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
   </si>
   <si>
     <t>Sergei Vladimirovich Bely</t>
   </si>
   <si>
     <t>18 listopada 1972</t>
   </si>
   <si>
     <t>Siergiej pochodzi z Chersonia na Ukrainie, ale prawie całe życie mieszkał na Białorusi. Przez całe życie pracował w różnych zawodach robotniczych. Ma dwoje małoletnich dzieci.
 Mężczyzna został zatrzymany w lutym 2023 roku. W prorządowym nagraniu wideo twierdzi, że zamieszczał komentarze na Telegramie i zarejestrował się w chatbocie Plan Peramoga. Został skazany po raz pierwszy w październiku 2023 roku za „podżeganie do nienawiści społecznej” (art. 130, część 1 Kodeksu karnego).
 W dniu 08.12.2023 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.
 Kolejny proces Siergieja rozpocznie się 27 września 2024 roku w Sądzie Miejskim w Mińsku. Został oskarżony na podstawie czterech artykułów: „udziału w grupie ekstremistycznej” (część 3 artykułu 361-1 Kodeksu karnego), „podżegania do innej nienawiści społecznej” (część 1 artykułu 130 Kodeksu karnego), „znieważenia funkcjonariusza państwowego” (art. 369 Kodeksu karnego) oraz „znieważenia Łukaszenki” (część 1 artykułu 368 Kodeksu karnego). Siergiejowi grozi do pięciu lat więzienia, oprócz kary za poprzedni wyrok.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.12.2023: wyrok został podtrzymany. Decyzja sądu 27.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.12.2024: nieznany. Decyzja sądu 04.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
-    <t>Nikolay Sergeevich Bunevich</t>
-[...23 lines deleted...]
-    <t>Ilya Anatolyevich Boriskevich</t>
+    <t>Alexander Timofeevich Maryasov</t>
   </si>
   <si>
     <t>19 listopada 1987</t>
-  </si>
-[...4 lines deleted...]
-    <t>Alexander Timofeevich Maryasov</t>
   </si>
   <si>
     <t>Aleksander został aresztowany i skazany za zatrzymanie pociągu towarowego, namalowanie czerwonych pasów na kasetonach reklamowych, przebicie opon radiowozu policjanta, podpalenie kiosku Tabakerka i posługiwanie się materiałami łatwopalnymi. Swoje działania tłumaczył protestem przeciwko sytuacji w kraju po wyborach prezydenckich 9 sierpnia 2020 roku, a w szczególności przeciwko bezpodstawnym zatrzymaniom i torturom stosowanym przez siły bezpieczeństwa.
 Obywatel Federacji Rosyjskiej.</t>
   </si>
   <si>
     <t>Decyzja sądu 07.06.2021: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.08.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 01:26:23</t>
   </si>
   <si>
-    <t>Dmitry Vasilievich Zagolovets</t>
-[...12 lines deleted...]
-    <t>2023-01-24 02:22:31</t>
+    <t>Ilya Anatolyevich Boriskevich</t>
+  </si>
+  <si>
+    <t>2026-01-03 16:36:01</t>
   </si>
   <si>
     <t>Basil Mikhailovich Yakimov</t>
   </si>
   <si>
     <t>19 listopada 1999</t>
   </si>
   <si>
     <t>Młody mężczyzna przed aresztowaniem pracował jako kierowca ciężarówki, wcześniej ukończył szkołę zawodową w Osmianach jako kierowca.
 Jak podaje strona internetowa Prokuratury Generalnej, od kwietnia do listopada 2022 r. Jakimow wyrażał chęć, a następnie sygnalizował zamiar wstąpienia do jednego z oddziałów batalionu (pułku) imienia Kastusia Kalinouskiego.
 W tym celu miał podać swoje dane osobowe w celu przyjęcia do formacji zbrojnej. Jednocześnie zbierał informacje o miejscach zakupu amunicji wojskowej, umundurowania i innego sprzętu do wykorzystania w warunkach bojowych.</t>
   </si>
   <si>
     <t>2 lata pozbawienia wolności w kolonii karnej w warunkach reżimu og&amp;oacute;lnego.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
+    <t>Dmitry Vasilievich Zagolovets</t>
+  </si>
+  <si>
+    <t>19 listopada 1982</t>
+  </si>
+  <si>
+    <t>Jak podają prorządowe telegramy, został zatrzymany za liczne komentarze na portalach społecznościowych.
+W dniu 31 października 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>3,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-01-24 02:22:31</t>
+  </si>
+  <si>
+    <t>Alexander Svetoslavovich Pimoshenko</t>
+  </si>
+  <si>
+    <t>20 listopada 1984</t>
+  </si>
+  <si>
+    <t>Aleksandr został skazany na podstawie artykułu „Organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub aktywny udział w nich” za udział w protestach, które odbyły się w Mińsku w 2020 r., i skazany na ograniczenie wolności oraz umieszczenie w zakładzie karnym o charakterze otwartym.</t>
+  </si>
+  <si>
+    <t>IUOT-47, Mścisław, ul. Kalinina, 31</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.02.2023: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 12.05.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-03-02 18:47:45</t>
+  </si>
+  <si>
+    <t>Vadim Vyacheslavovich Navtsenya</t>
+  </si>
+  <si>
+    <t>20 listopada 1986</t>
+  </si>
+  <si>
+    <t>Natomiast, jak wynika z komunikatu sądu , Navtsenie postawiono zarzuty z art. 342 za udział w protestach, które odbyły się w Pińsku w dniach 9–10 sierpnia 2020 r. Ponadto zarzucono mu pisanie w Internecie obraźliwych komentarzy na temat A. Łukaszenki w 2022 r. , o pewnym „urzędniku zajmującym odpowiedzialne stanowisko”, a także o tym, że w 2022 r. pisał „podżegające do wrogości” komentarze pod adresem sił bezpieczeństwa. Do „dyskredytacji Białorusi” doszło także w Internecie: w listopadzie 2022 r. mężczyzna „zamieścił negatywny komentarz, który wywołał negatywne postrzeganie stanu wojennego” na Białorusi.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych, 200 jednostek bazowych kary. Apelacja 03.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-23 23:25:00</t>
+  </si>
+  <si>
     <t>Irina Mikhailovna Shumeiko</t>
   </si>
   <si>
     <t>20 listopada 1989</t>
   </si>
   <si>
     <t>2025-08-02 14:00:41</t>
-  </si>
-[...31 lines deleted...]
-    <t>2023-03-02 18:47:45</t>
   </si>
   <si>
     <t>Alexey Igorevich Kerdol</t>
   </si>
   <si>
     <t>21 listopada 1991</t>
   </si>
   <si>
     <t>W ostatnich latach Aleksiej pracował jako barista w Grodnie. Od 2020 roku prowadzi również małą firmę, której zakres działalności określa się jako „zapewnianie zakwaterowania na terenie kempingów i obozowisk”.
 Zatrzymany w celu złożenia komentarzy.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-07-30 10:29:58</t>
-  </si>
-[...15 lines deleted...]
-    <t>2024-12-12 12:38:24</t>
   </si>
   <si>
     <t>Sergey Ivanovich Salazhentsau</t>
   </si>
   <si>
     <t>22 listopada 1982</t>
   </si>
   <si>
     <t>Po ukończeniu szkoły średniej rozpoczął studia na Wydziale Matematyki Stosowanej i Informatyki Uniwersytetu Stanowego w BSU. Od 2005 roku pracuje w branży IT.
 Pod koniec 2021 roku Solozhentsev przeprowadził się do Warszawy. Tam założył indywidualną działalność gospodarczą i podjął pracę w RunMyLease, gdzie zajmuje stanowisko Tech Lead.
 Głównym hobby Siergieja jest taniec towarzyski. W 2024 roku wraz z partnerem zdobył dwa złote i jeden srebrny medal na zawodach tanecznych w Polsce w kategorii 40+.
 Następnie Siergiej wrócił na Białoruś. Nie wiadomo, kiedy dokładnie to nastąpiło, ale ostatni raz kontaktował się pod koniec października 2024 roku. Proces informatyka odbył się w Sądzie Obwodowym w Grodnie. Sądząc po tym, że po procesie Sołożencew nie pojawił się w sieci, został skazany na karę kolonii karnej.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-06-15 16:41:12</t>
   </si>
   <si>
+    <t>Alexander Alexandrovich Darakupec</t>
+  </si>
+  <si>
+    <t>22 listopada 1980</t>
+  </si>
+  <si>
+    <t>44-letni mieszkaniec Iwanowa Aleksandr Dorogupiec został oskarżony o przekazanie co najmniej 11 tysięcy rubli w gotówce i kryptowalucie „grupom ekstremistycznym”, w tym Pułkowi Kalinowskiego.
+W toku śledztwa w sprawie karnej mężczyzna „dobrowolnie przekazał” 600 tys. dolarów amerykańskich na rzecz szkoły z internatem dla dzieci niepełnosprawnych ze szczególnymi potrzebami rozwoju psychofizycznego w Czerwieniu, szkoły z internatem dla dzieci niepełnosprawnych ze szczególnymi potrzebami rozwoju fizycznego w Iweńcu oraz Republikańskiego Centrum Organizacji Pomocy Medycznej.
+2 kwietnia 2025 r. ONT wyemitowało kolejną propagandową opowieść „Shadows. The Price of Terror”, która opowiadała o prześladowaniach ludzi za darowizny i zatrzymanych za finansowanie organizacji uznanych przez władze za „ekstremistyczne” lub „terrorystyczne”. W filmie pokazano kilka osób skazanych i tych, którzy wciąż czekają na proces. Zgodnie z fabułą, Aleksander został skazany m.in. za darowizny na pułk Kalinowskiego, BySol i różne źródła informacji. Propagandyści powołują się na 18 darowizn na łączną kwotę co najmniej trzech tysięcy euro.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.01.2025: 5 lata 5 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 50000 jednostek bazowych kary. Apelacja 18.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:38:24</t>
+  </si>
+  <si>
     <t>Maxim Vitalievich Myslivets</t>
   </si>
   <si>
     <t>22 listopada 1997</t>
   </si>
   <si>
     <t>Decyzja sądu 14.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-23 20:30:12</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Nikitin</t>
   </si>
   <si>
     <t>23 listopada 1977</t>
   </si>
   <si>
     <t>Włodzimierz prowadził szkolenia i kursy edukacyjne z zakresu zarządzania finansami dla firm. Jego ostatnią znaną pracą była praca na stanowisku kontrolera finansowego w Belkanton Group, dużej firmie zajmującej się dystrybucją artykułów biurowych, która jest między innymi właścicielem sieci sklepów Afiston i magazynu Office Life. Sądząc po Linkedin, Vladimir zrezygnował z pracy nie później niż w lipcu 2023 r. Prawdopodobnie został zatrzymany po powrocie na Białoruś po wakacjach. Z dniem 5 listopada 2023 roku działalność przedsiębiorcy indywidualnego została zawieszona.
 W domu czeka syn Włodzimierza (12 lat).
 W dniu 19 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-24 22:55:43</t>
   </si>
   <si>
     <t>Dmitry Anatolyevich Vdovin</t>
   </si>
   <si>
     <t>23 listopada 1969</t>
   </si>
   <si>
     <t>Dmitry zaczynał w latach 90. w Borysowie. Po 1998 r. przeszedł do wydziału śledczego Wydziału Spraw Wewnętrznych Miasta Żodino, gdzie w latach 2004–2012 był jego kierownikiem. Następnie pracował w Komisji Śledczej i stamtąd przeszedł na emeryturę. Po przejściu na emeryturę pracował w mleczarni Smolevichi i był zastępcą miejskim w Żodino.
 W 2020 r. on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi.
 „Wykonując polecenia swoich przełożonych, możesz zostać współsprawcą przestępstwa. Nie możesz bić ludzi, którzy po prostu wracają z pracy na nocną zmianę. &lt;…&gt; Znam przypadki, gdy ludzie byli zatrzymywani bez powodu i okazali się niepotrzebni okrucieństwo – nie róbcie tego” – zaapelował Vdovin.
 Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Alexander Vyacheslavovich Khmyl</t>
-[...18 lines deleted...]
-    <t>24 listopada 1999</t>
+    <t>Aliaksandr Kanash</t>
+  </si>
+  <si>
+    <t>24 listopada 2001</t>
   </si>
   <si>
     <t>Nie wiadomo</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
   </si>
   <si>
     <t>Andrey Viktorovich Yaroshevich</t>
   </si>
   <si>
     <t>25 listopada 1983</t>
   </si>
   <si>
     <t>2025-09-23 14:58:07</t>
   </si>
   <si>
     <t>Vladimir Nikolaevich Romanovsky</t>
   </si>
   <si>
     <t>25 listopada 1975</t>
   </si>
   <si>
     <t>Ze względu na zamknięty charakter rozprawy, istota sprawy nie jest jeszcze znana. Wiadomo jedynie, że Władimir Romanowski został zatrzymany w Bobrujsku podczas akcji „karmienia gołębi”, która odbyła się 9 maja 2020 r. Następnie policja zatrzymała w mieście około 15 osób.
 Zgodnie z wyrokiem Romanowski został uznany za winnego publicznego znieważenia Łukaszenki w mediach społecznościowych i skazany na karę więzienia.
 W dniu 02.06.2024 roku apelacja sądu została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>2 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-11-14 19:10:00</t>
   </si>
   <si>
-    <t>Eugene Semenovich Kladov</t>
+    <t>Yauheni Kladau</t>
   </si>
   <si>
     <t>26 listopada 1982</t>
   </si>
   <si>
     <t>Zdaniem prokuratury Evgeniy Kladov na portalu społecznościowym Odnoklassniki, na swojej tablicy profilowej, dostępnej do wglądu dla innych użytkowników, „licząc się w późniejszym dostrzeżeniu przez innych obraźliwych informacji”, świadomy publicznego i upokarzającego charakteru swojej publikacji, celowo zamieścił wizerunek sprzeczny z powszechną moralnością i normami postępowania, przyjętymi w społeczeństwie, tym samym publicznie umyślnie poniżając honor i godność osobowości Łukaszenki w związku ze sprawowaniem przez niego władzy, wyrażonej w nieprzyzwoitej formie”.
 W tej sprawie mamy dwa podobne epizody.
 Na rozprawie Kladow w rzeczywistości nie przyznał się do winy i wskazał, że na swojej stronie przypadkowo umieścił, w domenie publicznej dla wszystkich użytkowników, zdjęcia Łukaszenki, które oglądał wcześniej w Internecie, zrobił to nieumyślnie, nie wiedział; że te obrazy zostaną zapisane w kanale jego strony, po jego znaku „klasy”.
 12 lipca 2024 r. poinformowano, że Jewgienij znalazł się na liście osób zaangażowanych w działalność terrorystyczną jako oskarżonych na podstawie kolejnych trzech artykułów: art. 130, 361 i 293 Kodeksu karnego Republiki Białorusi. Najwyraźniej Evgeniy został oskarżony o nowy.</t>
   </si>
   <si>
     <t>1 rok więzienia w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
+    <t>Ilya Vladimirovich Sobko</t>
+  </si>
+  <si>
+    <t>27 listopada 1995</t>
+  </si>
+  <si>
+    <t>Zdaniem sądu istota postawionego wszystkim zarzutu polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.09.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-28 20:19:30</t>
+  </si>
+  <si>
     <t>Sergey Viktorovich Lyakhnovich</t>
   </si>
   <si>
     <t>27 listopada 1978</t>
   </si>
   <si>
     <t>Dyrektor firmy logistycznej. Oskarżony o atak na stronę internetową BSMU jesienią 2020 roku.
 "Nie wiem! Do mojej latarni oceniają - oceniają poprawnie, a ja nie chcę wiedzieć! ”- powiedział ojciec Siergieja, Wiktor Lachnowicz.</t>
   </si>
   <si>
     <t>Decyzja sądu 24.03.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.06.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-03-18 19:47:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-28 20:19:30</t>
   </si>
   <si>
     <t>Andrey Kudik</t>
   </si>
   <si>
     <t>27 listopada 1984</t>
   </si>
   <si>
     <t>Działacz Wilejki. Od 9 sierpnia 2021 r. przebywał „24 godziny” na izolatkach Smolewicz i Wilejka. W dniu 20.10.2021 dowiedziała się , że został umieszczony w Areszcie Tymczasowym w Akrestsinie i wszczęto przeciwko niemu postępowanie karne.
 W dniu 18 lipca 2023 r. został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
 15 lutego 2024 roku działaczka przestała się komunikować. Później okazało się , że Kudik przebywa w miejscowym areszcie tymczasowym, gdzie odbywa 15 dni aresztu administracyjnego. Nie został on jednak zwolniony po odbyciu kary; przebywał w areszcie w ramach sprawy karnej.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>4 lata więzienia w kolonii o zaostrzonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2021-10-20 18:14:57</t>
+  </si>
+  <si>
+    <t>Arthur Vladimirovich Pedko</t>
+  </si>
+  <si>
+    <t>28 listopada 1979</t>
+  </si>
+  <si>
+    <t>Artur przez długi czas pracował w sieciach elektroenergetycznych – najpierw jako inżynier w Belenergosetproekt, a następnie w Minskenergo. Artur jest oskarżony o przekazanie danych osobowych ponad 500 urzędników za pośrednictwem kanału telegramu.</t>
+  </si>
+  <si>
+    <t>2022-11-28 23:42:54</t>
+  </si>
+  <si>
+    <t>Georgiy Adamovich Cherevako</t>
+  </si>
+  <si>
+    <t>28 listopada 1968</t>
+  </si>
+  <si>
+    <t>Georgy Cherevako został zatrzymany w sierpniu, gdy wracał ze Stanów Zjednoczonych. Został skazany za darowiznę w wysokości 21,29 dolarów, którą przesłał ze swojego konta PayPal na rzecz Pułku Kalinowskiego. Do konta, z którego pobierano środki, powiązano kartę białoruską. Władze uznały, że były to celowe działania „w celu finansowania działań związanych z werbowaniem, szkoleniem i innym przygotowaniem” osób do konfliktu zbrojnego na Ukrainie.
+Na rozprawie zeznał, że dobrowolnie powiedział zatrzymującym go funkcjonariuszom, że subskrybuje liczne „ekstremistyczne” kanały telegramów oraz przyznał, że dokonał przelewu na konto Polka Kalinowskiego.
+Sam podał pracownikom hasła umożliwiające wejście do systemu płatności. Powiedział, że przekazał darowiznę, ponieważ miał nadzieję, że te środki zostaną przeznaczone na zakup hełmów, kamizelek kuloodpornych i leków, ale rozumie, że oni wykorzystają je według własnego zrozumienia i m.in. zakupią broń i amunicję za ich.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.12.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2023-12-22 01:24:42</t>
   </si>
   <si>
     <t>Gennady Stanislavovich Savritsky</t>
   </si>
   <si>
     <t>28 listopada 1963</t>
   </si>
   <si>
     <t>Przedsiębiorca. Prowadzi działalność gospodarczą pod nazwą JSC Anastan, dużą firmę zajmującą się produkcją styropianu.
 Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony danymi, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy wzywając do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego odczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia wyraził na nagraniu wideo swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.11.2024: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 07.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:18</t>
   </si>
   <si>
     <t>Sergey Sergeevich Pleshkun</t>
   </si>
   <si>
     <t>28 listopada 1987</t>
   </si>
   <si>
     <t>17 marca KGB poinformowało o aresztowaniu grupy Białorusinów, którzy przygotowywali atak terrorystyczny na wojska rosyjskie w rejonie Mozyrza.
 Jak wynika z akt sprawy , w okresie od sierpnia 2020 r. do lutego 2022 r. Pleskun i Selvich zakupili komponenty do produkcji koktajli Mołotowa oraz wyrób pirotechniczny, które przechowywali i przewozili w różnych pojazdach i miejscach w celu ich późniejszego wykorzystania w komisjach. aktu terrorystycznego, ataku na budynki, instytucje, pojazdy, a także funkcjonariuszy organów ścigania.
 Ponadto Pleshkun rzekomo sam sporządzał „koktajle Mołotowa” i wraz z Selvichem przygotowywał się do celowego niszczenia pojazdów i środków komunikacji, co może doprowadzić do śmierci człowieka, wypadku lub wypadku.
 Siergiej Pleshkun ma dwoje małych dzieci.</t>
   </si>
   <si>
     <t>16 lat więzienia w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
-    <t>Arthur Vladimirovich Pedko</t>
-[...10 lines deleted...]
-  <si>
     <t>Arthur Andreevich Radivanovich</t>
   </si>
   <si>
     <t>28 listopada 1992</t>
   </si>
   <si>
     <t>W toku śledztwa ustalono, że Artur Radziwanowicz „z własnej inicjatywy nawiązał korespondencję za pośrednictwem telegramu z przedstawicielami formacji zbrojnej „Pułk K. Kalinowskiego”. W trakcie rozmowy wyjaśnił tryb i warunki zaciągnięcia do pułku, a następnie zaplanował przekroczenie granicy państwowej Republiki Białoruś z Rzeczpospolitą Polską i dalszą drogę na Ukrainę. Przybywając 30 grudnia 2023 r. na międzynarodowe przejście kontrolne „Brześć” w celu przejazdu na Ukrainę przez terytorium Polski, oskarżony został zatrzymany przez funkcjonariuszy spraw wewnętrznych.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.05.2024: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-02 19:10:11</t>
-  </si>
-[...15 lines deleted...]
-    <t>2023-12-22 01:24:42</t>
   </si>
   <si>
     <t>Evgeniy Alexeyevich Verkhovodkin</t>
   </si>
   <si>
     <t>29 listopada 1988</t>
   </si>
   <si>
     <t>W sprawie odbyło się co najmniej dziewięć rozpraw. Na rozprawie było wielu świadków, którzy zeznawali przeciwko niemu. Jewgienij został oskarżony o administrowanie kanałem i nakłanianie Białorusinów do udziału w protestach, redagowanie postów itp.</t>
   </si>
   <si>
     <t>Decyzja sądu 27.07.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.11.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-12-26 20:32:52</t>
   </si>
   <si>
     <t>Sergey Leonidovich Tsvikevich</t>
   </si>
   <si>
     <t>29 listopada 1980</t>
   </si>
   <si>
     <t>Mężczyzna całe życie związany był z biznesem. W 2002 roku otworzył swoją pierwszą jednoosobową działalność gospodarczą. Jednym z obszarów działalności tej jednoosobowej działalności był wynajem nieruchomości. Ostatnio Cwikiewicz pełnił funkcję dyrektora własnej firmy.
 Siergiej ma dwóch nieletnich synów.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.10.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-11-24 22:01:29</t>
   </si>
   <si>
     <t>Nikolai Ivanovich Galaluk</t>
   </si>
   <si>
     <t>29 listopada 1992</t>
   </si>
   <si>
     <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
   </si>
   <si>
     <t>Decyzja sądu 09.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-01-02 18:07:24</t>
   </si>
   <si>
+    <t>Vasily Vadimovich Bachko</t>
+  </si>
+  <si>
+    <t>30 listopada 1996</t>
+  </si>
+  <si>
+    <t>2025-08-18 23:08:15</t>
+  </si>
+  <si>
     <t>Alexander Stanislavovich Danilevich</t>
   </si>
   <si>
     <t>30 listopada 1974</t>
   </si>
   <si>
     <t>Rzecznik. Specjalizuje się w reprezentowaniu interesów klientów w międzynarodowym arbitrażu handlowym. Ojciec wielu dzieci.
 Na krótko przed aresztowaniem podpisał antywojenny apel prawników i prawników w sprawie działań na Ukrainie. Zaraz po podpisaniu listu przeciwko wojnie Danilewicz zaczął mieć problemy w adwokaturze – wszczęto postępowanie dyscyplinarne. Został także zwolniony z BSU, gdzie przez ponad 20 lat wykładał na Wydziale Stosunków Międzynarodowych. Sąd skazał go na 10 lat więzienia w kolonii karnej o zaostrzonym rygorze . Jednak po apelacji termin ten został skrócony do 6 lat.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii karnej o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2022-06-17 23:18:52</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-08-18 23:08:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1628,51 +1629,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1782,2123 +1783,2140 @@
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
-        <v>41</v>
+      <c r="C8" t="s">
+        <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
+        <v>43</v>
+      </c>
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
+        <v>52</v>
+      </c>
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H11" t="s">
         <v>63</v>
       </c>
       <c r="I11" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>65</v>
       </c>
       <c r="B12" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>66</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>67</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
         <v>70</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>27</v>
+      </c>
+      <c r="I13" t="s">
         <v>72</v>
-      </c>
-[...13 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
         <v>74</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>75</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>76</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="I14" t="s">
         <v>77</v>
-      </c>
-[...10 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>78</v>
+      </c>
+      <c r="B15" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>83</v>
+      </c>
+      <c r="B16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>57</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
         <v>85</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>86</v>
-      </c>
-[...16 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B17" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" t="s">
         <v>89</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
         <v>90</v>
       </c>
-      <c r="C17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>91</v>
       </c>
-      <c r="D17" t="s">
-[...11 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
         <v>94</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>95</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>102</v>
       </c>
-      <c r="F19" t="s">
-[...5 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
         <v>105</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
         <v>110</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>111</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="C22" t="s">
         <v>116</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
+        <v>57</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>117</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
         <v>120</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>121</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>123</v>
       </c>
       <c r="I23" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>125</v>
       </c>
       <c r="B24" t="s">
         <v>126</v>
       </c>
       <c r="C24" t="s">
         <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
+      <c r="H24" t="s">
+        <v>128</v>
+      </c>
       <c r="I24" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C26" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
+      <c r="E26" t="s">
+        <v>90</v>
+      </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="I27" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>144</v>
       </c>
       <c r="B28" t="s">
         <v>145</v>
       </c>
       <c r="C28" t="s">
         <v>146</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>147</v>
       </c>
       <c r="I28" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>149</v>
       </c>
       <c r="B29" t="s">
         <v>150</v>
       </c>
       <c r="C29" t="s">
         <v>151</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>152</v>
       </c>
       <c r="I29" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>154</v>
       </c>
       <c r="B30" t="s">
         <v>155</v>
       </c>
       <c r="C30" t="s">
         <v>156</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>157</v>
       </c>
       <c r="I30" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>159</v>
       </c>
       <c r="B31" t="s">
         <v>160</v>
       </c>
       <c r="C31" t="s">
         <v>161</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>162</v>
       </c>
-      <c r="F31" t="s">
-[...5 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C32" t="s">
         <v>166</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>162</v>
+        <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>167</v>
       </c>
       <c r="I32" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>169</v>
       </c>
       <c r="B33" t="s">
         <v>170</v>
       </c>
       <c r="C33" t="s">
         <v>171</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>172</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>62</v>
+        <v>172</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B35" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="C35" t="s">
         <v>181</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
+        <v>90</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>182</v>
       </c>
-      <c r="F35" t="s">
-[...5 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>184</v>
+      </c>
+      <c r="B36" t="s">
         <v>185</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>186</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>187</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="I36" t="s">
         <v>188</v>
-      </c>
-[...10 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>189</v>
+      </c>
+      <c r="B37" t="s">
+        <v>190</v>
+      </c>
+      <c r="C37" t="s">
+        <v>191</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>192</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>193</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>194</v>
-      </c>
-[...16 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>195</v>
+      </c>
+      <c r="B38" t="s">
+        <v>190</v>
+      </c>
+      <c r="C38" t="s">
+        <v>196</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
+        <v>197</v>
+      </c>
+      <c r="I38" t="s">
         <v>198</v>
-      </c>
-[...22 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>199</v>
+      </c>
+      <c r="B39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" t="s">
+        <v>201</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>202</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
+        <v>203</v>
+      </c>
+      <c r="I39" t="s">
         <v>204</v>
-      </c>
-[...19 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>205</v>
+      </c>
+      <c r="B40" t="s">
+        <v>206</v>
+      </c>
+      <c r="C40" t="s">
+        <v>207</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
         <v>208</v>
       </c>
-      <c r="B40" t="s">
+      <c r="F40" t="s">
+        <v>112</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
         <v>209</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>210</v>
-      </c>
-[...16 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>211</v>
+      </c>
+      <c r="B41" t="s">
+        <v>212</v>
+      </c>
+      <c r="C41" t="s">
         <v>213</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>21</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="C41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...16 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
+        <v>217</v>
+      </c>
+      <c r="C42" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>62</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="I42" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B43" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
         <v>21</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="I43" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>225</v>
+      </c>
+      <c r="B44" t="s">
+        <v>226</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>227</v>
       </c>
-      <c r="B44" t="s">
+      <c r="I44" t="s">
         <v>228</v>
-      </c>
-[...16 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>229</v>
+      </c>
+      <c r="B45" t="s">
+        <v>230</v>
+      </c>
+      <c r="C45" t="s">
+        <v>231</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>232</v>
       </c>
-      <c r="B45" t="s">
+      <c r="I45" t="s">
         <v>233</v>
-      </c>
-[...19 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>234</v>
+      </c>
+      <c r="B46" t="s">
+        <v>235</v>
+      </c>
+      <c r="C46" t="s">
+        <v>236</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>112</v>
+      </c>
+      <c r="G46" t="s">
+        <v>37</v>
+      </c>
+      <c r="H46" t="s">
         <v>237</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>238</v>
-      </c>
-[...16 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>239</v>
+      </c>
+      <c r="B47" t="s">
+        <v>240</v>
+      </c>
+      <c r="C47" t="s">
+        <v>241</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>62</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>242</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>243</v>
-      </c>
-[...19 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>244</v>
+      </c>
+      <c r="B48" t="s">
+        <v>245</v>
+      </c>
+      <c r="C48" t="s">
+        <v>246</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
+        <v>197</v>
+      </c>
+      <c r="I48" t="s">
         <v>247</v>
-      </c>
-[...19 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>248</v>
+      </c>
+      <c r="B49" t="s">
+        <v>249</v>
+      </c>
+      <c r="C49" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="I49" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>253</v>
+      </c>
+      <c r="B50" t="s">
+        <v>254</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" t="s">
+        <v>85</v>
+      </c>
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>256</v>
+      </c>
+      <c r="B51" t="s">
+        <v>257</v>
+      </c>
+      <c r="C51" t="s">
         <v>258</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>32</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
         <v>259</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>261</v>
+      </c>
+      <c r="B52" t="s">
         <v>262</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>263</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
         <v>264</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>266</v>
+      </c>
+      <c r="B53" t="s">
+        <v>262</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>95</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
+        <v>197</v>
+      </c>
+      <c r="I53" t="s">
         <v>267</v>
-      </c>
-[...22 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>268</v>
+      </c>
+      <c r="B54" t="s">
+        <v>269</v>
+      </c>
+      <c r="C54" t="s">
+        <v>270</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>172</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
+        <v>271</v>
+      </c>
+      <c r="I54" t="s">
         <v>272</v>
-      </c>
-[...19 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>273</v>
+      </c>
+      <c r="B55" t="s">
+        <v>274</v>
+      </c>
+      <c r="C55" t="s">
         <v>275</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>57</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>276</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>277</v>
-      </c>
-[...13 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>278</v>
+      </c>
+      <c r="B56" t="s">
+        <v>279</v>
+      </c>
+      <c r="C56" t="s">
         <v>280</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
         <v>281</v>
       </c>
-      <c r="C56" t="s">
+      <c r="F56" t="s">
+        <v>112</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>282</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>284</v>
+      </c>
+      <c r="B57" t="s">
+        <v>285</v>
+      </c>
+      <c r="C57" t="s">
         <v>286</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
         <v>287</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>288</v>
-      </c>
-[...16 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>289</v>
+      </c>
+      <c r="B58" t="s">
+        <v>290</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>21</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
+        <v>96</v>
+      </c>
+      <c r="I58" t="s">
         <v>291</v>
-      </c>
-[...22 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>292</v>
+      </c>
+      <c r="B59" t="s">
+        <v>293</v>
+      </c>
+      <c r="C59" t="s">
+        <v>294</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>192</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
+        <v>295</v>
+      </c>
+      <c r="I59" t="s">
         <v>296</v>
-      </c>
-[...19 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>297</v>
+      </c>
+      <c r="B60" t="s">
+        <v>298</v>
+      </c>
+      <c r="C60" t="s">
+        <v>299</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>300</v>
+      </c>
+      <c r="I60" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>302</v>
+      </c>
+      <c r="B61" t="s">
+        <v>303</v>
+      </c>
+      <c r="C61" t="s">
+        <v>304</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>192</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
         <v>305</v>
       </c>
-      <c r="B61" t="s">
+      <c r="I61" t="s">
         <v>306</v>
-      </c>
-[...19 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>307</v>
+      </c>
+      <c r="B62" t="s">
+        <v>308</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>32</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
+        <v>309</v>
+      </c>
+      <c r="I62" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>311</v>
+      </c>
+      <c r="B63" t="s">
+        <v>312</v>
+      </c>
+      <c r="C63" t="s">
+        <v>313</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
+        <v>314</v>
+      </c>
+      <c r="I63" t="s">
         <v>315</v>
-      </c>
-[...22 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>316</v>
+      </c>
+      <c r="B64" t="s">
+        <v>317</v>
+      </c>
+      <c r="C64" t="s">
+        <v>318</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
+        <v>319</v>
+      </c>
+      <c r="I64" t="s">
         <v>320</v>
-      </c>
-[...16 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>321</v>
+      </c>
+      <c r="B65" t="s">
+        <v>322</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>37</v>
+      </c>
+      <c r="H65" t="s">
+        <v>323</v>
+      </c>
+      <c r="I65" t="s">
         <v>324</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>325</v>
+      </c>
+      <c r="B66" t="s">
+        <v>326</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>95</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="I66" t="s">
         <v>327</v>
-      </c>
-[...22 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>328</v>
+      </c>
+      <c r="B67" t="s">
+        <v>329</v>
+      </c>
+      <c r="C67" t="s">
+        <v>330</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>62</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
+        <v>331</v>
+      </c>
+      <c r="I67" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>333</v>
+      </c>
+      <c r="B68" t="s">
+        <v>334</v>
+      </c>
+      <c r="C68" t="s">
+        <v>335</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
+        <v>336</v>
+      </c>
+      <c r="I68" t="s">
         <v>337</v>
-      </c>
-[...22 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>338</v>
+      </c>
+      <c r="B69" t="s">
+        <v>339</v>
+      </c>
+      <c r="C69" t="s">
+        <v>340</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
+        <v>341</v>
+      </c>
+      <c r="I69" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>343</v>
+      </c>
+      <c r="B70" t="s">
+        <v>344</v>
+      </c>
+      <c r="C70" t="s">
+        <v>345</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>32</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
+        <v>346</v>
+      </c>
+      <c r="I70" t="s">
         <v>347</v>
-      </c>
-[...22 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>348</v>
+      </c>
+      <c r="B71" t="s">
+        <v>349</v>
+      </c>
+      <c r="C71" t="s">
+        <v>350</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>351</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
+        <v>352</v>
+      </c>
+      <c r="I71" t="s">
         <v>353</v>
-      </c>
-[...22 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B72" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C72" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>361</v>
+        <v>242</v>
       </c>
       <c r="I72" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B73" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="C73" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>235</v>
+        <v>361</v>
       </c>
       <c r="I73" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>363</v>
+      </c>
+      <c r="B74" t="s">
+        <v>364</v>
+      </c>
+      <c r="C74" t="s">
+        <v>365</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>366</v>
+      </c>
+      <c r="I74" t="s">
         <v>367</v>
-      </c>
-[...22 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>368</v>
+      </c>
+      <c r="B75" t="s">
+        <v>369</v>
+      </c>
+      <c r="C75" t="s">
+        <v>370</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>90</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>371</v>
+      </c>
+      <c r="I75" t="s">
         <v>372</v>
-      </c>
-[...22 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>373</v>
+      </c>
+      <c r="B76" t="s">
+        <v>374</v>
+      </c>
+      <c r="C76" t="s">
+        <v>375</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>62</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
+        <v>376</v>
+      </c>
+      <c r="I76" t="s">
         <v>377</v>
-      </c>
-[...22 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>378</v>
+      </c>
+      <c r="B77" t="s">
+        <v>379</v>
+      </c>
+      <c r="C77" t="s">
+        <v>380</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>32</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
+        <v>381</v>
+      </c>
+      <c r="I77" t="s">
         <v>382</v>
-      </c>
-[...19 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>383</v>
+      </c>
+      <c r="B78" t="s">
+        <v>384</v>
+      </c>
+      <c r="C78" t="s">
+        <v>385</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
+        <v>386</v>
+      </c>
+      <c r="I78" t="s">
         <v>387</v>
-      </c>
-[...19 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>388</v>
+      </c>
+      <c r="B79" t="s">
+        <v>389</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>390</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>391</v>
+      </c>
+      <c r="I79" t="s">
         <v>392</v>
-      </c>
-[...22 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>393</v>
+      </c>
+      <c r="B80" t="s">
+        <v>394</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
+        <v>197</v>
+      </c>
+      <c r="I80" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>396</v>
+      </c>
+      <c r="B81" t="s">
         <v>397</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C81" t="s">
         <v>398</v>
       </c>
-      <c r="D80" t="s">
-[...11 lines deleted...]
-      <c r="I80" t="s">
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>32</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" t="s">
         <v>399</v>
+      </c>
+      <c r="I81" t="s">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">