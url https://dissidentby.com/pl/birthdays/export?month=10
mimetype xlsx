--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,297 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
   </si>
   <si>
+    <t>Eugen Olegovich Demenev</t>
+  </si>
+  <si>
+    <t>1 października 1988</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.11.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:29:44</t>
+  </si>
+  <si>
     <t>Oleg Vladimirovich Kulpanovich</t>
   </si>
   <si>
     <t>1 października 1965</t>
   </si>
   <si>
     <t>Olega zatrzymano za komentarze w mediach społecznościowych w agromiasteczku Kołodyszcze w obwodzie mińskim.</t>
   </si>
   <si>
-    <t>mężczyzna</t>
-[...1 lines deleted...]
-  <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
-    <t>W więzieniu</t>
-[...4 lines deleted...]
-  <si>
     <t>Decyzja sądu 17.06.2025: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-30 17:01:45</t>
-  </si>
-[...45 lines deleted...]
-    <t>2022-11-03 21:04:56</t>
   </si>
   <si>
     <t>Paul Valerievich Makarenko</t>
   </si>
   <si>
     <t>3 października 1980</t>
   </si>
   <si>
     <t>Mężczyzna nie przyznał się do winy. Oprócz kary więzienia sędzia postanowił skonfiskować telefon komórkowy Makarenko, który posłużył „jako środek do popełnienia przestępstwa” na rzecz państwa.
 Wiadomo, że apelacja odbyła się 7 maja 2024 r. i utrzymała w mocy wyrok.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 07.03.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-23 21:33:52</t>
   </si>
   <si>
+    <t>Yuri Olegovich Zаlаtukhin</t>
+  </si>
+  <si>
+    <t>4 października 1989</t>
+  </si>
+  <si>
+    <t>Jurij został zatrzymany prawdopodobnie pod koniec września 2024 r. Następnie został skazany na podstawie art. 19.11 Kodeks wykroczeń administracyjnych (dystrybucja materiałów ekstremistycznych). Po 15 dniach odbył się ponownie proces na podstawie tego samego artykułu, więc najprawdopodobniej został dwukrotnie aresztowany, po czym został ponownie aresztowany w ramach sprawy karnej.
+Sądząc po sieciach społecznościowych, żona Jurija jest Ukrainką. Wiadomo, że Jurij przez jakiś czas pracował na budowie, jednak nie ma informacji o jego ostatnim miejscu pracy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-27 15:48:38</t>
+  </si>
+  <si>
+    <t>Novel Anatolyevich Kantsavy</t>
+  </si>
+  <si>
+    <t>4 października 1975</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-25 16:40:11</t>
+  </si>
+  <si>
     <t>Sergey Fedorovich Petrushenko</t>
   </si>
   <si>
     <t>4 października 1986</t>
   </si>
   <si>
     <t>Siergiej, były szef wydziału RUE „Mińska Miejska Agencja ds. Państwowej Rejestracji i Katastru Ziemskiego”, został aresztowany w czerwcu 2021 r. w związku z publikacją danych osobowych pracowników Smorgońskiego Rejonowego Departamentu Spraw Wewnętrznych na kanale Telegram. Według prokuratury od jesieni 2020 r. do lutego 2021 r. przekazał administratorom kanałów Telegram dane osobowe ponad dziesięciu pracowników Ministerstwa Spraw Wewnętrznych i urzędników państwowych.
 W sierpniu 2022 r. Siergiej został uznany winnym kilku zarzutów karnych, w tym „nadużycia władzy lub uprawnień służbowych” i skazany na karę pozbawienia wolności z pozbawieniem prawa do zajmowania stanowisk związanych z wykonywaniem obowiązków organizacyjnych i administracyjnych przez okres 5 lat.</t>
   </si>
   <si>
     <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
   </si>
   <si>
     <t>Decyzja sądu 03.08.2022: 6 lata 6 miesiące więzienia w kolonii na warunkach ogólnych, pozbawienie prawa do zajmowania określonych stanowisk lub prowadzenia określonej działalności. Apelacja 14.10.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-06-11 20:30:00</t>
-  </si>
-[...29 lines deleted...]
-    <t>2024-09-09 20:10:37</t>
   </si>
   <si>
     <t>Eugene Ivanovich Gruk</t>
   </si>
   <si>
     <t>6 października 1991</t>
   </si>
   <si>
     <t>Według KGB, Jewhen Gruk i Wiktor Jaskich zostali skazani na podstawie artykułu 289 Kodeksu karnego (akt terrorystyczny) i artykułu 295 Kodeksu karnego (nielegalne działania z użyciem broni palnej, amunicji i materiałów wybuchowych). O ich aresztowaniu poinformowano na początku kwietnia 2024 roku w raporcie ONT. Według propagandzistów siły bezpieczeństwa zatrzymały co najmniej 12 osób, w tym Gruka i Jaskicha, oskarżonych o przemyt materiałów wybuchowych i planowanie ataków terrorystycznych. Według reportera, Gruk był informatorem SBU: fotografował sprzęt wojskowy i przekazywał jego współrzędne. Następnie Grukowi wydano rozkaz wydobycia materiałów wybuchowych z kryjówki. Jaskich zawiózł go do kryjówki. Następnie obaj mieli rozprowadzić materiały wybuchowe z kryjówki do nowych kryjówek. Raport nie wyjaśnia motywów tej akcji. Żona Jewhena, Lidia Gruk, również została zatrzymana, ale jej los jest nieznany. Autorzy artykułu podają, że w rodzinie pozostało czworo małych dzieci.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 24 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-09 15:11:24</t>
   </si>
   <si>
     <t>Tatiana Fedorovna Staseva</t>
   </si>
   <si>
     <t>6 października 1966</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
   </si>
   <si>
     <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Evgeny Genrikhovich Blokhinskiy</t>
   </si>
   <si>
     <t>6 października 1997</t>
   </si>
   <si>
     <t>Jewgienij został zatrzymany 18 stycznia 2022 r., gdy przybył do Grodna z Niemiec.
 Jewgienij powiedział przed kamerą siłom bezpieczeństwa, że w 2020 r. był członkiem czatów uznanych za ekstremistyczne, gdzie wzywał do masowych zamieszek, zabijania policjantów i podpalania sklepów Tabakerok.
 Jewgienij ma rodzinę w Danii.</t>
   </si>
   <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
     <t>Decyzja sądu 04.05.2022: 7 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-05-02 14:33:00</t>
-  </si>
-[...15 lines deleted...]
-    <t>2025-07-01 11:35:46</t>
   </si>
   <si>
     <t>Andrey Mikhailovich Bakurenko</t>
   </si>
   <si>
     <t>8 października 1981</t>
   </si>
   <si>
     <t>Zatrzymany w 2025 r. z powodów politycznych.
 W październiku 2020 roku czterech oficerów rezerwy zwróciło się do funkcjonariuszy organów ścigania, wzywając ich do refleksji, zachowania honoru i ochrony ludzi. W nagraniu wzięli udział oficerowie rezerwy: major Andriej Diczko, podpułkownik Siergiej Bend, podpułkownik Siergiej Szpak i major Andriej Bakurenko .</t>
   </si>
   <si>
-    <t>Decyzja sądu 21.10.2025: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary.</t>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.10.2025: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 31.12.2025: wysłano do sprawdzenia.</t>
   </si>
   <si>
     <t>2025-11-03 13:49:43</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Zaitsev</t>
   </si>
   <si>
     <t>8 października 1982</t>
   </si>
   <si>
     <t>Zatrzymany 22 sierpnia 2021 r. w pobliżu daczy prezesa Sądu Najwyższego Republiki Białoruś Sukało V.O. za usiłowanie podpalenia. Być może sprowokował go oficer KGB.</t>
   </si>
   <si>
     <t>10 lat więzienia w warunkach zaostrzonego reżimu.</t>
   </si>
   <si>
     <t>2021-12-22 19:23:43</t>
   </si>
   <si>
     <t>Yuri Selivestrovich Khlebovets</t>
   </si>
   <si>
     <t>9 października 1982</t>
   </si>
@@ -317,1121 +271,1081 @@
     <t>2023-05-10 22:56:00</t>
   </si>
   <si>
     <t>Vadim Andreevich Patsenko</t>
   </si>
   <si>
     <t>9 października 2000</t>
   </si>
   <si>
     <t>Facet ma 22 lata, pochodzi ze Świsłocza, miasta w obwodzie grodzieńskim. Służył w wojsku, a następnie zamieszkał w Grodnie. Uprawiał sport, reprezentował na przykład swoje rodzinne miasto w wielobojowych zawodach sportowych juniorów.
 Teraz mężczyzna został zatrzymany i umieszczony w Areszcie Śledczym . Jest oskarżony o przygotowanie aktu terrorystycznego.
 Według legendy KGB, któremu podkładano głos w prorządowym filmie na antenie ONT, miało dokonać sabotażu w Grodnie.
 W nagraniu z przesłuchania twierdzi, że rzekomo powierzono mu zadanie wysadzenia składu ropy przy użyciu drona i materiałów wybuchowych.
 W dniu 28 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
   </si>
   <si>
     <t>21 lat więzienia w warunkach zwiększonego bezpieczeństwa</t>
   </si>
   <si>
     <t>2023-04-06 14:47:36</t>
   </si>
   <si>
+    <t>Viktor Egorovich Kuprik</t>
+  </si>
+  <si>
+    <t>9 października 1962</t>
+  </si>
+  <si>
+    <t>Został skazany za rzucenie koktajlem Mołotowa w stronę sił bezpieczeństwa podczas protestu, który odbył się 10 sierpnia 2020 r. w Baranowiczach.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.11.2020: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2021-02-27 19:14:13</t>
+  </si>
+  <si>
     <t>Maret Akhmetovna Valiuk</t>
   </si>
   <si>
     <t>9 października 1967</t>
   </si>
   <si>
     <t>Maret został zatrzymany pod koniec października 2024 r. w Smorgonie. Następnie w sumie „oczyszczeniu” w Smorgoniach poddano około 12 osób, większość z nich zwolniono po „24 godzinach”.
 Posiada drugą grupę inwalidzką niezdolną do pracy.</t>
   </si>
   <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
     <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-11-12 20:11:39</t>
   </si>
   <si>
-    <t>Viktor Egorovich Kuprik</t>
-[...14 lines deleted...]
-    <t>2021-02-27 19:14:13</t>
+    <t>Sergey Vasilevich Gunya</t>
+  </si>
+  <si>
+    <t>11 października 2001</t>
+  </si>
+  <si>
+    <t>W dniu 11 sierpnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>7 lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2023-05-20 00:59:23</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Barkun</t>
+  </si>
+  <si>
+    <t>11 października 1978</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:22:20</t>
+  </si>
+  <si>
+    <t>Roman Sergeevich Shcherbakov</t>
+  </si>
+  <si>
+    <t>11 października 1997</t>
+  </si>
+  <si>
+    <t>W dniu 18 lipca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2023-07-12 16:30:13</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Ivanchikov</t>
+  </si>
+  <si>
+    <t>11 października 1991</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.01.2025: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:40:52</t>
   </si>
   <si>
     <t>Sergei Grigorievich Nikitin</t>
   </si>
   <si>
     <t>11 października 1975</t>
   </si>
   <si>
     <t>Żołnierz (prawdopodobnie także KGB).
 W dniu 14 października 2022 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
-    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
-[...1 lines deleted...]
-  <si>
     <t>6 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-06-29 15:22:35</t>
   </si>
   <si>
-    <t>Sergey Vasilevich Gunya</t>
-[...28 lines deleted...]
-  <si>
     <t>Alexander Anatolevich Goncharov</t>
   </si>
   <si>
     <t>11 października 1973</t>
   </si>
   <si>
     <t>Według prokuratury Aleksander Gonczarow przekazał środki przelewem bankowym na finansowanie działalności „Pułku Kastusa Kalinowskiego”.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.12.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2023-12-04 02:34:04</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-19 19:22:20</t>
   </si>
   <si>
     <t>Yegor Alexandrovich Dudnikov</t>
   </si>
   <si>
     <t>11 października 2000</t>
   </si>
   <si>
     <t>Jegor, obywatel Rosji, został zatrzymany 4 maja 2021 r. przez funkcjonariuszy GUBOPiK w wynajętym mieszkaniu po przeszukaniu i brutalnie pobity. Przez siedem miesięcy przebywał w areszcie tymczasowym pod zarzutem „organizowania działań rażąco naruszających porządek publiczny” - za nagrywanie filmów i wiadomości audio na kanale Telegram „OGSB”. Jednak w grudniu tego samego roku został skazany na podstawie artykułów „podżeganie do nienawiści lub niezgody” i „wezwania do działań mających na celu zaszkodzenie bezpieczeństwu narodowemu Białorusi” i skazany na najwyższy możliwy wyrok więzienia.
 W czerwcu 2022 roku zaostrzono warunki przetrzymywania, a Jegora przeniesiono do więzienia.</t>
   </si>
   <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
     <t>Decyzja sądu 27.12.2021: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 25.02.2022: wyrok został podtrzymany. Sąd zmiany reżimu 15.06.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-05-29 23:01:41</t>
-  </si>
-[...38 lines deleted...]
-    <t>2021-02-26 22:41:35</t>
   </si>
   <si>
     <t>Alexander Aleksandrovich Ignatyuk</t>
   </si>
   <si>
     <t>12 października 1971</t>
   </si>
   <si>
     <t>Niezależny dziennikarz z Pińska, właściciel serwisu i strony TikTok „o Stolinie”.
 Aleksander przez długi czas mieszkał samotnie na Polesiu, więc o jego zatrzymaniu dowiedział się przypadek. Zaniepokojeni ludzie zaczęli się martwić, że nie kontaktował się z nim przez długi czas. Okazało się, że Aleksander został umieszczony w Areszcie Śledczym w Brześciu-7. Według niepotwierdzonych informacji postawiono mu zarzuty „wspomagania działań ekstremistycznych”.
 Aleksander jest także ojcem faceta, który „rozebrał” armatkę wodną w Mińsku podczas protestów w 2020 roku.
 Jak poinformowało MSW , mężczyzna nakręcił filmy zawierające obciążające dowody, pokazał je lokalnym przedsiębiorcom i zażądał pieniędzy za „milczenie”. Rzekomo „promował także działalność ekstremistycznego kanału telegramowego, którego administratorzy znajdują się za granicą”.
 W dniu 28 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.04.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-08-10 19:05:31</t>
   </si>
   <si>
+    <t>Alexander Sergeevich Reznik</t>
+  </si>
+  <si>
+    <t>12 października 1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aleksander został zatrzymany 29 września 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegramowych, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
+</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:41:35</t>
+  </si>
+  <si>
+    <t>Olga Vladimirovna Mironenko</t>
+  </si>
+  <si>
+    <t>13 października 1970</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:26:29</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Muraviev</t>
+  </si>
+  <si>
+    <t>13 października 1989</t>
+  </si>
+  <si>
+    <t>Kierowca Aleksander został aresztowany w listopadzie 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zapracowany Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnią karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:16:13</t>
+  </si>
+  <si>
     <t>Oleg Petrovich Slabuho</t>
   </si>
   <si>
     <t>13 października 1986</t>
   </si>
   <si>
     <t>Oleg jest z wykształcenia inżynierem. Lubi podróże i aktywny wypoczynek.
 Oleg jest wideofilmowcem od ponad 10 lat. W 2015 roku założył własną firmę. Oleg specjalizuje się w fotografii ślubnej i rodzinnej, ale zajmuje się również zdjęciami osobistymi i filmami fabularnymi.</t>
   </si>
   <si>
-    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 01.07.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-08 00:42:26</t>
-  </si>
-[...69 lines deleted...]
-    <t>2023-01-23 20:19:33</t>
   </si>
   <si>
     <t>Valentin Konstantinovich Stefanovich</t>
   </si>
   <si>
     <t>14 października 1972</t>
   </si>
   <si>
     <t>Walentyn, członek Rady Wiasna i wiceprzewodniczący Międzynarodowej Federacji Praw Człowieka (FIDH), jest jednym z najbardziej uznanych ekspertów i analityków praw człowieka. Aktywnie działa na rzecz niedyskryminacji i sprzeciwu wobec kary śmierci, a także brał udział w konferencjach międzynarodowych, misjach praw człowieka i misjach obserwacji wyborów w krajach OBWE.
 14 lipca 2021 r., po przeszukaniu jego mieszkania, został zabrany na przesłuchanie, a następnie tymczasowo aresztowany w związku ze sprawą karną wszczętą na podstawie artykułów o „uchylaniu się od płacenia podatków” i „organizowaniu działań rażąco naruszających porządek publiczny”.
 We wrześniu 2022 r. sprawa o unikanie płacenia podatków została umorzona, ale Valentinowi postawiono nowe zarzuty: przemytu i finansowania działań grupy, które rażąco naruszają porządek publiczny.
 27 października 2022 r., podczas 41. Kongresu Międzynarodowej Federacji Praw Człowieka (FIDH), Valentin Stefanovic został ponownie wybrany na wiceprezesa organizacji.
 W marcu 2023 roku został skazany na karę pozbawienia wolności i zobowiązany do zapłaty znacznego odszkodowania. Valentin nie przyznał się do winy w sądzie.
 Z dostępnych informacji wynika, że zaostrzono warunki jego zatrzymania i przeniesiono go do więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.03.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 3000 jednostek bazowych kary, około 188110 ruble odszkodowania. Protest prokuratora 21.04.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-07-16 14:42:08</t>
   </si>
   <si>
+    <t>Alexander Sergeevich Sergeev</t>
+  </si>
+  <si>
+    <t>14 października 1985</t>
+  </si>
+  <si>
+    <t>Zatrzymany za udział w protestach.
+W dniu 17 października 2022 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:19:45</t>
+  </si>
+  <si>
+    <t>Nikolai Sergeevich Roy</t>
+  </si>
+  <si>
+    <t>14 października 1981</t>
+  </si>
+  <si>
+    <t>Nikołaj, inżynier systemowy i były pracownik RUE Beltelecom, został zatrzymany w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”. W czerwcu 2023 r. został uznany za winnego szeregu zarzutów karnych i skazany na długoletnią karę więzienia.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni żołnierze, funkcjonariusze organów ścigania, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę. Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-01-23 20:19:33</t>
+  </si>
+  <si>
+    <t>Sergey Konstantinovich Romashov</t>
+  </si>
+  <si>
+    <t>14 października 1960</t>
+  </si>
+  <si>
+    <t>Siergiej pracował jako lekarz diagnostyki ultrasonograficznej w Grodzieńskiej Poliklinice Miejskiej nr 4, a także w Centrum Medycznym Rosmed. Jego doświadczenie zawodowe wynosi ponad 30 lat. Znany jest również jako miłośnik szachów – w 2022 roku wygrał regionalny turniej szachowy pracowników służby zdrowia. Treść zarzutów i konkretny wyrok wydany na Romaszowa pozostają nieznane. Jak dotąd wiadomo jedynie, że został skazany na karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-08-16 17:46:23</t>
+  </si>
+  <si>
     <t>Yaroslava Valentinovna Khromchenkova</t>
   </si>
   <si>
     <t>15 października 1997</t>
   </si>
   <si>
     <t>Posiada obywatelstwo rosyjskie. Została zatrzymana 23 kwietnia 2025 roku, a jej dom został przeszukany tego samego dnia. Została zatrzymana w związku ze śledztwem karnym dotyczącym wiadomości zamieszczonych na bota „Białoruski Gajun ”.
 Jarosława pochodzi z Rogaczowa. W pewnym momencie przeprowadziła się do Mozyrza, prawdopodobnie zaraz po ukończeniu studiów.
 W ostatnich latach pracowała jako nauczycielka w wiejskiej szkole. Uczyła języka niemieckiego w Szkole Podstawowej im. Moisiejewskiej w małym miasteczku rolniczym o tej samej nazwie. Pełniła również funkcję organizatora pracy w środowisku nauczycielskim.</t>
   </si>
   <si>
     <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
   </si>
   <si>
     <t>Decyzja sądu 09.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 04.11.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-06-08 19:18:36</t>
   </si>
   <si>
+    <t>Alexander Alexandrovich Kozlyanko</t>
+  </si>
+  <si>
+    <t>15 października 1983</t>
+  </si>
+  <si>
+    <t>Aleksandr, działacz anarchistyczny i członek Wolnego Związku Zawodowego, został zatrzymany w marcu 2021 r. w ramach postępowania karnego wszczętego przeciwko anarchistom z obwodu brzeskiego. Został skazany za „udział w działaniach grupowych, które rażąco naruszają porządek publiczny” i „udział w organizacji przestępczej”. Wiadomo, że zarzuty opierają się na epizodzie blokowania dróg w Brześciu w 2018 r., gdy miał miejsce protest przeciwko budowie fabryki baterii.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.09.2022: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:12:06</t>
+  </si>
+  <si>
+    <t>Dmitriy Vladimirovich Kubarev</t>
+  </si>
+  <si>
+    <t>15 października 1995</t>
+  </si>
+  <si>
+    <t>Zatrzymany 11 sierpnia 2020 r. pod zarzutem organizowania masowych zamieszek, w 2021 r. trzykrotnie skazany.
+W marcu 2023 r. kara Dmitrija została zaostrzona i został przeniesiony do więzienia na trzy lata.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.03.2021: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany. Decyzja sądu 15.09.2021: około 47440 ruble odszkodowania. Decyzja sądu 27.09.2021: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 04.10.2021: 1340 ruble odszkodowania. Sąd zmiany reżimu 06.03.2023: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:25:08</t>
+  </si>
+  <si>
     <t>Alexander Dmitrievich Komlenok</t>
   </si>
   <si>
     <t>15 października 1981</t>
   </si>
   <si>
     <t>Zatrzymano go w lutym, kiedy wrócił z pracy na Białoruś. Wcześniej Aleksander pracował w lokomotywowni, ale po 2020 roku albo został zwolniony, albo sam zrezygnował – wydaje się, że zwolnienie miało podłoże polityczne. Następnie Kamlenok pracował jako kierowca ciężarówki w krajach zachodnich. A kiedy wrócił z pracy do domu, został zatrzymany. Został oskarżony o znieważenie urzędnika państwowego.
 Sąd Rejonowy w Wierchniewińskim uznał stronę Aleksandra w Odnoklassnikach za ekstremistyczną.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-23 20:19:37</t>
   </si>
   <si>
-    <t>Dmitriy Vladimirovich Kubarev</t>
-[...32 lines deleted...]
-  <si>
     <t>Anatoly Anatolyevich Matsulevich</t>
   </si>
   <si>
     <t>16 października 1969</t>
   </si>
   <si>
     <t>Skazany za utworzenie i administrowanie kanałem telegramowym „Połock Nowopołock Country For Life Chat Freedom to Siergiej Tichanowski”.</t>
   </si>
   <si>
     <t>7,5 roku więzienia.</t>
   </si>
   <si>
     <t>2022-04-21 12:24:10</t>
   </si>
   <si>
-    <t>Maria Batalionak</t>
-[...32 lines deleted...]
-    <t>2022-12-26 18:00:30</t>
+    <t>Ksenia Viktorovna Susha</t>
+  </si>
+  <si>
+    <t>18 października 1982</t>
+  </si>
+  <si>
+    <t>worked as the chief bibliographer of the research department of book science of the National Library of Belarus until November 2021. Then she went into IT.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-06-17 23:16:24</t>
   </si>
   <si>
     <t>Vyacheslav Evgenievich Ilyich</t>
   </si>
   <si>
     <t>18 października 1963</t>
   </si>
   <si>
     <t>Były zastępca szefa wydziału policji miasta Żodino, stał na czele policji kryminalnej, a w 2008 r. przeszedł na emeryturę w stopniu podpułkownika. Następnie był dyrektorem miejskiego centrum kultury i rozrywki Żodino.
 W 2020 r. on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi.
 Wiaczesław w swoim przemówieniu mówi, że rozumie, że pracownicy pełnią służbę w bardzo trudnych warunkach, ale wzywa ich, aby „swoimi służbowymi obowiązkami wykonywali tak, jak sami chcielibyście, żeby byli wykonywani [w stosunku do] Was i Waszych bliskich. Wtedy będziecie mogli patrzeć ludziom w oczy zarówno teraz, podczas służby, jak i wtedy, gdy udają się na zasłużony odpoczynek”.
 Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 14:36:11</t>
   </si>
   <si>
-    <t>Alexander Yurievich Voronin</t>
-[...28 lines deleted...]
-  <si>
     <t>Margarita Yakovlevna Rabinovich (Esepkina)</t>
   </si>
   <si>
     <t>18 października 2002</t>
   </si>
   <si>
     <t>Margarita, najstarsza córka Tiny Pałyńskiej, została zatrzymana wraz z matką pod koniec maja 2025 r. Obie przebywają w areszcie pod zarzutem popełnienia przestępstwa.
 Szczegóły zarzutów nie zostały oficjalnie ujawnione. Na podstawie dowodów poszlakowych można przypuszczać , że sprawa może być związana z decyzją KGB o uznaniu „Białoruskiej Pracowni Analitycznej” profesora Andrieja Wardomackiego za organizację ekstremistyczną. Organizacja ta przeprowadziła badania socjologiczne wśród obywateli Białorusi. W tej chwili nie ma potwierdzenia, że Tina lub jej córka rzeczywiście uczestniczyły w badaniach BAM. Ale nawet gdyby taki udział miał miejsce, nie naruszałoby to prawa: w momencie ewentualnego kontaktu z pracownią nie została ona jeszcze uznana za organizację ekstremistyczną.</t>
   </si>
   <si>
-    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-06-04 16:10:13</t>
+  </si>
+  <si>
+    <t>Alexander Yurievich Voronin</t>
+  </si>
+  <si>
+    <t>18 października 1985</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Brześcia, wideofilmowiec. Ma małoletnie dzieci. 7 czerwca 2023 roku został zatrzymany pod zarzutem popełnienia przestępstwa administracyjnego (art. 19.11 ust. 2 Kodeksu wykroczeń administracyjnych) i skazany na 10 dni aresztu za subskrypcję profilu „Zerkalo” na Instagramie. Został zwolniony, ale dwa tygodnie później został zatrzymany pod zarzutem popełnienia przestępstwa.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 01.12.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-31 17:36:51</t>
+  </si>
+  <si>
+    <t>Alexander Valentinovich Aranovich</t>
+  </si>
+  <si>
+    <t>19 października 1982</t>
+  </si>
+  <si>
+    <t>Członek zespołu kanału «Country for Life» na YouTube, kierowca kampera, mieszkał w Starych Dorogach w obwodzie mińskim.
+Zatrzymany podczas pikietowania w celu zbierania podpisów na rzecz Swietłany Cichanouskiej w Grodnie 29 maja 2020 roku.
+13 lipca 2023 roku okazało się, że więzień polityczny został przekazany do reżimu więziennego na okres 2 lat. Aleksandrowi kilkakrotnie proponowano napisanie wniosku o ułaskawienie, ale odmówił.</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 07.07.2023: 2 roku więzienia. Decyzja sądu 14.11.2024: 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-02-25 02:33:36</t>
   </si>
   <si>
     <t>Yuri Petrovich Lagodyuk</t>
   </si>
   <si>
     <t>19 października 1960</t>
   </si>
   <si>
     <t>Od ponad trzydziestu lat pracuje jako trener tenisa stołowego. Yuri jest jedynym międzynarodowym sędzią w tej dyscyplinie w obwodzie brzeskim. Wcześniej był członkiem zarządu Białoruskiej Federacji Tenisa Stołowego.
 Logodyuk jest również znany jako jeden z najlepszych trenerów sportu na Białorusi. Szkoli osoby z problemami narządu ruchu. Jego uczniowie często zdobywają mistrzostwa zarówno na Białorusi, jak i w innych krajach. Ten człowiek pomógł setkom osób niepełnosprawnych żyć normalnie.
 Jest sądzony za „promowanie działalności ekstremistycznej”. Może to być albo komentarz do „niewłaściwego” zasobu, albo na przykład przekaz pieniędzy więźniowi politycznemu.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.07.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-17 19:38:44</t>
   </si>
   <si>
-    <t>Alexander Valentinovich Aranovich</t>
-[...33 lines deleted...]
-    <t>2021-02-28 00:54:39</t>
+    <t>Alexander Viktorovich Sysoev</t>
+  </si>
+  <si>
+    <t>20 października 1984</t>
+  </si>
+  <si>
+    <t>Sysoev pochodzi z Bronnej Góry, w ostatnich latach mieszkał w Berezie (obwód brzeski). Według danych z usuniętego już profilu na Vkontakte, w 2008 roku ukończył BSUIR, uzyskując dyplom ze sztucznej inteligencji. W chwili aresztowania tworzył grę komputerową. Mężczyzna został zatrzymany 5 lipca 2023 roku i od tego czasu przebywa w areszcie.Mężczyzna został oskarżony o przekazywanie pieniędzy pułkowi Kalinowskiego za pośrednictwem portalu społecznościowego Facebook przy użyciu systemu płatności PayPal. Przelew na kwotę 12,91 dolarów był wykonany z karty białoruskiej.12 lutego prokurator Bogusz zażądał dla Sysojewa 5 lat kolonii o zaostrzonym rygorze. Wyrok ogłoszono 14 lutego. Dokładny wyrok nie jest obecnie znany, ale w zdecydowanej większości spraw politycznych sędziowie brzescy przyznają dokładnie to, czego żądają prokuratorzy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.02.2024: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2024-02-08 00:49:54</t>
+  </si>
+  <si>
+    <t>Vladimir Viktorovich Melikaev</t>
+  </si>
+  <si>
+    <t>20 października 1967</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-12-21 10:10:35</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Sautin</t>
   </si>
   <si>
     <t>20 października 1978</t>
   </si>
   <si>
     <t>Iwan, homelski aktywista i wolontariusz organizacji „Kraj dla Życia”, członek Białoruskiej Partii Socjaldemokratycznej, po licznych zatrzymaniach, aresztowaniu administracyjnym i wszczęciu dwóch spraw karnych w 2020 r. wyjechał do Rosji.
 W kwietniu 2021 roku Iwan został zatrzymany w Kaliningradzie podczas próby przekroczenia granicy z Polską. Na wniosek białoruskich funkcjonariuszy organów ścigania został oskarżony w sprawie karnej na podstawie czterech artykułów, w tym „terroryzmu”. Jednakże po zakończeniu śledztwa strona rosyjska wycofała trzy z czterech zarzutów. Rok później, 26 kwietnia 2022 roku, Ivan został zwolniony za kaucją.
 27 maja 2022 roku został ponownie zatrzymany i pod koniec czerwca wydany Białorusi. Z materiałów sprawy wynika, że w 2018 r. miał przywłaszczyć ponad 68 tys. rubli. W trakcie śledztwa ustalono również, że w 2020 r. Iwan brał udział w protestach, nagrywał filmy i kontaktował się z agencjami rządowymi.
 W grudniu 2022 roku został skazany za „oszustwo”. W kwietniu 2024 r. Ivan został ponownie skazany na podstawie artykułu „złośliwe nieposłuszeństwo wobec żądań administracji kolonii”.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 29.03.2023: wyrok został podtrzymany. Decyzja sądu 16.05.2024: nieznany. Apelacja 08.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-04-29 16:58:20</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Sysoev</t>
-[...11 lines deleted...]
-    <t>2024-02-08 00:49:54</t>
+    <t>Alexey Yurievich Melnikau</t>
+  </si>
+  <si>
+    <t>20 października 1993</t>
+  </si>
+  <si>
+    <t>Aleksiej został zatrzymany i skazany za posiadanie broni i rzekome przygotowanie jej do masowych zamieszek. W przesłuchaniu oświadczył, że przyznał się jedynie do posiadania broni i nie rozumie, dlaczego proces toczył się za zamkniętymi drzwiami. Aleksiej nazwał oskarżenie o przygotowywanie zamieszek „polowaniem na czarownice”.
+Pod koniec grudnia 2021 roku okazało się, że kara dla Aleksieja jest zaostrzona i przenosi się go do więzienia.
+Zimą 2024 r. więzień polityczny stanął przed sądem w nowej sprawie karnej za „złośliwe nieposłuszeństwo wobec wymogów administracji Zakładu Karnego”. Na mocy tego artykułu więźniowie odmawiający współpracy z administracją są sądzeni za fikcyjne naruszenia.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 50 jednostek bazowych kary. Sąd zmiany reżimu data nieznana: 3 roku więzienia. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:54:39</t>
   </si>
   <si>
     <t>Leonid Viktorovich Kovalev</t>
   </si>
   <si>
     <t>20 października 1991</t>
   </si>
   <si>
     <t>Leonid został zatrzymany i skazany za to, że według śledczych sporządził dwa koktajle Mołotowa, przetransportował je do centrum Homla i ukrył. Wieczorem 10 sierpnia 2020 r. rzekomo odnalazł dwóch sprawców – Dmitrija Korniejewa i Nikitę Zolotoriewa – i wręczył im butelki, proponując podpalenie budynku, autobusu lub wozu ryżowego. Leonid nie przyznał się do winy.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.02.2021: 6 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 23.04.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-28 02:12:24</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-10-26 19:09:48</t>
   </si>
   <si>
     <t>Evgeny Klimov</t>
   </si>
   <si>
     <t>21 października 1996</t>
   </si>
   <si>
     <t>Skazany za administrowanie kanałem Petrikov 97%.
 Kanał omawiał kwestie wyborcze, miejsce i czas pokojowych wieców dla tych, którzy nie zgadzają się z wynikami liczenia głosów w wyborach i inne kwestie.
 Jewgienij Klimow został również oskarżony o podżeganie do nienawiści społecznej za ponowne umieszczenie wiadomości o prewencjach policji z kanału telegramowego Nexta.</t>
   </si>
   <si>
     <t>5 lat więzienia w warunkach zaostrzonego reżimu .</t>
   </si>
   <si>
     <t>2022-03-27 02:15:25</t>
   </si>
   <si>
+    <t>Igor Leontievich Karpitsky</t>
+  </si>
+  <si>
+    <t>21 października 1969</t>
+  </si>
+  <si>
+    <t>Z materiałów sprawy wynika, że Igor za pomocą laptopa wysłał kilka e-maili na skrzynkę e-mail oficjalnego portalu internetowego Prezydenta Republiki Białoruś, w których wyraził groźby użycia przemocy wobec Prezydenta. Wysłał również e-mail, dostępny do wglądu dla osób trzecich, w tym pracowników Administracji Prezydenta Republiki Białoruś, w treści którego zawierał zniewagi wobec funkcjonariuszy państwowych w związku z wykonywaniem przez nich obowiązków służbowych – pracowników organy spraw wewnętrznych Republiki Białoruś Iwan Kubrakow i Dmitrij Bałaba. Mężczyzna wysłał również podobną wiadomość z groźbami użycia przemocy, zniszczenia i uszkodzenia mienia do pracowników Komitetu Śledczego Republiki Białoruś. Igor brał również udział w protestach podczas protestów powyborczych w Mińsku w 2020 roku.
+Zgodnie z wnioskami z oględzin, Karpitsky w okresie popełniania przestępstw cierpiał na chorobę psychiczną, ale mógł zdawać sobie sprawę z rzeczywistego charakteru i niebezpieczeństwa społecznego swoich czynów oraz je kontrolować. Nie potrzebuje obowiązkowych środków bezpieczeństwa i leczenia. Ma małoletnie dziecko.</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:09:48</t>
+  </si>
+  <si>
     <t>Maksim Nikolaevich Kurovsky</t>
   </si>
   <si>
     <t>21 października 1981</t>
   </si>
   <si>
     <t>Z materiałów prokuratury wynika, że Maksym Kurowski na jednym z czatów komunikatora Telegram celowo zamieszczał wiadomości o prezydencie Łukaszence, obsceniczne w formie i obraźliwe w treści.
 Badanie wykazało, że wiadomości zawierały negatywną ocenę głowy państwa, poniżały jego honor i godność. Ponadto posługiwał się językiem białoruskim. Były śledczy prużańskiego oddziału regionalnego Wielkiej Brytanii. Wycofany ze służby w 2020 roku.
 12.06.2024 zwolniony po odbyciu kary.</t>
   </si>
   <si>
     <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
   </si>
   <si>
-    <t xml:space="preserve"> Decyzja sądu 17.10.2022: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 09.12.2022: wyrok został podtrzymany.</t>
+    <t>Decyzja sądu 17.10.2022: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 09.12.2022: wyrok został podtrzymany. Decyzja sądu data nieznana: 3 roku więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2022-10-18 22:14:36</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Labkovich</t>
-[...16 lines deleted...]
-    <t>2021-07-16 14:40:34</t>
+    <t>Denis Valerievich Sokolov</t>
+  </si>
+  <si>
+    <t>21 października 1980</t>
+  </si>
+  <si>
+    <t>został zatrzymany w ramach śledztwa karnego wszczętego przez KGB w związku z faktem „usiłowania popełnienia aktu terrorystycznego” w Machulishchi.
+Główna osoba zamieszana w sprawę oraz – jak twierdzą urzędnicy i propagandyści – sprawca sabotażu, Nikołaj Szwec, został w czerwcu zwolniony w ramach wymiany z Ukrainą. Mimo to sprawa trafi do sądu, a jego wspólnikom na Białorusi grożą długie wyroki więzienia. Sam Shvets jest sądzony zaocznie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.10.2024: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-13 13:00:42</t>
+  </si>
+  <si>
+    <t>Ivan Petrovich Polevikov</t>
+  </si>
+  <si>
+    <t>22 października 2002</t>
+  </si>
+  <si>
+    <t>First, Ivan was arrested for 15 days , then placed in a pretrial detention facility on a criminal case.</t>
+  </si>
+  <si>
+    <t>2025-03-04 20:10:16</t>
   </si>
   <si>
     <t>Eugene Ivanovich Gurinovich</t>
   </si>
   <si>
     <t>22 października 1992</t>
   </si>
   <si>
-    <t>Główny inspektor celny.
-[...4 lines deleted...]
-    <t>Decyzja sądu 17.04.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 24.05.2024: wyrok został podtrzymany. Apelacja 16.08.2024: nieznany.</t>
+    <t>Główny inspektor Służby Celnej.
+10 października 2023 roku Sąd Miejski w Mińsku rozpoczął zamknięty proces trzech celników: Jewgienija Gurinowicza, Wiktora Nowika i Władimira Żuromskiego. Postawiono im zarzuty z ośmiu artykułów Kodeksu karnego. Aktywiści na rzecz praw człowieka dowiedzieli się, że w tej sprawie, 27 lutego 2024 roku, stanie przed sądem jedynie 31-letni inspektor celny Jewgienij Gurinowicz. Proces odbędzie się w Areszcie Śledczym nr 1. Nie wiadomo, czy przyczyną mógł być stan zdrowia mężczyzny. Jego sprawa prawdopodobnie została podzielona na osobne postępowania, ale rozprawy pozostałych osób nie zostały jeszcze wyznaczone.
+Po aresztowaniu funkcjonariusze organów ścigania poważnie zranili Jewgienija w plecy, zmuszając go do poruszania się o kulach .
+24 maja 2024 r. rozpatrzono apelację Jewgienija.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.04.2024: 13 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 24.05.2024: wyrok został podtrzymany. Apelacja 16.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-10-10 00:23:21</t>
-  </si>
-[...45 lines deleted...]
-    <t>2022-05-11 01:06:30</t>
   </si>
   <si>
     <t>Gennady Fedorovich Vasilyuk</t>
   </si>
   <si>
     <t>23 października 1966</t>
   </si>
   <si>
     <t>15 września 2023 r. 57-letni Giennadij Wasiliuk został ukarany grzywną za „rozpowszechnianie materiałów ekstremistycznych”. Na stronie Odnoklassniki Giennadija znaleziono subskrypcje materiałów „ekstremistycznych”. Ponadto Wasiliuk został wyrzucony z lokomotyw „za zgodą stron”.
 W dniu 7 grudnia 2023 r. Giennadij został zatrzymany w ramach sprawy karnej za „zniesławienie Łukaszenki” (art. 367 część 1 kk) i osadzony w areszcie śledczym. Sprawa została rozpatrzona w dniach 22 i 26 lutego 2024 roku.
 Mężczyzna został oskarżony o umieszczenie reakcji „klasowej” w serwisie społecznościowym Odnoklassniki pod trzema filmami z udziałem ekonomisty Jarosława Romanczuka w dniach 8, 9 i 17 czerwca 2022 r.
 Giennadij przyznał się do winy i powiedział, że we wskazane dni czerwca udał się do wsi w powiecie Żabinkowskim, co potwierdza wyciąg od operatora komórkowego. Mężczyzna korzysta z telefonu z przyciskiem, więc we wsi nie mógł dostać się do Odnoklassnik.
 Prokurator Jegor Kronda uznał winę Giennadija za w pełni udowodnioną i zażądał dla niego roku i sześciu miesięcy więzienia.
 Giennadij został po raz drugi skazany 16 września 2024 r. za udział w protestach. Razem z nim skazano także jego żonę i trzy inne osoby. Zdaniem sądu istota oskarżenia przeciwko wszystkim polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, gwizdali, klaskali w dłonie, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.
 Sąd skazał Giennadija na półtora roku więzienia, ale biorąc pod uwagę nieprzebytą wcześniej (polityczną) karę, ostateczny wyrok wynosił zaledwie 2 lata w kolonii ogólnoreżimowej.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.02.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 19.04.2024: wyrok został podtrzymany. Decyzja sądu 16.09.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-19 19:05:43</t>
   </si>
   <si>
+    <t>Sergei Mikhailovich Shametko</t>
+  </si>
+  <si>
+    <t>23 października</t>
+  </si>
+  <si>
+    <t>Oskarżony w sprawie „Robotnik Rukh”.</t>
+  </si>
+  <si>
+    <t>12 lat w kolonii w warunkach zaostrzonego reżimu</t>
+  </si>
+  <si>
+    <t>2022-08-23 00:03:24</t>
+  </si>
+  <si>
+    <t>Mikhail Aleksandrovich Laban</t>
+  </si>
+  <si>
+    <t>23 października 1983</t>
+  </si>
+  <si>
+    <t>Michaił, właściciel pracowni jubilerskiej w Samorodoku, wytwarzał biżuterię dla członków klubów rekonstrukcyjnych i studiował historię średniowiecza. W lutym 2022 r. został aresztowany, a następnie skazany pod zarzutem „zniesławienia i znieważenia Łukaszenki” oraz „obrażenia urzędnika państwowego”.
+W maju 2024 r. odbyła się nowa rozprawa sądowa, w wyniku której zaostrzono warunki przetrzymywania Michaiła i przeniesiono go do więzienia.
+W lutym 2025 roku został ponownie skazany na podstawie artykułu o „finansowaniu działalności grupy ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2022: 4 roku więzienia w kolonii na warunkach ogólnych, 100 jednostek bazowych kary. Sąd zmiany reżimu 18.05.2024: reżim więzienny do końca kary. Decyzja sądu 12.02.2025: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2022-05-11 01:06:30</t>
+  </si>
+  <si>
+    <t>Maxim Igorevich Mnatsakanov</t>
+  </si>
+  <si>
+    <t>24 października 1988</t>
+  </si>
+  <si>
+    <t>Zatrzymano go za komentarze na portalach społecznościowych. W domu Maxima czeka 10-letni syn.
+W dniu 17 listopada 2023 roku odbyła się rozprawa Sądu Apelacyjnego.</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2023-02-27 01:16:43</t>
+  </si>
+  <si>
     <t>Oksana Mikhailovna Shalyapina</t>
   </si>
   <si>
     <t>24 października 1977</t>
   </si>
   <si>
     <t>Absolwent Wydziału Architektury. Artysta. Reżyseria – ekspresjonizm. Technika – malarstwo impastowe. Prace znajdują się w kolekcjach prywatnych w Ameryce, Niemczech, Kazachstanie, Rosji, Gruzji, Białorusi, Luksemburgu, Finlandii, Włoszech, a także w Galerii Larus (USA). Trzy wystawy indywidualne. Członek Związku Artystów „Master-Peacemaker”.
 Prawdopodobnie zatrzymany za pomoc więźniom politycznym.</t>
   </si>
   <si>
+    <t>Decyzja sądu 28.11.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
     <t>2025-07-22 18:12:39</t>
   </si>
   <si>
     <t>Valery Vasilevich Ivchin</t>
   </si>
   <si>
     <t>24 października 1975</t>
   </si>
   <si>
     <t>Według sądu Walerij został skazany za udział w marszach po wyborach w Mińsku w sierpniu i wrześniu 2020 r., a konkretnie za „wchodzenie na jezdnię” i „blokowanie ruchu”.</t>
   </si>
   <si>
     <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Decyzja sądu 13.06.2024: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 15.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-10 19:32:30</t>
   </si>
   <si>
-    <t>Maxim Igorevich Mnatsakanov</t>
-[...12 lines deleted...]
-    <t>2023-02-27 01:16:43</t>
+    <t>Valery Leonidovich Romanovsky</t>
+  </si>
+  <si>
+    <t>25 października 1978</t>
+  </si>
+  <si>
+    <t>Valery zostaje oskarżony o zdradę państwa. W grudniu 2022 r. kanał telewizyjny Belarus 1 wyemitował film o kontrwywiadzie KGB, który opowiadał o Białorusinach i obywatelach innych krajów oskarżonych o pracę dla obcych służb wywiadowczych. Valery Romanovsky został w filmie nazwany „byłym szefem służby rozpoznania lotniczego”. Historia Białorusi 1 mówi, że podczas służby krewny z Litwy „doprowadził” podejrzanego do agentów departamentu bezpieczeństwa państwa kraju. Dla nich Romanovsky sfotografował oficjalne dokumenty, a kiedyś przekazał służbom specjalnym dane dotyczące budowy BiełEJ, mówi film.</t>
+  </si>
+  <si>
+    <t>2023-05-05 00:12:29</t>
   </si>
   <si>
     <t>Sergei Anatolievich Shpak</t>
   </si>
   <si>
     <t>25 października 1971</t>
   </si>
   <si>
     <t>Siergiej, emerytowany podpułkownik, który wziął udział w przekazie wideo oficerów rezerwy do białoruskiego wojska, został zatrzymany 16 lipca 2021 r. po przeszukaniu jego domu.
 Zgodnie z dekretem Łukaszenki, został on pozbawiony stopnia wojskowego po 28 latach nienagannej służby w Siłach Zbrojnych. Siergiej jest ojcem czwórki dzieci, z których dwoje jest nieletnich.
 W grudniu 2021 roku postawiono mu zarzuty organizacji, przygotowywania lub aktywnego udziału w działaniach rażąco naruszających porządek publiczny. Siergiej został skazany na karę ograniczenia wolności bez skierowania do zakładu karnego i zwolniony na rozprawie.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.12.2021: 3 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 21.10.2025: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2021-07-19 20:11:32</t>
   </si>
   <si>
-    <t>Valery Leonidovich Romanovsky</t>
-[...25 lines deleted...]
-    <t>2023-03-30 19:19:51</t>
+    <t>Larisa Arkadyevna Kotovich</t>
+  </si>
+  <si>
+    <t>26 października 1968</t>
+  </si>
+  <si>
+    <t>Larisa, nauczycielka języka angielskiego, została aresztowana pod koniec sierpnia 2023 r. Początkowo została skazana w postępowaniu administracyjnym za „dystrybucję, produkcję i przechowywanie materiałów ekstremistycznych”, ale później wszczęto postępowanie karne, w którym została skazana za „wspieranie działalności ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.04.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.06.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-12-22 17:34:26</t>
+  </si>
+  <si>
+    <t>Robert Evgenievich Kuznetsov</t>
+  </si>
+  <si>
+    <t>26 października 1983</t>
+  </si>
+  <si>
+    <t>Skazany za umieszczanie w Internecie w listopadzie 2021 r. „obraźliwych” zdjęć flagi narodowej Republiki Białorusi i komentowanie jej w Internecie.
+Karę odbywał w IK-22, a w grudniu 2023 roku został przeniesiony do IK-2.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.08.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-07-27 15:51:49</t>
   </si>
   <si>
     <t>Vyacheslav Alexandrovich Borodiy</t>
   </si>
   <si>
     <t>26 października 1978</t>
   </si>
   <si>
     <t>Obywatel Ukrainy.
 Szczegóły prześladowań ukraińskiego leśniczego poznaliśmy z propagandowego filmu z 11 września 2023 roku, który został wyemitowany jednocześnie we wszystkich kanałach państwowych. W nim Wiaczesław był prowadzony na łańcuchu podczas działań dochodzeniowych. Komitet Bezpieczeństwa Państwa poinformował, że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzem osobom postawiono zarzuty na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
 Ukraiński myśliwy Wiaczesław Borodija został zatrzymany 1 września 2023 r. w obwodzie elskim na Białorusi, graniczącym z obwodem żytomierskim na Ukrainie. Wiadomo, że Wiaczesław urodził się w obwodzie żytomierskim, przez pewien czas mieszkał w Mozyrzu, a następnie wrócił na Ukrainę i pracował jako myśliwy, wychowując trójkę dzieci. W filmie napisano, że po wybuchu wojny na pełną skalę Borodii rzekomo odbywał szkolenie w ośrodku szkoleniowym Głównego Zarządu Wywiadu Ministerstwa Obrony Ukrainy i że „od marca 2023 r., oprócz Głównego Zarządu Wywiadu MON Ukrainy, Ministerstwie Obrony Narodowej nawiązał także współpracę ze Służbą Bezpieczeństwa Ukrainy”.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.12.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:15:03</t>
   </si>
   <si>
-    <t>Robert Evgenievich Kuznetsov</t>
-[...14 lines deleted...]
-  <si>
     <t>Anton Nikolaevich Stankevich</t>
   </si>
   <si>
     <t>26 października 1998</t>
   </si>
   <si>
     <t>Zatrzymany i skazany za przekazanie 100 euro.
 Absolwent Wydziału Filologicznego BSU. Był wolontariuszem podczas II Igrzysk Europejskich. Pracowałem w Currency.com, spędziłem prawie rok w Gruzji, pracując zdalnie jako support. Następnie wrócił na Białoruś.Interesuje się językami, rekonstrukcją historyczną i ciężką muzyką.</t>
   </si>
   <si>
     <t>Decyzja sądu 18.07.2024: nieznany. Apelacja 20.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-15 12:21:19</t>
   </si>
   <si>
     <t>Igor Andreevich Fedorenko</t>
   </si>
   <si>
     <t>26 października 1992</t>
   </si>
   <si>
-    <t xml:space="preserve"> Decyzja sądu 05.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.04.2024: wyrok został podtrzymany.</t>
+    <t>Decyzja sądu 05.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.04.2024: wyrok został podtrzymany. Decyzja sądu 03.06.2024: 5 lata 6 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 27.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-08 18:58:42</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-12-22 17:34:26</t>
   </si>
   <si>
     <t>Dmitry Borisovich Gulin</t>
   </si>
   <si>
     <t>27 października 1969</t>
   </si>
   <si>
     <t>Były wojskowy, topograf. Rzekomo zatrzymany za udział w czatach protestacyjnych. W filmie, nakręconym przez prorządową telewizję, Dmitrij rzekomo w 2020 roku nakręcił wideo-apel do wojska i sił bezpieczeństwa, a rok później skontaktował się z organizacją Busly Lyatsyats. Ponadto, według kanału telewizyjnego, w tym roku Gulin monitorował czaty Brześcia-97, Homla-97, Kalinkowiczów, Łunińca i aktywnie zostawiał tam komentarze.
 Prawdopodobnie przetrzymywany w areszcie śledczym KGB.</t>
   </si>
   <si>
     <t>14 lat więzienia w kolonii o zaostrzonym rygorze</t>
   </si>
   <si>
     <t>2022-12-26 23:44:28</t>
   </si>
   <si>
     <t>Victor Viktorovich Gladkov</t>
   </si>
   <si>
     <t>28 października 1977</t>
   </si>
   <si>
     <t>2022-04-28 01:02:40</t>
   </si>
   <si>
     <t>Vladimir Aleksandrovich Chmurov</t>
   </si>
   <si>
     <t>28 października 1979</t>
   </si>
   <si>
     <t>2022-04-28 02:16:41</t>
   </si>
   <si>
     <t>Eduard Aleksandrovich Palchis</t>
   </si>
   <si>
     <t>28 października 1990</t>
   </si>
   <si>
     <t>Znany białoruski bloger polityczny i osoba publiczna, autor kanału telegramowego Palchys. Był organizatorem imprez i koncertów „BNR-100”, „BNR-101”. Zatrzymany został 27 września 2020 r. w ramach sprawy karnej dotyczącej masowych zamieszek.
 W sierpniu 2022 roku został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.12.2021: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 10.06.2022: około 575000 ruble odszkodowania. Sąd zmiany reżimu 11.08.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-25 11:31:09</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Bigel</t>
+  </si>
+  <si>
+    <t>28 października 1981</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-12-19 22:48:57</t>
   </si>
   <si>
     <t>Artyom Mikhailovich Lapikov</t>
   </si>
   <si>
     <t>28 października 1992</t>
   </si>
   <si>
     <t>Okazało się , że po wyborach w sierpniu 2020 r. Łapikow zamieścił na swoim Instagramie post ze zdjęciem Aleksandra Łukaszenki w mundurze SS (paramilitarna formacja nazistów, odpowiedzialna m.in. za zbrodnie przeciw ludzkości ). Publikacji towarzyszył wiersz, którego tekst nie jest obecnie znany.
 W dniu 5 grudnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-09-04 14:12:23</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Gulevich</t>
   </si>
   <si>
     <t>29 października 1987</t>
   </si>
   <si>
     <t>Wadim odbywał kary aresztu administracyjnego w sierpniu i październiku 2020 r. Ostatnie aresztowanie miało miejsce 28 czerwca 2021 r. w ramach postępowania karnego dotyczącego incydentu w ośrodku łączności rosyjskiej marynarki wojennej w pobliżu Wilejki.
 Według zeznań prokuratury przedstawionych w sądzie, Wadim i Aleksiej Głotowowie, „ubrani w kamuflaż i uzbrojeni w broń palną, weszli na teren obiektu wojskowego i podłożyli ładunki wybuchowe o promieniu rażenia do 11 metrów”. Jeden z nich nie eksplodował i został rozbrojony. Ekspertyza wykazała, że ładunki zostały odpalone za pomocą mechanizmu o opóźnionym działaniu.
 Straty oszacowano na ponad 26 000 rubli. Doniesiono również, że Wadim „planował udać się na Ukrainę na szkolenie wojskowe”.
 W grudniu 2022 r. uznano go za winnego i skazano na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.
 W 2025 roku odbyła się rozprawa sądowa w sprawie zmiany reżimu więziennego, w wyniku której Vadim został przeniesiony do więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2022: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-07-20 22:30:23</t>
   </si>
   <si>
-    <t>Andrey Timofeevich Volosach</t>
-[...17 lines deleted...]
-    <t>Dzmitry Alexandrovich Kovach</t>
+    <t>Maxim Sergeevich Fedorovich</t>
+  </si>
+  <si>
+    <t>30 października 1991</t>
+  </si>
+  <si>
+    <t>Maksym jest koordynatorem zespołu poszukiwawczego „Anioł ”. Wcześniej pracował jako technolog w Mińsku -Kristallu , ale całkowicie zmienił swoje życie, dołączając do ruchu w 2017 roku po szeroko zakrojonych poszukiwaniach Maksima Markhaliuka w Puszczy Białowieskiej.
+Został skazany za dziewięć zarzutów w „sprawie Gayun”. Ma problemy zdrowotne.
+W chwili aresztowania dziecko Maksima miało 1 rok i 3 miesiące.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 28.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-10-07 18:28:18</t>
+  </si>
+  <si>
+    <t>Dzmitry Mikhailovich Kovach</t>
   </si>
   <si>
     <t>30 października 1984</t>
   </si>
   <si>
     <t>W 2007 roku ukończył studia na Białoruskim Narodowym Uniwersytecie Technicznym.
 Od 2009 roku Kovács pracuje w branży turystycznej. Ostatnio pracował jako specjalista ds. wiz w prywatnym biurze podróży.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-11-21 13:57:34</t>
   </si>
   <si>
     <t>Alexander Igorevich Randarenko</t>
   </si>
   <si>
     <t>31 października 1986</t>
   </si>
   <si>
     <t>Alexander trafił do sądu po wzięciu udziału w ruletce na czacie. On i jego przyjaciel zostali rozmówcami prowokatora „Rozmowy z Palychem” i podczas rozmowy, pod wpływem alkoholu, opowiadali o wydarzeniach w Ratuszu Krokus, wyrażali poparcie dla Ukrainy i pozwalali na zygging.
 Podczas aresztowania Aleksander został dotkliwie pobity przez siły bezpieczeństwa. Mężczyzna został skazany na podstawie zarzutów administracyjnych 5 razy z rzędu i prawdopodobnie spędził co najmniej 75 dni więzienia. Jednocześnie dostał kilka dni za zwykłe położenie ukraińskiego proporczyka na stole i wykrzyknięcie „Chwała Ukrainie” podczas transmisji na czacie ruletki.
 Jednak po 24 godzinach nie został zwolniony. Wszczęto przeciwko niemu sprawę karną.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.12.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.02.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-12-16 17:40:19</t>
   </si>
   <si>
+    <t>Vladimir Vladimirovich Zinovenko</t>
+  </si>
+  <si>
+    <t>31 października 1976</t>
+  </si>
+  <si>
+    <t>Początkowo Władimira skazano za przemoc domową, ale po pewnym czasie sprawę ponownie otwarto na skutek protestu prokuratora, zarzut zmieniono na część 1 artykułu 130, a Władimira skazano na cztery lata więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.12.2024: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego. Protest prokuratora data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:05:45</t>
+  </si>
+  <si>
     <t>Valery Viktorovich Khatskevich</t>
   </si>
   <si>
     <t>31 października 1994</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-11-13 17:22:56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1738,2393 +1652,2254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I84"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H9" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H10" t="s">
         <v>58</v>
       </c>
       <c r="I10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>60</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>63</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H15" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="I17" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="I18" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>127</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>129</v>
+        <v>131</v>
+      </c>
+      <c r="C24" t="s">
+        <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B25" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C25" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B26" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>51</v>
+      </c>
+      <c r="E26" t="s">
+        <v>91</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>92</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>144</v>
+      </c>
+      <c r="C27" t="s">
+        <v>145</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>130</v>
+        <v>102</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C29" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="I29" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C30" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>130</v>
+        <v>35</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>169</v>
+      </c>
+      <c r="C32" t="s">
+        <v>170</v>
       </c>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>99</v>
+        <v>171</v>
       </c>
       <c r="I32" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E33" t="s">
-        <v>130</v>
+        <v>176</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>182</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>159</v>
+        <v>79</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C36" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="I36" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D37" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="I37" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B38" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>91</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="I38" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>93</v>
+        <v>35</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>63</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>13</v>
       </c>
       <c r="I40" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B41" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B42" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C42" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D42" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>222</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H42" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="I42" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B43" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C43" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D43" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I45" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B46" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C46" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D46" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I46" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C47" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D47" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H47" t="s">
+        <v>248</v>
       </c>
       <c r="I47" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C48" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>41</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H48" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="I48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B49" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>256</v>
+        <v>25</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I49" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="I51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>102</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B53" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C53" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>237</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>130</v>
+        <v>57</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>63</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
       <c r="C58" t="s">
         <v>302</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H58" t="s">
         <v>303</v>
       </c>
       <c r="I58" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>305</v>
       </c>
       <c r="B59" t="s">
         <v>306</v>
       </c>
       <c r="C59" t="s">
         <v>307</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
         <v>308</v>
       </c>
       <c r="I59" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>310</v>
       </c>
       <c r="B60" t="s">
         <v>311</v>
       </c>
       <c r="C60" t="s">
         <v>312</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>63</v>
+        <v>313</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>314</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="I60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B61" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C61" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>318</v>
+        <v>108</v>
       </c>
       <c r="I61" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B62" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C62" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>246</v>
+        <v>52</v>
       </c>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B63" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C63" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>51</v>
+      </c>
+      <c r="E63" t="s">
+        <v>91</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I63" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C64" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D64" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H64" t="s">
+        <v>334</v>
       </c>
       <c r="I64" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B65" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C65" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>337</v>
+        <v>176</v>
       </c>
       <c r="F65" t="s">
-        <v>338</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
         <v>339</v>
       </c>
       <c r="I65" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>341</v>
       </c>
       <c r="B66" t="s">
         <v>342</v>
       </c>
       <c r="C66" t="s">
         <v>343</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H66" t="s">
         <v>344</v>
       </c>
       <c r="I66" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>346</v>
       </c>
       <c r="B67" t="s">
         <v>347</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>222</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" t="s">
         <v>348</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>350</v>
+      </c>
+      <c r="B68" t="s">
         <v>351</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>352</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>97</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" t="s">
         <v>353</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I68" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>355</v>
       </c>
       <c r="B69" t="s">
         <v>356</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>85</v>
+      </c>
+      <c r="H69" t="s">
+        <v>161</v>
+      </c>
+      <c r="I69" t="s">
         <v>357</v>
-      </c>
-[...16 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>358</v>
+      </c>
+      <c r="B70" t="s">
+        <v>359</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" t="s">
+        <v>161</v>
+      </c>
+      <c r="I70" t="s">
         <v>360</v>
-      </c>
-[...22 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>361</v>
+      </c>
+      <c r="B71" t="s">
+        <v>362</v>
+      </c>
+      <c r="C71" t="s">
+        <v>363</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>25</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" t="s">
+        <v>364</v>
+      </c>
+      <c r="I71" t="s">
         <v>365</v>
-      </c>
-[...22 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B72" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H72" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="I72" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B73" t="s">
-        <v>376</v>
+        <v>371</v>
+      </c>
+      <c r="C73" t="s">
+        <v>372</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H73" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="I73" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>375</v>
+      </c>
+      <c r="B74" t="s">
+        <v>376</v>
+      </c>
+      <c r="C74" t="s">
+        <v>377</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>127</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" t="s">
+        <v>378</v>
+      </c>
+      <c r="I74" t="s">
         <v>379</v>
-      </c>
-[...22 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>380</v>
+      </c>
+      <c r="B75" t="s">
+        <v>381</v>
+      </c>
+      <c r="C75" t="s">
+        <v>382</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>127</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" t="s">
+        <v>383</v>
+      </c>
+      <c r="I75" t="s">
         <v>384</v>
-      </c>
-[...22 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>385</v>
+      </c>
+      <c r="B76" t="s">
+        <v>386</v>
+      </c>
+      <c r="C76" t="s">
+        <v>387</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>313</v>
+      </c>
+      <c r="F76" t="s">
+        <v>314</v>
+      </c>
+      <c r="G76" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" t="s">
+        <v>388</v>
+      </c>
+      <c r="I76" t="s">
         <v>389</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>390</v>
+      </c>
+      <c r="B77" t="s">
+        <v>391</v>
+      </c>
+      <c r="C77" t="s">
         <v>392</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I77" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>395</v>
       </c>
       <c r="B78" t="s">
         <v>396</v>
       </c>
       <c r="C78" t="s">
         <v>397</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H78" t="s">
         <v>398</v>
       </c>
       <c r="I78" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>400</v>
       </c>
       <c r="B79" t="s">
         <v>401</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>127</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" t="s">
         <v>402</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>403</v>
-      </c>
-[...137 lines deleted...]
-        <v>427</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">