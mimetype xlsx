--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
@@ -99,655 +99,685 @@
     <t>Decyzja sądu 17.06.2025: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-30 17:01:45</t>
   </si>
   <si>
     <t>Paul Valerievich Makarenko</t>
   </si>
   <si>
     <t>3 października 1980</t>
   </si>
   <si>
     <t>Mężczyzna nie przyznał się do winy. Oprócz kary więzienia sędzia postanowił skonfiskować telefon komórkowy Makarenko, który posłużył „jako środek do popełnienia przestępstwa” na rzecz państwa.
 Wiadomo, że apelacja odbyła się 7 maja 2024 r. i utrzymała w mocy wyrok.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 07.03.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-23 21:33:52</t>
   </si>
   <si>
+    <t>Piotr Yarmashuk</t>
+  </si>
+  <si>
+    <t>4 października 1987</t>
+  </si>
+  <si>
+    <t>Jarmoszuk został po raz pierwszy zatrzymany w tej sprawie 23 marca 2023 r. i przebywał w areszcie przez trzy dni. Następnie go wypuścili, jednak 11 czerwca 2023 roku ponownie go zatrzymali i przewieźli do aresztu.
+Z aktu oskarżenia wynika, że 1 marca 2022 r. Jarmoszuk pobrał ze strony internetowej ItArmy of Ukraine kilka plików umożliwiających ataki DDoS. Następnie uruchomił program na swoim komputerze „co najmniej 8 razy”, co „naruszyło system ochrony przed atakami DDoS” i „zakłóciło działanie niezidentyfikowanych zasobów Internetu Federacji Rosyjskiej”. Tym samym, zdaniem prokuratury, Jarmoszuk „używał szkodliwych, potencjalnie niebezpiecznych programów”. Również 19 sierpnia 2020 r. Jarmoszuk przekazał za pośrednictwem Facebooka na rzecz inicjatywy BySOL około 60 dolarów. 7 miesięcy później (12 marca 2021 r.) władze białoruskie uznały Fundację BySOL za „formację ekstremistyczną”. Fakt, że w momencie przekazu pieniędzy BySOL nie był „formacją ekstremistyczną”, nie przeszkadza prokuraturze.
+W dniu 12 stycznia 2024 roku w Sądzie odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>4 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-11-21 13:11:16</t>
+  </si>
+  <si>
+    <t>Siarhei Piatrushenka</t>
+  </si>
+  <si>
+    <t>4 października 1986</t>
+  </si>
+  <si>
+    <t>Siergiej, były szef wydziału RUE „Mińska Miejska Agencja ds. Państwowej Rejestracji i Katastru Ziemskiego”, został aresztowany w czerwcu 2021 r. w związku z publikacją danych osobowych pracowników Smorgońskiego Rejonowego Departamentu Spraw Wewnętrznych na kanale Telegram. Według prokuratury od jesieni 2020 r. do lutego 2021 r. przekazał administratorom kanałów Telegram dane osobowe ponad dziesięciu pracowników Ministerstwa Spraw Wewnętrznych i urzędników państwowych.
+W sierpniu 2022 r. Siergiej został uznany winnym kilku zarzutów karnych, w tym „nadużycia władzy lub uprawnień służbowych” i skazany na karę pozbawienia wolności z pozbawieniem prawa do zajmowania stanowisk związanych z wykonywaniem obowiązków organizacyjnych i administracyjnych przez okres 5 lat.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.08.2022: 6 lata 6 miesiące więzienia w kolonii na warunkach ogólnych, pozbawienie prawa do zajmowania określonych stanowisk lub prowadzenia określonej działalności. Apelacja 14.10.2022: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-06-11 20:30:00</t>
+  </si>
+  <si>
     <t>Yuri Olegovich Zаlаtukhin</t>
   </si>
   <si>
     <t>4 października 1989</t>
   </si>
   <si>
     <t>Jurij został zatrzymany prawdopodobnie pod koniec września 2024 r. Następnie został skazany na podstawie art. 19.11 Kodeks wykroczeń administracyjnych (dystrybucja materiałów ekstremistycznych). Po 15 dniach odbył się ponownie proces na podstawie tego samego artykułu, więc najprawdopodobniej został dwukrotnie aresztowany, po czym został ponownie aresztowany w ramach sprawy karnej.
 Sądząc po sieciach społecznościowych, żona Jurija jest Ukrainką. Wiadomo, że Jurij przez jakiś czas pracował na budowie, jednak nie ma informacji o jego ostatnim miejscu pracy.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-01-27 15:48:38</t>
   </si>
   <si>
     <t>Novel Anatolyevich Kantsavy</t>
   </si>
   <si>
     <t>4 października 1975</t>
   </si>
   <si>
     <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-07-25 16:40:11</t>
-  </si>
-[...47 lines deleted...]
-    <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Evgeny Genrikhovich Blokhinskiy</t>
   </si>
   <si>
     <t>6 października 1997</t>
   </si>
   <si>
     <t>Jewgienij został zatrzymany 18 stycznia 2022 r., gdy przybył do Grodna z Niemiec.
 Jewgienij powiedział przed kamerą siłom bezpieczeństwa, że w 2020 r. był członkiem czatów uznanych za ekstremistyczne, gdzie wzywał do masowych zamieszek, zabijania policjantów i podpalania sklepów Tabakerok.
 Jewgienij ma rodzinę w Danii.</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>Decyzja sądu 04.05.2022: 7 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-05-02 14:33:00</t>
   </si>
   <si>
-    <t>Andrey Mikhailovich Bakurenko</t>
-[...15 lines deleted...]
-    <t>2025-11-03 13:49:43</t>
+    <t>Eugene Ivanovich Gruk</t>
+  </si>
+  <si>
+    <t>6 października 1991</t>
+  </si>
+  <si>
+    <t>Według KGB, Jewhen Gruk i Wiktor Jaskich zostali skazani na podstawie artykułu 289 Kodeksu karnego (akt terrorystyczny) i artykułu 295 Kodeksu karnego (nielegalne działania z użyciem broni palnej, amunicji i materiałów wybuchowych). O ich aresztowaniu poinformowano na początku kwietnia 2024 roku w raporcie ONT. Według propagandzistów siły bezpieczeństwa zatrzymały co najmniej 12 osób, w tym Gruka i Jaskicha, oskarżonych o przemyt materiałów wybuchowych i planowanie ataków terrorystycznych. Według reportera, Gruk był informatorem SBU: fotografował sprzęt wojskowy i przekazywał jego współrzędne. Następnie Grukowi wydano rozkaz wydobycia materiałów wybuchowych z kryjówki. Jaskich zawiózł go do kryjówki. Następnie obaj mieli rozprowadzić materiały wybuchowe z kryjówki do nowych kryjówek. Raport nie wyjaśnia motywów tej akcji. Żona Jewhena, Lidia Gruk, również została zatrzymana, ale jej los jest nieznany. Autorzy artykułu podają, że w rodzinie pozostało czworo małych dzieci.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 24 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-09-09 15:11:24</t>
+  </si>
+  <si>
+    <t>Tatiana Fedorovna Staseva</t>
+  </si>
+  <si>
+    <t>6 października 1966</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Zaitsev</t>
   </si>
   <si>
     <t>8 października 1982</t>
   </si>
   <si>
     <t>Zatrzymany 22 sierpnia 2021 r. w pobliżu daczy prezesa Sądu Najwyższego Republiki Białoruś Sukało V.O. za usiłowanie podpalenia. Być może sprowokował go oficer KGB.</t>
   </si>
   <si>
     <t>10 lat więzienia w warunkach zaostrzonego reżimu.</t>
   </si>
   <si>
     <t>2021-12-22 19:23:43</t>
   </si>
   <si>
     <t>Yuri Selivestrovich Khlebovets</t>
   </si>
   <si>
     <t>9 października 1982</t>
   </si>
   <si>
     <t>Powodem wszczęcia sprawy karnej były komentarze na czacie „Grodno 97”.
 W październiku 2023 roku okazało się, że w IUOT-39 Jurij znalazł się pod presją administracji instytucji i otrzymał 4 kary. 25 października 2023 r. Sąd Rejonowy w Krupskim podjął decyzję o zaostrzeniu reżimu. Jurij z IUOT został wysłany, aby resztę wyroku odbył w kolonii.</t>
   </si>
   <si>
     <t>1,5 roku ograniczenia wolności ze skierowaniem do zakładu otwartego.</t>
   </si>
   <si>
     <t>2023-05-10 22:56:00</t>
+  </si>
+  <si>
+    <t>Maret Akhmetauna Valiuk</t>
+  </si>
+  <si>
+    <t>9 października 1967</t>
+  </si>
+  <si>
+    <t>Maret został zatrzymany pod koniec października 2024 r. w Smorgonie. Następnie w sumie „oczyszczeniu” w Smorgoniach poddano około 12 osób, większość z nich zwolniono po „24 godzinach”.
+Posiada drugą grupę inwalidzką niezdolną do pracy.</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2024-11-12 20:11:39</t>
   </si>
   <si>
     <t>Vadim Andreevich Patsenko</t>
   </si>
   <si>
     <t>9 października 2000</t>
   </si>
   <si>
     <t>Facet ma 22 lata, pochodzi ze Świsłocza, miasta w obwodzie grodzieńskim. Służył w wojsku, a następnie zamieszkał w Grodnie. Uprawiał sport, reprezentował na przykład swoje rodzinne miasto w wielobojowych zawodach sportowych juniorów.
 Teraz mężczyzna został zatrzymany i umieszczony w Areszcie Śledczym . Jest oskarżony o przygotowanie aktu terrorystycznego.
 Według legendy KGB, któremu podkładano głos w prorządowym filmie na antenie ONT, miało dokonać sabotażu w Grodnie.
 W nagraniu z przesłuchania twierdzi, że rzekomo powierzono mu zadanie wysadzenia składu ropy przy użyciu drona i materiałów wybuchowych.
 W dniu 28 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
   </si>
   <si>
     <t>21 lat więzienia w warunkach zwiększonego bezpieczeństwa</t>
   </si>
   <si>
     <t>2023-04-06 14:47:36</t>
   </si>
   <si>
     <t>Viktor Egorovich Kuprik</t>
   </si>
   <si>
     <t>9 października 1962</t>
   </si>
   <si>
     <t>Został skazany za rzucenie koktajlem Mołotowa w stronę sił bezpieczeństwa podczas protestu, który odbył się 10 sierpnia 2020 r. w Baranowiczach.</t>
   </si>
   <si>
     <t>Nie</t>
   </si>
   <si>
     <t>Decyzja sądu 09.11.2020: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2021-02-27 19:14:13</t>
   </si>
   <si>
-    <t>Maret Akhmetovna Valiuk</t>
-[...77 lines deleted...]
-  <si>
     <t>Sergei Grigorievich Nikitin</t>
   </si>
   <si>
     <t>11 października 1975</t>
   </si>
   <si>
     <t>Żołnierz (prawdopodobnie także KGB).
 W dniu 14 października 2022 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-06-29 15:22:35</t>
   </si>
   <si>
     <t>Alexander Anatolevich Goncharov</t>
   </si>
   <si>
     <t>11 października 1973</t>
   </si>
   <si>
     <t>Według prokuratury Aleksander Gonczarow przekazał środki przelewem bankowym na finansowanie działalności „Pułku Kastusa Kalinowskiego”.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.12.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2023-12-04 02:34:04</t>
   </si>
   <si>
+    <t>Roman Sergeevich Shcherbakov</t>
+  </si>
+  <si>
+    <t>11 października 1997</t>
+  </si>
+  <si>
+    <t>W dniu 18 lipca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2023-07-12 16:30:13</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Gunya</t>
+  </si>
+  <si>
+    <t>11 października 2001</t>
+  </si>
+  <si>
+    <t>W dniu 11 sierpnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>7 lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2023-05-20 00:59:23</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Ivanchikov</t>
+  </si>
+  <si>
+    <t>11 października 1991</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.01.2025: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:40:52</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Barkun</t>
+  </si>
+  <si>
+    <t>11 października 1978</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:22:20</t>
+  </si>
+  <si>
     <t>Yegor Alexandrovich Dudnikov</t>
   </si>
   <si>
     <t>11 października 2000</t>
   </si>
   <si>
     <t>Jegor, obywatel Rosji, został zatrzymany 4 maja 2021 r. przez funkcjonariuszy GUBOPiK w wynajętym mieszkaniu po przeszukaniu i brutalnie pobity. Przez siedem miesięcy przebywał w areszcie tymczasowym pod zarzutem „organizowania działań rażąco naruszających porządek publiczny” - za nagrywanie filmów i wiadomości audio na kanale Telegram „OGSB”. Jednak w grudniu tego samego roku został skazany na podstawie artykułów „podżeganie do nienawiści lub niezgody” i „wezwania do działań mających na celu zaszkodzenie bezpieczeństwu narodowemu Białorusi” i skazany na najwyższy możliwy wyrok więzienia.
 W czerwcu 2022 roku zaostrzono warunki przetrzymywania, a Jegora przeniesiono do więzienia.</t>
   </si>
   <si>
     <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
   </si>
   <si>
     <t>Decyzja sądu 27.12.2021: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 25.02.2022: wyrok został podtrzymany. Sąd zmiany reżimu 15.06.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-05-29 23:01:41</t>
+  </si>
+  <si>
+    <t>Artsiom Andreyevich Shmanouski</t>
+  </si>
+  <si>
+    <t>11 października 1994</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-03-16 21:59:34</t>
   </si>
   <si>
     <t>Alexander Aleksandrovich Ignatyuk</t>
   </si>
   <si>
     <t>12 października 1971</t>
   </si>
   <si>
     <t>Niezależny dziennikarz z Pińska, właściciel serwisu i strony TikTok „o Stolinie”.
 Aleksander przez długi czas mieszkał samotnie na Polesiu, więc o jego zatrzymaniu dowiedział się przypadek. Zaniepokojeni ludzie zaczęli się martwić, że nie kontaktował się z nim przez długi czas. Okazało się, że Aleksander został umieszczony w Areszcie Śledczym w Brześciu-7. Według niepotwierdzonych informacji postawiono mu zarzuty „wspomagania działań ekstremistycznych”.
 Aleksander jest także ojcem faceta, który „rozebrał” armatkę wodną w Mińsku podczas protestów w 2020 roku.
 Jak poinformowało MSW , mężczyzna nakręcił filmy zawierające obciążające dowody, pokazał je lokalnym przedsiębiorcom i zażądał pieniędzy za „milczenie”. Rzekomo „promował także działalność ekstremistycznego kanału telegramowego, którego administratorzy znajdują się za granicą”.
 W dniu 28 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.04.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-08-10 19:05:31</t>
   </si>
   <si>
     <t>Alexander Sergeevich Reznik</t>
   </si>
   <si>
     <t>12 października 1997</t>
   </si>
   <si>
     <t xml:space="preserve">Aleksander został zatrzymany 29 września 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegramowych, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
 </t>
   </si>
   <si>
     <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:41:35</t>
   </si>
   <si>
-    <t>Olga Vladimirovna Mironenko</t>
+    <t>Volha Uladzimirauna Mironenka</t>
   </si>
   <si>
     <t>13 października 1970</t>
   </si>
   <si>
     <t>2025-01-21 13:26:29</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Muraviev</t>
   </si>
   <si>
     <t>13 października 1989</t>
   </si>
   <si>
     <t>Kierowca Aleksander został aresztowany w listopadzie 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zapracowany Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnią karę pozbawienia wolności.</t>
   </si>
   <si>
     <t>Decyzja sądu 28.09.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-05-26 01:16:13</t>
   </si>
   <si>
     <t>Oleg Petrovich Slabuho</t>
   </si>
   <si>
     <t>13 października 1986</t>
   </si>
   <si>
     <t>Oleg jest z wykształcenia inżynierem. Lubi podróże i aktywny wypoczynek.
 Oleg jest wideofilmowcem od ponad 10 lat. W 2015 roku założył własną firmę. Oleg specjalizuje się w fotografii ślubnej i rodzinnej, ale zajmuje się również zdjęciami osobistymi i filmami fabularnymi.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.07.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-08 00:42:26</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Sergeev</t>
+  </si>
+  <si>
+    <t>14 października 1985</t>
+  </si>
+  <si>
+    <t>Zatrzymany za udział w protestach.
+W dniu 17 października 2022 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:19:45</t>
   </si>
   <si>
     <t>Valentin Konstantinovich Stefanovich</t>
   </si>
   <si>
     <t>14 października 1972</t>
   </si>
   <si>
     <t>Walentyn, członek Rady Wiasna i wiceprzewodniczący Międzynarodowej Federacji Praw Człowieka (FIDH), jest jednym z najbardziej uznanych ekspertów i analityków praw człowieka. Aktywnie działa na rzecz niedyskryminacji i sprzeciwu wobec kary śmierci, a także brał udział w konferencjach międzynarodowych, misjach praw człowieka i misjach obserwacji wyborów w krajach OBWE.
 14 lipca 2021 r., po przeszukaniu jego mieszkania, został zabrany na przesłuchanie, a następnie tymczasowo aresztowany w związku ze sprawą karną wszczętą na podstawie artykułów o „uchylaniu się od płacenia podatków” i „organizowaniu działań rażąco naruszających porządek publiczny”.
 We wrześniu 2022 r. sprawa o unikanie płacenia podatków została umorzona, ale Valentinowi postawiono nowe zarzuty: przemytu i finansowania działań grupy, które rażąco naruszają porządek publiczny.
 27 października 2022 r., podczas 41. Kongresu Międzynarodowej Federacji Praw Człowieka (FIDH), Valentin Stefanovic został ponownie wybrany na wiceprezesa organizacji.
 W marcu 2023 roku został skazany na karę pozbawienia wolności i zobowiązany do zapłaty znacznego odszkodowania. Valentin nie przyznał się do winy w sądzie.
 Z dostępnych informacji wynika, że zaostrzono warunki jego zatrzymania i przeniesiono go do więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.03.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 3000 jednostek bazowych kary, około 188110 ruble odszkodowania. Protest prokuratora 21.04.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-07-16 14:42:08</t>
   </si>
   <si>
-    <t>Alexander Sergeevich Sergeev</t>
-[...14 lines deleted...]
-  <si>
     <t>Nikolai Sergeevich Roy</t>
   </si>
   <si>
     <t>14 października 1981</t>
   </si>
   <si>
     <t>Nikołaj, inżynier systemowy i były pracownik RUE Beltelecom, został zatrzymany w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”. W czerwcu 2023 r. został uznany za winnego szeregu zarzutów karnych i skazany na długoletnią karę więzienia.
 Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni żołnierze, funkcjonariusze organów ścigania, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę. Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.</t>
   </si>
   <si>
     <t>Decyzja sądu 21.06.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-01-23 20:19:33</t>
   </si>
   <si>
     <t>Sergey Konstantinovich Romashov</t>
   </si>
   <si>
     <t>14 października 1960</t>
   </si>
   <si>
     <t>Siergiej pracował jako lekarz diagnostyki ultrasonograficznej w Grodzieńskiej Poliklinice Miejskiej nr 4, a także w Centrum Medycznym Rosmed. Jego doświadczenie zawodowe wynosi ponad 30 lat. Znany jest również jako miłośnik szachów – w 2022 roku wygrał regionalny turniej szachowy pracowników służby zdrowia. Treść zarzutów i konkretny wyrok wydany na Romaszowa pozostają nieznane. Jak dotąd wiadomo jedynie, że został skazany na karę pozbawienia wolności.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-08-16 17:46:23</t>
+  </si>
+  <si>
+    <t>Dmitriy Vladimirovich Kubarev</t>
+  </si>
+  <si>
+    <t>15 października 1995</t>
+  </si>
+  <si>
+    <t>Zatrzymany 11 sierpnia 2020 r. pod zarzutem organizowania masowych zamieszek, w 2021 r. trzykrotnie skazany.
+W marcu 2023 r. kara Dmitrija została zaostrzona i został przeniesiony do więzienia na trzy lata.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.03.2021: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany. Decyzja sądu 15.09.2021: około 47440 ruble odszkodowania. Decyzja sądu 27.09.2021: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 04.10.2021: 1340 ruble odszkodowania. Sąd zmiany reżimu 06.03.2023: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:25:08</t>
   </si>
   <si>
     <t>Yaroslava Valentinovna Khromchenkova</t>
   </si>
   <si>
     <t>15 października 1997</t>
   </si>
   <si>
     <t>Posiada obywatelstwo rosyjskie. Została zatrzymana 23 kwietnia 2025 roku, a jej dom został przeszukany tego samego dnia. Została zatrzymana w związku ze śledztwem karnym dotyczącym wiadomości zamieszczonych na bota „Białoruski Gajun ”.
 Jarosława pochodzi z Rogaczowa. W pewnym momencie przeprowadziła się do Mozyrza, prawdopodobnie zaraz po ukończeniu studiów.
 W ostatnich latach pracowała jako nauczycielka w wiejskiej szkole. Uczyła języka niemieckiego w Szkole Podstawowej im. Moisiejewskiej w małym miasteczku rolniczym o tej samej nazwie. Pełniła również funkcję organizatora pracy w środowisku nauczycielskim.</t>
   </si>
   <si>
     <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
   </si>
   <si>
     <t>Decyzja sądu 09.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 04.11.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-06-08 19:18:36</t>
   </si>
   <si>
-    <t>Alexander Alexandrovich Kozlyanko</t>
-[...32 lines deleted...]
-  <si>
     <t>Alexander Dmitrievich Komlenok</t>
   </si>
   <si>
     <t>15 października 1981</t>
   </si>
   <si>
     <t>Zatrzymano go w lutym, kiedy wrócił z pracy na Białoruś. Wcześniej Aleksander pracował w lokomotywowni, ale po 2020 roku albo został zwolniony, albo sam zrezygnował – wydaje się, że zwolnienie miało podłoże polityczne. Następnie Kamlenok pracował jako kierowca ciężarówki w krajach zachodnich. A kiedy wrócił z pracy do domu, został zatrzymany. Został oskarżony o znieważenie urzędnika państwowego.
 Sąd Rejonowy w Wierchniewińskim uznał stronę Aleksandra w Odnoklassnikach za ekstremistyczną.</t>
   </si>
   <si>
-    <t>Decyzja sądu 16.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
+    <t>Decyzja sądu 16.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2024-05-23 20:19:37</t>
   </si>
   <si>
+    <t>Alexander Alexandrovich Kozlyanko</t>
+  </si>
+  <si>
+    <t>15 października 1983</t>
+  </si>
+  <si>
+    <t>Aleksandr, działacz anarchistyczny i członek Wolnego Związku Zawodowego, został zatrzymany w marcu 2021 r. w ramach postępowania karnego wszczętego przeciwko anarchistom z obwodu brzeskiego. Został skazany za „udział w działaniach grupowych, które rażąco naruszają porządek publiczny” i „udział w organizacji przestępczej”. Wiadomo, że zarzuty opierają się na epizodzie blokowania dróg w Brześciu w 2018 r., gdy miał miejsce protest przeciwko budowie fabryki baterii.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.09.2022: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:12:06</t>
+  </si>
+  <si>
     <t>Anatoly Anatolyevich Matsulevich</t>
   </si>
   <si>
     <t>16 października 1969</t>
   </si>
   <si>
     <t>Skazany za utworzenie i administrowanie kanałem telegramowym „Połock Nowopołock Country For Life Chat Freedom to Siergiej Tichanowski”.</t>
   </si>
   <si>
     <t>7,5 roku więzienia.</t>
   </si>
   <si>
     <t>2022-04-21 12:24:10</t>
   </si>
   <si>
-    <t>Ksenia Viktorovna Susha</t>
-[...11 lines deleted...]
-    <t>2024-06-17 23:16:24</t>
+    <t>Aliaksandr Anatolyevich Yaudakha</t>
+  </si>
+  <si>
+    <t>17 października 1975</t>
+  </si>
+  <si>
+    <t>Alexander Evdakha jest dystrybutorem książek i prowadzi stronę internetową KNIHI.BY, która obecnie jest niedostępna.
+3 marca 2026 roku koalicja wydawców drukowanych, w tym Fundacja Kamunikat.org, Wydawnictwo Lohvinau i Wydawnictwo Andrei Yanushkevich, została dodana do zaktualizowanej listy „grup ekstremistycznych” Ministerstwa Spraw Wewnętrznych. Na liście wymieniono Jarosława Iwaniaka, Dmitrija Kołosa, Igora Łogwinowa, Wacława Bogdanowicza, Andrieja Janushkevicha i Aleksandra Jewdachę, w kontekście tej grupy. Dodano również strony internetowe i konta wydawców w mediach społecznościowych.
+To nie pierwszy raz, kiedy Jewdacha padł ofiarą represji ze strony reżimu. W 2017 roku został uwikłany w sprawę „Białego Legionu” i spędził ponad trzy miesiące w areszcie tymczasowym. Sprawa upadła przed rozprawą. Wcześniej, w 2012 roku, został skazany na rok aresztu domowego za nielegalną sprzedaż książek. W 2021 roku został zatrzymany na przesłuchanie.</t>
+  </si>
+  <si>
+    <t>2026-03-09 13:12:20</t>
+  </si>
+  <si>
+    <t>Margarita Yakovlevna Rabinovich (Esepkina)</t>
+  </si>
+  <si>
+    <t>18 października 2002</t>
+  </si>
+  <si>
+    <t>Margarita, najstarsza córka Tiny Pałyńskiej, została zatrzymana wraz z matką pod koniec maja 2025 r. Obie przebywają w areszcie pod zarzutem popełnienia przestępstwa.
+Szczegóły zarzutów nie zostały oficjalnie ujawnione. Na podstawie dowodów poszlakowych można przypuszczać , że sprawa może być związana z decyzją KGB o uznaniu „Białoruskiej Pracowni Analitycznej” profesora Andrieja Wardomackiego za organizację ekstremistyczną. Organizacja ta przeprowadziła badania socjologiczne wśród obywateli Białorusi. W tej chwili nie ma potwierdzenia, że Tina lub jej córka rzeczywiście uczestniczyły w badaniach BAM. Ale nawet gdyby taki udział miał miejsce, nie naruszałoby to prawa: w momencie ewentualnego kontaktu z pracownią nie została ona jeszcze uznana za organizację ekstremistyczną.</t>
+  </si>
+  <si>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-06-04 16:10:13</t>
+  </si>
+  <si>
+    <t>Alexander Yurievich Voronin</t>
+  </si>
+  <si>
+    <t>18 października 1985</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Brześcia, wideofilmowiec. Ma małoletnie dzieci. 7 czerwca 2023 roku został zatrzymany pod zarzutem popełnienia przestępstwa administracyjnego (art. 19.11 ust. 2 Kodeksu wykroczeń administracyjnych) i skazany na 10 dni aresztu za subskrypcję profilu „Zerkalo” na Instagramie. Został zwolniony, ale dwa tygodnie później został zatrzymany pod zarzutem popełnienia przestępstwa.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 01.12.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-10-31 17:36:51</t>
   </si>
   <si>
     <t>Vyacheslav Evgenievich Ilyich</t>
   </si>
   <si>
     <t>18 października 1963</t>
   </si>
   <si>
     <t>Były zastępca szefa wydziału policji miasta Żodino, stał na czele policji kryminalnej, a w 2008 r. przeszedł na emeryturę w stopniu podpułkownika. Następnie był dyrektorem miejskiego centrum kultury i rozrywki Żodino.
 W 2020 r. on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi.
 Wiaczesław w swoim przemówieniu mówi, że rozumie, że pracownicy pełnią służbę w bardzo trudnych warunkach, ale wzywa ich, aby „swoimi służbowymi obowiązkami wykonywali tak, jak sami chcielibyście, żeby byli wykonywani [w stosunku do] Was i Waszych bliskich. Wtedy będziecie mogli patrzeć ludziom w oczy zarówno teraz, podczas służby, jak i wtedy, gdy udają się na zasłużony odpoczynek”.
 Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 14:36:11</t>
   </si>
   <si>
-    <t>Margarita Yakovlevna Rabinovich (Esepkina)</t>
-[...24 lines deleted...]
-    <t>2023-10-31 17:36:51</t>
+    <t>Ksenia Viktorovna Susha</t>
+  </si>
+  <si>
+    <t>18 października 1982</t>
+  </si>
+  <si>
+    <t>worked as the chief bibliographer of the research department of book science of the National Library of Belarus until November 2021. Then she went into IT.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-06-17 23:16:24</t>
   </si>
   <si>
     <t>Alexander Valentinovich Aranovich</t>
   </si>
   <si>
     <t>19 października 1982</t>
   </si>
   <si>
     <t>Członek zespołu kanału «Country for Life» na YouTube, kierowca kampera, mieszkał w Starych Dorogach w obwodzie mińskim.
 Zatrzymany podczas pikietowania w celu zbierania podpisów na rzecz Swietłany Cichanouskiej w Grodnie 29 maja 2020 roku.
 13 lipca 2023 roku okazało się, że więzień polityczny został przekazany do reżimu więziennego na okres 2 lat. Aleksandrowi kilkakrotnie proponowano napisanie wniosku o ułaskawienie, ale odmówił.</t>
   </si>
   <si>
     <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
   </si>
   <si>
     <t>Decyzja sądu 27.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 07.07.2023: 2 roku więzienia. Decyzja sądu 14.11.2024: 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-02-25 02:33:36</t>
   </si>
   <si>
     <t>Yuri Petrovich Lagodyuk</t>
   </si>
   <si>
@@ -756,599 +786,642 @@
   <si>
     <t>Od ponad trzydziestu lat pracuje jako trener tenisa stołowego. Yuri jest jedynym międzynarodowym sędzią w tej dyscyplinie w obwodzie brzeskim. Wcześniej był członkiem zarządu Białoruskiej Federacji Tenisa Stołowego.
 Logodyuk jest również znany jako jeden z najlepszych trenerów sportu na Białorusi. Szkoli osoby z problemami narządu ruchu. Jego uczniowie często zdobywają mistrzostwa zarówno na Białorusi, jak i w innych krajach. Ten człowiek pomógł setkom osób niepełnosprawnych żyć normalnie.
 Jest sądzony za „promowanie działalności ekstremistycznej”. Może to być albo komentarz do „niewłaściwego” zasobu, albo na przykład przekaz pieniędzy więźniowi politycznemu.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.07.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-17 19:38:44</t>
   </si>
   <si>
     <t>Alexander Viktorovich Sysoev</t>
   </si>
   <si>
     <t>20 października 1984</t>
   </si>
   <si>
     <t>Sysoev pochodzi z Bronnej Góry, w ostatnich latach mieszkał w Berezie (obwód brzeski). Według danych z usuniętego już profilu na Vkontakte, w 2008 roku ukończył BSUIR, uzyskując dyplom ze sztucznej inteligencji. W chwili aresztowania tworzył grę komputerową. Mężczyzna został zatrzymany 5 lipca 2023 roku i od tego czasu przebywa w areszcie.Mężczyzna został oskarżony o przekazywanie pieniędzy pułkowi Kalinowskiego za pośrednictwem portalu społecznościowego Facebook przy użyciu systemu płatności PayPal. Przelew na kwotę 12,91 dolarów był wykonany z karty białoruskiej.12 lutego prokurator Bogusz zażądał dla Sysojewa 5 lat kolonii o zaostrzonym rygorze. Wyrok ogłoszono 14 lutego. Dokładny wyrok nie jest obecnie znany, ale w zdecydowanej większości spraw politycznych sędziowie brzescy przyznają dokładnie to, czego żądają prokuratorzy.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.02.2024: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2024-02-08 00:49:54</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-12-21 10:10:35</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Sautin</t>
   </si>
   <si>
     <t>20 października 1978</t>
   </si>
   <si>
     <t>Iwan, homelski aktywista i wolontariusz organizacji „Kraj dla Życia”, członek Białoruskiej Partii Socjaldemokratycznej, po licznych zatrzymaniach, aresztowaniu administracyjnym i wszczęciu dwóch spraw karnych w 2020 r. wyjechał do Rosji.
 W kwietniu 2021 roku Iwan został zatrzymany w Kaliningradzie podczas próby przekroczenia granicy z Polską. Na wniosek białoruskich funkcjonariuszy organów ścigania został oskarżony w sprawie karnej na podstawie czterech artykułów, w tym „terroryzmu”. Jednakże po zakończeniu śledztwa strona rosyjska wycofała trzy z czterech zarzutów. Rok później, 26 kwietnia 2022 roku, Ivan został zwolniony za kaucją.
 27 maja 2022 roku został ponownie zatrzymany i pod koniec czerwca wydany Białorusi. Z materiałów sprawy wynika, że w 2018 r. miał przywłaszczyć ponad 68 tys. rubli. W trakcie śledztwa ustalono również, że w 2020 r. Iwan brał udział w protestach, nagrywał filmy i kontaktował się z agencjami rządowymi.
 W grudniu 2022 roku został skazany za „oszustwo”. W kwietniu 2024 r. Ivan został ponownie skazany na podstawie artykułu „złośliwe nieposłuszeństwo wobec żądań administracji kolonii”.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 29.03.2023: wyrok został podtrzymany. Decyzja sądu 16.05.2024: nieznany. Apelacja 08.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2021-04-29 16:58:20</t>
   </si>
   <si>
+    <t>Leonid Viktorovich Kovalev</t>
+  </si>
+  <si>
+    <t>20 października 1991</t>
+  </si>
+  <si>
+    <t>Leonid został zatrzymany i skazany za to, że według śledczych sporządził dwa koktajle Mołotowa, przetransportował je do centrum Homla i ukrył. Wieczorem 10 sierpnia 2020 r. rzekomo odnalazł dwóch sprawców – Dmitrija Korniejewa i Nikitę Zolotoriewa – i wręczył im butelki, proponując podpalenie budynku, autobusu lub wozu ryżowego. Leonid nie przyznał się do winy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.02.2021: 6 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 23.04.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:12:24</t>
+  </si>
+  <si>
     <t>Alexey Yurievich Melnikau</t>
   </si>
   <si>
     <t>20 października 1993</t>
   </si>
   <si>
     <t>Aleksiej został zatrzymany i skazany za posiadanie broni i rzekome przygotowanie jej do masowych zamieszek. W przesłuchaniu oświadczył, że przyznał się jedynie do posiadania broni i nie rozumie, dlaczego proces toczył się za zamkniętymi drzwiami. Aleksiej nazwał oskarżenie o przygotowywanie zamieszek „polowaniem na czarownice”.
 Pod koniec grudnia 2021 roku okazało się, że kara dla Aleksieja jest zaostrzona i przenosi się go do więzienia.
 Zimą 2024 r. więzień polityczny stanął przed sądem w nowej sprawie karnej za „złośliwe nieposłuszeństwo wobec wymogów administracji Zakładu Karnego”. Na mocy tego artykułu więźniowie odmawiający współpracy z administracją są sądzeni za fikcyjne naruszenia.</t>
   </si>
   <si>
     <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 50 jednostek bazowych kary. Sąd zmiany reżimu data nieznana: 3 roku więzienia. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-02-28 00:54:39</t>
   </si>
   <si>
-    <t>Leonid Viktorovich Kovalev</t>
-[...11 lines deleted...]
-    <t>2021-02-28 02:12:24</t>
+    <t>Vladimir Viktorovich Melikaev</t>
+  </si>
+  <si>
+    <t>20 października 1967</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-12-21 10:10:35</t>
+  </si>
+  <si>
+    <t>Igor Leontievich Karpitsky</t>
+  </si>
+  <si>
+    <t>21 października 1969</t>
+  </si>
+  <si>
+    <t>Z materiałów sprawy wynika, że Igor za pomocą laptopa wysłał kilka e-maili na skrzynkę e-mail oficjalnego portalu internetowego Prezydenta Republiki Białoruś, w których wyraził groźby użycia przemocy wobec Prezydenta. Wysłał również e-mail, dostępny do wglądu dla osób trzecich, w tym pracowników Administracji Prezydenta Republiki Białoruś, w treści którego zawierał zniewagi wobec funkcjonariuszy państwowych w związku z wykonywaniem przez nich obowiązków służbowych – pracowników organy spraw wewnętrznych Republiki Białoruś Iwan Kubrakow i Dmitrij Bałaba. Mężczyzna wysłał również podobną wiadomość z groźbami użycia przemocy, zniszczenia i uszkodzenia mienia do pracowników Komitetu Śledczego Republiki Białoruś. Igor brał również udział w protestach podczas protestów powyborczych w Mińsku w 2020 roku.
+Zgodnie z wnioskami z oględzin, Karpitsky w okresie popełniania przestępstw cierpiał na chorobę psychiczną, ale mógł zdawać sobie sprawę z rzeczywistego charakteru i niebezpieczeństwa społecznego swoich czynów oraz je kontrolować. Nie potrzebuje obowiązkowych środków bezpieczeństwa i leczenia. Ma małoletnie dziecko.</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:09:48</t>
+  </si>
+  <si>
+    <t>Denis Valerievich Sokolov</t>
+  </si>
+  <si>
+    <t>21 października 1980</t>
+  </si>
+  <si>
+    <t>został zatrzymany w ramach śledztwa karnego wszczętego przez KGB w związku z faktem „usiłowania popełnienia aktu terrorystycznego” w Machulishchi.
+Główna osoba zamieszana w sprawę oraz – jak twierdzą urzędnicy i propagandyści – sprawca sabotażu, Nikołaj Szwec, został w czerwcu zwolniony w ramach wymiany z Ukrainą. Mimo to sprawa trafi do sądu, a jego wspólnikom na Białorusi grożą długie wyroki więzienia. Sam Shvets jest sądzony zaocznie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.10.2024: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-08-13 13:00:42</t>
+  </si>
+  <si>
+    <t>Maksim Nikolaevich Kurovsky</t>
+  </si>
+  <si>
+    <t>21 października 1981</t>
+  </si>
+  <si>
+    <t>Z materiałów prokuratury wynika, że Maksym Kurowski na jednym z czatów komunikatora Telegram celowo zamieszczał wiadomości o prezydencie Łukaszence, obsceniczne w formie i obraźliwe w treści.
+Badanie wykazało, że wiadomości zawierały negatywną ocenę głowy państwa, poniżały jego honor i godność. Ponadto posługiwał się językiem białoruskim. Były śledczy prużańskiego oddziału regionalnego Wielkiej Brytanii. Wycofany ze służby w 2020 roku.
+12.06.2024 zwolniony po odbyciu kary.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 09.12.2022: wyrok został podtrzymany. Decyzja sądu data nieznana: 3 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2022-10-18 22:14:36</t>
   </si>
   <si>
     <t>Evgeny Klimov</t>
   </si>
   <si>
     <t>21 października 1996</t>
   </si>
   <si>
     <t>Skazany za administrowanie kanałem Petrikov 97%.
 Kanał omawiał kwestie wyborcze, miejsce i czas pokojowych wieców dla tych, którzy nie zgadzają się z wynikami liczenia głosów w wyborach i inne kwestie.
 Jewgienij Klimow został również oskarżony o podżeganie do nienawiści społecznej za ponowne umieszczenie wiadomości o prewencjach policji z kanału telegramowego Nexta.</t>
   </si>
   <si>
     <t>5 lat więzienia w warunkach zaostrzonego reżimu .</t>
   </si>
   <si>
     <t>2022-03-27 02:15:25</t>
-  </si>
-[...50 lines deleted...]
-    <t>2024-08-13 13:00:42</t>
   </si>
   <si>
     <t>Ivan Petrovich Polevikov</t>
   </si>
   <si>
     <t>22 października 2002</t>
   </si>
   <si>
     <t>First, Ivan was arrested for 15 days , then placed in a pretrial detention facility on a criminal case.</t>
   </si>
   <si>
     <t>2025-03-04 20:10:16</t>
   </si>
   <si>
     <t>Eugene Ivanovich Gurinovich</t>
   </si>
   <si>
     <t>22 października 1992</t>
   </si>
   <si>
     <t>Główny inspektor Służby Celnej.
 10 października 2023 roku Sąd Miejski w Mińsku rozpoczął zamknięty proces trzech celników: Jewgienija Gurinowicza, Wiktora Nowika i Władimira Żuromskiego. Postawiono im zarzuty z ośmiu artykułów Kodeksu karnego. Aktywiści na rzecz praw człowieka dowiedzieli się, że w tej sprawie, 27 lutego 2024 roku, stanie przed sądem jedynie 31-letni inspektor celny Jewgienij Gurinowicz. Proces odbędzie się w Areszcie Śledczym nr 1. Nie wiadomo, czy przyczyną mógł być stan zdrowia mężczyzny. Jego sprawa prawdopodobnie została podzielona na osobne postępowania, ale rozprawy pozostałych osób nie zostały jeszcze wyznaczone.
 Po aresztowaniu funkcjonariusze organów ścigania poważnie zranili Jewgienija w plecy, zmuszając go do poruszania się o kulach .
 24 maja 2024 r. rozpatrzono apelację Jewgienija.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.04.2024: 13 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 24.05.2024: wyrok został podtrzymany. Apelacja 16.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-10-10 00:23:21</t>
+  </si>
+  <si>
+    <t>Mikhail Aleksandrovich Laban</t>
+  </si>
+  <si>
+    <t>23 października 1983</t>
+  </si>
+  <si>
+    <t>Michaił, właściciel pracowni jubilerskiej w Samorodoku, wytwarzał biżuterię dla członków klubów rekonstrukcyjnych i studiował historię średniowiecza. W lutym 2022 r. został aresztowany, a następnie skazany pod zarzutem „zniesławienia i znieważenia Łukaszenki” oraz „obrażenia urzędnika państwowego”.
+W maju 2024 r. odbyła się nowa rozprawa sądowa, w wyniku której zaostrzono warunki przetrzymywania Michaiła i przeniesiono go do więzienia.
+W lutym 2025 roku został ponownie skazany na podstawie artykułu o „finansowaniu działalności grupy ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2022: 4 roku więzienia w kolonii na warunkach ogólnych, 100 jednostek bazowych kary. Sąd zmiany reżimu 18.05.2024: reżim więzienny do końca kary. Decyzja sądu 12.02.2025: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2022-05-11 01:06:30</t>
   </si>
   <si>
     <t>Gennady Fedorovich Vasilyuk</t>
   </si>
   <si>
     <t>23 października 1966</t>
   </si>
   <si>
     <t>15 września 2023 r. 57-letni Giennadij Wasiliuk został ukarany grzywną za „rozpowszechnianie materiałów ekstremistycznych”. Na stronie Odnoklassniki Giennadija znaleziono subskrypcje materiałów „ekstremistycznych”. Ponadto Wasiliuk został wyrzucony z lokomotyw „za zgodą stron”.
 W dniu 7 grudnia 2023 r. Giennadij został zatrzymany w ramach sprawy karnej za „zniesławienie Łukaszenki” (art. 367 część 1 kk) i osadzony w areszcie śledczym. Sprawa została rozpatrzona w dniach 22 i 26 lutego 2024 roku.
 Mężczyzna został oskarżony o umieszczenie reakcji „klasowej” w serwisie społecznościowym Odnoklassniki pod trzema filmami z udziałem ekonomisty Jarosława Romanczuka w dniach 8, 9 i 17 czerwca 2022 r.
 Giennadij przyznał się do winy i powiedział, że we wskazane dni czerwca udał się do wsi w powiecie Żabinkowskim, co potwierdza wyciąg od operatora komórkowego. Mężczyzna korzysta z telefonu z przyciskiem, więc we wsi nie mógł dostać się do Odnoklassnik.
 Prokurator Jegor Kronda uznał winę Giennadija za w pełni udowodnioną i zażądał dla niego roku i sześciu miesięcy więzienia.
 Giennadij został po raz drugi skazany 16 września 2024 r. za udział w protestach. Razem z nim skazano także jego żonę i trzy inne osoby. Zdaniem sądu istota oskarżenia przeciwko wszystkim polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, gwizdali, klaskali w dłonie, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.
 Sąd skazał Giennadija na półtora roku więzienia, ale biorąc pod uwagę nieprzebytą wcześniej (polityczną) karę, ostateczny wyrok wynosił zaledwie 2 lata w kolonii ogólnoreżimowej.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.02.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 19.04.2024: wyrok został podtrzymany. Decyzja sądu 16.09.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-19 19:05:43</t>
   </si>
   <si>
-    <t>Sergei Mikhailovich Shametko</t>
-[...8 lines deleted...]
-    <t>12 lat w kolonii w warunkach zaostrzonego reżimu</t>
+    <t>Siarhei Mikhajlavich Shametska</t>
+  </si>
+  <si>
+    <t>23 października 1992</t>
+  </si>
+  <si>
+    <t>Siergiej, pracownik JSC Atlant , został aresztowany jesienią 2021 roku w ramach postępowania karnego wszczętego przeciwko pracownikom fabryki, którzy poparli strajk i byli częścią inicjatywy „Raboczyj Ruch” (Ruch Robotniczy). 21 września 2021 roku inicjatywa ta została uznana za organizację ekstremistyczną, w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 r. Siergiej został uznany winnym zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazany na karę więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-08-23 00:03:24</t>
   </si>
   <si>
-    <t>Mikhail Aleksandrovich Laban</t>
-[...13 lines deleted...]
-    <t>2022-05-11 01:06:30</t>
+    <t>Oksana Mikhailovna Shalyapina</t>
+  </si>
+  <si>
+    <t>24 października 1977</t>
+  </si>
+  <si>
+    <t>Absolwent Wydziału Architektury. Artysta. Reżyseria – ekspresjonizm. Technika – malarstwo impastowe. Prace znajdują się w kolekcjach prywatnych w Ameryce, Niemczech, Kazachstanie, Rosji, Gruzji, Białorusi, Luksemburgu, Finlandii, Włoszech, a także w Galerii Larus (USA). Trzy wystawy indywidualne. Członek Związku Artystów „Master-Peacemaker”.
+Prawdopodobnie zatrzymany za pomoc więźniom politycznym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.11.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-07-22 18:12:39</t>
   </si>
   <si>
     <t>Maxim Igorevich Mnatsakanov</t>
   </si>
   <si>
     <t>24 października 1988</t>
   </si>
   <si>
     <t>Zatrzymano go za komentarze na portalach społecznościowych. W domu Maxima czeka 10-letni syn.
 W dniu 17 listopada 2023 roku odbyła się rozprawa Sądu Apelacyjnego.</t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2023-02-27 01:16:43</t>
   </si>
   <si>
-    <t>Oksana Mikhailovna Shalyapina</t>
-[...14 lines deleted...]
-  <si>
     <t>Valery Vasilevich Ivchin</t>
   </si>
   <si>
     <t>24 października 1975</t>
   </si>
   <si>
     <t>Według sądu Walerij został skazany za udział w marszach po wyborach w Mińsku w sierpniu i wrześniu 2020 r., a konkretnie za „wchodzenie na jezdnię” i „blokowanie ruchu”.</t>
   </si>
   <si>
     <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
   </si>
   <si>
     <t>Kara ograniczenia wolności</t>
   </si>
   <si>
     <t>Decyzja sądu 13.06.2024: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 15.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-10 19:32:30</t>
-  </si>
-[...10 lines deleted...]
-    <t>2023-05-05 00:12:29</t>
   </si>
   <si>
     <t>Sergei Anatolievich Shpak</t>
   </si>
   <si>
     <t>25 października 1971</t>
   </si>
   <si>
     <t>Siergiej, emerytowany podpułkownik, który wziął udział w przekazie wideo oficerów rezerwy do białoruskiego wojska, został zatrzymany 16 lipca 2021 r. po przeszukaniu jego domu.
 Zgodnie z dekretem Łukaszenki, został on pozbawiony stopnia wojskowego po 28 latach nienagannej służby w Siłach Zbrojnych. Siergiej jest ojcem czwórki dzieci, z których dwoje jest nieletnich.
 W grudniu 2021 roku postawiono mu zarzuty organizacji, przygotowywania lub aktywnego udziału w działaniach rażąco naruszających porządek publiczny. Siergiej został skazany na karę ograniczenia wolności bez skierowania do zakładu karnego i zwolniony na rozprawie.</t>
   </si>
   <si>
-    <t>Decyzja sądu 14.12.2021: 3 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 21.10.2025: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary.</t>
+    <t>Decyzja sądu 14.12.2021: 3 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 21.10.2025: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2021-07-19 20:11:32</t>
   </si>
   <si>
+    <t>Valery Leonidovich Romanovsky</t>
+  </si>
+  <si>
+    <t>25 października 1978</t>
+  </si>
+  <si>
+    <t>Valery zostaje oskarżony o zdradę państwa. W grudniu 2022 r. kanał telewizyjny Belarus 1 wyemitował film o kontrwywiadzie KGB, który opowiadał o Białorusinach i obywatelach innych krajów oskarżonych o pracę dla obcych służb wywiadowczych. Valery Romanovsky został w filmie nazwany „byłym szefem służby rozpoznania lotniczego”. Historia Białorusi 1 mówi, że podczas służby krewny z Litwy „doprowadził” podejrzanego do agentów departamentu bezpieczeństwa państwa kraju. Dla nich Romanovsky sfotografował oficjalne dokumenty, a kiedyś przekazał służbom specjalnym dane dotyczące budowy BiełEJ, mówi film.</t>
+  </si>
+  <si>
+    <t>2023-05-05 00:12:29</t>
+  </si>
+  <si>
     <t>Larisa Arkadyevna Kotovich</t>
   </si>
   <si>
     <t>26 października 1968</t>
   </si>
   <si>
     <t>Larisa, nauczycielka języka angielskiego, została aresztowana pod koniec sierpnia 2023 r. Początkowo została skazana w postępowaniu administracyjnym za „dystrybucję, produkcję i przechowywanie materiałów ekstremistycznych”, ale później wszczęto postępowanie karne, w którym została skazana za „wspieranie działalności ekstremistycznej”.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.04.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.06.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-12-22 17:34:26</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-07-27 15:51:49</t>
   </si>
   <si>
     <t>Vyacheslav Alexandrovich Borodiy</t>
   </si>
   <si>
     <t>26 października 1978</t>
   </si>
   <si>
     <t>Obywatel Ukrainy.
 Szczegóły prześladowań ukraińskiego leśniczego poznaliśmy z propagandowego filmu z 11 września 2023 roku, który został wyemitowany jednocześnie we wszystkich kanałach państwowych. W nim Wiaczesław był prowadzony na łańcuchu podczas działań dochodzeniowych. Komitet Bezpieczeństwa Państwa poinformował, że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzem osobom postawiono zarzuty na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
 Ukraiński myśliwy Wiaczesław Borodija został zatrzymany 1 września 2023 r. w obwodzie elskim na Białorusi, graniczącym z obwodem żytomierskim na Ukrainie. Wiadomo, że Wiaczesław urodził się w obwodzie żytomierskim, przez pewien czas mieszkał w Mozyrzu, a następnie wrócił na Ukrainę i pracował jako myśliwy, wychowując trójkę dzieci. W filmie napisano, że po wybuchu wojny na pełną skalę Borodii rzekomo odbywał szkolenie w ośrodku szkoleniowym Głównego Zarządu Wywiadu Ministerstwa Obrony Ukrainy i że „od marca 2023 r., oprócz Głównego Zarządu Wywiadu MON Ukrainy, Ministerstwie Obrony Narodowej nawiązał także współpracę ze Służbą Bezpieczeństwa Ukrainy”.</t>
   </si>
   <si>
     <t>Decyzja sądu 02.12.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:15:03</t>
   </si>
   <si>
     <t>Anton Nikolaevich Stankevich</t>
   </si>
   <si>
     <t>26 października 1998</t>
   </si>
   <si>
     <t>Zatrzymany i skazany za przekazanie 100 euro.
 Absolwent Wydziału Filologicznego BSU. Był wolontariuszem podczas II Igrzysk Europejskich. Pracowałem w Currency.com, spędziłem prawie rok w Gruzji, pracując zdalnie jako support. Następnie wrócił na Białoruś.Interesuje się językami, rekonstrukcją historyczną i ciężką muzyką.</t>
   </si>
   <si>
     <t>Decyzja sądu 18.07.2024: nieznany. Apelacja 20.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-15 12:21:19</t>
   </si>
   <si>
+    <t>Robert Evgenievich Kuznetsov</t>
+  </si>
+  <si>
+    <t>26 października 1983</t>
+  </si>
+  <si>
+    <t>Skazany za umieszczanie w Internecie w listopadzie 2021 r. „obraźliwych” zdjęć flagi narodowej Republiki Białorusi i komentowanie jej w Internecie.
+Karę odbywał w IK-22, a w grudniu 2023 roku został przeniesiony do IK-2.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.08.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-07-27 15:51:49</t>
+  </si>
+  <si>
     <t>Igor Andreevich Fedorenko</t>
   </si>
   <si>
     <t>26 października 1992</t>
   </si>
   <si>
     <t>Decyzja sądu 05.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.04.2024: wyrok został podtrzymany. Decyzja sądu 03.06.2024: 5 lata 6 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 27.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-08 18:58:42</t>
   </si>
   <si>
     <t>Dmitry Borisovich Gulin</t>
   </si>
   <si>
     <t>27 października 1969</t>
   </si>
   <si>
     <t>Były wojskowy, topograf. Rzekomo zatrzymany za udział w czatach protestacyjnych. W filmie, nakręconym przez prorządową telewizję, Dmitrij rzekomo w 2020 roku nakręcił wideo-apel do wojska i sił bezpieczeństwa, a rok później skontaktował się z organizacją Busly Lyatsyats. Ponadto, według kanału telewizyjnego, w tym roku Gulin monitorował czaty Brześcia-97, Homla-97, Kalinkowiczów, Łunińca i aktywnie zostawiał tam komentarze.
 Prawdopodobnie przetrzymywany w areszcie śledczym KGB.</t>
   </si>
   <si>
     <t>14 lat więzienia w kolonii o zaostrzonym rygorze</t>
   </si>
   <si>
     <t>2022-12-26 23:44:28</t>
   </si>
   <si>
-    <t>Victor Viktorovich Gladkov</t>
-[...14 lines deleted...]
-    <t>2022-04-28 02:16:41</t>
+    <t>Artyom Mikhailovich Lapikov</t>
+  </si>
+  <si>
+    <t>28 października 1992</t>
+  </si>
+  <si>
+    <t>Okazało się , że po wyborach w sierpniu 2020 r. Łapikow zamieścił na swoim Instagramie post ze zdjęciem Aleksandra Łukaszenki w mundurze SS (paramilitarna formacja nazistów, odpowiedzialna m.in. za zbrodnie przeciw ludzkości ). Publikacji towarzyszył wiersz, którego tekst nie jest obecnie znany.
+W dniu 5 grudnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-09-04 14:12:23</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Bigel</t>
+  </si>
+  <si>
+    <t>28 października 1981</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-12-19 22:48:57</t>
   </si>
   <si>
     <t>Eduard Aleksandrovich Palchis</t>
   </si>
   <si>
     <t>28 października 1990</t>
   </si>
   <si>
     <t>Znany białoruski bloger polityczny i osoba publiczna, autor kanału telegramowego Palchys. Był organizatorem imprez i koncertów „BNR-100”, „BNR-101”. Zatrzymany został 27 września 2020 r. w ramach sprawy karnej dotyczącej masowych zamieszek.
 W sierpniu 2022 roku został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.12.2021: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 10.06.2022: około 575000 ruble odszkodowania. Sąd zmiany reżimu 11.08.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-25 11:31:09</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Bigel</t>
-[...24 lines deleted...]
-    <t>2023-09-04 14:12:23</t>
+    <t>Vladimir Aleksandrovich Chmurov</t>
+  </si>
+  <si>
+    <t>28 października 1979</t>
+  </si>
+  <si>
+    <t>2022-04-28 02:16:41</t>
+  </si>
+  <si>
+    <t>Victor Viktorovich Gladkov</t>
+  </si>
+  <si>
+    <t>28 października 1977</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:02:40</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Gulevich</t>
   </si>
   <si>
     <t>29 października 1987</t>
   </si>
   <si>
     <t>Wadim odbywał kary aresztu administracyjnego w sierpniu i październiku 2020 r. Ostatnie aresztowanie miało miejsce 28 czerwca 2021 r. w ramach postępowania karnego dotyczącego incydentu w ośrodku łączności rosyjskiej marynarki wojennej w pobliżu Wilejki.
 Według zeznań prokuratury przedstawionych w sądzie, Wadim i Aleksiej Głotowowie, „ubrani w kamuflaż i uzbrojeni w broń palną, weszli na teren obiektu wojskowego i podłożyli ładunki wybuchowe o promieniu rażenia do 11 metrów”. Jeden z nich nie eksplodował i został rozbrojony. Ekspertyza wykazała, że ładunki zostały odpalone za pomocą mechanizmu o opóźnionym działaniu.
 Straty oszacowano na ponad 26 000 rubli. Doniesiono również, że Wadim „planował udać się na Ukrainę na szkolenie wojskowe”.
 W grudniu 2022 r. uznano go za winnego i skazano na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.
 W 2025 roku odbyła się rozprawa sądowa w sprawie zmiany reżimu więziennego, w wyniku której Vadim został przeniesiony do więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.12.2022: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-07-20 22:30:23</t>
   </si>
   <si>
+    <t>Dmitry Vladimirovich Barsukov</t>
+  </si>
+  <si>
+    <t>30 października 2002</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mohylew, ul. Czeluskincew, 76A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.12.2024: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2024-12-16 21:47:47</t>
+  </si>
+  <si>
+    <t>Dzmitry Mikhailovich Kovach</t>
+  </si>
+  <si>
+    <t>30 października 1984</t>
+  </si>
+  <si>
+    <t>W 2007 roku ukończył studia na Białoruskim Narodowym Uniwersytecie Technicznym.
+Od 2009 roku Kovács pracuje w branży turystycznej. Ostatnio pracował jako specjalista ds. wiz w prywatnym biurze podróży.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-11-21 13:57:34</t>
+  </si>
+  <si>
     <t>Maxim Sergeevich Fedorovich</t>
   </si>
   <si>
     <t>30 października 1991</t>
   </si>
   <si>
     <t>Maksym jest koordynatorem zespołu poszukiwawczego „Anioł ”. Wcześniej pracował jako technolog w Mińsku -Kristallu , ale całkowicie zmienił swoje życie, dołączając do ruchu w 2017 roku po szeroko zakrojonych poszukiwaniach Maksima Markhaliuka w Puszczy Białowieskiej.
 Został skazany za dziewięć zarzutów w „sprawie Gayun”. Ma problemy zdrowotne.
 W chwili aresztowania dziecko Maksima miało 1 rok i 3 miesiące.</t>
   </si>
   <si>
     <t>Decyzja sądu 07.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 28.11.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-10-07 18:28:18</t>
   </si>
   <si>
-    <t>Dzmitry Mikhailovich Kovach</t>
-[...12 lines deleted...]
-    <t>2025-11-21 13:57:34</t>
+    <t>Vasili Prakopavich Krauchuk</t>
+  </si>
+  <si>
+    <t>30 października 1973</t>
+  </si>
+  <si>
+    <t>20 grudnia 2020 roku Wasilij zobaczył na Telegramie wiadomość, że policjant w białoruskiej szkole krzyczał na dzieci używając wulgarnego języka. Z tej okazji mieszkaniec Pińska napisał żart w komentarzach na kanale telegramowym „Punishers of Belarus”, który był emitowany w telewizji w programie KVN. Był to sparafrazowany fragment słynnej dziecięcej piosenki „Niech biegają niezgrabnie” z kreskówki o Czeburaszce i Krokodylu Genie. W wersji KVN refren brzmiał inaczej. Komentarz brzmiał następująco: „Lera jest suką w pracy, Lera jest suką w domu, bo Lera uprawia seks tylko raz w roku”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.02.2022: 2 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Sąd zmiany reżimu 17.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2022-02-07 22:09:27</t>
+  </si>
+  <si>
+    <t>Uladzimir Mikalayevich Mahronau</t>
+  </si>
+  <si>
+    <t>31 października 2001</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2026-03-02 20:14:30</t>
+  </si>
+  <si>
+    <t>Valery Viktaravich Khatskevich</t>
+  </si>
+  <si>
+    <t>31 października 1994</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-11-13 17:22:56</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Zinovenko</t>
+  </si>
+  <si>
+    <t>31 października 1976</t>
+  </si>
+  <si>
+    <t>Początkowo Władimira skazano za przemoc domową, ale po pewnym czasie sprawę ponownie otwarto na skutek protestu prokuratora, zarzut zmieniono na część 1 artykułu 130, a Władimira skazano na cztery lata więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.12.2024: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego. Protest prokuratora data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:05:45</t>
   </si>
   <si>
     <t>Alexander Igorevich Randarenko</t>
   </si>
   <si>
     <t>31 października 1986</t>
   </si>
   <si>
     <t>Alexander trafił do sądu po wzięciu udziału w ruletce na czacie. On i jego przyjaciel zostali rozmówcami prowokatora „Rozmowy z Palychem” i podczas rozmowy, pod wpływem alkoholu, opowiadali o wydarzeniach w Ratuszu Krokus, wyrażali poparcie dla Ukrainy i pozwalali na zygging.
 Podczas aresztowania Aleksander został dotkliwie pobity przez siły bezpieczeństwa. Mężczyzna został skazany na podstawie zarzutów administracyjnych 5 razy z rzędu i prawdopodobnie spędził co najmniej 75 dni więzienia. Jednocześnie dostał kilka dni za zwykłe położenie ukraińskiego proporczyka na stole i wykrzyknięcie „Chwała Ukrainie” podczas transmisji na czacie ruletki.
 Jednak po 24 godzinach nie został zwolniony. Wszczęto przeciwko niemu sprawę karną.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.12.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.02.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-12-16 17:40:19</t>
-  </si>
-[...25 lines deleted...]
-    <t>2025-11-13 17:22:56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1652,51 +1725,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I79"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1783,240 +1856,240 @@
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>13</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>13</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="C11" t="s">
         <v>62</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
         <v>69</v>
       </c>
       <c r="I12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
@@ -2024,1882 +2097,2006 @@
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
       <c r="H13" t="s">
         <v>74</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="E14" t="s">
         <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
         <v>80</v>
       </c>
       <c r="I14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="H15" t="s">
         <v>86</v>
       </c>
       <c r="I15" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H16" t="s">
         <v>92</v>
       </c>
       <c r="I16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>94</v>
       </c>
       <c r="B17" t="s">
         <v>95</v>
       </c>
       <c r="C17" t="s">
         <v>96</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
+        <v>31</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" t="s">
         <v>97</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
         <v>100</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>101</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" t="s">
         <v>102</v>
       </c>
-      <c r="F18" t="s">
-[...5 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" t="s">
         <v>105</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>106</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>31</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" t="s">
         <v>107</v>
       </c>
-      <c r="D19" t="s">
-[...11 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>109</v>
+      </c>
+      <c r="B20" t="s">
         <v>110</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>111</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
         <v>112</v>
       </c>
       <c r="I20" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>114</v>
       </c>
       <c r="B21" t="s">
         <v>115</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" t="s">
         <v>116</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>120</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" t="s">
         <v>121</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>123</v>
+      </c>
+      <c r="B23" t="s">
         <v>124</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>125</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>126</v>
       </c>
-      <c r="D23" t="s">
-[...2 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" t="s">
         <v>127</v>
       </c>
-      <c r="F23" t="s">
-[...5 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>129</v>
+      </c>
+      <c r="B24" t="s">
         <v>130</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>91</v>
+      </c>
+      <c r="H24" t="s">
         <v>131</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>132</v>
-      </c>
-[...16 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>133</v>
+      </c>
+      <c r="B25" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" t="s">
         <v>135</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>25</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" t="s">
         <v>136</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>137</v>
-      </c>
-[...16 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>138</v>
+      </c>
+      <c r="B26" t="s">
+        <v>139</v>
+      </c>
+      <c r="C26" t="s">
         <v>140</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" t="s">
         <v>141</v>
-      </c>
-[...13 lines deleted...]
-        <v>92</v>
       </c>
       <c r="I26" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>143</v>
       </c>
       <c r="B27" t="s">
         <v>144</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" t="s">
+        <v>79</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" t="s">
+        <v>80</v>
+      </c>
+      <c r="I27" t="s">
         <v>145</v>
-      </c>
-[...16 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>146</v>
+      </c>
+      <c r="B28" t="s">
+        <v>147</v>
+      </c>
+      <c r="C28" t="s">
         <v>148</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" t="s">
         <v>149</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>150</v>
-      </c>
-[...16 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>151</v>
+      </c>
+      <c r="B29" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" t="s">
         <v>153</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>47</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" t="s">
         <v>154</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>155</v>
-      </c>
-[...16 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>156</v>
+      </c>
+      <c r="B30" t="s">
+        <v>157</v>
+      </c>
+      <c r="C30" t="s">
         <v>158</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" t="s">
         <v>159</v>
       </c>
-      <c r="C30" t="s">
+      <c r="I30" t="s">
         <v>160</v>
-      </c>
-[...13 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>161</v>
+      </c>
+      <c r="B31" t="s">
+        <v>162</v>
+      </c>
+      <c r="C31" t="s">
         <v>163</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" t="s">
         <v>164</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>165</v>
-      </c>
-[...16 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>166</v>
+      </c>
+      <c r="B32" t="s">
+        <v>167</v>
+      </c>
+      <c r="C32" t="s">
         <v>168</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>47</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" t="s">
         <v>169</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>171</v>
+      </c>
+      <c r="B33" t="s">
+        <v>172</v>
+      </c>
+      <c r="C33" t="s">
         <v>173</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>120</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" t="s">
         <v>174</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>175</v>
-      </c>
-[...16 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>176</v>
+      </c>
+      <c r="B34" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" t="s">
+        <v>178</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>85</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>13</v>
+      </c>
+      <c r="H34" t="s">
         <v>179</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>180</v>
-      </c>
-[...19 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>181</v>
+      </c>
+      <c r="B35" t="s">
+        <v>182</v>
+      </c>
+      <c r="C35" t="s">
+        <v>183</v>
+      </c>
+      <c r="D35" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" t="s">
+        <v>184</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" t="s">
         <v>185</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>186</v>
-      </c>
-[...19 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>187</v>
+      </c>
+      <c r="B36" t="s">
+        <v>188</v>
+      </c>
+      <c r="C36" t="s">
+        <v>189</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>126</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" t="s">
         <v>190</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>191</v>
-      </c>
-[...19 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>192</v>
+      </c>
+      <c r="B37" t="s">
+        <v>193</v>
+      </c>
+      <c r="C37" t="s">
+        <v>194</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>195</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>13</v>
+      </c>
+      <c r="H37" t="s">
         <v>196</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>198</v>
+      </c>
+      <c r="B38" t="s">
+        <v>199</v>
+      </c>
+      <c r="C38" t="s">
         <v>200</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" t="s">
         <v>201</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>202</v>
-      </c>
-[...16 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>203</v>
+      </c>
+      <c r="B39" t="s">
+        <v>204</v>
+      </c>
+      <c r="C39" t="s">
         <v>205</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>64</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" t="s">
         <v>206</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>207</v>
+      </c>
+      <c r="B40" t="s">
+        <v>208</v>
+      </c>
+      <c r="C40" t="s">
+        <v>209</v>
+      </c>
+      <c r="D40" t="s">
+        <v>63</v>
+      </c>
+      <c r="E40" t="s">
         <v>210</v>
       </c>
-      <c r="B40" t="s">
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" t="s">
         <v>211</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>212</v>
-      </c>
-[...13 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>213</v>
+      </c>
+      <c r="B41" t="s">
         <v>214</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>25</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>13</v>
       </c>
       <c r="H41" t="s">
+        <v>216</v>
+      </c>
+      <c r="I41" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>218</v>
+      </c>
+      <c r="B42" t="s">
         <v>219</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>220</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>47</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" t="s">
         <v>221</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="I42" t="s">
         <v>222</v>
-      </c>
-[...10 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>223</v>
+      </c>
+      <c r="B43" t="s">
+        <v>224</v>
+      </c>
+      <c r="C43" t="s">
         <v>225</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>63</v>
+      </c>
+      <c r="E43" t="s">
+        <v>79</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" t="s">
         <v>226</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>227</v>
-      </c>
-[...13 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>228</v>
+      </c>
+      <c r="B44" t="s">
+        <v>229</v>
+      </c>
+      <c r="C44" t="s">
         <v>230</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
         <v>231</v>
       </c>
-      <c r="C44" t="s">
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" t="s">
         <v>232</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>234</v>
+      </c>
+      <c r="B45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>236</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>13</v>
       </c>
       <c r="H45" t="s">
         <v>237</v>
       </c>
       <c r="I45" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>239</v>
       </c>
       <c r="B46" t="s">
         <v>240</v>
       </c>
       <c r="C46" t="s">
         <v>241</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="H46" t="s">
         <v>242</v>
       </c>
       <c r="I46" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>244</v>
       </c>
       <c r="B47" t="s">
         <v>245</v>
       </c>
       <c r="C47" t="s">
         <v>246</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
+        <v>231</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>91</v>
+      </c>
+      <c r="H47" t="s">
         <v>247</v>
       </c>
-      <c r="F47" t="s">
-[...5 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>249</v>
+      </c>
+      <c r="B48" t="s">
         <v>250</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>251</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>37</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>91</v>
+      </c>
+      <c r="H48" t="s">
         <v>252</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>254</v>
+      </c>
+      <c r="B49" t="s">
         <v>255</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>256</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
         <v>13</v>
       </c>
       <c r="H49" t="s">
         <v>258</v>
       </c>
       <c r="I49" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>260</v>
       </c>
       <c r="B50" t="s">
         <v>261</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" t="s">
         <v>262</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>264</v>
+      </c>
+      <c r="B51" t="s">
         <v>265</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>266</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>53</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" t="s">
         <v>267</v>
       </c>
-      <c r="D51" t="s">
-[...2 lines deleted...]
-      <c r="E51" t="s">
+      <c r="I51" t="s">
         <v>268</v>
-      </c>
-[...10 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>269</v>
+      </c>
+      <c r="B52" t="s">
+        <v>270</v>
+      </c>
+      <c r="C52" t="s">
         <v>271</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>120</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" t="s">
         <v>272</v>
       </c>
-      <c r="C52" t="s">
+      <c r="I52" t="s">
         <v>273</v>
-      </c>
-[...16 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>274</v>
+      </c>
+      <c r="B53" t="s">
+        <v>275</v>
+      </c>
+      <c r="C53" t="s">
         <v>276</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
         <v>277</v>
       </c>
-      <c r="C53" t="s">
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" t="s">
         <v>278</v>
-      </c>
-[...13 lines deleted...]
-        <v>237</v>
       </c>
       <c r="I53" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>280</v>
       </c>
       <c r="B54" t="s">
         <v>281</v>
       </c>
       <c r="C54" t="s">
         <v>282</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
         <v>13</v>
       </c>
       <c r="H54" t="s">
         <v>283</v>
       </c>
       <c r="I54" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>285</v>
       </c>
       <c r="B55" t="s">
         <v>286</v>
       </c>
       <c r="C55" t="s">
         <v>287</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
+      <c r="E55" t="s">
+        <v>64</v>
+      </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
         <v>13</v>
       </c>
       <c r="H55" t="s">
+        <v>262</v>
+      </c>
+      <c r="I55" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
         <v>290</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>291</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>53</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" t="s">
         <v>292</v>
       </c>
-      <c r="D56" t="s">
-[...11 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>294</v>
+      </c>
+      <c r="B57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>296</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>210</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" t="s">
         <v>297</v>
       </c>
-      <c r="D57" t="s">
-[...11 lines deleted...]
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>299</v>
+      </c>
+      <c r="B58" t="s">
         <v>300</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>301</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" t="s">
         <v>302</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>304</v>
+      </c>
+      <c r="B59" t="s">
         <v>305</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>306</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" t="s">
         <v>307</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>309</v>
+      </c>
+      <c r="B60" t="s">
         <v>310</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>311</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>63</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" t="s">
         <v>312</v>
       </c>
-      <c r="D60" t="s">
-[...2 lines deleted...]
-      <c r="E60" t="s">
+      <c r="I60" t="s">
         <v>313</v>
-      </c>
-[...10 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>314</v>
+      </c>
+      <c r="B61" t="s">
+        <v>315</v>
+      </c>
+      <c r="C61" t="s">
+        <v>316</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>53</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" t="s">
         <v>317</v>
       </c>
-      <c r="B61" t="s">
+      <c r="I61" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>319</v>
+      </c>
+      <c r="B62" t="s">
+        <v>320</v>
+      </c>
+      <c r="C62" t="s">
         <v>321</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
         <v>322</v>
       </c>
-      <c r="C62" t="s">
+      <c r="F62" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G62" t="s">
         <v>13</v>
       </c>
       <c r="H62" t="s">
         <v>324</v>
       </c>
       <c r="I62" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>326</v>
       </c>
       <c r="B63" t="s">
         <v>327</v>
       </c>
       <c r="C63" t="s">
         <v>328</v>
       </c>
       <c r="D63" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
         <v>13</v>
       </c>
       <c r="H63" t="s">
         <v>329</v>
       </c>
       <c r="I63" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>331</v>
       </c>
       <c r="B64" t="s">
         <v>332</v>
       </c>
       <c r="C64" t="s">
         <v>333</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
         <v>13</v>
       </c>
       <c r="H64" t="s">
+        <v>107</v>
+      </c>
+      <c r="I64" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>335</v>
+      </c>
+      <c r="B65" t="s">
         <v>336</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>337</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>63</v>
+      </c>
+      <c r="E65" t="s">
+        <v>79</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" t="s">
         <v>338</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>340</v>
+      </c>
+      <c r="B66" t="s">
         <v>341</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>342</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>120</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" t="s">
         <v>343</v>
       </c>
-      <c r="D66" t="s">
-[...11 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>345</v>
+      </c>
+      <c r="B67" t="s">
         <v>346</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>347</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>222</v>
+        <v>37</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
         <v>13</v>
       </c>
       <c r="H67" t="s">
         <v>348</v>
       </c>
       <c r="I67" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>350</v>
       </c>
       <c r="B68" t="s">
         <v>351</v>
       </c>
       <c r="C68" t="s">
         <v>352</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>97</v>
+        <v>47</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
         <v>13</v>
       </c>
       <c r="H68" t="s">
         <v>353</v>
       </c>
       <c r="I68" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>355</v>
       </c>
       <c r="B69" t="s">
         <v>356</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
+      <c r="E69" t="s">
+        <v>231</v>
+      </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="H69" t="s">
-        <v>161</v>
+        <v>357</v>
       </c>
       <c r="I69" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B70" t="s">
-        <v>359</v>
+        <v>360</v>
+      </c>
+      <c r="C70" t="s">
+        <v>361</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
+      <c r="E70" t="s">
+        <v>31</v>
+      </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
         <v>13</v>
       </c>
       <c r="H70" t="s">
-        <v>161</v>
+        <v>362</v>
       </c>
       <c r="I70" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B71" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C71" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
-      <c r="E71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
         <v>13</v>
       </c>
       <c r="H71" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="I71" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
         <v>13</v>
       </c>
       <c r="H72" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="I72" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B73" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C73" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
+      <c r="E73" t="s">
+        <v>25</v>
+      </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73" t="s">
         <v>13</v>
       </c>
       <c r="H73" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="I73" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B74" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
         <v>13</v>
       </c>
       <c r="H74" t="s">
-        <v>378</v>
+        <v>159</v>
       </c>
       <c r="I74" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B75" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="C75" t="s">
         <v>382</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
-      <c r="E75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="H75" t="s">
+        <v>159</v>
+      </c>
+      <c r="I75" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>384</v>
+      </c>
+      <c r="B76" t="s">
         <v>385</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>386</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>126</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" t="s">
         <v>387</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>389</v>
+      </c>
+      <c r="B77" t="s">
         <v>390</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
         <v>391</v>
       </c>
-      <c r="C77" t="s">
+      <c r="F77" t="s">
+        <v>323</v>
+      </c>
+      <c r="G77" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" t="s">
         <v>392</v>
       </c>
-      <c r="D77" t="s">
-[...8 lines deleted...]
-      <c r="H77" t="s">
+      <c r="I77" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>394</v>
+      </c>
+      <c r="B78" t="s">
         <v>395</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>396</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>322</v>
+      </c>
+      <c r="F78" t="s">
+        <v>323</v>
+      </c>
+      <c r="G78" t="s">
+        <v>13</v>
+      </c>
+      <c r="H78" t="s">
         <v>397</v>
       </c>
-      <c r="D78" t="s">
-[...11 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>399</v>
+      </c>
+      <c r="B79" t="s">
         <v>400</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>401</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79" t="s">
         <v>13</v>
       </c>
       <c r="H79" t="s">
         <v>402</v>
       </c>
       <c r="I79" t="s">
         <v>403</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>404</v>
+      </c>
+      <c r="B80" t="s">
+        <v>405</v>
+      </c>
+      <c r="C80" t="s">
+        <v>406</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
+        <v>13</v>
+      </c>
+      <c r="H80" t="s">
+        <v>407</v>
+      </c>
+      <c r="I80" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>409</v>
+      </c>
+      <c r="B81" t="s">
+        <v>410</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
+        <v>13</v>
+      </c>
+      <c r="H81" t="s">
+        <v>411</v>
+      </c>
+      <c r="I81" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>413</v>
+      </c>
+      <c r="B82" t="s">
+        <v>414</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
+        <v>13</v>
+      </c>
+      <c r="H82" t="s">
+        <v>415</v>
+      </c>
+      <c r="I82" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>417</v>
+      </c>
+      <c r="B83" t="s">
+        <v>418</v>
+      </c>
+      <c r="C83" t="s">
+        <v>419</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>25</v>
+      </c>
+      <c r="F83" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" t="s">
+        <v>13</v>
+      </c>
+      <c r="H83" t="s">
+        <v>420</v>
+      </c>
+      <c r="I83" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>422</v>
+      </c>
+      <c r="B84" t="s">
+        <v>423</v>
+      </c>
+      <c r="C84" t="s">
+        <v>424</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="F84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" t="s">
+        <v>13</v>
+      </c>
+      <c r="H84" t="s">
+        <v>425</v>
+      </c>
+      <c r="I84" t="s">
+        <v>426</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">