--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,455 +12,399 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="475">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
   </si>
   <si>
-    <t>Vyacheslav Alexeyevich Yaniuk</t>
-[...30 lines deleted...]
-    <t>1 settembre</t>
+    <t>Aliaksandr Liubianchuk</t>
+  </si>
+  <si>
+    <t>1 settembre 1988</t>
   </si>
   <si>
     <t>Giornalista, è stato arrestato il 26 maggio 2022 dopo una perquisizione.
 Al momento, il giornalista è stato incriminato, ma non si sa esattamente di quale articolo di reato sia accusato Lyubenchuk (l'avvocato è vincolato da un accordo di non divulgazione).
 All'inizio di novembre 2023, si è saputo che Ales aveva iniziato ad avere problemi alla spina dorsale mentre era dietro le sbarre (un anno fa). "Per lui è difficile anche solo fare sport, che è ciò che tutti fanno per salvarsi. Questo lo turba visibilmente", ha detto una fonte a Radio Svaboda. Ales lavorava per togliere l'isolamento dai fili.
 Fu rilasciato all'inizio di gennaio 2025.</t>
   </si>
   <si>
+    <t>Uomo</t>
+  </si>
+  <si>
     <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
   </si>
   <si>
     <t xml:space="preserve"> Sentenza del tribunale 27.10.2022: 3 anni di reclusione in una colonia del regime generale. Appello 24.01.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-06-08 11:48:04</t>
   </si>
   <si>
     <t>Julia Petrovna Yurgilevich</t>
   </si>
   <si>
     <t>1 settembre 1980</t>
   </si>
   <si>
     <t>Ha lavorato come avvocato per quasi 18 anni.
 Ha difeso i prigionieri politici Ales Pushkin, Artem Boyarsky, Igor Bantser, Andrey Avsiyevich, Andrey Sokolovsky in tribunale.
 Il 23 febbraio 2022 è stata espulsa dall'Ordine regionale degli avvocati di Grodno per "violazioni sistematiche della legge". Yulia ha lasciato la Bielorussia, ma è tornata nel Paese alla fine di agosto 2022.
 È stata arrestata lo stesso giorno con Pavel Mozheiko.
 Pavel e Yulia si sono dichiarati non colpevoli. Yurgilevich ha dichiarato al processo di essere detenuta in "condizioni bestiali" e non le è stato permesso di conoscere il caso.</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
     <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-09-02 18:28:29</t>
   </si>
   <si>
+    <t>Vasily Nikolaevich Areshko</t>
+  </si>
+  <si>
+    <t>1 settembre 1997</t>
+  </si>
+  <si>
+    <t>È noto che in Polonia Oreshko lavorava come specialista delle risorse umane, cercando persone da assumere. Visitava periodicamente la Bielorussia. Non si sa quando sia tornato l'ultima volta, ma è stato arrestato diversi mesi fa.
+Аreshko si trova attualmente in un centro di custodia cautelare.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-04-02 16:59:55</t>
+  </si>
+  <si>
+    <t>Aleksandr Andreevich Belov</t>
+  </si>
+  <si>
+    <t>1 settembre 1996</t>
+  </si>
+  <si>
+    <t>Alexander è un attivista del movimento anarchico. Ha studiato edilizia all'università, poi si è laureato in geodesia ingegneristica presso l'Università Tecnica Nazionale Bielorussa. Fin da giovane ha coltivato la passione per lo sport: ha giocato per una squadra di calcio del campionato "fai da te", ha praticato il Muay Thai e ha praticato l'alpinismo.
+La mattina presto del 29 luglio 2021, Alexander è stato arrestato mentre usciva di casa. È stato picchiato e perquisito durante l'arresto, poi portato alla Direzione generale per la lotta alla criminalità organizzata e alla corruzione, dove è stato torturato e picchiato.
+Inizialmente è stato accusato di aver partecipato attivamente a una protesta il 23 agosto 2020 a Minsk, sebbene a quel tempo avesse già scontato un arresto amministrativo per questo incidente.
+Nel gennaio 2022, Alexander e altri imputati nel procedimento penale sono stati accusati di appartenenza aggiuntiva a un gruppo estremista per essersi iscritti al canale Telegram "Pramen". Al momento del loro arresto, il canale "Pramen" non era ancora stato aggiunto all'elenco dei gruppi estremisti; l'aggiunta è avvenuta solo nel novembre 2021.
+Nell'aprile 2022, è stato dichiarato colpevole e condannato alla reclusione in una colonia penale. Nell'aprile 2025, il regime di detenzione di Alexander è stato inasprito e lui è stato trasferito in un regime carcerario. In seguito è stato rivelato che il tribunale lo aveva condannato a ulteriori sei mesi in una colonia penale a regime generale per "disobbedienza dolosa alle richieste dell'amministrazione".</t>
+  </si>
+  <si>
+    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.04.2022: 5 anni di reclusione in una colonia del regime generale. Tribunale per il cambio di regime 02.04.2025: sconosciuto anni di regime carcerario. Sentenza del tribunale data sconosciuta: 6 mesi di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-08-07 04:15:55</t>
+  </si>
+  <si>
     <t>Victoria Gennadievna Volchek</t>
+  </si>
+  <si>
+    <t>1 settembre 1993</t>
   </si>
   <si>
     <t>29 anni, originario della regione di Mogilev. Victoria ha studiato al Nesvizh Pedagogical College. Negli ultimi dieci anni ho lavorato in negozi di comunicazione, in una stazione di servizio e in un negozio.
 Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, ventisettenne bielorusso, che ha combattuto in Ucraina.
 Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.08.2024: 7 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-20 14:00:36</t>
   </si>
   <si>
-    <t>Vasily Nikolaevich Areshko</t>
-[...37 lines deleted...]
-    <t>2021-08-07 04:15:55</t>
+    <t>Denis Vasilievich Filonchik</t>
+  </si>
+  <si>
+    <t>2 settembre 1983</t>
+  </si>
+  <si>
+    <t>Denis è stato arrestato nel dicembre 2021 dopo un tentativo di attacco al GOM-2 del Dipartimento degli affari interni del distretto di Frunzensky a Minsk il 16 agosto 2021, nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo". Nel giugno 2023 è stato condannato per “cospirazione per impossessarsi del potere statale” e “creazione di un gruppo estremista”.
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi, presumibilmente preparando crimini estremisti. Tra loro c'erano militari radicali, funzionari della sicurezza, atleti e uomini d'affari che cercavano di prendere il potere illegalmente. Questo caso è legato al tentato incendio doloso della casa del deputato Oleg Gaidukevich nel giugno 2021 e all'“organizzazione di rivolte di massa”.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 9 anni di reclusione in una colonia del regime potenziato. Appello 04.10.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:54:48</t>
   </si>
   <si>
     <t>Dmitry Ivanovich Malochka</t>
   </si>
   <si>
     <t>2 settembre 1973</t>
   </si>
   <si>
-    <t>Dmitry è stato arrestato il 27 novembre e poi l'11 dicembre 2023 e condannato ai sensi della parte 2 dell'art. 19.11 Codice degli illeciti amministrativi (Distribuzione, produzione, conservazione, trasporto di prodotti informativi contenenti inviti ad attività estremiste o che promuovono tali attività). Giudici: Podolyanets Artem e Nikolai Kmita.
-[...1 lines deleted...]
-Prima del suo arresto, era impegnato nel settore dell'artigianato ed era un lavoratore autonomo.</t>
+    <t>Il 27 novembre 2023 e di nuovo l'11 dicembre 2023, Dmitryè stato arrestato e condannato ai sensi della Parte 2 dell'Articolo 19.11 del Codice degli illeciti amministrativi (distribuzione, produzione, archiviazione e trasporto di prodotti informativi contenenti incitamenti ad attività estremiste o che promuovono tali attività). Giudici: Artem Podolyanets e Nikolai Kmita.
+Fu trattenuto nel centro di detenzione temporanea del Dipartimento degli Affari Interni del Distretto di Baranovichi. Successivamente fu aperto un procedimento penale e fu trasferito al Centro di detenzione preventiva n. 7 di Brest. Anche sua moglie, Oksana Viktorovna Molochko, fu condannata. Furono condannati a 12 e 8 anni di carcere per "tradimento", ma in realtà per aver fotografato un treno con equipaggiamento militare sul binario, senza alcun intento di spionaggio.
+Prima del suo arresto, era un artigiano e un lavoratore autonomo.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 24.06.2024: 12 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-09-27 23:00:27</t>
-  </si>
-[...18 lines deleted...]
-    <t>2023-12-15 13:07:02</t>
   </si>
   <si>
     <t>Anatoly Petrovich Zmitrovich</t>
   </si>
   <si>
     <t>2 settembre 1962</t>
   </si>
   <si>
     <t>Prima del suo arresto, Anatoly era un imprenditore individuale e un partecipante attivo del movimento imprenditoriale. È noto anche come attivista ambientale durante la costruzione e l'avvio dell'impianto di cellulosa sbiancata di Svetlogorsk, durante il quale si verificarono numerose emissioni di sostanze nocive nell'atmosfera. Di recente ha lavorato in un'azienda nel campo dei servizi alle auto.
 È stato arrestato nell'aprile 2025 ai sensi della Parte 2 dell'Articolo 367 (calunnia contro Lukashenko) del Codice penale della Repubblica di Bielorussia. Il 25 aprile 2025 è stato trasferito al Centro di detenzione preventiva n. 3.
 Era stato precedentemente arrestato il 14 febbraio 2023. Era stato arrestato anche nel 2020. A novembre è stato arrestato dopo una cerimonia commemorativa in memoria di Roman Bondarenko, ucciso a Minsk. Ad Anatoly è stata inflitta una multa di 40 valori base. Già in precedenza, Zmitrovich era stato ritenuto responsabile amministrativa ai sensi dell'art. 23.34 (violazione della procedura per lo svolgimento di eventi di massa). Poi ha ricevuto una multa di 25 punti. V.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 10 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-05-20 15:04:06</t>
   </si>
   <si>
     <t>Albert Vladimirovich Shyla</t>
   </si>
   <si>
     <t>2 settembre 1968</t>
   </si>
   <si>
     <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
   </si>
   <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
     <t>2025-06-24 23:47:03</t>
   </si>
   <si>
-    <t>Yaroslav Anatolevich Verdysh</t>
-[...31 lines deleted...]
-    <t>2022-09-09 14:54:48</t>
+    <t>Sergey Viktorovich Eremeev</t>
+  </si>
+  <si>
+    <t>2 settembre 1971</t>
+  </si>
+  <si>
+    <t>Il 9 dicembre 2023, un tribunale di Omsk ha rinviato Sergei in custodia cautelare fino al 30 gennaio 2024, con l'accusa di aver fatto esplodere treni che trasportavano prodotti petroliferi nel tunnel Severomuysky il 29 e 30 novembre. Il treno, che trasportava 41 cisterne di carburante, tre serbatoi di carburante per aviazione e sei vagoni carichi di metalli ferrosi, ha preso fuoco per primo. Successivamente, un treno merci che viaggiava lungo una tangenziale è stato fatto saltare in aria. Di conseguenza, il carburante si è riversato su un'area di 150 metri quadrati: quattro cisterne sono state completamente distrutte e altre due sono state danneggiate. Secondo l'FSB, Yeremeyev "ha confessato di lavorare sotto il controllo dei servizi segreti ucraini". Le esplosioni nel tunnel sono state classificate come un attacco terroristico.
+Secondo i media statali russi, Yeremeyev ha affermato di voler interferire con la consegna di rifornimenti militari: "Ho scritto nella mia spiegazione che al momento le munizioni venivano trasportate attraverso la linea principale Bajkal-Amur. L'obiettivo principale era quello di ostacolare il traffico".
+Sergey ha partecipato allo sciopero nazionale alla Naftan nel novembre 2020, come ha dichiarato pubblicamente e ha persino inviato una dichiarazione al movimento di Tikhanovsky. "Sergey ha cercato di risolvere tutto pacificamente. Forse era stanco che non si risolvesse nulla... nel video, anche se aveva il viso truccato, l'ho riconosciuto immediatamente", ha detto un conoscente di Yeremeyev. Poche settimane dopo lo sciopero, Sergey è stato licenziato dalla Naftan. Sergey era uno dei migliori meccanici di Novopolotsk.
+Secondo gli inquirenti, nel novembre 2023, Yeremeyev ha trasportato segretamente ordigni esplosivi attraverso il confine russo a bordo del suo veicolo ed è arrivato in Buriazia. Quindi, con l'intento di commettere un atto terroristico, ha piazzato di notte ordigni esplosivi su un tratto della Ferrovia della Siberia Orientale e sui treni che la percorrevano, attivandone i comandi a distanza. Il tribunale ha stabilito che l'esplosione degli ordigni esplosivi piazzati da Yeremeyev ha causato danni materiali alle vittime, relativi alla distruzione e al danneggiamento di vagoni cisterna e attrezzature ferroviarie, per un importo di oltre 100.000.000 di rubli (1,2 milioni di dollari), nonché altre gravi conseguenze sotto forma di interruzione del funzionamento di un'autostrada federale.
+Il tribunale ha condannato Yeremeyev a 22 anni di carcere, di cui i primi cinque da scontare in una colonia penale di massima sicurezza, e a una multa di 1.000.000 di rubli. È stata ordinata la confisca del veicolo di Yeremeyev. Il tribunale ha inoltre accolto le richieste civili delle vittime contro Yeremeyev per danni per un totale di oltre 60.000.000 di rubli (744.000 dollari), che sono stati ordinati al condannato.</t>
+  </si>
+  <si>
+    <t>111020, Mosca, st. Lefortovo Val, 5 anni, centro di custodia cautelare n. 2</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.12.2025: 22 anni di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2023-12-15 13:07:02</t>
   </si>
   <si>
     <t>Artem Leonidovich Vovna</t>
   </si>
   <si>
     <t>3 settembre 1991</t>
   </si>
   <si>
     <t>Top manager della vita:) operatore. È stato arrestato per aver diffuso i dati delle forze di sicurezza nei canali telegram.</t>
   </si>
   <si>
     <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
   </si>
   <si>
     <t>8 anni di reclusione in condizioni di regime rafforzato.</t>
   </si>
   <si>
     <t>2022-10-13 21:57:06</t>
+  </si>
+  <si>
+    <t>Dmitry Nikolaevich Neshta</t>
+  </si>
+  <si>
+    <t>3 settembre 1975</t>
+  </si>
+  <si>
+    <t>Arrestato per "atto di terrorismo".
+Pensionato militare, lavorava a Baranovichi in un impianto di riparazione di aeromobili.
+Secondo gli inquirenti, il 26 settembre 2020, ha preparato delle molotov e le ha spostate in un parcheggio vicino a una delle unità militari, dove le ha utilizzate.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.06.2022: 12 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 23.03.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-06-09 02:57:10</t>
   </si>
   <si>
     <t>Andrey Valerievich Tsalyuk</t>
   </si>
   <si>
     <t>3 settembre 1993</t>
   </si>
   <si>
     <t>In precedenza, è stato detenuto ai sensi di un articolo amministrativo per aver partecipato a proteste. I canali telegrafici filogovernativi hanno riferito della detenzione di Andrei. Nel "video pentito" , il ragazzo afferma di essere stato arrestato per aver distribuito dati personali di agenti di polizia, giudici e chiamato persone ad azioni violente.Si segnala inoltre che l'uomo “ha lasciato più di 2mila messaggi estremisti, di cui almeno 100 registri contengono segni di violazioni della legge”.</t>
   </si>
   <si>
     <t>sconosciuto</t>
   </si>
   <si>
     <t>2023-02-03 19:24:13</t>
   </si>
   <si>
     <t>Artem Alexandrovich Kucharenok</t>
   </si>
   <si>
     <t>3 settembre 1982</t>
   </si>
   <si>
     <t>Artem ha lavorato in questo campo per tutta la sua vita: come veterinario, insegnante presso la Scuola agraria statale di Smilovichi e tecnico. È anche il direttore della società veterinaria Khimvet.
 Gli ultimi commenti di Artem risalgono al maggio 2024, dopodiché è scomparso dai social network. Probabilmente è stato allora che è stato arrestato .
 Sembra che il problema sia nei suoi post sui social network e nei commenti nel telegramma: gli account sono chiamati con il suo nome e l'account telegramma è collegato al telefono di Artem.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.03.2025: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-01-09 00:32:11</t>
   </si>
   <si>
-    <t>Dmitry Nikolaevich Neshta</t>
-[...15 lines deleted...]
-  <si>
     <t>Olga Vasilievna Gubar</t>
   </si>
   <si>
     <t>3 settembre 1960</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.12.2024: sconosciuto. Appello 07.03.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-12-02 17:50:16</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-02-25 11:16:12</t>
   </si>
   <si>
     <t>Sergei Vitalievich Ryabtsev</t>
   </si>
   <si>
     <t>5 settembre 2002</t>
   </si>
   <si>
     <t>Sergei è stato arrestato il 30 settembre 2021, inizialmente per un commento rilasciato in seguito alla morte dell'ufficiale del Comitato per la Sicurezza dello Stato (KGB) Dmitry Fedosyuk e dell'esperto informatico Andrei Zeltser a Minsk. È stato convocato all'ufficio di registrazione e arruolamento militare, dove le forze di sicurezza lo stavano già aspettando. La sua abitazione è stata successivamente perquisita in sua assenza.
 All'inizio di settembre 2022, si è saputo che il Comitato per la sicurezza dello Stato aveva inserito Sergei nella "lista delle persone coinvolte in attività terroristiche". Nel novembre dello stesso anno, è stato condannato alla reclusione in una colonia penale di massima sicurezza.</t>
   </si>
   <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 04.11.2022: 6 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 24.01.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-09-17 11:40:06</t>
   </si>
   <si>
     <t>Maksim Leonidovich Dergachev</t>
   </si>
   <si>
     <t>5 settembre 1971</t>
   </si>
   <si>
     <t>Il 6 febbraio 2024 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.12.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 06.02.2024: sconosciuto. Sentenza del tribunale 27.02.2025: sconosciuto anni di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2023-12-14 00:37:36</t>
-  </si>
-[...14 lines deleted...]
-    <t>2025-02-28 10:45:17</t>
   </si>
   <si>
     <t>Andrey Valerievich Shabunya</t>
   </si>
   <si>
     <t>5 settembre 1988</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.03.2025: 2 anni di reclusione in una colonia del regime generale. Appello 10.06.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-03-11 21:37:35</t>
   </si>
   <si>
     <t>Illia Aleksandrovich Krauchanka</t>
   </si>
   <si>
     <t>6 settembre 1989</t>
   </si>
   <si>
     <t>Ilya è stato condannato per aver tentato di appiccare il fuoco all'edificio della procura di Zhodino nell'ottobre 2020. Secondo gli inquirenti, l'uomo avrebbe dato fuoco all'ordigno che aveva costruito in veranda per esprimere il suo disprezzo per le attività delle forze dell'ordine. A causa della dispersione di una miscela di prodotti petroliferi e frammenti di bottiglie, la porta d'ingresso e la pensilina sono state danneggiate, causando danni per oltre 1.500 rubli.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.04.2021: 5 anni 6 mesi di reclusione in una colonia del regime potenziato, circa 1500 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato.</t>
   </si>
@@ -512,1031 +456,967 @@
     <t>Vitaly Yanovich Kostetsky</t>
   </si>
   <si>
     <t>8 settembre 1980</t>
   </si>
   <si>
     <t>Sentenza del tribunale 29.04.2025: 5 anni 6 mesi di reclusione in una colonia del regime generale. Appello 01.07.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-24 17:54:07</t>
   </si>
   <si>
     <t>Denis Sergeevich Dikun</t>
   </si>
   <si>
     <t>9 settembre 1992</t>
   </si>
   <si>
     <t>Arrestato per incendio doloso il 28 febbraio 2022 presso la stazione Zherd-Ostankovichi dell'armadio relè di segnalazione, centralizzazione e interblocco (SCB), a seguito del quale i semafori e gli scambi in questa sezione sono stati resi inoperanti.
 Il tratto si trova sulla linea Zhlobin-Kalinkovichi, che poi prosegue fino a Ovruch (regione di Zhytomyr in Ucraina).
 Il 25 marzo 2024, a Gorki, Denis iniziò a essere processato ai sensi della parte 2 dell'art. 411 cp (disobbedienza dolosa alle prescrizioni dell'amministrazione della colonia). Il caso è stato esaminato dal giudice Natalya Fomicheva. Ha aggiunto altri due anni al prigioniero politico.
 All'inizio di aprile 2024 si è saputo che Denis era stato trasferito nella prigione n. 4 a Mogilev.
 Il 18 giugno 2024, il tribunale regionale di Mogilev esaminerà il ricorso di Denis.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 27.12.2022: 23 anni di reclusione in una colonia del regime potenziato. Appello 30.03.2023: sconosciuto. Sentenza del tribunale 25.03.2024: 2 anni di reclusione in una colonia del regime potenziato. Appello 18.06.2024: sconosciuto.</t>
+    <t>Sentenza del tribunale 27.12.2022: 23 anni di reclusione in una colonia del regime potenziato. Appello 30.03.2023: sconosciuto. Sentenza del tribunale 25.03.2024: 2 anni di reclusione in una colonia del regime potenziato. Appello 18.06.2024: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-03-11 01:08:55</t>
   </si>
   <si>
     <t>Artiom Dmitrievich Solovei</t>
   </si>
   <si>
     <t>10 settembre 1996</t>
   </si>
   <si>
-    <t>Artyom è stato arrestato il 4 agosto dagli agenti del GUBOP. Al momento dell'arresto, gli agenti del GUBOP lo hanno accolto con la frase "Benvenuto nella Gestapo!", dopodiché lo hanno picchiato, lo hanno messo nella posizione "a ingoiare" e lo hanno minacciato di violentarlo affinché rivelasse loro la password del suo telefono. Il Tribunale distrettuale di Zavodskoy di Minsk lo ha condannato a 15 giorni di arresto, dopodiché non è mai stato rilasciato. È stato incriminato ai sensi dell'articolo 342.1 per aver partecipato a proteste ed è stato trasferito al Centro di detenzione preventiva n. 1.
-[...3 lines deleted...]
-    <t>5 anni di reclusione in una colonia penale.</t>
+    <t>Artyom, attivista anarchico, è stato arrestato il 4 agosto 2021 dagli agenti del GUBOPiK. Al momento dell'arresto, lo hanno accolto con le parole "Benvenuto nella Gestapo!", prima di picchiarlo, costringerlo alla posizione "a ingoio" e minacciarlo di stupro, chiedendogli la password del telefono. Il giorno seguente, Artyom è stato condannato ai sensi dell'articolo 19.1 del Codice degli illeciti amministrativi (presumibilmente per comportamento aggressivo all'arrivo in stazione di polizia) e condannato a 15 giorni di carcere. Tuttavia, non è stato rilasciato dopo l'arresto.
+Artyom è stato inizialmente accusato di "aver organizzato e preparato azioni che violano gravemente l'ordine pubblico, o di avervi partecipato attivamente". Nel gennaio 2022, lui e altri imputati sono stati inoltre accusati di aver partecipato a un gruppo estremista per essersi iscritti al canale Telegram "Pramen". Al momento del suo arresto, il canale non era ancora stato aggiunto all'elenco dei gruppi estremisti, cosa che è avvenuta solo nel novembre 2021.
+Nell'aprile 2022, Artyom è stato dichiarato colpevole e condannato alla reclusione in una colonia penale.
+Secondo gli attivisti per i diritti umani, il suo rilascio era previsto per l'inverno del 2026.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.04.2022: 5 anni di reclusione in una colonia del regime generale. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-08-29 03:42:38</t>
-  </si>
-[...25 lines deleted...]
-    <t>2024-08-13 12:14:29</t>
   </si>
   <si>
     <t>Vladimir Ivanovich Mikhailenko</t>
   </si>
   <si>
     <t>11 settembre 1954</t>
   </si>
   <si>
     <t>Direttore Generale di GeosIdeal LLC.
 Il 18 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 18.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-28 20:44:34</t>
   </si>
   <si>
+    <t>Dmitriy Mostovoy</t>
+  </si>
+  <si>
+    <t>11 settembre 1977</t>
+  </si>
+  <si>
+    <t>Dmitry Mostovoy ha 45 anni. Viene da Senitsa, ha studiato al Politecnico di Minsk ed è un programmatore professionista.
+È stato arrestato durante le proteste dell'ottobre 2020 ed è stato imprigionato per "un giorno".
+Dmitry è stato arrestato all'inizio di marzo 2023. Nel film filogovernativo "Gaspar non si è messo in contatto" sul canale ONT TV, pubblicato il 04/05/2023, si dice che Dmitry avrebbe offerto a "Belarusian Guyun" di far trapelare informazioni sull'aeroporto: ha organizzato una trasmissione da un computer che è andato avanti per due settimane senza interruzioni.
+Ora l'uomo si trova in un centro di custodia cautelare con l'accusa di “tradimento contro lo Stato” e “assistenza ad attività estremiste”.</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.09.2023: 10 anni di reclusione in una colonia del regime generale. Tribunale per il cambio di regime 24.12.2025: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2023-04-06 15:04:01</t>
+  </si>
+  <si>
     <t>Vladimir Viktorovich Alisievich</t>
   </si>
   <si>
     <t>11 settembre 1990</t>
   </si>
   <si>
     <t>È stato arrestato nel settembre 2023, presumibilmente per aver chiacchierato con gli amici. È stato aperto un procedimento penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.06.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-29 19:25:02</t>
+  </si>
+  <si>
+    <t>Ilya Vitalievich Lukashenko</t>
+  </si>
+  <si>
+    <t>11 settembre 2000</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.08.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 15.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-13 12:14:29</t>
   </si>
   <si>
     <t>Eugene Viktorovich Shliakhtsionak</t>
   </si>
   <si>
     <t>11 settembre 1988</t>
   </si>
   <si>
     <t>Secondo le informazioni provenienti dai social network, Shlyakhtenok è nato a Krasnoselsky, nel distretto di Volkovysk. Ha studiato per diventare insegnante di storia all'Università Statale di Grodno. Ha lavorato come saldatore e in un'area di servizio. Nel 2015 ha ottenuto un impiego presso l'ufficio di registrazione e arruolamento militare del distretto di Mostovsky, dove era responsabile della tenuta dei registri degli ufficiali di riserva.
 L'ultima volta che Evgeniy è stato online è stato nell'ottobre 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-07-11 12:45:46</t>
   </si>
   <si>
     <t>Vasily Viktorovich Sadovsky</t>
   </si>
   <si>
     <t>11 settembre 1983</t>
   </si>
   <si>
     <t>Vasily è stato condannato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva ad esse" e condannato alla restrizione della libertà con rinvio a un istituto di tipo aperto.</t>
   </si>
   <si>
     <t>Open correctional facility No. 45. 225073, Brest region, Kamenetsky district, Sushki</t>
   </si>
   <si>
     <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-05-11 21:37:49</t>
   </si>
   <si>
-    <t>Igor Semyonovich Mints</t>
+    <t>Ihar Siamionavich Mints</t>
   </si>
   <si>
     <t>12 settembre 1977</t>
   </si>
   <si>
-    <t>Nel caso Rabochag Rukh è stato arrestato il principale consulente legale della OJSC Naftan.
-[...3 lines deleted...]
-    <t>12 anni in una colonia in condizioni di regime rafforzato</t>
+    <t>Igor, il principale consulente legale di Naftan OJSC, è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti dello stabilimento che avevano sostenuto lo sciopero e facevano parte dell'iniziativa "Movimento dei Lavoratori". Il 21 settembre 2021, questa iniziativa è stata classificata come organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Igor è stato riconosciuto colpevole di tradimento e di creazione e partecipazione a un gruppo estremista e condannato alla reclusione e a una pesante multa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 12 anni di reclusione in una colonia del regime potenziato, 100 unità di base di multa. Appello 02.08.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-10-01 18:20:40</t>
   </si>
   <si>
     <t>Alexander Eduardovich Zdorovennov</t>
   </si>
   <si>
     <t>12 settembre 1979</t>
   </si>
   <si>
     <t>Nel 2020-2021, Ales è stato chiamato a rispondere amministrativamente due volte per aver partecipato a proteste e per aver esposto una bandiera nel cortile di un'abitazione privata. Dopo il 2021, Ales si è recato più volte in Lituania e Polonia.
 È stato fermato a fine marzo al confine con la Lituania, mentre tornava dal lavoro. Inizialmente, hanno trovato "estremismo" nel suo telefono e lo hanno condannato all'arresto amministrativo. Poi Ales è finito in un centro di detenzione preventiva con l'accusa di aver pubblicato un articolo criminale a sfondo politico.
 Pochi giorni dopo, il fratello di Ales, Vadim Zdorovennov, è stato arrestato a Minsk. Inizialmente è stato accusato di "insulto a Lukashenko", ma potrebbero essergli mosse anche altre accuse.</t>
   </si>
   <si>
+    <t>Sentenza del tribunale 15.12.2025: 10 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 13.02.2026: il verdetto è stato confermato.</t>
+  </si>
+  <si>
     <t>2025-08-04 20:51:28</t>
   </si>
   <si>
+    <t>Nadezhda Alexandrovna Karankevich</t>
+  </si>
+  <si>
+    <t>13 settembre 1994</t>
+  </si>
+  <si>
+    <t>Nel 2016, Nadezhda si è laureata in insegnamento delle lingue straniere presso l'Università Linguistica Statale di Minsk. Ha lavorato come traduttrice per più di un anno, per poi passare all'informatica, dove si è occupata dei test. Nel novembre 2023 Nadezhda è stata arrestata.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.08.2024: 5 anni 6 mesi di reclusione in una colonia del regime generale. Appello 24.09.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-12-26 00:59:12</t>
+  </si>
+  <si>
     <t>Paul Viktorovich Kozintsev</t>
   </si>
   <si>
     <t>13 settembre 1980</t>
   </si>
   <si>
     <t>Detenuto per commenti sui social network lasciati nel 2022 sul canale telegram della Real Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.01.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale, 250 unità di base di multa. Appello 14.03.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-04-11 01:37:43</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-06-19 20:47:24</t>
   </si>
   <si>
     <t>Vitaly Petrovich Maksimchuk</t>
   </si>
   <si>
     <t>14 settembre 1983</t>
   </si>
   <si>
     <t>Padre di molti figli, presumibilmente detenuto per aver gestito la chat “Solidarity Ivatsevichi” nel 2020.
 Ha lavorato come tassista.
 Oltre alla reclusione, a Vitaly è stata inflitta una multa di 40.000 rubli.
 Il 05/03/2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2023-12-22 02:32:33</t>
   </si>
   <si>
     <t>Arthur Aleksandrovich Rolic</t>
   </si>
   <si>
     <t>14 settembre 1984</t>
   </si>
   <si>
     <t>Molto probabilmente è stato arrestato nell'estate del 2023. Nel 2013, Arthur ha aperto il suo negozio aziendale, Grandbazaare, dove vendeva abbigliamento e scarpe di marca. Il gruppo VKontakte ha più di 40mila abbonati. Negli ultimi anni la sua azienda si è specializzata nel marchio Under Armour. E dal 2023 ha tradotto le pagine della sua attività in lingua bielorussa.
 Arthur è interessato allo sport, ma soprattutto al calcio, e in precedenza ha anche giocato in campionati amatoriali come portiere. Utilizza calciatori e altri atleti come foto per i suoi avatar sui social network.
 Oltre alla reclusione, ad Arthur fu assegnata una multa di 700 unità base.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.05.2024: 9 anni di reclusione in una colonia del regime potenziato. Appello 09.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-13 17:40:46</t>
   </si>
   <si>
-    <t>Alexei Grigorievich Krasnogir</t>
-[...11 lines deleted...]
-    <t>2023-06-26 16:05:41</t>
+    <t>Oleg Petrovich Suprunyuk</t>
+  </si>
+  <si>
+    <t>15 settembre 1967</t>
+  </si>
+  <si>
+    <t>Oleg Suprunyuk è noto agli abitanti della regione di Brest come giornalista che si è occupato di problemi sociali e pubblici di grande rilevanza nella regione. Durante la sua carriera, ha lavorato per il quotidiano "Brest Courier", la pubblicazione online "First Region" e ha collaborato con altre pubblicazioni indipendenti.
+Il giornalista è scomparso il 22 gennaio, ha smesso di rispondere alle chiamate e non è apparso sui social network. In seguito è emerso che era stato arrestato nell'ambito di un procedimento penale. Per quasi cinque mesi, non si è saputo nulla della sorte di Oleg.
+In precedenza, il giornalista era stato perseguito ai sensi di un articolo amministrativo. Il 12 dicembre 2024, le forze di sicurezza si sono recate da Oleg Suprunyuk per una perquisizione. Poi gli hanno sequestrato l'attrezzatura informatica e il telefono, e lo hanno portato via per interrogarlo. Dopo l'interrogatorio, è stato redatto un protocollo amministrativo per la presunta distribuzione di "prodotti informativi estremisti" (ai sensi della Parte 2 dell'Articolo 19.11 del Codice dei reati amministrativi). Il giornalista è stato condannato a 15 giorni di arresto ed è stato rilasciato il 27 dicembre.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.08.2025: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-08-25 18:53:05</t>
+  </si>
+  <si>
+    <t>Pavel Aleksandrovich Belogolov</t>
+  </si>
+  <si>
+    <t>15 settembre 1988</t>
+  </si>
+  <si>
+    <t>Pavel è stato arrestato il 29 settembre 2021, in relazione a un procedimento penale aperto per commenti online in seguito alla morte dell'agente del KGB Dmitry Fedosyuk e dell'esperto informatico Andrei Zeltser a Minsk. Nell'estate del 2022, è stato riconosciuto colpevole e condannato alla reclusione in una colonia penale e a una multa elevata.
+Secondo gli attivisti per i diritti umani, è stato rilasciato nell'estate del 2023, dopo aver scontato completamente la pena.
+Nel febbraio 2024, Pavel fu processato con l'accusa di "distribuzione di materiale estremista". Rimase a lungo senza contatti e, dopo il processo, fu annunciato che era stato aperto un nuovo procedimento penale contro di lui.
+Pavel è stato nuovamente condannato nel giugno 2024 con l'accusa di "calunnia nei confronti di Lukashenko" e nuovamente condannato alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.08.2022: 2 anni 6 mesi di reclusione in una colonia del regime generale, 100 unità di base di multa. Appello 17.11.2022: il verdetto è stato confermato. Sentenza del tribunale 21.06.2024: 3 anni 4 mesi di reclusione in una colonia del regime generale. Appello 20.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-10-06 23:44:15</t>
   </si>
   <si>
     <t>Vitaly Cheslavovich Korshun</t>
   </si>
   <si>
     <t>15 settembre 1986</t>
   </si>
   <si>
     <t>Residente a Baranovichi. Secondo l'accusa, il 21 settembre 2020 Vitaly Korshun ha pubblicato un messaggio nella chat di Telegram “Borovki 97%” sotto una foto della vittima con il seguente messaggio: “Chi è questo? Polizia antisommossa? Allora propongo di bruciargli l'appartamento &lt;imprecazione&gt;, dimmi l'indirizzo."
 Nel gennaio 2024 Vitaly è stato nuovamente arrestato. Nel video filogovernativo, l’uomo afferma di aver “incitato alla violenza contro gli agenti di polizia antisommossa, semplicemente per emozione”.
 Il 16 gennaio 2024, i canali Telegram filogovernativi hanno segnalato la detenzione di Vitaly. Nel “ video del pentimento ”, l’uomo afferma di aver “incitato alla violenza contro gli agenti della polizia antisommossa solo per emozione”. Si trovava davanti alla telecamera in manette.
 Il processo contro il prigioniero politico è iniziato il 13 agosto 2024 presso il tribunale regionale di Brest ai sensi degli articoli: "calunnia di Lukashenko" (parte 2 dell'articolo 367 del codice penale), "partecipazione ad azioni che violano gravemente l'ordine pubblico" (parte 1 dell'articolo 342 del codice penale), organizzazione di rivolte di massa" (articolo 293, parte 1 del codice penale), "richiede sanzioni" (articolo 361, parte 3) e "incitamento all'odio o all'odio" (articolo 342, parte 1 del codice penale). 130 c.p.).</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.09.2021: 2 mesi di reclusione in una colonia del regime generale. Sentenza del tribunale 31.10.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 10.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2021-09-30 10:40:34</t>
-  </si>
-[...36 lines deleted...]
-    <t>2025-08-25 18:53:05</t>
   </si>
   <si>
     <t>Henry Ageev</t>
   </si>
   <si>
     <t>15 settembre 1994</t>
   </si>
   <si>
     <t>Secondo la pagina LinkedIn di Genrikh, si è laureato presso l'Accademia militare della Repubblica di Bielorussia nel 2016. Ha poi prestato servizio nelle truppe interne della Bielorussia per quattro anni prima di andare in pensione nell'agosto 2020.
 Secondo il compagno di cella di Genrikh, l'arresto è avvenuto nel febbraio 2024 sul ponte di Crimea, mentre stava già tornando in Bielorussia. Lo stesso Ageyev ha dichiarato di essere un imputato nel "caso BYPOL". È accusato di essersi recato in Crimea per conto di un ex ufficiale del GUBOPiK, rappresentante dell'iniziativa di Aleksandr Azarov (Azarov nega ). Lo scopo esatto dei viaggi è sconosciuto.
 Da febbraio a settembre 2024 circa, Ageyev è stato detenuto nel centro di detenzione preventiva di Simferopoli, in un piano speciale separato dall'FSB, dove non ci sono regole. Tutti in questo piano se ne stanno lì seduti senza alcuna indagine, vestiti con i propri vestiti, senza ricevere pacchi o lettere, per anni. I nove mesi che ha trascorso lì sono stati sprecati. La sua famiglia pensava che fosse morto. È stato poi estradato in Bielorussia.
 Un uomo bielorusso è stato riportato in patria per 24 ore con un sacco in testa, racconta un ex compagno di cella. Non gli è stato permesso di usare il bagno nemmeno una volta durante l'intero viaggio. È accusato di diversi articoli, tra cui "tradimento" (articolo 356 del Codice Penale) e "partecipazione a un'organizzazione terroristica" (articolo 290-5 del Codice Penale) per i suoi legami con BYPOL, che in Bielorussia è considerata un'organizzazione "terroristica".</t>
   </si>
   <si>
     <t>Pre-trial detention center of KGB. 220050, Minsk, Main Post Office, subscriber box 8</t>
   </si>
   <si>
     <t>2025-09-30 20:23:14</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Sukhomerov</t>
   </si>
   <si>
     <t>15 settembre 1995</t>
   </si>
   <si>
     <t>Nel 2017, il ragazzo ha conseguito un diploma in pedagogia sociale dopo essersi laureato presso l'Università pedagogica statale di Mozyr intitolata a Ivan Shamyakin. In questo periodo, come si può vedere dai suoi social network, ha iniziato a parlare in modo critico delle autorità. L’uomo fu particolarmente attivo nell’opporsi all’odioso decreto “sui parassiti”.
 Secondo i documenti del caso , l'uomo ha regolarmente parlato negativamente sui social network di Lukashenko e ha anche chiesto sanzioni contro la Bielorussia. Si è anche unito alla formazione “estremista” “BYPOL”, ha concordato con i membri del “Reggimento Kalinovsky” di partecipare alle operazioni militari in Ucraina, e ha anche trasferito denaro per aiutare le forze armate ucraine e il canale telegrafico “estremista”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.02.2024: 10 anni di reclusione in una colonia del regime generale. Appello 02.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-06 21:05:55</t>
   </si>
   <si>
     <t>Maksim Sergeevich Seleznev</t>
   </si>
   <si>
     <t>15 settembre 1976</t>
   </si>
   <si>
     <t>Maxim è residente a Minsk. Ha un'istruzione superiore. L'uomo è divorziato. Una volta ha lavorato come guardia di sicurezza, poi come costruttore. Quindi aprì un imprenditore individuale e fece erigere monumenti nel cimitero. Sono stato disoccupato ultimamente.
 Gli amici ricordano che Maxim ha prestato servizio militare in una delle unità delle "forze speciali" di Minsk.
 Maxim è accusato di aver fatto esplodere un'auto della polizia vicino al Dipartimento degli affari interni del distretto centrale.
 L'incidente è avvenuto nella notte tra il 7 e l'8 gennaio 2022, non lontano dall'edificio del Dipartimento degli affari interni del distretto centrale di Minsk. È stato aperto un procedimento penale per aver fatto esplodere un'auto ai sensi dell'articolo 289 (atto di terrorismo ripetuto).
 Gli investigatori hanno poi aggiunto che nella notte del 13 gennaio avrebbe danneggiato allo stesso modo il chiosco Tabakerka e un bidone della spazzatura.
 Il 26 maggio 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
-    <t>15 anni di reclusione in una colonia penale a regime rafforzato.</t>
+    <t>Sentenza del tribunale 30.03.2023: 15 anni di reclusione in una colonia del regime potenziato, 200 unità di base di multa. Appello 26.05.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-02-17 20:22:10</t>
   </si>
   <si>
     <t>Sergey Viktorovich Kachalko</t>
   </si>
   <si>
     <t>15 settembre 1992</t>
   </si>
   <si>
     <t>Secondo i suoi compagni di cella, è stato arrestato per motivi politici.</t>
   </si>
   <si>
     <t>2025-12-01 16:49:13</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-12-06 17:27:15</t>
   </si>
   <si>
     <t>Alexander Tadionovich Gurnik</t>
   </si>
   <si>
     <t>16 settembre 1981</t>
   </si>
   <si>
     <t>Agente immobiliare, blogger, autore del blog "Belarus in the Window". Il suo account TikTok ha 431 follower. Nei video commenta con umorismo le notizie bielorusse.
 Durante l'arresto è stato picchiato. Aleksandr era già stato picchiato in precedenza: è stato sottoposto a un'ondata di torture in via Akrestsin durante le proteste di agosto. Secondo un rapporto medico pubblicato sulla sua pagina, è stato duramente picchiato durante la sua detenzione all'uscita di casa sua il 12 agosto e in via Akrestsin, c'erano 47 ematomi sul suo corpo.
 Aleksandr ha presentato una domanda al comitato investigativo chiedendo un'indagine sul fatto del suo pestaggio. Ovviamente si sono rifiutati di aprire un procedimento penale.
 Durante l'esame del procedimento penale, è stato stabilito che da agosto a ottobre 2020 Alexander ha ripetutamente preso parte al blocco del movimento dei veicoli a Minsk, pubblicando video che insultavano Lukashenka sui social network.</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-06-30 00:34:06</t>
   </si>
   <si>
-    <t>Vyacheslav Alexandrovich Kurilchik</t>
-[...39 lines deleted...]
-    <t>2025-10-24 17:07:59</t>
+    <t>Alexey Dmitrievich Kovalev</t>
+  </si>
+  <si>
+    <t>16 settembre 1977</t>
+  </si>
+  <si>
+    <t>Detenuto per commenti sui social network dopo la morte di V.V. Makei.
+Il 3 ottobre 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.07.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 03.10.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-12-06 17:27:15</t>
+  </si>
+  <si>
+    <t>Vitaly Viktorovich Kanurkin</t>
+  </si>
+  <si>
+    <t>Vitaly ha lavorato come programmatore capo e poi come amministratore di rete capo per l'amministrazione del comitato esecutivo regionale di Grodno.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.07.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:48:05</t>
+  </si>
+  <si>
+    <t>Maksim Valerievich Remezov</t>
+  </si>
+  <si>
+    <t>17 settembre 1980</t>
+  </si>
+  <si>
+    <t>Maxim si è laureato presso l'Università statale bielorussa di informatica e radioelettronica, specializzandosi in ingegneria di rete. Ha iniziato la sua carriera presso lo stabilimento elettromeccanico di Minsk, poi ha lavorato come programmatore presso IBA e Netland. Nel 2022 ha assunto la carica di architetto di sistemi presso A1.
+Fu arrestato e condannato nell'agosto 2024 in base agli articoli "finanziamento di attività estremiste" e "finanziamento o altro sostegno materiale alla guerra".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.08.2024: 6 anni di reclusione in una colonia del regime generale. Appello 18.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:47:20</t>
   </si>
   <si>
     <t>Alexey Vitalievich Kulikov</t>
   </si>
   <si>
     <t>17 settembre 1987</t>
   </si>
   <si>
     <t>Cittadino della Federazione Russa. Nel film filogovernativo "Gaspar Didn't Contact" sul canale televisivo ONT, pubblicato il 04/05/2023, si dice che Alexey avrebbe scattato fotografie di oggetti a Grodno - l'ufficio di registrazione e arruolamento militare di Grodno e Grodno regione, unità militare 41780, deposito petrolifero del distretto di Auls, deposito petrolifero del distretto di Devyatovka, Consolato Generale della Federazione Russa. E anche che un anno fa Kulikov è sfuggito alla coscrizione e l'oppositore russo Daniil Krinari (Kovalevskij) lo ha aiutato a raggiungere Grodno. A dicembre Krinari è stato arrestato a Grodno ed estradato in Russia.
 Tra i parenti più stretti di Alexey, solo sua nonna.
 Il 28 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.04.2024: 23 anni di reclusione in una colonia del regime potenziato. Appello 28.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-04-06 14:13:09</t>
   </si>
   <si>
+    <t>Anastasia Viktorovna Sikiritskaya</t>
+  </si>
+  <si>
+    <t>17 settembre 1981</t>
+  </si>
+  <si>
+    <t>Era coinvolta nel "caso delle chiacchiere in giardino".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.07.2025: 2 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-08-07 22:14:23</t>
+  </si>
+  <si>
     <t>Edward Nikolaevich Vilchevskiy</t>
   </si>
   <si>
     <t>17 settembre 1994</t>
   </si>
   <si>
     <t>Tassista. In famiglia ci sono due figli minorenni.
 Condannato per commenti da giugno 2020 ad agosto dello stesso anno nelle chat di Telegram.</t>
   </si>
   <si>
     <t>9 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-07-14 20:24:21</t>
   </si>
   <si>
-    <t>Maksim Valerievich Remezov</t>
-[...30 lines deleted...]
-    <t>Anastasia Alexandrovna Voitekhovich</t>
+    <t>Galina Viktorovna Latugovskaya</t>
+  </si>
+  <si>
+    <t>17 settembre 1978</t>
+  </si>
+  <si>
+    <t>L'insegnante è stata arrestata tra la fine di ottobre e l'inizio di novembre 2024. Il caso nasce da commenti su Telegram: il suo account era registrato con il suo numero e, a un certo punto, ha utilizzato la sua foto come immagine del profilo, nonostante avesse precedentemente lasciato numerosi commenti sull'account.
+Negli ultimi anni, Galina ha lavorato presso il Dipartimento di Chimica Generale e Bioorganica dell'Università Medica Statale di Gomel. Ha anche seguito gli studenti per l'ammissione al programma di formazione pre-universitaria.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-10-24 17:07:59</t>
+  </si>
+  <si>
+    <t>Vyacheslav Alexandrovich Kurilchik</t>
+  </si>
+  <si>
+    <t>17 settembre 1985</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.10.2022: 6 anni di reclusione in una colonia del regime generale. Appello 20.01.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-10-06 19:56:36</t>
+  </si>
+  <si>
+    <t>Maria Andreevna Borisenko</t>
+  </si>
+  <si>
+    <t>18 settembre 1992</t>
+  </si>
+  <si>
+    <t>Il 31 luglio 2024 è stata arrestata in base a un provvedimento amministrativo, dopodiché, a quanto pare, è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-08-24 23:47:27</t>
+  </si>
+  <si>
+    <t>Ksenia Sergeevna Khodyreva</t>
+  </si>
+  <si>
+    <t>18 settembre 1996</t>
+  </si>
+  <si>
+    <t>Detenuto per donazioni. È stato premiato nella categoria "Miglior laureato della BSU" 2018. Dopo il suo arresto, Ksenia è stata trattenuta nel centro di custodia cautelare del KGB per diversi mesi, dopo di che è stata trasferita al centro di custodia cautelare-1 e poi al centro di custodia cautelare-3.
+Il 4 giugno 2024 è stato preso in considerazione il ricorso di Ksenia. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia a regime generale</t>
+  </si>
+  <si>
+    <t>2023-12-22 19:08:41</t>
+  </si>
+  <si>
+    <t>Anastasiya Vaitsiakhovich</t>
   </si>
   <si>
     <t>18 settembre 1997</t>
   </si>
   <si>
     <t>Anastasia è stata arrestata nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo" e nel giugno 2023 è stata condannata ai sensi di diversi articoli penali.
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi, presumibilmente preparando crimini estremisti. Tra loro c'erano militari radicali, funzionari della sicurezza, atleti e uomini d'affari che cercavano di prendere il potere illegalmente. Questo caso è legato al tentato incendio doloso della casa del deputato Oleg Gaidukevich nel giugno 2021 e all'“organizzazione di rivolte di massa”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.06.2023: 11 anni di reclusione in una colonia del regime generale. Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-17 01:33:47</t>
   </si>
   <si>
-    <t>Maria Andreevna Borisenko</t>
-[...60 lines deleted...]
-  <si>
     <t>Maxim Yuryevich Chakhovsky</t>
   </si>
   <si>
     <t>20 settembre 1995</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.12.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:57</t>
+  </si>
+  <si>
+    <t>Yaraslau Verdysh</t>
+  </si>
+  <si>
+    <t>21 settembre 1991</t>
+  </si>
+  <si>
+    <t>Laureato alla BSUIR, EPAM
+Il 2 febbraio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.11.2023: 5 anni di reclusione in una colonia del regime potenziato. Appello 02.02.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:15:36</t>
+  </si>
+  <si>
+    <t>Sergey Nikolaevich Kebets</t>
+  </si>
+  <si>
+    <t>21 settembre 1979</t>
+  </si>
+  <si>
+    <t>È noto che Sergey lavorava come ingegnere capo presso Intermeo LLC, un'impresa edile. Sergey amava anche cantare e suonare la chitarra, e gestiva un suo canale YouTube dove imparava a cantare da autodidatta.</t>
+  </si>
+  <si>
+    <t>2025-10-18 15:08:09</t>
+  </si>
+  <si>
+    <t>Daniil Igorevich Bognat</t>
+  </si>
+  <si>
+    <t>21 settembre 2001</t>
+  </si>
+  <si>
+    <t>Daniil, tifoso dell'FC Volna, è stato arrestato il 10 agosto 2020 nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:34:30</t>
+  </si>
+  <si>
+    <t>Alexey Victorovich Bychkovsky</t>
+  </si>
+  <si>
+    <t>21 settembre 1985</t>
+  </si>
+  <si>
+    <t>È accusato di aver trasferito i dati di rappresentanti delle forze dell'ordine al canale Telegram. Cittadino della Federazione Russa.</t>
+  </si>
+  <si>
+    <t>11 anni in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:23:06</t>
+  </si>
+  <si>
+    <t>Vladislav Valerievich Kupriyanov</t>
+  </si>
+  <si>
+    <t>21 settembre 1988</t>
+  </si>
+  <si>
+    <t>L'uomo lavora presso la Mogilev City Electric Networks come ingegnere.
+Detenuto all'inizio di agosto 2022. L'uomo è sospettato di aver, nell'autunno del 2020, "approfittando della sua posizione ufficiale", trasmesso informazioni sui luoghi di residenza di dipendenti pubblici e funzionari della sicurezza al canale telegrafico del Libro nero della Bielorussia.
+Il 27 giugno 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.04.2023: 5 anni di reclusione in una colonia del regime potenziato. Appello 27.06.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-08-06 17:50:07</t>
   </si>
   <si>
     <t>Dmitry Aleksandrovich Klimov</t>
   </si>
   <si>
     <t>21 settembre 1993</t>
   </si>
   <si>
     <t>Dmitry ha lavorato come autista in diverse organizzazioni e in passato come tassista. Ha anche lavorato presso il Dipartimento della sicurezza di Kalinkovichi dall'inizio del 2017 a maggio 2018, e poi come guardiamarina della polizia fino al suo licenziamento ad agosto.
 Dmitry è sposato e ha una figlia di quattro anni.
 L'uomo è stato fermato per sabotaggio ai binari della ferrovia . Quando è stato arrestato, non ha opposto resistenza, ma gli ufficiali dell'Unità di risposta rapida speciale gli hanno sparato di proposito alle articolazioni del ginocchio.
 Dmitry è stato dichiarato colpevole ai sensi di cinque articoli gravi del codice penale ed è stato nominato un termine di restrizione della libertà. Il tribunale ha anche inflitto una multa di 380 unità di base. L'imputato ha volontariamente risarcito il danno causato a RUE "Mogilev Branch of the Belarusian Railways" per un importo di oltre 12,8 mila rubli.</t>
   </si>
   <si>
     <t>22 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-04-06 19:32:34</t>
   </si>
   <si>
-    <t>Sergey Nikolaevich Kebets</t>
-[...85 lines deleted...]
-  <si>
     <t>Sergey Olegovich Nelepko</t>
   </si>
   <si>
     <t>22 settembre 1989</t>
   </si>
   <si>
     <t>Arrestato per essere un membro di canali Telegram, che sono riconosciuti come "estremisti".
 A dicembre, il KGB ha inserito Sergey Nelepko nella "lista dei terroristi", quindi non può effettuare trasferimenti di denaro.
 Secondo l'ufficio del procuratore , nel marzo 2022, l'imputato stava parlando su Telegram dell'acquisizione illegale di 50 unità di fucili d'assalto Kalashnikov e relative munizioni, e ha discusso della possibilità di consegnare armi e munizioni alla Bielorussia. Al fine di destabilizzare la ferrovia bielorussa, il residente di Grodno ha anche pubblicato un messaggio chiedendo danni al trasporto ferroviario e alle linee di comunicazione. Ha anche lasciato altri commenti "offensivi" sui rappresentanti delle autorità e A.G. Lukashenko.
 È noto che il pubblico ministero ha chiesto di condannare Nelepko a 16 anni di carcere, ma il giudice Senko si è limitato a nove anni di carcere.</t>
   </si>
   <si>
     <t>9 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2022-03-11 01:36:10</t>
   </si>
   <si>
-    <t>Ilya Vladimirovich Shapotkovsky</t>
-[...2 lines deleted...]
-    <t>23 settembre 1987</t>
+    <t>Alexey Alekseevich Levkevich</t>
+  </si>
+  <si>
+    <t>22 settembre 1987</t>
+  </si>
+  <si>
+    <t>Da settembre 2024 a gennaio 2025 è stato soggetto a restrizioni di viaggio. A gennaio è stato arrestato dagli agenti del KGB.
+Ha lavorato come ispettore statale per la sicurezza sul lavoro. Successivamente, si è registrato come imprenditore individuale e ha iniziato a svolgere lavori di finitura. Ha lavorato in Lituania per diversi anni.
+Alexey ha giocato a calcio e futsal a livello amatoriale per molti anni. Ha militato nella Premier League 5x5 per do-doma.by e BelVEB, segnando decine di gol e presenze.</t>
+  </si>
+  <si>
+    <t>2025-12-16 00:44:57</t>
+  </si>
+  <si>
+    <t>Vladislav Vitalievich Piskunovich</t>
+  </si>
+  <si>
+    <t>22 settembre 2000</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.09.2024: 4 anni di reclusione in una colonia del regime generale. Appello 22.11.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-09-25 16:40:05</t>
+  </si>
+  <si>
+    <t>Ilya Uladzimiravich Shapotkovski</t>
+  </si>
+  <si>
+    <t>23 settembre 1988</t>
   </si>
   <si>
     <t>Uno dei leader dell'iniziativa Honest People, Ilya, ha partecipato attivamente alla campagna elettorale di Viktor Babariko, a capo del dipartimento di verifica delle firme. È stato arrestato il 4 agosto 2020 con l’accusa di crimini economici, ma in seguito è stato condannato per “aver pubblicato media volti a screditare le autorità e dividere la società in base alle opinioni politiche”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.05.2023: 9 anni di reclusione in una colonia del regime potenziato. Appello 10.07.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:56</t>
   </si>
   <si>
-    <t>Andrey Grigorievich Savitsky</t>
-[...15 lines deleted...]
-    <t>Sergey Anatolievich Movshuk</t>
+    <t>Aliaksandr Siahreyevich Kapshul</t>
   </si>
   <si>
     <t>24 settembre 1978</t>
   </si>
   <si>
-    <t>Sergei è stato condannato per aver partecipato a "rivolte di massa" in un procedimento penale aperto a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. Le vittime del caso sono state 109 poliziotti e funzionari, che, oltre alla reclusione per l'imputato, hanno chiesto circa 530 mila rubli di risarcimento.
-[...16 lines deleted...]
-    <t>15 anni in una colonia sotto regime rafforzato</t>
+    <t>Alexander, ex consulente legale di Naftan OJSC, una sussidiaria dello stabilimento Polimir, è stato arrestato nel settembre 2021 in Russia mentre tentava di recarsi a Varsavia. Durante il tragitto da Voronezh, gli agenti dell'FSB hanno controllato i suoi documenti e, sapendo che sarebbe stato arrestato a Mosca, si è lanciato da un treno, riportando una gamba rotta e un braccio lussato. È riuscito a raggiungere il confine ucraino. Mentre tentava di attraversare legalmente, è stato arrestato, consegnato agli agenti del KGB e posto in custodia cautelare nell'ambito di un procedimento penale contro i dipendenti dello stabilimento che avevano sostenuto lo sciopero ed erano membri del Movimento Operaio (Rabochy Rukh). Questa iniziativa è stata considerata estremista il 21 settembre 2021 e, contemporaneamente, i lavoratori sono stati arrestati in tutto il Paese.
+Nel febbraio 2023 è stato riconosciuto colpevole di "azioni illegali con armi da fuoco", "tradimento" e "creazione e partecipazione a un gruppo estremista" ed è stato condannato alla reclusione e a una multa elevata.
+Nell'aprile 2023, Alexander è stato tra i primi tre finalisti del premio internazionale per i diritti umani, il Global Advocacy Award.
+Nell'aprile 2024 si tenne un'altra udienza in tribunale, al termine della quale Alexander fu trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 15 anni di reclusione in una colonia del regime potenziato, 200 unità di base di multa. Appello 02.08.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 10.04.2024: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-09-26 12:05:21</t>
   </si>
   <si>
     <t>Igor Vladimirovich Olinevich</t>
   </si>
   <si>
     <t>24 settembre 1983</t>
   </si>
   <si>
     <t>Igor è un attivista del movimento anarchico ed ex prigioniero politico nel “caso anarchico” del 2010. È stato arrestato mentre attraversava il confine con la Bielorussia nella notte tra il 28 e il 29 ottobre 2020 e accusato di “incendio doloso” e “terrorismo”.
 Nell'agosto 2022, con decisione del tribunale, Igor è stato trasferito in regime carcerario.
 All'inizio di luglio 2024, Igor è stato trasportato in un ospedale a Kolyadichi. È stato ricoverato lì con il sospetto di un'ulcera allo stomaco, peggiorata dopo uno sciopero della fame che ha effettuato dal 13 al 26 giugno nella “cella di punizione” del carcere n. 8 di Zhodino, dove sta scontando la pena.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.12.2021: 20 anni di reclusione in una colonia del regime potenziato, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 08.08.2022: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:37:19</t>
   </si>
   <si>
+    <t>Trafim Vadzimavich Barysau</t>
+  </si>
+  <si>
+    <t>24 settembre 2006</t>
+  </si>
+  <si>
+    <t>Nel film filo-governativo (aprile 2024), si diceva che sei adolescenti si sarebbero uniti nella “cellula anarchica “Black Nightingales”, creata “sotto la guida dell’Esercito di liberazione nazionale dell’Ucraina” da un sedicenne La cittadina ucraina Maria Misyuk.
+I dipendenti dell'ONT affermano che gli adolescenti si sono uniti per effettuare il sabotaggio in una discarica in Bielorussia e poi in Russia. Maria è accusata ai sensi della parte 2 dell'art. 289 cp (atto di terrorismo). Secondo la storia, la sedicenne Maria Misyuk si è trasferita con la sua famiglia dall’Ucraina alla Bielorussia nel 2022, dove ha creato una “cellula anarchica per preparare attacchi terroristici”. Tra i detenuti ci sono studenti universitari a Baranovichi, Nesvizh, Mir, Minsk e Luninets. Questi sono Trofim Borisov , Sergei Zhigalev, Dmitry Zahoroshko, Anastasia Klimenko e Alexandra Pulinovich. Secondo i dipendenti dell'ONT, i giovani si sono riuniti nell'appartamento di Baranovichi per prepararsi alla loro prima azione seria: raccogliere esplosivi e far saltare in aria il dipartimento di polizia o la procura di Baranovichi. Non si sa con quali accuse siano accusati i restanti cinque partecipanti. Così come il loro stato e la loro ubicazione sono sconosciuti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 12 anni di reclusione in una colonia del regime potenziato. Appello 09.02.2026: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-04-30 22:49:05</t>
+  </si>
+  <si>
     <t>Andrey Ivanovich Rebyakov</t>
   </si>
   <si>
     <t>24 settembre 1986</t>
   </si>
   <si>
     <t>Andrei, al dipartimento di polizia di Mogilev, nel settembre 2023, essendo ubriaco, “parlò in modo indecente” con Lukashenko. È stato condannato presso il tribunale distrettuale Leninsky di Mogilev ai sensi della parte 1 dell'art. 368 del codice penale (Insulto a Lukashenko). Inoltre, all'uomo è stato prescritto un trattamento obbligatorio per l'alcolismo cronico.
 È noto che l'uomo era stato precedentemente condannato 13 volte. Nel marzo 2023, il tribunale distrettuale di Oktyabrsky ha esaminato il caso della cessazione della supervisione preventiva contro Rebyakov e nel luglio 2023, il tribunale distrettuale di Orsha ha esaminato la questione della cessazione delle misure di sicurezza obbligatorie e del trattamento contro l'uomo.
 Andrei Rebyakov ha presentato ricorso contro la sentenza presso il tribunale regionale di Mogilev. Il 24 settembre 2024, la camera giudiziaria presieduta dal giudice Sergei Korolev ha confermato il verdetto.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.07.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 24.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-28 20:39:06</t>
   </si>
   <si>
-    <t>Trofim Borisov</t>
-[...71 lines deleted...]
-    <t>Pavel Viktorovich Petruchenia</t>
+    <t>Sergey Anatolievich Movshuk</t>
+  </si>
+  <si>
+    <t>Sergei è stato condannato per aver partecipato a "rivolte di massa" in un procedimento penale aperto a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. Le vittime del caso sono state 109 poliziotti e funzionari, che, oltre alla reclusione per l'imputato, hanno chiesto circa 530 mila rubli di risarcimento.
+Nel novembre 2024 la pena di Sergei venne inasprita e lui venne trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.04.2021: 6 anni 6 mesi di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 21.11.2024: regime carcerario fino alla fine della pena.</t>
+  </si>
+  <si>
+    <t>2021-04-30 17:38:44</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Kulesh</t>
   </si>
   <si>
     <t>25 settembre 1988</t>
   </si>
   <si>
-    <t>I canali filogovernativi hanno pubblicato "video pentiti", in cui Pavel afferma di aver lavorato nel Dipartimento della sicurezza fino al 2018, è stato arrestato per aver trasferito i dati personali dei dipendenti del Dipartimento al Libro nero della Bielorussia. I dati sono stati presi dall'elenco telefonico.
-[...6 lines deleted...]
-    <t>2023-01-02 14:23:53</t>
+    <t>I dettagli della sentenza sono diventati noti grazie al commento del procuratore Pleskatsevich alla TV statale di Pinsk (il nome dell'imputato non è menzionato, ma è l'unico che è stato processato a Pinsk nel 2024 con l'articolo "disordini"). Il pubblico ministero ha raccontato la posizione dell'imputato: il 9 agosto 2020 ha votato al seggio elettorale, è tornato a casa e ha bevuto molto (circa una bottiglia di vodka), dopodiché “con interesse è andato a guardare i manifestanti vicino a l’edificio del comitato esecutivo della città”. Cosa abbia fatto esattamente l'uomo durante le proteste e per quali ragioni non si ricordava a causa dell'alcol (nelle sue parole). Ma il video cattura ciò che l’accusa ha qualificato come segue: “ha preso parte attiva [alle rivolte], vale a dire, con le sue azioni ha sostenuto il pogrom e ha attaccato la polizia insieme ad altri manifestanti”.</t>
+  </si>
+  <si>
+    <t>4 anni di reclusione in una colonia di massima sicurezza</t>
+  </si>
+  <si>
+    <t>2024-05-17 18:40:19</t>
   </si>
   <si>
     <t>Irina Buinevich</t>
   </si>
   <si>
     <t>25 settembre 1981</t>
   </si>
   <si>
     <t>Ricercatrice. Ha lavorato per il Ministero delle Statistiche per 10 anni, poi per un'azienda privata impegnata in ricerche di mercato. In seguito è diventata responsabile della società di ricerca privata Mia Research. Ha condotto ricerche in vari campi: medicina, alimentazione, industria dei videogiochi, sviluppo di videogiochi, mercati finanziari e altri. Tra i suoi clienti figurano la Banca Mondiale, l'Organizzazione Mondiale della Sanità e la Banca Nazionale della Bielorussia.
 È stata arrestata alla fine del 2023 per aver condotto indagini sociologiche insieme a Yevgeny Krasnyansky.
 Secondo gli attivisti per i diritti umani, la donna si trovava ancora nel Centro di detenzione preventiva n. 1 ad agosto di quest'anno e si erano tenute numerose udienze in tribunale sul suo caso. Non è noto se sia stato ancora emesso un verdetto.</t>
   </si>
   <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
     <t>2025-10-15 14:05:43</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Kulesh</t>
-[...23 lines deleted...]
-    <t>2023-02-11 15:26:39</t>
+    <t>Nikolay Borisovich Yushchenko</t>
+  </si>
+  <si>
+    <t>25 settembre 1970</t>
+  </si>
+  <si>
+    <t>Nikolai Yushchenko, residente a Gomel, ha la propria attività da molto tempo. La sua azienda vende articoli per la casa e imballaggi.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.12.2024: sconosciuto. Appello 28.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-30 13:37:50</t>
+  </si>
+  <si>
+    <t>Pavel Viktorovich Petruchenia</t>
+  </si>
+  <si>
+    <t>I canali filogovernativi hanno pubblicato "video pentiti", in cui Pavel afferma di aver lavorato nel Dipartimento della sicurezza fino al 2018, è stato arrestato per aver trasferito i dati personali dei dipendenti del Dipartimento al Libro nero della Bielorussia. I dati sono stati presi dall'elenco telefonico.
+A casa ha lasciato moglie e figli piccoli (1 anno e 3 anni).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.06.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello 22.08.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-01-02 14:23:53</t>
+  </si>
+  <si>
+    <t>Sergei Alexandrovich Zelenkov</t>
+  </si>
+  <si>
+    <t>25 settembre 1987</t>
+  </si>
+  <si>
+    <t>Sergei è stato condannato per la prima volta nel maggio 2022 per aver insultato un funzionario e condannato alla libertà limitata con rinvio a giudizio.
+Nel gennaio 2024, è stato nuovamente condannato ai sensi dell'articolo "Organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva alle stesse" e condannato anche alla restrizione della libertà con rinvio a giudizio. Le circostanze e i dettagli del caso sono sconosciuti.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 46. 213188, Kruhlaje, vulica Savieckaja, 96</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.05.2022: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 19.01.2024: 3 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 02.04.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-05-11 00:47:30</t>
   </si>
   <si>
     <t>Fedor Nikolaevich Motorin</t>
   </si>
   <si>
     <t>27 settembre 1983</t>
   </si>
   <si>
     <t>Fyodor è stato condannato nella primavera del 2024 per "aver diffamato Lukashenko" e condannato a libertà limitata e al ricovero in un istituto di tipo aperto.</t>
   </si>
   <si>
     <t>Open correctional facility No. 29. 230415, Vaŭkavysk, vulica Rakasouskaha 118</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.05.2024: 3 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2024-05-31 12:27:36</t>
   </si>
   <si>
     <t>Alexander Vasilievich Martysevich</t>
   </si>
   <si>
     <t>28 settembre 1991</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.10.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-10-07 20:51:19</t>
   </si>
   <si>
-    <t>Natalia Alexandrovna Pupkevich</t>
+    <t>Pavel Mikhailovich Charco</t>
+  </si>
+  <si>
+    <t>29 settembre 1989</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 8 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-12-12 18:22:03</t>
+  </si>
+  <si>
+    <t>Natallia Aliaksandrauna Pupkevich</t>
   </si>
   <si>
     <t>29 settembre 1978</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-01-21 13:30:15</t>
+  </si>
+  <si>
+    <t>Yanina Kirillovna Poznyak</t>
+  </si>
+  <si>
+    <t>29 settembre 2005</t>
+  </si>
+  <si>
+    <t>Figlia del giornalista e prigioniero politico Kirill Poznyak, Yanina è stata arrestata insieme al padre il 4 settembre 2025. Inizialmente è stata collocata in un centro di detenzione temporanea e, pochi giorni dopo, è stata accusata di un reato penale e trasferita al centro di detenzione preventiva n. 1.
+È stato aperto un procedimento penale contro la ventenne Yanina Poznyak per collaborazione con un "gruppo estremista".
+Il 4 settembre, il giorno in cui Kirill Poznyak e Yanina Poznyak sono stati arrestati, il Comitato per la sicurezza dello Stato della Bielorussia (KGB) ha dichiarato il canale YouTube "Piattaforma 375" e i suoi account TikTok affiliati un "gruppo estremista". Secondo il KGB, "un gruppo di cittadini che rappresenta il gruppo" è impegnato in "attività estremiste", con Kirill Poznyak indicato come l'organizzatore.</t>
+  </si>
+  <si>
+    <t>2026-01-24 18:40:45</t>
   </si>
   <si>
     <t>Nikolay Nikolaevich Daineko</t>
   </si>
   <si>
     <t>29 settembre 1972</t>
   </si>
   <si>
     <t>2025-06-08 21:54:31</t>
   </si>
   <si>
     <t>Oleg Nikolaevich Gorbachev</t>
   </si>
   <si>
     <t>30 settembre 1989</t>
   </si>
   <si>
     <t>Oleg è stato arrestato per essersi iscritto a “canali Telegram distruttivi”
 Nel suo video confessionale, ha affermato di essere stato arrestato per essersi iscritto a “canali Telegram distruttivi”, dove diffondeva informazioni estremiste, e per aver tentato di “intimidire la polizia”.</t>
   </si>
   <si>
     <t>4 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2022-04-12 21:28:11</t>
@@ -1547,50 +1427,62 @@
   <si>
     <t>30 settembre 1997</t>
   </si>
   <si>
     <t>26.12. 2024 è stato soggetto a sanzione amministrativa ai sensi della Parte 2 dell'Art. 19.11 del Codice degli illeciti amministrativi della Repubblica di Bielorussia (Distribuzione, produzione, conservazione, trasporto di prodotti informativi contenenti incitamenti ad attività estremiste o che promuovono tali attività). Dopodiché è stato aperto un procedimento penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 1 anno di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-05-11 17:49:10</t>
   </si>
   <si>
     <t>Vyacheslav Olegovich Demenchenko</t>
   </si>
   <si>
     <t>30 settembre 1993</t>
   </si>
   <si>
     <t>Nel 2021, Demenchenko si è laureato presso la Facoltà di tecnologie dell'informazione dell'Università statale di Polotsk, dopodiché ha lavorato come ingegnere elettronico presso l'ospedale distrettuale centrale di Novopolotsk, da dove si è dimesso nell'autunno del 2022.
 Negli anni successivi sui social network circolavano voci secondo cui il ragazzo viveva a Grodno e Varsavia. L'ultima volta che Demenchenko è stato online è stato alla fine del 2023. Dopodiché, molto probabilmente, è stato arrestato.
 Demenchenko è stato accusato di "aver danneggiato la sicurezza nazionale della Bielorussia". Avrebbe potuto essere condannato a una pena detentiva compresa tra 4 e 12 anni, ma in ogni caso la pena sarebbe stata in una colonia penale. La natura delle accuse e la durata esatta sono sconosciute.</t>
   </si>
   <si>
     <t>2025-05-09 07:25:59</t>
+  </si>
+  <si>
+    <t>Olga Gennadievna Kapuza (Loiko)</t>
+  </si>
+  <si>
+    <t>Dmitry e Olga Kapuzy, 36 anni, sono stati arrestati il 16 gennaio 2024. La coppia proviene dal distretto di Drogichin e viveva vicino al confine tra Bielorussia e Ucraina. Dopo il loro arresto, la televisione di Stato ha trasmesso un video di propaganda intitolato "Purge. La lotta contro i sabotatori e gli agenti dei servizi speciali ucraini in Bielorussia", accusandoli di contrabbando di beni dall'Ucraina. All'epoca furono arrestate in totale 12 persone. Secondo la propaganda, la coppia avrebbe lavorato per i servizi speciali ucraini. Si affermava che i residenti del distretto di Drogichin avessero collaborato con i servizi di sicurezza ucraini sequestrando esplosivi e creando nascondigli in Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 21 anno di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2025-07-16 18:41:13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1894,51 +1786,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I94"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1971,2576 +1863,2388 @@
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
       </c>
       <c r="I9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>60</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>62</v>
       </c>
       <c r="I10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>64</v>
       </c>
       <c r="B11" t="s">
         <v>65</v>
       </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H11" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I12" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>28</v>
+      </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I18" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I20" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
+      <c r="E21" t="s">
+        <v>119</v>
+      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="I21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C22" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D22" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>125</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I22" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>137</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
-      <c r="E26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>148</v>
+      </c>
+      <c r="C27" t="s">
+        <v>149</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
+      <c r="E27" t="s">
+        <v>150</v>
+      </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="I28" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B31" t="s">
-        <v>166</v>
+        <v>168</v>
+      </c>
+      <c r="C31" t="s">
+        <v>169</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
+      <c r="E31" t="s">
+        <v>170</v>
+      </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I31" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C32" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
+      <c r="E32" t="s">
+        <v>125</v>
+      </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="I32" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="I33" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E34" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="I34" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C35" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>187</v>
+        <v>56</v>
       </c>
       <c r="F35" t="s">
-        <v>188</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="I35" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B36" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C36" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I36" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B37" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C37" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
+      <c r="H37" t="s">
+        <v>202</v>
+      </c>
       <c r="I37" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C38" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="I38" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C39" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D39" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>28</v>
+        <v>150</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C41" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>143</v>
+        <v>222</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I41" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>68</v>
       </c>
       <c r="I44" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C45" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C46" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="I46" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B47" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="C47" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>249</v>
+        <v>61</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
+      <c r="H47" t="s">
+        <v>250</v>
+      </c>
       <c r="I47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B48" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C48" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C49" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>13</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E50" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>265</v>
       </c>
       <c r="I50" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B51" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
+      <c r="E51" t="s">
+        <v>13</v>
+      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I51" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>21</v>
+      </c>
+      <c r="E52" t="s">
+        <v>22</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B53" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D54" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D55" t="s">
-        <v>27</v>
+        <v>21</v>
+      </c>
+      <c r="E55" t="s">
+        <v>22</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E56" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B58" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C58" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B59" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C59" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D59" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>307</v>
+        <v>62</v>
       </c>
       <c r="I59" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>309</v>
       </c>
       <c r="B60" t="s">
         <v>310</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>312</v>
       </c>
       <c r="I60" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>314</v>
       </c>
       <c r="B61" t="s">
         <v>315</v>
       </c>
       <c r="C61" t="s">
         <v>316</v>
       </c>
       <c r="D61" t="s">
-        <v>27</v>
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>61</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>317</v>
       </c>
       <c r="I61" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>319</v>
       </c>
       <c r="B62" t="s">
         <v>320</v>
       </c>
       <c r="C62" t="s">
         <v>321</v>
       </c>
       <c r="D62" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>322</v>
       </c>
       <c r="I62" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>324</v>
       </c>
       <c r="B63" t="s">
         <v>325</v>
       </c>
+      <c r="C63" t="s">
+        <v>326</v>
+      </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
+      <c r="E63" t="s">
+        <v>99</v>
+      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I63" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B64" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C64" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>61</v>
+        <v>99</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I64" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B65" t="s">
-        <v>334</v>
+        <v>335</v>
+      </c>
+      <c r="C65" t="s">
+        <v>336</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H65" t="s">
-        <v>335</v>
+        <v>29</v>
       </c>
       <c r="I65" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B66" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="C66" t="s">
         <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>340</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
         <v>343</v>
       </c>
       <c r="C67" t="s">
         <v>344</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
+      <c r="E67" t="s">
+        <v>125</v>
+      </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>39</v>
+        <v>345</v>
       </c>
       <c r="I67" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>82</v>
+        <v>150</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I68" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C69" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D69" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="I69" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I70" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B71" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C71" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
-      <c r="E71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I71" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>348</v>
+      </c>
+      <c r="C72" t="s">
+        <v>368</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
         <v>13</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="I72" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="I73" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B74" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C74" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E74" t="s">
-        <v>143</v>
+        <v>379</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
-      <c r="H74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I74" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B75" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C75" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I75" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B76" t="s">
-        <v>386</v>
+        <v>372</v>
       </c>
       <c r="C76" t="s">
         <v>387</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>388</v>
       </c>
       <c r="I76" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>390</v>
       </c>
       <c r="B77" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C77" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>238</v>
+        <v>393</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I77" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C78" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>76</v>
+        <v>399</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="I78" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B79" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="I79" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B80" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
+      <c r="E80" t="s">
+        <v>125</v>
+      </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I80" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B81" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>411</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E81" t="s">
+        <v>22</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>412</v>
       </c>
-      <c r="F81" t="s">
-[...5 lines deleted...]
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>414</v>
+      </c>
+      <c r="B82" t="s">
         <v>415</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>416</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>21</v>
+      </c>
+      <c r="E82" t="s">
+        <v>379</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="I82" t="s">
         <v>417</v>
-      </c>
-[...16 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B83" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
+      <c r="E83" t="s">
+        <v>125</v>
+      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>424</v>
+        <v>29</v>
       </c>
       <c r="I83" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B84" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C84" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H84" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="I84" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="B85" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C85" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="D85" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
+      <c r="H85" t="s">
+        <v>429</v>
+      </c>
       <c r="I85" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B86" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C86" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>437</v>
+        <v>29</v>
       </c>
       <c r="I86" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="B87" t="s">
-        <v>440</v>
+        <v>422</v>
       </c>
       <c r="C87" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>21</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="I87" t="s">
-        <v>443</v>
-[...184 lines deleted...]
-        <v>474</v>
+        <v>438</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">