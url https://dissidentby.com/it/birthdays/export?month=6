--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,1357 +12,1220 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="478">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
   </si>
   <si>
-    <t>Igor Olegovich Moiseenko</t>
-[...5 lines deleted...]
-    <t>Ex dipendente del Ministero delle situazioni di emergenza.</t>
+    <t>Vladimir Valentinovich Zhuromsky</t>
+  </si>
+  <si>
+    <t>1 giugno 1989</t>
+  </si>
+  <si>
+    <t>Dipendente del comitato doganale statale.</t>
   </si>
   <si>
     <t>Uomo</t>
   </si>
   <si>
-    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
   </si>
   <si>
     <t>In custodia</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 21.11.2024: 3 anni di reclusione in una colonia del regime generale. Appello 31.01.2025: il verdetto è stato confermato. Sentenza del tribunale 14.05.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
-[...16 lines deleted...]
-  <si>
     <t>12 anni di reclusione in una colonia in condizioni di sicurezza rafforzate.</t>
   </si>
   <si>
     <t>2023-10-10 00:21:52</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Poltorak</t>
+  </si>
+  <si>
+    <t>1 giugno 1987</t>
+  </si>
+  <si>
+    <t>Dmitry è stato condannato nell'agosto 2022 per "aver organizzato e preparato azioni che violano gravemente l'ordine pubblico, o per avervi partecipato attivamente", per aver preso parte alle proteste pacifiche avvenute a Minsk nel 2020. Dmitry è stato ripreso in video da un giornalista durante le proteste nei primi giorni dopo le elezioni.
+Nel maggio 2023 si è saputo che Dmitry era stato detenuto in un istituto penitenziario e processato ai sensi di un articolo amministrativo per "diffusione di materiale estremista" e condannato all'arresto amministrativo, che ha scontato nel centro di detenzione temporanea di Gomel.
+Nel luglio di quell'anno si tenne un'udienza in tribunale per discutere la questione della sostituzione della restrizione della libertà con la reclusione in una colonia penale; l'esito dell'udienza è sconosciuto.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 17. 246020, Homiel, vul. Barysenka, 13, building 2</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.08.2022: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 08.11.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 11.07.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Dmitry Valerievich Golovach</t>
   </si>
   <si>
     <t>1 giugno 1982</t>
   </si>
   <si>
     <t>Il musicista del gruppo TOR BAND è stato arrestato insieme a Yevgeny Burlo, anche le loro mogli sono state arrestate. La moglie di Golovach è stata multata, la moglie di Burlo - arresto amministrativo.
 Alla fine di novembre 2022, Dmitry ed Evgeny sono stati condannati per la terza volta a 15 giorni. TOR BAND è diventata una band popolare in Bielorussia sulla scia delle proteste del 2020. Molte canzoni sono diventate hit su diverse piattaforme. I prodotti informativi, i social network e il logo del gruppo TOR BAND sono stati riconosciuti come "estremisti", così come le loro canzoni sopra elencate.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>9 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2022-12-06 20:51:07</t>
   </si>
   <si>
     <t>Arthur Gennadievich Khlus</t>
   </si>
   <si>
     <t>1 giugno 1998</t>
   </si>
   <si>
     <t>Arthur è di Pinsk. Ha studiato allo Slonim Medical College, si è laureato con lode e dopo la laurea è stato assegnato a Grodno. Entrò all'Università medica statale di Grodno, oltre a questo lavorò come paramedico per una squadra in visita in un'ambulanza.
 Secondo i canali telegrafici filogovernativi, è stato arrestato per essersi registrato nel piano Peramoga e ha anche partecipato a “eventi di massa non autorizzati”.
 Il 17 agosto 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia penale</t>
   </si>
   <si>
     <t>2022-11-02 13:53:09</t>
   </si>
   <si>
+    <t>Igor Olegovich Moiseenko</t>
+  </si>
+  <si>
+    <t>1 giugno 1993</t>
+  </si>
+  <si>
+    <t>Ex dipendente del Ministero delle situazioni di emergenza.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.11.2024: 3 anni di reclusione in una colonia del regime generale. Appello 31.01.2025: il verdetto è stato confermato. Sentenza del tribunale 14.05.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:41:19</t>
+  </si>
+  <si>
     <t>Zahar Olegovich Tarazevich</t>
   </si>
   <si>
     <t>1 giugno 2003</t>
   </si>
   <si>
     <t>Studente di liceo del Ministero degli affari interni. Detenuto insieme al cittadino russo Anton Lysov . Accusato di aver dato fuoco all'auto del capo della commissione d'esame forense Alexei Volkov.</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>7,5 anni di carcere in regime rafforzato</t>
   </si>
   <si>
     <t>2022-09-09 14:45:35</t>
-  </si>
-[...54 lines deleted...]
-    <t>2025-01-31 20:22:02</t>
   </si>
   <si>
     <t>Dmitriy Nikolaevich Ivashkov</t>
   </si>
   <si>
     <t>2 giugno 1981</t>
   </si>
   <si>
     <t>Un membro del gruppo di iniziativa della candidata alla presidenza Svetlana Tikhanovskaya è stato arrestato il 27 settembre 2020 a Gomel durante una protesta pacifica e accusato di aver partecipato a “rivolte di massa” e di aver pianificato di “sequestrare edifici”.
 Nell'inverno del 2023, Dmitry è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.05.2021: 6 anni di reclusione in una colonia del regime potenziato. Appello 06.08.2021: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
+  </si>
+  <si>
+    <t>Roman Yuryevich Parfenov</t>
+  </si>
+  <si>
+    <t>2 giugno 1982</t>
+  </si>
+  <si>
+    <t>Secondo la corte, l’essenza dell’accusa contro tutti era che il 10 agosto 2020 la gente di Brest “gridava slogan, fischiava, batteva le mani, mostrava tele bianco-rosse-bianche e usciva sulla carreggiata”. In tal modo avrebbero gravemente violato l’ordine pubblico.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 15.11.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
+    <t>Nikolay Nikolaevich Lepeshko</t>
+  </si>
+  <si>
+    <t>2 giugno 1977</t>
+  </si>
+  <si>
+    <t>Padre Nikolai, 47 anni, è stato arrestato insieme alla moglie Elena, 46 anni, e al figlio Nikita, 24 anni, per aver partecipato alla protesta del 2020.</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 03.02.2025: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-01-31 20:22:02</t>
+  </si>
+  <si>
+    <t>Yuri Gennadievich Olkhovik</t>
+  </si>
+  <si>
+    <t>3 giugno 1987</t>
+  </si>
+  <si>
+    <t>Un uomo d'affari arrestato nell'autunno del 2023 per aver chiesto sanzioni. È stato avviato un procedimento penale contro Yuri, viene preso in custodia (viene specificato il luogo di detenzione).
+In onda sul canale televisivo filogovernativo "Bielorussia 1" Yuri Olkhovik viene presentato come "co-fondatore dell'azienda, il distributore ufficiale dei produttori globali". Lui stesso ha affermato di essere impegnato nella fornitura di apparecchiature per controlli non distruttivi e analisi chimiche e apparecchiature di prova. Ha scritto una lettera alla società europea chiedendo di interrompere la collaborazione con la società bielorussa inclusa nell'elenco delle sanzioni.</t>
+  </si>
+  <si>
+    <t>2024-01-03 01:34:38</t>
   </si>
   <si>
     <t>Aleksey Firdovsovich Kudlasov</t>
   </si>
   <si>
     <t>3 giugno 1998</t>
   </si>
   <si>
     <t>Alexey è stato arrestato il 1° luglio 2021 a Minsk da agenti della Direzione principale per la lotta alla criminalità organizzata e alla corruzione (GUBOPiK). Il giorno seguente, il tribunale lo ha condannato a 15 giorni di arresto amministrativo, ma invece di essere rilasciato, è stato trasferito in un centro di detenzione preventiva. È stato quindi processato per azioni di gruppo che violavano gravemente l'ordine pubblico.
 Il caso è stato esaminato in base a quattro articoli del Codice penale: "organizzazione di rivolte di massa", "creazione di un gruppo estremista", "incitamento all'odio sociale" e "insulto a un funzionario governativo". Il processo si è svolto a porte chiuse e i dettagli delle accuse sono sconosciuti.
 Nell'aprile 2022, il tribunale ha condannato Alexey a 11 anni di carcere. Dopo il processo, i canali filogovernativi hanno pubblicato un video in cui si affermava che Alexey fosse l'amministratore della chat Telegram "Cascade". Un video su di lui era stato precedentemente girato su TUT.BY.
 Nel luglio 2023 si è saputo che si trovava in custodia cautelare e l'11 agosto 2023 è stato nuovamente dichiarato colpevole di un nuovo caso di "creazione di un gruppo estremista", aggiungendo altri 6 mesi alla sua condanna.</t>
   </si>
   <si>
     <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
   </si>
   <si>
     <t>Sentenza del tribunale 25.04.2022: 11 anni di reclusione in una colonia del regime rigoroso. Sentenza del tribunale 11.08.2023: 7 anni di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Yuri Gennadievich Olkhovik</t>
-[...11 lines deleted...]
-  <si>
     <t>Andrey Sergeevich Zagorsky</t>
   </si>
   <si>
     <t>4 giugno 1988</t>
   </si>
   <si>
     <t>Andrey è originario di Dokshitsy. Dopo la scuola, nel 2006, si è iscritto all'Università Statale Bielorussa di Informatica e Radioelettronica, dove ha studiato presso la Facoltà di Sistemi Informatici e Reti. È iscritto all'università di Kopishche. Durante gli studi, Andrey ha iniziato a lavorare presso EPAM. Secondo Linkedin, ha recentemente lavorato come Lead Software Engineer, gestendo parte del team di sviluppo del progetto. Non è noto se abbia vissuto in Bielorussia di recente, ma ha viaggiato molto.</t>
   </si>
   <si>
     <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.04.2025: 5 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
+    <t>Sviatlana Ivanauna Kashkel</t>
+  </si>
+  <si>
+    <t>5 giugno 1963</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
     <t>Natalia Olegovna Lobatsevich</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 giugno 1963</t>
   </si>
   <si>
     <t>Tatyana Frantskevich e Natalya Lobatsevich furono arrestate il 19 luglio 2024, quando Tatyana fu convocata dal comitato investigativo per firmare un impegno a non lasciare la città di Polotsk, e Natalya andò con lei per sostenerla.
 È stato aperto un procedimento penale contro Tatyana Frantskevich, la madre dell'anarchico condannato Alexander Frantskevich, e sua sorella Natalia Lobatsevich, madre dell'ex prigioniero politico Ilya Lobatsevich, e sono state rinchiuse in un centro di custodia cautelare a Vitebsk.</t>
   </si>
   <si>
-    <t>Donna</t>
-[...1 lines deleted...]
-  <si>
     <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.02.2025: 3 anni di reclusione in una colonia del regime generale. Appello 15.04.2025: inviato per la revisione. Sentenza del tribunale 16.06.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-07-25 20:42:36</t>
-  </si>
-[...17 lines deleted...]
-    <t>2022-12-19 11:11:49</t>
   </si>
   <si>
     <t>Dmitry Dmitrievich Korneev</t>
   </si>
   <si>
     <t>5 giugno 1995</t>
   </si>
   <si>
     <t>Dmitry è stato arrestato e condannato per aver lanciato una bottiglia Molotov contro il personale militare il 10 agosto 2020. Le bottiglie, secondo gli investigatori, sarebbero state trasportate nel centro di Gomel da Leonid Kovalev, che le nascose, e la sera dello stesso giorno le consegnò a Dmitry e Nikita Zolotorev con la proposta di dare fuoco a un edificio, un autobus o un carro di risaia. Dmitry ha parzialmente ammesso la sua colpa, spiegando di aver lanciato il "cocktail" per guadagnare tempo ed evitare l'arresto.
 Nel dicembre 2021 è stato trasferito in regime penitenziario per “disobbedienza dolosa ai requisiti dell’amministrazione dell’istituto correzionale”.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.02.2021: 8 anni di reclusione in una colonia del regime rigoroso. Appello 23.04.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 08.12.2021: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-28 02:13:22</t>
   </si>
   <si>
+    <t>Sergey Yuryevich Manzhos</t>
+  </si>
+  <si>
+    <t>5 giugno 1991</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.10.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Vitold Stefanovich Shalkevich</t>
+  </si>
+  <si>
+    <t>5 giugno 1980</t>
+  </si>
+  <si>
+    <t>Vitold Shalkevich ha 44 anni. Viene dalla grande città di Porozovo, nella regione di Svisloch. L'uomo ha una moglie e due figlie minorenni.
+Witold è stato arrestato nell'agosto 2023 proprio al lavoro. Inizialmente è stato condannato all'arresto per "distribuzione di materiale estremista". Successivamente i membri di Gubopik hanno girato un video con lui e lo hanno trasferito dal centro di custodia cautelare. Secondo i canali telegrafici filogovernativi, Shalkevich ha lasciato diverse migliaia di commenti varie chiacchierate.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Alexey Sergeyevich Reznikov</t>
+  </si>
+  <si>
+    <t>5 giugno 1988</t>
+  </si>
+  <si>
+    <t>Un residente di Vitebsk, detenuto per ripubblicazione sui social network. Il tribunale è chiuso, il giovane non ha parenti. Si sa che ha circa 30 anni, è andato a lavorare, al suo ritorno è stato detenuto in Bielorussia. Tre giorni dopo il suo arresto, sua madre è morta. Non ci sono più parenti rimasti.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.08.2022: 4 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
     <t>Olga Anatolyevna Nikolaeva</t>
   </si>
   <si>
     <t>Nel dicembre 2024, i media filogovernativi pubblicarono una registrazione audio di Olga, accusata di aver partecipato alla chat "Ali Bianche di Baranovichi". Quando il KGB dichiarò la chat "Ali Bianche di Baranovichi" – una chat distrettuale molto piccola e da tempo inattiva – un gruppo estremista, Olga fu citata tra i partecipanti. Olga fu contattata tramite un account non protetto. L'account era collegato al numero della ragazza. Molto probabilmente, Olga fu trattenuta in un centro di detenzione preventiva prima del processo.
 Olga suona la batteria e da studentessa ha suonato in gruppi musicali amatoriali. Lei e suo marito amano viaggiare.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-08-25 10:28:01</t>
   </si>
   <si>
     <t>Alexey Petrovich Kamovich</t>
   </si>
   <si>
     <t>5 giugno 1979</t>
   </si>
   <si>
     <t>Direttore di banca. Ha 15 anni di esperienza nella gestione di divisioni regionali di banche.
 Ultimo luogo di lavoro: banca RRB.</t>
   </si>
   <si>
     <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-09-14 23:00:07</t>
   </si>
   <si>
-    <t>Alexey Sergeyevich Reznikov</t>
-[...42 lines deleted...]
-    <t>2024-12-02 17:55:42</t>
+    <t>Denis Valentinovich Salmanovich</t>
+  </si>
+  <si>
+    <t>6 giugno 1991</t>
+  </si>
+  <si>
+    <t>Inizialmente si trovava a Okrestina. Poi venne arrestato in base al Codice penale. I parenti notano che Denis è un ragazzo buono, onesto, giusto e comprensivo. Sui canali filo-governativi, Denis viene definito il “caporedattore visivo” dei video del movimento Supraci. Nel video, Salmanovich afferma di essere stato arrestato dagli agenti di polizia perché "faceva parte di canali Telegram distruttivi", "collaborava con Busly Lyatsyats" e aveva partecipato alle proteste del 2020.
+La Corte d'appello ha ridotto la pena da 10 a 9,5 anni di reclusione.
+Denis è affetto da una grave malattia: glomerulonefrite cronica successiva a vasculite emorragica. Nell'estate del 2024 un'ambulanza portò via l'uomo dalla colonia. Salmanovich fu sottoposto a un intervento chirurgico: gli fu asportata la cistifellea. Dopo l'operazione, l'uomo ha trascorso un'altra settimana nel reparto medico del carcere, finché non gli sono stati rimossi i punti di sutura.
+La madre del prigioniero politico afferma che l'ultima volta che Denis l'ha contattata è stato a metà novembre 2024. Dopo la chiamata, l'uomo è stato immediatamente portato in una cella di punizione, dove si trova ancora oggi (gennaio 2024).
+Nell'aprile 2025 la sua pena venne inasprita e lui venne trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.09.2022: 10 anni di reclusione in una colonia del regime potenziato, 6400 rubli di risarcimento. Appello 23.12.2022: 9 anni 6 mesi di reclusione in una colonia del regime potenziato, 6400 rubli di risarcimento. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:13:17</t>
   </si>
   <si>
     <t>Denis Yevgenievich Ivashin</t>
   </si>
   <si>
     <t>6 giugno 1979</t>
   </si>
   <si>
     <t>Denis è giornalista e redattore volontario per la versione bielorussa di InformNapalm, corrispondente freelance per Novaga Chas. Le sue indagini riguardavano l'influenza del "mondo russo" sulla Bielorussia e sulla Siria, la costruzione a Kurapaty e il passaggio di ex ufficiali ucraini dei Berkut alle forze di sicurezza bielorusse.
 Nel marzo 2021 è stato arrestato dagli agenti del KGB con l'accusa di "interferenza con le attività di polizia". Sono state effettuate perquisizioni nel suo appartamento, in quello della madre e in quello della nonna 95enne. Nel 2022 si è saputo che era stato accusato anche di aver collaborato con l'intelligence ucraina.
 Nel settembre 2022, Denis è stato condannato per “tradimento” e “interferenza nelle attività di un funzionario degli affari interni”, ma quest’ultima accusa è stata successivamente sostituita con “raccolta o diffusione illegale di dati sulla vita personale”.
 Nel giugno 2023 è stato trasferito in un carcere di massima sicurezza senza avvisare né la famiglia né l'avvocato.
 Nell'aprile 2024, il prigioniero politico è stato privato dei pacchi e per inviare vitamine ora è necessaria l'autorizzazione del medico del carcere.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.09.2022: 13 anni 1 mese di reclusione in una colonia del regime potenziato, 150 unità di base di multa, 18000 rubli di risarcimento. Appello 20.12.2022: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
-    <t>Denis Valentinovich Salmanovich</t>
-[...17 lines deleted...]
-  <si>
     <t>Sergey Alexandrovich Romanov</t>
   </si>
   <si>
     <t>7 giugno 1994</t>
   </si>
   <si>
     <t>Un attivista anarchico è stato fermato mentre attraversava il confine bielorusso nella notte tra il 28 e il 29 ottobre 2020 e accusato di "incendio doloso" e "terrorismo". Aveva precedentemente scontato una pena di cinque anni ai sensi dell'articolo 295-3 del Codice penale della Repubblica di Bielorussia ed era stato rilasciato nel 2019.
 Il 29 ottobre 2021, a Gomel, Sergei è stato condannato a un anno di carcere per "violazione dei termini di sorveglianza" ai sensi di un precedente articolo politico. Nel marzo 2023 e nel settembre 2024, è stato condannato due volte per "disobbedienza dolosa alle richieste dell'amministrazione della colonia penale". Questo articolo viene utilizzato per processare i prigionieri che si rifiutano di collaborare con l'amministrazione per violazioni fittizie. Di conseguenza, la sua pena detentiva complessiva è stata di 22 anni e 11 mesi.
 Nell'autunno del 2025, si seppe che Sergei Romanov era stato recentemente ricoverato in ospedale per un intervento chirurgico. L'operazione era stata programmata e si era svolta senza complicazioni. Presto sarebbe stato trasferito nuovamente alla colonia penale.</t>
   </si>
   <si>
     <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.12.2021: 20 anni di reclusione in una colonia del regime rigoroso, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 23.03.2023: 11 mesi di reclusione in una colonia del regime rigoroso. Appello 06.06.2023: il verdetto è stato confermato. Sentenza del tribunale 25.09.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 26.11.2024: il verdetto è stato confermato. Sentenza del tribunale 19.05.2025: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Nikita Alexandrovich Grushevsky</t>
   </si>
   <si>
     <t>7 giugno 2000</t>
   </si>
   <si>
     <t>Nikita Grushevskyi si è laureato presso l'Università tecnica statale Sukhoi Gomel nel 2022. Ha lavorato a turni in Russia.
 Secondo le informazioni a disposizione degli attivisti per i diritti umani , Nikita Grushevsky ha espresso le sue opinioni, anche in merito agli individui che attualmente detengono illegalmente il potere in Bielorussia, in commenti online sulle community dei social media.
 Tra le altre cose, è stato condannato per aver fatto parte di una certa comunità che il regime ha definito una “formazione estremista”.
 Il processo a Nikita Grushevsky si è svolto a porte chiuse.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 23.09.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Vladislav Aleksandrovich Yatsenko</t>
-[...11 lines deleted...]
-    <t>2023-01-16 01:51:37</t>
+    <t>Valery Igorevich Zalivako</t>
+  </si>
+  <si>
+    <t>8 giugno 1991</t>
+  </si>
+  <si>
+    <t>Il 16 luglio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.04.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 16.07.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
   </si>
   <si>
     <t>Irina Alekseevna Savritskaya</t>
   </si>
   <si>
     <t>8 giugno 1966</t>
   </si>
   <si>
     <t>Irina ha lavorato come addetta alle vendite e poi come manager presso Anastan. È stata condannata insieme alla figlia e al marito.
 L'avvio del procedimento penale è stato innescato da un video girato dalla famiglia nell'estate del 2020 in cui si chiedeva la fine della violenza. Gennady, il marito, ha testimoniato in tribunale che un giorno dell'estate del 2020, emotivamente colpito dai dati visti online sulla violenza usata dagli agenti contro i manifestanti, ha deciso di registrare un video in cui si rivolgeva agli agenti chiedendo un uso giustificato della forza. Ha ideato il testo del discorso e poi ha chiesto alla figlia di leggerlo. Ha anche chiesto alla moglie di parlare delle elezioni. Lo stesso giorno, ha espresso in video i suoi desideri per il futuro del Paese e, alla fine del discorso, ha mostrato anche un cuore. Successivamente, ha trovato dei video su Internet e ha modificato il video. Lo stesso giorno, lo ha inviato ad alcuni suoi amici e parenti.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.11.2024: 5 anni di reclusione in una colonia del regime generale. Appello 07.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Sofia Ivanovna Bachurinskaya</t>
-[...12 lines deleted...]
-    <t>2025-07-26 15:25:04</t>
+    <t>Yuri Mikhailovich Polyukhovich</t>
+  </si>
+  <si>
+    <t>9 giugno 1986</t>
+  </si>
+  <si>
+    <t>Yuri è stato inizialmente condannato a tre anni di arresti domiciliari e poi, nel novembre 2021, a tre anni di libertà limitata con il ricovero in un istituto penitenziario aperto. Entrambi i casi riguardavano accuse di oltraggio a funzionari governativi.
+Nel 2022, è stato aperto un terzo procedimento penale contro di lui per i reati di "violenza o minaccia di violenza contro un agente di polizia", "insulto a un funzionario governativo" e "insulto a un giudice". Nel dicembre dello stesso anno, Yuri è stato condannato a cinque anni di libertà limitata con rinvio a giudizio.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 21. 247760, Mazyr, buĺvar Junasci, 24</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: il verdetto è stato confermato. Sentenza del tribunale 23.11.2021: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 23.12.2022: 5 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 24.01.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-01-30 21:53:18</t>
+  </si>
+  <si>
+    <t>Pavel Nikolaevich Churkin</t>
+  </si>
+  <si>
+    <t>9 giugno 1987</t>
+  </si>
+  <si>
+    <t>Pavel è stato condannato per la prima volta nel maggio 2021 per "aver insultato Lukashenko" e condannato alla reclusione in una colonia penale. È stato rilasciato nel maggio 2022, dopo aver scontato l'intera pena.
+Pavel è stato nuovamente arrestato nella primavera del 2024 con l'accusa di collaborare con la Direzione Centrale di Intelligence del Ministero della Difesa ucraino. La notizia è stata riportata nel programma "All About the Case" trasmesso dal canale televisivo statale Belarus 4. Mogilev. Nel video pubblicato, Pavel afferma di aver filmato il dispiegamento di missili Iskander da trasmettere alle Forze Armate ucraine e legge anche un testo presentato come giuramento di fedeltà all'Ucraina.
+Nel novembre 2024, ha dovuto affrontare una serie di udienze in tribunale per i reati di "partecipazione a un gruppo armato o a un conflitto armato, operazioni militari sul territorio di uno Stato straniero, reclutamento o addestramento di persone per tale partecipazione" e "tradimento". L'esito dei casi è sconosciuto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.05.2021: 1 anno di reclusione in una colonia del regime generale. Sentenza del tribunale 19.11.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 28.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2021-09-03 13:56:39</t>
+  </si>
+  <si>
+    <t>Ivan Vladimirovich Kotov</t>
+  </si>
+  <si>
+    <t>9 giugno 1998</t>
+  </si>
+  <si>
+    <t>L'accusa si basa sui commenti che Kotov avrebbe lasciato nei cosiddetti canali estremisti di Telegram per un mese e mezzo dopo le elezioni presidenziali del 2020. Lì, gli investigatori del regime di Lukashenka sembrano aver trovato tutti i crimini previsti dagli articoli elencati.
+È anche noto che Ivan è stato arrestato due volte dopo le elezioni presidenziali del 2020. Per la prima volta subito dopo il 9 agosto. La seconda volta, le forze di sicurezza di Lukashenko hanno sequestrato Kotov a metà febbraio 2021. Quindi la polizia antisommossa ha arrestato 68 persone nel villaggio di Sokol, distretto di Smolevichi - partecipanti e spettatori del concerto dei gruppi "Broken Heart of a Boy"</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.02.2023: 3 anni 6 mesi di reclusione in una colonia del regime generale. Appello 30.06.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-12-09 19:10:12</t>
+  </si>
+  <si>
+    <t>Jaroslav Petrovich Sakovich</t>
+  </si>
+  <si>
+    <t>9 giugno 1980</t>
+  </si>
+  <si>
+    <t>Secondo gli investigatori, è stato arrestato per aver trasmesso dati alle forze armate ucraine. Moglie ucraina. Ha vissuto in Ucraina, è tornato in Bielorussia nel 2021 a causa di genitori malati. È stato detenuto dal KGB, torturato tutta la notte affinché ammettesse di aver combattuto in precedenza in Ucraina, hanno chiamato sua moglie e hanno promesso di mandargli la testa. Successivamente, Yaroslav è stato rilasciato. Un anno dopo è stato nuovamente arrestato e ora si trova in un centro di custodia cautelare.
+Il 4 maggio 2023 è stato condannato ai sensi di due articoli (370 e 295 del codice penale) a 2 anni di reclusione; dopo la protesta del pubblico ministero la pena è stata raddoppiata; È in un centro di custodia cautelare perché... Sono stati avviati altri due procedimenti penali. È accusato di tradimento contro lo Stato (parte 1 dell'articolo 356 del codice penale) per "aver trasferito dati alle forze armate ucraine".
+Nell'estate del 2024, si è saputo che Yaroslav era stato nuovamente trasferito al centro di custodia cautelare-1.</t>
+  </si>
+  <si>
+    <t>11 anni di reclusione in una colonia.</t>
+  </si>
+  <si>
+    <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Maхim Mikhailovich Matyrko</t>
   </si>
   <si>
     <t>9 giugno 1977</t>
   </si>
   <si>
     <t>Cittadino della Federazione Russa, vive a Minsk da 16 anni.
 Secondo i canali filogovernativi, è stato arrestato per aver partecipato a proteste nel 2020.
 Condannato per aver partecipato a proteste e aver dato fuoco a un'auto (non si conoscono i dati esatti sull'accusa).
 Si è saputo che Maxim è stato processato il 12 maggio 2023 ai sensi della parte 2 dell'art. 411 cp. Il verdetto è sconosciuto.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.04.2022: 9 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 12.05.2023: sconosciuto anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 10.09.2024: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
-    <t>Ivan Vladimirovich Kotov</t>
-[...68 lines deleted...]
-    <t>2022-08-28 10:43:51</t>
+    <t>Danila Maksimovich Chibisov</t>
+  </si>
+  <si>
+    <t>10 giugno 2003</t>
+  </si>
+  <si>
+    <t>Danila è una studentessa dell'Università statale Francisk Skaryna Gomel. Il 18 ottobre 2024, presso il tribunale del distretto Novobelitsky di Gomel, lui e sua madre Elena Chibisova sono stati condannati ai sensi della Parte 2 dell'art. 19.11 del Codice degli illeciti amministrativi (stupro, distribuzione di materiale estremista). Non si conosce l'esito dell'udienza in tribunale. Dopo di ciò è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Chizhevsky</t>
+  </si>
+  <si>
+    <t>10 giugno 1978</t>
+  </si>
+  <si>
+    <t>Il 31 maggio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.03.2024: 2 anni 8 mesi di reclusione in una colonia del regime generale. Appello 31.05.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
+  </si>
+  <si>
+    <t>Viktar Turchenik</t>
+  </si>
+  <si>
+    <t>10 giugno 1989</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:45:43</t>
   </si>
   <si>
     <t>Yuri Aleksandrovich Moiseenko</t>
   </si>
   <si>
     <t>10 giugno 1998</t>
   </si>
   <si>
     <t>Il 17 aprile 2024 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
   </si>
   <si>
+    <t>Vladislav Dmitrievich Pudyak</t>
+  </si>
+  <si>
+    <t>10 giugno 1985</t>
+  </si>
+  <si>
+    <t>Responsabile del laboratorio Gomselmash.
+L'8 settembre 2023 si è tenuta un'udienza d'appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.06.2023: 11 anni di reclusione in una colonia del regime generale. Appello 08.09.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-06-03 22:39:05</t>
+  </si>
+  <si>
     <t>Denis Sergeevich Sidorok</t>
-  </si>
-[...1 lines deleted...]
-    <t>10 giugno 1989</t>
   </si>
   <si>
     <t>Presumibilmente detenuto per aver partecipato alle proteste nel 2020.
 Il 14 marzo 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia a regime generale</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
-  </si>
-[...85 lines deleted...]
-    <t>2021-09-17 00:48:36</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Chabotko</t>
   </si>
   <si>
     <t>13 giugno 1983</t>
   </si>
   <si>
     <t>Proprietario del popolare sito web s13.ru. Sergei è stato processato il 25 ottobre per “distribuzione di materiale estremista”. La revisione ha comportato anche 15 giorni di arresto amministrativo. Quel giorno si è saputo che il tribunale, su richiesta del pubblico ministero della città di Grodno, ha riconosciuto il sito web s13.ru, esistente da quasi due decenni, come “materiale estremista” . Dopo la sua prima incarcerazione, Sergei è stato accusato di “violazione dell’ordine di organizzare o tenere eventi di massa”. Il caso amministrativo è stato esaminato mercoledì dal tribunale distrettuale Leninsky e il giudice Natalya Gorbach ha concesso altri 15 giorni.
 Di conseguenza, Sergei Chabotko è stato processato tre volte per aver distribuito materiale estremista e “picchettaggio” su Internet.
 Sergei non è stato rilasciato nemmeno dopo 45 giorni di arresto amministrativo. Probabilmente l'uomo è stato preso in custodia.
 Il sito web s13.ru ha riconosciuto il KGB bielorusso come una “ formazione estremista ”, quindi il caso di Sergei è probabilmente collegato a questo.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.10.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale, 1000 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
+    <t>Roman Olegovich Tsygankov</t>
+  </si>
+  <si>
+    <t>13 giugno 1994</t>
+  </si>
+  <si>
+    <t>Detenuto per aver partecipato alle proteste nel 2020.
+Il 20 ottobre 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.08.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 20.10.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-10-12 17:00:37</t>
+  </si>
+  <si>
+    <t>Sergey Andreevich Batura</t>
+  </si>
+  <si>
+    <t>13 giugno 2001</t>
+  </si>
+  <si>
+    <t>È stato arrestato nell'ambito di un procedimento penale il 9 novembre 2021 per aver partecipato a proteste. In primo luogo, è stato collocato nel centro di detenzione preventiva del KGB, quindi trasferito al centro di detenzione preventiva-1.
+È stato anche accusato di aver ricevuto manganelli telescopici, pistole stordenti e altri mezzi dall'estero.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.07.2022: 5 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-01-11 16:28:58</t>
+  </si>
+  <si>
     <t>Dmitry Vladimirovich Sosnovsky</t>
   </si>
   <si>
     <t>13 giugno 1990</t>
   </si>
   <si>
     <t>Dmitry è stato arrestato nel luglio 2021 in relazione a un procedimento penale riguardante il tentato omicidio del propagandista Grigory Azarenok, ai sensi dell'articolo "Atto di terrorismo". Secondo l'accusa, ha commesso "azioni deliberate volte a preparare un atto di terrorismo contro Azarenok". Sono state prese in considerazione diverse opzioni, tra cui costringerlo con la forza a registrare un videomessaggio.
 Dmitry è stato l'unico imputato nel caso a non essersi dichiarato colpevole. Al processo, ha dichiarato di essere stato coinvolto nel crimine durante un esperimento investigativo. Ha affermato che, dopo il suo arresto, è stato sottoposto a violenze e torture, ed è stato costretto a firmare una confessione. Durante l'interrogatorio, ha riportato gravi ferite alle mani, che ora gli impediscono di lavorare a tempo pieno. Alla prima udienza, ha anche annunciato la sua volontà di rinunciare alla cittadinanza bielorussa, poiché "non ha alcun legame con il terrorismo".
 Nel dicembre 2022, Dmitry è stato dichiarato colpevole e condannato alla reclusione in una colonia penale di massima sicurezza, nonché a una multa salata.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.12.2022: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-08-04 12:30:46</t>
   </si>
   <si>
-    <t>Elena Gennadievna Rudaya</t>
+    <t>Elena Gennadievna Artyush (Rudaya)</t>
   </si>
   <si>
     <t>13 giugno 1969</t>
   </si>
   <si>
     <t>Pneumologo con 30 anni di esperienza. Ha lavorato presso il 10° ospedale di Minsk (1992-2022), dove ha diretto il reparto.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello 15.07.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-27 21:00:10</t>
   </si>
   <si>
-    <t>Roman Olegovich Tsygankov</t>
-[...31 lines deleted...]
-    <t>Vladimir Ivanovich Zhuravko</t>
+    <t>Uladzimir Ivanavich Zhurauka</t>
   </si>
   <si>
     <t>13 giugno 1985</t>
   </si>
   <si>
-    <t>Ex operatore del laboratorio GPU "Ammonia-3". Secondo le informazioni preliminari, è stato arrestato ai sensi degli articoli 356 e 357 del codice penale della Repubblica di Bielorussia (“tradimento dello Stato” e “cospirazione o altre azioni commesse con l'obiettivo di prendere il potere statale”).
-[...5 lines deleted...]
-    <t>15 anni in una colonia sotto regime rafforzato</t>
+    <t>Vladimir, ex operatore della sala controllo dell'impianto Ammonia-3 di Grodno Azot , è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti dello stabilimento che avevano sostenuto lo sciopero e aderito all'iniziativa "Movimento dei Lavoratori". Il 21 settembre 2021, questa iniziativa è stata definita un'organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Vladimir è stato riconosciuto colpevole di diffamazione, tradimento e creazione e partecipazione a un gruppo estremista e condannato alla reclusione.
+Nel novembre 2023 si tenne un'altra udienza in tribunale, al termine della quale Vladimir fu trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 15 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 16.11.2023: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-09-26 12:51:26</t>
+  </si>
+  <si>
+    <t>Anton Vladimirovich Deneyko</t>
+  </si>
+  <si>
+    <t>14 giugno 1991</t>
+  </si>
+  <si>
+    <t>5 anni di carcere in una colonia penale</t>
+  </si>
+  <si>
+    <t>2023-07-04 13:41:58</t>
+  </si>
+  <si>
+    <t>Artem Igorevich Kosakovsky</t>
+  </si>
+  <si>
+    <t>14 giugno 1998</t>
+  </si>
+  <si>
+    <t>Artyom ha lavorato come ottico nello stabilimento Lida Optik. Ha studiato al Liceo di Fisica e Matematica di Grodno e al Politecnico di Lida. È stato arrestato il 27 settembre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali di telegrammi “radicali” e di aver intenzione di danneggiare o distruggere tre chioschi di Tabakerka.
+Nel maggio 2022, Artyom è stato nuovamente condannato per aver partecipato alle proteste avvenute nel 2020 a Lida.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 5 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato. Sentenza del tribunale 23.05.2022: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:42:59</t>
   </si>
   <si>
     <t>Sergey Romualdovich Plonis</t>
   </si>
   <si>
     <t>14 giugno 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Sergey, un amministratore di sistema nel campo delle reti locali e della videosorveglianza, è stato arrestato il 2 ottobre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali Telegram "radicali" e di aver intenzione di danneggiare o distruggere tre chioschi Tabakerka.
 </t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
-    <t>Anton Vladimirovich Deneyko</t>
-[...36 lines deleted...]
-    <t>2025-03-27 00:27:54</t>
+    <t>Alexander Chumakov</t>
+  </si>
+  <si>
+    <t>14 giugno 1981</t>
+  </si>
+  <si>
+    <t>È stato dichiarato membro del "gruppo estremista" "Da Zoraў". Il KGB ritiene che lui e Semyon Malashenkov ne siano membri.
+È noto come musicista, costruttore di gusli e membro del gruppo "Stary Olsa". Dal 2002, Chumakov suona e canta nel gruppo di musica medievale "Stary Olsa", utilizzando gusli, flauti e altri strumenti antichi. Nel 2005 ha fondato il gruppo "Bokal Kola", che eseguiva danze popolari bielorusse accompagnate da duda e gusli, ma il progetto ha avuto vita breve. Occasionalmente, il musicista si esibiva da solista, eseguendo danze popolari.
+Ales ha anche tradotto la poesia eroica irlandese in bielorusso. Con la band Ceilidh Ceol, formatasi a metà degli anni 2000, ha eseguito antiche canzoni irlandesi in bielorusso dedicate alla libertà e alla memoria degli antenati. Nel 2020, ha prestato la sua voce al doppiaggio bielorusso della serie Netflix The Witcher, eseguendo il celebre brano "Toss a Coin to Your Witcher" in bielorusso.</t>
+  </si>
+  <si>
+    <t>2025-12-16 19:40:03</t>
+  </si>
+  <si>
+    <t>Valery Tadeushevich Viskirsky</t>
+  </si>
+  <si>
+    <t>15 giugno 1986</t>
+  </si>
+  <si>
+    <t>Il motivo iniziale della detenzione era la distribuzione di materiale estremista nell'ambito di un caso amministrativo e motivato politicamente.
+Durante l'arresto, l'uomo è stato accusato di un procedimento penale per numerosi Mi piace su Odnoklassniki.
+Il 4 luglio 2023 il ricorso è stato esaminato. l'accordo precedente è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.03.2023: 5 anni di reclusione in una colonia del regime generale. Appello 04.07.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-07-04 02:34:41</t>
+  </si>
+  <si>
+    <t>Volha Prakopchyk</t>
+  </si>
+  <si>
+    <t>15 giugno 1978</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:50:45</t>
   </si>
   <si>
     <t>Alexey Vladimirovich Kuzmin</t>
   </si>
   <si>
     <t>15 giugno 1980</t>
   </si>
   <si>
     <t>Responsabile del dipartimento di prefatturazione e tariffazione di MTS.
 Secondo i materiali dell'indagine , Kuzmin ha avuto accesso alle informazioni personali dei clienti MTS e dal 9 agosto 2020 all'8 aprile 2021 le ha "trapelate" ai canali Telegram "Libro nero della Bielorussia", "Punitore della Bielorussia" e "Tutti Violazioni!”
 Le vittime sono state 57: forze di sicurezza, propagandisti, funzionari, giudici, pubblici ministeri e membri delle loro famiglie. Inoltre, secondo l’inchiesta, “le azioni congiunte di Kuzmin e di altre persone” hanno provocato interruzioni nel lavoro dei trasporti e delle imprese, “causando danni a Minsktrans per un ammontare di poco più di 22.500 rubli”.
 Tra le vittime figura in particolare un dipendente della SB. La Bielorussia oggi” Lyudmila Gladkaya , nonché membro del Partito comunista bielorusso e deputato Sergei Klishevich .</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.09.2023: 7 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Valery Tadeushevich Viskirsky</t>
-[...65 lines deleted...]
-    <t>2025-08-18 14:56:18</t>
+    <t>Alena Dobysh</t>
+  </si>
+  <si>
+    <t>15 giugno 1981</t>
+  </si>
+  <si>
+    <t>È stata arrestata nel marzo 2025 nell'ambito di un procedimento penale legato ad "attività estremiste".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.10.2025: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-03-27 00:27:54</t>
   </si>
   <si>
     <t>Pavel Sergeevich Kabarchuk</t>
   </si>
   <si>
     <t>16 giugno 1993</t>
   </si>
   <si>
     <t>Il 15 febbraio 2024, nel distretto di Lelchitsy, nella regione di Gomel, al confine con l'Ucraina, è stato introdotto un regime di "operazione antiterrorismo". Alla popolazione è stato chiesto di "mantenere la calma e obbedire alle richieste delle forze dell'ordine". Il KGB afferma di aver arrestato membri di un "gruppo di sabotaggio e ricognizione" che includeva cittadini ucraini e bielorussi. Tra gli arrestati c'erano cittadini ucraini, padre e figlio Sergei e Pavel Kabarchuks. Sergei Kabarchuks, nato nel 1963, è originario del distretto di Kovel, nella regione di Volinia. Padre e figlio sono stati arrestati nel febbraio 2024 nel distretto di Lelchitsy. Addosso a loro sono stati trovati "ordigni esplosivi e altri mezzi di distruzione". Il KGB ha "stabilito" che gli ordigni esplosivi erano destinati ad attacchi terroristici in Bielorussia e Russia e che "l'infiltrazione del gruppo" è stata organizzata dai Servizi di Sicurezza dell'Ucraina.
 Contemporaneamente, è stato arrestato anche Vitaly Vlasyuk, residente a Brest, nato nel 1970. È stato accusato di contrabbando (Parte 3 dell'articolo 228 del Codice penale).
 Fu torturato nel centro di detenzione preventiva del KGB. Dopo il suo arresto, fu trattenuto nel centro di detenzione preventiva del KGB per diversi giorni, senza cibo.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 23.10.2024: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
-    <t>Catherine Alexandrovna Mendrick</t>
-[...16 lines deleted...]
-  <si>
     <t>Sergey Mikhailovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>16 giugno 1982</t>
   </si>
   <si>
     <t>L'amministratore del canale telegrafico "L'Esercito con il Popolo" e marito della prigioniera politica Antonina Konovalova sono stati arrestati il 2 ottobre 2020 e condannati per "prepararsi a partecipare a rivolte di massa".
 Nel gennaio 2023, Sergei è stato nuovamente condannato per “disobbedienza dolosa ai requisiti dell’amministrazione dell’istituto correzionale”.</t>
   </si>
   <si>
     <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.05.2021: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 30.07.2021: il verdetto è stato confermato. Sentenza del tribunale 26.01.2023: 9 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
+    <t>Eugene Alexandrovich Krasnyansky</t>
+  </si>
+  <si>
+    <t>Evgeny, 43 anni, è stato condannato per aver condotto una ricerca sociologica sul COVID-19 in Bielorussia.
+In precedenza, il Comitato Investigativo aveva riferito i dettagli dell'incriminazione di Krasnyansky. L'agenzia aveva affermato che l'uomo aveva preparato uno studio per una delle organizzazioni straniere contenente "informazioni deliberatamente false sulla politica sanitaria del Paese in termini di misure adottate per combattere l'infezione da coronavirus". È noto che due donne sono state arrestate insieme a Yevgeny Krasnyansky: residenti di Minsk di 37 e 43 anni. Avrebbero condotto uno studio sociologico sulla presenza di vantaggi tra i cittadini nello sviluppo del Paese attraverso l'integrazione con i Paesi dell'Unione Europea. Per giungere al risultato desiderato, le donne avrebbero intervistato i rappresentanti del focus group che avevano "un atteggiamento deliberatamente negativo nei confronti del sistema politico e dell'ordine costituzionale esistenti nello Stato". Le condanne per le donne sono sconosciute.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.08.2025: 7 anni 6 mesi di reclusione in una colonia del regime potenziato, 595 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2025-08-18 14:56:18</t>
+  </si>
+  <si>
     <t>Alexey Sergeevich Borodko</t>
   </si>
   <si>
     <t>17 giugno 1998</t>
   </si>
   <si>
     <t>L'avvocato è stato arrestato alla fine di gennaio e si trova nel centro di detenzione preventiva n. 1 a Volodarsky. Dopo l’arresto, il profilo dell’avvocato è stato rimosso dal sito web dell’Ordine degli avvocati repubblicani. Successivamente si è saputo che il 21 aprile 2023 gli era stata revocata la licenza.
 L'8 settembre 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.05.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
-    <t>Andrey Sergeevich Raptunovich</t>
-[...13 lines deleted...]
-    <t>2022-06-20 16:01:58</t>
+    <t>Alexander Aleksandrovich Chizh</t>
+  </si>
+  <si>
+    <t>18 giugno 1983</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.06.2024: 2 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-06-17 19:24:12</t>
+  </si>
+  <si>
+    <t>Dmitry Petrovich Morozov</t>
+  </si>
+  <si>
+    <t>19 giugno 1972</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.11.2023: sconosciuto. Appello 14.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-02-07 14:50:08</t>
   </si>
   <si>
     <t>Vladimir Mikhailovich Morozov</t>
   </si>
   <si>
     <t>19 giugno 1980</t>
   </si>
   <si>
     <t>Molto probabilmente, è stato arrestato il 26 gennaio 2023 per distribuzione, produzione, conservazione e trasporto di prodotti informativi contenenti appelli ad attività estremiste o che promuovevano tali attività. Dopo di che è stato aperto un procedimento penale sotto numerosi articoli. Prima del processo sarebbe stato imprigionato nel carcere di Zhodino.
 Il 26 gennaio 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.11.2023: 9 anni di reclusione in una colonia del regime potenziato. Appello 26.01.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
-  </si>
-[...34 lines deleted...]
-    <t>2025-08-02 11:50:43</t>
   </si>
   <si>
     <t>Gleb Olegovych Dudko</t>
   </si>
   <si>
     <t>20 giugno 1988</t>
   </si>
   <si>
     <t>Gleb Dudko è conosciuto nell'ambiente musicale non solo di Gomel, ma anche ben oltre i suoi confini. Combinando i suoi talenti di musicista e programmatore, ha lanciato almeno due startup IT musicali.
 Il padre di Gleb, Oleg Dudko, è un famoso cantante lirico di Gomel ed ex solista della Filarmonica.
 Nel 2018, Gleb, insieme al programmatore Maxim Grinevich, ha lanciato il progetto ConcertMaster. L'idea del progetto è quella di creare un programma che possa accompagnare automaticamente i cantanti .
 Gleb è stato detenuto nel marzo 2024 a Dobrush e condannato all'arresto per "distribuzione di materiale estremista ". Successivamente l'uomo è stato trasferito in un centro di custodia cautelare.
 Dalle pubblicazioni di Gleb Dudko sui social network si evince che nel 2022 ha condannato l’aggressione militare contro l’Ucraina. Non si sa esattamente cosa sia servito come base per la persecuzione politica del residente di Gomel.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Valentina Vladimirovna Poloz</t>
   </si>
   <si>
     <t>21 giugno 1974</t>
   </si>
   <si>
     <t>In un film di propaganda dell’11 settembre 2023, il Comitato per la sicurezza dello Stato ha riferito di aver arrestato sei persone in Bielorussia con l’accusa di collaborazione con il “Servizio di sicurezza dell’Ucraina” e “preparazione di attacchi terroristici”. Nel video, alcuni di loro sembrano picchiati, altri sono condotti in catene durante le azioni investigative, uno dei detenuti è stato portato in un centro di detenzione preventiva del KGB. Di conseguenza, tre persone, tra cui Valentina, sono state accusate ai sensi di sei articoli del codice penale, tra cui “tradimento dello Stato” e “attività sotto copertura”.
 Valentina, secondo i media filogovernativi, insieme a Nikolai Losovsky, ha preso un pacco contenente armi ed esplosivi, che dovevano essere sepolti nella regione di Mozyr. Non hanno avuto il tempo di completare l'attività poiché sono stati detenuti.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.12.2024: 9 anni di reclusione in una colonia del regime generale, 550 unità di base di multa. Appello 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Nikolay Alexandrovich Lis</t>
-[...62 lines deleted...]
-  <si>
     <t>Margarita Alexandrovna Shchirets</t>
   </si>
   <si>
     <t>22 giugno 1985</t>
   </si>
   <si>
     <t>Ha lavorato come controllore presso lo stabilimento Sfera, che fa parte della holding BelOMO.
 Margarita è da tempo membro del Partito Liberal Democratico di Bielorussia. Ha fatto parte del gruppo di iniziativa di Sergei Gaidukevich alle elezioni presidenziali del 2010 e nel 2014 si è candidata per il Consiglio Comunale dei Deputati di Minsk, con il partito, ma naturalmente ha perso. Da allora, non è più apparsa in pubblico.
 Sarebbe stata arrestata per i suoi commenti. A giudicare dalle foto sui social media, la donna avrebbe un figlio.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-15 13:04:05</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Pogerilo</t>
+    <t>Sergey Vladimirovich Boyko</t>
+  </si>
+  <si>
+    <t>22 giugno 1986</t>
+  </si>
+  <si>
+    <t>Cittadino ucraino. Dall'8 al 21 giugno 2023 il caso è stato esaminato a porte chiuse dal giudice Anatoly Sotnikov.
+Il 29 agosto 2023 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 7 anni di reclusione in una colonia del regime generale. Appello 29.08.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-07-11 10:20:50</t>
+  </si>
+  <si>
+    <t>Vitaly Viktorovich Krasnov</t>
+  </si>
+  <si>
+    <t>22 giugno 1987</t>
+  </si>
+  <si>
+    <t>Il 1 marzo 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:08:51</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Evdokimenko</t>
+  </si>
+  <si>
+    <t>23 giugno 1987</t>
+  </si>
+  <si>
+    <t>Come risulta dal comunicato stampa del tribunale di Brestobl, Evdokimenko è stato accusato di aver trasferito "dati personali e altri dati personali di dipendenti di organi di affari interni per la diffusione pubblica su Internet" da agosto a dicembre 2020. Allo stesso tempo, ho preso i dati dai database a cui avevo accesso al lavoro. Presumibilmente ha lavorato presso la ITV di Brest.
+Il 10 ottobre 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.07.2023: 7 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2023-07-20 13:03:39</t>
+  </si>
+  <si>
+    <t>Andrei Uladzimiravich Paheryla</t>
   </si>
   <si>
     <t>23 giugno 1991</t>
   </si>
   <si>
-    <t>Ex riparatore dell'officina "Ammonia-3".
-[...3 lines deleted...]
-    <t>Sentenza del tribunale 17.02.2023: 14 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: sconosciuto.</t>
+    <t>Andrei, ex addetto alla manutenzione dell'officina Ammonia-3 dello stabilimento di Grodno Azot , è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti dello stabilimento che avevano sostenuto lo sciopero e aderito all'iniziativa "Movimento dei Lavoratori". Il 21 settembre 2021, questa iniziativa è stata definita un'organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Andrei è stato riconosciuto colpevole di diffamazione, tradimento e creazione e partecipazione a un gruppo estremista e condannato alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 14 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
   </si>
   <si>
     <t>Denis Mikhailovich Urad</t>
   </si>
   <si>
     <t>Denis, un ufficiale speciale addetto alle comunicazioni dello Stato maggiore delle forze armate, è stato arrestato nel marzo 2021 e condannato per aver fotografato, secondo i media filogovernativi, una lettera segreta del ministro degli Interni al ministro della Difesa e per averla "trasmessa a un canale Telegram polacco".
 Il processo si è svolto a porte chiuse e il verdetto non è stato soggetto ad appello o revisione. Oltre a scontare una lunga pena detentiva, a Denis fu anche revocato il grado militare.
 Nell'agosto 2022 la sua pena è stata inasprita ed è stato trasferito in prigione.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.05.2021: 18 anni di reclusione in una colonia del regime potenziato, restrizione del servizio militare. Tribunale per il cambio di regime 22.08.2022: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Evdokimenko</t>
-[...14 lines deleted...]
-  <si>
     <t>Alexander Evgenievich Duleba</t>
   </si>
   <si>
     <t>23 giugno 1988</t>
   </si>
   <si>
     <t>2025-08-26 22:21:40</t>
   </si>
   <si>
-    <t>Tatiana Nikolaevna Karpovich</t>
-[...11 lines deleted...]
-    <t>2021-12-21 14:22:23</t>
+    <t>Paul Nikolaevich Ivanov</t>
+  </si>
+  <si>
+    <t>24 giugno 1982</t>
+  </si>
+  <si>
+    <t>È stato arrestato dopo che la chat Telegram "Atolino " è stata definita un "gruppo estremista". Il Ministero degli Interni ha nominato diversi " membri del gruppo ", oltre a Pavel: Dmitry Tikunov, Evgeniya Mostovaya (Grigorik), Pavel Belonitsky, Alexey Semenov, Yury Antonovich, Alexander Zaitsev e Vladimir Polekh.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 18.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Tina Zakharovna Palynskaya</t>
   </si>
   <si>
     <t>24 giugno 1973</t>
   </si>
   <si>
     <t>Giornalista, cattolica di Polotsk. Tina non si occupa di giornalismo da molto tempo, ha cresciuto due figlie, ha lavorato negli archivi, compresi quelli russi, eseguendo commissioni private per la creazione di saggi biografici, libri di famiglia e storie sui partecipanti alla Seconda Guerra Mondiale.
 In precedenza, nel 2022, la giornalista era stata processata ai sensi di un articolo amministrativo e sottoposta a una multa elevata per i nastri gialli e blu sulla sua borsa; il comitato investigativo aveva condotto un'indagine sul suo post su Facebook e perquisito la sua abitazione.
 Dalla fine di maggio 2025, non ha più avuto contatti. Tina e la figlia maggiore Margarita, 22 anni, sono in custodia cautelare per un procedimento penale. Tina ha anche una figlia minore, di 14 anni.
 I dettagli delle accuse non sono stati resi pubblici. Sulla base di prove circostanziali, si presume che il caso possa essere collegato alla decisione del KGB di riconoscere il "Laboratorio Analitico Bielorusso" del professor Andrei Vardomatsky come organizzazione estremista. Questa organizzazione ha condotto sondaggi sociologici tra i cittadini bielorussi. Al momento, non vi è alcuna conferma che Tina o sua figlia abbiano effettivamente partecipato alla ricerca del BAM. Tuttavia, anche se tale partecipazione fosse avvenuta, non avrebbe violato la legge: al momento del possibile contatto con il laboratorio, quest'ultimo non era ancora stato riconosciuto come organizzazione estremista.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
+    <t>Tatiana Nikolaevna Karpovich</t>
+  </si>
+  <si>
+    <t>24 giugno 1997</t>
+  </si>
+  <si>
+    <t>Residente di Vitebsk. La ragazza è stata denunciata ex art. 130 del codice penale (Incitamento all'odio sociale) per il trasferimento dei dati di funzionari della sicurezza, insegnanti, giudici al canale telegrafico del Libro nero della Bielorussia.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia.</t>
+  </si>
+  <si>
+    <t>2021-12-21 14:22:23</t>
+  </si>
+  <si>
     <t>Denis Nikolaevich Vorozov</t>
   </si>
   <si>
     <t>25 giugno 1981</t>
   </si>
   <si>
     <t>Arrestato per aver esposto la bandiera BBW e la bandiera dell'Ucraina in un edificio di 19 piani in via Lesya Ukrainka.
 Dopo la loro detenzione, il canale nell'applicazione mobile Zello, attraverso il quale hanno comunicato durante l'azione, è stato riconosciuto come formazione estremista.</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Airat Ernestovich Khalikov</t>
   </si>
   <si>
     <t>26 giugno 1996</t>
   </si>
   <si>
     <t>Cittadino della Federazione Russa, vive in Bielorussia dal 2019. Lavorava come autista per Alivaria. È stato arrestato nel maggio 2025 in relazione al caso Gayun.</t>
   </si>
   <si>
@@ -1378,189 +1241,173 @@
     <t>Il 15 novembre 2022 si è tenuta l'udienza della corte d'appello.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2022-09-02 22:29:38</t>
   </si>
   <si>
     <t>Vladimir Yurievich Isaev</t>
   </si>
   <si>
     <t>26 giugno 1984</t>
   </si>
   <si>
     <t>È stato condannato al carcere nell'autunno del 2022 per "aver insultato Lukashenko". L'esito del suo appello è sconosciuto.
 Nel giugno 2025 si è saputo che Vladimir era stato arrestato. I dettagli del caso sono in fase di indagine. In autunno, è stato condannato al carcere.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.10.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.01.2023: archiviazione di tutte le accuse. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
+    <t>Peter Filippovich Filipovich</t>
+  </si>
+  <si>
+    <t>27 giugno 1953</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 18.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:53:29</t>
+  </si>
+  <si>
     <t>Nikolay Stepanovich Losovsky</t>
   </si>
   <si>
     <t>27 giugno 1966</t>
   </si>
   <si>
     <t>In un film di propaganda dell’11 settembre 2023, il Comitato per la sicurezza dello Stato ha riferito di aver arrestato sei persone in Bielorussia con l’accusa di collaborazione con il “Servizio di sicurezza dell’Ucraina” e “preparazione di attacchi terroristici”. Nel video, alcuni di loro sembrano picchiati, altri sono condotti in catene durante le azioni investigative, uno dei detenuti è stato portato in un centro di detenzione preventiva del KGB. Di conseguenza, tre persone, tra cui Nikolai, sono state accusate ai sensi di sei articoli del codice penale, tra cui “tradimento dello Stato” e “attività sotto copertura”.
 Nikolai, secondo i media filogovernativi, ha controllato i depositi su istruzioni dei servizi speciali ucraini e ha svolto anche altri incarichi in cambio di denaro.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.12.2024: 10 anni di reclusione in una colonia del regime potenziato, 550 unità di base di multa. Appello 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Alexei Aleksandrovich Hermann</t>
-[...40 lines deleted...]
-    <t>2024-02-10 14:47:15</t>
+    <t>Yana Vitalievna Pinchuk</t>
+  </si>
+  <si>
+    <t>28 giugno 1997</t>
+  </si>
+  <si>
+    <t>Detenuto il 1 novembre 2021 a San Pietroburgo per gli eventi in Bielorussia. In Russia ha lavorato come cameriera e ha vissuto in due paesi. L'ultima volta che la ragazza è stata a casa circa un anno fa. Secondo l'inchiesta, da settembre 2020 a novembre 2021, l'indagato ha amministrato tre canali Telegram. Nel maggio 2022, il tribunale russo ha rifiutato di concedere alla bielorussa Yana Pinchuk asilo temporaneo in Russia.
+Il 9 agosto 2022 è stata estradata dalla Federazione Russa alla Repubblica di Bielorussia nonostante il divieto di estradizione da parte del Comitato per i diritti umani delle Nazioni Unite.</t>
+  </si>
+  <si>
+    <t>12 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2021-11-03 17:48:25</t>
   </si>
   <si>
     <t>Alexey Vasilievich Semenok</t>
   </si>
   <si>
     <t>28 giugno 1975</t>
   </si>
   <si>
     <t>Il verdetto si è basato sui commenti di Alexei su Internet.
 Subito dopo il suo arrivo nella colonia, Alexei Semenko venne gettato in una cella di punizione, un luogo in cui i prigionieri vengono torturati in condizioni disumane.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.03.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-03-11 21:32:16</t>
   </si>
   <si>
     <t>Alexei Sergeevich Samoylyuk</t>
   </si>
   <si>
     <t>28 giugno 1989</t>
   </si>
   <si>
     <t>Un distaccamento delle forze speciali ha fatto irruzione nella casa di Alexey, hanno buttato l'uomo a terra e un agente della sicurezza si è seduto con le ginocchia sul corpo di Samoiluk (con un ginocchio sul collo di Samoiluk).
 Il canale filogovernativo sostiene che Samoiluk “ha lanciato pietre contro la polizia durante gli scontri”. In quella pubblicazione sullo stesso canale sono state pubblicate anche delle fotografie: in una foto ci sono due persone con cappuccio e maschera, una con in mano una bandiera ucraina, la seconda un foglio di carta con il testo “Residenti di Brest con l’Ucraina”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.08.2024: 2 anni di reclusione in una colonia del regime generale. Appello 08.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-18 20:51:34</t>
-  </si>
-[...14 lines deleted...]
-    <t>2021-11-03 17:48:25</t>
   </si>
   <si>
     <t>Anatoly Anatolyevich Kosilo</t>
   </si>
   <si>
     <t>28 giugno 1985</t>
   </si>
   <si>
     <t>Anatoly è stato condannato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni" e condannato alla restrizione della libertà con rinvio a un istituto di tipo aperto.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.10.2024: 1 anno 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 21.01.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Kirill Romanovich Ashurak</t>
   </si>
   <si>
     <t>29 giugno 1999</t>
   </si>
   <si>
     <t>Kirill è stato arrestato il 23 giugno 2021 nell'ambito di un'indagine penale su un incidente avvenuto presso una base di comunicazione della Marina russa vicino a Vileika. Nel filmato di propaganda dell'ONT, era stato descritto come l'autore iniziale del bombardamento, ma si è rifiutato di partecipare e si è limitato a partecipare alla ricognizione della zona.
 Lukashenko ha menzionato Kirill tra le persone che avrebbero voluto fuggire in Ucraina e Lituania, ma che sono state arrestate dal gruppo Alpha del KGB.
 È noto anche che Kirill era già stato arrestato e duramente picchiato il 9 agosto 2020.
 Nel dicembre 2022 è stato riconosciuto colpevole e condannato alla reclusione in una colonia penale di massima sicurezza e a una multa salata.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.12.2022: 13 anni di reclusione in una colonia del regime potenziato, 400 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
+  </si>
+  <si>
+    <t>Marina Aliseenko</t>
+  </si>
+  <si>
+    <t>29 giugno 1984</t>
+  </si>
+  <si>
+    <t>Marina Alekseenko ha 40 anni. È di Minsk, si è laureata all'Università Linguistica Statale di Minsk nel 2008. Successivamente, ha lavorato come traduttrice, ma nel 2012 ha trovato lavoro presso l'esclusivo hotel a cinque stelle Crowne Plaza di Minsk. In due anni è passata da assistente del direttore delle vendite a capo del reparto vendite e marketing.
+È stata detenuta a seguito di un massiccio raid delle forze di sicurezza il 23 e 24 gennaio 2024 contro parenti di prigionieri politici e persone che inviavano pacchi e lettere a prigionieri politici.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-06-18 14:02:34</t>
   </si>
   <si>
     <t>Paul Vladimirovich Vabishchevich</t>
   </si>
   <si>
     <t>30 giugno 1986</t>
   </si>
   <si>
     <t>Pavel Vabishchevich e Andrei Zinenko, come affermato nel film di propaganda dell'ONT, sono stati arrestati nella notte tra il 26 e il 27 agosto 2023 sulla ferrovia nel distretto di Stolbtsy vicino al deposito petrolifero e al punto di fermata di Sinyava.
 Un film di propaganda dell'autunno 2023 affermava che erano stati arrestati per aver tentato di posizionare un ordigno esplosivo sulla ferrovia nel distretto di Stolbtsy, "che avrebbe dovuto esplodere al comando di un curatore della SBU. I propagandisti hanno detto che Vabishchevich era arrivato". all'attenzione delle forze di sicurezza quando l'informatore ha denunciato. Il chatbot del KGB ha affermato che alla stazione di Orsha stava fotografando binari e treni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.02.2025: 23 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
     <t>Zhanna Nikolaevna Dashkevich</t>
   </si>
   <si>
     <t>30 giugno 1969</t>
   </si>
   <si>
     <t>Zhanna Dashkevich ha 54 anni. Viene dal villaggio di Svatki, distretto di Myadel, regione di Minsk. Zhanna si è laureata al Bobruisk Medical College nel 1987 e all'età di 41 anni è entrata all'Università pedagogica statale bielorussa per studiare come psicologa. Non si sa quando Zhanna Dashkevich sia stata arrestata e perché. Ma nell’ottobre del 2023 ha smesso di essere online, anche se in precedenza era attiva sui social network.
@@ -1896,51 +1743,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1979,219 +1826,219 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
       <c r="I9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>59</v>
       </c>
       <c r="B10" t="s">
         <v>60</v>
       </c>
       <c r="C10" t="s">
         <v>61</v>
       </c>
       <c r="D10" t="s">
@@ -2204,2395 +2051,2123 @@
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
       <c r="I13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>83</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="H16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>110</v>
       </c>
-      <c r="B19" t="s">
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>111</v>
       </c>
-      <c r="C19" t="s">
+      <c r="I19" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>83</v>
+      </c>
+      <c r="E20" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
+        <v>115</v>
+      </c>
+      <c r="I20" t="s">
         <v>116</v>
-      </c>
-[...19 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>121</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>122</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
+      <c r="I22" t="s">
         <v>127</v>
-      </c>
-[...16 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>130</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>132</v>
       </c>
-      <c r="C23" t="s">
+      <c r="I23" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>138</v>
       </c>
-      <c r="D24" t="s">
-[...2 lines deleted...]
-      <c r="E24" t="s">
+      <c r="I24" t="s">
         <v>139</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>140</v>
+      </c>
+      <c r="B25" t="s">
+        <v>141</v>
+      </c>
+      <c r="C25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>143</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
         <v>147</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>78</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
         <v>152</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>83</v>
+      </c>
+      <c r="E27" t="s">
+        <v>84</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>153</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
         <v>157</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
         <v>158</v>
       </c>
-      <c r="C28" t="s">
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>159</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>161</v>
+      </c>
+      <c r="B29" t="s">
         <v>162</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>163</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>164</v>
       </c>
-      <c r="D29" t="s">
-[...11 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>166</v>
+      </c>
+      <c r="B30" t="s">
         <v>167</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>168</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>28</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>169</v>
       </c>
-      <c r="D30" t="s">
-[...11 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>171</v>
+      </c>
+      <c r="B31" t="s">
         <v>172</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>173</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>72</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>174</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="I31" t="s">
         <v>175</v>
-      </c>
-[...10 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>179</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C33" t="s">
         <v>183</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>184</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
         <v>188</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>189</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>193</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>194</v>
-      </c>
-[...19 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
+        <v>196</v>
+      </c>
+      <c r="C36" t="s">
+        <v>197</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>198</v>
       </c>
-      <c r="B36" t="s">
-[...14 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
         <v>201</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>202</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>203</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" t="s">
+        <v>192</v>
+      </c>
+      <c r="C38" t="s">
         <v>206</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>207</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>208</v>
-      </c>
-[...16 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>209</v>
+      </c>
+      <c r="B39" t="s">
+        <v>210</v>
+      </c>
+      <c r="C39" t="s">
         <v>211</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>45</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>212</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>213</v>
-      </c>
-[...16 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>214</v>
+      </c>
+      <c r="B40" t="s">
+        <v>215</v>
+      </c>
+      <c r="C40" t="s">
         <v>216</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>39</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>217</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>218</v>
-      </c>
-[...16 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>219</v>
+      </c>
+      <c r="B41" t="s">
+        <v>220</v>
+      </c>
+      <c r="C41" t="s">
         <v>221</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>110</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>222</v>
       </c>
-      <c r="C41" t="s">
+      <c r="I41" t="s">
         <v>223</v>
-      </c>
-[...16 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>224</v>
+      </c>
+      <c r="B42" t="s">
+        <v>225</v>
+      </c>
+      <c r="C42" t="s">
         <v>226</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>227</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>228</v>
-      </c>
-[...13 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>229</v>
+      </c>
+      <c r="B43" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" t="s">
         <v>231</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>83</v>
+      </c>
+      <c r="E43" t="s">
+        <v>84</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>232</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>233</v>
-      </c>
-[...16 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>234</v>
+      </c>
+      <c r="B44" t="s">
+        <v>235</v>
+      </c>
+      <c r="C44" t="s">
         <v>236</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>237</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>238</v>
-      </c>
-[...16 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>239</v>
+      </c>
+      <c r="B45" t="s">
+        <v>240</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>78</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="B45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...19 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
+        <v>244</v>
+      </c>
+      <c r="C46" t="s">
+        <v>245</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>28</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>246</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>247</v>
-      </c>
-[...19 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>248</v>
+      </c>
+      <c r="B47" t="s">
+        <v>249</v>
+      </c>
+      <c r="C47" t="s">
+        <v>250</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>45</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>251</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
+        <v>254</v>
+      </c>
+      <c r="C48" t="s">
+        <v>255</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>62</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...22 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B49" t="s">
-        <v>262</v>
+        <v>258</v>
+      </c>
+      <c r="C49" t="s">
+        <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
         <v>78</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="I49" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B50" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="E50" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>268</v>
+        <v>193</v>
       </c>
       <c r="I50" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
+      <c r="H51" t="s">
+        <v>268</v>
+      </c>
       <c r="I51" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>270</v>
+      </c>
+      <c r="B52" t="s">
+        <v>271</v>
+      </c>
+      <c r="C52" t="s">
+        <v>272</v>
+      </c>
+      <c r="D52" t="s">
+        <v>83</v>
+      </c>
+      <c r="E52" t="s">
+        <v>84</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
+        <v>273</v>
+      </c>
+      <c r="I52" t="s">
         <v>274</v>
-      </c>
-[...22 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>275</v>
+      </c>
+      <c r="B53" t="s">
+        <v>276</v>
+      </c>
+      <c r="C53" t="s">
+        <v>277</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>28</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>278</v>
+      </c>
+      <c r="I53" t="s">
         <v>279</v>
-      </c>
-[...22 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>280</v>
+      </c>
+      <c r="B54" t="s">
+        <v>281</v>
+      </c>
+      <c r="C54" t="s">
+        <v>282</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>283</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>284</v>
       </c>
-      <c r="B54" t="s">
-[...14 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>286</v>
+      </c>
+      <c r="B55" t="s">
+        <v>281</v>
+      </c>
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>39</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>288</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>289</v>
-      </c>
-[...13 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>290</v>
+      </c>
+      <c r="B56" t="s">
+        <v>291</v>
+      </c>
+      <c r="C56" t="s">
         <v>292</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>293</v>
-      </c>
-[...13 lines deleted...]
-        <v>199</v>
       </c>
       <c r="I56" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>295</v>
       </c>
       <c r="B57" t="s">
         <v>296</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>297</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>298</v>
-      </c>
-[...10 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>299</v>
+      </c>
+      <c r="B58" t="s">
+        <v>300</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>39</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>95</v>
+      </c>
+      <c r="H58" t="s">
         <v>301</v>
       </c>
-      <c r="B58" t="s">
+      <c r="I58" t="s">
         <v>302</v>
-      </c>
-[...19 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>303</v>
+      </c>
+      <c r="B59" t="s">
+        <v>304</v>
+      </c>
+      <c r="C59" t="s">
+        <v>305</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>78</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>306</v>
       </c>
-      <c r="B59" t="s">
+      <c r="I59" t="s">
         <v>307</v>
-      </c>
-[...19 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>308</v>
+      </c>
+      <c r="B60" t="s">
+        <v>309</v>
+      </c>
+      <c r="C60" t="s">
+        <v>310</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>28</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>311</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="I60" t="s">
         <v>312</v>
-      </c>
-[...16 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>313</v>
+      </c>
+      <c r="B61" t="s">
+        <v>314</v>
+      </c>
+      <c r="C61" t="s">
+        <v>315</v>
+      </c>
+      <c r="D61" t="s">
+        <v>83</v>
+      </c>
+      <c r="E61" t="s">
+        <v>84</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>316</v>
       </c>
-      <c r="B61" t="s">
+      <c r="I61" t="s">
         <v>317</v>
-      </c>
-[...19 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>318</v>
+      </c>
+      <c r="B62" t="s">
+        <v>319</v>
+      </c>
+      <c r="C62" t="s">
+        <v>320</v>
+      </c>
+      <c r="D62" t="s">
+        <v>83</v>
+      </c>
+      <c r="E62" t="s">
+        <v>84</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>321</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>322</v>
-      </c>
-[...19 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>323</v>
+      </c>
+      <c r="B63" t="s">
+        <v>324</v>
+      </c>
+      <c r="C63" t="s">
+        <v>325</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>28</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>326</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>328</v>
+      </c>
+      <c r="B64" t="s">
+        <v>329</v>
+      </c>
+      <c r="C64" t="s">
+        <v>330</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>78</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>198</v>
+      </c>
+      <c r="I64" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>332</v>
+      </c>
+      <c r="B65" t="s">
+        <v>333</v>
+      </c>
+      <c r="C65" t="s">
+        <v>334</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>110</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>335</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" t="s">
+        <v>338</v>
+      </c>
+      <c r="C66" t="s">
         <v>339</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>78</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>340</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>341</v>
-      </c>
-[...13 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>342</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
         <v>343</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>28</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>344</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>345</v>
-      </c>
-[...16 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
+        <v>347</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>62</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="I68" t="s">
         <v>348</v>
-      </c>
-[...22 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>349</v>
+      </c>
+      <c r="B69" t="s">
+        <v>350</v>
+      </c>
+      <c r="C69" t="s">
+        <v>351</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>352</v>
+      </c>
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
+        <v>355</v>
+      </c>
+      <c r="C70" t="s">
+        <v>356</v>
+      </c>
+      <c r="D70" t="s">
+        <v>83</v>
+      </c>
+      <c r="E70" t="s">
+        <v>89</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="I70" t="s">
         <v>357</v>
-      </c>
-[...22 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>358</v>
+      </c>
+      <c r="B71" t="s">
+        <v>359</v>
+      </c>
+      <c r="C71" t="s">
+        <v>360</v>
+      </c>
+      <c r="D71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E71" t="s">
+        <v>84</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>361</v>
+      </c>
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...22 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
+        <v>364</v>
+      </c>
+      <c r="C72" t="s">
+        <v>365</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>45</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>366</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>367</v>
-      </c>
-[...13 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>368</v>
+      </c>
+      <c r="B73" t="s">
+        <v>369</v>
+      </c>
+      <c r="C73" t="s">
         <v>370</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>62</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" t="s">
+        <v>373</v>
+      </c>
+      <c r="C74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>375</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>376</v>
-      </c>
-[...16 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>377</v>
+      </c>
+      <c r="B75" t="s">
+        <v>378</v>
+      </c>
+      <c r="C75" t="s">
         <v>379</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>45</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...16 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
-      </c>
-[...16 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>386</v>
+      </c>
+      <c r="B77" t="s">
+        <v>387</v>
+      </c>
+      <c r="C77" t="s">
         <v>388</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>389</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>390</v>
-      </c>
-[...16 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
         <v>393</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>83</v>
+      </c>
+      <c r="E78" t="s">
+        <v>84</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>394</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I78" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>396</v>
       </c>
       <c r="B79" t="s">
         <v>397</v>
       </c>
       <c r="C79" t="s">
         <v>398</v>
       </c>
       <c r="D79" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>91</v>
+        <v>283</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>399</v>
       </c>
       <c r="I79" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>401</v>
       </c>
       <c r="B80" t="s">
         <v>402</v>
       </c>
       <c r="C80" t="s">
         <v>403</v>
       </c>
       <c r="D80" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
+      <c r="H80" t="s">
+        <v>404</v>
+      </c>
       <c r="I80" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C81" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="H81" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I81" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B82" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C82" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
       <c r="I82" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B83" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C83" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>83</v>
+      </c>
+      <c r="E83" t="s">
+        <v>84</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="I83" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B84" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C84" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>28</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="I84" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B85" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C85" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>83</v>
+      </c>
+      <c r="E85" t="s">
+        <v>84</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="I85" t="s">
-        <v>428</v>
-[...6 lines deleted...]
-      <c r="B86" t="s">
         <v>430</v>
-      </c>
-[...265 lines deleted...]
-        <v>477</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">