--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -12,383 +12,365 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="412">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
+  </si>
+  <si>
+    <t>Konstantin Valerievich Medvedev</t>
+  </si>
+  <si>
+    <t>2 maggio 1988</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>2025-11-27 16:04:33</t>
   </si>
   <si>
     <t>Paul Evgenyevich Kuchinsky</t>
   </si>
   <si>
     <t>2 maggio 1992</t>
   </si>
   <si>
     <t>Un ex militare, residente a Minsk, costretto dai servizi speciali sotto tortura a partecipare ad una provocazione, nell'ambito della quale quest'ultimo ha contattato i rappresentanti di BYPOL e si è offerto di intraprendere azioni dirette. Tutte le trattative e la corrispondenza sono state registrate.
 Il 19 marzo 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
-    <t>Uomo</t>
-[...7 lines deleted...]
-  <si>
     <t>19 anni di reclusione in una colonia in condizioni di sicurezza rafforzate.</t>
   </si>
   <si>
     <t>2023-09-22 00:34:45</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-11-27 16:04:33</t>
   </si>
   <si>
     <t>Anna Baginskaya</t>
   </si>
   <si>
     <t>2 maggio 1978</t>
   </si>
   <si>
     <t>Arrestato all'inizio di maggio 2025 nell'ambito del "caso Gayun" - per aver trasmesso dati al canale telegrafico "Belarusian Gayun" relativi al movimento di equipaggiamento militare.</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.11.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
     <t>Anna Evgenievna Savochkina</t>
   </si>
   <si>
     <t>3 maggio 1999</t>
   </si>
   <si>
     <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, ventisettenne bielorusso, che ha combattuto in Ucraina.
 Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.
 Anna Savochkina ha completato tre corsi presso la Facoltà di Economia della BSU, ma da settembre 2022 è entrata nel primo anno della Facoltà di Biologia della BSU ed è a capo del gruppo. Prima dell'istituto, si è diplomata al Gymnasium-College of Arts intitolato a I.O. Akhremchika si specializza in musica. Detenuta insieme a sua madre.</t>
   </si>
   <si>
     <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.08.2024: 7 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
+    <t>Alexander Mateyuk</t>
+  </si>
+  <si>
+    <t>3 maggio 1982</t>
+  </si>
+  <si>
+    <t>Attivista del “Paese per la vita” e membro del team di Svetlana Tikhanovskaya, Alexander è stato ripetutamente detenuto ai sensi di articoli amministrativi politici. È stato arrestato insieme a un altro attivista, Oleg Boroznaya, notoriamente sotto sorveglianza dall'autunno del 2020. Alexander è stato successivamente condannato per accuse inventate legate alla droga.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.10.2021: 9 anni di reclusione in una colonia del regime potenziato, 100 unità di base di multa, 1108 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-04-05 12:35:41</t>
+  </si>
+  <si>
     <t>Oleg Stepanovich Kinev</t>
   </si>
   <si>
     <t>3 maggio 1969</t>
   </si>
   <si>
     <t>Oleg vive nella città agricola di Pervomayskaya (Bluden), nel distretto di Berezovsky, nella regione di Brest.
 È un imprenditore e un costruttore di tetti. È specializzato nella realizzazione di cupole per chiese ortodosse. Oleg è in questo settore dagli anni 2000. Inizialmente, lavorava come operaio a contratto con una squadra e, qualche anno dopo, ha aperto la propria attività. Kinev ha ricostruito la cupola della Rappresentanza Patriarcale della Chiesa Ortodossa Russa, ha creato una cupola per una chiesa in una base militare a Slonim, ha costruito un ponte di quercia, un molo e un gazebo su un'isola vicino alla tenuta del conte Hutten-Chapski a Stankovo e una cappella allo zoo. Nel complesso, i suoi lavori sono distribuiti in diverse città e villaggi della Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-05 13:19:42</t>
   </si>
   <si>
-    <t>Alexander Mateyuk</t>
-[...16 lines deleted...]
-  <si>
     <t>Kirill Valentinovich Kravtsov</t>
   </si>
   <si>
     <t>4 maggio 1979</t>
   </si>
   <si>
     <t>Kirill è noto per essere il fondatore dell'originale villaggio artistico " Chyrvony Kastrychnik" (Ottobre Rosso nel distretto di Rechitsa). Qui visse, praticò l'artigianato, aprì il suo laboratorio di ceramica e organizzò festival e incontri creativi. Insieme ai suoi amici appassionati, Kirill acquistò diverse case nel villaggio e lo salvò dall'estinzione fondandovi un eco-villaggio.
 Kirill Kravtsov era già stato ampiamente citato dai media statali come partecipante alla campagna "Con uno sgabello verso l'oceano", durante la quale il bielorusso aveva viaggiato per metà del mondo facendo l'autostop.</t>
   </si>
   <si>
     <t>2025-07-24 09:10:34</t>
+  </si>
+  <si>
+    <t>Svetlana Vyacheslavovna Yakubovich</t>
+  </si>
+  <si>
+    <t>4 maggio 1974</t>
+  </si>
+  <si>
+    <t>Nel gennaio 2022, il futuro marito di Svetlana, Stanislav, è stato condannato a tre anni di carcere ai sensi degli articoli 342 e 364 del Codice penale della Repubblica di Bielorussia. Svetlana, profondamente preoccupata per la sua sorte, gli ha portato dei pacchi. Il 24 febbraio 2022, Svetlana Yakubovich ha sposato Stanislav, che all'epoca era ancora in carcere. Nel dicembre 2023, Stanislav è stato rilasciato, dopo aver scontato completamente la pena. Un anno dopo, la coppia è stata arrestata con una nuova accusa penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.11.2025: 5 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Oleg Viktorovich Efremenko</t>
   </si>
   <si>
     <t>4 maggio 1981</t>
   </si>
   <si>
     <t>Oleg è stato arrestato e condannato per aver “picchiato” un poliziotto durante una marcia di strada a Vitebsk il 13 settembre 2020. Nel settembre 2021 è stato trasferito in regime carcerario per “violazione delle norme”.
 Nell'agosto 2022, Oleg è stato nuovamente condannato per "disobbedienza dolosa ai requisiti dell'amministrazione di un istituto correzionale" e gli è stato aggiunto un altro anno di reclusione.
 Il 25 luglio 2023, il prigioniero politico è stato nuovamente giudicato colpevole di “disobbedienza alle richieste dell’amministrazione” e condannato ad un altro anno di prigione.
 Nel settembre 2024 si è svolta un'altra udienza del procedimento penale contro Oleg per "disobbedienza dolosa ai requisiti dell'amministrazione dell'istituto correzionale" - un'accusa che viene spesso applicata ai prigionieri che si sono rifiutati di collaborare con l'amministrazione penitenziaria.
 Durante l'intero periodo di reclusione, Oleg è costantemente sotto pressione. Viene regolarmente mandato in una cella di punizione, dove viene tenuto in isolamento per decine di giorni.</t>
   </si>
   <si>
     <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.12.2020: 4 anni 6 mesi di reclusione in una colonia del regime generale, 1000 rubli di risarcimento. Tribunale per il cambio di regime 30.09.2021: sconosciuto anni di regime carcerario. Sentenza del tribunale 15.08.2022: 1 anno di reclusione in una colonia del regime rigoroso. Appello 10.11.2022: il verdetto è stato confermato. Sentenza del tribunale 25.07.2023: 1 anno di reclusione in una colonia del regime rigoroso. Appello 19.10.2023: il verdetto è stato confermato. Sentenza del tribunale 24.09.2024: sconosciuto. Appello 13.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Svetlana Vyacheslavovna Yakubovich</t>
-[...13 lines deleted...]
-  <si>
     <t>Irina Nikolaevna Klezovich</t>
   </si>
   <si>
     <t>5 maggio 1966</t>
   </si>
   <si>
     <t>Arrestati a seguito di un massiccio raid delle forze di sicurezza, avvenuto il 23 e 24 gennaio 2024, ai danni di parenti di prigionieri politici e di persone che avevano inviato pacchi e lettere ai prigionieri politici.
 Irina è stata processata come "persona che ha commesso un atto socialmente pericoloso". Ciò significa che, secondo la decisione del tribunale, nei suoi confronti avrebbero dovuto essere applicate misure mediche obbligatorie. Il suo processo si è svolto il 18 e il 23 settembre 2024. Non si sa dove si trovi.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 23.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
+  </si>
+  <si>
+    <t>Valery Valerievich Zhukov</t>
+  </si>
+  <si>
+    <t>5 maggio 1974</t>
+  </si>
+  <si>
+    <t>È stato arrestato nel novembre 2024 e condannato ai sensi della Parte 2 dell'Articolo 19.11 del Codice degli illeciti amministrativi della Repubblica di Bielorussia (Distribuzione, produzione, archiviazione, trasporto di prodotti informativi contenenti incitamenti ad attività estremiste o che promuovono tali attività), dopodiché è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
   </si>
   <si>
     <t>Vyacheslav Nikolaevich Kolousov</t>
   </si>
   <si>
     <t>5 maggio 1984</t>
   </si>
   <si>
     <t>Il 15 giugno 2023 è stato condannato ai sensi dell'art. 205 (Furto) a 2 anni e 6 mesi di reclusione.
 Il 14 giugno 2024 si è aperto il dibattimento di un procedimento penale ex art. 342 cp ( Partecipazione attiva ad atti collettivi che violano gravemente l'ordine pubblico ). Su questo verranno giudicati Vyacheslav e altre otto persone .
 Sommando le condanne di questo e del precedente procedimento penale, è stato infine condannato a 3 anni di reclusione di massima sicurezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.07.2024: 3 anni di reclusione in una colonia del regime rigoroso. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
-    <t>Valery Valerievich Zhukov</t>
-[...13 lines deleted...]
-  <si>
     <t>Yury Slavomirovich Sergey</t>
   </si>
   <si>
     <t>6 maggio 1988</t>
   </si>
   <si>
     <t>Yuri è stato arrestato e condannato per diverse accuse, tra cui il possesso illegale di armi da taglio. Tutto è iniziato con un video in cui un guidatore di una BMW picchiava un uomo con una bandiera bianco-rosso-bianca. Il video è stato condiviso sui social network ed è stato pubblicato l'indirizzo dell'autista, Dmitry Davydyuk. Secondo gli inquirenti, tre residenti di Minsk hanno deciso di “dare una lezione all’autista” forando le gomme della sua auto.</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.03.2021: 6 anni di reclusione in una colonia del regime potenziato, 150 unità di base di multa. Appello 20.07.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-09-17 11:50:56</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Frantskevich</t>
   </si>
   <si>
     <t>6 maggio 1990</t>
   </si>
   <si>
     <t>L'attivista del movimento anarchico Alexander è stato arrestato il 12 agosto 2020 e condannato per una serie di accuse penali. In precedenza, nel 2010, stava già scontando una pena nel “caso anarchico”.
 Nel 2022 è stato condannato a 17 anni di carcere e nel febbraio 2023 la Corte Suprema ha ridotto la pena di 3 mesi.
 Nel giugno 2024, Alexander è stato nuovamente accusato di “disobbedienza dolosa ai requisiti dell’amministrazione della colonia” e gli è stato concesso un altro anno di reclusione.
 Nel luglio 2024, sua madre, Tatyana Frantskevich, è stata arrestata con l'accusa di "partecipazione a un gruppo estremista". Insieme a lei è stata detenuta sua sorella Natalya Lobatsevich, madre dell'ex prigioniero politico Ilya Lobatsevich.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t xml:space="preserve"> Sentenza del tribunale 06.09.2022: 17 anni di reclusione in una colonia del regime rigoroso, 700 unità di base di multa, circa 1200 rubli di risarcimento. Appello 28.02.2023: 16 anni 9 mesi di reclusione in una colonia del regime rigoroso, 700 unità di base di multa, circa 1200 rubli di risarcimento. Sentenza del tribunale 24.06.2024: 1 anno di reclusione in una colonia del regime rigoroso. Appello 24.09.2024: sconosciuto. Tribunale per il cambio di regime 05.08.2025: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-26 21:21:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-28 19:37:47</t>
   </si>
   <si>
     <t>Andrey Sergeevich Sachevko</t>
   </si>
   <si>
     <t>6 maggio 1996</t>
   </si>
   <si>
     <t>Per la prima volta, Andrei è stato arrestato dal GUBOPiK per aver pubblicato materiale "estremista" sulla sua pagina VKontakte. Si riferivano al video del giuramento di Lukashenko nel 1994 sotto la bandiera bianco-rosso-bianco, che Sachevko ha condiviso sulla pagina.
 È stato condannato per aver partecipato alle Marche di Grodno e per i commenti nella chat.
 L'uomo non ha ammesso la colpa, ma ha solo confermato il fatto di aver scritto commenti l'11 e il 12 agosto 2020. La partecipazione dell'uomo alle Marche di Grodno non è stata confermata dopo aver visto i video degli eventi avvenuti in città.
 Si è saputo che nel giugno 2022 è stato effettuato un esame di laboratorio e forense. Ha confermato la malattia mentale di Andrei. Tuttavia, è stato comunque condannato e incluso anche nell'elenco delle persone e delle organizzazioni coinvolte in attività terroristiche.
 Nell'agosto 2023 è stata trasferita al regime carcerario.</t>
   </si>
   <si>
     <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
   </si>
   <si>
     <t>6 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
+    <t>Eugene Mikhailovich Pugach</t>
+  </si>
+  <si>
+    <t>6 maggio 1984</t>
+  </si>
+  <si>
+    <t>representative of the Minsk startup hub "Imaguru". A graduate of the EHU Master's program "European Studies", after which he worked in a number of NGOs and the private sector with business. Created and developed startup ecosystems in Belarus.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.12.2024: 4 anni 6 mesi di reclusione in una colonia del regime generale, 500 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-08-28 19:37:47</t>
+  </si>
+  <si>
     <t>Dmitriy Ivanovich Lapets</t>
   </si>
   <si>
     <t>7 maggio 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 È noto che è stato arrestato per aver partecipato alle proteste del 2020, presentando una foto di una delle marce.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
     <t>Michael Anatolyevich Tarasevich</t>
   </si>
   <si>
     <t>7 maggio 1976</t>
   </si>
   <si>
     <t>Oltre alla reclusione, a Mikhail è stato ordinato di risarcire il danno morale alle vittime e il danno "causato da una fermata del trasporto pubblico" per un importo di 49.000 rubli, ovvero quasi 20.000 dollari.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
@@ -403,975 +385,870 @@
   </si>
   <si>
     <t>Culturista, storico locale In precedenza, un uomo era stato arrestato per aver partecipato alle proteste. Il 16 marzo 2023 è stato arrestato per “distribuzione di materiale estremista” e condannato a 10 giorni. L'uomo non è uscito ed è stato trasferito in un centro di custodia cautelare. L'accusa originale era di aver insultato Lukashenko.
 Nel maggio 2024, è stato trasferito in un centro di custodia cautelare per un nuovo procedimento penale; il suo processo è ricominciato il 7 maggio 2024. Oltre a lui, nel caso sono stati coinvolti anche Andrei Stabulyanets e Denis Tsybulsky, che è stato condannato. un anno fa per aver partecipato alle proteste a Minsk (articolo 342 del codice penale).</t>
   </si>
   <si>
     <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.09.2023: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 17.11.2023: sconosciuto. Sentenza del tribunale 05.06.2024: 6 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-26 23:12:21</t>
   </si>
   <si>
     <t>Alexander Evgenievich Sezen</t>
   </si>
   <si>
     <t>8 maggio 1970</t>
   </si>
   <si>
     <t>Il 13 novembre Alexander Sezen è stato arrestato . È stata effettuata una perquisizione nel suo appartamento in un condominio in via Gorbatov. Secondo alcuni rapporti, una perquisizione è avvenuta anche nella tarda notte, quando lo stesso Sezen, che ha notevoli problemi di salute, era in ospedale. Di cosa lo accuseranno ancora non si sa.
 Alexander è stato ripetutamente arrestato dalla polizia anche prima del 2020, era in causa con varie agenzie governative e ha scritto denunce.</t>
   </si>
   <si>
-    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 12.06.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-01-08 19:47:47</t>
   </si>
   <si>
     <t>Evgeniy Valerievich Burlo</t>
   </si>
   <si>
     <t>9 maggio 1991</t>
   </si>
   <si>
     <t>Il musicista del gruppo TOR BAND è stato arrestato insieme a Dmitry Golovach, anche le loro mogli sono state arrestate. La moglie di Golovach è stata multata, la moglie di Burlo - arresto amministrativo.
 Alla fine di novembre 2022, Dmitry ed Evgeny sono stati condannati per la terza volta a 15 giorni. TOR BAND è diventata una band popolare in Bielorussia sulla scia delle proteste del 2020. Molte canzoni sono diventate hit su diverse piattaforme. I prodotti informativi, i social network e il logo del gruppo TOR BAND sono stati riconosciuti come "estremisti", così come le loro canzoni sopra elencate.</t>
   </si>
   <si>
     <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
   </si>
   <si>
     <t>8 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2022-12-06 21:04:39</t>
   </si>
   <si>
     <t>Maksim Sergeevich Drobnitsa</t>
   </si>
   <si>
     <t>9 maggio 2001</t>
   </si>
   <si>
     <t>Residente di 22 anni a Svetlogorsk. Maxim è sotto processo “per aver organizzato le attività di un’organizzazione terroristica e aver partecipato alle attività di tale organizzazione”. Maxim è stato giudicato colpevole di essersi unito a una “formazione estremista” (il piano “Vittoria”) e di aver pianificato di far saltare in aria la ferrovia nella regione di Svetlogorsk. La pubblicazione statale scrive che per fermare la guerra in Ucraina la miniatura “era pronta a tutto”. Quando il ragazzo è arrivato alla ferrovia, è caduto in un'imboscata da parte delle forze di sicurezza ed è stato arrestato.
 Le agenzie governative non hanno segnalato nulla su questo caso. Il processo è chiuso.
 Il 19 settembre 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>8 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-05-26 01:52:20</t>
   </si>
   <si>
     <t>Ivan Alexandrovich Zenko</t>
   </si>
   <si>
     <t>10 maggio 1982</t>
   </si>
   <si>
     <t>Un singolo imprenditore è stato arrestato e condannato con tre capi d'accusa per aver partecipato a un evento avvenuto durante la dispersione delle persone l'11 ottobre 2020 vicino alla stazione della metropolitana Pushkinskaya.
 Nell'aprile 2022 Ivan è stato nuovamente condannato per aver partecipato a una protesta, ma ciò non ha influito sulla sentenza definitiva. Tuttavia, nel novembre dello stesso anno, gli fu concesso un altro anno di reclusione, giudicato colpevole di “disobbedienza ai requisiti dell’amministrazione dell’istituto correzionale”.
 Nel settembre 2023 è stato condannato ad altri 3 anni di carcere per “violenza contro un funzionario”.
 Nel marzo 2024 è stato trasferito in carcere per 3 anni.</t>
   </si>
   <si>
     <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.04.2021: 5 anni di reclusione in una colonia del regime generale, circa 28000 rubli di risarcimento. Sentenza del tribunale 07.04.2022: 2 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 09.11.2022: 1 anno di reclusione in una colonia del regime generale. Appello 09.02.2023: il verdetto è stato confermato. Sentenza del tribunale 14.09.2023: 3 anni di reclusione in una colonia del regime generale. Appello 19.12.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 12.03.2024: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
-    <t>Andrey Nikolaevich Loboda</t>
-[...12 lines deleted...]
-    <t>2024-10-10 22:41:30</t>
+    <t>Alexander Petrovich Gorshunov</t>
+  </si>
+  <si>
+    <t>10 maggio 1979</t>
+  </si>
+  <si>
+    <t>Ha lavorato come programmatore presso lo stabilimento "Atlant" di Minsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.03.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-05-26 01:52:20</t>
   </si>
   <si>
     <t>Oleg Valerievich Kekukh</t>
   </si>
   <si>
     <t>11 maggio 1983</t>
   </si>
   <si>
     <t>Nell’estate del 2023 si è svolto un processo per inasprire la condanna di Oleg. Dopo la corte d'appello, il 5 settembre 2023, Oleg è stato trasferito in una colonia.</t>
   </si>
   <si>
     <t>3 anni di restrizione della libert&amp;agrave; con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
-  </si>
-[...13 lines deleted...]
-    <t>2021-02-26 21:12:27</t>
   </si>
   <si>
     <t>Eric Erikovich Kolosovsky</t>
   </si>
   <si>
     <t>12 maggio 2000</t>
   </si>
   <si>
     <t>Detenuto insieme ad altri giovani a Baranavichy (fine dicembre 2023).
 E il servizio stampa del tribunale ha annunciato il verdetto (senza fare nomi, ma le circostanze si adattano a questo gruppo di persone). L’essenza delle accuse è brevemente espressa: erano sulla carreggiata di Baranavichy, gridando slogan, esponendo bandiere bianco-rosse-bianche, “ostacolando deliberatamente la circolazione del traffico e il normale funzionamento delle imprese e delle organizzazioni”. Non è nemmeno indicata la data esatta in cui hanno avuto luogo le proteste, si chiama semplicemente “agosto 2020”.
 Così, nel 2024, 25 residenti di Baranavichy sono già stati condannati per le proteste dell'agosto 2020. Tutti sono stati condannati a una colonia carceraria per un periodo da 1 a 3 anni (l'unica eccezione è stata che una donna con un bambino di età inferiore a 3 anni è stata condannata a una pena sospesa).</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.05.2024: 2 anni di reclusione in una colonia del regime generale. Appello 09.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
     <t>Eugene Vladimirovich Filippovich</t>
   </si>
   <si>
     <t>12 maggio 1997</t>
   </si>
   <si>
     <t>Secondo l'atto d'accusa, nel marzo 2021 Evgeny avrebbe "trasferito 29,35 euro su un conto bancario utilizzato dai rappresentanti della BYPOL tramite Internet e PayPal per sostenere attività estremiste".</t>
   </si>
   <si>
     <t>Open correctional facility No. 43. 212003, Mahilioŭ, vulica Čaliuskincaŭ 76a</t>
   </si>
   <si>
     <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.12.2023: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2023-12-27 14:53:00</t>
   </si>
   <si>
+    <t>Rostislav Olegovich Stefanovich</t>
+  </si>
+  <si>
+    <t>12 maggio 1988</t>
+  </si>
+  <si>
+    <t>Un membro del Consiglio di coordinamento allargato è stato arrestato il 29 settembre 2020 in relazione a disordini di massa, picchiato dalla polizia antisommossa e accusato di aver partecipato a canali telegrafici “radicali”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
+  </si>
+  <si>
     <t>Nikita Mikhailovich Zolotоrev</t>
   </si>
   <si>
     <t>12 maggio 2004</t>
   </si>
   <si>
     <t>Nikita è stato arrestato e condannato, secondo gli investigatori, per aver lanciato una bottiglia Molotov contro il personale militare il 10 agosto 2020. L'accusa ha affermato che le bottiglie erano state nascoste e consegnategli da Leonid Kovalev con la proposta di appiccare il fuoco a un edificio, un autobus o una risaia. Nikita ha rifiutato di testimoniare, non ha ammesso la colpa e ha denunciato pressioni fisiche e psicologiche nel centro di custodia cautelare. Aveva 16 anni al momento del suo arresto e soffriva di epilessia.
 Nel luglio 2021 è stato nuovamente condannato ai sensi dell'articolo di "violenza o minaccia di violenza" per un incidente con i dipendenti del centro di custodia cautelare. Nel giugno 2022, Nikita è stato trasferito in una colonia per adulti dopo aver compiuto 18 anni e nell'agosto dello stesso anno la punizione è stata inasprita, mandandolo in prigione.
 Nel luglio 2024, un prigioniero politico è stato processato per “disobbedienza dolosa all’amministrazione della colonia”, un articolo spesso applicato ai prigionieri che si rifiutano di collaborare con l’amministrazione.</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.02.2021: 6 anni di reclusione in una colonia correttiva del regime generale. Appello 23.04.2021: il verdetto è stato confermato. Sentenza del tribunale 14.07.2021: 1 anno 6 mesi di reclusione in una colonia correttiva del regime generale, 1000 rubli di risarcimento. Tribunale per il cambio di regime 21.06.2022: regime carcerario fino alla fine della pena. Sentenza del tribunale 11.07.2024: sconosciuto anni di reclusione in una colonia del regime rigoroso. Appello 15.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-28 02:14:22</t>
   </si>
   <si>
+    <t>Eugene Alexandrovich Belkevich</t>
+  </si>
+  <si>
+    <t>13 maggio 1975</t>
+  </si>
+  <si>
+    <t>Il 13.02.2025 è stato condannato ai sensi di un articolo amministrativo (Parte 2 dell'articolo 10.1 del Codice degli illeciti amministrativi della Repubblica di Bielorussia - Lesioni personali intenzionali e altre azioni violente o violazione di un ordine di protezione), in seguito al quale è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 6. 225413, Baranavičy, vulica Bresckaja 258B</t>
+  </si>
+  <si>
+    <t>2025-06-02 23:55:41</t>
+  </si>
+  <si>
     <t>Sergey Yuryevich Gorlov</t>
   </si>
   <si>
     <t>13 maggio 1979</t>
   </si>
   <si>
     <t>Sergei è stato arrestato nel febbraio 2024. All'inizio gli è stata concessa una giornata per "distribuire materiale estremista", poi è stato aperto un procedimento penale ed è stato trasferito in un centro di custodia cautelare. Probabilmente è colpa dei commenti. Sergei rischia da quattro a dodici anni di carcere.L'hobby di Sergei è la musica. Negli anni 2000 ha suonato nel gruppo “Forest Radio”. Ha partecipato a numerosi altri progetti, ha tradotto canzoni straniere in bielorusso.
 Sergei Yurievich Gorlov ha studiato all'Università linguistica statale di Minsk e successivamente si è laureato all'Università umanistica europea. Ha lavorato come traduttore e tutor di inglese. Il suo ultimo luogo di lavoro conosciuto è stato l'Istituto Sacharov di Minsk.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.12.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
   </si>
   <si>
-    <t>Eugene Alexandrovich Belkevich</t>
-[...11 lines deleted...]
-    <t>2025-06-02 23:55:41</t>
+    <t>Sergey Danilovich Mityushkin</t>
+  </si>
+  <si>
+    <t>14 maggio 1969</t>
+  </si>
+  <si>
+    <t>Sergei, artigiano di Baranovichi, è stato arrestato nel febbraio 2025. Inizialmente è stato condannato a 24 ore di carcere ai sensi dell'articolo 19.11 del Codice dei reati amministrativi, poi è stato incriminato ai sensi dell'articolo 188 del Codice penale della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
+  </si>
+  <si>
+    <t>2025-10-16 18:32:46</t>
+  </si>
+  <si>
+    <t>Alexey Andreevich Tkachuk</t>
+  </si>
+  <si>
+    <t>14 maggio 1987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aleksey è stato condannato con false accuse di possesso di munizioni da addestramento. Nell'agosto 2020, l'uomo ha scritto una lettera di dimissioni dall'esercito ed è stato licenziato a novembre.
+È stato arrestato per caso di esportazione di documenti del Ministero della Difesa della Repubblica di Bielorussia. Durante le indagini, sono stati portati in un procedimento penale separato ai sensi della parte 2 dell'art. 295 cp, perché durante una perquisizione nell'appartamento sarebbe stato rinvenuto dell'esplosivo.
+Il tribunale della città di Minsk nell'agosto 2022 ha emesso un verdetto. Anche Alexei è stato privato del grado militare e multato: 500 unità base. Il processo si è svolto a porte chiuse.
+</t>
+  </si>
+  <si>
+    <t>2022-12-04 01:33:09</t>
+  </si>
+  <si>
+    <t>Anatoly Anatolevich Starosvetskii</t>
+  </si>
+  <si>
+    <t>14 maggio 1990</t>
+  </si>
+  <si>
+    <t>Ex marito della prigioniera politica Vitalia Bondarenko. È stato arrestato dopo un breve incontro con Vitalia, proprio all'uscita dalla colonia, ed è stato prima collocato in un centro di detenzione temporanea a Gomel, dopo di che è stato trasferito al centro di detenzione preventiva-3.
+Il 4 giugno 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.03.2024: 4 anni di reclusione in una colonia del regime potenziato. Appello 04.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
+    <t>Pavel Anatolyevich Lashchenko</t>
+  </si>
+  <si>
+    <t>14 maggio 1972</t>
+  </si>
+  <si>
+    <t>Imprenditore , direttore della società di revisione Ernst&amp;Young.
+Pavel è stato arrestato e posto in un centro di custodia cautelare con l'accusa di aver pubblicato uno degli articoli politici. È noto che per gli eventi del 2020 è stato aperto un procedimento penale. Nel 2020, al culmine dei pestaggi dei cittadini da parte della polizia, è stata inviata una lettera firmata da Lashchenko ai responsabili delle forze dell'ordine e delle agenzie governative , in cui esprimeva dubbi sulle cifre fornite da Yermoshina e invitava tutti a tornare in sé e allo stato di diritto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:38:03</t>
   </si>
   <si>
     <t>Tatiana Gennadievna Kolos</t>
   </si>
   <si>
     <t>14 maggio 1981</t>
   </si>
   <si>
     <t>Tatyana è accusata di aver presumibilmente trasferito i suoi dati personali al canale Telegram Black Book of Belarus. Il 27 giugno 2022, i canali telegrafici filogovernativi hanno riferito che la donna lavorava in una delle società statali e aveva accesso ai dati personali delle forze di sicurezza. Prima del processo era agli arresti domiciliari.</t>
   </si>
   <si>
     <t>6,5 anni di carcere</t>
   </si>
   <si>
     <t>2022-06-28 15:06:11</t>
   </si>
   <si>
     <t>Anton Vladimirovich Kozelsky</t>
   </si>
   <si>
     <t>14 maggio 1986</t>
   </si>
   <si>
     <t>A giudicare dai social network, l'uomo ha 38 anni. È noto che ha vissuto per qualche tempo in Russia, ma più recentemente a Minsk. L'uomo ha moglie e figlio.
 Kozelsky ha lavorato a lungo come operatore presso l'ONT. Ad esempio, nel novembre 2022, ha insegnato al Dipartimento di Sicurezza del Ministero degli Affari Interni a lavorare con i media statali. L’ultimo rapporto di Kozelsky è stato pubblicato nell’ottobre 2023.
 Non si sa esattamente quando l'operatore sia stato arrestato, ma è successo più di sei mesi fa.
 Il problema potrebbe essere nei commenti di Telegram che ha lasciato. Anton commentava molto in vari gruppi politici, ma cancellava lui stesso i commenti. Li puoi trovare solo indirettamente, attraverso le risposte di altri utenti e le tracce degli uomini nei gruppi.
 Il 13 agosto 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
-    <t>3 anni di reclusione in una colonia</t>
+    <t>Sentenza del tribunale 28.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 13.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
-  </si>
-[...90 lines deleted...]
-    <t>2022-10-03 15:45:01</t>
   </si>
   <si>
     <t>Victor Aleksandrovich Savashevich</t>
   </si>
   <si>
     <t>15 maggio 1982</t>
   </si>
   <si>
     <t>L'uomo è stato incaricato della creazione e amministrazione del canale nel telegramma "‎23.34"‎, che conteneva informazioni sui giudici bielorussi.
 Viktor è stato anche accusato di "complicità nelle azioni deliberate di amministratori e membri di una serie di altri canali Telegram distruttivi volti a incitare l'odio sociale e la discordia sulla base di una diversa appartenenza sociale e comportare gravi conseguenze", secondo il canale Telegram di l'Ufficio del Procuratore Generale.</t>
   </si>
   <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
     <t>11 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
   </si>
   <si>
     <t>Dmitry Mikhailovich Sonchik</t>
   </si>
   <si>
     <t>15 maggio 1984</t>
   </si>
   <si>
     <t>È noto che Sonchik ha lavorato a lungo come autista e, più recentemente, come camionista. Dmitry è interessato agli sport motoristici e ai radioamatori.
 Il video con Sonchik è stato pubblicato il 7 maggio 2024 sul canale GUBOPiK è stato arrestato al ritorno dall'estero; Lo hanno bombardato di commenti in un telegramma, hanno detto che ne ha lasciati più di mille.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.01.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-12-19 16:37:31</t>
+  </si>
+  <si>
+    <t>Timur Aleksandrovich Lazko</t>
+  </si>
+  <si>
+    <t>15 maggio 1983</t>
+  </si>
+  <si>
+    <t>Il 2 febbraio 2024, un canale Telegram vicino al GUBOPiK di Brest ha pubblicato un video pentito con Timur Lozko.Nel video, le forze di sicurezza hanno mostrato come uomini con scudi e armi, in alta uniforme, hanno fatto irruzione in casa. Segue un filmato in cui Timur Aleksandrovich, con le mani dietro la schiena, afferma di essere stato trovato con abbonamenti a Nekhta e che ha anche donato a questo canale Telegram. L'uomo racconta anche di lavorare al Lode come anestesista e rianimatore.Su Internet si legge che Lozko era stato arrestato nell’ottobre 2020 (e in solidarietà con lui altri medici a Brest sono usciti per protestare con la scritta “Io/noi siamo Timur”). E durante il referendum del febbraio 2022, è stato nuovamente detenuto e, ai sensi dell'articolo 24.23 del Codice degli illeciti amministrativi, "picchettaggio illegale", ha prima prestato servizio in una struttura di detenzione temporanea, e poi ha ricevuto una multa di 50 b.v.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.08.2024: 8 anni di reclusione in una colonia del regime potenziato, 50 unità di base di multa. Appello 01.11.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-03 12:54:26</t>
+  </si>
+  <si>
+    <t>Yuri Anatolyevich Garkach</t>
+  </si>
+  <si>
+    <t>15 maggio 1977</t>
+  </si>
+  <si>
+    <t>Tenente colonnello del KGB, vice comandante dell'unità "A" del KGB della Repubblica di Bielorussia. Nell'agosto 2020 ha presieduto l'Associazione dei veterani del Gruppo A, a nome della quale ha firmato un appello di condanna della violenza e della repressione. Nell'autunno del 2020 è stato arrestato dagli agenti del KGB e posto in custodia cautelare. Il procedimento penale è classificato come "segreto".</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 7 anni di reclusione in una colonia del regime potenziato. Appello 27.12.2022: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
   </si>
   <si>
     <t>Vladimir Alekseevich Dudarev</t>
   </si>
   <si>
     <t>16 maggio 1977</t>
   </si>
   <si>
     <t>Nel 2020, Vladimir ha coordinato il gruppo regionale di Viktor Babariko. Dopo la laurea presso l'Università tecnica statale di Mogilev nel 2001, ha lavorato nel comitato esecutivo della città di Mogilev e nel 2018 ne è diventato il vice, responsabile dell'edilizia, degli alloggi e dei servizi comunali. Nell'ottobre 2019 ha lasciato il suo incarico.
 L'11 giugno 2020, i dipendenti del Dipartimento per le indagini finanziarie hanno perquisito l'ufficio della Belgazprombank e le persone associate a Babariko, dopo di che Vladimir è stato arrestato. Nel settembre 2021 il tribunale lo ha ritenuto colpevole di abuso di potere e frode, ma non ha ammesso la sua colpevolezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.09.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Polivko</t>
   </si>
   <si>
     <t>16 maggio 1987</t>
   </si>
   <si>
     <t>Arrestato per commenti sui social network. Alexander è accusato di “appelli estremisti che incitano all’odio sociale” e di “insulto a funzionari governativi”. Il canale filogovernativo Telegram ha mostrato screenshot di messaggi che implicano Polivko. Ad esempio: "Collaboratori e schiavi, è disgustoso guardare! Così che si arrabbiano tutti e impalano questo fascista baffuto".
 Pertanto, secondo l'accusa, il 14 giugno 2021, sotto la pubblicazione del canale telegrafico "La Bielorussia del cervello", Alexander ha scritto un messaggio in cui affermava che una volta lavorava a casa di Lukashenko e uno dei suoi colleghi parlava del suo conversazione con la guardia di sicurezza di Lukashenko. E secondo la guardia, Lukashenko personalmente, a causa di errori da parte della guardia, avrebbe potuto metterli in fila e "dare un pugno al compensato" (colpire con tutte le sue forze al petto o allo stomaco in modo che la persona si pieghi dall'alto). un colpo del genere). A quanto pare, questo commento è stato scritto sotto un post dal titolo "BYPOL: Roman Protasevich è stato picchiato personalmente dal dittatore" (tutti i commenti sotto il post sono stati cancellati al momento). Al processo, a Polivko è stato chiesto di nominare che tipo di collega avesse raccontato una storia del genere, ma l'uomo non riusciva a ricordare né il suo nome né altri dettagli personali, perché. ha lavorato presso la residenza per un periodo molto lungo, intorno al 2008-2009. Ma trovare un ex collega basandosi sui documenti sarebbe irrealistico, perché... lavoravano senza impiego ufficiale. È stato condannato anche per altri 4 commenti ai sensi di vari articoli del codice penale della Repubblica di Bielorussia.
 L'uomo ha lasciato due figli minorenni (hanno 14 e 4 anni).</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.03.2024: 7 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
   </si>
   <si>
-    <t>Nikita Andreevich Jachimovich</t>
-[...13 lines deleted...]
-  <si>
     <t>Basil Vasilevich Prokhorov</t>
   </si>
   <si>
     <t>18 maggio 1969</t>
   </si>
   <si>
     <t>È stato arrestato insieme a tutta la sua famiglia (moglie, figlia, figlio) con l'accusa di "tradimento". Pare che la figlia sia stata successivamente rilasciata. Vasily Prokhorov ha 54 anni. Viene dalla città di Chernobyl, che ospitava la famigerata centrale nucleare. È noto che è rimasto ferito nell'incidente di Chernobyl. Prokhorov prestò servizio nelle truppe aviotrasportate. Poi ha lavorato nei cantieri edili e ha lavorato come trasportatore di merci al chiaro di luna, oltre a scrivere un piccolo blog.
 I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.
 La famiglia Prokhorov ha vissuto a lungo nel villaggio di Grabovka, nella regione di Gomel. Al momento del loro arresto, vivevano nel villaggio di Uza, nella regione di Gomel, dove si erano trasferiti due anni fa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.05.2024: 11 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
-  </si>
-[...10 lines deleted...]
-    <t>2024-09-06 18:18:11</t>
   </si>
   <si>
     <t>Yuriy Vladimirovich Selvich</t>
   </si>
   <si>
     <t>19 maggio 1977</t>
   </si>
   <si>
     <t>Il 17 marzo 2022, il KGB ha annunciato l'arresto di un gruppo di bielorussi che stavano preparando un attacco terroristico contro le truppe russe nella regione di Mozyr.
 Secondo le indagini,Sergey Pleshkun e Yury Selvich pianificarono di distruggere l'equipaggiamento militare della Federazione Russa mentre si muoveva attraverso il territorio della regione di Mozyr. Per fare questo, hanno preparato delle molotov.
 Dal video BT, ne consegue che i Mozyr sono stati attentamente monitorati: hanno mostrato filmati da una telecamera nascosta nel garage, dove gli uomini discutono dei loro piani. Sul nastro parlano della prospettiva di danni alla ferrovia.
 Il processo si è svolto a porte chiuse.</t>
   </si>
   <si>
     <t>14 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
+    <t>Nikolay Petrovich Demchenko</t>
+  </si>
+  <si>
+    <t>19 maggio 1988</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.09.2024: sconosciuto. Appello 10.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:18:11</t>
+  </si>
+  <si>
+    <t>Igor Vladimirovich Brodko</t>
+  </si>
+  <si>
+    <t>20 maggio 1983</t>
+  </si>
+  <si>
+    <t>Igor è originario di Smilovichi (distretto di Červenskij), ma ha vissuto a lungo a Vitebsk. Lui e la sua ex moglie hanno un figlio minorenne. Igor ha lavorato come soccorritore per molti anni. In seguito, ha lavorato come autista, fornendo servizi di trasporto e taxi. Brodko è scomparso dai social media e dalle app di messaggistica dopo febbraio 2025. È probabile che sia stato arrestato in quel periodo.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:48:50</t>
+  </si>
+  <si>
+    <t>Pavel Nikolaevich Spirin</t>
+  </si>
+  <si>
+    <t>20 maggio 1984</t>
+  </si>
+  <si>
+    <t>Pavel è stato arrestato nel settembre 2020 dopo aver pubblicato un nuovo video. Aveva intenzione di candidarsi alla presidenza, ma la Commissione elettorale centrale ha rifiutato di registrarlo. Pavel divenne un confidente di Svetlana Tikhanovskaya. È stato accusato di “incitamento alla discordia sociale” per un video che criticava funzionari governativi, inclusi pubblici ministeri, giudici e polizia.
+Nel novembre 2024 si è svolto un altro processo contro il prigioniero politico. Secondo gli attivisti per i diritti umani, Pavel avrebbe dovuto essere rilasciato a dicembre dopo aver terminato il suo mandato, ma su iniziativa dell'amministrazione della colonia n. 2 di Bobruisk, è stato aperto un procedimento penale contro di lui per "disobbedienza dolosa ai requisiti dell'amministrazione dell’istituto penitenziario”.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.02.2021: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.04.2021: il verdetto è stato confermato. Sentenza del tribunale 20.11.2024: 1 anno di reclusione in una colonia del regime generale. Appello 23.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:47:48</t>
+  </si>
+  <si>
+    <t>Sergey Ivanovich Belsky</t>
+  </si>
+  <si>
+    <t>20 maggio 1982</t>
+  </si>
+  <si>
+    <t>Non ha comprato il biglietto del filobus mentre era ubriaco e ha insultato il presidente con parole oscene. Il controllore ha chiamato la polizia e Sergei è stato arrestato.</t>
+  </si>
+  <si>
+    <t>2,6 anni di reclusione in una colonia di massima sicurezza.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:46:46</t>
+  </si>
+  <si>
+    <t>Anton Alexandrovich Ilyin</t>
+  </si>
+  <si>
+    <t>20 maggio 1987</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.12.2024: 6 anni di reclusione in una colonia in condizioni di regime speciale. Appello 19.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-02 18:16:42</t>
+  </si>
+  <si>
     <t>Alexey Gennadievich Melnikov</t>
   </si>
   <si>
     <t>20 maggio 1991</t>
   </si>
   <si>
     <t>Alexey è stato arrestato il 4 dicembre 2020 nell'ambito di un procedimento penale relativo a disordini di massa e condannato per aver partecipato a una protesta avvenuta nell'agosto 2020 vicino al centro commerciale Riga a Minsk.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.03.2021: 5 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 04.10.2021: circa 1340 rubli di risarcimento. Sentenza del tribunale 19.10.2021: circa 1600 rubli di risarcimento.</t>
   </si>
   <si>
     <t>2021-02-26 22:30:24</t>
   </si>
   <si>
     <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>L'8 ottobre, Gleb Panasyuk lasciò la Polonia, dove aveva vissuto e lavorato negli ultimi anni, per recarsi nella sua città natale, Svetlogorsk, per far visita ai genitori. Il 9 ottobre, chiamò i suoi amici in Polonia da Brest per dire che aveva attraversato il confine e che stava per prendere un treno per Svetlogorsk. Ma dopo questo, i contatti con il giovane si persero .
 A quanto pare , Gleb ha scontato la pena in un centro di detenzione temporanea a Gomel, in base a un'accusa amministrativa, dopodiché è stato trasferito al centro di detenzione preventiva n. 1 e accusato di un reato penale. Gli attivisti per i diritti umani hanno informazioni secondo cui la sua detenzione sarebbe motivata da motivi politici.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
-    <t>Igor Vladimirovich Brodko</t>
-[...56 lines deleted...]
-  <si>
     <t>Vladimir Vladimirovich Astapchik</t>
   </si>
   <si>
     <t>21 maggio 1992</t>
   </si>
   <si>
     <t>Condannato per essere l'amministratore di un canale Telegram che pubblicava filmati di proteste alla stazione della metropolitana. Pushkinskaya a Minsk. In precedenza, lo stesso Vladimir era in ritardo, di cui ha parlato nel video. Durante una delle proteste è stato arrestato e gli sono stati concessi 10-12 giorni, la sua casa è stata perquisita e le attrezzature e un telefono sono stati confiscati. Qualche tempo dopo il suo rilascio, è stato nuovamente detenuto per un giorno ed è stato rilasciato dietro suo riconoscimento. È stato aperto un procedimento penale contro di lui, ma è stato preso in custodia solo un anno dopo.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.04.2023: 4 anni di reclusione in una colonia del regime generale. Appello 27.06.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-08-01 23:54:15</t>
   </si>
   <si>
     <t>Nikolay Albinovich Vitkovsky</t>
   </si>
   <si>
     <t>22 maggio 1967</t>
   </si>
   <si>
     <t>Nikolai veniva costantemente detenuto per reati amministrativi.
 Nel settembre 2025 fu arrestato con l'accusa di tradimento.</t>
   </si>
   <si>
     <t>2022-04-05 00:41:34</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Korotkiy</t>
   </si>
   <si>
     <t>22 maggio 1984</t>
   </si>
   <si>
     <t>L'uomo è stato accusato di aver strappato una bandiera rossa e verde da un negozio della città mentre era ubriaco. Ha ammesso pienamente la sua colpa.
 L'abitante della cittadina era già stato processato nove volte. Oltre alla reclusione, a Vladimir è stato prescritto un trattamento obbligatorio per l'alcolismo.</t>
   </si>
   <si>
     <t>2 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
-    <t>Alexander Stanislavovich Tereshko</t>
-[...11 lines deleted...]
-    <t>2021-02-27 01:35:27</t>
+    <t>Andrey Vitalievich Verevkin</t>
+  </si>
+  <si>
+    <t>23 maggio 1991</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Victoria Valentinovna Domostoy</t>
   </si>
   <si>
     <t>24 maggio 1979</t>
   </si>
   <si>
     <t>La prima volta che è stata detenuta dal KGB alla fine di gennaio 2024 (durante le detenzioni di massa di parenti e amici di prigionieri politici) per aver scritto lettere e trasferito denaro sui conti dei prigionieri politici nel centro di custodia cautelare del carcere n. 1. Quindi è stato aperto un procedimento penale contro di lei ai sensi dell'art. 361-2 (finanziamento di attività estremiste), ma la donna non è stata presa in custodia.
 Durante la perquisizione le sono stati sequestrati attrezzature e denaro. Dopo aver esaminato la tecnica, sarebbero stati scoperti commenti indesiderati sui social network e su di essi è stato poi effettuato un esame. Dopo aver ricevuto i risultati dell'esame, il 20 aprile 2024, Victoria è stata nuovamente detenuta e collocata in una struttura di detenzione temporanea, e successivamente in un centro di detenzione preventiva.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.01.2025: 5 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: 4 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
+  </si>
+  <si>
+    <t>Sergei Nikolaevich Leonyuk</t>
+  </si>
+  <si>
+    <t>25 maggio 1971</t>
+  </si>
+  <si>
+    <t>Arrestato per commenti sui social network.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.09.2023: 5 anni di reclusione in una colonia del regime generale. Appello 17.11.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-02-08 02:03:58</t>
   </si>
   <si>
     <t>Olga Olegovna Oleshkevich</t>
   </si>
   <si>
     <t>25 maggio 1984</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Alexander Viktorovich Korzyuk</t>
   </si>
   <si>
     <t>25 maggio 1968</t>
   </si>
   <si>
     <t>Fino a poco tempo fa, Alexander Korzyuk era a capo del Dipartimento Finanze per l'Edilizia Abitativa e i Servizi Pubblici, i Trasporti e le Comunicazioni del Ministero delle Finanze. Non ha mai rilasciato interviste pubbliche. Si sa solo che è un bravo giocatore di scacchi.
 Il processo si è svolto a porte chiuse.
 Secondo ex prigionieri politici che hanno scontato la pena con Alexander nella stessa colonia penale, quest'ultimo è stato registrato come incline all'estremismo e privato di pacchi e visite da parte della sua famiglia. Si è dichiarato non colpevole.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.07.2024: 13 anni di reclusione in una colonia del regime potenziato. Appello 20.12.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
-    <t>Sergei Nikolaevich Leonyuk</t>
-[...13 lines deleted...]
-  <si>
     <t>Emin Givami Ogly Adygezalov</t>
   </si>
   <si>
     <t>26 maggio 1978</t>
   </si>
   <si>
     <t>Emin Givami Ogly è stato arrestato e condannato per aver appiccato il fuoco a una roccaforte a Bobruisk.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.03.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 1740 rubli di risarcimento.</t>
   </si>
   <si>
     <t>2021-03-12 20:57:51</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-02-27 23:46:35</t>
   </si>
   <si>
     <t>Vadim Vladimirovich Lutsevich</t>
   </si>
   <si>
     <t>26 maggio 1992</t>
   </si>
   <si>
     <t>Specialista IT altamente qualificato.
 Padre di due figli, di 8 e 6 anni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 03.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
   </si>
   <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
     <t>27 maggio 1961</t>
   </si>
   <si>
     <t>È stato arrestato dalla polizia il 19 ottobre 2023. Dopo il suo arresto, ha scontato due arresti amministrativi di 15 giorni ciascuno. Gli attivisti per i diritti umani sanno che il secondo di loro è stato nominato il 3 novembre dal tribunale del distretto centrale di Minsk. Poi il giudice Yuliana Shcherba ha dichiarato Marchenko, 63 anni, colpevole di “distribuzione di materiale estremista” (ai sensi della parte 2 dell'articolo 19.11 del Codice amministrativo).
 Il processo di Alexander è iniziato il 25 marzo 2024 presso il tribunale della città di Minsk.
 Il 4 giugno 2024 è stato preso in considerazione l'appello di Alexander. Il reclamo è rimasto insoddisfatto.</t>
   </si>
   <si>
     <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
   </si>
   <si>
-    <t>Victor Igorevich Ivankovich</t>
-[...11 lines deleted...]
-    <t>2024-12-02 17:58:44</t>
+    <t>Pavel Mikhailovich Sava</t>
+  </si>
+  <si>
+    <t>27 maggio 1974</t>
+  </si>
+  <si>
+    <t>Pavel è stato arrestato il 1° dicembre 2020 insieme a Mikalai Autukhovich, che le autorità hanno immediatamente dichiarato "l'organizzatore e leader di un gruppo terroristico". È stato condannato per “partecipazione a un’organizzazione criminale” e “atto di terrorismo”.
+Nel febbraio 2024 si è svolto un processo per modificare le condizioni del regime, ma il risultato è ancora sconosciuto. Nella primavera dello stesso anno, a Pavel e ad altri due imputati nel "caso" per danni alle proprietà dei poliziotti furono recuperati più di 40mila rubli a titolo di risarcimento.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2022: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 12.02.2024: 2 anni di regime carcerario. Sentenza del tribunale 26.04.2024: circa 13400 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Vladislav Nikolaevich Navarich</t>
   </si>
   <si>
     <t>27 maggio 1996</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.10.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 06.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-23 23:25:44</t>
   </si>
   <si>
     <t>Ilya Olegovych Naryshkin</t>
   </si>
   <si>
     <t>27 maggio 2003</t>
   </si>
   <si>
     <t>Ilya Naryshkin ha 21 anni. È originario di Slonim, ma ha trascorso parte della sua infanzia a Grodno. Il padre di Ilya è ucraino, nato a Krivoy Rog. Si è diplomato in una scuola di aviazione in epoca sovietica, ma ha lavorato come ingegnere meccanico in diversi paesi. Non vivono insieme alla madre del ragazzo da molto tempo.
 Ilya è entrata all'Accademia del Ministero degli affari interni. Ora avrebbe dovuto completare il terzo anno presso la Facoltà di penitenza. È noto che durante i suoi studi ha vissuto una vita attiva - si è esibito in vari concorsi e ha anche partecipato a un gioco intellettuale del canale televisivo Bielorussia-2, chiamato "Torre". Le ultime informazioni pubbliche su di lui risalgono a marzo 2023.
 Forse Ilya Naryshkin, 21 anni, voleva unirsi ai volontari bielorussi in Ucraina. Le accuse mosse di recente contro di lui sono state spesso utilizzate per giudicare persone che hanno espresso l'intenzione di andare a combattere dalla parte dell'Ucraina, sia online che offline. Alcune di queste persone corrispondevano con falsi robot del reggimento Kalinovsky, creati dai servizi speciali della Repubblica di Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.08.2024: 15 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-07-10 15:36:04</t>
-  </si>
-[...14 lines deleted...]
-    <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Vladimir Tadeushevich Gundar</t>
   </si>
   <si>
     <t>28 maggio 1960</t>
   </si>
   <si>
     <t>Vladimir è stato arrestato il 30 dicembre 2020 nell’ambito del procedimento penale “Autukhovich” con l’accusa di “preparazione di un attacco terroristico”, ma questa accusa è stata successivamente ritirata. Nel maggio 2021 è stato condannato per “violenza contro un funzionario”. Secondo l'indagine, durante il suo arresto avrebbe minacciato gli investigatori e avrebbe rotto il suo cellulare.
 L’esame del “caso Autukhovich” è iniziato nel maggio 2022. Durante il processo, Vladimir è stato rimosso più volte dalle udienze e inviato in una cella di punizione. In uno degli incontri di giugno, è stato messo in una gabbia con solo la biancheria intima e le mani ammanettate alle sbarre. In risposta, Vladimir ha iniziato uno sciopero della fame, che ha mantenuto per 11 giorni. In questo caso, è stato condannato per “creazione di un’organizzazione criminale” e “tentato sequestro di potere”.
 Nel dicembre 2022, Vladimir è stato accusato di aver insultato il pubblico ministero Lyudmila Gerasimenko, che rappresentava l’accusa nel “caso Autukhovich”, ed è stata aggiunta un’ulteriore condanna. Di conseguenza, è stato condannato a 20 anni in una colonia di massima sicurezza.
 Nell'ottobre 2023 è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.05.2021: 3 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 17.10.2022: 18 anni di reclusione in una colonia del regime potenziato, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale 17.04.2023: 2 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 06.06.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 10.10.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-10-08 17:00:46</t>
   </si>
   <si>
     <t>Natalia Kravchuk</t>
   </si>
   <si>
     <t>29 maggio 1969</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.11.2025: 2 anni 8 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Lopukh</t>
   </si>
   <si>
     <t>30 maggio 1982</t>
   </si>
   <si>
     <t>Alexander è stato arrestato nell'ambito di un procedimento penale avviato dopo una protesta avvenuta a Pinsk nella notte tra il 9 e il 10 agosto 2020 contro le falsificazioni nelle elezioni presidenziali. È stato condannato per aver partecipato a "rivolte di massa".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.07.2021: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 03.09.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
   </si>
   <si>
     <t>Oleg Borisovich Loiko</t>
   </si>
   <si>
     <t>31 maggio 1976</t>
   </si>
   <si>
     <t>Oleg Loiko, pastore evangelico del distretto di Khoyniki, è accusato di aver trasmesso informazioni sul movimento di equipaggiamento militare russo attraverso la Bielorussia.
 Oleg Loiko, 48 anni, è pastore di una chiesa cristiana evangelica nel villaggio di Nebytov, nel distretto di Khoyniki. Lo scorso dicembre è stato arrestato e condannato a 10 giorni di reclusione per "diffusione di estremismo".
 Il pastore ha dedicato molti anni alla riabilitazione di persone con tossicodipendenza attraverso la missione "Return". Grazie al suo lavoro, centinaia di persone sono tornate a una vita normale. In passato ha ricevuto numerose recensioni entusiastiche dai media statali.
 Un ministro della Chiesa è stato condannato a tre anni e mezzo di carcere di massima sicurezza per aver fornito informazioni sul trasferimento di equipaggiamento militare russo al progetto di monitoraggio bielorusso di Gayun. Il processo si è svolto a porte chiuse.
 Il pastore Oleg non ammette di aver commesso crimini e ritiene di avere la coscienza pulita davanti a Dio.
 La sua condanna è stata nuovamente emessa nell'ottobre 2025.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2025: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
   </si>
   <si>
+    <t>Tatiana Nikolaevna Rusak</t>
+  </si>
+  <si>
+    <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, venticinquenne bielorusso, che ha combattuto in Ucraina.
+Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.</t>
+  </si>
+  <si>
+    <t>2024-07-20 13:28:29</t>
+  </si>
+  <si>
     <t>Anastasia Vladimirovna Lazarenko</t>
   </si>
   <si>
     <t>31 maggio 1982</t>
   </si>
   <si>
     <t>Avvocato. È stata arrestata all'inizio di giugno 2022, due giorni dopo il suo 40esimo compleanno, per aver fatto trapelare dati ai canali di Telegram. Le forze di sicurezza sono venute a trattenere una donna con mitragliatrici e giubbotti antiproiettile: si sono arrampicate sulle finestre e hanno sfondato la porta.
 Nel marzo 2023 si è saputo che era stata accusata anche ai sensi dell'art. 203-1 del codice penale (Azioni illecite riguardanti informazioni sulla vita privata) e parte 1 dell'art. 342 cp. Secondo gli investigatori, avrebbe organizzato un "evento di massa non autorizzato" quando ha tenuto un consulto vicino ad Akrestsina nell'agosto 2020.
 In natura ha lasciato un padre anziano e un figlio di 19 anni che soffre del morbo di Crohn dall'età di 16 anni.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia in condizioni generali di regime</t>
   </si>
   <si>
     <t>2022-08-26 15:26:58</t>
-  </si>
-[...23 lines deleted...]
-    <t>2024-07-20 13:28:29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1675,2294 +1552,2080 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>73</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>85</v>
       </c>
       <c r="I15" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>87</v>
       </c>
       <c r="B16" t="s">
         <v>88</v>
       </c>
       <c r="C16" t="s">
         <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>90</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>91</v>
       </c>
       <c r="I16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>96</v>
       </c>
       <c r="I17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>98</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
       <c r="C18" t="s">
         <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="I18" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+      <c r="I19" t="s">
         <v>106</v>
-      </c>
-[...13 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" t="s">
         <v>108</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>109</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>110</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="I20" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>113</v>
       </c>
       <c r="B21" t="s">
         <v>114</v>
       </c>
       <c r="C21" t="s">
         <v>115</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>116</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>120</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>121</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>122</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>127</v>
       </c>
       <c r="I23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>129</v>
       </c>
       <c r="B24" t="s">
         <v>130</v>
       </c>
       <c r="C24" t="s">
         <v>131</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>132</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
       <c r="C26" t="s">
         <v>142</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
       <c r="I26" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>145</v>
       </c>
       <c r="B27" t="s">
         <v>146</v>
       </c>
       <c r="C27" t="s">
         <v>147</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>148</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>150</v>
+      </c>
+      <c r="B28" t="s">
         <v>151</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>152</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
         <v>153</v>
       </c>
-      <c r="D28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>78</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>79</v>
+        <v>165</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>132</v>
+        <v>171</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>169</v>
+        <v>43</v>
       </c>
       <c r="I31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C32" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>176</v>
       </c>
       <c r="I32" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>178</v>
       </c>
       <c r="B33" t="s">
         <v>179</v>
       </c>
       <c r="C33" t="s">
         <v>180</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>181</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>183</v>
+      </c>
+      <c r="B34" t="s">
         <v>184</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>185</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
+        <v>91</v>
+      </c>
+      <c r="I34" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>187</v>
+      </c>
+      <c r="B35" t="s">
+        <v>188</v>
+      </c>
+      <c r="C35" t="s">
         <v>189</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>190</v>
       </c>
-      <c r="C35" t="s">
+      <c r="I35" t="s">
         <v>191</v>
-      </c>
-[...16 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>192</v>
+      </c>
+      <c r="B36" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" t="s">
         <v>194</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>121</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>195</v>
       </c>
-      <c r="C36" t="s">
+      <c r="I36" t="s">
         <v>196</v>
-      </c>
-[...16 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>197</v>
+      </c>
+      <c r="B37" t="s">
+        <v>198</v>
+      </c>
+      <c r="C37" t="s">
         <v>199</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" t="s">
+        <v>31</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>200</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>201</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>202</v>
+      </c>
+      <c r="B38" t="s">
+        <v>203</v>
+      </c>
+      <c r="C38" t="s">
         <v>204</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>205</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>206</v>
-      </c>
-[...16 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>207</v>
+      </c>
+      <c r="B39" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" t="s">
         <v>209</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
       <c r="I39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>213</v>
       </c>
       <c r="B40" t="s">
         <v>214</v>
       </c>
       <c r="C40" t="s">
         <v>215</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>216</v>
       </c>
       <c r="I40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>218</v>
       </c>
       <c r="B41" t="s">
         <v>219</v>
       </c>
       <c r="C41" t="s">
         <v>220</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I41" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>223</v>
       </c>
       <c r="B42" t="s">
         <v>224</v>
       </c>
       <c r="C42" t="s">
         <v>225</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>121</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
+        <v>226</v>
       </c>
       <c r="H42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>132</v>
+        <v>210</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B45" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C45" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>105</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I45" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B46" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C46" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B47" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
         <v>254</v>
       </c>
       <c r="C48" t="s">
         <v>255</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
+        <v>43</v>
+      </c>
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>259</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>261</v>
       </c>
       <c r="I49" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>263</v>
       </c>
       <c r="B50" t="s">
         <v>264</v>
       </c>
+      <c r="C50" t="s">
+        <v>265</v>
+      </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B51" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="C51" t="s">
         <v>269</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>270</v>
       </c>
       <c r="I51" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>272</v>
       </c>
       <c r="B52" t="s">
         <v>273</v>
       </c>
       <c r="C52" t="s">
         <v>274</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>275</v>
       </c>
       <c r="I52" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>277</v>
       </c>
       <c r="B53" t="s">
         <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
       <c r="I53" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>280</v>
       </c>
       <c r="B54" t="s">
         <v>281</v>
       </c>
       <c r="C54" t="s">
         <v>282</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>37</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>38</v>
+        <v>283</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>90</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="I55" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>289</v>
       </c>
       <c r="B56" t="s">
         <v>290</v>
       </c>
       <c r="C56" t="s">
         <v>291</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>292</v>
       </c>
-      <c r="F56" t="s">
-[...5 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>294</v>
+      </c>
+      <c r="B57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>90</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
+        <v>68</v>
+      </c>
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...13 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
+        <v>298</v>
+      </c>
+      <c r="C58" t="s">
         <v>299</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>24</v>
+      </c>
+      <c r="E58" t="s">
+        <v>31</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>300</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59" t="s">
+        <v>303</v>
+      </c>
+      <c r="C59" t="s">
         <v>304</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
         <v>305</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>306</v>
-      </c>
-[...13 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>307</v>
+      </c>
+      <c r="B60" t="s">
         <v>308</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>24</v>
+      </c>
+      <c r="E60" t="s">
+        <v>132</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
         <v>309</v>
       </c>
-      <c r="C60" t="s">
+      <c r="I60" t="s">
         <v>310</v>
-      </c>
-[...13 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>311</v>
+      </c>
+      <c r="B61" t="s">
+        <v>312</v>
+      </c>
+      <c r="C61" t="s">
         <v>313</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>78</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>226</v>
+      </c>
+      <c r="H61" t="s">
         <v>314</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>315</v>
-      </c>
-[...16 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>316</v>
+      </c>
+      <c r="B62" t="s">
+        <v>317</v>
+      </c>
+      <c r="C62" t="s">
         <v>318</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>260</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>226</v>
+      </c>
+      <c r="H62" t="s">
         <v>319</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>320</v>
-      </c>
-[...16 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>321</v>
+      </c>
+      <c r="B63" t="s">
+        <v>322</v>
+      </c>
+      <c r="C63" t="s">
         <v>323</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>105</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>324</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>326</v>
+      </c>
+      <c r="B64" t="s">
         <v>327</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>328</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>37</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>329</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>331</v>
+      </c>
+      <c r="B65" t="s">
         <v>332</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>333</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
         <v>334</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>336</v>
+      </c>
+      <c r="B66" t="s">
         <v>337</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>338</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>339</v>
-      </c>
-[...16 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>340</v>
+      </c>
+      <c r="B67" t="s">
+        <v>341</v>
+      </c>
+      <c r="C67" t="s">
         <v>342</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>121</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>343</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>344</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>345</v>
+      </c>
+      <c r="B68" t="s">
+        <v>346</v>
+      </c>
+      <c r="C68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>90</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="I68" t="s">
         <v>349</v>
-      </c>
-[...16 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>350</v>
+      </c>
+      <c r="B69" t="s">
+        <v>351</v>
+      </c>
+      <c r="D69" t="s">
+        <v>24</v>
+      </c>
+      <c r="E69" t="s">
+        <v>132</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
+        <v>355</v>
+      </c>
+      <c r="C70" t="s">
+        <v>356</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...19 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
+        <v>360</v>
+      </c>
+      <c r="C71" t="s">
+        <v>361</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>105</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>362</v>
       </c>
-      <c r="B71" t="s">
+      <c r="I71" t="s">
         <v>363</v>
-      </c>
-[...13 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>364</v>
+      </c>
+      <c r="B72" t="s">
+        <v>360</v>
+      </c>
+      <c r="C72" t="s">
+        <v>365</v>
+      </c>
+      <c r="D72" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" t="s">
+        <v>31</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>32</v>
+      </c>
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...22 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
+        <v>369</v>
+      </c>
+      <c r="D73" t="s">
+        <v>24</v>
+      </c>
+      <c r="E73" t="s">
+        <v>31</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>370</v>
+      </c>
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...245 lines deleted...]
-        <v>411</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">