--- v1 (2025-12-18)
+++ v2 (2026-02-20)
@@ -12,1226 +12,1387 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
   </si>
   <si>
+    <t>Dzmitry Khatsianovich</t>
+  </si>
+  <si>
+    <t>1 maggio 1978</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 18.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-01-02 00:30:08</t>
+  </si>
+  <si>
+    <t>Natalia Nikolaevna Zhigar</t>
+  </si>
+  <si>
+    <t>2 maggio 1956</t>
+  </si>
+  <si>
+    <t>Il caso di Natalia Zhigar è presumibilmente legato al suo sostegno alle persone in custodia cautelare. Prima della pensione, lavorava presso l'ufficio del tribunale di Brest.
+Prima del processo la donna era agli arresti domiciliari.
+Il caso è stato discusso presso il Tribunale regionale di Grodno. Inizialmente è stato rinviato per revisione .
+Il giudice Valery Romanovsky ha iniziato a esaminare il caso di Natalia il 19 agosto 2024 e le udienze sono proseguite il 20, 24 e 30 settembre.
+Il 27 dicembre 2024 la Corte Suprema ha ascoltato il ricorso di Natalia.</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 27.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:18:12</t>
+  </si>
+  <si>
     <t>Konstantin Valerievich Medvedev</t>
   </si>
   <si>
     <t>2 maggio 1988</t>
   </si>
   <si>
-    <t>Uomo</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-11-27 16:04:33</t>
   </si>
   <si>
-    <t>Paul Evgenyevich Kuchinsky</t>
-[...15 lines deleted...]
-    <t>Anna Baginskaya</t>
+    <t>Anna Alexandrovna Baginskaya</t>
   </si>
   <si>
     <t>2 maggio 1978</t>
   </si>
   <si>
     <t>Arrestato all'inizio di maggio 2025 nell'ambito del "caso Gayun" - per aver trasmesso dati al canale telegrafico "Belarusian Gayun" relativi al movimento di equipaggiamento militare.</t>
   </si>
   <si>
-    <t>Donna</t>
-[...4 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 20.11.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
-    <t>Anna Evgenievna Savochkina</t>
+    <t>Hanna Savachkina</t>
   </si>
   <si>
     <t>3 maggio 1999</t>
   </si>
   <si>
     <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, ventisettenne bielorusso, che ha combattuto in Ucraina.
 Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.
 Anna Savochkina ha completato tre corsi presso la Facoltà di Economia della BSU, ma da settembre 2022 è entrata nel primo anno della Facoltà di Biologia della BSU ed è a capo del gruppo. Prima dell'istituto, si è diplomata al Gymnasium-College of Arts intitolato a I.O. Akhremchika si specializza in musica. Detenuta insieme a sua madre.</t>
   </si>
   <si>
-    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 09.08.2024: 7 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-04-05 12:35:41</t>
   </si>
   <si>
     <t>Oleg Stepanovich Kinev</t>
   </si>
   <si>
     <t>3 maggio 1969</t>
   </si>
   <si>
     <t>Oleg vive nella città agricola di Pervomayskaya (Bluden), nel distretto di Berezovsky, nella regione di Brest.
 È un imprenditore e un costruttore di tetti. È specializzato nella realizzazione di cupole per chiese ortodosse. Oleg è in questo settore dagli anni 2000. Inizialmente, lavorava come operaio a contratto con una squadra e, qualche anno dopo, ha aperto la propria attività. Kinev ha ricostruito la cupola della Rappresentanza Patriarcale della Chiesa Ortodossa Russa, ha creato una cupola per una chiesa in una base militare a Slonim, ha costruito un ponte di quercia, un molo e un gazebo su un'isola vicino alla tenuta del conte Hutten-Chapski a Stankovo e una cappella allo zoo. Nel complesso, i suoi lavori sono distribuiti in diverse città e villaggi della Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-05 13:19:42</t>
   </si>
   <si>
-    <t>Kirill Valentinovich Kravtsov</t>
-[...9 lines deleted...]
-    <t>2025-07-24 09:10:34</t>
+    <t>Alexander Mateyuk</t>
+  </si>
+  <si>
+    <t>3 maggio 1982</t>
+  </si>
+  <si>
+    <t>Attivista del “Paese per la vita” e membro del team di Svetlana Tikhanovskaya, Alexander è stato ripetutamente detenuto ai sensi di articoli amministrativi politici. È stato arrestato insieme a un altro attivista, Oleg Boroznaya, notoriamente sotto sorveglianza dall'autunno del 2020. Alexander è stato successivamente condannato per accuse inventate legate alla droga.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.10.2021: 9 anni di reclusione in una colonia del regime potenziato, 100 unità di base di multa, 1108 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-04-05 12:35:41</t>
   </si>
   <si>
     <t>Svetlana Vyacheslavovna Yakubovich</t>
   </si>
   <si>
     <t>4 maggio 1974</t>
   </si>
   <si>
     <t>Nel gennaio 2022, il futuro marito di Svetlana, Stanislav, è stato condannato a tre anni di carcere ai sensi degli articoli 342 e 364 del Codice penale della Repubblica di Bielorussia. Svetlana, profondamente preoccupata per la sua sorte, gli ha portato dei pacchi. Il 24 febbraio 2022, Svetlana Yakubovich ha sposato Stanislav, che all'epoca era ancora in carcere. Nel dicembre 2023, Stanislav è stato rilasciato, dopo aver scontato completamente la pena. Un anno dopo, la coppia è stata arrestata con una nuova accusa penale.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.11.2025: 5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Oleg Viktorovich Efremenko</t>
   </si>
   <si>
     <t>4 maggio 1981</t>
   </si>
   <si>
     <t>Oleg è stato arrestato e condannato per aver “picchiato” un poliziotto durante una marcia di strada a Vitebsk il 13 settembre 2020. Nel settembre 2021 è stato trasferito in regime carcerario per “violazione delle norme”.
 Nell'agosto 2022, Oleg è stato nuovamente condannato per "disobbedienza dolosa ai requisiti dell'amministrazione di un istituto correzionale" e gli è stato aggiunto un altro anno di reclusione.
 Il 25 luglio 2023, il prigioniero politico è stato nuovamente giudicato colpevole di “disobbedienza alle richieste dell’amministrazione” e condannato ad un altro anno di prigione.
 Nel settembre 2024 si è svolta un'altra udienza del procedimento penale contro Oleg per "disobbedienza dolosa ai requisiti dell'amministrazione dell'istituto correzionale" - un'accusa che viene spesso applicata ai prigionieri che si sono rifiutati di collaborare con l'amministrazione penitenziaria.
 Durante l'intero periodo di reclusione, Oleg è costantemente sotto pressione. Viene regolarmente mandato in una cella di punizione, dove viene tenuto in isolamento per decine di giorni.</t>
   </si>
   <si>
     <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.12.2020: 4 anni 6 mesi di reclusione in una colonia del regime generale, 1000 rubli di risarcimento. Tribunale per il cambio di regime 30.09.2021: sconosciuto anni di regime carcerario. Sentenza del tribunale 15.08.2022: 1 anno di reclusione in una colonia del regime rigoroso. Appello 10.11.2022: il verdetto è stato confermato. Sentenza del tribunale 25.07.2023: 1 anno di reclusione in una colonia del regime rigoroso. Appello 19.10.2023: il verdetto è stato confermato. Sentenza del tribunale 24.09.2024: sconosciuto. Appello 13.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Irina Nikolaevna Klezovich</t>
-[...29 lines deleted...]
-  <si>
     <t>Vyacheslav Nikolaevich Kolousov</t>
   </si>
   <si>
     <t>5 maggio 1984</t>
   </si>
   <si>
     <t>Il 15 giugno 2023 è stato condannato ai sensi dell'art. 205 (Furto) a 2 anni e 6 mesi di reclusione.
 Il 14 giugno 2024 si è aperto il dibattimento di un procedimento penale ex art. 342 cp ( Partecipazione attiva ad atti collettivi che violano gravemente l'ordine pubblico ). Su questo verranno giudicati Vyacheslav e altre otto persone .
 Sommando le condanne di questo e del precedente procedimento penale, è stato infine condannato a 3 anni di reclusione di massima sicurezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.07.2024: 3 anni di reclusione in una colonia del regime rigoroso. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
+    <t>Irina Nikolaevna Klezovich</t>
+  </si>
+  <si>
+    <t>5 maggio 1966</t>
+  </si>
+  <si>
+    <t>Arrestati a seguito di un massiccio raid delle forze di sicurezza, avvenuto il 23 e 24 gennaio 2024, ai danni di parenti di prigionieri politici e di persone che avevano inviato pacchi e lettere ai prigionieri politici.
+Irina è stata processata come "persona che ha commesso un atto socialmente pericoloso". Ciò significa che, secondo la decisione del tribunale, nei suoi confronti avrebbero dovuto essere applicate misure mediche obbligatorie. Il suo processo si è svolto il 18 e il 23 settembre 2024. Non si sa dove si trovi.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.09.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-06-15 13:33:34</t>
+  </si>
+  <si>
+    <t>Valery Valerievich Zhukov</t>
+  </si>
+  <si>
+    <t>5 maggio 1974</t>
+  </si>
+  <si>
+    <t>È stato arrestato nel novembre 2024 e condannato ai sensi della Parte 2 dell'Articolo 19.11 del Codice degli illeciti amministrativi della Repubblica di Bielorussia (Distribuzione, produzione, archiviazione, trasporto di prodotti informativi contenenti incitamenti ad attività estremiste o che promuovono tali attività), dopodiché è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
+  </si>
+  <si>
     <t>Yury Slavomirovich Sergey</t>
   </si>
   <si>
     <t>6 maggio 1988</t>
   </si>
   <si>
     <t>Yuri è stato arrestato e condannato per diverse accuse, tra cui il possesso illegale di armi da taglio. Tutto è iniziato con un video in cui un guidatore di una BMW picchiava un uomo con una bandiera bianco-rosso-bianca. Il video è stato condiviso sui social network ed è stato pubblicato l'indirizzo dell'autista, Dmitry Davydyuk. Secondo gli inquirenti, tre residenti di Minsk hanno deciso di “dare una lezione all’autista” forando le gomme della sua auto.</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.03.2021: 6 anni di reclusione in una colonia del regime potenziato, 150 unità di base di multa. Appello 20.07.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
-  </si>
-[...19 lines deleted...]
-    <t>2021-02-26 21:21:02</t>
   </si>
   <si>
     <t>Andrey Sergeevich Sachevko</t>
   </si>
   <si>
     <t>6 maggio 1996</t>
   </si>
   <si>
     <t>Per la prima volta, Andrei è stato arrestato dal GUBOPiK per aver pubblicato materiale "estremista" sulla sua pagina VKontakte. Si riferivano al video del giuramento di Lukashenko nel 1994 sotto la bandiera bianco-rosso-bianco, che Sachevko ha condiviso sulla pagina.
 È stato condannato per aver partecipato alle Marche di Grodno e per i commenti nella chat.
 L'uomo non ha ammesso la colpa, ma ha solo confermato il fatto di aver scritto commenti l'11 e il 12 agosto 2020. La partecipazione dell'uomo alle Marche di Grodno non è stata confermata dopo aver visto i video degli eventi avvenuti in città.
 Si è saputo che nel giugno 2022 è stato effettuato un esame di laboratorio e forense. Ha confermato la malattia mentale di Andrei. Tuttavia, è stato comunque condannato e incluso anche nell'elenco delle persone e delle organizzazioni coinvolte in attività terroristiche.
 Nell'agosto 2023 è stata trasferita al regime carcerario.</t>
   </si>
   <si>
     <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
   </si>
   <si>
     <t>6 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
     <t>Eugene Mikhailovich Pugach</t>
   </si>
   <si>
     <t>6 maggio 1984</t>
   </si>
   <si>
     <t>representative of the Minsk startup hub "Imaguru". A graduate of the EHU Master's program "European Studies", after which he worked in a number of NGOs and the private sector with business. Created and developed startup ecosystems in Belarus.</t>
   </si>
   <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 03.12.2024: 4 anni 6 mesi di reclusione in una colonia del regime generale, 500 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-08-28 19:37:47</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Frantskevich</t>
+  </si>
+  <si>
+    <t>6 maggio 1990</t>
+  </si>
+  <si>
+    <t>L'attivista del movimento anarchico Alexander è stato arrestato il 12 agosto 2020 e condannato per una serie di accuse penali. In precedenza, nel 2010, stava già scontando una pena nel “caso anarchico”.
+Nel 2022 è stato condannato a 17 anni di carcere e nel febbraio 2023 la Corte Suprema ha ridotto la pena di 3 mesi.
+Nel giugno 2024, Alexander è stato nuovamente accusato di “disobbedienza dolosa ai requisiti dell’amministrazione della colonia” e gli è stato concesso un altro anno di reclusione.
+Nel luglio 2024, sua madre, Tatyana Frantskevich, è stata arrestata con l'accusa di "partecipazione a un gruppo estremista". Insieme a lei è stata detenuta sua sorella Natalya Lobatsevich, madre dell'ex prigioniero politico Ilya Lobatsevich.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 06.09.2022: 17 anni di reclusione in una colonia del regime rigoroso, 700 unità di base di multa, circa 1200 rubli di risarcimento. Appello 28.02.2023: 16 anni 9 mesi di reclusione in una colonia del regime rigoroso, 700 unità di base di multa, circa 1200 rubli di risarcimento. Sentenza del tribunale 24.06.2024: 1 anno di reclusione in una colonia del regime rigoroso. Appello 24.09.2024: sconosciuto. Tribunale per il cambio di regime 05.08.2025: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:21:02</t>
   </si>
   <si>
     <t>Dmitriy Ivanovich Lapets</t>
   </si>
   <si>
     <t>7 maggio 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 È noto che è stato arrestato per aver partecipato alle proteste del 2020, presentando una foto di una delle marce.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
-    <t>Michael Anatolyevich Tarasevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Mikhailovich Sharabaiko</t>
   </si>
   <si>
     <t>7 maggio 1971</t>
   </si>
   <si>
     <t>Culturista, storico locale In precedenza, un uomo era stato arrestato per aver partecipato alle proteste. Il 16 marzo 2023 è stato arrestato per “distribuzione di materiale estremista” e condannato a 10 giorni. L'uomo non è uscito ed è stato trasferito in un centro di custodia cautelare. L'accusa originale era di aver insultato Lukashenko.
 Nel maggio 2024, è stato trasferito in un centro di custodia cautelare per un nuovo procedimento penale; il suo processo è ricominciato il 7 maggio 2024. Oltre a lui, nel caso sono stati coinvolti anche Andrei Stabulyanets e Denis Tsybulsky, che è stato condannato. un anno fa per aver partecipato alle proteste a Minsk (articolo 342 del codice penale).</t>
   </si>
   <si>
     <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.09.2023: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 17.11.2023: sconosciuto. Sentenza del tribunale 05.06.2024: 6 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-26 23:12:21</t>
   </si>
   <si>
+    <t>Michael Anatolyevich Tarasevich</t>
+  </si>
+  <si>
+    <t>7 maggio 1976</t>
+  </si>
+  <si>
+    <t>Oltre alla reclusione, a Mikhail è stato ordinato di risarcire il danno morale alle vittime e il danno "causato da una fermata del trasporto pubblico" per un importo di 49.000 rubli, ovvero quasi 20.000 dollari.</t>
+  </si>
+  <si>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
+  </si>
+  <si>
+    <t>2022-11-19 00:34:39</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Vasyukevich</t>
+  </si>
+  <si>
+    <t>8 maggio 1983</t>
+  </si>
+  <si>
+    <t>Negli ultimi 11 anni, Sergey è stato vicedirettore del settore commerciale presso la sede moscovita di Izokom Plast.
+Per la regione di Dyatlovo, il gruppo aziendale Izokom e Izokom Plast è un'azienda importante. L'azienda è nata da una fabbrica di telai in legno abbandonata ed è cresciuta fino a diventare un colosso, impiegando 270 persone, un numero significativo per un centro regionale.
+Producono tubi flessibili isolati che vengono esportati in Russia e utilizzati in programmi governativi. Nel 2025, quando Sergei era già sotto inchiesta, l'azienda ha ricevuto il premio "Leader nell'efficienza energetica".</t>
+  </si>
+  <si>
+    <t>2026-01-27 21:04:19</t>
+  </si>
+  <si>
     <t>Alexander Evgenievich Sezen</t>
   </si>
   <si>
     <t>8 maggio 1970</t>
   </si>
   <si>
     <t>Il 13 novembre Alexander Sezen è stato arrestato . È stata effettuata una perquisizione nel suo appartamento in un condominio in via Gorbatov. Secondo alcuni rapporti, una perquisizione è avvenuta anche nella tarda notte, quando lo stesso Sezen, che ha notevoli problemi di salute, era in ospedale. Di cosa lo accuseranno ancora non si sa.
 Alexander è stato ripetutamente arrestato dalla polizia anche prima del 2020, era in causa con varie agenzie governative e ha scritto denunce.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.06.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
     <t>Evgeniy Valerievich Burlo</t>
   </si>
   <si>
     <t>9 maggio 1991</t>
   </si>
   <si>
     <t>Il musicista del gruppo TOR BAND è stato arrestato insieme a Dmitry Golovach, anche le loro mogli sono state arrestate. La moglie di Golovach è stata multata, la moglie di Burlo - arresto amministrativo.
 Alla fine di novembre 2022, Dmitry ed Evgeny sono stati condannati per la terza volta a 15 giorni. TOR BAND è diventata una band popolare in Bielorussia sulla scia delle proteste del 2020. Molte canzoni sono diventate hit su diverse piattaforme. I prodotti informativi, i social network e il logo del gruppo TOR BAND sono stati riconosciuti come "estremisti", così come le loro canzoni sopra elencate.</t>
   </si>
   <si>
     <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
   </si>
   <si>
     <t>8 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2022-12-06 21:04:39</t>
   </si>
   <si>
-    <t>Maksim Sergeevich Drobnitsa</t>
+    <t>Maksim Siarheyevich Drabnitsa</t>
   </si>
   <si>
     <t>9 maggio 2001</t>
   </si>
   <si>
     <t>Residente di 22 anni a Svetlogorsk. Maxim è sotto processo “per aver organizzato le attività di un’organizzazione terroristica e aver partecipato alle attività di tale organizzazione”. Maxim è stato giudicato colpevole di essersi unito a una “formazione estremista” (il piano “Vittoria”) e di aver pianificato di far saltare in aria la ferrovia nella regione di Svetlogorsk. La pubblicazione statale scrive che per fermare la guerra in Ucraina la miniatura “era pronta a tutto”. Quando il ragazzo è arrivato alla ferrovia, è caduto in un'imboscata da parte delle forze di sicurezza ed è stato arrestato.
 Le agenzie governative non hanno segnalato nulla su questo caso. Il processo è chiuso.
 Il 19 settembre 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
-    <t>8 anni di reclusione in una colonia penale.</t>
+    <t>Sentenza del tribunale 13.07.2023: 8 anni di reclusione in una colonia del regime potenziato. Appello 19.09.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
     <t>Ivan Alexandrovich Zenko</t>
   </si>
   <si>
     <t>10 maggio 1982</t>
   </si>
   <si>
     <t>Un singolo imprenditore è stato arrestato e condannato con tre capi d'accusa per aver partecipato a un evento avvenuto durante la dispersione delle persone l'11 ottobre 2020 vicino alla stazione della metropolitana Pushkinskaya.
 Nell'aprile 2022 Ivan è stato nuovamente condannato per aver partecipato a una protesta, ma ciò non ha influito sulla sentenza definitiva. Tuttavia, nel novembre dello stesso anno, gli fu concesso un altro anno di reclusione, giudicato colpevole di “disobbedienza ai requisiti dell’amministrazione dell’istituto correzionale”.
 Nel settembre 2023 è stato condannato ad altri 3 anni di carcere per “violenza contro un funzionario”.
 Nel marzo 2024 è stato trasferito in carcere per 3 anni.</t>
   </si>
   <si>
-    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
-[...2 lines deleted...]
-    <t>Sentenza del tribunale 02.04.2021: 5 anni di reclusione in una colonia del regime generale, circa 28000 rubli di risarcimento. Sentenza del tribunale 07.04.2022: 2 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 09.11.2022: 1 anno di reclusione in una colonia del regime generale. Appello 09.02.2023: il verdetto è stato confermato. Sentenza del tribunale 14.09.2023: 3 anni di reclusione in una colonia del regime generale. Appello 19.12.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 12.03.2024: 3 anni di regime carcerario.</t>
+    <t>Sentenza del tribunale 02.04.2021: 5 anni di reclusione in una colonia del regime generale, circa 28000 rubli di risarcimento. Sentenza del tribunale 07.04.2022: 2 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 09.11.2022: 1 anno di reclusione in una colonia del regime generale. Appello 09.02.2023: il verdetto è stato confermato. Sentenza del tribunale 14.09.2023: 3 anni di reclusione in una colonia del regime generale. Appello 19.12.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 12.03.2024: 3 anni di regime carcerario. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime rigoroso. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
     <t>Alexander Petrovich Gorshunov</t>
   </si>
   <si>
     <t>10 maggio 1979</t>
   </si>
   <si>
     <t>Ha lavorato come programmatore presso lo stabilimento "Atlant" di Minsk.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.03.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-05-26 01:52:20</t>
   </si>
   <si>
+    <t>Artem Vitalievich Shinkevich</t>
+  </si>
+  <si>
+    <t>10 maggio 1992</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 45. 225073, Brest region, Kamenetsky district, Sushki</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 20.01.2026: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-07-23 11:44:37</t>
+  </si>
+  <si>
     <t>Oleg Valerievich Kekukh</t>
   </si>
   <si>
     <t>11 maggio 1983</t>
   </si>
   <si>
     <t>Nell’estate del 2023 si è svolto un processo per inasprire la condanna di Oleg. Dopo la corte d'appello, il 5 settembre 2023, Oleg è stato trasferito in una colonia.</t>
   </si>
   <si>
     <t>3 anni di restrizione della libert&amp;agrave; con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
+  </si>
+  <si>
+    <t>Vladimir Ivanovich Yankovsky</t>
+  </si>
+  <si>
+    <t>11 maggio 1972</t>
+  </si>
+  <si>
+    <t>Vladimir venne arrestato nella primavera del 2025 nell'ambito di un procedimento penale ai sensi dell'articolo "assistenza ad attività estremiste" e nell'autunno dello stesso anno venne dichiarato colpevole e condannato alla libertà limitata con rinvio a giudizio e multa.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 43. 212003, Mahilioŭ, vulica Čaliuskincaŭ 76a</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.09.2025: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto, 500 unità di base di multa. Appello 11.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-08-21 10:19:58</t>
+  </si>
+  <si>
+    <t>Vladislav Vladimirovich Nastyushkin</t>
+  </si>
+  <si>
+    <t>12 maggio 1996</t>
+  </si>
+  <si>
+    <t>28 anni, laureatosi prima come tecnico informatico, ha poi studiato alla BarSU (Università statale di Baranovichi). In alcuni social network la città corrente è indicata come Brest, in altri come Kobryn. Yandex.Services offre servizi di sviluppo siti web e riparazione computer a Brest e Kobryn. Giochi per PC trasmessi in streaming sul canale YouTube di Dog Chain.Al momento non si sa per quali proteste specifiche Vladislav sia stato processato. Tuttavia, a giudicare dall'articolo e dal fatto che il processo si sta svolgendo a Kobryn, si tratta quasi certamente di un processo per le proteste di Kobryn avvenute dopo le elezioni del 9 agosto 2020.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.11.2024: 3 anni 6 mesi di reclusione in una colonia del regime generale. Appello 28.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-02 15:58:45</t>
+  </si>
+  <si>
+    <t>Rostislav Olegovich Stefanovich</t>
+  </si>
+  <si>
+    <t>12 maggio 1988</t>
+  </si>
+  <si>
+    <t>Un membro del Consiglio di coordinamento allargato è stato arrestato il 29 settembre 2020 in relazione a disordini di massa, picchiato dalla polizia antisommossa e accusato di aver partecipato a canali telegrafici “radicali”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
   </si>
   <si>
     <t>Eric Erikovich Kolosovsky</t>
   </si>
   <si>
     <t>12 maggio 2000</t>
   </si>
   <si>
     <t>Detenuto insieme ad altri giovani a Baranavichy (fine dicembre 2023).
 E il servizio stampa del tribunale ha annunciato il verdetto (senza fare nomi, ma le circostanze si adattano a questo gruppo di persone). L’essenza delle accuse è brevemente espressa: erano sulla carreggiata di Baranavichy, gridando slogan, esponendo bandiere bianco-rosse-bianche, “ostacolando deliberatamente la circolazione del traffico e il normale funzionamento delle imprese e delle organizzazioni”. Non è nemmeno indicata la data esatta in cui hanno avuto luogo le proteste, si chiama semplicemente “agosto 2020”.
 Così, nel 2024, 25 residenti di Baranavichy sono già stati condannati per le proteste dell'agosto 2020. Tutti sono stati condannati a una colonia carceraria per un periodo da 1 a 3 anni (l'unica eccezione è stata che una donna con un bambino di età inferiore a 3 anni è stata condannata a una pena sospesa).</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.05.2024: 2 anni di reclusione in una colonia del regime generale. Appello 09.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
-    <t>Eugene Vladimirovich Filippovich</t>
-[...34 lines deleted...]
-  <si>
     <t>Nikita Mikhailovich Zolotоrev</t>
   </si>
   <si>
     <t>12 maggio 2004</t>
   </si>
   <si>
     <t>Nikita è stato arrestato e condannato, secondo gli investigatori, per aver lanciato una bottiglia Molotov contro il personale militare il 10 agosto 2020. L'accusa ha affermato che le bottiglie erano state nascoste e consegnategli da Leonid Kovalev con la proposta di appiccare il fuoco a un edificio, un autobus o una risaia. Nikita ha rifiutato di testimoniare, non ha ammesso la colpa e ha denunciato pressioni fisiche e psicologiche nel centro di custodia cautelare. Aveva 16 anni al momento del suo arresto e soffriva di epilessia.
 Nel luglio 2021 è stato nuovamente condannato ai sensi dell'articolo di "violenza o minaccia di violenza" per un incidente con i dipendenti del centro di custodia cautelare. Nel giugno 2022, Nikita è stato trasferito in una colonia per adulti dopo aver compiuto 18 anni e nell'agosto dello stesso anno la punizione è stata inasprita, mandandolo in prigione.
 Nel luglio 2024, un prigioniero politico è stato processato per “disobbedienza dolosa all’amministrazione della colonia”, un articolo spesso applicato ai prigionieri che si rifiutano di collaborare con l’amministrazione.</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.02.2021: 6 anni di reclusione in una colonia correttiva del regime generale. Appello 23.04.2021: il verdetto è stato confermato. Sentenza del tribunale 14.07.2021: 1 anno 6 mesi di reclusione in una colonia correttiva del regime generale, 1000 rubli di risarcimento. Tribunale per il cambio di regime 21.06.2022: regime carcerario fino alla fine della pena. Sentenza del tribunale 11.07.2024: sconosciuto anni di reclusione in una colonia del regime rigoroso. Appello 15.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-28 02:14:22</t>
   </si>
   <si>
-    <t>Eugene Alexandrovich Belkevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Sergey Yuryevich Gorlov</t>
   </si>
   <si>
     <t>13 maggio 1979</t>
   </si>
   <si>
     <t>Sergei è stato arrestato nel febbraio 2024. All'inizio gli è stata concessa una giornata per "distribuire materiale estremista", poi è stato aperto un procedimento penale ed è stato trasferito in un centro di custodia cautelare. Probabilmente è colpa dei commenti. Sergei rischia da quattro a dodici anni di carcere.L'hobby di Sergei è la musica. Negli anni 2000 ha suonato nel gruppo “Forest Radio”. Ha partecipato a numerosi altri progetti, ha tradotto canzoni straniere in bielorusso.
 Sergei Yurievich Gorlov ha studiato all'Università linguistica statale di Minsk e successivamente si è laureato all'Università umanistica europea. Ha lavorato come traduttore e tutor di inglese. Il suo ultimo luogo di lavoro conosciuto è stato l'Istituto Sacharov di Minsk.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 09.12.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
+    <t>Sentenza del tribunale 09.12.2024: 4 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
   </si>
   <si>
-    <t>Sergey Danilovich Mityushkin</t>
-[...26 lines deleted...]
-    <t>2022-12-04 01:33:09</t>
+    <t>Eugene Alexandrovich Belkevich</t>
+  </si>
+  <si>
+    <t>13 maggio 1975</t>
+  </si>
+  <si>
+    <t>Il 13.02.2025 è stato condannato ai sensi di un articolo amministrativo (Parte 2 dell'articolo 10.1 del Codice degli illeciti amministrativi della Repubblica di Bielorussia - Lesioni personali intenzionali e altre azioni violente o violazione di un ordine di protezione), in seguito al quale è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 6. 225413, Baranavičy, vulica Bresckaja 258B</t>
+  </si>
+  <si>
+    <t>2025-06-02 23:55:41</t>
+  </si>
+  <si>
+    <t>Tatiana Gennadievna Kolos</t>
+  </si>
+  <si>
+    <t>14 maggio 1981</t>
+  </si>
+  <si>
+    <t>Tatyana è accusata di aver presumibilmente trasferito i suoi dati personali al canale Telegram Black Book of Belarus. Il 27 giugno 2022, i canali telegrafici filogovernativi hanno riferito che la donna lavorava in una delle società statali e aveva accesso ai dati personali delle forze di sicurezza. Prima del processo era agli arresti domiciliari.</t>
+  </si>
+  <si>
+    <t>6,5 anni di carcere</t>
+  </si>
+  <si>
+    <t>2022-06-28 15:06:11</t>
   </si>
   <si>
     <t>Anatoly Anatolevich Starosvetskii</t>
   </si>
   <si>
     <t>14 maggio 1990</t>
   </si>
   <si>
     <t>Ex marito della prigioniera politica Vitalia Bondarenko. È stato arrestato dopo un breve incontro con Vitalia, proprio all'uscita dalla colonia, ed è stato prima collocato in un centro di detenzione temporanea a Gomel, dopo di che è stato trasferito al centro di detenzione preventiva-3.
 Il 4 giugno 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 29.03.2024: 4 anni di reclusione in una colonia del regime potenziato. Appello 04.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-10-19 20:09:08</t>
   </si>
   <si>
     <t>Pavel Anatolyevich Lashchenko</t>
   </si>
   <si>
     <t>14 maggio 1972</t>
   </si>
   <si>
     <t>Imprenditore , direttore della società di revisione Ernst&amp;Young.
 Pavel è stato arrestato e posto in un centro di custodia cautelare con l'accusa di aver pubblicato uno degli articoli politici. È noto che per gli eventi del 2020 è stato aperto un procedimento penale. Nel 2020, al culmine dei pestaggi dei cittadini da parte della polizia, è stata inviata una lettera firmata da Lashchenko ai responsabili delle forze dell'ordine e delle agenzie governative , in cui esprimeva dubbi sulle cifre fornite da Yermoshina e invitava tutti a tornare in sé e allo stato di diritto.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-02-28 01:38:03</t>
   </si>
   <si>
-    <t>Tatiana Gennadievna Kolos</t>
-[...11 lines deleted...]
-    <t>2022-06-28 15:06:11</t>
+    <t>Dmitry Pavlovich Kapuza</t>
+  </si>
+  <si>
+    <t>14 maggio 1989</t>
+  </si>
+  <si>
+    <t>Dmitry e Olga Kapuzy, 36 anni, sono stati arrestati il 16 gennaio 2024. La coppia proviene dal distretto di Drogichin e viveva vicino al confine tra Bielorussia e Ucraina. Dopo il loro arresto, la televisione di Stato ha trasmesso un video di propaganda, "Purge. Combattere sabotatori e agenti dei servizi speciali ucraini in Bielorussia", accusandoli di contrabbando di beni dall'Ucraina. In totale, all'epoca furono arrestate 12 persone. Secondo la propaganda, la coppia avrebbe lavorato per i servizi speciali ucraini. Si affermava che i residenti del distretto di Drogichin avessero collaborato con i servizi di sicurezza ucraini sequestrando esplosivi e creando nascondigli in Bielorussia.
+Un video di propaganda mostrava Dmitry colpito alla coscia durante l'arresto. Più tardi, lo si vedeva camminare con le stampelle. Il fratello di Dmitry fu picchiato alla testa dagli agenti del KGB subito dopo l'arresto.
+Uno dei prigionieri politici rilasciati, che condivideva la custodia con Kapuza nel Centro di detenzione preventiva n. 7, ha affermato che inizialmente le accuse erano state formulate ai sensi dell'articolo 289 del Codice penale della Repubblica di Bielorussia: terrorismo . Tuttavia, questo articolo richiede un'esplosione , un incendio doloso o altre azioni che creino un pericolo di morte . In seguito, il KGB ha riclassificato il caso ai sensi dell'articolo 356 del Codice penale: " Tradimento ". Come Kapuza stesso ha spiegato a un compagno di cella, possedeva una casa nel villaggio di Svaryn , nel distretto di Drogichin, non lontano dal confine ucraino. Lì contrabbandava ambra , sigarette e vodka . Poteva trasportare la merce direttamente , oppure nasconderla e trasportarla in più parti per sicurezza. A quanto pare , uno dei depositi è stato scoperto dal KGB e vi sono stati piazzati degli esplosivi. Kapuza ne è venuto a conoscenza dopo il suo arresto. Durante l'arresto, alcuni uomini saltarono fuori dal minibus , corsero verso la sua auto, aprirono la portiera e, senza dire una parola, gli spararono due volte alla gamba . Dmitry ricevette cure mediche minime . Fu fortunato che non si verificò la cancrena e che la sua gamba sopravvisse. Dmitry, che all'epoca non aveva ammesso la colpa , fu picchiato selvaggiamente per estorcergli una confessione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 24 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2025-07-16 19:00:11</t>
+  </si>
+  <si>
+    <t>Sergey Danilovich Mityushkin</t>
+  </si>
+  <si>
+    <t>14 maggio 1969</t>
+  </si>
+  <si>
+    <t>Sergei, artigiano di Baranovichi, è stato arrestato nel febbraio 2025. Inizialmente è stato condannato a 24 ore di carcere ai sensi dell'articolo 19.11 del Codice dei reati amministrativi, poi è stato incriminato ai sensi dell'articolo 188 del Codice penale della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
+  </si>
+  <si>
+    <t>2025-10-16 18:32:46</t>
   </si>
   <si>
     <t>Anton Vladimirovich Kozelsky</t>
   </si>
   <si>
     <t>14 maggio 1986</t>
   </si>
   <si>
     <t>A giudicare dai social network, l'uomo ha 38 anni. È noto che ha vissuto per qualche tempo in Russia, ma più recentemente a Minsk. L'uomo ha moglie e figlio.
 Kozelsky ha lavorato a lungo come operatore presso l'ONT. Ad esempio, nel novembre 2022, ha insegnato al Dipartimento di Sicurezza del Ministero degli Affari Interni a lavorare con i media statali. L’ultimo rapporto di Kozelsky è stato pubblicato nell’ottobre 2023.
 Non si sa esattamente quando l'operatore sia stato arrestato, ma è successo più di sei mesi fa.
 Il problema potrebbe essere nei commenti di Telegram che ha lasciato. Anton commentava molto in vari gruppi politici, ma cancellava lui stesso i commenti. Li puoi trovare solo indirettamente, attraverso le risposte di altri utenti e le tracce degli uomini nei gruppi.
 Il 13 agosto 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 13.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
   </si>
   <si>
+    <t>Alexey Andreevich Tkachuk</t>
+  </si>
+  <si>
+    <t>14 maggio 1987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aleksey è stato condannato con false accuse di possesso di munizioni da addestramento. Nell'agosto 2020, l'uomo ha scritto una lettera di dimissioni dall'esercito ed è stato licenziato a novembre.
+È stato arrestato per caso di esportazione di documenti del Ministero della Difesa della Repubblica di Bielorussia. Durante le indagini, sono stati portati in un procedimento penale separato ai sensi della parte 2 dell'art. 295 cp, perché durante una perquisizione nell'appartamento sarebbe stato rinvenuto dell'esplosivo.
+Il tribunale della città di Minsk nell'agosto 2022 ha emesso un verdetto. Anche Alexei è stato privato del grado militare e multato: 500 unità base. Il processo si è svolto a porte chiuse.
+</t>
+  </si>
+  <si>
+    <t>2022-12-04 01:33:09</t>
+  </si>
+  <si>
+    <t>Dmitry Mikhailovich Sonchik</t>
+  </si>
+  <si>
+    <t>15 maggio 1984</t>
+  </si>
+  <si>
+    <t>È noto che Sonchik ha lavorato a lungo come autista e, più recentemente, come camionista. Dmitry è interessato agli sport motoristici e ai radioamatori.
+Il video con Sonchik è stato pubblicato il 7 maggio 2024 sul canale GUBOPiK è stato arrestato al ritorno dall'estero; Lo hanno bombardato di commenti in un telegramma, hanno detto che ne ha lasciati più di mille.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.01.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-12-19 16:37:31</t>
+  </si>
+  <si>
+    <t>Yuri Anatolyevich Garkach</t>
+  </si>
+  <si>
+    <t>15 maggio 1977</t>
+  </si>
+  <si>
+    <t>Tenente colonnello del KGB, vice comandante dell'unità "A" del KGB della Repubblica di Bielorussia. Nell'agosto 2020 ha presieduto l'Associazione dei veterani del Gruppo A, a nome della quale ha firmato un appello di condanna della violenza e della repressione. Nell'autunno del 2020 è stato arrestato dagli agenti del KGB e posto in custodia cautelare. Il procedimento penale è classificato come "segreto".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 7 anni di reclusione in una colonia del regime potenziato. Appello 27.12.2022: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
+  </si>
+  <si>
     <t>Victor Aleksandrovich Savashevich</t>
   </si>
   <si>
     <t>15 maggio 1982</t>
   </si>
   <si>
     <t>L'uomo è stato incaricato della creazione e amministrazione del canale nel telegramma "‎23.34"‎, che conteneva informazioni sui giudici bielorussi.
 Viktor è stato anche accusato di "complicità nelle azioni deliberate di amministratori e membri di una serie di altri canali Telegram distruttivi volti a incitare l'odio sociale e la discordia sulla base di una diversa appartenenza sociale e comportare gravi conseguenze", secondo il canale Telegram di l'Ufficio del Procuratore Generale.</t>
   </si>
   <si>
-    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
-[...1 lines deleted...]
-  <si>
     <t>11 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
   </si>
   <si>
-    <t>Dmitry Mikhailovich Sonchik</t>
-[...14 lines deleted...]
-  <si>
     <t>Timur Aleksandrovich Lazko</t>
   </si>
   <si>
     <t>15 maggio 1983</t>
   </si>
   <si>
     <t>Il 2 febbraio 2024, un canale Telegram vicino al GUBOPiK di Brest ha pubblicato un video pentito con Timur Lozko.Nel video, le forze di sicurezza hanno mostrato come uomini con scudi e armi, in alta uniforme, hanno fatto irruzione in casa. Segue un filmato in cui Timur Aleksandrovich, con le mani dietro la schiena, afferma di essere stato trovato con abbonamenti a Nekhta e che ha anche donato a questo canale Telegram. L'uomo racconta anche di lavorare al Lode come anestesista e rianimatore.Su Internet si legge che Lozko era stato arrestato nell’ottobre 2020 (e in solidarietà con lui altri medici a Brest sono usciti per protestare con la scritta “Io/noi siamo Timur”). E durante il referendum del febbraio 2022, è stato nuovamente detenuto e, ai sensi dell'articolo 24.23 del Codice degli illeciti amministrativi, "picchettaggio illegale", ha prima prestato servizio in una struttura di detenzione temporanea, e poi ha ricevuto una multa di 50 b.v.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.08.2024: 8 anni di reclusione in una colonia del regime potenziato, 50 unità di base di multa. Appello 01.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-03 12:54:26</t>
-  </si>
-[...16 lines deleted...]
-    <t>2022-10-03 15:45:01</t>
   </si>
   <si>
     <t>Vladimir Alekseevich Dudarev</t>
   </si>
   <si>
     <t>16 maggio 1977</t>
   </si>
   <si>
     <t>Nel 2020, Vladimir ha coordinato il gruppo regionale di Viktor Babariko. Dopo la laurea presso l'Università tecnica statale di Mogilev nel 2001, ha lavorato nel comitato esecutivo della città di Mogilev e nel 2018 ne è diventato il vice, responsabile dell'edilizia, degli alloggi e dei servizi comunali. Nell'ottobre 2019 ha lasciato il suo incarico.
 L'11 giugno 2020, i dipendenti del Dipartimento per le indagini finanziarie hanno perquisito l'ufficio della Belgazprombank e le persone associate a Babariko, dopo di che Vladimir è stato arrestato. Nel settembre 2021 il tribunale lo ha ritenuto colpevole di abuso di potere e frode, ma non ha ammesso la sua colpevolezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.09.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Polivko</t>
   </si>
   <si>
     <t>16 maggio 1987</t>
   </si>
   <si>
     <t>Arrestato per commenti sui social network. Alexander è accusato di “appelli estremisti che incitano all’odio sociale” e di “insulto a funzionari governativi”. Il canale filogovernativo Telegram ha mostrato screenshot di messaggi che implicano Polivko. Ad esempio: "Collaboratori e schiavi, è disgustoso guardare! Così che si arrabbiano tutti e impalano questo fascista baffuto".
 Pertanto, secondo l'accusa, il 14 giugno 2021, sotto la pubblicazione del canale telegrafico "La Bielorussia del cervello", Alexander ha scritto un messaggio in cui affermava che una volta lavorava a casa di Lukashenko e uno dei suoi colleghi parlava del suo conversazione con la guardia di sicurezza di Lukashenko. E secondo la guardia, Lukashenko personalmente, a causa di errori da parte della guardia, avrebbe potuto metterli in fila e "dare un pugno al compensato" (colpire con tutte le sue forze al petto o allo stomaco in modo che la persona si pieghi dall'alto). un colpo del genere). A quanto pare, questo commento è stato scritto sotto un post dal titolo "BYPOL: Roman Protasevich è stato picchiato personalmente dal dittatore" (tutti i commenti sotto il post sono stati cancellati al momento). Al processo, a Polivko è stato chiesto di nominare che tipo di collega avesse raccontato una storia del genere, ma l'uomo non riusciva a ricordare né il suo nome né altri dettagli personali, perché. ha lavorato presso la residenza per un periodo molto lungo, intorno al 2008-2009. Ma trovare un ex collega basandosi sui documenti sarebbe irrealistico, perché... lavoravano senza impiego ufficiale. È stato condannato anche per altri 4 commenti ai sensi di vari articoli del codice penale della Repubblica di Bielorussia.
 L'uomo ha lasciato due figli minorenni (hanno 14 e 4 anni).</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.03.2024: 7 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
   </si>
   <si>
+    <t>Ivan Piatrovich Suprunchyk</t>
+  </si>
+  <si>
+    <t>17 maggio 1988</t>
+  </si>
+  <si>
+    <t>Secondo l'accusa , Ivan ha fornito agli amministratori del "distruttivo" canale Telegram informazioni sulla vita personale di un parente stretto di un agente di polizia. La "raccolta e diffusione" di queste informazioni senza autorizzazione avrebbe portato a "danni ai diritti, alle libertà e agli interessi legittimi della vittima".</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia penale .</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
+  </si>
+  <si>
     <t>Basil Vasilevich Prokhorov</t>
   </si>
   <si>
     <t>18 maggio 1969</t>
   </si>
   <si>
     <t>È stato arrestato insieme a tutta la sua famiglia (moglie, figlia, figlio) con l'accusa di "tradimento". Pare che la figlia sia stata successivamente rilasciata. Vasily Prokhorov ha 54 anni. Viene dalla città di Chernobyl, che ospitava la famigerata centrale nucleare. È noto che è rimasto ferito nell'incidente di Chernobyl. Prokhorov prestò servizio nelle truppe aviotrasportate. Poi ha lavorato nei cantieri edili e ha lavorato come trasportatore di merci al chiaro di luna, oltre a scrivere un piccolo blog.
 I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.
 La famiglia Prokhorov ha vissuto a lungo nel villaggio di Grabovka, nella regione di Gomel. Al momento del loro arresto, vivevano nel villaggio di Uza, nella regione di Gomel, dove si erano trasferiti due anni fa.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 20.05.2024: 11 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
+    <t>Sentenza del tribunale 20.05.2024: 11 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
+  </si>
+  <si>
+    <t>Nikolay Petrovich Demchenko</t>
+  </si>
+  <si>
+    <t>19 maggio 1988</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.09.2024: sconosciuto. Appello 10.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:18:11</t>
   </si>
   <si>
     <t>Yuriy Vladimirovich Selvich</t>
   </si>
   <si>
     <t>19 maggio 1977</t>
   </si>
   <si>
     <t>Il 17 marzo 2022, il KGB ha annunciato l'arresto di un gruppo di bielorussi che stavano preparando un attacco terroristico contro le truppe russe nella regione di Mozyr.
 Secondo le indagini,Sergey Pleshkun e Yury Selvich pianificarono di distruggere l'equipaggiamento militare della Federazione Russa mentre si muoveva attraverso il territorio della regione di Mozyr. Per fare questo, hanno preparato delle molotov.
 Dal video BT, ne consegue che i Mozyr sono stati attentamente monitorati: hanno mostrato filmati da una telecamera nascosta nel garage, dove gli uomini discutono dei loro piani. Sul nastro parlano della prospettiva di danni alla ferrovia.
 Il processo si è svolto a porte chiuse.</t>
   </si>
   <si>
     <t>14 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
-    <t>Nikolay Petrovich Demchenko</t>
-[...10 lines deleted...]
-  <si>
     <t>Igor Vladimirovich Brodko</t>
   </si>
   <si>
     <t>20 maggio 1983</t>
   </si>
   <si>
     <t>Igor è originario di Smilovichi (distretto di Červenskij), ma ha vissuto a lungo a Vitebsk. Lui e la sua ex moglie hanno un figlio minorenne. Igor ha lavorato come soccorritore per molti anni. In seguito, ha lavorato come autista, fornendo servizi di trasporto e taxi. Brodko è scomparso dai social media e dalle app di messaggistica dopo febbraio 2025. È probabile che sia stato arrestato in quel periodo.</t>
   </si>
   <si>
     <t>2025-10-18 16:48:50</t>
   </si>
   <si>
-    <t>Pavel Nikolaevich Spirin</t>
-[...45 lines deleted...]
-    <t>Alexey Gennadievich Melnikov</t>
+    <t>Sergey Mikhailovich Shkodin</t>
+  </si>
+  <si>
+    <t>Condannato nel "caso Gayun" per 7 capi d'imputazione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 13.01.2026: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-10-27 12:31:47</t>
+  </si>
+  <si>
+    <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>20 maggio 1991</t>
-  </si>
-[...10 lines deleted...]
-    <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>L'8 ottobre, Gleb Panasyuk lasciò la Polonia, dove aveva vissuto e lavorato negli ultimi anni, per recarsi nella sua città natale, Svetlogorsk, per far visita ai genitori. Il 9 ottobre, chiamò i suoi amici in Polonia da Brest per dire che aveva attraversato il confine e che stava per prendere un treno per Svetlogorsk. Ma dopo questo, i contatti con il giovane si persero .
 A quanto pare , Gleb ha scontato la pena in un centro di detenzione temporanea a Gomel, in base a un'accusa amministrativa, dopodiché è stato trasferito al centro di detenzione preventiva n. 1 e accusato di un reato penale. Gli attivisti per i diritti umani hanno informazioni secondo cui la sua detenzione sarebbe motivata da motivi politici.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Astapchik</t>
-[...11 lines deleted...]
-    <t>2022-08-01 23:54:15</t>
+    <t>Alexey Gennadievich Melnikov</t>
+  </si>
+  <si>
+    <t>Alexey è stato arrestato il 4 dicembre 2020 nell'ambito di un procedimento penale relativo a disordini di massa e condannato per aver partecipato a una protesta avvenuta nell'agosto 2020 vicino al centro commerciale Riga a Minsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.03.2021: 5 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 04.10.2021: circa 1340 rubli di risarcimento. Sentenza del tribunale 19.10.2021: circa 1600 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:30:24</t>
+  </si>
+  <si>
+    <t>Anton Alexandrovich Ilyin</t>
+  </si>
+  <si>
+    <t>20 maggio 1987</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.12.2024: 6 anni di reclusione in una colonia in condizioni di regime speciale. Appello 19.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-02 18:16:42</t>
+  </si>
+  <si>
+    <t>Sergey Ivanovich Belsky</t>
+  </si>
+  <si>
+    <t>20 maggio 1982</t>
+  </si>
+  <si>
+    <t>Non ha comprato il biglietto del filobus mentre era ubriaco e ha insultato il presidente con parole oscene. Il controllore ha chiamato la polizia e Sergei è stato arrestato.</t>
+  </si>
+  <si>
+    <t>2,6 anni di reclusione in una colonia di massima sicurezza.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:46:46</t>
   </si>
   <si>
     <t>Nikolay Albinovich Vitkovsky</t>
   </si>
   <si>
     <t>22 maggio 1967</t>
   </si>
   <si>
     <t>Nikolai veniva costantemente detenuto per reati amministrativi.
 Nel settembre 2025 fu arrestato con l'accusa di tradimento.</t>
   </si>
   <si>
     <t>2022-04-05 00:41:34</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Korotkiy</t>
   </si>
   <si>
     <t>22 maggio 1984</t>
   </si>
   <si>
     <t>L'uomo è stato accusato di aver strappato una bandiera rossa e verde da un negozio della città mentre era ubriaco. Ha ammesso pienamente la sua colpa.
 L'abitante della cittadina era già stato processato nove volte. Oltre alla reclusione, a Vladimir è stato prescritto un trattamento obbligatorio per l'alcolismo.</t>
   </si>
   <si>
     <t>2 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
+    <t>Anton Iosifovich Ravan</t>
+  </si>
+  <si>
+    <t>22 maggio 1985</t>
+  </si>
+  <si>
+    <t>Anton è stato condannato per i suoi commenti, così come per il "caso Gayun".
+Anton ha due figli minorenni ed è l'unico capofamiglia perché sua moglie è in maternità.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.10.2025: 4 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-11-12 14:49:09</t>
+  </si>
+  <si>
+    <t>Ihar Kisliak</t>
+  </si>
+  <si>
+    <t>23 maggio 1970</t>
+  </si>
+  <si>
+    <t>Tenente colonnello della polizia, ex vice capo del dipartimento della direzione principale per la lotta alla criminalità organizzata del Ministero degli affari interni della Repubblica di Bielorussia, che ha servito per lungo tempo come capo della polizia criminale del Dipartimento degli affari interni della città di Zhodino Affari. Ha lasciato l'attività nel 2012 ed è diventato imprenditore nel 2014.
+Igor dice che sono serviti all'idea di proteggere le persone e combattere la criminalità. È indignato dal fatto che le forze di sicurezza picchiano le persone, sottolineando che "ci sono un piccolo numero di provocatori, ma puoi isolarli da solo, e non agire come forze punitive e opporti alla nostra gente calma e laboriosa". Invita le forze di sicurezza a ricordare che hanno prestato giuramento al popolo. "Speriamo nella vostra comprensione e nel vostro onore come ufficiale", riassume l'uomo.
+Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia.
+Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:21:32</t>
+  </si>
+  <si>
     <t>Andrey Vitalievich Verevkin</t>
   </si>
   <si>
     <t>23 maggio 1991</t>
   </si>
   <si>
     <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Victoria Valentinovna Domostoy</t>
   </si>
   <si>
     <t>24 maggio 1979</t>
   </si>
   <si>
     <t>La prima volta che è stata detenuta dal KGB alla fine di gennaio 2024 (durante le detenzioni di massa di parenti e amici di prigionieri politici) per aver scritto lettere e trasferito denaro sui conti dei prigionieri politici nel centro di custodia cautelare del carcere n. 1. Quindi è stato aperto un procedimento penale contro di lei ai sensi dell'art. 361-2 (finanziamento di attività estremiste), ma la donna non è stata presa in custodia.
 Durante la perquisizione le sono stati sequestrati attrezzature e denaro. Dopo aver esaminato la tecnica, sarebbero stati scoperti commenti indesiderati sui social network e su di essi è stato poi effettuato un esame. Dopo aver ricevuto i risultati dell'esame, il 20 aprile 2024, Victoria è stata nuovamente detenuta e collocata in una struttura di detenzione temporanea, e successivamente in un centro di detenzione preventiva.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.01.2025: 5 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: 4 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
   </si>
   <si>
+    <t>Olga Olegovna Oleshkevich</t>
+  </si>
+  <si>
+    <t>25 maggio 1984</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:24:35</t>
+  </si>
+  <si>
     <t>Sergei Nikolaevich Leonyuk</t>
   </si>
   <si>
     <t>25 maggio 1971</t>
   </si>
   <si>
     <t>Arrestato per commenti sui social network.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.09.2023: 5 anni di reclusione in una colonia del regime generale. Appello 17.11.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-02-08 02:03:58</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Alexander Viktorovich Korzyuk</t>
   </si>
   <si>
     <t>25 maggio 1968</t>
   </si>
   <si>
     <t>Fino a poco tempo fa, Alexander Korzyuk era a capo del Dipartimento Finanze per l'Edilizia Abitativa e i Servizi Pubblici, i Trasporti e le Comunicazioni del Ministero delle Finanze. Non ha mai rilasciato interviste pubbliche. Si sa solo che è un bravo giocatore di scacchi.
 Il processo si è svolto a porte chiuse.
 Secondo ex prigionieri politici che hanno scontato la pena con Alexander nella stessa colonia penale, quest'ultimo è stato registrato come incline all'estremismo e privato di pacchi e visite da parte della sua famiglia. Si è dichiarato non colpevole.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.07.2024: 13 anni di reclusione in una colonia del regime potenziato. Appello 20.12.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
     <t>Emin Givami Ogly Adygezalov</t>
   </si>
   <si>
     <t>26 maggio 1978</t>
   </si>
   <si>
     <t>Emin Givami Ogly è stato arrestato e condannato per aver appiccato il fuoco a una roccaforte a Bobruisk.</t>
   </si>
   <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 12.03.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 1740 rubli di risarcimento.</t>
   </si>
   <si>
     <t>2021-03-12 20:57:51</t>
   </si>
   <si>
     <t>Vadim Vladimirovich Lutsevich</t>
   </si>
   <si>
     <t>26 maggio 1992</t>
   </si>
   <si>
     <t>Specialista IT altamente qualificato.
 Padre di due figli, di 8 e 6 anni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 03.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
+  </si>
+  <si>
+    <t>Pavel Mikhailovich Sava</t>
+  </si>
+  <si>
+    <t>27 maggio 1974</t>
+  </si>
+  <si>
+    <t>Pavel è stato arrestato il 1° dicembre 2020, insieme a Nikolai Autukhovich , che le autorità hanno immediatamente dichiarato "organizzatore e leader di un gruppo terroristico". È stato condannato per "partecipazione a un'organizzazione criminale" e "atto di terrorismo".
+Nel febbraio 2024 si è tenuto un processo riguardante le modifiche al regime carcerario, ma l'esito è ancora sconosciuto. Quella primavera, Pavel e altri due imputati nel "caso" sono stati condannati a pagare oltre 40.000 rubli a titolo di risarcimento per i danni arrecati alla proprietà degli agenti di polizia.
+Pavel soffre spesso di pressione alta e non si sente bene, i suoi piedi si gonfiano così tanto che non riesce a mettersi le scarpe.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2022: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 12.02.2024: 2 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
+  </si>
+  <si>
+    <t>Mikita Starazhenka</t>
+  </si>
+  <si>
+    <t>27 maggio 1993</t>
+  </si>
+  <si>
+    <t>Ex investigatore. Si è dimesso dopo le elezioni del 2020 per protesta contro l'attuale governo. Dopo il suo licenziamento, Nikita ha lavorato come avvocato.
+È stato arrestato per la prima volta il 23 aprile 2021 per "picchettaggio non autorizzato" e ha scontato 15 giorni di carcere, ai sensi dell'articolo 24.23, parte 1, del codice degli illeciti amministrativi. È stato rilasciato l'8 maggio 2021.
+Il 4 maggio 2021, Storozhenko, come altri rappresentanti delle forze dell'ordine che si sono dimessi per protesta, è stato privato del grado di tenente di giustizia senior di Lukashenka nella riserva.
+Mikita è stata nuovamente arrestata il 1° febbraio 2022 in un centro commerciale nella città di Minsk. In un video pubblicato sul canale Telegram del ministero dell'Interno, afferma di aver fornito i contatti di due dipendenti del GUBOPiK e del vice capo del Comitato investigativo per Minsk a uno dei "canali Telegram di protesta".
+Il processo si è svolto il 15 novembre 2022 presso il tribunale della città di Minsk. Nikita è stata processata per "incitamento ad altra inimicizia sociale e discordia" ai sensi della parte 3 dell'art. 130 cp, nonché per “raccolta e diffusione abusiva di notizie di vita privata” (art. 179 comma 1 cp).
+Il 2 dicembre 2022 è stato condannato a sette anni di colonia penale a regime rafforzato. Nikita è anche obbligato a pagare una multa di 5.000 BYN come compenso morale ai dipendenti i cui dati, secondo l'accusa, ha trasmesso ai "canali di telegram di protesta".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.12.2022: 7 anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 11.01.2025: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2022-02-11 19:13:39</t>
+  </si>
+  <si>
+    <t>Ilya Olegovych Naryshkin</t>
+  </si>
+  <si>
+    <t>27 maggio 2003</t>
+  </si>
+  <si>
+    <t>Ilya Naryshkin ha 21 anni. È originario di Slonim, ma ha trascorso parte della sua infanzia a Grodno. Il padre di Ilya è ucraino, nato a Krivoy Rog. Si è diplomato in una scuola di aviazione in epoca sovietica, ma ha lavorato come ingegnere meccanico in diversi paesi. Non vivono insieme alla madre del ragazzo da molto tempo.
+Ilya è entrata all'Accademia del Ministero degli affari interni. Ora avrebbe dovuto completare il terzo anno presso la Facoltà di penitenza. È noto che durante i suoi studi ha vissuto una vita attiva - si è esibito in vari concorsi e ha anche partecipato a un gioco intellettuale del canale televisivo Bielorussia-2, chiamato "Torre". Le ultime informazioni pubbliche su di lui risalgono a marzo 2023.
+Forse Ilya Naryshkin, 21 anni, voleva unirsi ai volontari bielorussi in Ucraina. Le accuse mosse di recente contro di lui sono state spesso utilizzate per giudicare persone che hanno espresso l'intenzione di andare a combattere dalla parte dell'Ucraina, sia online che offline. Alcune di queste persone corrispondevano con falsi robot del reggimento Kalinovsky, creati dai servizi speciali della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.08.2024: 15 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-07-10 15:36:04</t>
   </si>
   <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
     <t>27 maggio 1961</t>
   </si>
   <si>
     <t>È stato arrestato dalla polizia il 19 ottobre 2023. Dopo il suo arresto, ha scontato due arresti amministrativi di 15 giorni ciascuno. Gli attivisti per i diritti umani sanno che il secondo di loro è stato nominato il 3 novembre dal tribunale del distretto centrale di Minsk. Poi il giudice Yuliana Shcherba ha dichiarato Marchenko, 63 anni, colpevole di “distribuzione di materiale estremista” (ai sensi della parte 2 dell'articolo 19.11 del Codice amministrativo).
 Il processo di Alexander è iniziato il 25 marzo 2024 presso il tribunale della città di Minsk.
 Il 4 giugno 2024 è stato preso in considerazione l'appello di Alexander. Il reclamo è rimasto insoddisfatto.</t>
   </si>
   <si>
     <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
-  </si>
-[...43 lines deleted...]
-    <t>2024-07-10 15:36:04</t>
   </si>
   <si>
     <t>Vladimir Tadeushevich Gundar</t>
   </si>
   <si>
     <t>28 maggio 1960</t>
   </si>
   <si>
     <t>Vladimir è stato arrestato il 30 dicembre 2020 nell’ambito del procedimento penale “Autukhovich” con l’accusa di “preparazione di un attacco terroristico”, ma questa accusa è stata successivamente ritirata. Nel maggio 2021 è stato condannato per “violenza contro un funzionario”. Secondo l'indagine, durante il suo arresto avrebbe minacciato gli investigatori e avrebbe rotto il suo cellulare.
 L’esame del “caso Autukhovich” è iniziato nel maggio 2022. Durante il processo, Vladimir è stato rimosso più volte dalle udienze e inviato in una cella di punizione. In uno degli incontri di giugno, è stato messo in una gabbia con solo la biancheria intima e le mani ammanettate alle sbarre. In risposta, Vladimir ha iniziato uno sciopero della fame, che ha mantenuto per 11 giorni. In questo caso, è stato condannato per “creazione di un’organizzazione criminale” e “tentato sequestro di potere”.
 Nel dicembre 2022, Vladimir è stato accusato di aver insultato il pubblico ministero Lyudmila Gerasimenko, che rappresentava l’accusa nel “caso Autukhovich”, ed è stata aggiunta un’ulteriore condanna. Di conseguenza, è stato condannato a 20 anni in una colonia di massima sicurezza.
 Nell'ottobre 2023 è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.05.2021: 3 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 17.10.2022: 18 anni di reclusione in una colonia del regime potenziato, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale 17.04.2023: 2 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 06.06.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 10.10.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Natalia Kravchuk</t>
+    <t>Natalia Eduardovna Krauchak</t>
   </si>
   <si>
     <t>29 maggio 1969</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 03.11.2025: 2 anni 8 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 8 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Lopukh</t>
   </si>
   <si>
     <t>30 maggio 1982</t>
   </si>
   <si>
     <t>Alexander è stato arrestato nell'ambito di un procedimento penale avviato dopo una protesta avvenuta a Pinsk nella notte tra il 9 e il 10 agosto 2020 contro le falsificazioni nelle elezioni presidenziali. È stato condannato per aver partecipato a "rivolte di massa".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.07.2021: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 03.09.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
   </si>
   <si>
+    <t>Andrei Bykau</t>
+  </si>
+  <si>
+    <t>30 maggio 1971</t>
+  </si>
+  <si>
+    <t>Condannato per commenti su Internet.</t>
+  </si>
+  <si>
+    <t>5 anni in una colonia sotto regime rafforzato, oltre alla privazione del grado di tenente colonnello nella riserva.</t>
+  </si>
+  <si>
+    <t>2022-11-24 17:48:26</t>
+  </si>
+  <si>
+    <t>Olga Alexandrovna Barunova</t>
+  </si>
+  <si>
+    <t>30 maggio 1978</t>
+  </si>
+  <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2026-01-23 13:20:24</t>
+  </si>
+  <si>
+    <t>Dzmitry Vasilyevich Danilchyk</t>
+  </si>
+  <si>
+    <t>31 maggio 1991</t>
+  </si>
+  <si>
+    <t>È noto che Danilchik è stato detenuto a Slonim nell'agosto 2023 e inizialmente arrestato per 15 giorni, dopo di che è stato aperto un procedimento penale.
+Secondo i documenti dell'accusa, Danilchik “ha ripetutamente pubblicato nelle chat estremiste sul messenger di Telegram e nelle chat pubbliche del servizio di hosting di video YouTube informazioni di natura offensiva contro Lukashenko, umiliando il suo onore, la sua dignità personale e la sua autorità da febbraio 2022 a luglio 2023 , ha pubblicato su Internet messaggi e commenti indecenti nella forma e dispregiativi nell'intento nei confronti dei funzionari governativi in relazione all'esercizio delle loro funzioni ufficiali."</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.05.2024: 2 anni di reclusione in una colonia del regime generale. Appello 18.07.2024: sconosciuto. Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-09-11 12:56:46</t>
+  </si>
+  <si>
+    <t>Elena Vasilievna Zmushko</t>
+  </si>
+  <si>
+    <t>31 maggio 1986</t>
+  </si>
+  <si>
+    <t>Elena stava viaggiando con il figlio per andare a trovare i genitori quando è stata arrestata per aver aiutato prigionieri politici.
+Negli ultimi anni, lei e la sua famiglia hanno vissuto a Varsavia. Lì, nel febbraio 2021, Elena è diventata co-fondatrice e analista aziendale capo della startup GlobalTips, che aiuta le agenzie governative a passare al digitale. Il loro servizio consente agli utenti di lasciare mance senza contanti ai camerieri utilizzando un codice QR.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.11.2025: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-14 13:04:55</t>
+  </si>
+  <si>
+    <t>Tatiana Nikolaevna Rusak</t>
+  </si>
+  <si>
+    <t>31 maggio 1976</t>
+  </si>
+  <si>
+    <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, venticinquenne bielorusso, che ha combattuto in Ucraina.
+Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.</t>
+  </si>
+  <si>
+    <t>2024-07-20 13:28:29</t>
+  </si>
+  <si>
     <t>Oleg Borisovich Loiko</t>
-  </si>
-[...1 lines deleted...]
-    <t>31 maggio 1976</t>
   </si>
   <si>
     <t>Oleg Loiko, pastore evangelico del distretto di Khoyniki, è accusato di aver trasmesso informazioni sul movimento di equipaggiamento militare russo attraverso la Bielorussia.
 Oleg Loiko, 48 anni, è pastore di una chiesa cristiana evangelica nel villaggio di Nebytov, nel distretto di Khoyniki. Lo scorso dicembre è stato arrestato e condannato a 10 giorni di reclusione per "diffusione di estremismo".
 Il pastore ha dedicato molti anni alla riabilitazione di persone con tossicodipendenza attraverso la missione "Return". Grazie al suo lavoro, centinaia di persone sono tornate a una vita normale. In passato ha ricevuto numerose recensioni entusiastiche dai media statali.
 Un ministro della Chiesa è stato condannato a tre anni e mezzo di carcere di massima sicurezza per aver fornito informazioni sul trasferimento di equipaggiamento militare russo al progetto di monitoraggio bielorusso di Gayun. Il processo si è svolto a porte chiuse.
 Il pastore Oleg non ammette di aver commesso crimini e ritiene di avere la coscienza pulita davanti a Dio.
 La sua condanna è stata nuovamente emessa nell'ottobre 2025.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2025: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
-  </si>
-[...8 lines deleted...]
-    <t>2024-07-20 13:28:29</t>
   </si>
   <si>
     <t>Anastasia Vladimirovna Lazarenko</t>
   </si>
   <si>
     <t>31 maggio 1982</t>
   </si>
   <si>
     <t>Avvocato. È stata arrestata all'inizio di giugno 2022, due giorni dopo il suo 40esimo compleanno, per aver fatto trapelare dati ai canali di Telegram. Le forze di sicurezza sono venute a trattenere una donna con mitragliatrici e giubbotti antiproiettile: si sono arrampicate sulle finestre e hanno sfondato la porta.
 Nel marzo 2023 si è saputo che era stata accusata anche ai sensi dell'art. 203-1 del codice penale (Azioni illecite riguardanti informazioni sulla vita privata) e parte 1 dell'art. 342 cp. Secondo gli investigatori, avrebbe organizzato un "evento di massa non autorizzato" quando ha tenuto un consulto vicino ad Akrestsina nell'agosto 2020.
 In natura ha lasciato un padre anziano e un figlio di 19 anni che soffre del morbo di Crohn dall'età di 16 anni.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia in condizioni generali di regime</t>
   </si>
   <si>
     <t>2022-08-26 15:26:58</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
@@ -1552,51 +1713,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I73"/>
+  <dimension ref="A1:I83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1608,2024 +1769,2302 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
       <c r="I2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...10 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B19" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C19" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H19" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C20" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>86</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>74</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H22" t="s">
         <v>122</v>
       </c>
       <c r="I22" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>124</v>
       </c>
       <c r="B23" t="s">
         <v>125</v>
       </c>
       <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
+      <c r="E23" t="s">
+        <v>127</v>
+      </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
       <c r="C26" t="s">
         <v>142</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
       <c r="I26" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>145</v>
       </c>
       <c r="B27" t="s">
         <v>146</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
         <v>147</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>148</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28" t="s">
         <v>154</v>
       </c>
-      <c r="G28" t="s">
-[...2 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>156</v>
+      </c>
+      <c r="B29" t="s">
         <v>157</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>158</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
         <v>159</v>
       </c>
-      <c r="D29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>148</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H29" t="s">
         <v>160</v>
       </c>
       <c r="I29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>162</v>
       </c>
       <c r="B30" t="s">
         <v>163</v>
       </c>
       <c r="C30" t="s">
         <v>164</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>165</v>
+        <v>79</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
+        <v>165</v>
+      </c>
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="I31" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>172</v>
+      </c>
+      <c r="B32" t="s">
         <v>173</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>174</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32" t="s">
         <v>175</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>177</v>
+      </c>
+      <c r="B33" t="s">
         <v>178</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>179</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
         <v>180</v>
       </c>
-      <c r="D33" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I33" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>183</v>
       </c>
       <c r="B34" t="s">
         <v>184</v>
       </c>
       <c r="C34" t="s">
         <v>185</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>37</v>
+        <v>113</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H34" t="s">
-        <v>91</v>
+        <v>186</v>
       </c>
       <c r="I34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B35" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
+      <c r="E35" t="s">
+        <v>191</v>
+      </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H35" t="s">
-        <v>190</v>
+        <v>41</v>
       </c>
       <c r="I35" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D37" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
-      <c r="E39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H39" t="s">
         <v>211</v>
       </c>
       <c r="I39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>213</v>
       </c>
       <c r="B40" t="s">
         <v>214</v>
       </c>
       <c r="C40" t="s">
         <v>215</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
+      <c r="E40" t="s">
+        <v>216</v>
+      </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>22</v>
       </c>
       <c r="I40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>218</v>
       </c>
       <c r="B41" t="s">
         <v>219</v>
       </c>
       <c r="C41" t="s">
         <v>220</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
+      <c r="E41" t="s">
+        <v>79</v>
+      </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H41" t="s">
         <v>221</v>
       </c>
       <c r="I41" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>223</v>
       </c>
       <c r="B42" t="s">
         <v>224</v>
       </c>
       <c r="C42" t="s">
         <v>225</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>121</v>
+        <v>46</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" t="s">
+        <v>86</v>
+      </c>
+      <c r="I42" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>227</v>
+      </c>
+      <c r="B43" t="s">
+        <v>228</v>
+      </c>
+      <c r="C43" t="s">
         <v>229</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" t="s">
         <v>230</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>231</v>
-      </c>
-[...16 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>232</v>
+      </c>
+      <c r="B44" t="s">
+        <v>233</v>
+      </c>
+      <c r="C44" t="s">
         <v>234</v>
       </c>
-      <c r="B44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="I44" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>237</v>
+      </c>
+      <c r="B45" t="s">
+        <v>238</v>
+      </c>
+      <c r="C45" t="s">
         <v>239</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>91</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45" t="s">
         <v>240</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>242</v>
+      </c>
+      <c r="B46" t="s">
+        <v>243</v>
+      </c>
+      <c r="C46" t="s">
         <v>244</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46" t="s">
         <v>245</v>
       </c>
-      <c r="C46" t="s">
+      <c r="I46" t="s">
         <v>246</v>
-      </c>
-[...16 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
+        <v>248</v>
+      </c>
+      <c r="C47" t="s">
         <v>249</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>91</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47" t="s">
         <v>250</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>252</v>
+      </c>
+      <c r="B48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>46</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I48" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>257</v>
       </c>
       <c r="B49" t="s">
         <v>258</v>
       </c>
       <c r="C49" t="s">
         <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
+        <v>107</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49" t="s">
         <v>260</v>
       </c>
-      <c r="F49" t="s">
-[...5 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
         <v>263</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>264</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>85</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50" t="s">
         <v>265</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
         <v>268</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51" t="s">
         <v>269</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
         <v>272</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>273</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>46</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" t="s">
         <v>274</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>276</v>
+      </c>
+      <c r="B53" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>278</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>226</v>
+        <v>22</v>
+      </c>
+      <c r="H53" t="s">
+        <v>41</v>
       </c>
       <c r="I53" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>280</v>
       </c>
       <c r="B54" t="s">
+        <v>277</v>
+      </c>
+      <c r="C54" t="s">
         <v>281</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" t="s">
         <v>282</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>284</v>
+      </c>
+      <c r="B55" t="s">
         <v>285</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>286</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>288</v>
+      </c>
+      <c r="B56" t="s">
+        <v>285</v>
+      </c>
+      <c r="C56" t="s">
         <v>289</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>79</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56" t="s">
         <v>290</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>291</v>
-      </c>
-[...13 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" t="s">
+        <v>293</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>79</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" t="s">
         <v>294</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>295</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>296</v>
+      </c>
+      <c r="B58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>298</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58" t="s">
         <v>299</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>301</v>
+      </c>
+      <c r="B59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>303</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>85</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="I59" t="s">
         <v>304</v>
-      </c>
-[...16 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" t="s">
         <v>307</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60" t="s">
         <v>308</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
         <v>311</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>312</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61" t="s">
         <v>313</v>
       </c>
-      <c r="D61" t="s">
-[...11 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" t="s">
         <v>316</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>317</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" t="s">
         <v>318</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>320</v>
+      </c>
+      <c r="B63" t="s">
         <v>321</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>85</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63" t="s">
+        <v>74</v>
+      </c>
+      <c r="I63" t="s">
         <v>322</v>
-      </c>
-[...19 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" t="s">
+        <v>325</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>21</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64" t="s">
         <v>326</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>328</v>
+      </c>
+      <c r="B65" t="s">
+        <v>329</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" t="s">
+        <v>330</v>
+      </c>
+      <c r="I65" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>332</v>
+      </c>
+      <c r="B66" t="s">
+        <v>333</v>
+      </c>
+      <c r="C66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>46</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" t="s">
+        <v>335</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B67" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C67" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>121</v>
+        <v>79</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
+        <v>343</v>
+      </c>
+      <c r="C68" t="s">
+        <v>344</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
         <v>345</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="I68" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>113</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69" t="s">
         <v>351</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>353</v>
+      </c>
+      <c r="B70" t="s">
         <v>354</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>355</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>97</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70" t="s">
         <v>356</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>358</v>
+      </c>
+      <c r="B71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>360</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>85</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71" t="s">
         <v>361</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="C72" t="s">
         <v>365</v>
       </c>
       <c r="D72" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H72" t="s">
-        <v>32</v>
+        <v>366</v>
       </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>372</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>373</v>
+      </c>
+      <c r="B74" t="s">
+        <v>374</v>
+      </c>
+      <c r="C74" t="s">
+        <v>375</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>85</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74" t="s">
+        <v>376</v>
+      </c>
+      <c r="I74" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>378</v>
+      </c>
+      <c r="B75" t="s">
+        <v>379</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>21</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75" t="s">
+        <v>380</v>
+      </c>
+      <c r="I75" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
+        <v>384</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>46</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76" t="s">
+        <v>385</v>
+      </c>
+      <c r="I76" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
+        <v>388</v>
+      </c>
+      <c r="C77" t="s">
+        <v>389</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>46</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77" t="s">
+        <v>390</v>
+      </c>
+      <c r="I77" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>392</v>
+      </c>
+      <c r="B78" t="s">
+        <v>393</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>394</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78" t="s">
+        <v>395</v>
+      </c>
+      <c r="I78" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>397</v>
+      </c>
+      <c r="B79" t="s">
+        <v>398</v>
+      </c>
+      <c r="C79" t="s">
+        <v>399</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79" t="s">
+        <v>400</v>
+      </c>
+      <c r="I79" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>402</v>
+      </c>
+      <c r="B80" t="s">
+        <v>403</v>
+      </c>
+      <c r="C80" t="s">
+        <v>404</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>21</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80" t="s">
+        <v>405</v>
+      </c>
+      <c r="I80" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>407</v>
+      </c>
+      <c r="B81" t="s">
+        <v>408</v>
+      </c>
+      <c r="C81" t="s">
+        <v>409</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>21</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" t="s">
+        <v>36</v>
+      </c>
+      <c r="I81" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>408</v>
+      </c>
+      <c r="C82" t="s">
+        <v>412</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>113</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" t="s">
+        <v>413</v>
+      </c>
+      <c r="I82" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>415</v>
+      </c>
+      <c r="B83" t="s">
+        <v>416</v>
+      </c>
+      <c r="C83" t="s">
+        <v>417</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>21</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" t="s">
+        <v>418</v>
+      </c>
+      <c r="I83" t="s">
+        <v>419</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">