--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="419">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
@@ -70,667 +70,616 @@
   </si>
   <si>
     <t>Secondo i materiali dell'indagine, dal febbraio 2021 all'ottobre 2022, dal febbraio 2021 all'ottobre 2022, Nikolai Korol ha pubblicato messaggi in vari servizi di messaggistica istantanea in cui delineava "invenzioni diffamatorie contro Lukashenka, lo insultava pubblicamente, così come i leader di la Commissione elettorale centrale e il Consiglio della Repubblica dell'Assemblea nazionale, un certo numero di altri funzionari statali e un giudice."
 L'11 ottobre 2022, “al fine di facilitare le attività del distruttivo canale Telegram, i cui prodotti informativi erano stati precedentemente riconosciuti dal tribunale come materiali estremisti, ha prodotto e inviato un messaggio sul movimento di aerei militari nella regione di Brest.
 Nicholas ha una moglie e un figlio di un anno.</t>
   </si>
   <si>
     <t>Uomo</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>In custodia</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>4 anni di carcere</t>
   </si>
   <si>
     <t>2023-02-17 00:24:43</t>
   </si>
   <si>
-    <t>Dmitry Alexandrovich Khoyanovic</t>
-[...16 lines deleted...]
-  <si>
     <t>Yelena Viktorovna Malinovskaya</t>
   </si>
   <si>
     <t>2 aprile 1973</t>
   </si>
   <si>
     <t>Fu arrestata per aver disegnato stencil "Pahonia". Il 20 settembre, il Tribunale distrettuale centrale di Minsk ha condannato tre prigionieri politici: Anatoly Latushka, cugino del politico Pavel Latushko, Lilia Ananyan ed Elena Malinovskaya. Al processo, Latushko e Malinovskaya si sono dichiarati non colpevoli, mentre Ananyan ha ammesso pienamente la sua colpevolezza. Il giudice Dmitry Karsyuk ha condannato Anatoly a sei anni di carcere, Elena a quattro anni di carcere e Lilia a cinque anni di arresti domiciliari, prima di rilasciarla in aula.
 Elena ha un figlio minorenne rimasto a casa.
 Elena avrebbe dovuto essere rilasciata alla fine di agosto 2025, ma non lo è mai stata. Come raccontato dagli amici di Elena a Nasha Niva , è stata trasportata a Minsk, dove è stato aperto un nuovo procedimento penale contro di lei .</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Sentenza del tribunale 20.09.2022: 4 anni di reclusione in una colonia del regime generale. Appello 02.12.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-02-03 18:52:00</t>
   </si>
   <si>
-    <t>Gennady Vasilevich Gorbach</t>
+    <t>Alexey Vladimirovich Glotov</t>
   </si>
   <si>
     <t>3 aprile 1978</t>
-  </si>
-[...16 lines deleted...]
-    <t>Alexey Vladimirovich Glotov</t>
   </si>
   <si>
     <t>Alexey è stato arrestato il 30 giugno 2021 nell'ambito di un'indagine penale su un incidente avvenuto in una struttura di comunicazione della Marina russa vicino a Vileika.
 Secondo la versione dell'accusa presentata in tribunale, Alexei e Vadim Gulevich, "vestiti in mimetica e armati di armi da fuoco, sono entrati nella struttura militare e hanno piazzato ordigni esplosivi con un raggio d'azione fino a 11 metri". Uno di essi non è esploso ed è stato disinnescato. Un esame ha rivelato che gli ordigni sono stati innescati con un'azione ritardata.
 I danni furono stimati in oltre 26.000 rubli. Nel dicembre 2022, fu riconosciuto colpevole e condannato alla reclusione in una colonia penale di massima sicurezza e a una multa salata.
 Nell'agosto 2023 si tenne un'udienza in tribunale per discutere la questione della modifica della pena, in seguito alla quale Alexei fu trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 05.12.2022: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 04.08.2023: 3 anni di regime carcerario.</t>
+    <t>Sentenza del tribunale 05.12.2022: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 04.08.2023: 3 anni di regime carcerario. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2022-08-28 22:21:39</t>
   </si>
   <si>
-    <t>Vladimir Stanislavovich Kozlovsky</t>
+    <t>Uladzimir Stanislavavich Kazlouski</t>
   </si>
   <si>
     <t>3 aprile 1962</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-01-21 13:27:30</t>
+  </si>
+  <si>
+    <t>Alexander Pavlovich Sidorenko</t>
+  </si>
+  <si>
+    <t>4 aprile 1991</t>
+  </si>
+  <si>
+    <t>Alexander, il direttore del negozio di York, è stato arrestato nel novembre 2021 nell'ambito di un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva.
+Nel settembre 2023 si è saputo che Alexander era stato trasferito in un ospedale per detenuti nel villaggio di Kolyadichi, vicino a Minsk, per un'operazione programmata. Alla fine di ottobre dello stesso anno venne nuovamente trasferito nella colonia penale.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 28.09.2022: 8 anni di reclusione in una colonia del regime potenziato. Appello 28.02.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:16:45</t>
+  </si>
+  <si>
+    <t>Liudmila Shrubok</t>
+  </si>
+  <si>
+    <t>4 aprile 1977</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Oleg Georgievich Khomenko</t>
   </si>
   <si>
     <t>4 aprile 1967</t>
   </si>
   <si>
     <t>Oleg Khomenko è un musicista, leader del gruppo "Palace".
 L'arresto è stato reso noto il 30 giugno 2025. Come è noto, è stato aperto un procedimento penale nei suoi confronti per aver collaborato con un organo di stampa bielorusso indipendente, inserito nell'elenco delle cosiddette "formazioni estremiste" (l'articolo specifico del Codice penale è attualmente sconosciuto).
 Oleg Khomenko è un musicista, compositore e conduttore radiofonico. Nel 1992 ha fondato il gruppo folk-rock "Palace". La band ha pubblicato sei album in studio, Khomenko si è esibito anche da solista e ha registrato audiolibri. Nel 2008 ha partecipato alla selezione nazionale per l'Eurovision Song Contest con il brano "Kola Grukatala". Dopo il 2020, i "Palace" sono rimasti in patria e si sono esibiti occasionalmente.</t>
   </si>
   <si>
     <t>2025-07-09 20:45:12</t>
   </si>
   <si>
-    <t>Alexander Pavlovich Sidorenko</t>
-[...45 lines deleted...]
-    <t>2025-09-17 17:49:00</t>
+    <t>Anatoliy Frantsevich Leonik</t>
+  </si>
+  <si>
+    <t>5 aprile 1986</t>
+  </si>
+  <si>
+    <t>Anatoly è stato condannato per aver lasciato pubblicazioni nel suo profilo Odnoklassniki che contenevano informazioni umilianti su Lukashenka. Secondo la posizione dell'accusa, il loro obiettivo era danneggiare pubblicamente l'autorità del potere statale e diffondere deliberatamente informazioni false umiliando Lukashenka. Anatoly ha ammesso la sua colpa in pieno.</t>
+  </si>
+  <si>
+    <t>2,5 anni di reclusione in una colonia penale</t>
+  </si>
+  <si>
+    <t>2023-01-20 16:09:40</t>
   </si>
   <si>
     <t>Alexandra Viktorovna Kasko</t>
   </si>
   <si>
     <t>5 aprile 1993</t>
   </si>
   <si>
     <t>Alexandra è stata arrestata nel febbraio 2023 al suo ritorno in Bielorussia e il giorno successivo è stata condannata a 10 giorni ai sensi di un articolo amministrativo per "diffusione di materiale estremista". Tuttavia, dopo aver scontato l'arresto, non è mai stata rilasciata, poiché è stato aperto un procedimento penale nei suoi confronti per due interviste con una fonte informativa riconosciuta come "gruppo estremista".
 È stata accusata di aver assistito “gruppi estremisti”, di aver gestito canali Telegram, di aver incitato all’odio, di aver insultato le autorità, di aver diffuso dati personali e di aver diffamato Lukashenko, ed è stata condannata in base a otto articoli penali.
 Nel marzo 2024, il tribunale ha esaminato l'appello e ha ridotto la pena di un anno, senza il diritto di ulteriore appello.
 Nel maggio 2024 si è saputo che era stata nuovamente condannata per "aver insultato un funzionario governativo e un giudice".
 Nella primavera del 2025, è emersa la notizia che era stato aperto un altro procedimento penale contro Alexandra e che la donna era stata trasferita in un centro di custodia cautelare.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 6. 225413, Baranavičy, vulica Bresckaja 258B</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.12.2023: 10 anni di reclusione in una colonia del regime generale. Appello 21.03.2024: 9 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 31.05.2024: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto, 100 unità di base di multa.</t>
   </si>
   <si>
     <t>2023-03-02 20:04:59</t>
   </si>
   <si>
-    <t>Anatoliy Frantsevich Leonik</t>
-[...14 lines deleted...]
-    <t>Alexander Fadeevich Homchik</t>
+    <t>Dmitry Petrovich Kornejchuk</t>
+  </si>
+  <si>
+    <t>6 aprile 1982</t>
+  </si>
+  <si>
+    <t>La natura delle accuse è ancora oggetto di indagine, ma è molto probabile che Dmitry sia stato incarcerato in relazione al caso di alto profilo del canale di monitoraggio "Belarusian Gayun", che monitorava le azioni delle truppe russe in Bielorussia prima e durante la loro aggressione armata contro l'Ucraina. L'ultimo impiego noto di Dmitry Korneichik è stato presso la catena di vendita al dettaglio OJSC "Avtospace", che vende ricambi e materiali di consumo per auto e ha negozi in diverse città della Bielorussia. In precedenza, era un imprenditore individuale nel settore della fotografia professionale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-12-28 21:24:09</t>
+  </si>
+  <si>
+    <t>Aliaksandr Khomchyk</t>
   </si>
   <si>
     <t>6 aprile 1965</t>
   </si>
   <si>
-    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
-[...2 lines deleted...]
-    <t>Sentenza del tribunale 19.09.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.09.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-29 23:35:20</t>
   </si>
   <si>
     <t>Vladimir Aleksandrovich Avramtsev</t>
   </si>
   <si>
     <t>7 aprile 1994</t>
   </si>
   <si>
     <t>Vladimir, diplomato alla Bobruisk Olympic Reserve School e alla BSATU, era impegnato nel wrestling e ha lavorato come allenatore presso il centro fitness Eva.
 È stato arrestato il 30 marzo 2022 con l'accusa di sabotaggio sulla ferrovia. Nonostante non abbia opposto resistenza, le forze speciali hanno utilizzato la forza e le armi. Successivamente è stato condannato in base a cinque articoli gravi del codice penale.
 Nel settembre 2024, Vladimir è stato trasferito in un rigido regime carcerario.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.02.2023: 22 anni di reclusione in una colonia del regime potenziato, 350 unità di base di multa, circa 13000 rubli di risarcimento. Appello 26.04.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 25.09.2024: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-04-06 19:33:48</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-06-03 23:06:52</t>
   </si>
   <si>
     <t>Ivan Zamyatin</t>
   </si>
   <si>
     <t>7 aprile 2003</t>
   </si>
   <si>
     <t>La Procura Regionale di Brest ha elencato le azioni per le quali il giovane è perseguito ai sensi di quattro articoli: nove donazioni a un canale YouTube "utilizzato per il supporto informativo" del Reggimento Kalinovsky. Inoltre, nel 2024, il giovane ha scritto messaggi nelle chat di Telegram contenenti "insulti pubblici" contro Alexander Lukashenko, nonché messaggi presumibilmente rientranti nell'articolo 361 del Codice Penale (Richieste di sanzioni). Infine, nell'ottobre 2024, il residente di Brest avrebbe tentato di aderire al piano "Peramoga" ( "ha attivato la corrispondenza con un bot di Telegram, ha compilato il modulo proposto, fornendo informazioni su di sé e sulle sue competenze, aderendovi", e ha completato un "compito di prova" ).</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 7 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Oleg Aleksandrovich Degterenko</t>
   </si>
   <si>
     <t>8 aprile 2002</t>
   </si>
   <si>
     <t>La sostanza dell'accusa è ancora sconosciuta agli attivisti per i diritti umani.
 Il processo, durato dal 9 febbraio, ha dichiarato Degterenko colpevole di “adesione ad una formazione estremista” e ai sensi della parte 3 dell'art. 361-1 del codice penale, è stato condannato a tre anni di reclusione.
 È stato inoltre riconosciuto colpevole di “fornitura di fondi con qualsiasi mezzo allo scopo di utilizzarli in attività terroristiche, sostegno materiale e altro sostegno” da parte di una persona che aveva precedentemente commesso un reato ai sensi dell'art. 361-1 del codice penale, e secondo la parte 2 dell'art. 290-1 del codice penale (come modificato dalla legge della Repubblica di Bielorussia del 9 gennaio 2019 n. 171-Z), è stato condannato a una pena detentiva di 8 anni con una multa di 100 unità base.
 Per addizione parziale delle pene, l'imputato è stato condannato in via definitiva alla reclusione per una durata di 8 anni e 6 mesi.
 Il 10 maggio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 07.03.2024: 8 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 10.05.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-02-08 00:37:52</t>
   </si>
   <si>
     <t>Stanislav Valerievich Mochalov</t>
   </si>
   <si>
     <t>8 aprile 1976</t>
   </si>
   <si>
     <t>Stanislav, un attivista di Gomel, è stato arrestato il 28 maggio 2021 dopo che le forze di sicurezza avevano perquisito il suo appartamento, dove viveva con i genitori. In precedenza, aveva scontato tre arresti amministrativi ai sensi dell'articolo 24.23 del Codice degli illeciti amministrativi della Repubblica di Bielorussia per aver partecipato a proteste.
 Stanislav è stato condannato in base a due articoli penali per aver partecipato a una catena di montaggio alla Marcia della Solidarietà, tenutasi il 20 settembre 2020 a Gomel. Si è rifiutato di firmare la petizione per la grazia e ha difeso i suoi diritti anche in condizioni carcerarie difficili, nonostante i problemi di salute. È rimasto senza cure per la figlia minorenne e i genitori anziani, mentre suo padre è disabile.
 È stato rilasciato nel dicembre 2023, dopo aver scontato completamente la pena.
 Nel dicembre 2024 si è saputo che Stanislav era stato nuovamente arrestato per un nuovo procedimento penale.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.01.2022: 3 anni di reclusione in una colonia del regime generale. Appello 23.03.2022: il verdetto è stato confermato. Sentenza del tribunale 26.11.2025: 4 anni di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-06-01 03:07:17</t>
   </si>
   <si>
+    <t>Andrey Vladimirovich Osipenko</t>
+  </si>
+  <si>
+    <t>8 aprile 1967</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-09-09 20:34:41</t>
+  </si>
+  <si>
     <t>Egor Anatolevich Volkov</t>
   </si>
   <si>
     <t>9 aprile 1969</t>
   </si>
   <si>
     <t>Egor Volkov ha 55 anni. È originario di Minsk e ha studiato alla scuola n. 50. Successivamente si è laureato presso l'Istituto radiotecnico di Minsk (ora Università statale bielorussa di informatica e radioelettronica).
 Volkov è attivo nel mondo degli affari a partire dagli anni Novanta. È noto che il suo ambito è il trasporto di merci, comprese quelle liquide. L'attività dell'uomo è piuttosto grande; la flotta di veicoli della sua azienda comprende fino a un centinaio di camion.
 Secondo i media filogovernativi, Yegor è stato processato per aver donato al reggimento Kalinovsky, nel periodo 2022-2023, in criptovaluta un importo pari a 11.100 dollari, nonché per le foto delle proteste.
 Il 23 luglio 2024 è stato discusso l'appello e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 23.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-24 23:21:58</t>
   </si>
   <si>
     <t>Alexander Fedorovich Gorbel</t>
   </si>
   <si>
     <t>9 aprile 1978</t>
   </si>
   <si>
     <t>L'08.08.2024 è stato esaminato il ricorso e la sentenza è entrata in vigore.
 È noto che il 15 febbraio 2024 è stato preso in considerazione un protocollo amministrativo nei confronti di Alexander ai sensi della Parte 2 dell'art. 19.11 del Codice degli illeciti amministrativi (Distribuzione, produzione, conservazione, trasporto di prodotti informativi contenenti incitamenti ad attività estremiste o che promuovono tali attività). Il giudice Tatyana Tarabueva ha condannato Alexander alla pena amministrativa di 15 giorni di arresto amministrativo. Alexander ha pubblicato sulla sua pagina Odnoklassniki prodotti informativi sotto forma di una registrazione video "Guarda cosa ne resta..." del canale televisivo Belsat.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.06.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 08.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-02 15:12:37</t>
   </si>
   <si>
     <t>Sergei Petrovich Kharitonovich</t>
   </si>
   <si>
     <t>9 aprile 1979</t>
   </si>
   <si>
     <t>Tassista. Secondo i canali Telegram filogovernativi, è stato arrestato per commenti sui social network. Nel “video del pentimento”, il bielorusso afferma di aver preso parte alle proteste nel 2020 e che dal 2020 alla metà del 2023 ha lasciato più di 2.000 “commenti offensivi” nelle chat su Lukashenko, pubblici ministeri e agenti di polizia. Durante il suo arresto, il braccio di Sergei si è rotto. Con un braccio rotto, fu tenuto in una cella di punizione a Okrestina per 35 giorni. Il capo del centro di detenzione temporanea ha espresso un atteggiamento parziale nei suoi confronti proprio attraverso un articolo di “commento”.
 Il 2 agosto 2024 verrà preso in considerazione il ricorso contro il verdetto.</t>
   </si>
   <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 20.05.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 02.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-01-24 15:04:49</t>
   </si>
   <si>
     <t>Igor Alexandrovich Kaluev</t>
   </si>
   <si>
     <t>9 aprile 1974</t>
   </si>
   <si>
     <t>A giudicare dai social media, l'uomo svolgeva diversi lavori manuali nella sua città natale.
 La natura delle accuse è sconosciuta, ma è quasi certamente legata alla sua attività sui social media.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: 6 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-10-02 23:15:53</t>
   </si>
   <si>
-    <t>Vyacheslav Kandybo</t>
-[...13 lines deleted...]
-  <si>
     <t>Andrey Andreevich Lavrinovich</t>
   </si>
   <si>
     <t>10 aprile 1981</t>
   </si>
   <si>
     <t>Il 10 novembre 2023 si è tenuta l'udienza d'appello e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2023-09-13 17:05:22</t>
-  </si>
-[...19 lines deleted...]
-    <t>2023-11-21 14:54:06</t>
   </si>
   <si>
     <t>Valery Felixovich Poznyakevich</t>
   </si>
   <si>
     <t>10 aprile 1968</t>
   </si>
   <si>
     <t>Valery è un poeta bielorusso. È membro dell'Unione dei giornalisti bielorussi. Le sue opere sono apparse su tutte le riviste e i quotidiani bielorussi più noti. Nel 1998, le sue poesie sono state pubblicate in una raccolta di poesie per le scuole secondarie e in quattro antologie.
 Nel 1994 ha vinto un diploma al Primo Festival Nazionale dei Canti dei Bardi Bielorussi. Molte delle sue poesie sono state musicate.
 È stato arrestato diverse volte con accuse amministrative di matrice politica. È stato arrestato in relazione a un procedimento penale nell'estate del 2025. È stato rilasciato su cauzione in attesa del processo.
 Valery ha una madre disabile e costretta a letto che necessita di cure costanti.</t>
   </si>
   <si>
     <t>Open correctional facility No. 43. 212003, Mahilioŭ, vulica Čaliuskincaŭ 76a</t>
   </si>
   <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 14.08.2025: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 24.10.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-11-25 18:51:34</t>
+  </si>
+  <si>
+    <t>Vyacheslav Valentinovich Kandybo</t>
+  </si>
+  <si>
+    <t>10 aprile 1977</t>
+  </si>
+  <si>
+    <t>Vyacheslav è stato arrestato nell'estate del 2021 nell'ambito di un procedimento penale avviato ai sensi degli articoli "incitamento all'odio o alla discordia" e "raccolta e diffusione illegale di informazioni sulla vita privata".
+Nel marzo 2022, è stato condannato per aver trasmesso informazioni su funzionari delle forze dell'ordine a un canale Telegram dell'opposizione. Vyacheslav è stato anche privato del suo grado speciale di "tenente colonnello della giustizia" nella riserva.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.03.2022: 7 anni di reclusione in una colonia del regime potenziato, restrizione del servizio militare.</t>
+  </si>
+  <si>
+    <t>2021-09-06 18:28:41</t>
   </si>
   <si>
     <t>Stepan Sergeevich Latypov</t>
   </si>
   <si>
     <t>11 aprile 1980</t>
   </si>
   <si>
     <t>Un arboricoltore e direttore dell'azienda Belarbo, residente nei pressi di Piazza dei Cambiamenti, è stato arrestato il 15 settembre 2020 nell'ambito di un procedimento penale per rivolte di massa e ritenuto colpevole ai sensi di tre articoli del Codice penale della Repubblica di Bielorussia.
 Nel settembre 2022, la pena di Stepan è stata inasprita e lui è stato trasferito in regime carcerario per due anni.
 Nell'autunno del 2024, Stepan venne nuovamente trasferito all'IK-22.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.08.2021: 8 anni 6 mesi di reclusione in una colonia del regime potenziato, 300 unità di base di multa. Appello 16.11.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 15.09.2022: 2 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:59</t>
   </si>
   <si>
-    <t>Artem Olegovych Makovei</t>
-[...15 lines deleted...]
-  <si>
     <t>Olga Viktorovna Pietukh</t>
   </si>
   <si>
     <t>11 aprile 1993</t>
   </si>
   <si>
     <t>Olga, che lavorava come direttrice artistica presso l'Europa Hotel di Minsk, è stata arrestata nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo" e condannata nel giugno 2023 ai sensi di diversi articoli penali.
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi, presumibilmente preparando crimini estremisti. Tra loro c'erano militari radicali, funzionari della sicurezza, atleti e uomini d'affari che cercavano di prendere il potere illegalmente. Questo caso è legato al tentato incendio doloso della casa del deputato Oleg Gaidukevich nel giugno 2021 e all'“organizzazione di rivolte di massa”.</t>
   </si>
   <si>
-    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 21.06.2023: 10 anni di reclusione in una colonia del regime generale. Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-08-09 02:20:58</t>
   </si>
   <si>
-    <t>Yury Yurievich Gontsarevich</t>
-[...8 lines deleted...]
-    <t>2022-05-12 13:08:18</t>
+    <t>Alexey Nikolaevich Mandik</t>
+  </si>
+  <si>
+    <t>12 aprile 1993</t>
+  </si>
+  <si>
+    <t>Aleksey Mandik, 28 anni, è stato arrestato nel novembre 2021. È un dipendente del quinto policlinico cittadino, capo del dipartimento di prevenzione e medico di medicina generale.
+Il motivo dell'arresto da parte del GUBOP è stata la partecipazione a "canali distruttivi di Telegram", dove ha scritto "commenti distruttivi e offensivi" rivolti agli agenti di polizia.
+La sua lettera penitenziale è stata pubblicata sulla risorsa filogovernativa.</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia.</t>
+  </si>
+  <si>
+    <t>2022-02-17 23:45:14</t>
   </si>
   <si>
     <t>Yuri Alexeyevich Redkov</t>
   </si>
   <si>
     <t>12 aprile 1976</t>
   </si>
   <si>
     <t>Osservatore, direttore, organizzatore di fiere del miele e direttore della società Tsar-Med.
 Condannato per aver partecipato alle proteste del 23 agosto 2020 come commentatore
 Nell'autunno del 2024, il regime di Yuri cambiò e lui fu mandato a scontare la sua pena in una colonia penale.
 Nell'autunno del 2025, si è saputo che Yuri era stato condannato a un altro procedimento penale e a una pena detentiva. I dettagli del caso sono sconosciuti.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.09.2022: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 29.11.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 30.09.2024: sconosciuto anni di reclusione in una colonia del regime generale. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-09-14 21:36:42</t>
   </si>
   <si>
-    <t>Alexey Nikolaevich Mandik</t>
-[...18 lines deleted...]
-  <si>
     <t>Ivan Aleksandrovich Gubchik</t>
   </si>
   <si>
     <t>13 aprile 1987</t>
   </si>
   <si>
     <t>Secondo l'ufficio del procuratore generale, dal 16 luglio al 12 agosto 2020, un residente di Vitebsk "in stato di ebbrezza dalla sua pagina TikTok ha pubblicato tre video di pubblico accesso per risvegliare l'inimicizia sociale". "Il materiale presentato in essi ha formato un atteggiamento negativo nei confronti degli agenti di polizia e dei rappresentanti del personale di comando dell'esercito, incoraggiando azioni violente e aggressive", afferma il comunicato stampa. L'ufficio del procuratore generale afferma inoltre che l'uomo di 34 anni era stato precedentemente condannato 10 volte.</t>
   </si>
   <si>
     <t>4,5 anni di carcere in condizioni di regime rigoroso .</t>
   </si>
   <si>
     <t>2022-01-29 03:21:21</t>
   </si>
   <si>
     <t>Alexander Anatolievich Lytin</t>
   </si>
   <si>
     <t>13 aprile 1993</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.12.2022: 10 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-12-13 14:55:40</t>
-  </si>
-[...15 lines deleted...]
-    <t>2025-02-17 16:29:03</t>
   </si>
   <si>
     <t>Evgeniy Mikhailovich Ermak</t>
   </si>
   <si>
     <t>14 aprile 1991</t>
   </si>
   <si>
     <t>L'11 marzo 2022, Evgeniy è stato arrestato per commenti in "The Punishers".
 Durante una perquisizione gli hanno trovato addosso dell'hashish. Evgeniy ha detto di averlo comprato per sé e per il suo collega Yuri, con il quale lo aveva già usato più volte.
 L'uomo è stato arrestato e posto in custodia cautelare con l'accusa di oltraggio a quattro agenti di polizia, un giudice e traffico di droga.
 Il 27 settembre 2022 si è tenuta l'udienza di appello.</t>
   </si>
   <si>
+    <t>No</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 22.07.2022: 5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-07-14 17:00:49</t>
+  </si>
+  <si>
+    <t>Denis Anatolyevich Petrov</t>
+  </si>
+  <si>
+    <t>14 aprile 1986</t>
+  </si>
+  <si>
+    <t>Denis è stato condannato nel 2025 in un procedimento penale ai sensi dell'articolo "incitamento all'odio e alla discordia" e condannato alla libertà limitata con provvedimento.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 29. 230415, Vaŭkavysk, vulica Rakasouskaha 118</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-06-23 14:47:53</t>
   </si>
   <si>
     <t>Ivan Nikolaevich Borodich</t>
   </si>
   <si>
     <t>14 aprile 1974</t>
   </si>
   <si>
     <t>L'indagine ritiene che nel gennaio 2023 Ivan Likholat abbia contattato la SBU, dove gli è stato ordinato di far saltare in aria i binari ferroviari. Ha coinvolto due residenti di Grodno che avevano competenze professionali nel settore degli esplosivi per il compito. Uno di loro era Ivan Borodich.
 Likholat e Borodich sono stati detenuti a Grodno.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.12.2024: 11 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-09-27 21:12:08</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Satsuk</t>
+  </si>
+  <si>
+    <t>15 aprile 1968</t>
+  </si>
+  <si>
+    <t>Giornalista investigativo, redattore del portale bielorusso Ezhednevnik (ej.by). È stato arrestato l'8 dicembre 2021. In precedenza, Sergei è stato detenuto dal 25 marzo al 4 aprile 2020 nello stesso caso. Alcune organizzazioni per i diritti umani hanno considerato le repressioni come prova dell'esistenza di un movente politico nella persecuzione del giornalista, volto a costringerlo a interrompere o modificare la natura delle sue attività per diffondere informazioni sulla corruzione. Secondo i colleghi di Satsuk, la base per la persecuzione del giornalista erano indagini di alto profilo, principalmente legate alla corruzione su larga scala nel campo medico. Sulla base dei fatti, ha parlato di "tangenti" senza precedenti per la fornitura di attrezzature costose; sull'acquisto di un vaccino non registrato, che è stato effettivamente testato su bambini bielorussi; sulla falsificazione dei dati sulla diffusione del COVID-19 in Bielorussia. E tutto questo con l'approvazione del dipartimento di controllo - il Ministero della Salute.</t>
+  </si>
+  <si>
+    <t>8 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2021-12-15 15:37:54</t>
+  </si>
+  <si>
+    <t>Alexander Anatolyevich Newar</t>
+  </si>
+  <si>
+    <t>15 aprile 1985</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.11.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 14.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-11 22:02:36</t>
   </si>
   <si>
     <t>Vasiliy Ivanovich Demidovich</t>
   </si>
   <si>
     <t>15 aprile 1952</t>
   </si>
   <si>
     <t>In precedenza, gli era stata attribuita la responsabilità amministrativa per aver partecipato alle proteste.
 Secondo l'indagine, da settembre 2021 a gennaio 2022, Vasily ha pubblicato messaggi distruttivi sui canali Telegram, insultando funzionari governativi, tra cui alti funzionari della Repubblica di Bielorussia.
 Ha anche minacciato di usare violenza contro le forze dell'ordine e gli ufficiali giudiziari, umiliandone pubblicamente l'onore e la dignità. L'uomo ha inoltre invitato i cittadini a mobilitarsi per organizzare rivolte di massa. Sui canali Telegram estremisti, ha cercato persone disposte a commettere "crimini", ma non ha dato seguito alle sue intenzioni, essendo stato arrestato dalle forze dell'ordine.
 All'imputato è stato inoltre ordinato di pagare alle vittime un risarcimento economico per danni morali pari a un importo complessivo di 32.000 rubli bielorussi.
 Il 31 gennaio 2023 è iniziato un altro processo a Dzerzhinsk contro un pensionato. Questa volta, l'accusa è stata ai sensi dell'articolo 369 del Codice Penale (Oltraggio a pubblico ufficiale).
 Il 13.02.2023 è stato annunciato il secondo verdetto.
 Il 23 marzo 2023, il tribunale distrettuale di Drogichin ha iniziato a esaminare il caso del prigioniero politico ai sensi dell'articolo 369 del codice penale della Repubblica di Bielorussia. Vasily Demidovich è stato rinchiuso nel centro di detenzione temporanea di Drogichin.
 Ad aprile, il prigioniero politico è stato trasferito al centro di detenzione preventiva n. 3 di Gomel. Il 20 aprile 2023, il Tribunale distrettuale Sovietskij di Gomel ha iniziato a esaminare un altro caso del pensionato. È accusato ai sensi dell'articolo 369 del Codice penale della Repubblica di Bielorussia e dell'articolo 391 del Codice penale della Repubblica di Bielorussia. Il 2 maggio è stata emessa un'altra condanna.
 Il 5 maggio 2023 inizierà il quinto processo a Demidovich: l'uomo è nuovamente accusato ai sensi dell'articolo 369 del Codice Penale . Il processo si terrà a Pukhovichi, giudice Olga Babuk .
 Il prossimo incontro è previsto per il 24 maggio 2023 a Pukhovichi.
 Il 5 luglio 2023, il tribunale regionale di Gomel ha esaminato il ricorso del prigioniero politico presentato dal giudice Ruslan Tsaruk.
 Il 23 agosto 2023, il tribunale distrettuale di Nesvizh ha esaminato il sesto caso penale contro un prigioniero politico.
 A Starye Dorogi, il settimo processo a Vasily inizierà il 19 ottobre 2023. In totale, Vasilyè stato condannato a 7 anni di reclusione, mentre i risultati degli ultimi due processi sono ancora sconosciuti.
 A causa dell'inclusione del prigioniero politico nella "lista dei terroristi", non può effettuare trasferimenti di denaro. Inoltre, Vasily non ha parenti che possano sostenerlo. Nell'ultimo anno, è sopravvissuto a decine di trasferimenti. I prigionieri politici vengono trasferiti in condizioni difficili, il che lascia un segno molto negativo sulla salute di Vasily.
 Il 15 dicembre 2023 è ripreso a Starye Dorogi il processo a Vasily, iniziato in ottobre.
 Alla fine di giugno 2025, l'edificio residenziale di Vasily è stato venduto all'asta sulla piattaforma BelYurObespechenie.</t>
   </si>
@@ -738,835 +687,741 @@
     <t>1) 6 anni di reclusione in colonia penale.
 2) 1 anno di reclusione con la multa di 30 unit&amp;agrave; base.
 Con l'aggiunta parziale delle pene, &amp;egrave; stato infine condannato a 6,5 anni in una colonia sotto regime rafforzato.
 3) 2,5 anni di carcere.
 Per aggiunta parziale, al pensionato sono stati infine assegnati 7 anni di reclusione.</t>
   </si>
   <si>
     <t>2022-07-19 00:27:34</t>
   </si>
   <si>
     <t>Michael Valentinovich Mekeko</t>
   </si>
   <si>
     <t>15 aprile 1993</t>
   </si>
   <si>
     <t>Ha vissuto e lavorato in Polonia per un anno e mezzo ed è tornato in Bielorussia, dove è stato detenuto alla fine di novembre 2022. Secondo le forze di sicurezza, è stato in Polonia che si è registrato nel piano Peramoga. Avrebbe anche scritto messaggi minacciosi contro le forze di sicurezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.08.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello 03.11.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-06-14 14:00:21</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Satsuk</t>
-[...16 lines deleted...]
-  <si>
     <t>Dmitry Leonidovich Kokhanovsky</t>
   </si>
   <si>
     <t>15 aprile 1991</t>
   </si>
   <si>
     <t>Un dipendente della filiale di Mogilev di Beltelecom. Arrestato sul posto di lavoro il 28 ottobre 2021. È preliminarmente accusato di aver distribuito dati a dipendenti delle forze dell'ordine.</t>
   </si>
   <si>
     <t>6,5 anni di carcere.</t>
   </si>
   <si>
     <t>2021-10-31 00:58:21</t>
   </si>
   <si>
-    <t>Alexander Anatolyevich Newar</t>
-[...10 lines deleted...]
-  <si>
     <t>Elena Vladimirovna Morozova</t>
   </si>
   <si>
     <t>16 aprile 1979</t>
   </si>
   <si>
     <t>Secondo il canale filogovernativo Telegram, è stata arrestata insieme a suo figlio per aver partecipato alle proteste del 2020. Il 06/03/2024 è stata condannata ai sensi di un articolo amministrativo ( Articolo 19.1 del Codice dei reati amministrativi della Repubblica di Bielorussia - Piccolo teppismo). È stata quindi accusata di accuse penali.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-08 00:00:02</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Lisitsa</t>
-[...11 lines deleted...]
-    <t>2024-01-09 01:16:25</t>
+    <t>Andrey Stanislavovich Pochobut</t>
+  </si>
+  <si>
+    <t>16 aprile 1973</t>
+  </si>
+  <si>
+    <t>Andrei è un giornalista, pubblicista e membro dell'Unione dei polacchi in Bielorussia di Grodno. Nel 2011 è stato condannato a 3 anni di carcere, di cui 2 con sospensione della pena, per l'accusa di diffamazione nei confronti di Lukashenko. È stato rilasciato in aula su cauzione. Nel 2012 è stato aperto un nuovo procedimento penale nei suoi confronti per pubblicazioni sui media, ma nel 2013 è stato archiviato per mancanza di prove del reato. Nell'autunno dello stesso anno venne liberato dopo aver scontato la pena nel primo caso.
+Il 25 marzo 2021, Andrey è stato nuovamente arrestato. È stato accusato di incitamento all'odio e di richiesta di sanzioni. Le accuse includevano articoli sulle proteste bielorusse del 2020, sulla protezione della minoranza polacca e pubblicazioni sull'attacco sovietico alla Polonia nel 1939. Ha trascorso più di un anno e mezzo in custodia cautelare ed è stato condannato nel febbraio 2023.
+È noto che Andrei si rifiutò di scrivere una petizione di grazia. Attualmente continua a subire pressioni e gli vengono negate visite e pacchi. Non ci sono nemmeno chiamate da parte sua.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.07.2011: 3 anni di reclusione in una colonia del regime generale (con differimento 2 anni). Sentenza del tribunale 08.02.2023: 8 anni di reclusione in una colonia del regime potenziato. Appello 26.05.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Elena Nikolaevna Toporkova</t>
   </si>
   <si>
     <t>16 aprile 1970</t>
   </si>
   <si>
     <t>Elena Toporkova ha 54 anni. Laureato presso l'Accademia Politecnica Statale Bielorussa (ora BNTU).
 Probabilmente Elena è stata arrestata durante un raid contro prigionieri politici per solidarietà, avvenuto alla fine di gennaio 2024.
 Le persone coinvolte nell'incursione contro i prigionieri politici in segno di solidarietà, avvenuta dal 23 al 24 gennaio, affermano che il numero di coloro contro i quali sono stati aperti procedimenti penali potrebbe essere molto maggiore di quanto sappiano gli attivisti per i diritti umani. Persone assolutamente non pubbliche hanno semplicemente effettuato bonifici o inviato pacchi a prigionieri politici con i propri fondi.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 05.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-05 13:35:28</t>
   </si>
   <si>
     <t>Andrey Nikolaevich Hanevich</t>
   </si>
   <si>
     <t>16 aprile 1975</t>
   </si>
   <si>
     <t>Presidente della principale organizzazione sindacale del sindacato bielorusso indipendente dei lavoratori della JSC "Grodno Azot". Il motivo dell'avvio di un procedimento penale contro il dirigente sindacale, secondo il pubblico ministero, è stato il colloquio con un giornalista del canale televisivo Belsat, durante il quale "le ha fornito alcune informazioni". Il telefono di Andrey è stato intercettato e le conversazioni sono state registrate dai servizi di sicurezza. Dopo il suo licenziamento dallo stabilimento, è stato avviato un procedimento penale contro di lui. È accusato di promuovere attività estremiste e di screditare la Repubblica di Bielorussia. In precedenza, l'organizzazione principale del sindacato indipendente bielorusso dei lavoratori di Grodno Azot OJSC è stata riconosciuta come estremista. Il tribunale regionale di Grodno ha deciso di vietare le attività dell'organizzazione e di liquidarla. È stato preso in custodia in aula, prima era agli arresti domiciliari.</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-11-16 15:17:34</t>
   </si>
   <si>
-    <t>Andrey Stanislavovich Pochobut</t>
-[...13 lines deleted...]
-    <t>2021-03-28 16:46:29</t>
+    <t>Vladimir Nikolaevich Lisitsa</t>
+  </si>
+  <si>
+    <t>16 aprile 1968</t>
+  </si>
+  <si>
+    <t>Un ex "afghano" e una persona con una posizione civica di principio, e sua moglie Oksana Lisitsa sono il direttore della Vysochanskaya Basic School e un deputato del consiglio distrettuale della 28a convocazione. Vladimir Lisitsa è nato in Ucraina e al posto dell'avatar sulla sua pagina Odnoklassniki c'è una bandiera ucraina. Il contenuto di questa pagina, che ora è stato in gran parte cancellato, è stato studiato dalla Procura distrettuale di Liozny, che ha deciso che "prodotti informativi sulla pagina personale “Vladimir Lisitsa” sul social network “Odnoklassniki” contiene segni di attività volte a facilitare attività estremiste, formazione o altra preparazione per partecipare a tali attività”. Secondo l'indagine , Vladimir Lisitsa ha lasciato commenti su diverse altre persone famose in Bielorussia: "Commenti pubblicamente osceni sono stati fatti al commissario militare della regione di Gomel A.V. Krivonosov, deputato della Camera dei rappresentanti dell'Assemblea nazionale della Repubblica di Bielorussia A.S. Gaidukevich, presidente del comitato esecutivo del distretto di Glubokoe A. N. Shubsky e A. G. Lukashenko."Secondo il verdetto della corte, il signor Lisitsa deve scontare tre anni in una colonia correttiva in condizioni di regime generale, e anche pagare una multa di 7.400 rubli e risarcimento per la scuola morale a due querelanti - il procuratore generale della Repubblica di Bielorussia A. Lo svedese e il deputato del Consiglio dei deputati della città di Novopolotsk I. Medvedsky - 3.000 rubli ciascuno.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.12.2023: 3 anni di reclusione in una colonia del regime generale. Appello 05.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-01-09 01:16:25</t>
+  </si>
+  <si>
+    <t>Vladislav Igorevich Yakubovsky</t>
+  </si>
+  <si>
+    <t>17 aprile 1996</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.12.2025: 3 anni di reclusione in una colonia del regime generale, sconosciuto unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2025-12-22 22:06:53</t>
+  </si>
+  <si>
+    <t>Yuri Iosifovich Stanevsky</t>
+  </si>
+  <si>
+    <t>17 aprile 1986</t>
+  </si>
+  <si>
+    <t>Secondo l'accusa, dal 15 luglio al 27 dicembre 2021, ha pubblicato commenti in chat distruttive sotto pubblicazioni, in cui insultava Lukashenka e altri funzionari governativi e i loro parenti, nonché minacce contro funzionari che svolgevano le loro funzioni ufficiali.
+Le pubblicazioni contenevano messaggi relativi alla profanazione dell'inno nazionale della Repubblica di Bielorussia e della bandiera di stato della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.10.2022: 7 anni di reclusione in una colonia del regime potenziato. Appello 16.12.2022: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-07-22 17:59:47</t>
+  </si>
+  <si>
+    <t>Alexander Valerievich Yavorsky</t>
+  </si>
+  <si>
+    <t>Si sa di Alexander che è di Petrikov, dove era impegnato in attività imprenditoriali nel campo del commercio di prodotti alimentari, bevande e tabacco e possedeva il negozio Saleman.
+Nell'ottobre 2020 l'uomo si è unito allo sciopero nazionale dichiarato da Svetlana Tikhanovskaya e ha persino registrato un videomessaggio al riguardo. Uno dei giornali di propaganda statale ha poi citato beffardamente le sue parole dal video.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-01-23 16:39:23</t>
+  </si>
+  <si>
+    <t>Egor Viktorovich Lebedok</t>
+  </si>
+  <si>
+    <t>17 aprile 1982</t>
+  </si>
+  <si>
+    <t>L'analista militare Yegor Lebedok è stato condannato a 15 giorni di arresto amministrativo ai sensi dell'articolo 24.3 del codice dei reati amministrativi. Dopo un giorno, Yegor non è uscito ed è stato detenuto in un procedimento penale per assistenza ad attività estremiste per commenti per Euroradio.
+A ottobre, i canali filogovernativi hanno riferito che un altro procedimento penale era stato aperto contro Yegor sulla base della ripetizione e hanno osservato che "ogni intervista con un estremista costituisce un corpus delicti separato".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.12.2022: 5 anni di reclusione in una colonia del regime potenziato. Appello 21.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 11.12.2024: regime carcerario fino alla fine della pena.</t>
+  </si>
+  <si>
+    <t>2022-07-30 00:15:40</t>
   </si>
   <si>
     <t>Kirill Olegovych Kroshkin</t>
   </si>
   <si>
     <t>17 aprile 1977</t>
   </si>
   <si>
     <t>Originario di Vitebsk , ha studiato a Gomel, ma recentemente ha vissuto a Grodno. Ingegnere di professione, ha recentemente lavorato come amministratore di sistema presso Whitebird. A giudicare dai social network, viveva a Varsavia.
 L'uomo è anche un radioamatore. Membro della Federazione bielorussa dei radioamatori e dei radioatleti.
 L'esame del caso è iniziato nel gennaio 2024, l'ultima riunione si è tenuta il 29 marzo 2024</t>
   </si>
   <si>
     <t>Sentenza del tribunale 29.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 25.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-12-10 10:51:57</t>
   </si>
   <si>
-    <t>Alexander Valerievich Yavorsky</t>
-[...61 lines deleted...]
-    <t>Andrey Vitalievich Slizevich</t>
+    <t>Andrei Slizevich</t>
   </si>
   <si>
     <t>18 aprile 1982</t>
   </si>
   <si>
     <t>Imprenditore individuale. Secondo l'accusa avrebbe lasciato commenti negativi sulla Russia dopo l'attacco terroristico a Crocus Hall e avrebbe invitato a bombardare le città russe.
 Andrei è stato arrestato a marzo. I canali filogovernativi hanno pubblicato un suo video di “pentimento”.</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.12.2024: 4 anni di reclusione in una colonia del regime generale. Appello 18.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-27 14:19:39</t>
   </si>
   <si>
+    <t>Ihar Shukanau</t>
+  </si>
+  <si>
+    <t>19 aprile 1963</t>
+  </si>
+  <si>
+    <t>Dipendente di 62 anni del laboratorio di informatica e comunicazione della raffineria di petrolio di Mozyr.
+Igor Shukanov è stato arrestato in modo duro e dimostrativo il 1° agosto 2024. La Direzione generale per la lotta alla criminalità organizzata è venuta da Minsk per prenderlo. È stato fermato proprio sul posto di lavoro. Poi è stato utilizzato il veicolo UAZ-Patriot della fabbrica per portare il veicolo fuori dal cancello della fabbrica. Non lontano dalla fermata dell'autobus, nel parcheggio vicino all'ingresso principale dello stabilimento, dove in quel momento c'erano delle persone, i sostenitori di Gubopikov hanno inscenato un pestaggio dimostrativo di Shukanov: lo hanno tirato fuori dall'UAZ, lo hanno gettato a faccia in giù sull'asfalto e, premendogli il ginocchio sulla testa, gli hanno messo le manette.
+È interessante notare che la mattina di quel giorno Igor fu processato in base a un articolo amministrativo per diffusione di “estremismo”. Gli fu inflitta una multa e fu rilasciato, solo per essere arrestato poche ore dopo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.02.2025: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-02-17 16:29:03</t>
+  </si>
+  <si>
     <t>Roman Bronislavovich Marusov</t>
   </si>
   <si>
     <t>19 aprile 1996</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...6 lines deleted...]
-Il 27 settembre, presso il tribunale distrettuale Leninsky di Mogilev, inizierà il suo processo ai sensi della parte 2 dell'art. 411 CC</t>
+    <t>Roman è stato arrestato nel marzo 2021 nell'ambito di un procedimento penale ai sensi dell'articolo "Complicità in azioni intenzionali volte a incitare all'odio sociale e alla discordia basati su un'altra affiliazione sociale, commesse da un gruppo di persone". È stato condannato per aver fatto trapelare informazioni alla BYPOL.
+"Il 18 marzo 2021, Roman si è recato a casa di un agente di polizia per verificare l'indirizzo pubblicato online e segnalarlo a una risorsa distruttiva. È entrato nell'edificio, ha suonato il citofono, ha incontrato il marito dell'agente ed è fuggito. A casa, ha inviato un messaggio a un canale Telegram per confermare l'indirizzo", si legge nei documenti dell'indagine.
+Nell'autunno del 2023, le condizioni di detenzione vennero inasprite e Roman venne trasferito in regime carcerario.
+Nel settembre 2024 si tenne un'udienza in tribunale per l'accusa di "disobbedienza dolosa alle richieste dell'amministrazione di un istituto penitenziario", durante la quale Roman avrebbe potuto ricevere fino a due anni di reclusione; l'esito dell'udienza è sconosciuto.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 6 anni di reclusione in una colonia del regime generale. Tribunale per il cambio di regime 17.10.2023: 2 anni di regime carcerario. Sentenza del tribunale 27.09.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 28.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-08-11 11:38:58</t>
   </si>
   <si>
-    <t>Sergey Stepanovich Buwaka</t>
-[...29 lines deleted...]
-    <t>2021-03-19 02:23:39</t>
+    <t>Gennady Marjanovic Zhukel</t>
+  </si>
+  <si>
+    <t>20 aprile 1961</t>
+  </si>
+  <si>
+    <t>L’uomo ha chiamato la polizia distrettuale e ha parlato in direzione di Lukashenko mentre parlava con l’ufficiale di turno. Si sa che in quel momento era ubriaco. In precedenza era già stato processato più volte per teppismo e portato alla responsabilità amministrativa.
+Il 29 febbraio 2024 il ricorso è stato esaminato. La sentenza è entrata in vigore.
+Nel luglio 2024 è stato rilasciato, avendo scontato integralmente la pena inflitta dal tribunale.
+Nel gennaio 2025, Gennady è stato nuovamente processato per aver insultato A.G. Lukashenko.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.12.2023: 1 anno di reclusione in una colonia del regime generale. Appello 29.02.2024: il verdetto è stato confermato. Sentenza del tribunale 09.01.2025: 2 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2023-10-10 00:01:50</t>
   </si>
   <si>
     <t>Anatoly Sergeevich Kireychik</t>
   </si>
   <si>
     <t>20 aprile 1949</t>
   </si>
   <si>
     <t>Secondo l’indagine, dall’ottobre 2020 al febbraio 2022, l’uomo di 74 anni ha pubblicato sistematicamente commenti sotto fotografie di funzionari governativi, in cui, “senza mezzi termini, ha insultato, umiliato pubblicamente e screditato il loro onore e la loro dignità”. Durante una perquisizione, nella sua abitazione sono state trovate delle munizioni. Il pensionato ha detto agli investigatori di averli raccolti.
 Si presume che Kireychik abbia "insultato" ben 135 funzionari della sicurezza: dipendenti del KGB, della procura, della polizia, del comitato investigativo, del ministero della Difesa e del sistema giudiziario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.06.2024: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 16.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-12 17:44:11</t>
   </si>
   <si>
     <t>Konstantin Vladimirovich Shestov</t>
   </si>
   <si>
     <t>20 aprile 1978</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.03.2024: 8 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-03-06 13:51:10</t>
+  </si>
+  <si>
+    <t>Alexey Yurievich Drab</t>
+  </si>
+  <si>
+    <t>20 aprile 1986</t>
+  </si>
+  <si>
+    <t>Alexander è stato arrestato nell'ottobre 2020 e accusato di aver preso parte agli eventi accaduti l'11 ottobre 2020 nei pressi della stazione della metropolitana Pushkinskaya, quando alcune persone hanno cercato di proteggere un manifestante pacifico dall'aggressione della polizia antisommossa. Durante l'arresto, è stato minacciato, costretto a testimoniare in un video e gli è stata fratturata una gamba in cinque punti. Dopo gli interrogatori, è stato ricoverato nel carcere preventivo con un gesso.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.04.2021: 5 anni di reclusione in una colonia del regime generale, circa 21000 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-03-19 02:23:39</t>
+  </si>
+  <si>
+    <t>Sergey Stepanovich Buwaka</t>
+  </si>
+  <si>
+    <t>20 aprile 1965</t>
+  </si>
+  <si>
+    <t>Sergei è stato accusato di aver scritto diversi messaggi su Telegram ed è stato condannato a libertà limitata con un ordine di rinvio. L'udienza si è svolta nell'edificio del Complesso Industriale Cooperativo Berezovsky. Dopo il processo, il pubblico ministero ha rimproverato i lavoratori e "ha ricordato loro la responsabilità per i crimini di estremismo". Sergei è rimasto agli arresti domiciliari in attesa del processo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.03.2024: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2024-03-26 21:48:30</t>
   </si>
   <si>
     <t>Vladimir Valerievich Fishman</t>
   </si>
   <si>
     <t>22 aprile 1987</t>
   </si>
   <si>
     <t>Vladimir si interessa di sviluppo urbano e architettura da circa 20 anni. Ha creato un database unico con migliaia di fotografie di vari edifici in Bielorussia e all'estero - photobuildings.com.
 Nel video mostrato su ONT, Vladimir afferma di essersi presumibilmente registrato nel piano di chat di Peramoga e nel novembre 2022 Alexander Azarov lo avrebbe contattato.
 Il 27 febbraio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.01.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 27.02.2024: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2023-11-13 19:42:07</t>
   </si>
   <si>
     <t>Natalya Nikolaevna Lasch</t>
   </si>
   <si>
     <t>23 aprile 1993</t>
   </si>
   <si>
     <t>Un avvocato di 2a classe, ex dipendente dell'ufficio del procuratore del distretto Frunzensky di Minsk, ha lavorato per qualche tempo come specialista delle risorse umane in un'azienda informatica. Natalia è accusata di aver fatto trapelare informazioni al Libro nero della Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.03.2023: 6 anni di reclusione in una colonia del regime generale. Appello 30.05.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-08-19 22:28:41</t>
   </si>
   <si>
-    <t>Maria Aleksandrovna Kalesnikava</t>
-[...20 lines deleted...]
-    <t>Sergey Ilich Dzyuba</t>
+    <t>Siarhei Ilich Dziuba</t>
   </si>
   <si>
     <t>24 aprile 1976</t>
   </si>
   <si>
-    <t>Impiegato BJD. Secondo le informazioni preliminari, è stato detenuto ai sensi degli articoli 356 e 357 del codice penale della Repubblica di Bielorussia ("tradimento contro lo stato" e "cospirazione o altre azioni commesse per impadronirsi del potere statale").</t>
-[...2 lines deleted...]
-    <t>12 anni in una colonia in condizioni di regime rafforzato</t>
+    <t>Sergei, un dipendente delle Ferrovie bielorusse, è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti della fabbrica che avevano sostenuto lo sciopero e facevano parte dell'iniziativa "Rabochy Rukh" (Movimento dei Lavoratori). Il 21 settembre 2021, questa iniziativa è stata definita un'organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Sergei è stato riconosciuto colpevole di tradimento e di creazione e partecipazione a un gruppo estremista e condannato alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 12 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-26 14:08:50</t>
+  </si>
+  <si>
+    <t>Artem Sergeevich Yankovsky</t>
+  </si>
+  <si>
+    <t>25 aprile 2003</t>
+  </si>
+  <si>
+    <t>Il 13 agosto 2023 è stato detenuto per “distribuzione, produzione, conservazione, trasporto di prodotti informativi contenenti inviti ad attività estremiste o che promuovevano tali attività”. Successivamente è stato aperto un procedimento penale contro di lui. Dopo l'arresto, è stato pubblicato un video "pentito" con Artem, in cui affermava che nel 2020 aveva proposto di lanciare "cocktail Molotov" contro gli agenti di polizia e aveva inviato istruzioni per prepararle agli amici.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2023-11-13 12:48:28</t>
   </si>
   <si>
     <t>Dmitry Iosifovich Podrez</t>
   </si>
   <si>
     <t>25 aprile 1987</t>
   </si>
   <si>
     <t>L'artista di strada e specialista IT è stato arrestato a metà luglio 2021 per aver trasmesso dati di agenti delle forze dell'ordine al canale Telegram Libro nero della Bielorussia.
 È noto che durante l'arresto, gli agenti del GUBOP hanno picchiato Dmitry e lo hanno deriso.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.03.2022: 7 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-09-30 10:25:31</t>
   </si>
   <si>
-    <t>Pavel Alexandrovich Shpetniy</t>
-[...11 lines deleted...]
-    <t>2021-03-07 16:16:29</t>
+    <t>Vitali Paulavich Barysevich</t>
+  </si>
+  <si>
+    <t>25 aprile 1984</t>
+  </si>
+  <si>
+    <t>È stato arrestato il 24 novembre 2021. Nel canale Telegram del Ministero degli affari interni della Bielorussia è apparso un messaggio secondo cui Vitaly avrebbe preso parte attiva ai disordini vicino al centro commerciale di Riga nell'agosto dello scorso anno.</t>
+  </si>
+  <si>
+    <t>6 anni di carcere in una colonia penale .</t>
+  </si>
+  <si>
+    <t>2021-12-14 16:57:25</t>
   </si>
   <si>
     <t>Victor Vitalievich Yaskich</t>
   </si>
   <si>
     <t>25 aprile 1989</t>
   </si>
   <si>
     <t>Lavorava come tassista. È padre di molti figli, sei dei quali nati da due matrimoni.
 Fu arrestato in relazione a un caso di terrorismo. Fu duramente picchiato durante l'interrogatorio (a Viktor fu persino rotto un braccio). Secondo il KGB, Viktor Yaskich e Yevhen Gruk furono condannati ai sensi dell'articolo 289 del Codice Penale (atto di terrorismo) e dell'articolo 295 del Codice Penale (azioni illegali che coinvolgono armi da fuoco, munizioni ed esplosivi). Il loro arresto divenne noto all'inizio di aprile 2024 da un servizio dell'ONT. Secondo i propagandisti, le forze di sicurezza arrestarono almeno 12 persone, tra cui Gruk e Yaskich, accusate di contrabbando di esplosivi e pianificazione di attacchi terroristici. Secondo il giornalista, Gruk era un informatore dell'SBU: fotografava equipaggiamento militare e ne trasmetteva le coordinate. A Gruk fu quindi ordinato di recuperare gli esplosivi da un nascondiglio. Yaskich diede a Gruk un passaggio fino al nascondiglio. Successivamente, i due avrebbero dovuto distribuire gli esplosivi dal nascondiglio a nuovi nascondigli. Il rapporto non spiega la logica alla base di questa azione.
 Il processo si è svolto nel maggio 2025. Il verdetto è sconosciuto; Viktor è stato trattenuto in custodia cautelare prima del processo.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-16 23:01:33</t>
   </si>
   <si>
+    <t>Pavel Alexandrovich Shpetniy</t>
+  </si>
+  <si>
+    <t>25 aprile 1997</t>
+  </si>
+  <si>
+    <t>Pavel, attivista del movimento anarchico, è stato arrestato nel marzo 2021 nell'ambito di un procedimento penale avviato contro gli anarchici della regione di Brest. È stato condannato per "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico" e per "partecipazione a un'organizzazione criminale". È noto che le accuse si basano su un episodio legato alla “Marcia dei non parassiti”, avvenuta il 5 marzo 2017, nonché sugli eventi accaduti nei pressi dell’edificio del GUBOPiK di Brest nel 2016.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.09.2022: 6 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato. Sentenza del tribunale 08.10.2025: 2 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:16:29</t>
+  </si>
+  <si>
     <t>Irina Viktorovna Zlobina</t>
   </si>
   <si>
     <t>Irina si è laureata presso la Facoltà di Filosofia e Scienze Sociali della BSU e negli ultimi anni ha gestito la propria piccola attività legata ai fiori e alla produzione di souvenir. È stata arrestata il 12 gennaio 2021, insieme ad Andrei Alexandrov. Irina è stata accusata di “finanziare attività di protesta” e di aver pagato multe ai partecipanti alla protesta. È stata condannata per “tradimento dello Stato” e “partecipazione ad azioni di gruppo che violano gravemente l’ordine pubblico”.
 Il 1 settembre 2022 la coppia si è sposata nel centro di custodia cautelare-1.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.10.2022: 9 anni di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello 06.01.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:37:11</t>
   </si>
   <si>
-    <t>Artem Sergeevich Yankovsky</t>
-[...42 lines deleted...]
-    <t>2023-08-30 15:43:18</t>
+    <t>Dmitriy Aleksandrovich Schemer</t>
+  </si>
+  <si>
+    <t>26 aprile 1994</t>
+  </si>
+  <si>
+    <t>I canali filogovernativi affermano che è stato arrestato per errore, a causa della custodia del telefono con la scritta "pregate per la Bielorussia" in inglese e un'immagine di simboli nazionali. Dopo il suo arresto, avrebbero trovato video di proteste sul telefono di Dmitry, nonché foto di una chat in giardino, in cui offre alle persone modelli di adesivi di protesta. È noto che il ragazzo nuota da molto tempo e ha il grado di candidato maestro dello sport.</t>
+  </si>
+  <si>
+    <t>2024-03-16 18:46:18</t>
+  </si>
+  <si>
+    <t>Dzmitry Ruslanovich Zakharoshka</t>
+  </si>
+  <si>
+    <t>26 aprile 2006</t>
+  </si>
+  <si>
+    <t>Il film filo-governativo (aprile 2024) afferma che sei adolescenti si sarebbero uniti nella “cellula anarchica “Black Nightingales”, che” sotto la guida dell’Esercito di liberazione nazionale dell’Ucraina “è stata creata dalla cittadina ucraina di 16 anni Maria Misyuk .
+I dipendenti dell'ONT affermano che gli adolescenti si sono uniti per effettuare il sabotaggio in una discarica in Bielorussia e poi in Russia. Maria è accusata ai sensi della parte 2 dell'art. 289 cp (atto di terrorismo). Secondo la storia, la sedicenne Maria Misyuk si è trasferita con la sua famiglia dall’Ucraina alla Bielorussia nel 2022, dove ha creato una “cellula anarchica per preparare attacchi terroristici”. Tra gli arrestati ci sono studenti universitari a Baranovichi, Nesvizh, Mir, Minsk e Luninets. Questi sono Trofim Borisov, Sergey Zhigalev, Dmitry Zahoroshko , Anastasia Klimenko e Alexandra Pulinovich. Secondo i dipendenti dell'ONT, i giovani si sono riuniti nell'appartamento di Baranovichi per prepararsi alla loro prima azione seria: raccogliere esplosivi e far saltare in aria il dipartimento di polizia o la procura di Baranovichi. Non si sa con quali accuse siano accusati i restanti cinque partecipanti. Così come il loro stato e la loro ubicazione sono sconosciuti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.11.2025: 10 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 09.02.2026: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:50:52</t>
+  </si>
+  <si>
+    <t>Tatyana Sergeevna Kuzina</t>
+  </si>
+  <si>
+    <t>26 aprile 1973</t>
+  </si>
+  <si>
+    <t>Tatyana è cofondatrice della scuola Sympa per giovani dirigenti della pubblica amministrazione, esperta del progetto di ricerca Bipart e laureata in Scienze politiche.
+È stata fermata a Minsk nella notte tra il 28 e il 29 giugno 2021, all'aeroporto, mentre si stava sottoponendo al controllo passaporti per lasciare il Paese. È noto che Tatyana avrebbe dovuto prendere un volo notturno per Tbilisi. In seguito si è saputo che era stata fermata in relazione a un procedimento penale avviato. Tatyana è stata condotta nel centro di detenzione temporanea di Okrestina e, pochi giorni dopo, trasferita in un centro di detenzione preventiva.
+Il 6 febbraio 2023, il tribunale ha iniziato a esaminare il suo caso con le accuse di "favoreggiamento di azioni volte a prendere il potere", "istigazione ad azioni che danneggiano la sicurezza nazionale" e "incitamento all'odio sociale". Il 17 marzo dello stesso anno, il tribunale ha condannato Tatyana in una sessione a porte chiuse a 10 anni di reclusione in una colonia penale a regime generale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.03.2023: 10 anni di reclusione in una colonia del regime generale. Appello 25.07.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-07-20 20:17:19</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Tsyganovich</t>
   </si>
   <si>
     <t>26 aprile 1980</t>
   </si>
   <si>
     <t>Vladimir è un blogger e autore del canale YouTube MozgON. Iniziò discutendo di notizie economiche e sociali, per poi passare ad argomenti politici, coprendo varie azioni, tra cui i picchetti di Sergei Tikhanovsky.
 Nel giugno 2020 è stato detenuto per scontare un arresto amministrativo, ma in seguito è stato accusato di aver preparato “rivolte di massa” e condannato nel “caso Tsikhanouski”. Secondo gli attivisti per i diritti umani, le persone coinvolte nel caso dovranno pagare un risarcimento di 29 milioni di rubli.
 Nel 2022, Vladimir è stato trasferito in regime carcerario. Nel 2023 è stato processato due volte per “disobbedienza dolosa ai requisiti dell’amministrazione di un istituto correzionale”. Nell’autunno del 2023 si è svolta la terza udienza in tribunale nel nuovo caso per “disobbedienza dolosa”.</t>
   </si>
   <si>
-    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 14.12.2021: 15 anni di reclusione in una colonia del regime potenziato. Appello 01.06.2022: il verdetto è stato confermato. Sentenza del tribunale 06.10.2022: circa 29000000 rubli di risarcimento. Tribunale per il cambio di regime 24.10.2022: 3 anni di regime carcerario. Sentenza del tribunale 10.04.2023: 1 anno di reclusione in una colonia del regime potenziato. Sentenza del tribunale 30.11.2023: sconosciuto. Appello 08.02.2024: sconosciuto. Sentenza del tribunale 05.09.2024: sconosciuto. Appello 06.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-26 21:25:03</t>
+  </si>
+  <si>
+    <t>Eugene Aleksandrovich Gormash</t>
+  </si>
+  <si>
+    <t>26 aprile 1987</t>
+  </si>
+  <si>
+    <t>Il suo processo è iniziato il 4 settembre 2023 presso il tribunale della città di Minsk. Si tratta dello stesso residente di Minsk che le persone hanno “ripreso” dall'arresto durante un picchetto per raccogliere firme il 31 maggio 2020, dopo aver gridato “Ganba!” da parte degli agenti della polizia stradale. Ora Evgeniy è processato in un procedimento penale.
+Il 17 novembre 2023 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.09.2023: 4 anni di reclusione in una colonia del regime generale. Appello 17.11.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-08-30 15:43:18</t>
   </si>
   <si>
     <t>Alexander Pleskatsevich</t>
   </si>
   <si>
     <t>26 aprile 1974</t>
   </si>
   <si>
     <t>È stato accusato di aver dipinto due volte case, pilastri ed edifici nel suo villaggio con vernice bianca e rossa e di aver dichiarato il suo amore per Svetlana Tikhanovskaya.
 L'uomo si trova in custodia cautelare dal 18 settembre 2021. L'uomo ha iniziato a scontare la pena nel marzo 2022. Nel giugno 2022, Alexander è stato rinchiuso nella prigione n. 4 di Mogilev. Mentre scontava la pena, l'uomo è stato rinchiuso in una cella di punizione e sottoposto a percosse.
 Rilasciato il 16 febbraio 2023.
 Il 28 novembre 2023 Alexander ha iniziato un altro processo presso il tribunale regionale di Brest. L'uomo è accusato di due capi d'imputazione: 130 ca. 1 parte 1 (riabilitazione del nazismo), 339 parte 2 (teppismo).</t>
   </si>
   <si>
     <t>1) 2 anni di restrizione della libert&amp;agrave; con trasferimento in un istituto penitenziario aperto
 2) 3 anni di reclusione in colonia</t>
   </si>
   <si>
     <t>2021-12-07 21:43:03</t>
   </si>
   <si>
-    <t>Dmitriy Ruslanovich Zahoroshko</t>
-[...63 lines deleted...]
-  <si>
     <t>Sergey Nikolaevich Patsukevich</t>
   </si>
   <si>
     <t>27 aprile 1990</t>
   </si>
   <si>
     <t>Sergei è stato arrestato il 17 novembre 2020 e condannato per aver partecipato alle proteste avvenute il 9 e 10 agosto 2020 a Minsk. Secondo gli investigatori, "ha lanciato almeno una pietra in direzione dei veicoli del Ministero degli Interni", si è trovato sul luogo della costruzione delle barricate, ha bloccato il traffico e ha gridato slogan.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.07.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 6000 rubli di risarcimento.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:41</t>
-  </si>
-[...29 lines deleted...]
-    <t>2022-12-27 00:38:46</t>
   </si>
   <si>
     <t>Michael Aleksandrovich Razuvanov</t>
   </si>
   <si>
     <t>28 aprile 1999</t>
   </si>
   <si>
     <t>Per aver partecipato alle proteste, il GUBOPiK ha arrestato fratello e sorella, Mikhail e Alexandra Aleksandrovich Razuvanov . Secondo GUBOPiK, Mikhail e Alexandra hanno preso parte alle proteste post-elettorali nel 2020. A giudicare dal rapporto delle forze di sicurezza, è stato aperto un procedimento penale contro il fratello e la sorella.
 Il 23 giugno 2023 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.
 Secondo gli attivisti per i diritti umani, nell'aprile 2024 Mikhail è stato nuovamente imprigionato nel centro di custodia cautelare-1. Forse questo è collegato a un nuovo procedimento penale.</t>
   </si>
   <si>
     <t>2022-12-26 20:38:27</t>
+  </si>
+  <si>
+    <t>Taras Igorevich Machinsky</t>
+  </si>
+  <si>
+    <t>28 aprile 1981</t>
+  </si>
+  <si>
+    <t>Ex ucraino. Ha ricevuto la cittadinanza bielorussa nel 2010, capita spesso nella zona di confine.
+La storia sul canale filogovernativo afferma di aver trasmesso a Kuprienko (accusato di spionaggio), ad esempio, dati sull'ubicazione dell'equipaggiamento militare, il movimento delle colonne.</t>
+  </si>
+  <si>
+    <t>10 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-12-27 00:38:46</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Shustovsky</t>
+  </si>
+  <si>
+    <t>28 aprile 1967</t>
+  </si>
+  <si>
+    <t>Alla fine del 2022 è stato condannato a chimica con un rinvio a giudizio per aver partecipato ad azioni di protesta, dopodiché nel 2024 è stato riconosciuto colpevole di frode e trasferito all'IK-2.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.12.2022: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 24.05.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2022-12-24 00:06:41</t>
   </si>
   <si>
     <t>Stanislav Viktorovich Taspaev</t>
   </si>
   <si>
     <t>28 aprile 1976</t>
   </si>
   <si>
     <t>Attivista della regione di Myadel.
 Nel dicembre 2021 si è saputo che Taspaev era stato condannato a due anni di prodotti chimici domestici per "calunnia" (articolo 188 del codice penale). Secondo il programma del tribunale, negli ultimi sei mesi è stato processato due volte in cause amministrative: per aver violato le regole sulla custodia degli animali nel maggio 2023 e per aver violato la procedura per lo svolgimento di eventi di massa nel maggio 2024.
 Il processo a Stanislav, ma in un procedimento penale, inizierà il 4 ottobre 2024 presso il tribunale distrettuale di Myadel. Secondo il servizio stampa della procura, Stanislav è l'amministratore del canale YouTube “Naroch Resort Initiative” (riconosciuto come estremista il 12 giugno 2024), in cui “da marzo 2017 a luglio 2024, in 36 messaggi su registrazioni video , ha diffuso informazioni deliberatamente false sulla situazione politica, economica e sociale della Repubblica di Bielorussia, sullo status giuridico dei suoi cittadini, sulle attività degli organi governativi che screditano paese a un numero illimitato di persone."
 L'uomo è interessato alla fotografia e questa era una delle fonti del suo reddito. Guadagna anche dai servizi informatici. Stanislav è stato anche il coordinatore distrettuale del progetto “IT Country”, finanziato dalla società IT Belkhard. Oltre al lavoro, Stanislav si è occupato dei problemi ambientali di Myadel e dei suoi dintorni, proteggendo la natura.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.12.2021: 2 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 01.11.2024: 4 anni di reclusione in una colonia del regime generale. Appello 31.01.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-11-29 00:04:02</t>
   </si>
   <si>
     <t>Grigoriy Vladimirovich Gunko</t>
   </si>
   <si>
     <t>29 aprile 1989</t>
   </si>
   <si>
     <t>Grigory è stato arrestato la notte del 10 agosto 2020 nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.
 Nel febbraio 2024, Grigory è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 12.02.2024: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 01:31:27</t>
   </si>
   <si>
-    <t>Natalia Ivanovna Ladutko</t>
-[...13 lines deleted...]
-  <si>
     <t>Irina Nikolaevna Minich</t>
   </si>
   <si>
     <t>29 aprile 1986</t>
   </si>
   <si>
     <t>2025-11-13 14:54:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-09-14 18:13:42</t>
   </si>
   <si>
     <t>Ruslan Issaevich Volkov</t>
   </si>
   <si>
     <t>29 aprile 1999</t>
   </si>
   <si>
     <t>Ruslan è stato arrestato per la prima volta il 10 agosto 2020, durante una protesta a Brest contro le falsificazioni nelle elezioni presidenziali. Dopo un brutale pestaggio, è stato ricoverato in ospedale e poi condannato a 7 giorni di arresti amministrativi. Successivamente fu aperto un procedimento penale nei suoi confronti, ma durante le indagini lasciò il Paese.
 Tornato in Bielorussia, Ruslan ha tentato di attraversare il confine con l'Unione Europea, ma è stato arrestato. Nel novembre 2021 è stato condannato per aver partecipato a “rivolte di massa”.
 Nel luglio 2024 è stato nuovamente condannato, questa volta per "disobbedienza dolosa alle richieste dell'amministrazione dell'istituto penitenziario". Questo articolo viene utilizzato per processare i prigionieri che si rifiutano di collaborare con l'amministrazione, sulla base di violazioni fittizie.</t>
   </si>
   <si>
-    <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
-[...2 lines deleted...]
-    <t>Sentenza del tribunale 08.11.2021: 4 anni di reclusione in una colonia del regime potenziato. Appello 14.01.2022: il verdetto è stato confermato. Sentenza del tribunale 01.07.2024: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
+    <t>Sentenza del tribunale 08.11.2021: 4 anni di reclusione in una colonia del regime potenziato. Appello 14.01.2022: il verdetto è stato confermato. Sentenza del tribunale 01.07.2024: 1 anno 6 mesi di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-07-05 01:07:37</t>
   </si>
   <si>
-    <t>Alexander Andreevich Kravchuk</t>
-[...46 lines deleted...]
-    <t>2021-02-26 21:27:51</t>
+    <t>Yuri Korotkevich</t>
+  </si>
+  <si>
+    <t>29 aprile 1994</t>
+  </si>
+  <si>
+    <t>Condannato per aver partecipato a proteste.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione in una colonia penale</t>
+  </si>
+  <si>
+    <t>2022-09-14 18:13:42</t>
+  </si>
+  <si>
+    <t>Natalia Ivanovna Ladutko</t>
+  </si>
+  <si>
+    <t>29 aprile 1964</t>
+  </si>
+  <si>
+    <t>Natalia è stata arrestata durante un massiccio raid delle forze di sicurezza, avvenuto il 23 e 24 gennaio 2024, contro i parenti dei prigionieri politici e le persone che esprimevano loro solidarietà. È stata condannata in un procedimento penale avviato ai sensi dell'articolo "assistenza ad attività estremiste".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.02.2025: 4 anni di reclusione in una colonia del regime generale, 600 unità di base di multa. Appello 08.04.2025: 4 anni di reclusione in una colonia del regime generale, 500 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-02-05 18:58:53</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1870,51 +1725,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1943,563 +1798,560 @@
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
+      <c r="I5" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>39</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
       <c r="I7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>46</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
       <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>75</v>
       </c>
       <c r="I13" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>77</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>97</v>
       </c>
       <c r="I17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>99</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
       <c r="C18" t="s">
         <v>101</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
         <v>102</v>
       </c>
       <c r="I18" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>104</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
       <c r="C19" t="s">
         <v>106</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>107</v>
       </c>
-      <c r="F19" t="s">
-[...5 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>109</v>
+      </c>
+      <c r="B20" t="s">
         <v>110</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>111</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>113</v>
       </c>
       <c r="I20" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>115</v>
       </c>
       <c r="B21" t="s">
         <v>116</v>
       </c>
       <c r="C21" t="s">
         <v>117</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>118</v>
       </c>
       <c r="I21" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>120</v>
       </c>
       <c r="B22" t="s">
         <v>121</v>
       </c>
       <c r="C22" t="s">
         <v>122</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
@@ -2508,1933 +2360,1707 @@
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
         <v>123</v>
       </c>
       <c r="I22" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>125</v>
       </c>
       <c r="B23" t="s">
         <v>126</v>
       </c>
       <c r="C23" t="s">
         <v>127</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
+      <c r="E23" t="s">
+        <v>128</v>
+      </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="I24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>38</v>
+      </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E26" t="s">
-        <v>143</v>
+        <v>43</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>149</v>
+        <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>150</v>
       </c>
       <c r="I27" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>152</v>
       </c>
       <c r="B28" t="s">
         <v>153</v>
       </c>
       <c r="C28" t="s">
         <v>154</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>155</v>
       </c>
       <c r="I28" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>157</v>
       </c>
       <c r="B29" t="s">
         <v>158</v>
       </c>
       <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>160</v>
       </c>
       <c r="I29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>162</v>
       </c>
       <c r="B30" t="s">
         <v>163</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
         <v>164</v>
       </c>
-      <c r="D30" t="s">
-[...2 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>165</v>
       </c>
-      <c r="F30" t="s">
-[...5 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>164</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H31" t="s">
-        <v>75</v>
+        <v>171</v>
       </c>
       <c r="I31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C32" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="G32" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="I32" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B33" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C33" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="I33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C34" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
+      <c r="E34" t="s">
+        <v>112</v>
+      </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>191</v>
       </c>
       <c r="I35" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>193</v>
       </c>
       <c r="B36" t="s">
         <v>194</v>
       </c>
       <c r="C36" t="s">
         <v>195</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>107</v>
+        <v>38</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>196</v>
       </c>
       <c r="I36" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>198</v>
       </c>
       <c r="B37" t="s">
         <v>199</v>
       </c>
       <c r="C37" t="s">
         <v>200</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>190</v>
+        <v>164</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>201</v>
       </c>
       <c r="I37" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>203</v>
       </c>
       <c r="B38" t="s">
         <v>204</v>
       </c>
       <c r="C38" t="s">
         <v>205</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
+      <c r="E38" t="s">
+        <v>164</v>
+      </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>206</v>
       </c>
       <c r="I38" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>208</v>
       </c>
       <c r="B39" t="s">
         <v>209</v>
       </c>
       <c r="C39" t="s">
         <v>210</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E39" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>211</v>
       </c>
       <c r="I39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>213</v>
       </c>
       <c r="B40" t="s">
         <v>214</v>
       </c>
       <c r="C40" t="s">
         <v>215</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>190</v>
+        <v>164</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>216</v>
       </c>
       <c r="I40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>218</v>
       </c>
       <c r="B41" t="s">
         <v>219</v>
       </c>
       <c r="C41" t="s">
         <v>220</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E41" t="s">
+        <v>43</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="F41" t="s">
-[...5 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
         <v>224</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>164</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
         <v>229</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>230</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>231</v>
       </c>
       <c r="I43" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>233</v>
       </c>
       <c r="B44" t="s">
         <v>234</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>236</v>
       </c>
       <c r="I44" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>238</v>
       </c>
       <c r="B45" t="s">
         <v>239</v>
       </c>
       <c r="C45" t="s">
         <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>53</v>
+        <v>112</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>241</v>
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
+        <v>239</v>
+      </c>
+      <c r="C46" t="s">
         <v>244</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>245</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
         <v>248</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>249</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>235</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>250</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>252</v>
+      </c>
+      <c r="B48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>68</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>259</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
         <v>261</v>
       </c>
       <c r="I49" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>263</v>
       </c>
       <c r="B50" t="s">
         <v>264</v>
       </c>
       <c r="C50" t="s">
         <v>265</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
+      <c r="E50" t="s">
+        <v>92</v>
+      </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>266</v>
       </c>
       <c r="I50" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>268</v>
       </c>
       <c r="B51" t="s">
         <v>269</v>
       </c>
       <c r="C51" t="s">
         <v>270</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>53</v>
+        <v>271</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I51" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B52" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C52" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>79</v>
+        <v>271</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="I52" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B53" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C53" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I53" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B54" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C54" t="s">
         <v>285</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
+        <v>112</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>286</v>
       </c>
-      <c r="F54" t="s">
-[...5 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>288</v>
+      </c>
+      <c r="B55" t="s">
         <v>289</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>290</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>292</v>
       </c>
       <c r="I55" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>294</v>
       </c>
       <c r="B56" t="s">
         <v>295</v>
       </c>
       <c r="C56" t="s">
         <v>296</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>34</v>
+        <v>129</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
         <v>297</v>
       </c>
       <c r="I56" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>299</v>
       </c>
       <c r="B57" t="s">
         <v>300</v>
       </c>
       <c r="C57" t="s">
         <v>301</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>302</v>
       </c>
-      <c r="F57" t="s">
-[...5 lines deleted...]
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>304</v>
+      </c>
+      <c r="B58" t="s">
         <v>305</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>306</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>21</v>
+      </c>
+      <c r="E58" t="s">
+        <v>43</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>307</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>309</v>
+      </c>
+      <c r="B59" t="s">
         <v>310</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>311</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>221</v>
+        <v>86</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>312</v>
       </c>
       <c r="I59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>314</v>
       </c>
       <c r="B60" t="s">
         <v>315</v>
       </c>
       <c r="C60" t="s">
         <v>316</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>317</v>
       </c>
       <c r="I60" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>319</v>
       </c>
       <c r="B61" t="s">
         <v>320</v>
       </c>
       <c r="C61" t="s">
         <v>321</v>
       </c>
       <c r="D61" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>322</v>
       </c>
       <c r="I61" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>324</v>
       </c>
       <c r="B62" t="s">
         <v>325</v>
       </c>
       <c r="C62" t="s">
         <v>326</v>
       </c>
       <c r="D62" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>165</v>
+        <v>112</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>327</v>
       </c>
       <c r="I62" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>329</v>
       </c>
       <c r="B63" t="s">
         <v>330</v>
       </c>
       <c r="C63" t="s">
         <v>331</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>332</v>
       </c>
       <c r="I63" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>334</v>
       </c>
       <c r="B64" t="s">
         <v>335</v>
       </c>
       <c r="C64" t="s">
         <v>336</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>13</v>
+        <v>260</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>337</v>
       </c>
       <c r="I64" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>339</v>
       </c>
       <c r="B65" t="s">
+        <v>330</v>
+      </c>
+      <c r="C65" t="s">
         <v>340</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>21</v>
+      </c>
+      <c r="E65" t="s">
+        <v>43</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>341</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>343</v>
+      </c>
+      <c r="B66" t="s">
         <v>344</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>345</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>74</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="I66" t="s">
         <v>346</v>
-      </c>
-[...13 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>347</v>
+      </c>
+      <c r="B67" t="s">
+        <v>348</v>
+      </c>
+      <c r="C67" t="s">
         <v>349</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>80</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>350</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>352</v>
+      </c>
+      <c r="B68" t="s">
         <v>353</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>354</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>21</v>
+      </c>
+      <c r="E68" t="s">
+        <v>43</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>355</v>
       </c>
-      <c r="D68" t="s">
-[...11 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>357</v>
+      </c>
+      <c r="B69" t="s">
         <v>358</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>359</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>271</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>360</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>362</v>
+      </c>
+      <c r="B70" t="s">
         <v>363</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>364</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>164</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>365</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>367</v>
+      </c>
+      <c r="B71" t="s">
         <v>368</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>369</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>370</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>371</v>
-      </c>
-[...10 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>372</v>
+      </c>
+      <c r="B72" t="s">
+        <v>373</v>
+      </c>
+      <c r="C72" t="s">
         <v>374</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>86</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>375</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>376</v>
-      </c>
-[...13 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>377</v>
+      </c>
+      <c r="B73" t="s">
+        <v>378</v>
+      </c>
+      <c r="C73" t="s">
         <v>379</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>22</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
+        <v>123</v>
+      </c>
+      <c r="I73" t="s">
         <v>380</v>
-      </c>
-[...19 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>381</v>
+      </c>
+      <c r="B74" t="s">
+        <v>382</v>
+      </c>
+      <c r="C74" t="s">
+        <v>383</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>164</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>384</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>385</v>
-      </c>
-[...19 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>386</v>
+      </c>
+      <c r="B75" t="s">
+        <v>387</v>
+      </c>
+      <c r="C75" t="s">
+        <v>388</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>68</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>170</v>
+      </c>
+      <c r="H75" t="s">
         <v>389</v>
       </c>
-      <c r="B75" t="s">
+      <c r="I75" t="s">
         <v>390</v>
-      </c>
-[...16 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>391</v>
+      </c>
+      <c r="B76" t="s">
+        <v>392</v>
+      </c>
+      <c r="C76" t="s">
         <v>393</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>68</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>394</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>395</v>
-      </c>
-[...16 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>396</v>
+      </c>
+      <c r="B77" t="s">
+        <v>397</v>
+      </c>
+      <c r="C77" t="s">
         <v>398</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>235</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>399</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>400</v>
-      </c>
-[...16 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>401</v>
+      </c>
+      <c r="B78" t="s">
+        <v>402</v>
+      </c>
+      <c r="D78" t="s">
+        <v>21</v>
+      </c>
+      <c r="E78" t="s">
+        <v>22</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="I78" t="s">
         <v>403</v>
-      </c>
-[...22 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>404</v>
+      </c>
+      <c r="B79" t="s">
+        <v>405</v>
+      </c>
+      <c r="C79" t="s">
+        <v>406</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>28</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
+        <v>407</v>
+      </c>
+      <c r="I79" t="s">
         <v>408</v>
-      </c>
-[...22 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>409</v>
+      </c>
+      <c r="B80" t="s">
+        <v>410</v>
+      </c>
+      <c r="C80" t="s">
+        <v>411</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>68</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
+        <v>412</v>
+      </c>
+      <c r="I80" t="s">
         <v>413</v>
-      </c>
-[...22 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>414</v>
+      </c>
+      <c r="B81" t="s">
+        <v>415</v>
+      </c>
+      <c r="C81" t="s">
+        <v>416</v>
+      </c>
+      <c r="D81" t="s">
+        <v>21</v>
+      </c>
+      <c r="E81" t="s">
+        <v>43</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>417</v>
       </c>
-      <c r="B81" t="s">
+      <c r="I81" t="s">
         <v>418</v>
-      </c>
-[...245 lines deleted...]
-        <v>461</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">