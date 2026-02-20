--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,1275 +12,1249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="515">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="495">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Shatilovich</t>
+  </si>
+  <si>
+    <t>1 marzo 1990</t>
+  </si>
+  <si>
+    <t>Sergei è stato condannato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni" e condannato alla libertà limitata con rinvio a un istituto di tipo aperto.</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 21. 247760, Mazyr, buĺvar Junasci, 24</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.03.2025: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Lazarevich</t>
   </si>
   <si>
     <t>1 marzo 2001</t>
   </si>
   <si>
     <t>Il 19 luglio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.
 Il 13 agosto 2024 dovrebbe iniziare un nuovo processo contro Alexander ai sensi dell'art. 361-3 parte 2</t>
   </si>
   <si>
-    <t>Uomo</t>
-[...1 lines deleted...]
-  <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>In custodia</t>
   </si>
   <si>
-    <t>Si</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 19.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 19.07.2024: sconosciuto. Sentenza del tribunale 14.08.2024: sconosciuto. Appello 15.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-12 23:08:59</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Shatilovich</t>
-[...17 lines deleted...]
-    <t>2025-03-11 00:58:35</t>
+    <t>Stanislav Vyacheslavovich Omelyanyuk</t>
+  </si>
+  <si>
+    <t>2 marzo 2006</t>
+  </si>
+  <si>
+    <t>unknown years of restriction of freedom without direction. Replacement of punishment with imprisonment.</t>
+  </si>
+  <si>
+    <t>2023-06-19 14:11:57</t>
+  </si>
+  <si>
+    <t>Pavel Kuchynski</t>
+  </si>
+  <si>
+    <t>2 marzo 1992</t>
+  </si>
+  <si>
+    <t>Un ex militare, residente a Minsk, costretto dai servizi speciali sotto tortura a partecipare ad una provocazione, nell'ambito della quale quest'ultimo ha contattato i rappresentanti di BYPOL e si è offerto di intraprendere azioni dirette. Tutte le trattative e la corrispondenza sono state registrate.
+Il 19 marzo 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>19 anni di reclusione in una colonia in condizioni di sicurezza rafforzate.</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:34:45</t>
   </si>
   <si>
     <t>Ruslan Igorevich Slutsky</t>
   </si>
   <si>
     <t>2 marzo 1983</t>
   </si>
   <si>
     <t>Ruslan è stato arrestato nel gennaio 2021 e condannato per aver confezionato e distribuito "ricci" davanti a un convoglio di auto che partecipavano a una manifestazione filo-governativa nell'autunno del 2020. È stato inoltre accusato di aver tentato di danneggiare i binari ferroviari collegandoli con fili metallici, il che avrebbe potuto ritardare la partenza dei treni.
 Ruslan è appassionato di sport estremi e arboricoltura. Ama l'altezza e si emoziona sedendosi su un tetto o abbracciando le cime degli alberi. In prigione ha scoperto il suo talento per il disegno. Nella sua vita privata, lavora il legno, coltiva patate, alleva maiali e ama i cavalli.
 Ruslan è affetto da un tumore benigno al cervello e soffre di forti dolori alla schiena , a causa dei quali a volte non riesce ad alzarsi dal letto.</t>
   </si>
   <si>
     <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.01.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-03-17 17:05:03</t>
   </si>
   <si>
-    <t>Elena Antonovna Borisyuk</t>
-[...32 lines deleted...]
-    <t>2023-06-19 14:11:57</t>
+    <t>Alexander Aleksandrovich Zalatarevich</t>
+  </si>
+  <si>
+    <t>2 marzo 1987</t>
+  </si>
+  <si>
+    <t>Ha lavorato come psicologo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 17.09.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:28:55</t>
   </si>
   <si>
     <t>Valeria Andreevna Glinskaya</t>
   </si>
   <si>
     <t>3 marzo 1995</t>
   </si>
   <si>
     <t>Detenuta con la madre .
 La perquisizione nell'appartamento è stata effettuata ai sensi dell'art. 364 del codice penale della Repubblica di Bielorussia. Quindi l'articolo di accusa è stato riclassificato come parte 3 dell'art. 130 del codice penale della Repubblica di Bielorussia.
 Precedentemente accusato di diffusione di dati personali di dipendenti del ministero dell'Interno.</t>
   </si>
   <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 20.01.2023: 6 anni 6 mesi di reclusione in una colonia del regime generale. Appello 28.04.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-01-07 01:48:15</t>
   </si>
   <si>
-    <t>Vladimir Valerievich Poroshkov</t>
-[...45 lines deleted...]
-    <t>Irina Flor'yanovna Dobrynovich</t>
+    <t>Dzmitry Rozhyn</t>
+  </si>
+  <si>
+    <t>4 marzo 1996</t>
+  </si>
+  <si>
+    <t>Condannato per aver fatto una donazione alle Forze Armate dell'Ucraina.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-10-28 20:37:33</t>
+  </si>
+  <si>
+    <t>Iryna Dabrynovich</t>
   </si>
   <si>
     <t>4 marzo 1966</t>
   </si>
   <si>
-    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
-[...2 lines deleted...]
-    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-17 18:43:15</t>
   </si>
   <si>
+    <t>Oleg Aminovich Timoshenkov</t>
+  </si>
+  <si>
+    <t>5 marzo 1976</t>
+  </si>
+  <si>
+    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.04.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-04-03 01:39:51</t>
+  </si>
+  <si>
     <t>Sergey Yurievich Lisovsky</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 marzo 1976</t>
   </si>
   <si>
     <t>Sergei è stato arrestato nell'agosto 2021 con l'accusa di terrorismo politico per le sue attività non violente. Secondo le informazioni disponibili, egli comunicava con i dipendenti del Ministero degli Interni, convincendoli a rifiutarsi di eseguire ordini criminali e aiutando anche coloro che avevano abbandonato il servizio e temevano persecuzioni.
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, ufficiali delle forze dell'ordine, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente". Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".
 Sergei è stato riconosciuto colpevole di numerose accuse penali e condannato a lunghe pene detentive, le prime cinque delle quali erano pene detentive. Fu anche privato del suo grado militare.</t>
   </si>
   <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 21.06.2023: 20 anni di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario), restrizione del servizio militare. Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-02-11 19:21:58</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-04-03 01:39:51</t>
   </si>
   <si>
     <t>Pavel Olegovich Ovcharov</t>
   </si>
   <si>
     <t>6 marzo 1996</t>
   </si>
   <si>
     <t>Pavel è stato arrestato nell'ambito di un procedimento penale aperto in seguito a una protesta avvenuta il 23 settembre 2020 a Minsk. È stato condannato per tre capi d'accusa, tra cui "resistenza a un agente di polizia". Secondo l'accusa, l'uomo avrebbe incitato a partecipare a rivolte di massa, presumibilmente pianificate in anticipo con il pretesto di eventi di massa, avrebbe bloccato le comunicazioni e avrebbe opposto resistenza disobbedendo alle richieste di aprire la portiera, rifiutandosi di uscire dall'auto e tenendosi al sedile con le mani.
 Nel luglio 2022, Pavel è stato nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione di un istituto penitenziario", una norma in base alla quale i prigionieri che si rifiutano di collaborare con l'amministrazione vengono processati per violazioni fittizie.</t>
   </si>
   <si>
-    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 20.05.2021: 5 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 13.07.2022: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-02-26 21:29:25</t>
   </si>
   <si>
     <t>Igor Grigorievich Ivanov</t>
   </si>
   <si>
     <t>6 marzo 1971</t>
   </si>
   <si>
     <t>Presumibilmente condannato per attività (commenti e mi piace) sui social network.
 Il 21 febbraio 2024 si è tenuta l'udienza d'appello e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.12.2023: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 21.02.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-09-12 18:41:28</t>
   </si>
   <si>
-    <t>Artur Nikolaevich Khalimonchik</t>
-[...14 lines deleted...]
-    <t>Sergey Vladimirovich Skibinsky</t>
+    <t>Ludmila Vyacheslavovna Avtushko</t>
+  </si>
+  <si>
+    <t>6 marzo 1976</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.12.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 21.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-16 22:53:08</t>
+  </si>
+  <si>
+    <t>Andrey Vasilievich Zinenko</t>
   </si>
   <si>
     <t>7 marzo 1983</t>
-  </si>
-[...11 lines deleted...]
-    <t>Andrey Vasilievich Zinenko</t>
   </si>
   <si>
     <t>Pavel Vabishchevich e Andrei Zinenko, come affermato nel film di propaganda dell'ONT, sono stati arrestati nella notte tra il 26 e il 27 agosto 2023 sulla ferrovia nel distretto di Stolbtsy vicino al deposito petrolifero e al punto di fermata di Sinyava.
 Un film di propaganda dell’autunno 2023 affermava che erano stati arrestati per aver tentato di posizionare un ordigno esplosivo sulla ferrovia nel distretto di Stolbtsy, “che avrebbe dovuto essere attivato dal comando di un curatore della SBU”.
 Andrei Zinenko, 40 anni, è un ex collega di Vabishchevich, che "ha lavorato in una posizione di leadership e ha ricevuto un alto stipendio", sottolineano i media statali. Una tale enfasi sugli “stipendi elevati” non è insolita nella propaganda di Lukashenko. Zinenko sembra sconfitto nel filmato.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.02.2025: 12 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-12-11 23:59:11</t>
+  </si>
+  <si>
+    <t>Vitaly Ivanovich Petruchuk</t>
+  </si>
+  <si>
+    <t>7 marzo 1975</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.01.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:24:34</t>
+  </si>
+  <si>
+    <t>Artur Nikolaevich Khalimonchik</t>
+  </si>
+  <si>
+    <t>7 marzo 1989</t>
+  </si>
+  <si>
+    <t>Artur è stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:41:47</t>
+  </si>
+  <si>
+    <t>Aliaksandr Vasilyevich Sumar</t>
+  </si>
+  <si>
+    <t>7 marzo 1982</t>
+  </si>
+  <si>
+    <t>Nel periodo dall'agosto 2020 al 26 luglio 2022, Alexander ha amministrato la chat telegrafica "Lunga vita a Luninets!", Per la quale è stato arrestato il 27 luglio 2022. Il 24 novembre 2022, per decisione del Ministero dell'Interno, i telegrammi chattano "Lunga vita a Luninets!" è stata riconosciuta come "formazione estremista" sul territorio della Repubblica di Bielorussia. Il processo contro Alexander si è svolto il 9 febbraio 2023, dove è stato accusato ai sensi di 5 articoli del codice penale della Repubblica di Bielorussia: parte 1 dell'art. 361-1, parte 1 dell'art. 342, comma 2 dell'art. 367, dell'art. 369, parte 3 dell'art. 361. Si sa di Alexander Sumar che nel 2006 ha lavorato presso il dipartimento degli affari interni del distretto di Luninets come esperto forense. Negli ultimi anni ha vissuto a Mosca (Russia).</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>9 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2023-01-10 15:05:51</t>
+  </si>
+  <si>
+    <t>Andrey Leontievich Logvinenko</t>
+  </si>
+  <si>
+    <t>8 marzo 1983</t>
+  </si>
+  <si>
+    <t>Andrey è stato condannato a una giornata ai sensi della parte 2 dell'art. 19.11 Codice degli illeciti amministrativi della Repubblica di Bielorussia - Distribuzione, produzione, conservazione, trasporto di prodotti informativi contenenti inviti ad attività estremiste o che promuovono tali attività. Successivamente è stato aperto un procedimento penale contro di lui ed è stato trasferito al centro di custodia cautelare-1.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.04.2025: 2 anni di reclusione in una colonia del regime generale, 200 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-01-17 16:05:17</t>
+  </si>
+  <si>
+    <t>Evgeny Nikolaevich Melnichuk</t>
+  </si>
+  <si>
+    <t>8 marzo 1990</t>
+  </si>
+  <si>
+    <t>Fu arrestato all'inizio di aprile 2024. In un video "confessionale" del 4 aprile 2024, "confessò" di aver "agitato la mano" verso la folla durante la manifestazione, dicendo "circondate la polizia antisommossa" e di aver lanciato pietre.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.09.2024: 4 anni di reclusione in una colonia del regime generale. Appello 22.11.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-09-24 18:50:18</t>
+  </si>
+  <si>
+    <t>Paul Vladimirovich Vakhlakov</t>
+  </si>
+  <si>
+    <t>8 marzo 1976</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 36. 220039, Minsk, Korotkevicha str., 14</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.11.2025: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-12-16 14:29:18</t>
+  </si>
+  <si>
+    <t>Andrey Aleksandrovich Mireychik</t>
+  </si>
+  <si>
+    <t>8 marzo 1978</t>
+  </si>
+  <si>
+    <t>Il 9 agosto 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 09.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:29:21</t>
   </si>
   <si>
     <t>Maksim Anatolevich Lopatin</t>
   </si>
   <si>
     <t>8 marzo 1979</t>
   </si>
   <si>
     <t>Detenuto insieme alla moglie in caso di sabotaggio a Machulishchi.
 Gli attivisti per i diritti umani hanno ricevuto informazioni secondo cui il 3 marzo gli ufficiali del KGB hanno arrestato Maxim Lopatin per sabotaggio a Machulishchi. L'uomo è detenuto nel centro di custodia cautelare del KGB.
 Lopatin è stato duramente picchiato durante il suo arresto. Su ONT è uscito un film che racconta alcune detenzioni di alto profilo, inclusa la menzione di Maxim. Presumibilmente, la sua amica psicoterapeuta Evgenia Tochinskaya, che vive in Polonia, ha chiesto di portare l '"agente ucraino" Shvets da Stolin all'autostrada Logoisk il 27 febbraio.
 Il video mostra che ha una dentiera sulla mascella, il che potrebbe significare che era rotta. Dopo lo splintaggio, dovrebbe esserci una seria fase di riabilitazione con l'assunzione di cibo e acqua attraverso una cannuccia.
 Il 23 marzo è stata arrestata anche la moglie di Maxim, Lyudmila Lopatina.
 Vale la pena notare che la coppia ha due figli minori.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.10.2024: 8 anni di reclusione in una colonia del regime potenziato, 1000 unità di base di multa. Appello 27.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-28 16:23:05</t>
   </si>
   <si>
-    <t>Andrey Aleksandrovich Mireychik</t>
-[...59 lines deleted...]
-    <t>Anna Alekseevna Ablab</t>
+    <t>Vitaly Nikolaevich Chausov</t>
+  </si>
+  <si>
+    <t>9 marzo 1979</t>
+  </si>
+  <si>
+    <t>Imprenditore, direttore di una delle agenzie pubblicitarie.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-06-27 16:13:19</t>
+  </si>
+  <si>
+    <t>Ivan Pavlovich Podlipentsev</t>
+  </si>
+  <si>
+    <t>9 marzo 1980</t>
+  </si>
+  <si>
+    <t>In un video filogovernativo, Ivan afferma di essere stato arrestato per commenti “ostili” nei confronti di funzionari governativi e agenti di polizia su Youtube e Telegram. Secondo le forze di sicurezza anche lui sarebbe stato registrato nel piano Peramoga.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.06.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:59:15</t>
+  </si>
+  <si>
+    <t>Hanna Aliakseyeuna Ablab</t>
   </si>
   <si>
     <t>9 marzo 1978</t>
   </si>
   <si>
-    <t>Impiegato BJD. Secondo le prime informazioni, l'art. 356 cp (tradimento allo stato). Inoltre, ONT ha riferito dell'avvio di un procedimento penale per la creazione di una formazione estremista - art. 361-1 del codice penale.</t>
-[...2 lines deleted...]
-    <t>11 anni in una colonia in condizioni di regime generale.</t>
+    <t>Anna, una dipendente delle Ferrovie bielorusse, è stata arrestata nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti della fabbrica che avevano sostenuto lo sciopero e facevano parte dell'iniziativa "Rabochy Rukh" (Movimento dei Lavoratori). Il 21 settembre 2021, questa iniziativa è stata definita un'organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Anna è stata dichiarata colpevole di tradimento e di creazione e partecipazione a un gruppo estremista e condannata alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 11 anni di reclusione in una colonia del regime generale. Appello 02.08.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-27 14:05:51</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-03-06 13:59:15</t>
   </si>
   <si>
     <t>Arthur Nikolaevich Memekh</t>
   </si>
   <si>
     <t>9 marzo 1991</t>
   </si>
   <si>
     <t>L'ingegnere informatico senior dell'EPAM Arthur Memekh si è trasferito nel New Jersey nella primavera del 2020. Sembra che sia stato arrestato quando ha deciso di visitare i parenti in Bielorussia.
 L'ultima volta che è stato online sui social network è stato alla fine dello scorso autunno. Sembra che Memekh abbia deciso di visitare la Bielorussia alla fine del 2023 o all’inizio del 2024 e sia stato arrestato. Arthur inizia a essere processato il 23 settembre 2024 per “promozione di attività estremiste”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 25.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 10.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-09 20:08:23</t>
   </si>
   <si>
-    <t>Vitaly Nikolaevich Chausov</t>
-[...13 lines deleted...]
-  <si>
     <t>Andrey Vladimirovich Vusik</t>
   </si>
   <si>
     <t>9 marzo 1989</t>
   </si>
   <si>
+    <t>Sentenza del tribunale 30.01.2026: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto, 500 unità di base di multa.</t>
+  </si>
+  <si>
     <t>2025-10-30 00:11:43</t>
   </si>
   <si>
-    <t>Vyacheslav Aleksandrovich Pantyushenko</t>
-[...27 lines deleted...]
-    <t>2025-01-15 19:42:13</t>
+    <t>Ivan Valerievich Puzdrov</t>
+  </si>
+  <si>
+    <t>Il 18 luglio 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
+  </si>
+  <si>
+    <t>2023-05-08 22:24:19</t>
   </si>
   <si>
     <t>Pauline Sergeevna Zyl</t>
   </si>
   <si>
     <t>10 marzo 1993</t>
   </si>
   <si>
     <t>L'attivista e blogger di Mozyr Polina Zyl. Come ha appreso Nasha Niva, la ragazza è stata accusata di aver partecipato a proteste e di essere coinvolta in un “gruppo estremista”. È in attesa di processo in un centro di custodia cautelare.
 Insieme a lei è stato arrestato anche il suo fidanzato, Maxim Shukanov. Non ci sono informazioni sulla sua liberazione; molto probabilmente si trova anch'egli in custodia cautelare.
 Polina ha 31 anni. È originaria di Yelsk e ha studiato a Mozyr. Nel 2020 la ragazza ha sostenuto le proteste ed è stata addirittura trattenuta per un giorno. Poi Polina si ritirò nell'ombra, ma rimase in campagna. Sia Zyl che Shukanov erano ricercati, ma non volevano lasciare la Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 1 anno di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-02-17 14:35:31</t>
   </si>
   <si>
-    <t>Sergei Valerievich Kirikovich</t>
-[...13 lines deleted...]
-    <t>2022-07-14 20:28:48</t>
+    <t>Vyacheslav Aleksandrovich Pantyushenko</t>
+  </si>
+  <si>
+    <t>10 marzo 1980</t>
+  </si>
+  <si>
+    <t>Arrestato per aver appeso una bandiera bianco-rosso-bianca e la bandiera dell'Ucraina sulla facciata di un edificio a più piani a Minsk.
+Dopo la loro detenzione, il canale nell'applicazione mobile Zello, attraverso il quale hanno comunicato durante l'azione, è stato riconosciuto come formazione estremista.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia penale a regime rafforzato.</t>
+  </si>
+  <si>
+    <t>2022-10-13 21:45:33</t>
+  </si>
+  <si>
+    <t>Anatoly Alexandrovich Krupin</t>
+  </si>
+  <si>
+    <t>10 marzo 1959</t>
+  </si>
+  <si>
+    <t>Anatoly Krupin ha 65 anni. Dal 1993 al 2015, l'uomo ha lavorato presso l'aeroporto di Minsk-2 come ispettore del servizio di sicurezza. Nel 2016 è stato menzionato come responsabile della sicurezza aerea e del cambio di regime quando una cittadina russa è stata fermata all'aeroporto per una battuta non riuscita sul TNT nel suo bagaglio. Fu Krupin a commentare la situazione. L'ultimo post dell'uomo sui social media risale a giugno 2024.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:42:13</t>
   </si>
   <si>
     <t>Vadim Igorevich Rushkevich</t>
   </si>
   <si>
     <t>11 marzo 1974</t>
   </si>
   <si>
     <t>L'uomo ha 50 anni. È stato il fondatore o direttore di diverse organizzazioni coinvolte nell'importazione di computer e dei loro componenti. Recentemente è stato vicedirettore per gli affari commerciali della società Avard Service e direttore della società SunRan.
 Non si sa esattamente quando sia stato arrestato , ma più di sei mesi fa. Il KGB ha incluso Rushkevich nell'elenco dei partecipanti alla "formazione estremista Trielite", così come l'uomo d'affari Vladimir Balabanovich, che è sotto processo per richieste di sanzioni.
 Probabilmente la chat è stata aperta a causa di uno dei detenuti.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 23.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 13.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-07 16:47:33</t>
   </si>
   <si>
+    <t>Maxim Sergeevich Dudorga</t>
+  </si>
+  <si>
+    <t>11 marzo 1996</t>
+  </si>
+  <si>
+    <t>Ha dedicato tutta la sua vita adulta allo sport e al servizio militare. Ancora nel 2015, Maxim correva maratone e mezze maratone con il Victoria Club.
+In seguito prestò servizio nella 38ª Brigata d'Assalto Aviotrasportata Separata a Brest. Nel febbraio 2020, i media statali lo descrissero come un ufficiale esemplare: "Il Tenente Maggiore delle Guardie Dudorga è diventato il miglior comandante di un plotone aviotrasportato delle forze speciali dopo una gara di addestramento sul campo". Sembra che abbia raggiunto il grado di capitano, almeno è così che è stato poi firmato nei suoi taccuini: "Capitano Dudorga". Maxim era un appassionato ciclista, partecipava a gite in bicicletta con il club VeloBrest e lavorava persino come autista, trasportando passeggeri lungo la tratta Minsk-Brest-Luninets.
+Non è chiaro se Dudorga lavorasse ancora nelle forze speciali o se avesse già lasciato.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.10.2025: 4 anni di reclusione in una colonia del regime potenziato. Appello 09.01.2026: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-09-25 19:23:04</t>
+  </si>
+  <si>
+    <t>Vadim Yurievich Sychugov</t>
+  </si>
+  <si>
+    <t>12 marzo 1981</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.08.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 26.09.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-07-26 14:37:31</t>
+  </si>
+  <si>
     <t>Alexey Pavlovich Gameza</t>
   </si>
   <si>
     <t>12 marzo 1985</t>
   </si>
   <si>
     <t>Alexey, direttore di un'impresa edile, è stato arrestato nell'ottobre 2021 in un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva e a una multa.
 Nel giugno 2023 la sua pena è stata aumentata ed è stato trasferito in prigione.</t>
   </si>
   <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 28.09.2022: 14 anni 6 mesi di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 15.06.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-10-13 14:50:29</t>
-  </si>
-[...14 lines deleted...]
-    <t>2021-12-06 21:19:03</t>
   </si>
   <si>
     <t>Anna Vladimirovna Strazhevich</t>
   </si>
   <si>
     <t>12 marzo 1965</t>
   </si>
   <si>
     <t>Anna fu arrestata il 18 dicembre 2023. Dopo 72 ore, non era ancora stata rilasciata. In via preliminare, è stato aperto un procedimento penale per oltraggio a Lukashenko e a un agente di polizia.
 Anna è stata condannata per diversi capi d'accusa, tra cui "assistenza ad attività estremiste", ed è stata condannata alla reclusione e a una pesante multa. Il processo si è svolto a porte chiuse.
 Presumibilmente uno dei motivi della persecuzione fu la sua solidarietà con i prigionieri politici: è noto che Anna scrisse loro lettere in continuazione.
  </t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.12.2024: 4 anni di reclusione in una colonia del regime generale, 550 unità di base di multa. Appello 14.03.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-12-22 02:06:21</t>
   </si>
   <si>
+    <t>Nikita Sergeevich Kuntysh</t>
+  </si>
+  <si>
+    <t>12 marzo 2002</t>
+  </si>
+  <si>
+    <t>È stato arrestato il 9 novembre per sospetto in un procedimento penale per azioni di gruppo che violano gravemente l'ordine pubblico.
+Inoltre, il giovane è stato accusato di aver ricevuto manganelli telescopici, pistole stordenti e altri mezzi dall'estero.</t>
+  </si>
+  <si>
+    <t>6 anni di carcere in una colonia penale a regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-12-06 21:19:03</t>
+  </si>
+  <si>
     <t>Sergey Aleksandrovich Zinich</t>
   </si>
   <si>
     <t>12 marzo 1994</t>
   </si>
   <si>
     <t>Sergei è stato condannato nell'estate del 2024 per "aver diffamato Lukashenko" e condannato a libertà limitata in una struttura aperta al pubblico.</t>
   </si>
   <si>
-    <t>Open correctional facility No. 36. 220039, Minsk, Korotkevicha str., 14</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 15.07.2024: 4 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 20.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-07-08 23:49:21</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-09-12 15:01:44</t>
   </si>
   <si>
     <t>Vasiliy Vladimirovich Ermakov</t>
   </si>
   <si>
     <t>14 marzo 1987</t>
   </si>
   <si>
     <t>Ex dipendente della banca BelVEB. Vasily è stato arrestato all'inizio di luglio 2022. I canali telegrafici filogovernativi hanno affermato che era stato arrestato per presunta fuga di dati personali delle forze di sicurezza, insegnanti e medici. Nel video del “pentimento”, Ermakov ha affermato di aver partecipato a manifestazioni a Minsk e di aver passato informazioni sui dipendenti del Ministero degli Interni al bot “Libro nero della Bielorussia”, “usando i suoi poteri ufficiali”.
 Vasily è stato duramente picchiato, ha persino perso conoscenza, le sue costole erano rotte. Sono stati trasferiti dall'ospedale al centro di custodia cautelare-1.
 Ha 1 figlio.</t>
   </si>
   <si>
-    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
-[...1 lines deleted...]
-  <si>
     <t>6 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2023-02-10 16:03:39</t>
+  </si>
+  <si>
+    <t>Alesya Nikolaevna Verevkina</t>
+  </si>
+  <si>
+    <t>15 marzo 1984</t>
+  </si>
+  <si>
+    <t>Il processo è iniziato il 29 luglio 2025 e si è protratto fino al 20 agosto 2025.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.08.2025: 2 anni di reclusione in una colonia del regime generale. Appello 11.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:07:05</t>
   </si>
   <si>
     <t>Yuri Valerievich Belko</t>
   </si>
   <si>
     <t>15 marzo 1983</t>
   </si>
   <si>
     <t>È stato detenuto con l'accusa di disordini di massa e accusato di aver partecipato a canali di telegrammi “radicali”.
 Nell'aprile 2022, Yuri è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.07.2021: 9 anni di reclusione in una colonia del regime potenziato, circa 912 rubli di risarcimento. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato. Tribunale per il cambio di regime 13.04.2022: 3 anni di regime carcerario. Tribunale per il cambio di regime 25.06.2025: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-26 20:59:45</t>
-  </si>
-[...57 lines deleted...]
-    <t>2022-03-18 18:44:06</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Kulikov</t>
   </si>
   <si>
     <t>16 marzo 1970</t>
   </si>
   <si>
     <t>Alla base del procedimento penale vi erano i commenti in una delle chat, riconosciuti dalle forze di sicurezza come materiali estremisti nel maggio 2021.
 Secondo i conoscenti di Alexander che erano all'estero, nel maggio 2023, dopo l'avvio di un procedimento penale, si è recato in Polonia, dove è rimasto per circa un mese. Poi ha ricevuto una telefonata dalla sua anziana madre, la quale ha detto che l'investigatore l'aveva chiamata e aveva minacciato di cercare suo figlio. È stato promesso che se Kulikov fosse tornato, gli sarebbe stata inflitta una pena non detentiva.
 Dopo qualche tempo, Kulikov ha deciso di tornare in Bielorussia ed è stato arrestato. Ha smesso di comunicare mentre attraversava il confine. Contro di lui è stato redatto un altro protocollo sulla violazione amministrativa (articolo 19.11 del Codice amministrativo) ed è stato aperto un procedimento penale. Il 13 luglio 2023, il tribunale distrettuale Leninsky di Mogilev ha dichiarato colpevole il residente di Mogilev e lo ha condannato a tre anni di prigione e inviato in una colonia in condizioni di regime generale.
 Nel dicembre 2023 si è saputo che Kulikov sarebbe stato nuovamente processato. Questa volta è accusato di tre articoli: partecipazione a un gruppo estremista (articolo 361 nota 1 parte 3), partecipazione sul territorio di uno Stato estero a una formazione armata o a un conflitto armato (articolo 361 nota 3 parte 1) e formazione o formazione altra preparazione alla partecipazione ad attività estremiste (art. 361 nota 5). Il 22 dicembre, il servizio stampa del tribunale di Mogobl ha riferito che il 20 dicembre Kulikov è stato condannato a 4 anni di prigione. In combinazione con la pena precedente, la durata complessiva della reclusione per l'uomo sarà di 4 anni e 6 mesi di reclusione alle condizioni del regime generale.
 Il 12 dicembre, BT ha pubblicato un film di propaganda su Kulikov, che parla del suo tentativo di unirsi al reggimento di Kastus Kalinowski e dell'addestramento militare vicino a Kiev.
 Nel marzo 2024 si è saputo che il pubblico ministero aveva protestato contro la condanna del prigioniero politico di Mogilev Alexander Kulikov, condannato a quattro anni e mezzo di prigione. Secondo la decisione del tribunale gli è stato concesso un anno e mezzo in più di pena .
 Il 1 luglio 2024 si è svolto un processo per sostituire Alexander con il regime e lui   ha deciso di trasferire il prigioniero politico in regime carcerario .</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.07.2023: 3 anni di reclusione in una colonia del regime generale. Appello 10.10.2023: sconosciuto. Sentenza del tribunale 22.12.2023: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 16.02.2024: il verdetto è stato confermato. Protesta del pubblico ministero data sconosciuta: 6 anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 01.07.2024: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2023-07-07 15:22:28</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Yashkin</t>
-[...33 lines deleted...]
-  <si>
     <t>Anastasia Sergeevna Gorchakova</t>
   </si>
   <si>
     <t>16 marzo 1982</t>
   </si>
   <si>
     <t>Era coinvolta nel "caso delle chiacchiere in giardino".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 24.07.2025: 2 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-07 22:27:20</t>
+  </si>
+  <si>
+    <t>Egor Pavlovich Lenkevich</t>
+  </si>
+  <si>
+    <t>16 marzo 2001</t>
+  </si>
+  <si>
+    <t>Condannato per aver partecipato alle proteste.
+Dal 16 settembre 2023, Egor è stato trasferito in regime carcerario. Lì, il prigioniero politico dovrà scontare 2 anni di reclusione.
+Il 31 luglio 2025, Yegor è stato condannato ai sensi dell'articolo 411 del codice penale per "disobbedienza dolosa alle richieste dell'amministrazione di un istituto penitenziario che esegue una pena detentiva" ad altri 10 mesi e 14 giorni di reclusione.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.03.2022: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 05.09.2023: 2 anni di regime carcerario. Sentenza del tribunale 31.07.2025: 10 mesi 14 giorni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2022-03-18 18:44:06</t>
+  </si>
+  <si>
+    <t>Iryna Lebedz</t>
+  </si>
+  <si>
+    <t>17 marzo 1983</t>
+  </si>
+  <si>
+    <t>È noto che gli agenti del GUBOPiK stanno indagando su individui presumibilmente coinvolti nella chat Telegram dei "Partigiani di Novagrudok". Sono stati avviati procedimenti penali contro di loro ai sensi della legge sull'estremismo. A tutti gli interrogati nel caso è stato chiesto di firmare un accordo di non divulgazione.
+Secondo quanto riportato dai media, almeno sei persone arrestate dalle forze di sicurezza 15 giorni fa non sono state rilasciate dopo aver scontato la detenzione amministrativa, tra cui Irina.
+Irina ha problemi alla colonna vertebrale: ernie multiple e altre formazioni, è necessario un intervento chirurgico.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:58:10</t>
   </si>
   <si>
     <t>Ivan Nikolaevich Kochanov</t>
   </si>
   <si>
     <t>17 marzo 1989</t>
   </si>
   <si>
     <t>Ivan ha lavorato più recentemente presso Belenergo, installando e configurando reti in fibra ottica e comunicazioni.
 Ivan è un commentatore molto attivo su Telegram. Dal 2019 al 2025, ha lasciato oltre 50.000 messaggi nelle chat aperte. La maggior parte di essi non era politica: parlava di tecnologia, offrendo consigli professionali su editing e strumenti di rete. Tuttavia, scriveva anche di politica. Kochanov ha sostenuto il movimento per libere elezioni e ha condannato l'invasione russa dell'Ucraina. Allo stesso tempo, ha criticato l'Europa e la NATO, si è espresso contro la persecuzione dei bielorussi all'estero e la repressione, nonché contro la repressione della lingua russa in Ucraina, poiché "incita all'aggressione".
 È stato condannato per commenti in una chat room ritenuta estremista e per aver partecipato alle proteste del 2020. Due settimane dopo essere stato trasferito nella colonia penale, Ivan è stato accusato di un secondo caso penale relativo alla chat room "Belarusian Gayun" ed è stato nuovamente trasferito in un centro di detenzione preventiva.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2025-06-23 12:42:50</t>
   </si>
   <si>
     <t>Kirill Vyacheslavovich Poznyak</t>
   </si>
   <si>
     <t>17 marzo 1977</t>
   </si>
   <si>
     <t>Il giornalista Kirill Poznyak è stato arrestato il 4 settembre, il giorno in cui il canale YouTube Platforma 375 è stato riconosciuto come "gruppo estremista". Nel 2021-2022, il canale ha ospitato diversi dibattiti tra propagandisti filogovernativi e i loro oppositori, costretti a lasciare il Paese. Kirill Poznyak è stato uno dei conduttori dei dibattiti. Nel suo discorso di apertura, ha affermato che i dibattiti sono necessari per creare una "piattaforma di dialogo in modo che gli oppositori possano almeno ascoltarsi a vicenda", nonché per "elevare il livello e la cultura dei dibattiti e delle discussioni", e per consentire alle parti in conflitto di "trasmettere non solo al proprio pubblico, ma anche al pubblico degli indecisi e al pubblico degli oppositori".
 Il canale, così come i suoi account TikTok, sono stati inclusi nell'"Elenco di organizzazioni, formazioni e singoli imprenditori coinvolti in attività estremiste" l'11 settembre.</t>
   </si>
   <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
     <t>2025-09-13 11:24:16</t>
+  </si>
+  <si>
+    <t>Viachaslau Kruk</t>
+  </si>
+  <si>
+    <t>18 marzo 1981</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+  </si>
+  <si>
+    <t>2025-12-08 14:42:32</t>
+  </si>
+  <si>
+    <t>Dmitry Viktorovich Basko</t>
+  </si>
+  <si>
+    <t>18 marzo 1965</t>
+  </si>
+  <si>
+    <t>È noto che prima del suo arresto, Dmitry viveva a Minsk e lavorava come programmatore. Inoltre, insegnava periodicamente programmazione presso la Facoltà di Matematica Applicata e Informatica dell'Università Statale Bielorussa. Prima del suo arresto, Dmitry non lavorava da nessuna parte, poiché era diventato "inaffidabile" per l'università e molte aziende informatiche avevano lasciato la Bielorussia, quindi non c'era lavoro per lui con le sue elevate qualifiche. Non voleva andarsene, perché a quel tempo si prendeva cura dell'anziana madre. Durante le indagini su Dmitry, la madre morì.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.05.2025: 9 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello data sconosciuta: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-08-23 11:45:35</t>
   </si>
   <si>
     <t>Vitaly Nikolaevich Paprocki</t>
   </si>
   <si>
     <t>18 marzo 1970</t>
   </si>
   <si>
     <t>Ha iniziato nel 1999 come investigatore nella polizia di Zhodino. È noto che raggiunse il grado di tenente colonnello di giustizia. Fino alla primavera del 2014, Vitaly ha lavorato come capo del dipartimento distrettuale di Smolevichi del comitato investigativo.
 Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia. Paprocki nel suo discorso afferma di aver servito il popolo per tutta la vita. Vitaly dice che coloro che hanno difeso le persone sono stati repressi, suggerisce di "tornare in sé e pensare". Paprocki dice di sostenere chi lavora secondo la legge.
 Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.03.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-06 15:23:48</t>
   </si>
   <si>
-    <t>Dmitry Viktorovich Basko</t>
-[...11 lines deleted...]
-    <t>2025-08-23 11:45:35</t>
+    <t>Dmitriy Igorevich Svichkarev</t>
+  </si>
+  <si>
+    <t>19 marzo 1988</t>
+  </si>
+  <si>
+    <t>Un dipendente dell'EPAM. Arrestato per donazioni. La figlia di Dmitry aveva nove mesi al momento dell'arresto.
+Il 6 febbraio 2024, l'appello è stato discusso. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia di massima sicurezza</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:07:08</t>
   </si>
   <si>
     <t>Alexey Igorevich Komarovsky</t>
   </si>
   <si>
     <t>19 marzo 1984</t>
   </si>
   <si>
     <t>Il 10 agosto 2020, durante le proteste, Aleksey stava guidando con la sua auto intorno a Minsk, nella zona di Belai Vezha. All'incrocio, un uomo ha visto la polizia antisommossa che, alla ricerca di manifestanti, ha iniziato a trattenere brutalmente gli automobilisti: sparare e rompere i finestrini delle auto. Aleksey, senza aspettare il suo arresto, è andato avanti, dove stava passando la polizia stradale. Non accorgendosi dell'auto ufficiale, Alex ha cambiato corsia. Al momento della manovra l'auto della polizia stradale si era già fermata e l'uomo continuava i suoi affari. In questa azione , il tribunale ha visto l'interferenza nelle attività di un dipendente dell'organo per gli affari interni (articolo 365 del codice penale).
 Nello stesso momento e nello stesso luogo, presumibilmente c'era un vigile urbano Mosenza, che ha testimoniato a fine dicembre 2022, presumibilmente Aleksey voleva abbatterlo allora. Per questo, l'uomo è stato condannato ai sensi dell'art. 364 cp e preso in custodia.
 Alexey ha tre figli, uno dei quali è una figlia minorenne di 5 anni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.02.2023: 4 anni di reclusione in una colonia del regime rigoroso, 3000 rubli di risarcimento. Appello 02.05.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-21 20:25:58</t>
   </si>
   <si>
-    <t>Dmitriy Igorevich Svichkarev</t>
-[...14 lines deleted...]
-  <si>
     <t>Michael Mikhailovich Lazko</t>
   </si>
   <si>
     <t>19 marzo 1986</t>
   </si>
   <si>
-    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
-[...1 lines deleted...]
-  <si>
     <t>anni sconosciuti di prigionia in colonia</t>
   </si>
   <si>
     <t>2024-07-31 14:36:53</t>
   </si>
   <si>
-    <t>Ilya Khodas</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 03.11.2025: 2 anni 9 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+    <t>Ilya Leonidovich Khodas</t>
+  </si>
+  <si>
+    <t>19 marzo 1980</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 9 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-17 16:53:13</t>
   </si>
   <si>
+    <t>Andrei Sitnikau</t>
+  </si>
+  <si>
+    <t>20 marzo 1965</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.10.2024: 4 anni di reclusione in una colonia del regime potenziato. Appello 20.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:06:24</t>
+  </si>
+  <si>
     <t>Sergey Fyodorovich Lezhenko</t>
   </si>
   <si>
     <t>20 marzo 1993</t>
   </si>
   <si>
     <t>Sergei è stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
   </si>
   <si>
     <t>2021-02-27 01:43:23</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Apanovich</t>
+  </si>
+  <si>
+    <t>20 marzo 1981</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-07-20 11:28:14</t>
+  </si>
+  <si>
+    <t>Ihar Khinevich</t>
+  </si>
+  <si>
+    <t>20 marzo 1972</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:29:17</t>
   </si>
   <si>
     <t>Alexander Anatolyevich Petushkov</t>
   </si>
   <si>
     <t>20 marzo 1988</t>
   </si>
   <si>
     <t>Per la prima volta, Alexander Petushkov è stato arrestato nel gennaio 2022, dopodiché i canali Telegram filogovernativi hanno pubblicato con lui un video di "pentimento". Il motivo della detenzione sono stati i suoi commenti sugli eventi in Kazakistan.
 La seconda volta che Alexander è stato arrestato nell'aprile 2022. Il motivo per l'avvio di un procedimento penale sono stati i repost e i commenti che chiedevano uno sciopero, l'interruzione del lavoro delle imprese e la ripresa delle proteste. Ha anche avanzato proposte per rimuovere le spalline delle forze di sicurezza e dei generali. In relazione a Lukashenka, ha usato le parole "usurpatore" e "illegittimo".</t>
   </si>
   <si>
     <t>7,5 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2022-07-22 18:12:13</t>
   </si>
   <si>
-    <t>Andrey Yuryevich Sitnikov</t>
-[...47 lines deleted...]
-    <t>2023-03-22 17:00:38</t>
+    <t>Eugene Vyacheslavovich Milenkevich</t>
+  </si>
+  <si>
+    <t>21 marzo 1996</t>
+  </si>
+  <si>
+    <t>Evgeny è stato condannato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni" e condannato alla restrizione della libertà con rinvio a un istituto di tipo aperto.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 49. 213010, Škloŭ, vulica Maladziožnaja 2B</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.11.2024: 1 anno 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 09.01.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:24:01</t>
   </si>
   <si>
     <t>Ilya Ditovich Telichenko</t>
   </si>
   <si>
     <t>21 marzo 1982</t>
   </si>
   <si>
     <t>Molto probabilmente è rimasto in custodia fino al processo.
 Il 26 gennaio 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>sconosciuto</t>
   </si>
   <si>
     <t>2024-01-25 18:30:24</t>
   </si>
   <si>
-    <t>Eugene Vyacheslavovich Milenkevich</t>
-[...14 lines deleted...]
-    <t>2024-11-02 16:24:01</t>
+    <t>Kirill Vladimirovich Matyuto</t>
+  </si>
+  <si>
+    <t>21 marzo 1991</t>
+  </si>
+  <si>
+    <t>Il 20 giugno 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.04.2023: 7 anni di reclusione in una colonia del regime generale. Appello 20.06.2023: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2023-03-22 17:00:38</t>
   </si>
   <si>
     <t>Oleg Anatolyevich Molchanov</t>
   </si>
   <si>
     <t>22 marzo 1970</t>
   </si>
   <si>
     <t>Arrestato per incendio doloso il 28 febbraio 2022 presso la stazione Zherd-Ostankovichi di un armadio relè per segnalazione, centralizzazione e blocco (SCB), a seguito del quale i semafori e gli scambi di questa sezione sono stati portati in uno stato non funzionante. La sezione Ostankovichi - Zherd si trova sulla linea Zhlobin - Kalinkovichi, che poi prosegue fino a Ovruch (regione Zhytomyr dell'Ucraina).</t>
   </si>
   <si>
-    <t>21 anni di reclusione in una colonia penale a regime rafforzato.</t>
+    <t>Sentenza del tribunale 27.12.2022: 21 anno di reclusione in una colonia del regime potenziato. Appello 30.03.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-04-21 18:57:59</t>
   </si>
   <si>
     <t>Victor Viktorovich Eremenko</t>
   </si>
   <si>
     <t>22 marzo 1981</t>
   </si>
   <si>
     <t>Le circostanze del caso, ad eccezione del verdetto, sono ancora sconosciute agli attivisti per i diritti umani.
 L'imputato Eremenko è stato riconosciuto colpevole di azioni deliberate volte a incitare all'odio etnico e sociale sulla base dell'appartenenza nazionale e sociale. È stato anche riconosciuto colpevole di aver messo consapevolmente un'altra persona a rischio di contrarre il virus dell'immunodeficienza umana (HIV).</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia a regime severo.</t>
   </si>
   <si>
     <t>2023-05-18 09:15:40</t>
   </si>
   <si>
     <t>Alexander Ivanovich Mazur</t>
   </si>
   <si>
     <t>22 marzo 1974</t>
   </si>
   <si>
     <t>È stato detenuto nel novembre 2024 a Zhodino.
 Allo stesso tempo, il sito web dell'iniziativa “Letter Bel” e le sue pagine sui social network sono stati riconosciuti come “materiali estremisti”. Un mese dopo, il KGB riconobbe l’iniziativa come “ formazione estremista”. Secondo il dipartimento, Alexander Mazur , così come Pavel Korenyukhin e Alexander Lykshin sono imparentati con la "lettera . bel". Ora gli uomini si trovano nell'ST -8 , sono accusati ai sensi dell'art. 361-1 del codice penale (Creazione di un gruppo estremista o partecipazione ad esso).</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime potenziato, 1000 unità di base di multa.</t>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime potenziato, 1000 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2024-12-29 21:52:50</t>
   </si>
   <si>
     <t>Andrey Vyacheslavovoch Budai</t>
   </si>
   <si>
     <t>23 marzo 1978</t>
   </si>
   <si>
     <t>Andrey, operaio edile e decoratore, è stato arrestato nel luglio 2021 nell'ambito di un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva e a una multa.
 Nel settembre 2024, Andrei è stato nuovamente condannato ai sensi dell'articolo sulla "disobbedienza dolosa alle richieste dell'amministrazione di un istituto penitenziario". Questo articolo viene spesso applicato ai prigionieri che si rifiutano di collaborare con l'amministrazione e prevede punizioni per violazioni immaginarie. Di conseguenza, la sua pena complessiva è stata aumentata a 17 anni.
 Andrei lascia tre figli e una moglie affetta da gravi problemi di salute.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.09.2022: 15 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato. Sentenza del tribunale 24.09.2024: 2 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-08-12 20:00:28</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Bremschmidt</t>
-[...12 lines deleted...]
-    <t>2024-02-12 19:12:28</t>
+    <t>Andrey Vladimirovich Prikhodko</t>
+  </si>
+  <si>
+    <t>23 marzo 1988</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.11.2024: sconosciuto. Appello 07.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:12:38</t>
   </si>
   <si>
     <t>Матвей Викторович Оверчук</t>
   </si>
   <si>
     <t>23 marzo 1994</t>
   </si>
   <si>
     <t xml:space="preserve">I fratelli Overchuk furono arrestati all'inizio di giugno. Lo hanno riferito canali Telegram filogovernativi. Nel video confessionale, gli uomini affermano che il 10 agosto 2020 si trovavano a Brest durante una manifestazione di protesta.
 Matvey è impegnato nelle riparazioni delle auto.
 In questo caso sono coinvolti anche Oleg Litvinchuk e Alevtina Gudkova.
 </t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.08.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 04.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-25 18:07:49</t>
   </si>
   <si>
-    <t>Igor Olegovich Kislyak</t>
-[...14 lines deleted...]
-    <t>2025-01-06 14:21:32</t>
+    <t>Andrey Vladimirovich Bremschmidt</t>
+  </si>
+  <si>
+    <t>23 marzo 1985</t>
+  </si>
+  <si>
+    <t>Era un deputato locale a Zaslavl, dove era registrata la sua azienda. Bremschmidt era addirittura membro della commissione elettorale per le elezioni parlamentari del 2019. È noto che alla fine di maggio 2023 l'uomo si è recato in Lituania. Nelle chat ha scritto quanto tempo ci è voluto per attraversare il confine e che presto sarebbe tornato in Bielorussia. Uno degli organizzatori di “VIVA Rovar” a Zaslavl.
+Il 29 aprile 2024, esaminato il ricorso (presumibilmente la pena è stata ridotta dai 10 anni di reclusione imposti dal tribunale di primo grado a 6,5 anni di reclusione), la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>6,5 anni di reclusione in una colonia del regime generale</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:12:28</t>
   </si>
   <si>
     <t>Mikita Uladzimiravicz Jemialjanaw</t>
   </si>
   <si>
     <t>24 marzo 2000</t>
   </si>
   <si>
-    <t>Nikita è stato arrestato nell'ottobre 2019 e condannato per gli attacchi agli edifici del Centro di detenzione preventiva n. 1 e del Tribunale della città di Minsk, in solidarietà con i prigionieri politici. Inizialmente era stato condannato a 7 anni di carcere, ma dopo un appello la pena è stata ridotta a 4 anni. Nel maggio 2020, Nikita è stato trasferito al regime carcerario.
-[...3 lines deleted...]
-Entro dicembre 2024, Nikita aveva trascorso un totale di 568 giorni in isolamento, di cui 2 mesi di isolamento continuo.</t>
+    <t>Nikita è stato arrestato nell'ottobre 2019 e condannato per gli attacchi agli edifici del Centro di detenzione preventiva n. 1 e del Tribunale della città di Minsk, in solidarietà con i prigionieri politici. Inizialmente è stato condannato a sette anni di carcere, ma in appello la pena è stata ridotta a quattro anni. Nel maggio 2020, Nikita è stato trasferito in regime carcerario.
+Nel marzo 2022, è stato nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione penitenziaria", un'accusa spesso applicata ai detenuti che si rifiutano di collaborare con le autorità penitenziarie. Nel marzo 2023, è stato trasferito nuovamente al regime carcerario.
+Durante la sua prigionia, Nikita è stato sottoposto a continue pressioni. Viene spesso messo in isolamento, dove viene trattenuto in isolamento per decine di giorni. Gli vengono negate le visite dei familiari, la sua corrispondenza è limitata e i suoi effetti personali vengono confiscati. In risposta alle dure condizioni, Nikita protesta con scioperi della fame e rifiutandosi di ottemperare alle richieste dell'amministrazione. Viene inoltre regolarmente sottoposto a sanzioni per infrazioni minori, come il rifiuto di pulire il cortile o di comunicare tra celle.
+Tre mesi prima del suo rilascio, nel febbraio 2025, Nikita affrontò un'altra udienza in tribunale con l'accusa di "disobbedienza dolosa alle richieste dell'amministrazione di un istituto penitenziario", a seguito della quale fu condannato a un altro anno di reclusione.
+Entro dicembre 2024, Nikita aveva trascorso un totale di 568 giorni in isolamento, inclusi due mesi di isolamento continuo.
+All'inizio di dicembre 2025, Nikita aveva trascorso 648 giorni in isolamento.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.02.2020: 7 anni di reclusione in una colonia del regime potenziato, circa 330 rubli di risarcimento. Appello 27.03.2020: 4 anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 29.05.2020: 2 anni di regime carcerario. Sentenza del tribunale 11.03.2022: 2 anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 22.03.2023: 2 anni 4 mesi di regime carcerario. Sentenza del tribunale 03.02.2025: 1 anno di reclusione in una colonia del regime rigoroso. Appello 03.04.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 16:59:41</t>
+  </si>
+  <si>
+    <t>Oleg Igorevich Zubovich</t>
+  </si>
+  <si>
+    <t>24 marzo 1996</t>
+  </si>
+  <si>
+    <t>Ex agente di polizia, tenente. Si è licenziato perché non poteva guardare tutto ciò che stava accadendo, poi ha ottenuto un lavoro come guardia di sicurezza. È stato duramente picchiato durante l'arresto. Ex colleghi sono venuti in tribunale come vittime e hanno parlato bene di Oleg, ma hanno comunque preteso un risarcimento morale. A casa, Oleg è stato lasciato ad aspettare una madre.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.12.2022: 6 anni di reclusione in una colonia del regime generale. Appello 31.03.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Ilya Valerievich Trubin</t>
   </si>
   <si>
     <t>24 marzo 1987</t>
   </si>
   <si>
     <t>Si sa che era un ufficiale del KGB. Ma nel 2011 ha lasciato.
 Secondo l'indagine, un residente di 34 anni di Borisov ha appiccato il fuoco a due portali del sistema di riscossione dei pedaggi stradali BelToll nel distretto di Borisov.</t>
   </si>
   <si>
     <t>16 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2022-04-15 23:43:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Arkady Andreevich Koychurenko</t>
   </si>
   <si>
     <t>24 marzo 1974</t>
   </si>
   <si>
     <t>Rientrato in patria dall'estero, è stato arrestato tra la fine di settembre e l'inizio di ottobre 2024. È tornato in patria per rinnovare il passaporto. È stato accusato di "azioni deliberate volte a incitare all'odio e alla discordia nazionale, religiosa e sociale", "diffusione di materiale contenente appelli pubblici alla presa del potere statale, ... e altre azioni volte a danneggiare la sicurezza nazionale della Repubblica di Bielorussia", "insulto a un funzionario governativo" e "insulto a Lukashenko".
 Arkady fu infine condannato a cinque anni di carcere di massima sicurezza e a una multa di 500 unità di base. Gli fu inoltre ordinato di pagare 5.000 rubli di "danni morali" ad Andrej Ivanovič Švets.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.10.2025: 5 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-07-30 10:31:41</t>
   </si>
   <si>
     <t>Vladimir Ivanovich Kniga</t>
   </si>
   <si>
     <t>25 marzo 1981</t>
   </si>
   <si>
     <t>Vladimir, ex agente di sicurezza e volontario della squadra della candidata presidenziale Svetlana Tikhanovskaya, è stato arrestato il 4 giugno 2020 e condannato nel giugno 2021 nell'ambito del "caso Tikhanovsky". Il procedimento penale è stato aperto dopo un picchetto avvenuto il 29 maggio 2020 a Grodno, dove Sergej Tikhanovsky e i suoi sostenitori sono stati arrestati.
@@ -1307,418 +1281,367 @@
 Il 5 luglio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.04.2024: 4 anni di reclusione in una colonia del regime generale. Appello 05.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-09-06 20:24:56</t>
   </si>
   <si>
     <t>Anton Aleksandrovich Stashevsky</t>
   </si>
   <si>
     <t>26 marzo 1980</t>
   </si>
   <si>
     <t>Anton, volontario della fondazione Country for Life e della squadra di ricerca Angel, è stato arrestato il 9 luglio 2021 nell'ambito di un'"operazione del KGB per epurare i radicali" e posto in custodia cautelare con l'accusa di aver finanziato le attività di un gruppo estremista.
 Nell'ottobre 2022, fu accusato di "cospirazione per impadronirsi del potere statale con mezzi incostituzionali" e nel novembre dello stesso anno, Anton fu condannato alla reclusione in una colonia penale di massima sicurezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 11.11.2022: 8 anni di reclusione in una colonia del regime rigoroso. Appello 10.02.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-13 13:41:01</t>
   </si>
   <si>
+    <t>Volha Matusevich</t>
+  </si>
+  <si>
+    <t>26 marzo 1973</t>
+  </si>
+  <si>
+    <t>Si sa che si è laureata alla BGEU nel 1994 ed è sposata.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:09:10</t>
+  </si>
+  <si>
     <t>Maksim Valerievich Belenovich</t>
   </si>
   <si>
     <t>26 marzo 1984</t>
   </si>
   <si>
     <t>Secondo i canali filogovernativi, è stato arrestato per essersi iscritto al piano Peramoga.
 Istruttore di guida DOSAAF.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.12.2022: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 10.03.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-04-01 17:11:55</t>
   </si>
   <si>
-    <t>Dmitriy Petrovich Prozetsky</t>
-[...38 lines deleted...]
-    <t>2022-03-11 01:16:18</t>
+    <t>Yuri Pavlovich Yurenya</t>
+  </si>
+  <si>
+    <t>27 marzo 1965</t>
+  </si>
+  <si>
+    <t>Detenuto insieme a suo figlio per donazioni. Secondo i funzionari, l'uomo è stato condannato per aver effettuato più di 100 trasferimenti di denaro per un totale di 1.885 dollari. I bonifici sono stati effettuati dal 7 agosto 2020 al 24 marzo 2021.
+Si trattava di un “finanziamento delle attività di una formazione estremista” (anche se, molto probabilmente, a quel tempo le iniziative non erano “formazioni estremiste”).
+Il 02/02/2024 si è tenuta l'udienza d'appello, la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia a regime generale.</t>
+  </si>
+  <si>
+    <t>2023-11-05 15:33:05</t>
   </si>
   <si>
     <t>Vyacheslav Aleksandrovich Maleichuk</t>
   </si>
   <si>
     <t>27 marzo 1985</t>
   </si>
   <si>
     <t>Accusato di aver preparato attacchi terroristici a Chizhovka e un'unità militare a Pechi alla vigilia del Giorno della Libertà nel 2021.
 Le azioni che le forze di sicurezza gli attribuiscono sono diventate la base per l'inclusione di Svetlana Tikhanovskaya, Pavel Latushko, Anton Motolko e dei partecipanti all'iniziativa delle ex forze di sicurezza   sull'elenco dei terroristi e procedimento penale contro di loro per aver preparato un atto di terrorismo.
 Vyacheslav è stato denunciato per “disobbedienza dolosa alle esigenze dell'amministrazione della colonia” ai sensi dell'art. 411 CC. Il processo si è svolto il 10 febbraio 2023. È stato imposto un anno di reclusione.
 Vyacheslav è stato processato il 23 agosto 2023 ai sensi della parte 2 dell'art. 411 del codice penale a Gorki e lo ha condannato ad una pena complessiva di altri due anni di reclusione, sulla base della totalità delle condanne della parte non scontata al momento del processo (20 anni e 5 mesi) e della nuova sentenza ( 2 anni), avrebbe dovuto scontare ancora 22 anni e 5 mesi dal momento del terzo processo.
 Il 7 agosto, il giudice di Mozyr Anatoly Strelchenko condurrà un altro processo ai sensi dell'articolo 411 di Vyacheslav.</t>
   </si>
   <si>
     <t>Sulla base della somma di 3 condanne dal momento della detenzione, Vyacheslav &amp;egrave; stato condannato a 25 anni da scontare in una colonia penale in rigide condizioni di sicurezza.</t>
   </si>
   <si>
     <t>2022-04-28 14:11:36</t>
   </si>
   <si>
-    <t>Andrey Andreevich Stepurko</t>
-[...32 lines deleted...]
-  <si>
     <t>Alexander Mikhailovich Mazurin</t>
   </si>
   <si>
     <t>27 marzo 1981</t>
   </si>
   <si>
     <t>Molto probabilmente è stato arrestato all'inizio di dicembre 2024.
 Alexander si è laureato presso l'Accademia del Ministero degli Interni ed è entrato in servizio nella polizia. Ha raggiunto il grado di ispettore di servizio presso la Direzione Centrale degli Affari Interni del Comitato Esecutivo della Città di Minsk e di capitano. Nel 2012 è stato congedato dalla polizia.
 Nel 2013, Mazurin ha ottenuto un incarico come responsabile del reparto sicurezza presso l'azienda di lavorazione del legno Interdoors. L'azienda impiega oltre 150 persone.
 Alexander ha anche lo status di imprenditore individuale, la cui area di attività è lo sviluppo di software e la consulenza in questo settore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-06-16 23:35:43</t>
   </si>
   <si>
+    <t>Andrey Andreevich Stepurko</t>
+  </si>
+  <si>
+    <t>27 marzo 1990</t>
+  </si>
+  <si>
+    <t>Andrei Stepurko ha 33 anni. L'uomo si è laureato al Radio Engineering College e poi alla MITSO International University. Ha lavorato come ingegnere del software in un policlinico, assemblatore di computer, operatore di computer, assistente alle vendite. È noto che ama le riprese pratiche, era impegnato in laser tag e altri tipi di giochi di tiro.
+Per quanto ne sappiamo , l'uomo è stato arrestato nel caso dell'esplosione dell'aereo a Machulishchi e avrebbe trovato un appartamento per il presunto sabotatore a Machulishchi, Nikolai Shvets.
+Anche i genitori di Stepurko e suo fratello sono stati arrestati.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.10.2024: 6 anni di reclusione in una colonia del regime potenziato. Appello 27.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-04-07 15:14:21</t>
+  </si>
+  <si>
+    <t>Sergei Gennadievich Konovalov</t>
+  </si>
+  <si>
+    <t>27 marzo 1972</t>
+  </si>
+  <si>
+    <t>Arrestato per un'azione sulla ferrovia .</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 16.09.2022: 15 anni di reclusione in una colonia del regime potenziato. Appello 03.01.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:16:18</t>
+  </si>
+  <si>
+    <t>Hanna Kmit</t>
+  </si>
+  <si>
+    <t>28 marzo 1986</t>
+  </si>
+  <si>
+    <t>È stata arrestata insieme al marito Andrei Selyaninov il 31 ottobre 2024 e posta in custodia per " partecipazione attiva ad azioni di gruppo che violano gravemente l'ordine pubblico ".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.07.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-11 18:40:30</t>
+  </si>
+  <si>
     <t>Sergey Pavlovich Kaburneev</t>
   </si>
   <si>
     <t>28 marzo 1970</t>
   </si>
   <si>
     <t>Sentenza del tribunale 25.11.2024: 3 anni di reclusione in una colonia del regime generale. Appello 29.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-10 14:38:27</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-11-11 18:40:30</t>
   </si>
   <si>
     <t>Dmitry Viktorovich Medvedsky</t>
   </si>
   <si>
     <t>29 marzo 1988</t>
   </si>
   <si>
     <t>Nel 2020 era nella chat di Lida 97%, dove scriveva attivamente messaggi. Ha anche scritto delle sue azioni nel piano Peramog - lo ha detto in un video sui canali telegrafici filogovernativi. Secondo i funzionari della sicurezza, ha indetto scioperi, proteste e anche per organizzare sabotaggi sulla ferrovia.
 I canali di telegrammi filogovernativi riferiscono che sono stati aperti procedimenti penali contro Dmitry per aver deliberatamente disabilitato le linee di comunicazione e organizzato azioni di gruppo che violano gravemente l'ordine pubblico.</t>
   </si>
   <si>
     <t>3 anni di carcere in una colonia penale.
 Per effetto della Corte d'Appello, il termine &amp;egrave; stato ridotto da 3 anni a 2,5 anni.</t>
   </si>
   <si>
     <t>2022-11-13 23:48:09</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Tarasevich</t>
+  </si>
+  <si>
+    <t>29 marzo 1989</t>
+  </si>
+  <si>
+    <t>Alexander è stato arrestato e condannato per "aver partecipato ad azioni di gruppo che violano gravemente l'ordine pubblico" in un procedimento penale avviato dopo le proteste dell'agosto 2020 contro i risultati delle elezioni presidenziali.
+Secondo l'accusa, nella notte tra il 9 e il 10 agosto 2020, Alexander, "trovandosi sulla carreggiata e agendo in un gruppo di persone, ha gridato slogan, ha mostrato striscioni bianco-rosso-bianchi, ha deliberatamente ostacolato la circolazione dei veicoli e il lavoro delle organizzazioni, prendendo così parte attiva ad azioni di gruppo che violavano gravemente l'ordine pubblico e si accompagnavano alla disobbedienza alle richieste legali dei funzionari governativi".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.08.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 22.10.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-08-01 15:04:38</t>
   </si>
   <si>
     <t>Elena Ivanovna Demenchuk</t>
   </si>
   <si>
     <t>29 marzo 1974</t>
   </si>
   <si>
     <t>Alenaè accusata di aver finanziato attività estremiste a seguito di arresti su larga scala durante la persecuzione da parte delle autorità per aver sostenuto i prigionieri politici e le loro famiglie con il progetto di assistenza alimentare sociale INeedHelpBy.
 Madre dell'ex prigioniera politica Marina Glazova.
 Il 27 agosto 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.06.2024: 3 anni di reclusione in una colonia del regime generale. Appello 27.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-19 01:02:19</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Tarasevich</t>
-[...29 lines deleted...]
-    <t>2021-02-28 02:00:20</t>
+    <t>Vladimir Rakhmedovich Dzhoraev</t>
+  </si>
+  <si>
+    <t>30 marzo 1971</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:08:02</t>
+  </si>
+  <si>
+    <t>Peter Bronislavovich Butko</t>
+  </si>
+  <si>
+    <t>30 marzo 1977</t>
+  </si>
+  <si>
+    <t>Ex poliziotto. Secondo l'accusa, il 27 maggio Butko, che dopo aver lasciato la polizia è diventato direttore di un'azienda di trasporti commerciali, ha colpito con i pugni il suo dipendente Andrei Zakhar "almeno 12 volte alla testa". La vittima ha dichiarato in tribunale di non avere "alcuna lamentela" nei confronti di Butko.
+Nel 2017 Butko si è dimesso dal servizio e nel 2020 ha denunciato la brutalità delle forze di sicurezza. Nel maggio 2021, Lukashenko lo ha privato del grado di tenente colonnello della polizia di riserva.
+È stato incriminato ai sensi di articoli amministrativi per aver partecipato a proteste, circostanza di cui il tribunale ha tenuto conto al momento di emettere la sentenza. È noto che mentre si trova in prigione è inserito nella lista di controllo delle persone a favore dell'estremismo. L'organizzazione per i diritti umani RPF (Rispettare-Proteggere-Adempiere) individua nel suo caso una componente politica.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 6 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 17.05.2022: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-04-30 00:41:00</t>
+  </si>
+  <si>
+    <t>Anton Igorevich Sharupo</t>
+  </si>
+  <si>
+    <t>30 marzo 1992</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.07.2024: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 17.09.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-08-01 11:36:50</t>
   </si>
   <si>
     <t>Pavel Viktorovich Chikhinsky</t>
   </si>
   <si>
     <t>30 marzo 1978</t>
   </si>
   <si>
     <t>Nel 2020, Pavel ha lavorato come investigatore senior presso il dipartimento investigativo della procura della città di Minsk.
 È stato arrestato nell'agosto 2021 in un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo" e condannato nel giugno 2023 ai sensi degli articoli "cospirazione per impadronirsi del potere statale" e "abuso di potere".
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi, presumibilmente preparando crimini estremisti. Tra loro c'erano militari radicali, funzionari della sicurezza, atleti e uomini d'affari che cercavano di prendere il potere illegalmente. Questo caso è legato al tentato incendio doloso della casa del deputato Oleg Gaidukevich nel giugno 2021 e all'“organizzazione di rivolte di massa”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.06.2023: 9 anni di reclusione in una colonia del regime potenziato. Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-01-23 18:24:57</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Lazarevich</t>
-[...68 lines deleted...]
-    <t>2023-03-04 23:23:42</t>
+    <t>Vitaly Vasilievich Kushnerevich</t>
+  </si>
+  <si>
+    <t>30 marzo 1991</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 43. 212003, Mahilioŭ, vulica Čaliuskincaŭ 76a</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 5 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto, 700 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2026-01-12 18:30:28</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Lysenko</t>
+  </si>
+  <si>
+    <t>31 marzo 1983</t>
+  </si>
+  <si>
+    <t>2025-10-17 22:17:21</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Skrobot</t>
+  </si>
+  <si>
+    <t>31 marzo 1980</t>
+  </si>
+  <si>
+    <t>Condannato per una protesta avvenuta dal 10 all'11 agosto 2020 a Bereza.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 28.08.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 18.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:14</t>
+  </si>
+  <si>
+    <t>Kirill Aleksandrovich Khudyakov</t>
+  </si>
+  <si>
+    <t>31 marzo 1996</t>
+  </si>
+  <si>
+    <t>Un dipendente dell'EPAM. È noto che Kirill si dedicasse al disegno (una moderna forma d'arte): i suoi ultimi lavori furono pubblicati in autunno e a gennaio si congratulò con i suoi abbonati per il nuovo anno. Fu arrestato dopo essere arrivato in Bielorussia dal Montenegro. Condannato per donazioni.
+Il 28 maggio 2024 è stato discusso l'appello e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.03.2024: 5 anni di reclusione in una colonia del regime generale. Appello 28.05.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:11:19</t>
   </si>
   <si>
     <t>Alexander Viktorovich Lykshin</t>
   </si>
   <si>
     <t>31 marzo 1989</t>
   </si>
   <si>
     <t>Alexander è accusato di aver partecipato a proteste e di essere coinvolto nel servizio "Pismo.bel", che consentiva di inviare lettere ai prigionieri politici. Suo fratello, l'artista Vladimir Lykshin, è stato arrestato insieme a lui.
 Secondo le prime informazioni fornite dagli ex compagni di cella, i fratelli sono accusati ai sensi dell'articolo 342 del Codice penale della Repubblica di Bielorussia.
 Il 18 marzo 2024, il tribunale distrettuale Sovietsky di Minsk ha celebrato il processo per i fratelli e per la moglie di Alexander, Elizaveta . Il giudice Alexander Yakunchikhin li ha condannati tutti a 2 anni e mezzo di arresti domiciliari.
 È stato nuovamente arrestato   alla fine del 2024 ai sensi della Parte 1 dell'Articolo 361. Prima del processo, è stato trattenuto nel ST-8, poi nel Centro di detenzione preventiva n. 1 e ha atteso l'appello nel ST-4.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.03.2024: 2 anni 6 mesi di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale data sconosciuta: 3 anni 7 mesi di reclusione in una colonia del regime potenziato, 100 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2023-12-25 01:37:31</t>
-  </si>
-[...38 lines deleted...]
-    <t>2025-10-17 22:17:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2022,51 +1945,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I102"/>
+  <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2124,2783 +2047,2678 @@
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>52</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
         <v>68</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>69</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>70</v>
       </c>
       <c r="I12" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>72</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="D16" t="s">
-[...11 lines deleted...]
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
         <v>93</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>94</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>95</v>
-      </c>
-[...16 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
         <v>102</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>103</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>104</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>105</v>
       </c>
       <c r="I19" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>107</v>
       </c>
       <c r="B20" t="s">
         <v>108</v>
       </c>
       <c r="C20" t="s">
         <v>109</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>110</v>
       </c>
       <c r="I20" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>112</v>
       </c>
       <c r="B21" t="s">
         <v>113</v>
       </c>
       <c r="C21" t="s">
         <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>115</v>
       </c>
       <c r="I21" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>117</v>
       </c>
       <c r="B22" t="s">
         <v>118</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
         <v>120</v>
       </c>
       <c r="I22" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>122</v>
       </c>
       <c r="B23" t="s">
         <v>123</v>
       </c>
       <c r="C23" t="s">
         <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>125</v>
       </c>
       <c r="I23" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>127</v>
       </c>
       <c r="B24" t="s">
         <v>128</v>
       </c>
       <c r="C24" t="s">
         <v>129</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>130</v>
       </c>
       <c r="I24" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>132</v>
       </c>
       <c r="B25" t="s">
         <v>133</v>
       </c>
       <c r="C25" t="s">
         <v>134</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>135</v>
+      </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E27" t="s">
+        <v>49</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
+      <c r="H29" t="s">
+        <v>155</v>
+      </c>
       <c r="I29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="C30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>135</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>59</v>
+        <v>135</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="C36" t="s">
         <v>187</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>28</v>
+        <v>188</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D37" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>35</v>
+        <v>194</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="I37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E38" t="s">
-        <v>198</v>
+        <v>49</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>204</v>
+        <v>37</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
+      <c r="H39" t="s">
+        <v>205</v>
+      </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>119</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>210</v>
       </c>
       <c r="I40" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>212</v>
       </c>
       <c r="B41" t="s">
         <v>213</v>
       </c>
       <c r="C41" t="s">
         <v>214</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
+        <v>104</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>215</v>
       </c>
-      <c r="F41" t="s">
-[...5 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>217</v>
+      </c>
+      <c r="B42" t="s">
         <v>218</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>219</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>48</v>
+      </c>
+      <c r="E42" t="s">
+        <v>49</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>220</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>222</v>
+      </c>
+      <c r="B43" t="s">
         <v>223</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>224</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>225</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>226</v>
       </c>
-      <c r="F43" t="s">
-[...5 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>228</v>
+      </c>
+      <c r="B44" t="s">
         <v>229</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>230</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>231</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="I44" t="s">
         <v>232</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>233</v>
+      </c>
+      <c r="B45" t="s">
+        <v>234</v>
+      </c>
+      <c r="C45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>48</v>
+      </c>
+      <c r="E45" t="s">
+        <v>49</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>236</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>237</v>
-      </c>
-[...13 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>238</v>
+      </c>
+      <c r="B46" t="s">
+        <v>239</v>
+      </c>
+      <c r="C46" t="s">
         <v>240</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
         <v>241</v>
       </c>
-      <c r="C46" t="s">
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>242</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>244</v>
+      </c>
+      <c r="B47" t="s">
         <v>245</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>246</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>48</v>
+      </c>
+      <c r="E47" t="s">
+        <v>49</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>247</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>249</v>
+      </c>
+      <c r="B48" t="s">
         <v>250</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>251</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>194</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>252</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>254</v>
+      </c>
+      <c r="B49" t="s">
         <v>255</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>256</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
         <v>257</v>
       </c>
-      <c r="D49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
         <v>260</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
         <v>261</v>
       </c>
-      <c r="C50" t="s">
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="I50" t="s">
         <v>262</v>
-      </c>
-[...13 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>263</v>
+      </c>
+      <c r="B51" t="s">
         <v>264</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>265</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>21</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>266</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>268</v>
+      </c>
+      <c r="B52" t="s">
         <v>269</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>270</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>271</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>273</v>
+      </c>
+      <c r="B53" t="s">
         <v>274</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>275</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>37</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>276</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" t="s">
         <v>279</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>280</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>241</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>281</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55" t="s">
         <v>284</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>55</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>285</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55" t="s">
+      <c r="I55" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>287</v>
+      </c>
+      <c r="B56" t="s">
+        <v>288</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>22</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>289</v>
       </c>
-      <c r="B56" t="s">
+      <c r="I56" t="s">
         <v>290</v>
-      </c>
-[...16 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>291</v>
+      </c>
+      <c r="B57" t="s">
+        <v>292</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>293</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>294</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" t="s">
+        <v>296</v>
+      </c>
+      <c r="C58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>37</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>99</v>
+      </c>
+      <c r="I58" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" t="s">
+        <v>300</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
+        <v>301</v>
+      </c>
+      <c r="I59" t="s">
         <v>302</v>
-      </c>
-[...16 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>247</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
+        <v>307</v>
+      </c>
+      <c r="C61" t="s">
+        <v>308</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>55</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>309</v>
+      </c>
+      <c r="I61" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" t="s">
+        <v>312</v>
+      </c>
+      <c r="C62" t="s">
+        <v>313</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="I62" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>317</v>
+      </c>
+      <c r="B63" t="s">
+        <v>318</v>
+      </c>
+      <c r="C63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
         <v>320</v>
       </c>
-      <c r="C63" t="s">
+      <c r="H63" t="s">
         <v>321</v>
       </c>
-      <c r="D63" t="s">
-[...5 lines deleted...]
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" t="s">
         <v>325</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>194</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>326</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>328</v>
+      </c>
+      <c r="B65" t="s">
+        <v>329</v>
+      </c>
+      <c r="C65" t="s">
+        <v>330</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>80</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="C66" t="s">
+        <v>335</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>336</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>337</v>
-      </c>
-[...16 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>338</v>
+      </c>
+      <c r="B67" t="s">
+        <v>339</v>
+      </c>
+      <c r="C67" t="s">
+        <v>340</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>341</v>
       </c>
-      <c r="B67" t="s">
+      <c r="I67" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>241</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>21</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>350</v>
+      </c>
+      <c r="I69" t="s">
         <v>351</v>
-      </c>
-[...22 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>352</v>
+      </c>
+      <c r="B70" t="s">
+        <v>353</v>
+      </c>
+      <c r="C70" t="s">
+        <v>354</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
+        <v>355</v>
+      </c>
+      <c r="I70" t="s">
         <v>356</v>
-      </c>
-[...19 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>357</v>
+      </c>
+      <c r="B71" t="s">
+        <v>358</v>
+      </c>
+      <c r="C71" t="s">
+        <v>359</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>360</v>
+      </c>
+      <c r="I71" t="s">
         <v>361</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>362</v>
+      </c>
+      <c r="B72" t="s">
+        <v>363</v>
+      </c>
+      <c r="C72" t="s">
+        <v>364</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>64</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
+        <v>365</v>
+      </c>
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...22 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
+        <v>369</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>80</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
+        <v>370</v>
+      </c>
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...22 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" t="s">
+        <v>373</v>
+      </c>
+      <c r="C74" t="s">
+        <v>374</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>135</v>
+      </c>
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
+        <v>375</v>
+      </c>
+      <c r="I74" t="s">
         <v>376</v>
-      </c>
-[...22 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>377</v>
+      </c>
+      <c r="B75" t="s">
+        <v>378</v>
+      </c>
+      <c r="C75" t="s">
+        <v>379</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
+        <v>380</v>
+      </c>
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
+        <v>384</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>194</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>385</v>
+      </c>
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...22 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
+        <v>388</v>
+      </c>
+      <c r="C77" t="s">
+        <v>389</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>390</v>
+      </c>
+      <c r="I77" t="s">
         <v>391</v>
-      </c>
-[...19 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>392</v>
+      </c>
+      <c r="B78" t="s">
+        <v>393</v>
+      </c>
+      <c r="C78" t="s">
+        <v>394</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
+        <v>395</v>
+      </c>
+      <c r="I78" t="s">
         <v>396</v>
-      </c>
-[...22 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B79" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C79" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D79" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E79" t="s">
-        <v>85</v>
+        <v>49</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>404</v>
+        <v>220</v>
       </c>
       <c r="I79" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B80" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="C80" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>209</v>
+        <v>80</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="I80" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="B81" t="s">
-        <v>412</v>
+        <v>407</v>
+      </c>
+      <c r="C81" t="s">
+        <v>408</v>
       </c>
       <c r="D81" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>413</v>
+        <v>104</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>221</v>
+        <v>409</v>
       </c>
       <c r="I81" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>241</v>
+      </c>
+      <c r="F82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
+      <c r="I82" t="s">
         <v>415</v>
-      </c>
-[...22 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>416</v>
+      </c>
+      <c r="B83" t="s">
+        <v>417</v>
+      </c>
+      <c r="C83" t="s">
+        <v>418</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>22</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
+        <v>419</v>
+      </c>
+      <c r="I83" t="s">
         <v>420</v>
-      </c>
-[...22 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>421</v>
+      </c>
+      <c r="B84" t="s">
+        <v>422</v>
+      </c>
+      <c r="C84" t="s">
+        <v>423</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>80</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
+        <v>424</v>
+      </c>
+      <c r="I84" t="s">
         <v>425</v>
-      </c>
-[...22 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>426</v>
+      </c>
+      <c r="B85" t="s">
+        <v>427</v>
+      </c>
+      <c r="C85" t="s">
+        <v>428</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>135</v>
+      </c>
+      <c r="F85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" t="s">
+        <v>429</v>
+      </c>
+      <c r="I85" t="s">
         <v>430</v>
-      </c>
-[...22 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>431</v>
+      </c>
+      <c r="B86" t="s">
+        <v>432</v>
+      </c>
+      <c r="C86" t="s">
+        <v>433</v>
+      </c>
+      <c r="D86" t="s">
+        <v>48</v>
+      </c>
+      <c r="E86" t="s">
+        <v>49</v>
+      </c>
+      <c r="F86" t="s">
+        <v>22</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>434</v>
+      </c>
+      <c r="I86" t="s">
         <v>435</v>
-      </c>
-[...19 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="B87" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="I87" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>440</v>
+      </c>
+      <c r="B88" t="s">
+        <v>441</v>
+      </c>
+      <c r="C88" t="s">
+        <v>442</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>104</v>
+      </c>
+      <c r="F88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>443</v>
+      </c>
+      <c r="I88" t="s">
         <v>444</v>
-      </c>
-[...22 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>445</v>
+      </c>
+      <c r="B89" t="s">
+        <v>446</v>
+      </c>
+      <c r="C89" t="s">
+        <v>447</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>448</v>
+      </c>
+      <c r="I89" t="s">
         <v>449</v>
-      </c>
-[...22 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>450</v>
+      </c>
+      <c r="B90" t="s">
+        <v>451</v>
+      </c>
+      <c r="C90" t="s">
+        <v>452</v>
+      </c>
+      <c r="D90" t="s">
+        <v>48</v>
+      </c>
+      <c r="E90" t="s">
+        <v>49</v>
+      </c>
+      <c r="F90" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" t="s">
+        <v>453</v>
+      </c>
+      <c r="I90" t="s">
         <v>454</v>
-      </c>
-[...22 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="B91" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
+      <c r="E91" t="s">
+        <v>21</v>
+      </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>462</v>
+        <v>419</v>
       </c>
       <c r="I91" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="B92" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="C92" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G92" t="s">
-        <v>15</v>
+        <v>320</v>
       </c>
       <c r="H92" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="I92" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="B93" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>209</v>
+        <v>80</v>
       </c>
       <c r="F93" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>15</v>
       </c>
       <c r="H93" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="I93" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="B94" t="s">
-        <v>475</v>
+        <v>468</v>
+      </c>
+      <c r="C94" t="s">
+        <v>469</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="F94" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>15</v>
       </c>
       <c r="H94" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="I94" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="B95" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>85</v>
+        <v>474</v>
       </c>
       <c r="F95" t="s">
         <v>14</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="I95" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="B96" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
-      <c r="E96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F96" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G96" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>485</v>
+        <v>301</v>
       </c>
       <c r="I96" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="B97" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="C97" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
-      <c r="E97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="I97" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="B98" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="C98" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F98" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="I98" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="B99" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="C99" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>59</v>
+        <v>194</v>
       </c>
       <c r="F99" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G99" t="s">
         <v>15</v>
       </c>
       <c r="H99" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="I99" t="s">
-        <v>501</v>
-[...77 lines deleted...]
-        <v>514</v>
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">