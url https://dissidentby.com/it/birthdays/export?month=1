--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
@@ -66,469 +66,445 @@
     <t>Nikita Vadimovich Dranets</t>
   </si>
   <si>
     <t>1 gennaio 1999</t>
   </si>
   <si>
     <t>Nikita, attivista del movimento anarchico, è stato arrestato nel marzo 2021 nell'ambito di un procedimento penale avviato contro gli anarchici della regione di Brest. È stato condannato per "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico" e per "partecipazione a un'organizzazione criminale". È noto che le accuse si basano su un episodio legato alla “Marcia dei non parassiti”, avvenuta il 5 marzo 2017.</t>
   </si>
   <si>
     <t>Uomo</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>In custodia</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.09.2022: 6 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-03-07 16:14:07</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-08-30 17:32:53</t>
   </si>
   <si>
     <t>Dmitry Leonidovich Papkov</t>
   </si>
   <si>
     <t>3 gennaio 1988</t>
   </si>
   <si>
     <t>Secondo i canali telegrafici filogovernativi, quattro persone sono state arrestate : vengono chiamate una "cellula dormiente di estremisti" che avevano "collegamenti esterni" con i volontari bielorussi che combattono in Ucraina. Tra loro c'è Dmitrij.
 Sono tutti di Gomel e, a giudicare dai loro post sui social network, sono amici da molto tempo e partecipano insieme a una partita internazionale di Beer Pong a Gomel. Dopo la brutale detenzione , gli amici sono stati costretti a registrare un "video di pentimento" e ad affermare di aver creato una chat in cui corrispondevano tra loro e, dopo l'invasione russa dell'Ucraina, avrebbero insultato più volte Lukashenko nella corrispondenza e scritto anche commenti “sbagliati”. Un'altra accusa è che i ragazzi "avevano legami esterni" con volontari bielorussi che combattono per l'Ucraina. A quanto pare, questa è stata la base per avviare un procedimento penale ai sensi dell'articolo "promozione di attività estremiste".
 Il 10 maggio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-31 19:10:13</t>
   </si>
   <si>
     <t>Eugene Alexeyevich Pelekhaty</t>
   </si>
   <si>
     <t>3 gennaio 1993</t>
   </si>
   <si>
     <t>Durante la detenzione, secondo la decisione del tribunale del 2 giugno, contro Evgenij sono stati usati “equipaggiamento speciale e forza fisica” (l'uomo è stato accusato di aver disobbedito alla polizia). È stato portato fuori dal suo ufficio in manette e con un sacco in testa, lo sappiamo dalle nostre fonti.Al momento, Evgeny Pelekhaty è in attesa di processo. È accusato di aver scritto diversi duri commenti telegrafici su Lukashenka e le forze di sicurezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-06-15 18:33:27</t>
   </si>
   <si>
-    <t>Ludmila Eduardovna Ksiendzova</t>
-[...10 lines deleted...]
-  <si>
     <t>Paul Alexandrovich Ksiendzov</t>
   </si>
   <si>
     <t>3 gennaio 1987</t>
   </si>
   <si>
-    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 1000 unità di base di multa. Appello 11.11.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-11-17 21:48:11</t>
   </si>
   <si>
     <t>Оlesya Nikolaevna Dernakovskaya</t>
   </si>
   <si>
     <t>4 gennaio 1976</t>
   </si>
   <si>
     <t>Alesya è stata detenuta per assistenza finanziaria ai prigionieri politici.
 Nel 1992 si è laureata in Medicina Generale presso l'Università Medica Statale della Bielorussia. Inizialmente ha lavorato come medico in diversi ospedali e nel 2003 ha completato i suoi studi come pediatra. Nel 2006 ho conseguito anche la formazione di dermatologo e cosmetologo. Ha la prima categoria di qualificazione. Nelle ultime città ha lavorato nei centri medici privati "Seventh Heaven", "Mark Aesthetic" e "Medovenyu".</t>
   </si>
   <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime generale. Appello 17.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-26 16:30:05</t>
   </si>
   <si>
     <t>Maxim Vyacheslavovich Akulov</t>
   </si>
   <si>
     <t>4 gennaio 1971</t>
   </si>
   <si>
-    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 24.12.2024: sconosciuto. Appello 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-23 20:32:25</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Vauchok</t>
+  </si>
+  <si>
+    <t>4 gennaio 1977</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:51:11</t>
   </si>
   <si>
     <t>Vitaly Mikhailovich Voitekhovich</t>
   </si>
   <si>
     <t>4 gennaio 1967</t>
   </si>
   <si>
     <t>Vitaly è stato arrestato nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo" e nel giugno 2023 è stato condannato, ai sensi di numerosi articoli penali, a una lunga pena detentiva, i primi cinque dei quali in carcere.
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi, presumibilmente preparando crimini estremisti. Tra loro c'erano militari radicali, funzionari della sicurezza, atleti e uomini d'affari che cercavano di prendere il potere illegalmente. Questo caso è legato al tentato incendio doloso della casa del deputato Oleg Gaidukevich nel giugno 2021 e all'“organizzazione di rivolte di massa”.</t>
   </si>
   <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 21.06.2023: 19 anni di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario). Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-17 01:25:10</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-11-01 22:51:11</t>
   </si>
   <si>
     <t>Fedor Mikhailovich Candiranda</t>
   </si>
   <si>
     <t>4 gennaio 1978</t>
   </si>
   <si>
     <t>Docente senior presso il Dipartimento di Armi Combinate dell'Accademia Militare. Ha vinto ripetutamente premi tra i docenti senior dell'Accademia Militare. Il 13 agosto 2020 ha presentato una lettera di dimissioni a causa di brogli elettorali e rifiuto di eseguire ordini criminali. Nel maggio 2021, Lukashenko lo ha privato del grado di tenente colonnello.
 Negli ultimi anni ha lavorato nel settore informatico.
 Fu arrestato nel marzo 2025, molto probabilmente in relazione al "caso Gayun".
 Fedor soffre di malattie croniche.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 25.09.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+    <t>Sentenza del tribunale 25.09.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-21 23:07:31</t>
+  </si>
+  <si>
+    <t>Maksim Dmitrievich Varnel</t>
+  </si>
+  <si>
+    <t>5 gennaio 2001</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.12.2023: 5 anni 6 mesi di reclusione in una colonia del regime generale. Appello 20.02.2024: sconosciuto. Appello 18.12.2024: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2023-12-10 12:06:28</t>
   </si>
   <si>
     <t>Natalia Nikolaevna Vasilenko</t>
   </si>
   <si>
     <t>5 gennaio 1975</t>
   </si>
   <si>
     <t>Natalya è diventata nota nel 2017, quando la stampa indipendente ha riferito del suo problema. Una donna con una disabilità del terzo gruppo, che non poteva trovare lavoro a causa di restrizioni mediche, sarebbe stata sfrattata da casa sua a causa dei debiti. In precedenza, Natalia lavorava in un'impresa di costruzioni, ma dopo che l'epilessia non era stata diagnosticata, i medici avevano scritto un elenco di restrizioni lavorative. Dopo una protesta pubblica, le autorità hanno ritirato la richiesta e Natalya è riuscita a saldare i suoi debiti con l'aiuto del premio Nobel, la scrittrice Svetlana Alexievich. Successivamente, ha costantemente aiutato il residente di Gomel e molte altre persone premurose si sono unite all'aiuto.
 A settembre, Natalya è caduta nella "presa" delle forze di sicurezza: è stata detenuta per abbonamenti "estremisti". Lo stesso giudice che avrebbe processato la donna con accuse penali l'ha punita con una multa per un illecito amministrativo. La residente di Gomel è stata costretta a comparire in un video di "pentimento", in cui non si è pentita, e quando le è stato chiesto cosa pensasse delle autorità, ha risposto direttamente: "Cattivo". Successivamente è stato rilasciato su cauzione.
 Ha parlato di tutto questo anche sui social network e nel suo ultimo post ha scritto che erano venuti a prenderla in custodia nell'ambito di un procedimento penale. Natalya ha anche pubblicato una foto con le vene tagliate sul braccio.
 Alla fine, è stata collocata poco prima del processo.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.01.2025: sconosciuto. Appello 21.03.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-01-06 13:57:15</t>
   </si>
   <si>
-    <t>Maksim Dmitrievich Varnel</t>
-[...10 lines deleted...]
-  <si>
     <t>Evgeniy Tadeushevich Buzhinskiy</t>
   </si>
   <si>
     <t>6 gennaio 1966</t>
   </si>
   <si>
     <t>Medico della 1a categoria di qualifica di specialista in ecografia dell'Ospedale distrettuale centrale di Smorgon.
 Detenuto per aver insultato Lukashenka.</t>
   </si>
   <si>
     <t>6 anni di carcere</t>
   </si>
   <si>
     <t>2022-08-31 17:10:54</t>
+  </si>
+  <si>
+    <t>Maria Aleksandrovna Rabkova</t>
+  </si>
+  <si>
+    <t>6 gennaio 1995</t>
+  </si>
+  <si>
+    <t>Marfa, coordinatrice del servizio di volontariato Viasna, è stata arrestata il 17 settembre 2020. È stata accusata di “prepararsi a rivolte di massa” e altri “crimini”. Nel febbraio 2021, è stata accusata di ulteriori accuse, tra cui “incitamento alla discordia sociale” e “partecipazione a un’organizzazione criminale”.
+Nel settembre 2022 il tribunale l'ha condannata a 15 anni di carcere, pena poi ridotta di tre mesi. Mentre era in prigione, la salute di Marfa è peggiorata, anche a causa del COVID.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.09.2022: 15 anni di reclusione in una colonia del regime generale, 700 unità di base di multa, circa 6460 rubli di risarcimento. Appello 28.02.2023: 14 anni 9 mesi di reclusione in una colonia del regime generale, 700 unità di base di multa, circa 6460 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:07:57</t>
+  </si>
+  <si>
+    <t>Anzhela Mikhailovna Sandalyuk</t>
+  </si>
+  <si>
+    <t>6 gennaio 1974</t>
+  </si>
+  <si>
+    <t>Sandalyuk Angela, insieme al marito, è stata condannata dal tribunale distrettuale Oktyabrsky di Minsk. 1 cucchiaio 342 del Codice penale (organizzazione e preparazione di atti che violano gravemente l'ordine pubblico, ovvero partecipazione attiva agli stessi). Il 6 agosto 2024 il caso è stato esaminato dal giudice Elena Zhivitsa.
+L'11 ottobre 2024 il tribunale della città di Minsk ha esaminato il ricorso. Il presidente del Collegio giudiziario Rudenko Alexander Anatolyevich.
+Il 27 novembre 2024, il tribunale distrettuale di Oktyabrsky di Minsk ha esaminato un nuovo caso contro una coppia sposata ai sensi della Parte 1 dell'articolo 342 del Codice penale (organizzazione e preparazione di atti che violano gravemente l'ordine pubblico, ovvero partecipazione attiva agli stessi). Questa volta è stato nominato giudice Dmitry Karsyuk.
+Il 7 febbraio 2025 il tribunale della città di Minsk ha esaminato il ricorso. Presidente del Collegio giudiziario Popko Anastasia Pavlovna.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.08.2024: sconosciuto. Appello 11.10.2024: sconosciuto. Sentenza del tribunale 27.11.2024: 2 anni di reclusione in una colonia del regime generale. Appello 07.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:01:16</t>
   </si>
   <si>
     <t>Anastasia Yuryevna Loyko</t>
   </si>
   <si>
     <t>6 gennaio 1989</t>
   </si>
   <si>
     <t>Nasta Loiko è una nota attivista bielorussa per i diritti umani. Nasta è stata perseguitata per le sue attività in difesa dei diritti umani; dall'agosto 2021 è sospettata in un procedimento penale relativo alle attività dell'organizzazione per i diritti umani Viasna.
 Il 6 settembre 2022, dopo aver partecipato a un'udienza in tribunale nel caso "Azione Rivoluzionaria", Nasta è stata condannata due volte per "piccolo teppismo" e ha trascorso 30 giorni in prigione. Tre settimane dopo il suo rilascio, il 28 ottobre 2022, Nasta è stata nuovamente arrestata. Al processo, Nasta ha denunciato di essere stata torturata (gli agenti del GUBOPiK l'hanno colpita con una pistola elettrica e, come l'Ispettorato Centrale del Codice Penale, l'hanno lasciata al freddo per 8 ore senza indumenti, motivo per cui si è sentita male). Durante la detenzione a Okrestina, Nasta era priva di indumenti caldi e prodotti per l'igiene personale.
 Il 28.11.2022 si è saputo che Nastya è stata nuovamente condannata a 15 giorni di reclusione ai sensi dell'articolo 19.1 "piccolo teppismo". La quinta volta questo autunno.
 A metà dicembre, è stata detenuta per la sesta volta ai sensi dello stesso articolo e, alla fine del mese, è stata incriminata ai sensi di articoli penali e trasferita al centro di detenzione preventiva n. 1. Secondo l'accusa, uno dei suoi rapporti sui diritti umani sulla persecuzione della comunità anarchica in Bielorussia nel 2018 contiene una valutazione negativa delle azioni illegali degli agenti di polizia, che è diventata la base per l'avvio di un procedimento penale nei suoi confronti. Il gruppo contro cui sarebbe stato incitato l'odio sociale è un gruppo sociale professionale di agenti delle forze dell'ordine. Come sottolineano gli attivisti per i diritti umani, tale interpretazione dell'articolo non è conforme agli standard internazionali sui diritti umani, come dimostrato dalla prassi degli organi giudiziari internazionali.
 Quasi all'inizio dell'udienza, il processo fu chiuso.
 Il ricorso è stato esaminato il 03.10.2023.
 Nel luglio 2025 si è saputo che Nastya Loiko era stata ricoverata in un PKT (centro di detenzione di tipo cellulare) per 6 mesi.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.06.2023: 7 anni di reclusione in una colonia del regime generale. Appello 03.10.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-12-01 02:21:53</t>
   </si>
   <si>
-    <t>Maria Aleksandrovna Rabkova</t>
-[...12 lines deleted...]
-    <t>2021-02-26 21:07:57</t>
+    <t>Dmitriy Yurievich Popov</t>
+  </si>
+  <si>
+    <t>7 gennaio 1992</t>
+  </si>
+  <si>
+    <t>Il moderatore dei social media di "Country for Life" è scomparso la sera del 4 giugno 2020. Solo pochi giorni dopo, è stato reso noto che era stato condannato a 15 giorni di carcere e trasferito in un centro di detenzione temporanea a Minsk. Era accusato di "organizzazione di rivolte di massa".
+Nell'autunno del 2022, Dmitry è stato trasferito al regime carcerario.
+Secondo gli attivisti per i diritti umani, gli imputati sono tenuti a pagare un risarcimento di 29 milioni di rubli.
+Nel 2025 Dmitry fu condannato ai sensi dell'articolo 411.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.12.2021: 16 anni di reclusione in una colonia del regime potenziato. Appello 01.06.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 27.09.2022: 5 anni di regime carcerario. Sentenza del tribunale 06.10.2022: circa 29000000 rubli di risarcimento. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:33:59</t>
+  </si>
+  <si>
+    <t>Nikolay Nikolaevich Autukhovich</t>
+  </si>
+  <si>
+    <t>7 gennaio 1963</t>
+  </si>
+  <si>
+    <t>Nikolai, veterano di guerra afghano, imprenditore e personaggio pubblico, era stato precedentemente perseguitato più volte per il suo attivismo civico. È stato arrestato il 1° dicembre 2020 e condannato per diverse accuse, tra cui "creazione di un'organizzazione criminale" e "tentata presa del potere". Ha ricevuto una lunga pena detentiva e una multa, con i primi cinque anni di pena da scontare in carcere.
+Nella primavera del 2024, Nikolai e altri due imputati nel caso furono condannati a pagare oltre 40.000 rubli a titolo di risarcimento per i danni arrecati alla proprietà degli agenti di polizia.
+Nel novembre 2025, Nikolai ha scontato la sua pena detentiva di cinque anni ed è stato trasferito alla Colonia Correzionale n. 14, dove è stato immediatamente trasferito in un carcere minorile. Nikolai verrà probabilmente rimandato in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2022: 25 anni di reclusione in una colonia del regime rigoroso (di loro 5 anni di regime carcerario), 1000 unità di base di multa, restrizione del servizio militare. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale 26.04.2024: circa 13400 rubli di risarcimento. Tribunale per il cambio di regime 23.01.2026: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:57</t>
   </si>
   <si>
     <t>Nikolai Vladimirovich Biblis</t>
   </si>
   <si>
     <t>7 gennaio 1997</t>
   </si>
   <si>
     <t>Nikolai, tecnico dell'Istituto di metallurgia delle polveri, è stato arrestato nel luglio 2021 in un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva e a una multa.
 Nikolai era già stato arrestato in precedenza dopo aver tentato di sporgere denuncia presso la Commissione elettorale centrale il 16 luglio 2020, durante il quale gli era stato rotto un dente anteriore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.09.2022: 8 anni 6 mesi di reclusione in una colonia del regime potenziato, 300 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-05-26 01:14:39</t>
   </si>
   <si>
-    <t>Nikolay Nikolaevich Autukhovich</t>
-[...35 lines deleted...]
-    <t>2021-02-25 11:33:59</t>
+    <t>Sergey Vladimirovich Soc</t>
+  </si>
+  <si>
+    <t>8 gennaio 1983</t>
+  </si>
+  <si>
+    <t>Il 24 novembre 2023 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>2 anni di reclusione.</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:01:48</t>
   </si>
   <si>
     <t>Artyom Vladimirovich Mazanik</t>
   </si>
   <si>
     <t>8 gennaio 1990</t>
   </si>
   <si>
     <t>Un programmatore, ama la musica e la pesca. Molto curioso, ben informato in molte aree. Studio inglese e tedesco. Ha sempre saputo che avrebbe vissuto in Germania, ama la band dei Rammstein, li ascolta per tutta la vita, conosce tutte le canzoni a memoria.
 I canali filogovernativi hanno riferito che Artyom è stato arrestato per aver sviluppato un programma di scansione di codici a barre per boicottare le aziende che sostengono il regime.</t>
   </si>
   <si>
     <t>8 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-01-23 16:17:56</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Soc</t>
-[...16 lines deleted...]
-  <si>
     <t>Maxim Vasilievich Gritchenko</t>
   </si>
   <si>
     <t>9 gennaio 1989</t>
   </si>
   <si>
     <t>Fu condannato alla reclusione. Fu trattenuto nel carcere ST-4.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-11 18:45:43</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Dumava</t>
   </si>
   <si>
     <t>9 gennaio 1986</t>
   </si>
   <si>
-    <t>Arrestato nel marzo 2021 per aver affisso adesivi in città . Secondo l'accusa, dal 1 ottobre al 22 marzo, è stato impegnato in attività finalizzate al "danno sistematico alla proprietà". Usando la vernice spray, ha applicato le iscrizioni sulla proprietà dell'UE Vitebskvodokanal: "Lunga vita alla Bielorussia!", "3%", "Partigiano rosso", "Vattene", ecc. Sergei rischia fino a 15 anni di carcere. Sergei ha lasciato due figli minori allo stato brado.</t>
+    <t>Sergei è stato arrestato nel marzo 2021 e condannato nell'autunno dello stesso anno per aver affisso adesivi a Vitebsk. Secondo l'accusa, dal 1° ottobre 2020 al 22 marzo 2021, ha svolto attività volte a "danneggiare sistematicamente la proprietà": utilizzando vernice spray, ha scritto slogan come "Viva la Bielorussia!", "3%", "Partigiano Rosso", "Vattene" e altri sulle strutture del canale di Vitebsk.
+Nel settembre 2024 si tenne un'altra udienza in tribunale, al termine della quale Sergei venne trasferito in prigione.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.09.2021: 9 anni 15 giorni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 25.09.2024: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-08-26 22:47:30</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Shemyakin</t>
   </si>
   <si>
     <t>9 gennaio 1969</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.08.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello 26.09.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-11-03 15:25:52</t>
   </si>
   <si>
-    <t>Ilya Olegovich Goncharik</t>
-[...5 lines deleted...]
-    <t>Ilya è stato condannato per un messaggio personale inviato a Vladimir Kozlovsky, ispettore di polizia senior presso il dipartimento del Ministero degli Interni dell'Amministrazione distrettuale Leninsky di Grodno. Secondo l'accusa, nel suo messaggio, minacciava di usare violenza contro l'agente di polizia "allo scopo di ostacolare le sue attività legittime, costringendolo a cambiare la natura di tali attività e per vendetta per l'adempimento dei suoi doveri ufficiali".</t>
+    <t>Vladislav Alexeyevich Anichkin</t>
+  </si>
+  <si>
+    <t>9 gennaio 1991</t>
+  </si>
+  <si>
+    <t>Vladislav è stato arrestato e condannato nella primavera del 2024 per aver partecipato alle proteste post-elettorali avvenute a Minsk nell'autunno del 2020, ed è stato condannato a libertà limitata e al ricovero in una struttura di tipo aperto.</t>
   </si>
   <si>
     <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
   </si>
   <si>
     <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 07.02.2022: 4 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto, 1500 rubli di risarcimento.</t>
-[...13 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 23.04.2024: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 25.06.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-04-17 19:21:08</t>
   </si>
   <si>
     <t>Dmitry Yuryevich Malakhov</t>
   </si>
   <si>
     <t>9 gennaio 1993</t>
   </si>
   <si>
     <t>Open correctional facility No. 45. 225073, Brest region, Kamenetsky district, Sushki</t>
-  </si>
-[...1 lines deleted...]
-    <t>No</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 5 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-25 00:19:50</t>
   </si>
   <si>
     <t>Sergey Valerievich Degtyarenko</t>
   </si>
   <si>
     <t>10 gennaio 1992</t>
   </si>
   <si>
     <t>Sentenza del tribunale 11.01.2024: 3 anni 5 mesi di reclusione in una colonia del regime generale. Appello 16.04.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-11-21 14:51:55</t>
   </si>
   <si>
     <t>Igor Mikhailovich Nemirovich</t>
   </si>
   <si>
     <t>10 gennaio 1994</t>
   </si>
@@ -550,310 +526,314 @@
   </si>
   <si>
     <t>Andrey Vladimirovich Novitsky</t>
   </si>
   <si>
     <t>10 gennaio</t>
   </si>
   <si>
     <t>in custodia dal 1 giugno 2021. Ha rifiutato un avvocato perché è sicuro di potersi difendere con successo.
 Andrei Novitsky è stato giudicato colpevole di aver preso parte alle marce del 27 settembre 2020, tenendo una bandiera bianco-bianca tra le braccia tese e gridando pubblicamente slogan. Ha preso parte anche alla marcia di strada dell'11 ottobre. Kalvariyskaya, ecc. Pobediteley, dove, tra le altre cose , "si è messo una bandiera bianco-bianca sulle spalle e ha mostrato il pugno chiuso con il braccio teso verso l'alto". È accusato di azioni simili basate sugli eventi del 25 ottobre. È stato anche dichiarato colpevole di aver insultato Lukashenko su YouTube entro il 7 dicembre 2020. Andrei Novitsky è stato anche condannato per aver acquistato una sostanza sfusa entro il 27 gennaio 2021 e per averla immagazzinata e trasportata illegalmente senza avvisare le autorità autorizzate.
 Il 13 giugno 2022, presso il tribunale del distretto di Bobruisk e della città di Bobruisk, si è svolto un processo ai sensi dell'articolo 411, a seguito del quale al prigioniero politico sono stati aggiunti altri quattro mesi di reclusione e il regime è stato cambiato da rinforzato a rigoroso.
 Il 17 gennaio 2023 il prigioniero politico è stato nuovamente processato ai sensi dell'art. 411 cp. Sentenza sconosciuta.
 Trasferito nella colonia penale n. 20 .
 Dall'aprile 2024 e dall'inizio di dicembre dello stesso anno i parenti non sanno più nulla di Andrei, in risposta alla loro richiesta l' amministrazione della colonia ha ricevuto una risposta secondo la quale il prigioniero politico avrebbe raccontato tutto da solo “attraverso”; corrispondenza", ma non ci sono sue lettere.</t>
   </si>
   <si>
     <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.09.2021: 5 anni 4 mesi di reclusione in una colonia del regime potenziato. Sentenza del tribunale 13.06.2022: 4 mesi di reclusione in una colonia del regime rigoroso. Sentenza del tribunale 17.01.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2021-10-01 18:41:47</t>
   </si>
   <si>
+    <t>Boris Viktorovich Kim</t>
+  </si>
+  <si>
+    <t>11 gennaio 1996</t>
+  </si>
+  <si>
+    <t>Il 17 febbraio 2023 si è tenuta l'udienza di appello. la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>4,5 anni di carcere in una colonia di regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2022-11-11 19:48:15</t>
+  </si>
+  <si>
+    <t>Oleg Arkadyevich Ermakovich</t>
+  </si>
+  <si>
+    <t>11 gennaio 1962</t>
+  </si>
+  <si>
+    <t>Detenuto nel maggio 2023 per "distribuzione, produzione, archiviazione, trasporto di prodotti informativi contenenti appelli ad attività estremiste o che promuovono tali attività". Dopo la punizione amministrativa è stato aperto un procedimento penale.
+Il 16 aprile 2024 è stato preso in considerazione l’appello di Oleg e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2023-11-05 20:55:54</t>
+  </si>
+  <si>
     <t>Konstantin Anatolevich Rudnitsky</t>
   </si>
   <si>
     <t>11 gennaio 1999</t>
   </si>
   <si>
     <t>Alunno. Konstantin è un maestro dello sport.
 Il 9 dicembre, un "video pentito" con lui è apparso sui canali telegrafici filogovernativi, in cui Konstantin ha annunciato la sua partecipazione allo sviluppo della "Mappa nera della Bielorussia".</t>
   </si>
   <si>
     <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.07.2022: 6 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-05-09 15:19:01</t>
   </si>
   <si>
-    <t>Boris Viktorovich Kim</t>
-[...29 lines deleted...]
-  <si>
     <t>Konstantin Leonidovich Ermolovich</t>
   </si>
   <si>
     <t>12 gennaio 1991</t>
   </si>
   <si>
     <t>Residente nella regione di Mogilev . Originario della Lituania. Detenuto per sabotaggio della ferrovia vicino alla stazione di Bobruisk e incendio doloso nel poligono di tiro dell'unità militare 5527.
 Il 25 ottobre 2022 si è svolta l’udienza d’appello della corte e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.08.2022: 16 anni di reclusione in una colonia del regime potenziato. Appello 25.10.2022: sconosciuto.</t>
   </si>
   <si>
     <t>2022-05-23 12:39:50</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-28 12:54:28</t>
   </si>
   <si>
     <t>Paul Petrovich Dobrovolsky</t>
   </si>
   <si>
     <t>12 gennaio 1990</t>
   </si>
   <si>
     <t>Ex giornalista per Naviny.by.
 In precedenza, Pavel ha lavorato per diverse pubblicazioni indipendenti. Durante le proteste del 2020, è stato arrestato e accusato di illeciti amministrativi in relazione alle sue attività professionali. Nell'autunno del 2021, Pavel Dobrovolsky ha lasciato la Bielorussia. Ha viaggiato molto in diversi Paesi, scrivendo articoli.
 Tuttavia, come è oranoto , è detenuto in un centro di detenzione preventiva in Bielorussia dal gennaio 2025. Le circostanze del suo procedimento penale suggeriscono che le precedenti attività di Pavel legate all'esercizio del suo diritto alla libera espressione e alla diffusione di informazioni siano il motivo della sua detenzione.
 Nell'ottobre 2025 si seppe che Pavel era accusato di tradimento.</t>
   </si>
   <si>
     <t>Pre-trial detention center of KGB. 220050, Minsk, Main Post Office, subscriber box 8</t>
   </si>
   <si>
     <t>2025-08-26 17:10:27</t>
   </si>
   <si>
+    <t>Dmitry Alexandrovich Grishkevich</t>
+  </si>
+  <si>
+    <t>12 gennaio 1988</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.08.2025: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-08-28 12:54:28</t>
+  </si>
+  <si>
+    <t>Ivan Sergeevich Osipovich</t>
+  </si>
+  <si>
+    <t>13 gennaio 1998</t>
+  </si>
+  <si>
+    <t>L'11 novembre 2022 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:33:18</t>
+  </si>
+  <si>
     <t>Vladislav Vladimirovich Koshelev</t>
   </si>
   <si>
     <t>13 gennaio 1978</t>
   </si>
   <si>
     <t>Vladislav, noto a Vitebsk come fotografo di matrimoni e di nudi, è stato condannato nel novembre 2024 per "aver insultato Lukashenko" e condannato a libertà limitata in una struttura aperta al pubblico.</t>
   </si>
   <si>
     <t>Open correctional facility No. 36. 220039, Minsk, Korotkevicha str., 14</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.11.2024: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 31.01.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-11-11 21:38:48</t>
   </si>
   <si>
-    <t>Ivan Sergeevich Osipovich</t>
-[...11 lines deleted...]
-    <t>2022-09-02 22:33:18</t>
+    <t>Vitaly Vyacheslavovich Zheleznyakov</t>
+  </si>
+  <si>
+    <t>13 gennaio 1987</t>
+  </si>
+  <si>
+    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.09.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:11:58</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Primako</t>
   </si>
   <si>
     <t>14 gennaio 1977</t>
   </si>
   <si>
     <t>attivista culturale. Andrei è stato arrestato il 12 gennaio e il tribunale del distretto moscovita di Minsk lo ha condannato a 10 giorni di arresto amministrativo. Dopo “giorni” non è stato più rilasciato ed è stato tenuto nel centro di detenzione preventiva n.1 a Minsk.
 È noto dal caso che Primak è stato registrato nel "Piano della vittoria".</t>
   </si>
   <si>
-    <t>4 anni di reclusione in una colonia.</t>
+    <t>Sentenza del tribunale 12.06.2023: 4 anni di reclusione in una colonia del regime generale. Appello 18.08.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-06-03 22:47:17</t>
   </si>
   <si>
     <t>Alexander Anatolyevich Frantskevich</t>
   </si>
   <si>
     <t>15 gennaio 1988</t>
   </si>
   <si>
     <t>Il comitato investigativo lo definisce un partecipante attivo a canali di telegrammi distruttivi e un rappresentante delle "truppe del divano". C'erano 26 vittime nel caso. Frantskevich è stato tenuto in custodia fino al processo.</t>
   </si>
   <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
     <t>4,5 anni di carcere.</t>
   </si>
   <si>
     <t>2022-06-28 16:49:54</t>
   </si>
   <si>
     <t>Andrey Yuryevich Khrishanovich</t>
   </si>
   <si>
     <t>16 gennaio 1991</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.08.2025: 1 anno di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-08-26 22:04:04</t>
-  </si>
-[...29 lines deleted...]
-    <t>2024-08-30 23:52:04</t>
   </si>
   <si>
     <t>Inna Valerievna Glinskaya</t>
   </si>
   <si>
     <t>16 gennaio 1975</t>
   </si>
   <si>
     <t>Detenuta con la figlia.
 La perquisizione nell'appartamento è stata effettuata ai sensi dell'art. 364 del codice penale della Repubblica di Bielorussia. Quindi l'articolo di accusa è stato riclassificato come parte 3 dell'art. 130 del codice penale della Repubblica di Bielorussia.
 Precedentemente accusato di diffusione di dati personali di dipendenti del ministero dell'Interno.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.01.2023: 7 anni di reclusione in una colonia del regime generale. Appello 28.04.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-01-07 01:46:58</t>
   </si>
   <si>
-    <t>Alexei Vladimirovich Avdeev</t>
-[...13 lines deleted...]
-    <t>2023-08-19 22:46:11</t>
+    <t>Asker Azerovich Allahverdiyev</t>
+  </si>
+  <si>
+    <t>16 gennaio 1999</t>
+  </si>
+  <si>
+    <t>Secondo i social network, Asker viveva a Minsk, praticava sport e recitava in video. L'ultima volta che ha visitato la sua pagina VKontakte è stato a luglio. Il suo caso inizierà ad essere esaminato a porte chiuse il 4 ottobre presso il tribunale della città di Minsk. Asker è stato accusato della Parte 1 dell'Art. 361-3 del codice penale (Partecipazione sul territorio di uno Stato estero a una formazione armata o a un conflitto armato, operazioni militari, reclutamento o preparazione di persone per tale partecipazione).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.10.2024: trattamento obbligatorio in un ospedale psichiatrico.</t>
+  </si>
+  <si>
+    <t>2024-09-13 20:37:48</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Shpak</t>
+  </si>
+  <si>
+    <t>16 gennaio 1972</t>
+  </si>
+  <si>
+    <t>Il 24 luglio il Ministero degli Interni ha riconosciuto il progetto Propovednik come “formazione estremista”. Secondo il dipartimento, Vladimir Shpak, 52 anni, arrestato nel maggio 2024, è coinvolto in questo.
+Canali telegrafici filogovernativi hanno riferito che l’uomo “incitava all’odio nazionale e sociale, invocava la violenza, sosteneva la radicalizzazione e il terrorismo”. È stato affermato che contro il detenuto sono stati avviati numerosi procedimenti penali: è stato minacciato di 10 anni di prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.01.2025: 7 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa. Appello 07.03.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-08-30 23:52:04</t>
+  </si>
+  <si>
+    <t>Timur Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>16 gennaio 1990</t>
+  </si>
+  <si>
+    <t>Un tifoso del club MTZ-RIPO è stato arrestato il 25 settembre 2020 a Minsk e condannato per aver partecipato alle proteste.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.07.2021: 6 anni 3 mesi 2 giorni di reclusione in una colonia del regime potenziato, sconosciuto rubli di risarcimento. Appello 24.09.2021: 6 anni 2 mesi 2 giorni di reclusione in una colonia del regime potenziato, sconosciuto rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:04:52</t>
   </si>
   <si>
     <t>Ruslan Olegovych Rebkovets</t>
-  </si>
-[...1 lines deleted...]
-    <t>16 gennaio 1990</t>
   </si>
   <si>
     <t>Secondo l'USC per la regione di Mogilev, Ruslan ha inoltrato il video al VKontakte public DVIZh, che è stato riconosciuto dalle autorità bielorusse come "estremista". Vale la pena notare che il video stesso dura solo 12 secondi e in realtà non accade nulla: il treno con equipaggiamento militare si trova semplicemente alla stazione.
 Dopo un po', l'uomo è stato arrestato dal KGB. È stato accusato ai sensi della parte 1 dell'articolo 361-4 (assistenza ad attività estremiste) del codice penale della Repubblica di Bielorussia. L'uomo rischia fino a 6 anni di carcere.</t>
   </si>
   <si>
     <t>2023-05-15 13:10:03</t>
-  </si>
-[...10 lines deleted...]
-    <t>2021-02-26 21:04:52</t>
   </si>
   <si>
     <t>Vladimir Methodievich Voroshen</t>
   </si>
   <si>
     <t>17 gennaio 1965</t>
   </si>
   <si>
     <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2024-01-18 19:26:22</t>
   </si>
   <si>
     <t>Elena Petrovna Zhukova</t>
   </si>
   <si>
     <t>17 gennaio 1969</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-09-18 17:00:13</t>
   </si>
@@ -905,478 +885,468 @@
 Nell'ottobre 2025 si è saputo che Viktor era stato nuovamente arrestato e trattenuto nel Centro di detenzione preventiva n. 1.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.03.2023: 1 anno 6 mesi di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Tribunale per il cambio di regime 13.08.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-11-02 14:13:38</t>
   </si>
   <si>
     <t>Vyacheslav Valerievich Murnov</t>
   </si>
   <si>
     <t>19 gennaio 1973</t>
   </si>
   <si>
     <t>Secondo i documenti del caso, Vyacheslav Murnov nell'ottobre 2021 e nel marzo 2024 ha commentato in modo osceno le pubblicazioni raffiguranti Lukashenko su Odnoklassniki. Ciò bastò perché l'uomo fosse inviato in una colonia. Inoltre gli è stato prescritto anche il “trattamento obbligatorio per l’alcolismo cronico”.
 Il 3 settembre 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.07.2024: 2 anni di reclusione in una colonia del regime generale. Appello 03.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-07-01 20:57:16</t>
   </si>
   <si>
+    <t>Maxim Pavlovich Sobolev</t>
+  </si>
+  <si>
+    <t>20 gennaio 1996</t>
+  </si>
+  <si>
+    <t>Arrestato per aver creato una chat nel 2020, successivamente riconosciuta come estremista.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.01.2023: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 09.06.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
+  </si>
+  <si>
+    <t>Anastasia Sergeevna Kukhta</t>
+  </si>
+  <si>
+    <t>20 gennaio 1992</t>
+  </si>
+  <si>
+    <t>Attivista sociale di Minsk. È stata detenuta il 17 febbraio 2022 nel suo luogo di residenza. La sua casa è stata perquisita. All'inizio è stata condannata all'arresto amministrativo, ma in seguito Anastasia non è stata liberata.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia.</t>
+  </si>
+  <si>
+    <t>2022-03-16 14:22:57</t>
+  </si>
+  <si>
+    <t>Sergey Nikolaevich Kabarchuk</t>
+  </si>
+  <si>
+    <t>20 gennaio 1963</t>
+  </si>
+  <si>
+    <t>On February 15, 2024, a "counter-terrorist operation" regime was introduced in the Lelchitsy district of the Gomel region on the border with Ukraine. The population was asked to "remain calm and obey the demands of law enforcement officers." The KGB claims that they detained members of a "sabotage and reconnaissance group" that included citizens of Ukraine and Belarus. The exact number of people detained is not reported.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.10.2024: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-09-23 19:42:06</t>
+  </si>
+  <si>
     <t>Evgeny Valerievich Shcherbina</t>
   </si>
   <si>
     <t>20 gennaio 1984</t>
   </si>
   <si>
     <t>Il 2 febbraio 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>2023-04-13 23:11:10</t>
   </si>
   <si>
-    <t>Anna Vladimirovna Pараy</t>
-[...42 lines deleted...]
-    <t>2024-09-23 19:42:06</t>
+    <t>Vladimir Nikolaevich Savenkov</t>
+  </si>
+  <si>
+    <t>21 gennaio 1977</t>
+  </si>
+  <si>
+    <t>Vladimir, secondo le informazioni disponibili, ex comandante della polizia antisommossa e vice del distretto elettorale Pushkinsky n. 9 (città agricola di Kolodishchi) della 27a convocazione, è stato arrestato nel dicembre 2021 dopo un tentativo di attacco al GOM-2 del Dipartimento degli affari interni del distretto di Frunzensky a Minsk il 16 agosto 2021, nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo".
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, ufficiali delle forze dell'ordine, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente". Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".
+Vladimir fu riconosciuto colpevole di diversi capi d'imputazione penali e condannato a lunghe pene detentive, le prime cinque delle quali erano pene detentive. Fu anche privato del suo grado militare.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 16 anni di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario), restrizione del servizio militare. Appello 04.10.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:56:43</t>
   </si>
   <si>
     <t>Eugen Igorevich Stepanov</t>
   </si>
   <si>
     <t>21 gennaio 1967</t>
   </si>
   <si>
     <t>La sostanza delle accuse mosse contro Yevgeny Stepanov, che ora è accusato di "aver creato o partecipato alle attività di una formazione estremista", non è nota. Secondo informazioni inaffidabili, è stato arrestato nel gennaio di quest'anno per "distribuzione di materiale estremista su Internet" e ai sensi della parte 2 dell'art. 19.11 Codice degli illeciti amministrativi condannato all'arresto, dal quale non è mai stato rilasciato.
 Evgeniy Stepanov ha seri problemi di salute: nel 2020 ha avuto un ictus, a seguito del quale ha avuto difficoltà a parlare. Per questo motivo, Evgeny Stepanov ha perso l'opportunità di lavorare nella sua professione: si è laureato in regia presso l'Università di Cultura e Arti, ha tenuto matrimoni, concerti e altri eventi speciali e di intrattenimento.
 Evgeniy Stepanov è scomparso dai social network alla fine del 2022, ma a causa della complessità della comunicazione con lui, ciò è passato inosservato. L'attenzione delle forze dell'ordine è stata attratta dai suoi appelli alle agenzie governative, scritti tra la fine di febbraio e l'inizio di marzo 2022. Ha chiesto di contribuire alla fine dell'aggressione militare russa sul territorio dell'Ucraina, di annunciare la formazione di un movimento contro la guerra e di sostenere qualsiasi forma di protesta contro la guerra; esigere il ritiro immediato delle truppe russe dal territorio della Bielorussia, considerare criminali di guerra tutti coloro che hanno deciso le azioni militari in Ucraina e che hanno approvato la propaganda aggressiva che giustificava la guerra nei media statali bielorussi.
 Yevgeny Stepanov ha inviato le sue richieste per la fine della guerra in Ucraina sia alle autorità locali che ai funzionari governativi di alto rango: il Ministro della Difesa della Repubblica di Bielorussia, il capo delle forze armate del Paese e il Procuratore Generale della Repubblica di Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-09 20:01:51</t>
   </si>
   <si>
     <t>Anatoly Arkadyevich Yaskevich</t>
   </si>
   <si>
     <t>21 gennaio 1987</t>
   </si>
   <si>
     <t>Secondo i materiali dell'inchiesta, nel maggio 2021, utilizzando le notizie sullo schianto di un aereo militare nella città di Baranovichi e la morte di due piloti, sul social network e sul video hosting Tik-Tok, 35 anni- il vecchio Yaskevich ha sistematicamente pubblicato messaggi video di pubblico dominio volti a incitare all'odio sociale e all'ostilità nei confronti delle forze dell'ordine.
 Sempre nel maggio 2021, ha prodotto e pubblicato sul social network e video ospitando TikTok in accesso aperto a un numero illimitato di persone 3 videomessaggi in cui insultava il capo dello Stato, lo accusava falsamente di reati gravi e soprattutto gravi.</t>
   </si>
   <si>
     <t>4, 5 anni di reclusione in una colonia penale</t>
   </si>
   <si>
     <t>2022-06-29 15:39:33</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Savenkov</t>
-[...13 lines deleted...]
-    <t>2022-09-09 14:56:43</t>
+    <t>Sergey Sergeevich Yakubenok</t>
+  </si>
+  <si>
+    <t>22 gennaio 1976</t>
+  </si>
+  <si>
+    <t>La base del procedimento penale contro l'uomo era “Class” in “Odnoklassniki” in una delle pagine pubbliche riconosciute come estremiste da uno dei tribunali della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>2,5 anni di reclusione in una colonia del regime generale</t>
+  </si>
+  <si>
+    <t>2023-12-07 23:46:11</t>
   </si>
   <si>
     <t>Alexey Yuryevich Klyushnichenko</t>
   </si>
   <si>
     <t>22 gennaio 1996</t>
   </si>
   <si>
     <t>Alexey è un attivista, membro del Movimento per la Libertà.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.11.2024: 6 anni di reclusione in una colonia del regime potenziato. Appello 14.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-04 17:24:13</t>
   </si>
   <si>
     <t>Natalia Anatolyevna Davydulina</t>
   </si>
   <si>
     <t>22 gennaio 1977</t>
   </si>
   <si>
     <t>Natalya Davydulina ha 47 anni, è di Zhlobin. Dai social network di Natalia si sa che lei e suo marito hanno una famiglia numerosa con cinque figli, di cui una figlia frequenta ancora le elementari.
 Uno dei figli di Natalya, Denis Davydulin, è un ex prigioniero politico. È stato arrestato nel marzo 2021 e condannato a un anno e mezzo di prigione per il fatto che la notte del 10 agosto "è uscito sulla carreggiata e ha disobbedito attivamente agli agenti di polizia".Non ha mai rilasciato interviste ai media. I documenti del tribunale mostrano che è stata processata il 24 gennaio 2024 per "distribuzione di materiale estremista". Probabilmente è stata arrestata durante un'incursione contro prigionieri politici per solidarietà.
 Il processo inizierà il 23 agosto presso il tribunale regionale di Gomel. Quindi, molto probabilmente, Natalya è accusata di qualche tipo di aiuto ad altri prigionieri. È noto che durante il raid di gennaio, sono rimasti dietro le sbarre principalmente coloro che hanno aiutato gli altri: hanno effettuato trasferimenti e pacchi in centri di custodia cautelare e colonie, anche per importi molto piccoli.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.10.2024: 3 anni di reclusione in una colonia del regime generale. Appello 26.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-19 01:09:57</t>
   </si>
   <si>
-    <t>Vyacheslav Anatolyevich Berastavy</t>
-[...45 lines deleted...]
-    <t>2024-09-19 10:46:13</t>
+    <t>Anton Pavlovich Shibut</t>
+  </si>
+  <si>
+    <t>23 gennaio 1990</t>
+  </si>
+  <si>
+    <t>Il 29 settembre 2023 si è tenuta l'udienza di appello.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2023-07-08 16:04:24</t>
   </si>
   <si>
     <t>Alexander Pavlovich Gashnikov</t>
   </si>
   <si>
     <t>23 gennaio 1987</t>
   </si>
   <si>
     <t>Dipendente della BMZ. Detenuto il 18 settembre 2021 per ragioni sconosciute, allevava 2 bambini in età di scuola primaria. Secondo le prime informazioni l'accusa è l'art. 356 cp (tradimento dello Stato). Inoltre, l'ONT ha riferito che era stato avviato un procedimento penale per la creazione di un gruppo estremista - art. 361-1 del codice penale.
 Il 28 maggio 2024 il tribunale di Novopolotsk ha esaminato il caso del rafforzamento del regime di detenzione per un prigioniero politico. Con decisione del giudice Vitaly Lapko, Alexander è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>14 anni in una colonia in condizioni di regime potenziato</t>
   </si>
   <si>
     <t>2021-09-27 14:14:40</t>
   </si>
   <si>
-    <t>Anton Pavlovich Shibut</t>
-[...13 lines deleted...]
-  <si>
     <t>Igor Yaroslavovich Kuzavko</t>
   </si>
   <si>
     <t>24 gennaio 1987</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 07.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-21 23:37:17</t>
   </si>
   <si>
-    <t>Olga Gennadievna Sitnik</t>
-[...6 lines deleted...]
-È stata arrestata nel maggio 2025. La natura delle accuse è sconosciuta, ma sembra che Sitnik sia coinvolta in un procedimento penale insieme ad altri amministratori di Wikipedia bielorussi che ora si trovano dietro le sbarre.</t>
+    <t>Oleg Vasilievich Larichev</t>
+  </si>
+  <si>
+    <t>26 gennaio 1986</t>
+  </si>
+  <si>
+    <t>Organizzatore del festival Urban Myths, personaggio pubblico e artista di strada.
+Oleg Larichev è stato arrestato e processato più volte, anche per il suo attivismo artistico, tra cui nel 2022.
+Questa volta è stato arrestato in relazione a un procedimento penale presumibilmente collegato alla detenzione di altre persone presumibilmente coinvolte nel "gruppo estremista" "Da Zoraў".</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
   </si>
   <si>
-    <t>2025-06-26 18:48:32</t>
-[...27 lines deleted...]
-    <t>Alexander Andreevich Rybchenko</t>
+    <t>2025-12-29 19:49:56</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Sandalyuk</t>
+  </si>
+  <si>
+    <t>27 gennaio 1971</t>
+  </si>
+  <si>
+    <t>Sergei ha prestato servizio per molti anni nell'unità militare 7404 a Baranovichi, la 4ª Brigata di Polizia Speciale delle Truppe Interne del Ministero degli Affari Interni. Nel 1996, Sandaluk afferma di aver comandato una compagnia lì e, negli anni 2000, è salito al grado di comandante di unità.
+Nel 2013, Sergei Sandalyuk era già stato promosso a Vice Capo del Dipartimento Penitenziario. In questa posizione, era responsabile del lavoro ideologico e della gestione del personale.
+Il colonnello è apparso più volte sui media: ha condotto visite guidate alle colonie carcerarie per i giornalisti delle pubblicazioni statali, ha collaborato con l'Esarcato della Chiesa ortodossa bielorussa e ha discusso con il metropolita Pavel della cooperazione tra il servizio penitenziario bielorusso e la Chiesa.
+A cavallo del 2018, Sergei Sandaluk si dimise dalla carica di vicedirettore del DIN. Nello stesso gennaio, Sandaluk si registrò come ditta individuale nel distretto Leninskij di Minsk, offrendo servizi di noleggio giornaliero.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.08.2024: 2 anni di reclusione in una colonia del regime generale. Appello 11.10.2024: sconosciuto. Sentenza del tribunale 27.11.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 07.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:00:34</t>
+  </si>
+  <si>
+    <t>Alexey Viktorovich Jagiello</t>
   </si>
   <si>
     <t>27 gennaio 1984</t>
   </si>
   <si>
-    <t>Alexander, ex preside della scuola di Krynki, ne è stato a capo fino al 2018 circa. È stato condannato per "favoreggiamento di attività estremiste" e condannato a libertà limitata e al collocamento in un istituto pubblico.</t>
-[...5 lines deleted...]
-    <t>2025-07-11 18:25:54</t>
+    <t>Alexey è un chirurgo di formazione , ma non ha mai esercitato la sua professione. È un predicatore evangelico e un sostenitore di uno stile di vita sano. L'anno scorso, un quotidiano regionale ha parlato della promozione del suo metodo per smettere di fumare.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:40:32</t>
   </si>
   <si>
     <t>Andrey Valerievich Alexandrov</t>
   </si>
   <si>
     <t>27 gennaio 1978</t>
   </si>
   <si>
     <t>Il giornalista bielorusso Andrei, arrestato il 12 gennaio 2021, insieme alla sua fidanzata Irina Zlobina, è stato accusato di "finanziare attività di protesta" e di aver pagato multe ai partecipanti alla protesta. È stato condannato per una serie di accuse penali, tra cui “alto tradimento” e “partecipazione a un gruppo estremista”.
 Il 1 settembre 2022 la coppia si è sposata nel centro di custodia cautelare-1.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.10.2022: 14 anni di reclusione in una colonia del regime generale, 1000 unità di base di multa. Appello 06.01.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:36:24</t>
+  </si>
+  <si>
+    <t>Alexander Andreevich Rybchenko</t>
+  </si>
+  <si>
+    <t>Alexander, ex preside della scuola di Krynki, ne è stato a capo fino al 2018 circa. È stato condannato per "favoreggiamento di attività estremiste" e condannato a libertà limitata e al collocamento in un istituto pubblico.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.06.2025: 4 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-07-11 18:25:54</t>
   </si>
   <si>
     <t>Maria Alexandrovna Deichik</t>
   </si>
   <si>
     <t>29 gennaio 1984</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2025: 2 anni 9 mesi di reclusione in una colonia del regime generale, 1000 unità di base di multa. Appello 11.11.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-01-16 19:59:35</t>
   </si>
   <si>
     <t>Dmitry Vladimirovich Golub</t>
   </si>
   <si>
     <t>29 gennaio 1989</t>
   </si>
   <si>
     <t>L'arresto di Dmitry è diventato noto il 7 marzo.
 Dmitry è stato processato per i commenti che ha lasciato da novembre 2019 a gennaio 2024 nelle chat di Telegram e sul canale YouTube. In essi, ha incitato all’ostilità e alla discordia nazionale e sociale, ha rilevato la corte.
 L'uomo ha anche lasciato commenti insultanti contro agenti di polizia, giornalisti, funzionari governativi e Alexander Lukashenko. Nel settembre 2020 ha partecipato alle proteste.
 Gli studenti dell'Università statale di Grodno intitolata a Y. Kupala sono stati invitati al verdetto, pronunciato dal tribunale regionale di Grodno presso il tribunale distrettuale Oktyabrsky di Grodno.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.11.2024: 4 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-02 00:37:32</t>
   </si>
   <si>
-    <t>Maksim Aminbayevich Jumaniyazov</t>
-[...8 lines deleted...]
-    <t>2023-03-12 14:58:12</t>
+    <t>Dmitry Vladimirovich Ilyukhin</t>
+  </si>
+  <si>
+    <t>29 gennaio 1990</t>
+  </si>
+  <si>
+    <t>I giornalisti hanno appreso che nel 2019 Ilyukhin si è recato in Canada per assumere l'incarico di primo segretario presso l'ambasciata bielorussa.
+"A Ottawa, ha ricoperto il ruolo di membro della commissione elettorale per le elezioni presidenziali del 2020. Secondo il protocollo ufficiale, Svetlana Tikhanovskaya ha ottenuto una schiacciante vittoria nel suo distretto, ottenendo 321 voti (91%) contro i 21 voti di Alexander Lukashenko (6%)", scrive la pubblicazione.
+Nell'agosto 2021, Ilyukhin ha prestato servizio come console a New York. Ha poi ricoperto il ruolo di primo segretario presso l'ambasciata bielorussa a Washington, D.C. Ha lasciato il servizio diplomatico nell'aprile 2022. Dopo aver lasciato il servizio governativo, Dmitry ha lavorato presso l'ufficio di rappresentanza della Federazione Internazionale delle Società della Croce Rossa (FICR).
+L'arresto di Dmitry è probabilmente avvenuto circa un anno fa. La natura delle accuse e la pena esatta sono sconosciute, ma la pena prevede la reclusione .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-12-29 21:46:39</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Gerasimenko</t>
+  </si>
+  <si>
+    <t>30 gennaio 1977</t>
+  </si>
+  <si>
+    <t>Lavorava come camionista per lunghe distanze. L'ultimo impiego noto di Alexander era presso Mozyrsol. Prima di allora, aveva lavorato nello sport: come allenatore e istruttore di canottaggio e vicedirettore di una scuola sportiva per bambini.
+Fu arrestato il 6 marzo 2025 nell'ambito del "caso Gayun".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-07-25 00:54:32</t>
   </si>
   <si>
     <t>Eduard Viktorovich Babariko</t>
   </si>
   <si>
     <t>30 gennaio 1990</t>
   </si>
   <si>
     <t>Eduard, laureato in Economia e gestione aziendale alla BSEU e direttore delle piattaforme di crowdfunding Ulej e MolaMola, nonché del gruppo di iniziativa di suo padre Viktor Babariko, è stato arrestato il 18 giugno 2020 mentre si recava alla Commissione elettorale centrale presentare le firme. Ha trascorso più di tre anni in prigione senza processo ed è stato condannato per “organizzazione di rivolte di massa” ed “evasione fiscale”.
 Nel luglio 2024 è stato condannato a due anni di carcere per “disobbedienza all’amministrazione della colonia”.</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.07.2023: 8 anni di reclusione in una colonia del regime potenziato. Appello 27.11.2023: il verdetto è stato confermato. Sentenza del tribunale 10.07.2024: 2 anni di reclusione in una colonia del regime potenziato. Appello 19.09.2024: il verdetto è stato confermato. Sentenza del tribunale 20.02.2025: sconosciuto anni di reclusione in una colonia del regime rigoroso. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:12</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Gerasimenko</t>
-[...11 lines deleted...]
-    <t>2025-07-25 00:54:32</t>
+    <t>Maksim Aminbayevich Jumaniyazov</t>
+  </si>
+  <si>
+    <t>30 gennaio 1983</t>
+  </si>
+  <si>
+    <t>Maxim has had a severe mental illness since childhood and requires special care.</t>
+  </si>
+  <si>
+    <t>2023-03-12 14:58:12</t>
+  </si>
+  <si>
+    <t>Tatiana Victorovna Stepa</t>
+  </si>
+  <si>
+    <t>31 gennaio 1970</t>
+  </si>
+  <si>
+    <t>È stata detenuta a seguito di un massiccio raid delle forze di sicurezza il 23 e 24 gennaio 2024 contro parenti di prigionieri politici e persone che inviavano pacchi e lettere a prigionieri politici.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2024: 4 anni di reclusione in una colonia del regime generale. Appello 13.12.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-02-03 14:47:36</t>
+  </si>
+  <si>
+    <t>Anastasia Victorovna Pokatashkina</t>
+  </si>
+  <si>
+    <t>31 gennaio 1981</t>
+  </si>
+  <si>
+    <t>Il 02/09/2024 si è tenuta l'udienza di appello e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 24. 247526, vulica Vytvorčaja, 44, Zarečča, Rečyca district, Homieĺ region</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.12.2023: 3 anni di reclusione in una colonia del regime generale. Appello 09.02.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-08-03 22:30:42</t>
   </si>
   <si>
     <t>Tikhon Sergeevich Osipov</t>
   </si>
   <si>
     <t>31 gennaio 1996</t>
   </si>
   <si>
     <t>Secondo il comitato investigativo, Tikhon è stato arrestato e condannato per aver deliberatamente investito dei militari delle truppe interne del Ministero degli Interni durante una protesta avvenuta l'11 agosto 2020 nei pressi della stazione. m. Pushkinskaya a Minsk.
 Nel marzo 2022 è stato nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione di un istituto penitenziario", un'accusa spesso applicata ai prigionieri che si rifiutavano di collaborare con le autorità carcerarie, e il suo regime è stato modificato in massima sicurezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.05.2021: 11 anni di reclusione in una colonia del regime potenziato, circa 1300 rubli di risarcimento. Sentenza del tribunale 25.03.2022: 7 mesi di reclusione in una colonia del regime rigoroso. Appello 23.06.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-03-06 20:01:08</t>
-  </si>
-[...31 lines deleted...]
-    <t>2024-02-03 14:47:36</t>
   </si>
   <si>
     <t>Denis Sergeevich Nikita</t>
   </si>
   <si>
     <t>31 gennaio 1985</t>
   </si>
   <si>
     <t>Denis Nikita è stato arrestato la sera del 25 gennaio 2024 per piccolo teppismo. È stato portato al dipartimento di polizia in servizio. Non era d'accordo con la detenzione e avrebbe iniziato a insultare e minacciare gli agenti di polizia, menzionando Lukashenko. Secondo la polizia, l'uomo di 38 anni ha fatto questo per molto tempo e lo ha umiliato ripetutamente. Di conseguenza è stato avviato un procedimento penale. L'uomo è stato processato pubblicamente nell'edificio del comitato esecutivo regionale di Svisloch. Il giornale distrettuale ha riferito del processo: ha affermato che all'incontro erano presenti “rappresentanti del pubblico” e dei media. Denis Nikita ha ammesso la colpa.
 È stato riferito che questa è l'undicesima condanna dell'imputato. È stato condannato per furto, tortura, minacce di morte, nonché per aver violato i requisiti di controllo preventivo, ed è stato più volte sottoposto alla responsabilità amministrativa. Inoltre, l'uomo è stato privato della potestà genitoriale nei confronti di due figli.</t>
   </si>
   <si>
     <t>3 anni di reclusione in una colonia in severe condizioni di sicurezza</t>
   </si>
   <si>
     <t>2024-04-18 12:33:43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1696,51 +1666,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I83"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1769,2279 +1739,2198 @@
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="I6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I14" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="I17" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B18" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="I18" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C19" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I19" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C20" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I20" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="I21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C22" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
+      <c r="E23" t="s">
+        <v>52</v>
+      </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="C24" t="s">
         <v>127</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>128</v>
       </c>
       <c r="I24" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>130</v>
       </c>
       <c r="B25" t="s">
         <v>131</v>
       </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I25" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>137</v>
+      </c>
+      <c r="B26" t="s">
+        <v>138</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>139</v>
+      </c>
+      <c r="F26" t="s">
         <v>134</v>
       </c>
-      <c r="B26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B27" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C27" t="s">
         <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="F27" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>144</v>
       </c>
       <c r="I27" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>146</v>
       </c>
       <c r="B28" t="s">
         <v>147</v>
       </c>
+      <c r="C28" t="s">
+        <v>148</v>
+      </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F28" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G28" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>150</v>
       </c>
       <c r="I28" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>152</v>
       </c>
       <c r="B29" t="s">
         <v>153</v>
       </c>
+      <c r="C29" t="s">
+        <v>154</v>
+      </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="I29" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C30" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
       <c r="H30" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I30" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B31" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C31" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
+      <c r="E33" t="s">
+        <v>21</v>
+      </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I33" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
+      <c r="E34" t="s">
+        <v>183</v>
+      </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="C35" t="s">
         <v>186</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>27</v>
+        <v>172</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>187</v>
       </c>
       <c r="I35" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>189</v>
       </c>
       <c r="B36" t="s">
         <v>190</v>
       </c>
+      <c r="C36" t="s">
+        <v>191</v>
+      </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>171</v>
+        <v>108</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
+      <c r="H37" t="s">
+        <v>198</v>
+      </c>
       <c r="I37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B38" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F38" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>51</v>
+        <v>213</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="I40" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B41" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B42" t="s">
-        <v>220</v>
+        <v>221</v>
+      </c>
+      <c r="C42" t="s">
+        <v>222</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E42" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B43" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I45" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B46" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C46" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>241</v>
+        <v>167</v>
       </c>
       <c r="I46" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>243</v>
       </c>
       <c r="B47" t="s">
         <v>244</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>182</v>
       </c>
       <c r="I47" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>247</v>
       </c>
       <c r="B48" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="C48" t="s">
         <v>248</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E48" t="s">
-        <v>51</v>
+        <v>213</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>249</v>
       </c>
       <c r="I48" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>251</v>
       </c>
       <c r="B49" t="s">
         <v>252</v>
       </c>
+      <c r="C49" t="s">
+        <v>253</v>
+      </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>52</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I49" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B50" t="s">
-        <v>256</v>
+        <v>257</v>
+      </c>
+      <c r="C50" t="s">
+        <v>258</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>100</v>
+        <v>259</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="I50" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>262</v>
+      </c>
+      <c r="B51" t="s">
+        <v>263</v>
+      </c>
+      <c r="C51" t="s">
+        <v>264</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
         <v>259</v>
       </c>
-      <c r="B51" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I51" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B52" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C52" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C53" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>267</v>
+        <v>31</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B54" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C54" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E54" t="s">
+        <v>38</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="I54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B55" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C55" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>182</v>
+        <v>285</v>
       </c>
       <c r="I55" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B56" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C56" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>287</v>
+        <v>167</v>
       </c>
       <c r="I56" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B57" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C57" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D57" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I57" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B58" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="I58" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B59" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C59" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>21</v>
+      </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I59" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B60" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C60" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I60" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B61" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C61" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="I61" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B62" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E62" t="s">
+        <v>38</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I62" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B63" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C63" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="I63" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B64" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
+      <c r="E64" t="s">
+        <v>52</v>
+      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I64" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B65" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I65" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B66" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C66" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>267</v>
+        <v>338</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C67" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>41</v>
+        <v>108</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="I67" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B68" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>117</v>
+        <v>348</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="I68" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B69" t="s">
-        <v>350</v>
+        <v>351</v>
+      </c>
+      <c r="C69" t="s">
+        <v>352</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="I69" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B70" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="C70" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D70" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>356</v>
+        <v>133</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
+      <c r="H70" t="s">
+        <v>357</v>
+      </c>
       <c r="I70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B71" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E71" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I71" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B72" t="s">
-        <v>363</v>
+        <v>364</v>
+      </c>
+      <c r="C72" t="s">
+        <v>365</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
+      <c r="E72" t="s">
+        <v>213</v>
+      </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="I72" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>27</v>
+        <v>348</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>377</v>
+        <v>379</v>
+      </c>
+      <c r="C75" t="s">
+        <v>380</v>
       </c>
       <c r="D75" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>21</v>
+        <v>381</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="I75" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B76" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C76" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>383</v>
+        <v>167</v>
       </c>
       <c r="I76" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B77" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C77" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E77" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>182</v>
+        <v>391</v>
       </c>
       <c r="I77" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B78" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="C78" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E78" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>398</v>
+        <v>155</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
+      <c r="H79" t="s">
+        <v>402</v>
+      </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
-[...15 lines deleted...]
-      <c r="E81" t="s">
         <v>408</v>
-      </c>
-[...65 lines deleted...]
-        <v>420</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">