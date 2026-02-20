--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,455 +12,399 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="475">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
     <t>Date added</t>
   </si>
   <si>
-    <t>Vyacheslav Alexeyevich Yaniuk</t>
-[...30 lines deleted...]
-    <t>1 september</t>
+    <t>Aliaksandr Liubianchuk</t>
+  </si>
+  <si>
+    <t>1 september 1988</t>
   </si>
   <si>
     <t>Journalist, he was detained on May 26, 2022 after a search.
 At the moment, the journalist has been charged, but the exact criminal article with which Lyubenchuk is accused is unknown (the lawyer is under a non-disclosure agreement).
 In early November 2023, it became known that Ales had begun to have problems with his spine behind bars (a year ago). "It is difficult for him to even do sports, which is what everyone does to save themselves. This noticeably upsets him," a source told Radio Svaboda. Ales worked stripping wires of insulation.
 He was released in early January 2025.</t>
   </si>
   <si>
+    <t>Male</t>
+  </si>
+  <si>
     <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
+    <t>In custody</t>
+  </si>
+  <si>
+    <t>Yes</t>
   </si>
   <si>
     <t xml:space="preserve"> Trial outcome 27.10.2022: 3 years of imprisonment in colony under general regime conditions. Appeal 24.01.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-06-08 11:48:04</t>
   </si>
   <si>
     <t>Julia Petrovna Yurgilevich</t>
   </si>
   <si>
     <t>1 september 1980</t>
   </si>
   <si>
     <t>She worked as a lawyer for almost 18 years.
 She defended political prisoners Ales Pushkin, Artem Boyarsky, Igor Banzer, Andrei Avsievich, Andrei Sokolovsky in court.
 On February 23, 2022, she was expelled from the Grodno Regional Bar Association for systematic violations of the law. Yulia left Belarus, but returned to the country at the end of August 2022.
 She was detained on the same day together with Pavel Mozheyko
 Pavel and Yulia pleaded not guilty. Yurgilevich stated at the trial that she was being held in "bestial conditions" and was not allowed to get acquainted with the case.</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
     <t>6 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-09-02 18:28:29</t>
   </si>
   <si>
+    <t>Vasily Nikolaevich Areshko</t>
+  </si>
+  <si>
+    <t>1 september 1997</t>
+  </si>
+  <si>
+    <t>It is known that in Poland Oreshko worked as a human resources specialist — he looked for people to employ. He came to Belarus periodically. It is not known when he returned last, but he was detained several months ago.
+Аreshko is currently in a pre-trial detention facility.</t>
+  </si>
+  <si>
+    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-04-02 16:59:55</t>
+  </si>
+  <si>
+    <t>Aleksandr Andreevich Belov</t>
+  </si>
+  <si>
+    <t>1 september 1996</t>
+  </si>
+  <si>
+    <t>Alexander is an activist in the anarchist movement. He first studied construction at college, then majored in engineering geodesy at the Belarusian National Technical University. He has been passionate about sports since his youth: he played for a DIY league football team, practiced Muay Thai, and went mountaineering.
+Early in the morning of July 29, 2021, Alexander was detained as he left his home. He was beaten and searched during his arrest, then taken to the Main Directorate for Combating Organized Crime and Corruption, where he was tortured and beaten.
+He was initially accused of actively participating in a protest on August 23, 2020, in Minsk, although by that time he had already served an administrative arrest for this incident.
+In January 2022, Alexander and other defendants in the criminal case were charged with additional membership in an extremist group for subscribing to the Telegram channel "Pramen." At the time of their arrest, the channel "Pramen" had not yet been added to the list of extremist groups; this was only added in November 2021.
+In April 2022, he was found guilty and sentenced to imprisonment in a penal colony. In April 2025, Alexander's detention regime was tightened, and he was transferred to a prison regime. It was later revealed that the court had sentenced him to an additional six months in a general regime penal colony for "malicious disobedience to the administration's demands."</t>
+  </si>
+  <si>
+    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.04.2022: 5 years of imprisonment in colony under general regime conditions. Regime change trial 02.04.2025: unknown years of prison regime. Trial outcome date unknown: 6 months of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-08-07 04:15:55</t>
+  </si>
+  <si>
     <t>Victoria Gennadievna Volchek</t>
+  </si>
+  <si>
+    <t>1 september 1993</t>
   </si>
   <si>
     <t>29-year-old native of the Mogilev region. Victoria studied at Nesvizh Pedagogical College. For the last ten years I have worked in communication shops, at a gas station, and in a store.
 On May 15, 2023, ONT released the propaganda film “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day,” which told the details of the case. It was reported there that allegedly the KGB, on the eve of Victory Day on May 9, 2023, “prevented a terrorist attack under the supervision of Kiev." They said that the explosives were in electric stoves, which were sent to the detainees via parcels. The organizer of the action was named 23-year-old Belarusian Valery Vodin, who fought in Ukraine.
 The video said that parcels with electric stoves containing explosives were delivered to the Minsk SDEK point in Kamennaya Gorka on March 21, 2023 from Kyiv via Italy. Victoria Volchek confirmed during interrogation that she received the parcel - Valery Vodin asked her to receive the parcel. BSU student Anna Savochkina and her mother Tatyana Rusak took the tile from Volchek and buried it in the cemetery in Kolodishchi. The second tile was picked up by dental technician Andrei Grigoriev and taken to the gardening partnership "Avtoremontnik 124" near Olekhnovichi.</t>
   </si>
   <si>
     <t>Trial outcome 09.08.2024: 7 years of imprisonment in colony under general regime conditions. Appeal 29.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-20 14:00:36</t>
   </si>
   <si>
-    <t>Vasily Nikolaevich Areshko</t>
-[...37 lines deleted...]
-    <t>2021-08-07 04:15:55</t>
+    <t>Denis Vasilievich Filonchik</t>
+  </si>
+  <si>
+    <t>2 september 1983</t>
+  </si>
+  <si>
+    <t>Denis was detained in December 2021 after an attempted attack on GOM-2 of the Frunzensky District Department of Internal Affairs in Minsk on August 16, 2021, as part of a criminal case initiated under the article "act of terrorism". In June 2023, he was convicted under the articles on "conspiracy to seize state power" and "creation of an extremist formation".
+According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 9 years of imprisonment in colony under enhanced security conditions. Appeal 04.10.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:54:48</t>
   </si>
   <si>
     <t>Dmitry Ivanovich Malochka</t>
   </si>
   <si>
     <t>2 september 1973</t>
   </si>
   <si>
-    <t>Dmitry was arrested on November 27, and then on December 11, 2023, and convicted under Part 2 of Article 19.11 of the Code of Administrative Offenses (Distribution, production, storage, transportation of information products containing calls for extremist activity or promoting such activity). Judges - Podolyanets Artem and Nikolai Kmita.
-He was held in the temporary detention facility of the Baranovichi City Department of Internal Affairs. Afterwards, a criminal case was opened and he was transferred to the pretrial detention facility No. 7 in Brest. Oksana Viktorovna Molochko was convicted along with him.
+    <t>On November 27, 2023, and again on December 11, 2023, Dmitrywas arrested and convicted under Part 2 of Article 19.11 of the Code of Administrative Offenses (distribution, production, storage, and transportation of information products containing calls for extremist activity or promoting such activity). Judges: Artem Podolyanets and Nikolai Kmita.
+He was held in the temporary detention facility of the Baranovichi District Department of Internal Affairs. A criminal case was subsequently opened, and he was transferred to Pretrial Detention Center No. 7 in Brest. His wife, Oksana Viktorovna Molochko, was also convicted. They were sentenced to 12 and 8 years for "treason," but in fact, for photographing a train with military equipment on the platform, without any espionage intent.
 Before his arrest, he was engaged in handicrafts and was self-employed.</t>
   </si>
   <si>
     <t>Trial outcome 24.06.2024: 12 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-09-27 23:00:27</t>
-  </si>
-[...18 lines deleted...]
-    <t>2023-12-15 13:07:02</t>
   </si>
   <si>
     <t>Anatoly Petrovich Zmitrovich</t>
   </si>
   <si>
     <t>2 september 1962</t>
   </si>
   <si>
     <t>Before his arrest, Anatoly was an individual entrepreneur and an active participant in the entrepreneurial movement. He is also known as an environmental activist during the construction and launch of the Svetlogorsk bleached cellulose plant, when numerous emissions of harmful substances into the atmosphere occurred. Recently, he has been working in one of the enterprises in the field of car service.
 He was detained in April 2025 under Part 2 of Article 367 (slander against Lukashenko) of the Criminal Code of the Republic of Belarus. On April 25, 2025, he was transferred to Pre-trial Detention Center No. 3.
 He was previously detained on February 14, 2023. He was also detained in 2020. Then in November, he was detained after a memorial event in memory of Roman Bondarenko, who was killed in Minsk. Anatoly was fined 40 b.v. Even earlier, Zmitrovich was brought to administrative responsibility under Art. 23.34 (violation of the procedure for holding mass events). Then he received a fine of 25 b.v.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 10 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-05-20 15:04:06</t>
   </si>
   <si>
     <t>Albert Vladimirovich Shyla</t>
   </si>
   <si>
     <t>2 september 1968</t>
   </si>
   <si>
     <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
   </si>
   <si>
+    <t>Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
     <t>2025-06-24 23:47:03</t>
   </si>
   <si>
-    <t>Yaroslav Anatolevich Verdysh</t>
-[...31 lines deleted...]
-    <t>2022-09-09 14:54:48</t>
+    <t>Sergey Viktorovich Eremeev</t>
+  </si>
+  <si>
+    <t>2 september 1971</t>
+  </si>
+  <si>
+    <t>On December 9, 2023, a court in Omsk remanded Sergei in custody until January 30, 2024, on charges of blowing up trains carrying oil products in the Severomuysky Tunnel on November 29 and 30. The train, carrying 41 fuel tankers, three aviation fuel tanks, and six cars carrying ferrous metal, first caught fire. Later, a freight train traveling along a bypass route was blown up. As a result, the fuel spilled over an area of 150 square meters—four fuel tankers were completely destroyed, and two more were damaged. According to the FSB, Yeremeyev "confessed to working under the control of Ukrainian special services." The tunnel explosions were classified as a terrorist attack.
+According to Russian state media, Yeremeyev claimed he wanted to interfere with the delivery of military supplies: "I wrote in my explanation that ammunition was currently being transported across the Baikal-Amur Mainline. The main goal was to impede traffic."
+Sergey participated in the nationwide strike at Naftan in November 2020, which he publicly stated and even sent a statement to Tikhanovsky's movement. "Sergey tried to resolve everything peacefully. Maybe he was tired of nothing being resolved... in the video, even though his face was painted over, I recognized him immediately," an acquaintance of Yeremeyev said . A few weeks after the strike, Sergey was fired from Naftan. Sergey was one of the best mechanics in Novopolotsk.
+According to investigators, in November 2023, Yeremeyev secretly transported explosive devices across the Russian border in his vehicle and arrived in Buryatia. Then, with the intent to commit a terrorist act, he planted explosive devices at night on a section of the East Siberian Railway and on trains traveling along it, activating the remote controls. The court ruled that the detonation of the explosive devices planted by Yeremeyev caused property damage to the victims, related to the destruction and damage of tank cars and railway equipment, amounting to over 100,000,000 rubles ($1.2 million), as well as other serious consequences in the form of disruption of the operation of a federal transport highway.
+The court sentenced Yeremeyev to 22 years in prison, with the first five years to be served in a maximum-security penal colony, and a fine of 1,000,000 rubles. Yeremeyev's vehicle was ordered confiscated. The court also upheld the victims' civil claims against Yeremeyev for damages totaling over 60,000,000 rubles ($744,000), which were ordered to be recovered from the convicted person.</t>
+  </si>
+  <si>
+    <t>111020, Moscow, st. Lefortovo Val, 5, pre-trial detention center No. 2</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.12.2025: 22 years of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2023-12-15 13:07:02</t>
   </si>
   <si>
     <t>Artem Leonidovich Vovna</t>
   </si>
   <si>
     <t>3 september 1991</t>
   </si>
   <si>
     <t>Top manager of the operator life:). He was arrested for distributing the data of law enforcement officers to telegram channels.</t>
   </si>
   <si>
     <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
   </si>
   <si>
     <t>8 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-10-13 21:57:06</t>
+  </si>
+  <si>
+    <t>Dmitry Nikolaevich Neshta</t>
+  </si>
+  <si>
+    <t>3 september 1975</t>
+  </si>
+  <si>
+    <t>Detained for an act of terrorism.
+A military pensioner, worked in Baranovichi at an aircraft repair plant.
+According to investigators, on September 26, 2020, he made Molotov cocktails and moved them to a parking lot near one of the military units, where he used them.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.06.2022: 12 years of imprisonment in colony under enhanced security conditions. Trial outcome 23.03.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-06-09 02:57:10</t>
   </si>
   <si>
     <t>Andrey Valerievich Tsalyuk</t>
   </si>
   <si>
     <t>3 september 1993</t>
   </si>
   <si>
     <t>Previously, he was detained under an administrative article for participating in protests. Pro-government telegram channels reported on Andrei's detention. On the “repentant video” , the guy says that he was detained for distributing personal data of police officers, judges and called people to violent actions.It is also reported that the man "left more than 2 thousand extremist messages, of which at least 100 records contain signs of violations of the law."</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2023-02-03 19:24:13</t>
   </si>
   <si>
     <t>Artem Alexandrovich Kucharenok</t>
   </si>
   <si>
     <t>3 september 1982</t>
   </si>
   <si>
     <t>Artem has worked in this field all his life - as a veterinarian, a teacher at the Smilovichi State Agricultural College, a technician. He is also the director of the veterinary company "Khimvet".
 Artem's last comments date back to May 2024, after which he disappeared from social media. That's probably when he was detained .
 It seems that the issue is in his social media posts and comments on Telegram - the accounts are called by his own name, and the Telegram account is linked to Artem's own phone.</t>
   </si>
   <si>
     <t>Trial outcome 06.03.2025: unknown. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-01-09 00:32:11</t>
   </si>
   <si>
-    <t>Dmitry Nikolaevich Neshta</t>
-[...15 lines deleted...]
-  <si>
     <t>Olga Vasilievna Gubar</t>
   </si>
   <si>
     <t>3 september 1960</t>
   </si>
   <si>
     <t>Trial outcome 31.12.2024: unknown. Appeal 07.03.2025: unknown.</t>
   </si>
   <si>
     <t>2024-12-02 17:50:16</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-02-25 11:16:12</t>
   </si>
   <si>
     <t>Sergei Vitalievich Ryabtsev</t>
   </si>
   <si>
     <t>5 september 2002</t>
   </si>
   <si>
     <t>Sergei was detained on September 30, 2021, initially for a comment he made following the deaths of State Security Committee (KGB) officer Dmitry Fedosyuk and IT specialist Andrei Zeltser in Minsk. He was summoned to the military registration and enlistment office, where security forces were already waiting. His home was later searched in his absence.
 In early September 2022, it became known that the State Security Committee had added Sergei to the "list of persons involved in terrorist activity." In November of that year, he was sentenced to imprisonment in a maximum-security penal colony.</t>
   </si>
   <si>
+    <t>IK №3</t>
+  </si>
+  <si>
     <t>Trial outcome 04.11.2022: 6 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 24.01.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-09-17 11:40:06</t>
   </si>
   <si>
     <t>Maksim Leonidovich Dergachev</t>
   </si>
   <si>
     <t>5 september 1971</t>
   </si>
   <si>
     <t>On February 6, 2024, an appeal hearing was held and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 05.12.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 06.02.2024: unknown. Trial outcome 27.02.2025: unknown years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2023-12-14 00:37:36</t>
-  </si>
-[...14 lines deleted...]
-    <t>2025-02-28 10:45:17</t>
   </si>
   <si>
     <t>Andrey Valerievich Shabunya</t>
   </si>
   <si>
     <t>5 september 1988</t>
   </si>
   <si>
     <t>Trial outcome 14.03.2025: 2 years of imprisonment in colony under general regime conditions. Appeal 10.06.2025: unknown.</t>
   </si>
   <si>
     <t>2025-03-11 21:37:35</t>
   </si>
   <si>
     <t>Illia Aleksandrovich Krauchanka</t>
   </si>
   <si>
     <t>6 september 1989</t>
   </si>
   <si>
     <t>Ilya was convicted of attempting to set fire to the Zhodino prosecutor's office building in October 2020. According to investigators, he set fire to a manufactured device on the porch to express disdain for law enforcement. As a result of the scattering of a mixture of petroleum products and bottle fragments, the front door and canopy were damaged, causing damages of more than 1,500 rubles.</t>
   </si>
   <si>
     <t>Trial outcome 08.04.2021: 5 years 6 months of imprisonment in colony under enhanced security conditions, approximately 1500 rubles of compensation. Appeal 06.07.2021: the sentence was upheld.</t>
   </si>
@@ -512,1031 +456,967 @@
     <t>Vitaly Yanovich Kostetsky</t>
   </si>
   <si>
     <t>8 september 1980</t>
   </si>
   <si>
     <t>Trial outcome 29.04.2025: 5 years 6 months of imprisonment in colony under general regime conditions. Appeal 01.07.2025: unknown.</t>
   </si>
   <si>
     <t>2025-07-24 17:54:07</t>
   </si>
   <si>
     <t>Denis Sergeevich Dikun</t>
   </si>
   <si>
     <t>9 september 1992</t>
   </si>
   <si>
     <t>Detained for arson on February 28, 2022 at the Zherd-Ostankovichi station of the signaling, centralization and interlocking (SCB) relay cabinet, as a result of which traffic lights and turnouts in this section were rendered inoperative.
 The stretch is on the Zhlobin-Kalinkovichi line, which then continues to Ovruch (Zhytomyr region of Ukraine).
 On March 25, 2024, in Gorki, Denis began to be tried under Part 2 of Art. 411 of the Criminal Code (malicious disobedience to the requirements of the colony administration). The case was considered by judge Natalya Fomicheva. She added two more years to the political prisoner.
 At the beginning of April 2024, it became known that Denis was transferred to prison No. 4 in Mogilev.
 On June 18, 2024, the Mogilev Regional Court will consider Denis’s appeal.</t>
   </si>
   <si>
-    <t>Trial outcome 27.12.2022: 23 years of imprisonment in colony under enhanced security conditions. Appeal 30.03.2023: unknown. Trial outcome 25.03.2024: 2 years of imprisonment in colony under enhanced security conditions. Appeal 18.06.2024: unknown.</t>
+    <t>Trial outcome 27.12.2022: 23 years of imprisonment in colony under enhanced security conditions. Appeal 30.03.2023: unknown. Trial outcome 25.03.2024: 2 years of imprisonment in colony under enhanced security conditions. Appeal 18.06.2024: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2022-03-11 01:08:55</t>
   </si>
   <si>
     <t>Artiom Dmitrievich Solovei</t>
   </si>
   <si>
     <t>10 september 1996</t>
   </si>
   <si>
-    <t>Artyom was detained on August 4 by GUBOP officers. When he was detained, the GUBOP officers greeted Artyom with the phrase "Welcome to the Gestapo!", after which they beat him, put him in the "swallow" position, and threatened to rape him so that he would tell them the password to his phone. The Zavodskoy District Court of Minsk sentenced him to 15 days of arrest, after which he was never released. He was charged under Article 342.1 for participating in protests and transferred to Pretrial Detention Center No. 1.
-[...3 lines deleted...]
-    <t>5 years of imprisonment in a penal colony.</t>
+    <t>Artyom, an anarchist activist, was detained on August 4, 2021, by GUBOPiK officers. Upon arrest, they greeted him with the words "Welcome to the Gestapo!" before beating him, forcing him into a "swallow" position, and threatening to rape him, demanding his phone password. The following day, Artyom was convicted under Article 19.1 of the Code of Administrative Offenses (allegedly for aggressive behavior upon arrival at the police station) and sentenced to 15 days in jail. However, he was not released after his arrest.
+Artyom was initially charged with "organizing and preparing actions that grossly violate public order, or actively participating in them." In January 2022, he and other defendants were additionally charged with participating in an extremist group for subscribing to the Telegram channel "Pramen." At the time of his arrest, the channel had not yet been added to the list of extremist groups, which only happened in November 2021.
+In April 2022, Artyom was found guilty and sentenced to imprisonment in a penal colony.
+According to human rights activists, he was expected to be released in the winter of 2026.</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.04.2022: 5 years of imprisonment in colony under general regime conditions. Trial outcome date unknown: unknown years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-08-29 03:42:38</t>
-  </si>
-[...25 lines deleted...]
-    <t>2024-08-13 12:14:29</t>
   </si>
   <si>
     <t>Vladimir Ivanovich Mikhailenko</t>
   </si>
   <si>
     <t>11 september 1954</t>
   </si>
   <si>
     <t>General Director of GeosIdeal LLC.
 On June 18, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 04.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 18.06.2024: unknown.</t>
   </si>
   <si>
     <t>2024-02-28 20:44:34</t>
   </si>
   <si>
+    <t>Dmitriy Mostovoy</t>
+  </si>
+  <si>
+    <t>11 september 1977</t>
+  </si>
+  <si>
+    <t>Dmitry Mostovoy is 45 years old. He is a resident of Sinitsa, studied at the Polytechnic College in Minsk, a professional programmer.
+He was detained during the protests in October 2020, and he was sentenced to several days of arrest.
+Dmitry was detained in early March 2023. In the film «Gaspar did not get in touch» on the ONT TV channel, released on April 05, 2023. It was said in the film that Dmitry offered the telegram chat «Belarusian Gayun» to merge information about the airfield in Machulishchi: he set up an online broadcast from a computer, where all the actions taking place at the airfield for two weeks without a break were shown.
+Now the man is in jail on charges of treason to the state and facilitation extremist activities.</t>
+  </si>
+  <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.09.2023: 10 years of imprisonment in colony under general regime conditions. Regime change trial 24.12.2025: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2023-04-06 15:04:01</t>
+  </si>
+  <si>
     <t>Vladimir Viktorovich Alisievich</t>
   </si>
   <si>
     <t>11 september 1990</t>
   </si>
   <si>
     <t>He was detained in September 2023, allegedly for chatting with friends. A criminal case was opened.</t>
   </si>
   <si>
     <t>Trial outcome 07.06.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 12.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-29 19:25:02</t>
+  </si>
+  <si>
+    <t>Ilya Vitalievich Lukashenko</t>
+  </si>
+  <si>
+    <t>11 september 2000</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.08.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 15.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-13 12:14:29</t>
   </si>
   <si>
     <t>Eugene Viktorovich Shliakhtsionak</t>
   </si>
   <si>
     <t>11 september 1988</t>
   </si>
   <si>
     <t>According to information from social networks, Shlyakhtenok was born in Krasnoselsky in the Volkovysk district. He studied to be a history teacher at the Grodno State University. He worked as a welder and at a service station. In 2015, he got a job at the Mostovsky district military registration and enlistment office, where he was responsible for keeping records of reserve officers.
 The last time Evgeniy was online was in October 2024.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years of imprisonment in colony under enhanced security conditions, 500 basic values fine.</t>
   </si>
   <si>
     <t>2025-07-11 12:45:46</t>
   </si>
   <si>
     <t>Vasily Viktorovich Sadovsky</t>
   </si>
   <si>
     <t>11 september 1983</t>
   </si>
   <si>
     <t>Vasily was convicted under the article “organization and preparation of actions that grossly violate public order, or active participation in them” and sentenced to restriction of freedom with referral to an open-type institution.</t>
   </si>
   <si>
     <t>IUOT-45, 225073, Brestskaya obl. Kamenetsky region, d. Sushki, ul. Tsentralnaya, 1</t>
   </si>
   <si>
     <t>Penal labor facility</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 2 years 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2025-05-11 21:37:49</t>
   </si>
   <si>
-    <t>Igor Semyonovich Mints</t>
+    <t>Ihar Siamionavich Mints</t>
   </si>
   <si>
     <t>12 september 1977</t>
   </si>
   <si>
-    <t>Leading legal adviser of JSC "Naftan", arrested in the case of Rabocha ruhu.
-[...3 lines deleted...]
-    <t>12 years in a colony under enhanced regime conditions</t>
+    <t>Igor, the leading legal counsel at Naftan OJSC, was arrested in the fall of 2021 as part of a criminal case brought against plant employees who supported the strike and were part of the "Workers' Movement" initiative. On September 21, 2021, this initiative was designated an extremist organization, following which mass arrests of workers occurred across the country.
+In February 2023, Igor was found guilty of treason and the creation of and participation in an extremist group and sentenced to imprisonment and a large fine.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 12 years of imprisonment in colony under enhanced security conditions, 100 basic values fine. Appeal 02.08.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-10-01 18:20:40</t>
   </si>
   <si>
     <t>Alexander Eduardovich Zdorovennov</t>
   </si>
   <si>
     <t>12 september 1979</t>
   </si>
   <si>
     <t>In 2020-2021, Ales was brought to administrative responsibility twice for participating in protests and a flag in the courtyard of a private house. After 2021, Ales traveled to Lithuania and Poland several times.
 He was detained at the end of March on the border with Lithuania, where he was returning from work. First, they found "extremism" in his phone and sentenced him to administrative arrest. Then Ales ended up in a pretrial detention center on charges of a politically motivated criminal article.
 A few days later, Ales' brother, Vadim Zdorovennov, was detained in Minsk. He was initially charged with "insulting Lukashenko," but other charges may also be brought against him.</t>
   </si>
   <si>
+    <t>Trial outcome 15.12.2025: 10 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 13.02.2026: the sentence was upheld.</t>
+  </si>
+  <si>
     <t>2025-08-04 20:51:28</t>
   </si>
   <si>
+    <t>Nadezhda Alexandrovna Karankevich</t>
+  </si>
+  <si>
+    <t>13 september 1994</t>
+  </si>
+  <si>
+    <t>In 2016, Nadezhda graduated from the Minsk State Linguistic University with a degree in foreign language teaching. She worked as a translator for over a year and then moved to IT, where she worked in testing. In November 2023, Nadezhda was detained.</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.08.2024: 5 years 6 months of imprisonment in colony under general regime conditions. Appeal 24.09.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-12-26 00:59:12</t>
+  </si>
+  <si>
     <t>Paul Viktorovich Kozintsev</t>
   </si>
   <si>
     <t>13 september 1980</t>
   </si>
   <si>
     <t>Detained for comments on social networks left in 2022 on the Telegram channel "Real Belarus".</t>
   </si>
   <si>
     <t>Trial outcome 16.01.2025: 3 years 6 months of imprisonment in colony under general regime conditions, 250 basic values fine. Appeal 14.03.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-04-11 01:37:43</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-06-19 20:47:24</t>
   </si>
   <si>
     <t>Vitaly Petrovich Maksimchuk</t>
   </si>
   <si>
     <t>14 september 1983</t>
   </si>
   <si>
     <t>A father of many children, allegedly detained for administering the “Solidarity Ivatsevichi” chat in 2020.
 He worked as a taxi driver.
 In addition to imprisonment, Vitaly was awarded a fine of 40,000 rubles.
 On 05/03/2024 the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2023-12-22 02:32:33</t>
   </si>
   <si>
     <t>Arthur Aleksandrovich Rolic</t>
   </si>
   <si>
     <t>14 september 1984</t>
   </si>
   <si>
     <t>Most likely he was detained in the summer of 2023. In 2013, Arthur opened his own business store, Grandbazaare, where he sold branded clothing and shoes. The VKontakte group has more than 40 thousand subscribers. In recent years, his company has specialized in the Under Armor brand. And from 2023, he translated the pages of his business into the Belarusian language.
 Arthur is interested in sports, but especially football, and even previously played in amateur leagues as a goalkeeper. He uses football players and other athletes as photos for his avatars on social networks.
 In addition to imprisonment, Arthur was awarded a fine of 700 basic units.</t>
   </si>
   <si>
     <t>Trial outcome 20.05.2024: 9 years of imprisonment in colony under enhanced security conditions. Appeal 09.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-13 17:40:46</t>
   </si>
   <si>
-    <t>Alexei Grigorievich Krasnogir</t>
-[...11 lines deleted...]
-    <t>2023-06-26 16:05:41</t>
+    <t>Oleg Petrovich Suprunyuk</t>
+  </si>
+  <si>
+    <t>15 september 1967</t>
+  </si>
+  <si>
+    <t>Oleg Suprunyuk is known to residents of Brest region as a reporter who covered socially and publicly significant problems of the region. During his time in the profession, he worked for the newspaper "Brest Courier", the online publication "First Region", and collaborated with other independent publications.
+The journalist disappeared on January 22, he stopped answering calls and did not appear on social networks. It later became clear that he was detained as part of a criminal case. For almost five months, nothing was known about Oleg's fate.
+Previously, the journalist was prosecuted under an administrative article. On December 12, 2024, security forces came to Oleg Suprunyuk with a search. Then they took away his computer equipment and phone, and took him away for questioning. After the interrogation, an administrative protocol was drawn up for allegedly distributing "extremist information products" (under Part 2 of Article 19.11 of the Code of Administrative Offenses). The journalist was sentenced to 15 days of arrest, and was released on December 27.</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.08.2025: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-08-25 18:53:05</t>
+  </si>
+  <si>
+    <t>Pavel Aleksandrovich Belogolov</t>
+  </si>
+  <si>
+    <t>15 september 1988</t>
+  </si>
+  <si>
+    <t>Pavel was arrested on September 29, 2021, in connection with a criminal case opened for online comments following the deaths of KGB officer Dmitry Fedosyuk and IT specialist Andrei Zeltser in Minsk. In the summer of 2022, he was convicted and sentenced to imprisonment in a penal colony and a large fine.
+According to human rights activists, he was released in the summer of 2023, having fully served his sentence.
+In February 2024, Pavel stood trial on charges of "distributing extremist materials." He remained out of contact for a long time, and after the trial, it was announced that a new criminal case had been opened against him.
+Pavel was convicted again in June 2024 on charges of “slandering Lukashenko” and again sentenced to imprisonment.</t>
+  </si>
+  <si>
+    <t>Trial outcome 25.08.2022: 2 years 6 months of imprisonment in colony under general regime conditions, 100 basic values fine. Appeal 17.11.2022: the sentence was upheld. Trial outcome 21.06.2024: 3 years 4 months of imprisonment in colony under general regime conditions. Appeal 20.08.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-10-06 23:44:15</t>
   </si>
   <si>
     <t>Vitaly Cheslavovich Korshun</t>
   </si>
   <si>
     <t>15 september 1986</t>
   </si>
   <si>
     <t>A resident of Baranovichi. According to the indictment, Vitaliy Korshun posted the following message in the “Borovki 97%” telegram chat under a photo of the victim on September 21, 2020: “Who is this? OMON? Then I suggest burning down his apartment &lt;expletive&gt;, tell me the address.”
 In January 2024, Vitaly was detained again. In a pro-government video, the man says that he "called for violence against OMON officers, simply out of emotion."
 On January 16, 2024, pro-government Telegram channels reported Vitaly's arrest. In a " repentant video, " the man says that he "called for violence against riot police officers only out of emotion." He stood in front of the camera in handcuffs.
 The trial of the political prisoner began on August 13, 2024 in the Brest Regional Court under the articles: "slander against Lukashenko" (Part 2 of Article 367 of the Criminal Code), "participation in actions that grossly violate public order" (Part 1 of Article 342 of the Criminal Code), organization of mass riots" (Part 1 of Article 293 of the Criminal Code), "calls for sanctions" (Part 3 of Article 361) and "incitement of hatred or enmity" (Part 1 of Article 130 of the Criminal Code).</t>
   </si>
   <si>
     <t>Trial outcome 28.09.2021: 2 months of imprisonment in colony under general regime conditions. Trial outcome 31.10.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 10.01.2025: unknown.</t>
   </si>
   <si>
     <t>2021-09-30 10:40:34</t>
-  </si>
-[...36 lines deleted...]
-    <t>2025-08-25 18:53:05</t>
   </si>
   <si>
     <t>Henry Ageev</t>
   </si>
   <si>
     <t>15 september 1994</t>
   </si>
   <si>
     <t>According to Genrikh's LinkedIn page, he graduated from the Military Academy of the Republic of Belarus in 2016. He then served in the Internal Troops of Belarus for four years before retiring in August 2020.
 According to Genrikh's cellmate, the arrest took place in February 2024 on the Crimean bridge, when he was already returning to Belarus. Ageyev himself has stated that he is a defendant in the "BYPOL case." He is accused of traveling to Crimea on behalf of a former GUBOPiK officer, a representative of Alexander Azarov's initiative (Azarov denies this). The exact purpose of the trips is unknown.
 From approximately February to September 2024, Ageyev was held in the Simferopol pretrial detention center, on a special floor separated from the FSB, where there are no rules. Everyone on this floor sits there without any investigation, in their own clothes, without receiving packages or letters, for years. The nine months he spent there were wasted. His family thought he had died. He was then extradited to Belarus.
 A Belarusian man was transported back to his homeland for 24 hours with a bag over his head, a former cellmate recounts. He was not allowed to use the restroom once during the entire journey. He is charged under several articles, including "treason" (Article 356 of the Criminal Code) and "participation in a terrorist organization" (Article 290-5 of the Criminal Code) for his ties to BYPOL, which is designated a "terrorist" organization in Belarus.</t>
   </si>
   <si>
     <t>Glavpochtamt, a/b 8, Minsk 220050</t>
   </si>
   <si>
     <t>2025-09-30 20:23:14</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Sukhomerov</t>
   </si>
   <si>
     <t>15 september 1995</t>
   </si>
   <si>
     <t>In 2017, the guy received a diploma in social pedagogy after graduating from the Mozyr State Pedagogical University named after Ivan Shamyakin. Around this time, as can be seen from his social networks, he began to speak critically of the authorities. The man was especially active in opposing the odious decree “on parasites.”
 According to the case materials , the man regularly spoke negatively on social networks regarding Lukashenko, and also called for sanctions against Belarus. He also joined the “extremist” formation “BYPOL”, agreed with members of the “Kalinovsky Regiment” to participate in military operations in Ukraine, and also transferred money to help the Ukrainian Armed Forces and the “extremist” telegram channel.</t>
   </si>
   <si>
     <t>Trial outcome 15.02.2024: 10 years of imprisonment in colony under general regime conditions. Appeal 02.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-02-06 21:05:55</t>
   </si>
   <si>
     <t>Maksim Sergeevich Seleznev</t>
   </si>
   <si>
     <t>15 september 1976</t>
   </si>
   <si>
     <t>Maxim is a Minsk resident. Has a higher education. The man is divorced. He once worked as a security guard, later as a builder. Then he opened an individual entrepreneur and erected monuments in the cemetery. I've been unemployed lately.
 Friends recall that Maxim served his military service in one of the Minsk “special forces” units.
 Maxim is accused of blowing up a police car near the Central District Department of Internal Affairs.
 The incident happened on the night of January 7-8, 2022, not far from the building of the Central District Department of Internal Affairs of Minsk. A criminal case has been opened for blowing up a car under Article 289 (repeated act of terrorism).
 Investigators later added that on the night of January 13, he allegedly damaged the Tabakerka kiosk and a trash can in the same way.
 On May 26, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
-    <t>15 years of imprisonment in a penal colony of strict regime.</t>
+    <t>Trial outcome 30.03.2023: 15 years of imprisonment in colony under enhanced security conditions, 200 basic values fine. Appeal 26.05.2023: unknown.</t>
   </si>
   <si>
     <t>2023-02-17 20:22:10</t>
   </si>
   <si>
     <t>Sergey Viktorovich Kachalko</t>
   </si>
   <si>
     <t>15 september 1992</t>
   </si>
   <si>
     <t>According to his cellmates, he was detained for political reasons.</t>
   </si>
   <si>
     <t>2025-12-01 16:49:13</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-12-06 17:27:15</t>
   </si>
   <si>
     <t>Alexander Tadionovich Gurnik</t>
   </si>
   <si>
     <t>16 september 1981</t>
   </si>
   <si>
     <t>Real estate agent, blogger, author of the blog "Belarus in the Window". His TikTok account has 431 followers. In the videos, he humorously comments on Belarusian news.
 During the arrest, he was beaten. Alexander had already been beaten before — he came under a wave of torture on the «Okrestina» during the August protests. According to the medical report published on his page, he was severely beaten during detention at the exit of the house on August 12, 2020 and on the «Okrestina», there were 47 bruises on his body.
 The man submitted an application to the investigative committee with a demand to conduct a check on the fact of his beating. The initiation of a criminal case, of course, was refused.
 During the consideration of the criminal case, it was established that from August to October 2020, Alexander repeatedly took part in blocking the movement of vehicles in Minsk, posted videos insulting Lukashenka on social networks.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony under a reinforced regime.</t>
   </si>
   <si>
     <t>2022-06-30 00:34:06</t>
   </si>
   <si>
-    <t>Vyacheslav Alexandrovich Kurilchik</t>
-[...39 lines deleted...]
-    <t>2025-10-24 17:07:59</t>
+    <t>Alexey Dmitrievich Kovalev</t>
+  </si>
+  <si>
+    <t>16 september 1977</t>
+  </si>
+  <si>
+    <t>Detained for comments on social networks after the death of V.V. Makei.
+On October 3, 2023, an appeal court hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.07.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 03.10.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-12-06 17:27:15</t>
+  </si>
+  <si>
+    <t>Vitaly Viktorovich Kanurkin</t>
+  </si>
+  <si>
+    <t>Vitaly worked as a lead programmer and then as a lead network administrator for the Grodno Regional Executive Committee's Administration.</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.07.2024: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:48:05</t>
+  </si>
+  <si>
+    <t>Maksim Valerievich Remezov</t>
+  </si>
+  <si>
+    <t>17 september 1980</t>
+  </si>
+  <si>
+    <t>Maxim graduated from the Belarusian State University of Informatics and Radioelectronics with a degree in network engineering. He began his career at the Minsk Electromechanical Plant, then worked as a programmer at IBA and Netland. In 2022, he took the position of system architect at A1.
+He was detained and convicted in August 2024 under the articles “financing extremist activity” and “financing or other material support for war.”</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.08.2024: 6 years of imprisonment in colony under general regime conditions. Appeal 18.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:47:20</t>
   </si>
   <si>
     <t>Alexey Vitalievich Kulikov</t>
   </si>
   <si>
     <t>17 september 1987</t>
   </si>
   <si>
     <t>Citizen of the Russian Federation. In the pro-government film "Gaspar Didn't Get in Touch" on the ONT TV channel, aired on 05.04.2023, they say that Alexey allegedly took photos of objects in Grodno - the Grodno and Grodno region military registration and enlistment office, military unit 41780, the Auls region oil depot, the Devyatovka region oil depot, the Russian consulate general. And also that a year ago Kulikov escaped conscription, and Russian oppositionist Daniil Krinari (Kovalevsky) helped him get to Grodno. In December, Krinari was detained in Grodno and extradited to Russia.
 Alexey's only close relative is his grandmother.
 On June 28, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 10.04.2024: 23 years of imprisonment in colony under enhanced security conditions. Appeal 28.06.2024: unknown.</t>
   </si>
   <si>
     <t>2023-04-06 14:13:09</t>
   </si>
   <si>
+    <t>Anastasia Viktorovna Sikiritskaya</t>
+  </si>
+  <si>
+    <t>17 september 1981</t>
+  </si>
+  <si>
+    <t>She was involved in the "yard chats case".</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.07.2025: 2 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-08-07 22:14:23</t>
+  </si>
+  <si>
     <t>Edward Nikolaevich Vilchevskiy</t>
   </si>
   <si>
     <t>17 september 1994</t>
   </si>
   <si>
     <t>He's a taxi driver. There are two juvenile children in the family.
 Convicted for comments from June 2020 to August 2020 in telegram chats.</t>
   </si>
   <si>
     <t>9 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-07-14 20:24:21</t>
   </si>
   <si>
-    <t>Maksim Valerievich Remezov</t>
-[...30 lines deleted...]
-    <t>Anastasia Alexandrovna Voitekhovich</t>
+    <t>Galina Viktorovna Latugovskaya</t>
+  </si>
+  <si>
+    <t>17 september 1978</t>
+  </si>
+  <si>
+    <t>The teacher was detained in late October or early November 2024. The case stems from comments on Telegram—her account was registered to her own number, and at some point, she used her own photo as the profile picture, even though she had previously left numerous comments on the account.
+In recent years, Galina worked in the Department of General and Bioorganic Chemistry at Gomel State Medical University. She also coached students for admission to the pre-university training program.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-10-24 17:07:59</t>
+  </si>
+  <si>
+    <t>Vyacheslav Alexandrovich Kurilchik</t>
+  </si>
+  <si>
+    <t>17 september 1985</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.10.2022: 6 years of imprisonment in colony under general regime conditions. Appeal 20.01.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-10-06 19:56:36</t>
+  </si>
+  <si>
+    <t>Maria Andreevna Borisenko</t>
+  </si>
+  <si>
+    <t>18 september 1992</t>
+  </si>
+  <si>
+    <t>On July 31, 2024, she was detained under an administrative article, after which, apparently, a criminal case was opened.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-08-24 23:47:27</t>
+  </si>
+  <si>
+    <t>Ksenia Sergeevna Khodyreva</t>
+  </si>
+  <si>
+    <t>18 september 1996</t>
+  </si>
+  <si>
+    <t>Detained for donations. Was awarded in the category “Best Graduate of BSU” 2018. After her arrest, Ksenia was kept in the KGB pre-trial detention center for several months, after which she was transferred to pre-trial detention center-1, and then to pre-trial detention center-3.
+On June 4, 2024, Ksenia’s appeal was considered. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>5 years imprisonment in a general regime colony</t>
+  </si>
+  <si>
+    <t>2023-12-22 19:08:41</t>
+  </si>
+  <si>
+    <t>Anastasiya Vaitsiakhovich</t>
   </si>
   <si>
     <t>18 september 1997</t>
   </si>
   <si>
     <t>Anastasia was detained in August 2021 as part of a criminal case initiated under the article “act of terrorism”, and in June 2023 she was convicted under several criminal articles.
 According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
   </si>
   <si>
     <t>Trial outcome 21.06.2023: 11 years of imprisonment in colony under general regime conditions. Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-17 01:33:47</t>
   </si>
   <si>
-    <t>Maria Andreevna Borisenko</t>
-[...60 lines deleted...]
-  <si>
     <t>Maxim Yuryevich Chakhovsky</t>
   </si>
   <si>
     <t>20 september 1995</t>
   </si>
   <si>
     <t>Trial outcome 04.12.2024: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:57</t>
+  </si>
+  <si>
+    <t>Yaraslau Verdysh</t>
+  </si>
+  <si>
+    <t>21 september 1991</t>
+  </si>
+  <si>
+    <t>Graduate of BSUIR, EPAM
+On February 2, 2024, the appeal was considered, and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.11.2023: 5 years of imprisonment in colony under enhanced security conditions. Appeal 02.02.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:15:36</t>
+  </si>
+  <si>
+    <t>Sergey Nikolaevich Kebets</t>
+  </si>
+  <si>
+    <t>21 september 1979</t>
+  </si>
+  <si>
+    <t>It is known that Sergey worked as the chief engineer at Intermeo LLC, a construction company. Sergey also enjoyed singing and playing guitar, and he ran his own YouTube channel where he taught himself to sing songs.</t>
+  </si>
+  <si>
+    <t>2025-10-18 15:08:09</t>
+  </si>
+  <si>
+    <t>Daniil Igorevich Bognat</t>
+  </si>
+  <si>
+    <t>21 september 2001</t>
+  </si>
+  <si>
+    <t>Daniil, a fan of FC Volna, was detained on August 10, 2020, as part of a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:34:30</t>
+  </si>
+  <si>
+    <t>Alexey Victorovich Bychkovsky</t>
+  </si>
+  <si>
+    <t>21 september 1985</t>
+  </si>
+  <si>
+    <t>He is accused of transferring data of representatives of law enforcement agencies to the telegram channel. Citizen of the Russian Federation.</t>
+  </si>
+  <si>
+    <t>11 years in a penal colony.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:23:06</t>
+  </si>
+  <si>
+    <t>Vladislav Valerievich Kupriyanov</t>
+  </si>
+  <si>
+    <t>21 september 1988</t>
+  </si>
+  <si>
+    <t>He works at the «Mogilev City Electric Networks» as an engineer.
+Detained in early August 2022. The man is suspected that in the fall of 2020, using his official position, he transmitted information about the places of residence of civil servants and security forces to the telegram channel «Black Book of Belarus».
+On June 27, 2023, an appeal hearing was held. The verdict has entered into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.04.2023: 5 years of imprisonment in colony under enhanced security conditions. Appeal 27.06.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-08-06 17:50:07</t>
   </si>
   <si>
     <t>Dmitry Aleksandrovich Klimov</t>
   </si>
   <si>
     <t>21 september 1993</t>
   </si>
   <si>
     <t>Dmitry has worked in the past as a driver in several organizations and as a taxi driver. He also worked in the Kalinkovichi Department of Security from the beginning of 2017 to May 2018, and then as a police ensign before being dismissed in August.
 Dmitry is married, he has a 4 year old daughter.
 The man was detained due to sabotage on the railway tracks. When he was arrested, he did not resist, but still the staff of the Special Rapid Response Unit purposefully shot him in the knee joints.
 Dmitry was convicted under five serious articles of the Criminal Code, imposed a term of restriction of freedom, as well as a fine in the amount of over 12 800 BYN.</t>
   </si>
   <si>
     <t>22 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-04-06 19:32:34</t>
   </si>
   <si>
-    <t>Sergey Nikolaevich Kebets</t>
-[...85 lines deleted...]
-  <si>
     <t>Sergey Olegovich Nelepko</t>
   </si>
   <si>
     <t>22 september 1989</t>
   </si>
   <si>
     <t>He was detained for being a member of telegram channels that are recognized as extremist in the Republic of Belarus.
 In December, the State Security Committee put Sergei on the list of terrorists, so he cannot make money transfers.
 According to the prosecutor's office, in March 2022, in Telegram, the accused conducted a chat about the illegal acquisition of 50 Kalashnikov assault rifles and ammunition, discussed the possibility of delivering weapons and ammunition to Belarus. In order to destabilize the Belarusian railway, the Grodno resident also posted a message with calls to damage railway transport and way of communication. He also left other insulting comments about the authorities and Lukashenko A.G.
 It is known that the prosecutor asked to convict Nelepko to 16 years in prison, but Judge Senko limited himself to nine years in prison.</t>
   </si>
   <si>
     <t>9 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-03-11 01:36:10</t>
   </si>
   <si>
-    <t>Ilya Vladimirovich Shapotkovsky</t>
-[...2 lines deleted...]
-    <t>23 september 1987</t>
+    <t>Alexey Alekseevich Levkevich</t>
+  </si>
+  <si>
+    <t>22 september 1987</t>
+  </si>
+  <si>
+    <t>From September 2024 to January 2025, he was under travel restrictions. In January, he was detained by KGB officers.
+He worked as a state occupational safety inspector. Later, he registered as a sole proprietor and began doing finishing work. He worked in Lithuania for several years.
+Alexey played amateur football and futsal for many years. He played in the 5x5 Premier League for do-doma.by and BelVEB, scoring dozens of goals and appearances.</t>
+  </si>
+  <si>
+    <t>2025-12-16 00:44:57</t>
+  </si>
+  <si>
+    <t>Vladislav Vitalievich Piskunovich</t>
+  </si>
+  <si>
+    <t>22 september 2000</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.09.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 22.11.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2025-09-25 16:40:05</t>
+  </si>
+  <si>
+    <t>Ilya Uladzimiravich Shapotkovski</t>
+  </si>
+  <si>
+    <t>23 september 1988</t>
   </si>
   <si>
     <t>One of the leaders of the Honest People initiative, Ilya, actively participated in Viktor Babariko's election campaign, heading the signature verification department. He was detained on August 4, 2020, on charges of economic crimes, but was later convicted of "posting media aimed at discrediting the government and dividing society by political views."</t>
   </si>
   <si>
     <t>Trial outcome 30.05.2023: 9 years of imprisonment in colony under enhanced security conditions. Appeal 10.07.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:56</t>
   </si>
   <si>
-    <t>Andrey Grigorievich Savitsky</t>
-[...15 lines deleted...]
-    <t>Sergey Anatolievich Movshuk</t>
+    <t>Aliaksandr Siahreyevich Kapshul</t>
   </si>
   <si>
     <t>24 september 1978</t>
   </si>
   <si>
-    <t>Sergei was convicted of participating in "mass riots" in a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. The victims in the case were 109 police officers and officials, who, in addition to imprisonment for the accused, demanded about 530 thousand rubles in compensation.
-[...16 lines deleted...]
-    <t>15 years in a colony under a reinforced regime</t>
+    <t>Alexander, a former legal adviser to Naftan OJSC, a subsidiary of the Polimir plant, was detained in September 2021 in Russia while attempting to travel to Warsaw. En route from Voronezh, FSB officers checked his documents, and, knowing he would be detained in Moscow, he jumped from a train, suffering a broken leg and a dislocated arm. He made it to the Ukrainian border. While attempting to cross legally, he was detained, handed over to KGB officers, and placed in pretrial detention as part of a criminal case against plant employees who supported the strike and were members of the Workers' Movement (Rabochy Rukh). This initiative was deemed extremist on September 21, 2021, and simultaneously, workers were arrested across the country.
+In February 2023, he was found guilty of "illegal actions with firearms," "treason," and "creation of and participation in an extremist group," and sentenced to imprisonment and a large fine.
+In April 2023, Alexander was among the top three finalists for the international human rights prize, the Global Advocacy Award.
+In April 2024, another court hearing took place, following which Alexander was transferred to prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 15 years of imprisonment in colony under enhanced security conditions, 200 basic values fine. Appeal 02.08.2023: the sentence was upheld. Regime change trial 10.04.2024: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-09-26 12:05:21</t>
   </si>
   <si>
     <t>Igor Vladimirovich Olinevich</t>
   </si>
   <si>
     <t>24 september 1983</t>
   </si>
   <si>
     <t>Igor is an activist of the anarchist movement and a former political prisoner in the "anarchist case" in 2010. He was detained while crossing the border of Belarus on the night of October 28-29, 2020 and accused of "arson" and "terrorism".
 In August 2022, by a court decision, Igor was transferred to prison regime.
 In early July 2024, Igor was transferred to a hospital in Kolyadichi. He was admitted there with a suspected stomach ulcer, which worsened after a hunger strike he conducted from June 13 to 26 in the "SHIZO" of Zhodino Prison No. 8, where he is serving his sentence.</t>
   </si>
   <si>
     <t>Trial outcome 22.12.2021: 20 years of imprisonment in colony under enhanced security conditions, approximately 11000 rubles of compensation. Appeal 22.04.2022: the sentence was upheld. Regime change trial 08.08.2022: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-27 00:37:19</t>
   </si>
   <si>
+    <t>Trafim Vadzimavich Barysau</t>
+  </si>
+  <si>
+    <t>24 september 2006</t>
+  </si>
+  <si>
+    <t>In the pro-government film (April 2024), it was said that six teenagers allegedly united in the “anarchist cell “Black Nightingales,” which “under the leadership of the National Liberation Army of Ukraine” was created by 16-year-old Ukrainian citizen Maria Misyuk.
+ONT employees claim that the teenagers united to carry out sabotage on a tip in Belarus, and then in Russia. Maria is accused under Part 2 of Art. 289 of the Criminal Code (act of terrorism). According to the story, 16-year-old Maria Misyuk moved with her family from Ukraine to Belarus in 2022, where she created an “anarchist cell for preparing terrorist attacks.” Among the detainees are college students in Baranovichi, Nesvizh, Mir, Minsk and Luninets. These are Trofim Borisov , Sergei Zhigalev, Dmitry Zahoroshko, Anastasia Klimenko and Alexandra Pulinovich. According to ONT employees, young people gathered at the Baranovichi apartment to prepare for their first serious action - to collect explosives and blow up the Baranovichi police department or prosecutor's office. It is unknown under what charges the remaining five participants are accused. As well as their status and location are unknown.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 12 years of imprisonment in colony under enhanced security conditions. Appeal 09.02.2026: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-04-30 22:49:05</t>
+  </si>
+  <si>
     <t>Andrey Ivanovich Rebyakov</t>
   </si>
   <si>
     <t>24 september 1986</t>
   </si>
   <si>
     <t>Andrei, in the Mogilev Department of Internal Affairs, in September 2023, being drunk, "made indecent remarks" about Lukashenko. He was convicted in the Leninsky District Court of Mogilev under Part 1 of Article 368 of the Criminal Code (Insulting Lukashenko). In addition, the man was prescribed compulsory treatment for chronic alcoholism.
 It is known that the man had 13 previous convictions. In March 2023, the Oktyabrsky District Court considered the case on termination of preventive supervision in relation to Rebyakov, and in July 2023, the Orsha District Court considered the issue of termination of compulsory security measures and treatment for the man.
 Andrei Rebyakov appealed the verdict to the Mogilev Regional Court. On September 24, 2024, the panel of judges chaired by Judge Sergei Korolev upheld the verdict.</t>
   </si>
   <si>
     <t>Trial outcome 22.07.2024: 2 years of imprisonment in colony in strict regime conditions. Appeal 24.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-08-28 20:39:06</t>
   </si>
   <si>
-    <t>Trofim Borisov</t>
-[...71 lines deleted...]
-    <t>Pavel Viktorovich Petruchenia</t>
+    <t>Sergey Anatolievich Movshuk</t>
+  </si>
+  <si>
+    <t>Sergei was convicted of participating in "mass riots" in a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. The victims in the case were 109 police officers and officials, who, in addition to imprisonment for the accused, demanded about 530 thousand rubles in compensation.
+In November 2024, Sergei's punishment was increased and he was transferred to prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.04.2021: 6 years 6 months of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld. Regime change trial 21.11.2024: prison regime until the end of the term.</t>
+  </si>
+  <si>
+    <t>2021-04-30 17:38:44</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Kulesh</t>
   </si>
   <si>
     <t>25 september 1988</t>
   </si>
   <si>
-    <t>Pro-government channels posted “repentant videos”, where Pavel says that he worked in the Department of Security until 2018, was detained for transferring personal data of Department employees to the Black Book of Belarus. The data was taken from the telephone directory book.
-[...6 lines deleted...]
-    <t>2023-01-02 14:23:53</t>
+    <t>Details of the verdict became known from prosecutor Pleskatsevich’s comment to Pinsk state TV (the name of the accused is not named, but he is the only one who was tried in Pinsk in 2024 under the article “unrest”). The prosecutor recounted the position of the accused: on August 9, 2020, he voted at the polling station, returned home and drank a lot (about a bottle of vodka), after which “out of interest he went to look at the protesters near the city executive committee building.” What exactly the man did next at the protests, for what reasons, he did not remember due to alcohol (in his words). But the video captured what the prosecution qualified as follows: “he took an active part [in the riots], namely, with his actions he supported the pogrom and attacked the police with other protesters.”</t>
+  </si>
+  <si>
+    <t>4 years of imprisonment in a maximum security colony</t>
+  </si>
+  <si>
+    <t>2024-05-17 18:40:19</t>
   </si>
   <si>
     <t>Irina Buinevich</t>
   </si>
   <si>
     <t>25 september 1981</t>
   </si>
   <si>
     <t>Researcher. She worked for the Ministry of Statistics for 10 years, then for a private company engaged in marketing research. She then became the head of the private research company Mia Research. She has conducted research in various fields: medicine, food, the gaming industry, computer game development, financial markets, and others. Clients have included the World Bank, the World Health Organization, and the National Bank of Belarus.
 She was arrested at the end of 2023 for conducting sociological surveys together with Yevgeny Krasnyansky.
 According to human rights activists, the woman was still in Pretrial Detention Center No. 1 in August of this year, and numerous court hearings had been held in her case. It is unknown whether a verdict has been announced yet.</t>
   </si>
   <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
     <t>2025-10-15 14:05:43</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Kulesh</t>
-[...23 lines deleted...]
-    <t>2023-02-11 15:26:39</t>
+    <t>Nikolay Borisovich Yushchenko</t>
+  </si>
+  <si>
+    <t>25 september 1970</t>
+  </si>
+  <si>
+    <t>Gomel resident Nikolai Yushchenko has had his own business for a long time. His company sells household goods and packaging.</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.12.2024: unknown. Appeal 28.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-30 13:37:50</t>
+  </si>
+  <si>
+    <t>Pavel Viktorovich Petruchenia</t>
+  </si>
+  <si>
+    <t>Pro-government channels posted “repentant videos”, where Pavel says that he worked in the Department of Security until 2018, was detained for transferring personal data of Department employees to the Black Book of Belarus. The data was taken from the telephone directory book.
+At home he left a wife and small children (1 year and 3 years).</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.06.2023: 6 years of imprisonment in colony under enhanced security conditions. Appeal 22.08.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-01-02 14:23:53</t>
+  </si>
+  <si>
+    <t>Sergei Alexandrovich Zelenkov</t>
+  </si>
+  <si>
+    <t>25 september 1987</t>
+  </si>
+  <si>
+    <t>Sergei was first convicted in May 2022 for insulting an official and sentenced to restricted freedom with a referral.
+In January 2024, he was again convicted under the article "Organization and preparation of actions grossly violating public order, or active participation in them" and also sentenced to restricted freedom with a referral. The circumstances and details of the case are unknown.</t>
+  </si>
+  <si>
+    <t>IUOT-46, 213188, Mogiliov region, g.p. Krugloye, ul. Sovetskaya 96</t>
+  </si>
+  <si>
+    <t>Trial outcome 11.05.2022: 3 years restrictions of freedom with referral to an open-type correctional facility. Trial outcome 19.01.2024: 3 years 6 months restrictions of freedom with referral to an open-type correctional facility. Appeal 02.04.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-05-11 00:47:30</t>
   </si>
   <si>
     <t>Fedor Nikolaevich Motorin</t>
   </si>
   <si>
     <t>27 september 1983</t>
   </si>
   <si>
     <t>Fyodor was convicted in the spring of 2024 for “slandering Lukashenko” and sentenced to restricted freedom and placement in an open-type institution.</t>
   </si>
   <si>
     <t>IUOT-29, Volkovysk, Rokossovskogo, 118, 230415</t>
   </si>
   <si>
     <t>Trial outcome 07.05.2024: 3 years 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2024-05-31 12:27:36</t>
   </si>
   <si>
     <t>Alexander Vasilievich Martysevich</t>
   </si>
   <si>
     <t>28 september 1991</t>
   </si>
   <si>
     <t>Trial outcome 10.10.2024: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-10-07 20:51:19</t>
   </si>
   <si>
-    <t>Natalia Alexandrovna Pupkevich</t>
+    <t>Pavel Mikhailovich Charco</t>
+  </si>
+  <si>
+    <t>29 september 1989</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 8 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-12-12 18:22:03</t>
+  </si>
+  <si>
+    <t>Natallia Aliaksandrauna Pupkevich</t>
   </si>
   <si>
     <t>29 september 1978</t>
   </si>
   <si>
     <t>Trial outcome 14.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
   </si>
   <si>
     <t>2025-01-21 13:30:15</t>
+  </si>
+  <si>
+    <t>Yanina Kirillovna Poznyak</t>
+  </si>
+  <si>
+    <t>29 september 2005</t>
+  </si>
+  <si>
+    <t>The daughter of political prisoner journalist Kirill Poznyak, Yanina was detained along with her father on September 4, 2025. Initially, she was placed in a temporary detention facility, and a few days later, she was charged with a criminal offense and transferred to Pretrial Detention Facility No. 1.
+A criminal case has been opened against 20-year-old Yanina Poznyak for cooperation with an "extremist group."
+On September 4, the day Kirill Poznyak and Yanina Poznyak were detained, the State Security Committee of Belarus (KGB) declared the YouTube channel "Platform 375" and its affiliated TikTok accounts an "extremist group." According to the KGB, "a group of citizens representing the group" is engaged in "extremist activity," with Kirill Poznyak named as the organizer.</t>
+  </si>
+  <si>
+    <t>2026-01-24 18:40:45</t>
   </si>
   <si>
     <t>Nikolay Nikolaevich Daineko</t>
   </si>
   <si>
     <t>29 september 1972</t>
   </si>
   <si>
     <t>2025-06-08 21:54:31</t>
   </si>
   <si>
     <t>Oleg Nikolaevich Gorbachev</t>
   </si>
   <si>
     <t>30 september 1989</t>
   </si>
   <si>
     <t>Oleg was detained for subscribing to “destructive Telegram channels”
 In his confessional video, he said that he was detained for subscribing to “destructive Telegram channels,” where he disseminated extremist information, as well as for trying to “intimidate the police.”</t>
   </si>
   <si>
     <t>4 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2022-04-12 21:28:11</t>
@@ -1547,50 +1427,62 @@
   <si>
     <t>30 september 1997</t>
   </si>
   <si>
     <t>26.12. 2024 was subjected to administrative punishment under Part 2 of Article 19.11 of the Code of Administrative Offenses of the Republic of Belarus (Distribution, production, storage, transportation of information products containing calls for extremist activity or promoting such activity). After which a criminal case was opened.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 1 year of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-05-11 17:49:10</t>
   </si>
   <si>
     <t>Vyacheslav Olegovich Demenchenko</t>
   </si>
   <si>
     <t>30 september 1993</t>
   </si>
   <si>
     <t>In 2021, Demenchenko graduated from the Faculty of Information Technology at Polotsk State University, after which he worked as an electronics engineer at the Novopolotsk Central District Hospital, from where he resigned in the fall of 2022.
 Over the following years, there were notes on social networks that the guy lived in Grodno and Warsaw. The last time Demenchenko was online was at the end of 2023. After that, he was most likely arrested.
 Demenchenko was accused of "causing harm to the national security of Belarus." He could have been sentenced to 4 to 12 years in prison, but the sentence would have been in a penal colony in any case. The nature of the charge and the exact term are unknown.</t>
   </si>
   <si>
     <t>2025-05-09 07:25:59</t>
+  </si>
+  <si>
+    <t>Olga Gennadievna Kapuza (Loiko)</t>
+  </si>
+  <si>
+    <t>Dmitry and Olga Kapuzy, 36, were detained on January 16, 2024. The couple hails from the Drogichin district and lived near the Belarusian-Ukrainian border. Following their detention, state television aired a propaganda video titled "Purge. The Fight Against Saboteurs and Agents of Ukrainian Special Services in Belarus," accusing them of smuggling goods from Ukraine. A total of 12 people were detained at the time. According to the propaganda, the couple allegedly worked for Ukrainian special services. It was claimed that the residents of the Drogichin district assisted the Security Service of Ukraine by seizing explosives and making caches in Belarus.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 21 year of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2025-07-16 18:41:13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1894,51 +1786,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I94"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1971,2576 +1863,2388 @@
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
       </c>
       <c r="I9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>60</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>62</v>
       </c>
       <c r="I10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>64</v>
       </c>
       <c r="B11" t="s">
         <v>65</v>
       </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H11" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I12" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>28</v>
+      </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I18" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I20" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
+      <c r="E21" t="s">
+        <v>119</v>
+      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="I21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C22" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D22" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>125</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I22" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>137</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
-      <c r="E26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>148</v>
+      </c>
+      <c r="C27" t="s">
+        <v>149</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
+      <c r="E27" t="s">
+        <v>150</v>
+      </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="I28" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B31" t="s">
-        <v>166</v>
+        <v>168</v>
+      </c>
+      <c r="C31" t="s">
+        <v>169</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
+      <c r="E31" t="s">
+        <v>170</v>
+      </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I31" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C32" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
+      <c r="E32" t="s">
+        <v>125</v>
+      </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="I32" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="I33" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E34" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="I34" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C35" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>187</v>
+        <v>56</v>
       </c>
       <c r="F35" t="s">
-        <v>188</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="I35" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B36" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C36" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I36" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B37" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C37" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
+      <c r="H37" t="s">
+        <v>202</v>
+      </c>
       <c r="I37" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C38" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="I38" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C39" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D39" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>28</v>
+        <v>150</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C41" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>143</v>
+        <v>222</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I41" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>68</v>
       </c>
       <c r="I44" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C45" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C46" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="I46" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B47" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="C47" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>249</v>
+        <v>61</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
+      <c r="H47" t="s">
+        <v>250</v>
+      </c>
       <c r="I47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B48" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C48" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C49" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>13</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E50" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>265</v>
       </c>
       <c r="I50" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B51" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
+      <c r="E51" t="s">
+        <v>13</v>
+      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I51" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>21</v>
+      </c>
+      <c r="E52" t="s">
+        <v>22</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B53" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D54" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D55" t="s">
-        <v>27</v>
+        <v>21</v>
+      </c>
+      <c r="E55" t="s">
+        <v>22</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E56" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B58" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C58" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B59" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C59" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D59" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>307</v>
+        <v>62</v>
       </c>
       <c r="I59" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>309</v>
       </c>
       <c r="B60" t="s">
         <v>310</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>312</v>
       </c>
       <c r="I60" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>314</v>
       </c>
       <c r="B61" t="s">
         <v>315</v>
       </c>
       <c r="C61" t="s">
         <v>316</v>
       </c>
       <c r="D61" t="s">
-        <v>27</v>
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>61</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>317</v>
       </c>
       <c r="I61" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>319</v>
       </c>
       <c r="B62" t="s">
         <v>320</v>
       </c>
       <c r="C62" t="s">
         <v>321</v>
       </c>
       <c r="D62" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>322</v>
       </c>
       <c r="I62" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>324</v>
       </c>
       <c r="B63" t="s">
         <v>325</v>
       </c>
+      <c r="C63" t="s">
+        <v>326</v>
+      </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
+      <c r="E63" t="s">
+        <v>99</v>
+      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I63" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B64" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C64" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>61</v>
+        <v>99</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I64" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B65" t="s">
-        <v>334</v>
+        <v>335</v>
+      </c>
+      <c r="C65" t="s">
+        <v>336</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H65" t="s">
-        <v>335</v>
+        <v>29</v>
       </c>
       <c r="I65" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B66" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="C66" t="s">
         <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>340</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
         <v>343</v>
       </c>
       <c r="C67" t="s">
         <v>344</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
+      <c r="E67" t="s">
+        <v>125</v>
+      </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>39</v>
+        <v>345</v>
       </c>
       <c r="I67" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>82</v>
+        <v>150</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I68" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C69" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D69" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="I69" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I70" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B71" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C71" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
-      <c r="E71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I71" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>348</v>
+      </c>
+      <c r="C72" t="s">
+        <v>368</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
         <v>13</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="I72" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="I73" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B74" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C74" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E74" t="s">
-        <v>143</v>
+        <v>379</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
-      <c r="H74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I74" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B75" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C75" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I75" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B76" t="s">
-        <v>386</v>
+        <v>372</v>
       </c>
       <c r="C76" t="s">
         <v>387</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>388</v>
       </c>
       <c r="I76" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>390</v>
       </c>
       <c r="B77" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C77" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>238</v>
+        <v>393</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I77" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C78" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>76</v>
+        <v>399</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="I78" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B79" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="I79" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B80" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
+      <c r="E80" t="s">
+        <v>125</v>
+      </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I80" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B81" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>411</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E81" t="s">
+        <v>22</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>412</v>
       </c>
-      <c r="F81" t="s">
-[...5 lines deleted...]
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>414</v>
+      </c>
+      <c r="B82" t="s">
         <v>415</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>416</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>21</v>
+      </c>
+      <c r="E82" t="s">
+        <v>379</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="I82" t="s">
         <v>417</v>
-      </c>
-[...16 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B83" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
+      <c r="E83" t="s">
+        <v>125</v>
+      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>424</v>
+        <v>29</v>
       </c>
       <c r="I83" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B84" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C84" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H84" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="I84" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="B85" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C85" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="D85" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
+      <c r="H85" t="s">
+        <v>429</v>
+      </c>
       <c r="I85" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B86" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C86" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>437</v>
+        <v>29</v>
       </c>
       <c r="I86" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="B87" t="s">
-        <v>440</v>
+        <v>422</v>
       </c>
       <c r="C87" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>21</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="I87" t="s">
-        <v>443</v>
-[...184 lines deleted...]
-        <v>474</v>
+        <v>438</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">