--- v0 (2025-12-06)
+++ v1 (2026-02-20)
@@ -12,456 +12,395 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="495">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
     <t>Date added</t>
   </si>
   <si>
-    <t>Denis Viktorovich Boltut</t>
-[...5 lines deleted...]
-    <t>He was detained on September 25, 2020 and convicted of participating in protests.</t>
+    <t>Vital Vasilyevich Novikau</t>
+  </si>
+  <si>
+    <t>1 july 1983</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
-    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
   </si>
   <si>
     <t>In custody</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>Trial outcome 02.07.2021: 6 years of imprisonment in colony under enhanced security conditions, unknown rubles of compensation. Appeal 24.09.2021: the sentence was upheld.</t>
-[...64 lines deleted...]
-    <t>2025-01-02 19:57:46</t>
+    <t>2026-02-16 13:34:53</t>
   </si>
   <si>
     <t>Pavel Sergeevich Rezanovich</t>
   </si>
   <si>
     <t>1 july 1993</t>
   </si>
   <si>
     <t>Pavel, the son of an Orthodox priest and an employee of the Leninsky District Enforcement Department of Brest, was detained on December 1, 2020, along with his parents, as part of the criminal "Avtukhovich case." The authorities called Nikolai Avtukhovich "the organizer and leader of a terrorist group." Pavel was convicted of "participation in a criminal organization," "an act of terrorism," "an attempt to seize power," and "illegal actions in relation to firearms."
 In October 2023, he was transferred to prison regime.</t>
   </si>
   <si>
     <t>Turma №1, Grodno, Kirova 1, 230023</t>
   </si>
   <si>
-    <t>Trial outcome 17.10.2022: 19 years of imprisonment in colony in strict regime conditions, 800 basic values fine. Appeal 31.03.2023: the sentence was upheld. Regime change trial 30.10.2023: 2 years of prison regime.</t>
+    <t>Trial outcome 17.10.2022: 19 years of imprisonment in colony in strict regime conditions, 800 basic values fine. Appeal 31.03.2023: the sentence was upheld. Regime change trial 30.10.2023: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:54</t>
   </si>
   <si>
     <t>Alexey Borisovich Ivanisov</t>
   </si>
   <si>
     <t>1 july 1968</t>
   </si>
   <si>
     <t>Alexey, a former military man, communications specialist and director of a company that installs and repairs electric garage doors and barriers, was arrested in September 2021 in a criminal case related to the "Busly Lyatsyats" initiative. Some of the charges involved damaging the car of a Borisov district judge. As a result, he was sentenced to a long prison term and a fine.
 Alexey has three children, one of whom is a minor.</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>Trial outcome 28.09.2022: 14 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-11-15 15:51:15</t>
   </si>
   <si>
     <t>Daniel Yurievich Garasim</t>
   </si>
   <si>
     <t>1 july 2005</t>
   </si>
   <si>
     <t>According to the authors of the pro-government film, Daniil Garasim, born in 2005 in December 2023, on the instructions of the “Ukrainian curator”, contact with whom was established in an extremist Telegram chat, filmed the location of the missile brigade of the Armed Forces of Belarus in the city of Osipovichi, Mogilev region. But it is noteworthy that the security forces made operational filming from the very first task; the question arises as to who the task came from.</t>
   </si>
   <si>
-    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 19.09.2024: 10 years of imprisonment in colony under enhanced security conditions, 300 basic values fine. Appeal 03.12.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-04-30 00:32:30</t>
   </si>
   <si>
+    <t>Vitaly Alexandrovich Vasilevich</t>
+  </si>
+  <si>
+    <t>3 july 1993</t>
+  </si>
+  <si>
+    <t>Vitaly was arrested and convicted for stopping a freight train, painting red stripes on advertising light boxes, puncturing the tires of a police officer's car, setting fire to a Tabakerka kiosk, and handling items containing flammable substances. He explained his actions as a protest against the situation in the country after the presidential elections on August 9, 2020, in particular, against the unjustified detentions and torture of people by security forces.</t>
+  </si>
+  <si>
+    <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.06.2021: 7 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 26.08.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:27:10</t>
+  </si>
+  <si>
     <t>Arthur Igorevich Golubev</t>
   </si>
   <si>
     <t>3 july 1990</t>
   </si>
   <si>
     <t>On January 16, 2024, an appeal hearing was held and the verdict entered into force.</t>
   </si>
   <si>
     <t>unknown years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2023-10-31 14:49:43</t>
-  </si>
-[...53 lines deleted...]
-    <t>2023-05-14 23:47:55</t>
   </si>
   <si>
     <t>Andrey Romualdovich Severtoka</t>
   </si>
   <si>
     <t>4 july 1971</t>
   </si>
   <si>
     <t>Andrey was arrested on September 27, 2020, during a protest in Grodno after he tried to protect and help a man lying on the ground. As a result, he was convicted of "violence against a police officer."
 At the end of December 2021, Andrey was transferred to prison regime.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 30.03.2021: 5 years 6 months of imprisonment in colony in strict regime conditions, approximately 1000 rubles of compensation. Appeal 17.06.2021: the sentence was upheld. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-26 23:04:31</t>
   </si>
   <si>
     <t>Sergey Anatolyievich Rezanovich</t>
   </si>
   <si>
     <t>4 july 1968</t>
   </si>
   <si>
     <t>The Orthodox priest, rector of the Church of the Holy Archangel Michael in the agro-town of Stepanki, Zhabinka District, Brest Region, was detained on December 1, 2020, along with his wife and son, as part of the criminal "Avtukhovich case." The authorities called Nikolai Avtukhovich "the organizer and leader of a terrorist group." Sergei was convicted of "participation in a criminal organization," "an act of terrorism," and "an attempt to seize power."</t>
   </si>
   <si>
     <t>Trial outcome 17.10.2022: 16 years of imprisonment in colony under enhanced security conditions, 600 basic values fine. Appeal 31.03.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-27 00:42:21</t>
   </si>
   <si>
-    <t>Pavel Vladimirovich Kharitonov</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Vladimirovich Bliznets</t>
   </si>
   <si>
     <t>5 july 1988</t>
   </si>
   <si>
     <t>Alexander worked as an engineer at one of the city's enterprises. He was convicted behind closed doors in the Gomel Regional Court.
 On 02.08.2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
     <t>Trial outcome 02.05.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 02.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-24 22:36:28</t>
+  </si>
+  <si>
+    <t>Eugene Aleksandrovich Malyugin</t>
+  </si>
+  <si>
+    <t>5 july 1980</t>
+  </si>
+  <si>
+    <t>Evgeny was convicted in the spring of 2024 in a criminal case brought under the article "organization and preparation of actions that grossly violate public order, or active participation in them," and sentenced to restricted freedom with referral.</t>
+  </si>
+  <si>
+    <t>IUOT-29, Volkovysk, Rokossovskogo, 118, 230415</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.05.2024: 2 years restrictions of freedom with referral to an open-type correctional facility. Appeal 07.08.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:25:36</t>
+  </si>
+  <si>
+    <t>Yuri Alexandrovich Khrameev</t>
+  </si>
+  <si>
+    <t>5 july 1990</t>
+  </si>
+  <si>
+    <t>In 2016, Yuri received a programming degree from the Belarusian State University of Informatics and Radioelectronics.
+In 2011, he joined XB Software as a programmer, later working at ActiveCloud. In 2014, he joined the startup ActivePlatform, where he rose through the ranks from developer to business analyst and product manager.
+Outside of work, Yuri enjoys traveling. On social media, he posted photos of active mountain vacations and trips to various cities.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.11.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-12-08 16:53:51</t>
   </si>
   <si>
     <t>Dmitry Igorevich Khomenkov</t>
   </si>
   <si>
     <t>5 july 1989</t>
   </si>
   <si>
     <t>A 39-year-old Gomel resident. He is a programmer. Khamenkov's last job on Linkedin is listed as Expert Software Development. He did not want to relocate in 2022.
 According to the ONT film , Khamenkov is accused of "financing extremist activity." He made transfers in cryptocurrency. It is reported that he was detained at the end of 2024, while the guy is behind bars, his grandmother died.</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-04-03 17:39:10</t>
   </si>
   <si>
+    <t>Pavel Vladimirovich Kharitonov</t>
+  </si>
+  <si>
+    <t>5 july 1978</t>
+  </si>
+  <si>
+    <t>Convicted for one donation of $20 to one of the initiatives, which was later recognized as an “extremist formation.” The donation to help supposedly victims of repression was made back in 2021, when the initiative was not yet recognized as an “extremist group.” There were only eight hearings on the case; it was considered for two months, from November to January. On April 28, 2023, the verdict came into force after the appeal court.</t>
+  </si>
+  <si>
+    <t>IK №3</t>
+  </si>
+  <si>
+    <t>5 years imprisonment in a colony</t>
+  </si>
+  <si>
+    <t>2022-12-06 01:16:36</t>
+  </si>
+  <si>
+    <t>Ivan Yurievich Yasnikov</t>
+  </si>
+  <si>
+    <t>6 july 1989</t>
+  </si>
+  <si>
+    <t>It is reported that the man was detained for the events of August 2020, but law enforcement officers found photos of military equipment in his phone, which he uploaded to the telegram channel «Kalinkovichi for Life» on February 23.</t>
+  </si>
+  <si>
+    <t>Unknown</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:52:53</t>
+  </si>
+  <si>
     <t>Ivan Grigorievich Omrejcik</t>
   </si>
   <si>
     <t>6 july 2001</t>
   </si>
   <si>
     <t>Detained for participating in a protest on August 10, 2020 in Brest.</t>
   </si>
   <si>
     <t>Trial outcome 05.08.2024: 2 years 3 months of imprisonment in colony under general regime conditions. Appeal 08.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-24 00:13:42</t>
   </si>
   <si>
-    <t>Ivan Yurievich Yasnikov</t>
-[...11 lines deleted...]
-    <t>2022-04-05 00:52:53</t>
+    <t>Alexander Vladimirovich Korolev</t>
+  </si>
+  <si>
+    <t>7 july 1963</t>
+  </si>
+  <si>
+    <t>On May 30, 2023, an appeal hearing was held, and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>1.5 years of imprisonment in a general regime colony.</t>
+  </si>
+  <si>
+    <t>2023-02-27 23:21:22</t>
   </si>
   <si>
     <t>Andrey Vladimirovich Lubetski</t>
   </si>
   <si>
     <t>7 july 1975</t>
   </si>
   <si>
     <t>Andrey, a maxillofacial surgeon at a children's hospital, was detained in May 2021 after a search as part of a criminal case opened under the article on "insulting the president." His wife and children were forced to leave the country. Andrey was later charged with "participation in group actions that grossly violate public order" and "participation in mass riots."
 In April 2022, Andrei was convicted on four criminal charges for participating in protests that took place in Minsk in 2020 and for publications on social networks that were classified as insults and incitement of hatred.
 In June 2024, his sentence was increased and he was transferred to prison until the end of his term.</t>
   </si>
   <si>
-    <t xml:space="preserve"> Trial outcome 18.04.2022: 5 years of imprisonment in colony under general regime conditions. Appeal 21.06.2022: the sentence was upheld. Regime change trial 26.06.2024: prison regime until the end of the term.</t>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.04.2022: 5 years of imprisonment in colony under general regime conditions. Appeal 21.06.2022: the sentence was upheld. Regime change trial 26.06.2024: prison regime until the end of the term. Trial outcome date unknown: unknown years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Yanchuk</t>
   </si>
   <si>
     <t>7 july 1996</t>
   </si>
   <si>
     <t xml:space="preserve">Ivan first held the position of investigator in Malorita, then transferred as an investigator to the Kobrin District Department of Internal Affairs. He had the rank of lieutenant.
 According to information from the GUBOPiK video, he resigned from the law enforcement agencies and began mining cryptocurrencies. According to security officials, Ivan transmitted information about his colleagues to various telegram channels.
 On November 28, 2023, an appeal hearing was held and the verdict entered into force.
 </t>
   </si>
   <si>
     <t>7 years of imprisonment in a maximum security colony.</t>
   </si>
   <si>
     <t>2022-09-26 17:57:51</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-02-27 23:21:22</t>
   </si>
   <si>
     <t>Ivan Vladimirovich Morozov</t>
   </si>
   <si>
     <t>8 july 1983</t>
   </si>
   <si>
     <t>One of the most famous Belarusian-language bloggers in the 2000s and a former activist. Detained for participating in protests in 2020.
 Ivan was detained on January 5, 2023, received 13 days of administrative arrest, and on January 18, criminal charges were brought.
 04/17/2024 released, having fully served the sentence imposed by the court.
 In June 2025, it became known that Ivan was detained again, this time for a comment under Article 368 of the Criminal Code of the Republic of Belarus.</t>
   </si>
   <si>
     <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
   </si>
   <si>
     <t>Trial outcome 28.04.2023: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 25.07.2023: unknown. Trial outcome 25.08.2025: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-01-10 02:10:13</t>
   </si>
   <si>
     <t>Oleg Anatolevich Konovalov (Shutov)</t>
   </si>
@@ -469,1183 +408,1168 @@
     <t>8 july 1995</t>
   </si>
   <si>
     <t>Oleg, the owner of the YouTube channel "Third Region Belarus," was detained in January 2022 when he returned to Belarus for the New Year holidays.
 Oleg was accused of de-anonymizing security officials and, while abroad, allegedly continuing to "post anti-state information on social media and promote resistance to government officials." On his channel, he published videos of Belarusian solidarity protests in Kyiv, where he had lived since 2020. He was also accused of making "cynical comments" about deceased KGB officer Dmitry Fedosyuk.
 In September 2022, he was convicted under several articles of the Criminal Code, including "inciting racial, national, religious, or other social hatred or discord." The court sentenced him to imprisonment in a maximum-security penal colony and ordered him to pay substantial compensation.
 In July 2023, Oleg was convicted again of "malicious disobedience to the demands of the prison administration"—a charge often applied to political prisoners who refuse to cooperate with the prison administration. In September of that year, it was reported that he had been transferred to a prison regime.
 It was revealed that Oleg faced another court hearing in the first half of summer 2025 under the same charge of "insubordination." The appeal hearing was scheduled for mid-July.</t>
   </si>
   <si>
     <t>IK-14, 222125, Minsk region, s.n.p. Novosady, ul. Mira 1A</t>
   </si>
   <si>
     <t>Trial outcome 07.09.2022: 5 years of imprisonment in colony under enhanced security conditions, 5000 rubles of compensation, 100 basic values fine. Trial outcome 18.07.2023: 1 year of imprisonment in colony under enhanced security conditions. Appeal 26.09.2023: the sentence was upheld. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
     <t>Ivan Leonidovich Folitar</t>
   </si>
   <si>
     <t>8 july 1977</t>
   </si>
   <si>
+    <t>Ivan graduated from the Minsk State Machine-Building College in 1996. For many years, Ivan was involved in organizing and hosting events, and was the founder of the Minsk-based studio "MiF." He has organized hundreds of weddings, graduations, and corporate events. He also owned a private photography business, which has been in the process of liquidation since 2018.
+Later, Ivan took up farming. He began raising poultry and selling turkey meat in Minsk's Komarovka district.
+He also makes music: he composes and records tracks himself, as well as creates arrangements and beats for other musicians. He participated in the musical project "White and Quarantine."</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
     <t>Trial outcome 17.10.2025: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-07-11 11:27:00</t>
   </si>
   <si>
     <t>Evgeny Aleksandrovich Rubashko</t>
   </si>
   <si>
     <t>9 july 1989</t>
   </si>
   <si>
-    <t>Anarchist. Detained on July 29, 2021. His apartment was searched, and during the arrest he was beaten. Demanding access to the phone and computer, the guy pulled a bag over his head. During the transfer to the pre-trial detention center, all books were taken from Yevgeny Rubashko and put on a preventive record as prone to extremism, which means making a note in a personal file, special treatment and additional work with a psychologist.
-[...5 lines deleted...]
-    <t>Trial outcome 22.04.2022: 5 years of imprisonment in colony under general regime conditions. Regime change trial 19.04.2023: 3 years of prison regime. Trial outcome date unknown: 1 year of imprisonment in colony in strict regime conditions.</t>
+    <t>Evgeny is an anarchist activist. He was arrested on July 29, 2021, in Minsk. His apartment was searched, and he was beaten during his arrest. To gain access to his phone and computer, they pulled a bag over Evgeny's head.
+During his transfer to the pretrial detention center, all of his books were confiscated and he was placed on a preventative register as someone prone to extremism, which entails a note in his personal file, special treatment, and additional work with a psychologist.
+Evgeny was initially charged with "organizing and preparing actions that grossly violate public order, or actively participating in them." In January 2022, he and other defendants in the criminal case were additionally charged with participating in an extremist group for subscribing to the Telegram channel "Pramen." At the time of his arrest, the channel had not yet been added to the list of extremist groups; this only happened in November 2021.
+In April 2022, Yevgeny was found guilty and sentenced to imprisonment in a penal colony. In April 2023, his detention regime was tightened, and he was transferred to a prison regime. In October 2025, the court added another year to his prison sentence for "malicious disobedience to the administration's demands."</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.04.2022: 5 years of imprisonment in colony under general regime conditions. Regime change trial 19.04.2023: 3 years of prison regime. Trial outcome 09.10.2025: 1 year of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
     <t>Boris Mikhailovich Vitko</t>
   </si>
   <si>
     <t>9 july 1954</t>
   </si>
   <si>
     <t>68-year-old Boris Vitko was accused of writing an offensive comment regarding judge Nikolai Kmita on September 30, 2021, in the Lyakhovichi 97 telegram channel.
 Court verdict 01/20/2023: 2 years of restriction of freedom without direction.
 At the end of May 2023, it became known that Boris was detained again. This was reported by the pro-government telegram channel. Riot police officers in bulletproof vests with shotguns detained a man on the territory of a private house. In the published video, Boris says that he was detained on suspicion of insulting Lukashenko (Article 368 of the Criminal Code). A search was conducted at the place of residence in the village of Medvedichi, Lyakhovichi district.
 Later, human rights activists learned that for some time Boris Vitko was held in the Lyakhovichi temporary detention center, then transferred to the Baranovichi pre-trial detention center. He is now in pre-trial detention center No. 7 in Brest awaiting trial. In November 2023, Boris was added to the list of terrorists. The trial began in early January 2024. At the first trial, Boris Vitko was charged with the fact that on September 30, 2021, in the telegram channel “Lyakhovichi 97” he wrote an offensive comment regarding judge Nikolai Kmita. Based on the totality of sentences, by partial addition of the unserved part of the sentence, the finally accused Boris Vitko was sentenced to imprisonment for a term of seven years and three months, to be served in a correctional colony under a high security regime, with a fine to the state in the amount of 300 basic units in the amount of 12,000 rubles .
 Boris has heart problems and must constantly take medication.</t>
   </si>
   <si>
-    <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
-[...2 lines deleted...]
-    <t>7 years 3 months of imprisonment in a colony under enhanced security conditions.</t>
+    <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.01.2022: 2 years restrictions of freedom without referral to an open-type correctional facility. Trial outcome 20.05.2024: 7 years 3 months of imprisonment in colony under enhanced security conditions, 300 basic values fine. Appeal 06.08.2024: unknown. Appeal 02.09.2024: unknown.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
+  </si>
+  <si>
+    <t>Sergey Grigorievich Juncic</t>
+  </si>
+  <si>
+    <t>10 july 1974</t>
+  </si>
+  <si>
+    <t>Sergei was arrested for his solidarity with the repressed.
+Yunchits is 50 years old and was born in the village of Podvosye in the Zhitkovichi district. He has been involved in business since the 1990s. According to Zerkalo, the man managed the family company Yuniko-Dental, which supplies dental materials, instruments, and equipment, until 2023.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.10.2024: 5 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 10.01.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-06-19 23:22:29</t>
   </si>
   <si>
     <t>Tamaz Vazhevich Pipiya</t>
   </si>
   <si>
     <t>10 july 1994</t>
   </si>
   <si>
     <t>A football fan of the MTZ-RIPO club was detained on September 26, 2020 and convicted for participating in protests.
 The guards of Colony No. 1 repeatedly punished Tomaz with a punishment cell and transfer to a cell-type room (PKT). In total, the anti-fascist received at least nine penalties, including for refusing to "wash toilets." Based on this, a new criminal case was opened against him under the article on "malicious disobedience to the demands of the administration," and in September 2024, he was sentenced to an additional term of imprisonment.</t>
   </si>
   <si>
     <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
   </si>
   <si>
     <t>Trial outcome 02.07.2021: 5 years of imprisonment in colony under enhanced security conditions, unknown rubles of compensation. Appeal 24.09.2021: the sentence was upheld. Trial outcome 05.09.2024: 1 year 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-26 21:06:12</t>
   </si>
   <si>
     <t>Andrey Alexeyevich Burak</t>
   </si>
   <si>
     <t>10 july 1972</t>
   </si>
   <si>
     <t>Truck driver. The man was initially accused of hooliganism (Part 3 of Article 339 of the Criminal Code) and the creation of an extremist group or participation in it (Part 3 of Article 361-1 of the Criminal Code).
 The Minsk City Court completed its consideration of the criminal case on February 29, 2024. Burako was found guilty and sentenced to imprisonment for a period of five years under Part 3 of Art. 361-1 CC. The hooliganism charge was dropped.
 According to the investigation , on the evening of May 11, 2023, on the M-5 Minsk-Gomel highway near the village of Yasen, near Bobruisk, “the driver of a DAF vehicle, driving past a stopped military transport convoy, detonated an unidentified device, independently made from pyrotechnic products, by throwing him towards the military personnel and military equipment and then tried to hide.
 However, during the pursuit, his car was blocked by the military, and he himself was detained."
 It was established that “extremist” symbols were pasted in the cabin of the car, and several subscriptions to radical channels recognized as extremist, including the “victory” plan, were on the mobile phone.
 On April 12, 2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>5 years of imprisonment in a colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
-    <t>Sergey Grigorievich Juncic</t>
-[...66 lines deleted...]
-    <t>2023-11-06 21:02:37</t>
+    <t>Alexey Vladislavovich Isaev</t>
+  </si>
+  <si>
+    <t>10 july 1978</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 5 years restrictions of freedom with referral to an open-type correctional facility. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:40:13</t>
   </si>
   <si>
     <t>Evgeniy Sergeevich Glushkov</t>
   </si>
   <si>
     <t>11 july 1990</t>
   </si>
   <si>
     <t>It became known about the detention of Yevgeny Glushkov, a resident of the village of Zyabrovka in the Gomel region. According to some media reports, on the night of August 10-11, 2022, an incident occurred at the airfield in Zyabrovka, about which the media wrote a lot, then local checks began.
 Eugene found an old picture of the airfield in his phone, which he took from a drone. And we also found contacts of different Ukrainians. That was enough to detain him. The guy before his detention worked as a veterinarian in one of the clinics in Gomel, has exceptionally positive characteristics from employers. Before the beginning of the Russian aggression against Ukraine, Yevgeny lived abroad for a long time. In recent years - in China, where he studied music and planned to stay to live. But due to the coronavirus epidemic, he was left without sources of income and was forced to return to his homeland.</t>
   </si>
   <si>
+    <t>9 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
     <t>2022-11-14 15:40:33</t>
   </si>
   <si>
-    <t>Tatyana Vasilievna Kanevskaya</t>
-[...13 lines deleted...]
-    <t>2021-02-25 11:20:37</t>
+    <t>Igor Olegovych Zhuk</t>
+  </si>
+  <si>
+    <t>11 july 1989</t>
+  </si>
+  <si>
+    <t>Igor was accused of leaving a comment on YouTube addressing Lukashenko under the video "Belarus: Hidden Mobilization and Introduction of Troops from Russia | Ukraine, Lukashenko, and NATO" by Russian blogger Ilya Varlamov. According to the case file, the YouTube app was found on his phone, where the relevant post was found in the "Comments" section. He remained in custody pending sentencing.</t>
+  </si>
+  <si>
+    <t>IUOT-55, ul. Socyalisticheskaya, 7, Minsk, 220021</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.11.2023: 2 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2023-11-06 21:02:37</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Yatsukevich</t>
+  </si>
+  <si>
+    <t>11 july 1986</t>
+  </si>
+  <si>
+    <t>On March 1, 2024, the appeal was considered and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.01.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 01.03.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-01-11 17:15:20</t>
+  </si>
+  <si>
+    <t>Volha Vaitsiakhovich</t>
+  </si>
+  <si>
+    <t>12 july 1974</t>
+  </si>
+  <si>
+    <t>Olga was detained in August 2021 as part of a criminal case initiated under the article "act of terrorism" and convicted in June 2023 under several criminal articles.
+According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 11 years of imprisonment in colony under general regime conditions. Appeal 04.10.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-09-17 00:48:36</t>
   </si>
   <si>
     <t>Alexander Eduardovich Masevich</t>
   </si>
   <si>
     <t>13 july 1989</t>
   </si>
   <si>
     <t>Trial outcome 22.12.2022: 7 years of imprisonment in colony under enhanced security conditions. Appeal 21.03.2023: unknown.</t>
   </si>
   <si>
     <t>2022-11-17 18:32:49</t>
   </si>
   <si>
     <t>Arthur Grigorievich Tarasov</t>
   </si>
   <si>
     <t>13 july 1987</t>
   </si>
   <si>
     <t>Artur was detained in May 2025, allegedly in connection with a criminal case related to the OSINT monitoring project "Belarusian Gayun".
 In July 2025, Arthur's second daughter was born.</t>
   </si>
   <si>
     <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
   </si>
   <si>
     <t>2025-05-11 15:43:26</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Tsybulsky</t>
-[...8 lines deleted...]
-    <t>2025-04-19 14:47:08</t>
+    <t>Dmitry Sergeevich Neverkevich</t>
+  </si>
+  <si>
+    <t>13 july 1982</t>
+  </si>
+  <si>
+    <t>Dmitry, the director of Europcar, an Uber partner in Minsk, was first detained in November 2020 under an administrative article for participating in protests against the results of the presidential elections. He was detained for the second time in August 2021 as part of a criminal case initiated under the article "act of terrorism."
+According to the indictment, from July 2020 to January 2022, in Belarus, Turkey, Poland, Ukraine and other countries, "an organized criminal group operated with the goal of committing extremist crimes. The group included radical individuals, including former and current military personnel, law enforcement officers, athletes and businessmen, who sought to seize power illegally."
+The case involves allegations of attempted arson of MP Oleg Gaidukevich's home in June 2021 and "organizing mass riots."
+Dmitry was convicted on several criminal charges, he was given a long prison term and a fine, and he was also deprived of the right to hold positions related to organizational and administrative duties for five years.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 11 years of imprisonment in colony under enhanced security conditions, deprivation of the right to hold certain positions or engage in certain activities, 3000 basic values fine. Appeal 04.10.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-01-23 17:13:44</t>
+  </si>
+  <si>
+    <t>Dmitry Sluk</t>
+  </si>
+  <si>
+    <t>13 july 1988</t>
+  </si>
+  <si>
+    <t>A 34-year-old resident of Bobruisk. After 10 days in the Okrestina detention center, he was transferred to pretrial detention center No. 1.
+The man was charged with donating to an organization recognized as terrorist in Belarus. He faces 8 to 12 years in prison.
+Dmitry Sluk did not appeal the verdict and was transferred to one of the Belarusian colonies to serve his sentence.
+On June 24, 2024, the conditions of detention were tightened, and Dmitry was transferred to prison regime.</t>
+  </si>
+  <si>
+    <t>8.5 years in prison</t>
+  </si>
+  <si>
+    <t>2023-02-22 15:31:31</t>
   </si>
   <si>
     <t>Vyacheslav Alexandrovich Berezovets</t>
   </si>
   <si>
     <t>13 july 1991</t>
   </si>
   <si>
     <t>The couple (Vyacheslav Berezovets and Tatyana Danilyuk) were placed in custody for taking part in protests in Kobrin on August 10, 2020, where the woman "made obscene gestures to the police," and her husband "pulled down his pants and showed his bare buttocks."
 At the same time, Vyacheslav has already been convicted for the episode with "showing his buttocks" to the police. The trial took place back in 2020, when the man was charged with an administrative article for this.
 The couple left behind three young children.</t>
   </si>
   <si>
     <t>Trial outcome 05.03.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2024-09-04 11:35:32</t>
+  </si>
+  <si>
+    <t>Paul Vasilevich Prokhorov</t>
+  </si>
+  <si>
+    <t>13 july 1996</t>
+  </si>
+  <si>
+    <t>He was detained along with his entire family (mother, father, sister) on suspicion of “treason.” The sister was apparently later released. Pavel is 27 years old. He was born in Grabovka. Worked in construction.
+Participants in a closed process have non-disclosure agreements. It is known from an unofficial source that the criminal case concerns photographing various objects on the territory of Belarus, and the persons involved in the case were monitored by special services for some time before their arrest.
+The Prokhorov family lived for a long time in the village of Grabovka, Gomel region. At the time of their arrest, they lived in the village of Uza, Gomel region, where they moved two years ago.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.05.2024: 8 years of imprisonment in colony under general regime conditions. Appeal 30.08.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
   </si>
   <si>
     <t>Lyudmila Yurievna Chekina</t>
   </si>
   <si>
     <t>13 july 1973</t>
   </si>
   <si>
     <t>Lyudmila is the former CEO of TUT.BY. She worked at TUT.BY since 2008: first as a legal adviser, later as a director. In 2017, she headed Tut By Media.
 In May 2021, she was arrested in connection with a criminal case opened on charges of tax evasion.
 In October 2022, the KGB added Lyudmila to a list of those “involved in terrorist activities.” She was later also charged with “inciting hatred” and “calling for actions against national security.”
 The trial was held behind closed doors and lasted more than two months - 37 sessions in total. In March 2023, Lyudmila was sentenced to a long prison term and a large fine.</t>
   </si>
   <si>
     <t>Trial outcome 17.03.2023: 12 years of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 31.07.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-05-24 13:42:27</t>
   </si>
   <si>
-    <t>Paul Vasilevich Prokhorov</t>
-[...51 lines deleted...]
-  <si>
     <t>Natalia Sergeevna Romanenko</t>
   </si>
   <si>
     <t>14 july 1981</t>
   </si>
   <si>
     <t>Trial outcome 07.06.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-27 18:07:44</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-04-13 12:14:08</t>
   </si>
   <si>
     <t>Ruslan Teimurazovich Zubkov</t>
   </si>
   <si>
     <t>14 july 1998</t>
   </si>
   <si>
     <t>Ruslan Zubkov is 26 years old. According to social networks, he has lived and worked in Poland in recent years.
 In December 2023, Zubkov was added to the list of members of the extremist group "Russia is Evil". This is a small Telegram chat with 135 members, where only three people are currently active. In February 2024, Ruslan was put on the wanted list in Belarus and Russia - this means that at that time he was still at large.
 It is also unknown when Ruslan was detained. He was first tried in June 2024 for "insulting Lukashenko" in the Kamenets District Court. The verdict is unknown.</t>
   </si>
   <si>
+    <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
+  </si>
+  <si>
     <t>Trial outcome 19.06.2024: unknown. Trial outcome 17.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
     <t>Paul Andreevich Sologub</t>
   </si>
   <si>
     <t>14 july 1989</t>
   </si>
   <si>
     <t>3 years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2023-06-29 09:53:27</t>
   </si>
   <si>
+    <t>Nikolay Gennadievich Gmyrak</t>
+  </si>
+  <si>
+    <t>15 july 1979</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.10.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 18.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-26 00:31:52</t>
+  </si>
+  <si>
+    <t>Maxim Alexandrovich Levsha</t>
+  </si>
+  <si>
+    <t>15 july 1983</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.11.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 21.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:18:30</t>
+  </si>
+  <si>
     <t>Pavel Yurievich Nedelin</t>
   </si>
   <si>
     <t>15 july 1975</t>
   </si>
   <si>
     <t>On March 31, 2023, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>the years of imprisonment in the colony are unknown.</t>
   </si>
   <si>
     <t>2022-09-07 18:30:18</t>
   </si>
   <si>
-    <t>Jan Valerievich Papkovich</t>
-[...32 lines deleted...]
-  <si>
     <t>Konstantin Vladimirovich Glotov</t>
   </si>
   <si>
     <t>16 july 1975</t>
   </si>
   <si>
     <t>Trial outcome 19.08.2024: unknown. Appeal 18.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-08-02 15:13:52</t>
+  </si>
+  <si>
+    <t>Kirill Viktorovich Gnezdilov</t>
+  </si>
+  <si>
+    <t>17 july 1983</t>
+  </si>
+  <si>
+    <t>Kirill has served in the police since 2007. Detective officer, left the authorities in August 2020 and moved to IT. It is known that he was detained on February 19, 2023, right at the border: he lived in Poland for six months, and came to Brest to visit his wife and small child.Little is known about the criminal case against Kirill: the trial was held behind closed doors. It is only known that the case was connected with the “Black Book of Belarus”.
+An appeal court hearing is scheduled to take place on October 10, 2023.</t>
+  </si>
+  <si>
+    <t>8 years in a maximum security colony...</t>
+  </si>
+  <si>
+    <t>2023-07-14 11:30:32</t>
   </si>
   <si>
     <t>Ivan Frantsevich Verbitsky</t>
   </si>
   <si>
     <t>17 july 1965</t>
   </si>
   <si>
     <t>Ivan, who has two higher educations, previously worked as an artist-designer and then became an animator, director and video editor. He is also an artist and author of short stories. On October 21, 2020, he was detained and convicted on charges of posting calls for destabilization of public order on a Telegram channel, including arson of the KGB and Oshmyany District Prosecutor's Office buildings.
 In December 2022, he was retried for "disobeying the demands of the administration." In May 2024, Ivan was again convicted of "malicious disobedience" and additionally imprisoned for 2 years.</t>
   </si>
   <si>
     <t>Trial outcome 15.03.2021: 8 years 1 month of imprisonment in colony under enhanced security conditions. Regime change trial 30.09.2021: unknown years of prison regime. Trial outcome 20.12.2022: unknown years of imprisonment in colony under enhanced security conditions. Appeal 14.03.2023: unknown. Trial outcome 08.05.2024: 2 years of imprisonment in colony in strict regime conditions. Appeal 26.07.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 23:12:05</t>
   </si>
   <si>
     <t>Vitaly Viktorovich Chopik</t>
   </si>
   <si>
-    <t>17 july 1983</t>
-[...1 lines deleted...]
-  <si>
     <t>According to data received at different times from sources , it is known that the man was searched on December 1, 2021. And in September 2022, Chopik was first detained under Article 19.11 of the Code of Administrative Offences, but when it turned out that the man simply did not have a phone where there could be some “extremist materials”, they drew up a report under Article 24.23 of the Code of Administrative Offenses. The pretext for the protocol was a black-and-white flag taped from the inside to the window of the house - only the man himself claimed that the flag appeared after he was detained and taken to the temporary detention facility.The last round of escalation between Chopik and the security forces occurred in early March 2024: the Brest resident was detained again. After the arrest, the man was taken to the ambulance with signs of severe beating, and Chopik’s complexion was yellow (which may indicate liver damage due to the beating). On March 28, 2024, the Ministry of Internal Affairs announced that it had placed the Brest resident in a pre-trial detention center. Based on the man’s age and history (“he systematically attended criminal courts”), we can conclude that we are talking about Vitaly Chopik. He is suspected of “promoting extremist activities.”</t>
   </si>
   <si>
     <t>Trial outcome 15.11.2024: 7 years of imprisonment in colony under enhanced security conditions, 1000 basic values fine. Appeal 04.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-03-28 21:57:44</t>
   </si>
   <si>
-    <t>Kirill Viktorovich Gnezdilov</t>
-[...35 lines deleted...]
-    <t>2025-11-07 18:09:13</t>
+    <t>Anton Vasilevich Lisichkin</t>
+  </si>
+  <si>
+    <t>18 july 1999</t>
+  </si>
+  <si>
+    <t>Anton is 25 years old. From the guy’s social networks it follows that he graduated from school in 2016 and served in the army in 2019.</t>
+  </si>
+  <si>
+    <t>Trial outcome 01.08.2024: unknown. Appeal 08.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Alexey Igorevich Sanchuk</t>
+  </si>
+  <si>
+    <t>18 july 1990</t>
+  </si>
+  <si>
+    <t>Alexey was detained on November 4, 2020, in Minsk along with drummers. He was beaten during the detention and then sentenced to 15 days of administrative arrest. He was later accused of preparing to participate in "mass riots" and participating in protests. His car was also confiscated.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.05.2021: 6 years of imprisonment in colony under enhanced security conditions, 161900 rubles of compensation. Appeal 13.08.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
   </si>
   <si>
     <t>Igor Vladimirovich Ilyash</t>
   </si>
   <si>
     <t>18 july 1988</t>
   </si>
   <si>
     <t>Igor is a journalist for Belsat TV. He previously worked for the newspaper "Belorusy i Rynok" (Belarusians and the Market) and the Belarusian service of Radio Svaboda. He has also published in Russian and Ukrainian publications. Together with his wife, journalist Ekaterina Andreyeva, he wrote the book "Belarusian Donbass," a study of the role of Belarusians in the war in eastern Ukraine.
 He was first detained on July 16, 2021, during mass searches of independent journalists on charges of "organizing and preparing actions that grossly violate public order or actively participating in them." His apartment was searched, his equipment and books were seized, and he was then placed in a temporary detention facility. He was released on July 26.
 In October 2024, news of his second arrest broke . Pro-government Telegram channels published a photo of Igor in handcuffs and a video in which he claimed he was being persecuted for an interview with media outlets deemed "extremist" in Belarus. Shortly before his arrest, in a commentary to the Dozhd TV channel, he noted that "Putin has embarked on a course of sharp escalation and is leading the country toward all-out war," while Lukashenko, in his opinion, "most likely does not want to participate directly in it, but is forced to face increasing pressure from the Kremlin."
 In February 2025, Igor was charged with "discrediting Belarus" and "assisting extremist activity." The trial began on February 21 in Minsk. The court rejected the request for an independent expert examination, and on September 5 of that year, the journalist was found guilty and sentenced to imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>Trial outcome 05.09.2025: 4 years of imprisonment in colony under general regime conditions. Appeal 05.11.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-07-20 20:49:54</t>
   </si>
   <si>
-    <t>Anton Vasilevich Lisichkin</t>
-[...29 lines deleted...]
-    <t>2021-02-26 21:26:47</t>
+    <t>Daria Alekseevna Puchyla</t>
+  </si>
+  <si>
+    <t>18 july 1998</t>
+  </si>
+  <si>
+    <t>Darya Puchilo graduated from the Faculty of Law at Minsk Innovation University in 2019. While at the university, she participated in student legal Olympiads.
+Daria Puchylo is a photographer. In January and February 2024, Daria was looking for web design jobs. On one website, she posted that she was a junior specialist, seeking work in Warsaw, and was willing to relocate and would consider any offers.
+Daria made her last Instagram post in December 2024. Her last VKontakte post was on February 7, 2025—the day the arrests in the Gayun case began.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-11-07 18:09:13</t>
+  </si>
+  <si>
+    <t>Igor Konstantinovich Gubarevich</t>
+  </si>
+  <si>
+    <t>18 july 1968</t>
+  </si>
+  <si>
+    <t>Probably , Igor Konstantinovich is a senior lecturer at the University of Grodno named after Yanka Kupala.</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mogilev, ul. Cheliuskentsev, 76A</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.11.2024: 2 years 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:26:09</t>
+  </si>
+  <si>
+    <t>Siarhei Dzmitryyevich Zhyhaliou</t>
+  </si>
+  <si>
+    <t>19 july 2005</t>
+  </si>
+  <si>
+    <t>Sergei was arrested right at college during classes in late December 2023. A pro-government film (April 2024) reported that six teenagers allegedly united into an "anarchist cell called 'Black Nightingales,'" which was created "under the leadership of the National Liberation Army of Ukraine" by 16-year-old Ukrainian citizen Maria Misiuk.
+ONT staff claim the teenagers united to carry out acts of sabotage, following a tip, in Belarus and then in Russia. Maria is charged under Part 2 of Article 289 of the Criminal Code (act of terrorism). According to the report, 16-year-old Maria Misyuk moved with her family from Ukraine to Belarus in 2022, where she created an "anarchist cell to prepare terrorist attacks." Among those detained are college students in Baranovichi, Nesvizh, Mir, Minsk, and Luninets. They are Trofim Borisov, Sergey Zhigalyov , Dmitry Zakhoroshko, Anastasia Klimenko, and Alexandra Pulinovich. According to ONT staff, the young people gathered in a Baranovichi apartment to prepare for their first major action—to assemble explosives and blow up the Baranovichi police station or prosecutor's office. The charges against the remaining five participants are unknown, as are their statuses and locations.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.10.2025: 12 years of imprisonment in colony under enhanced security conditions. Appeal 09.02.2026: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:23:41</t>
   </si>
   <si>
     <t>Igor Yurievich Solovey</t>
   </si>
   <si>
     <t>19 july 1983</t>
   </si>
   <si>
     <t>Igor, an activist of the For Freedom movement, was detained in a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.
 In January 2022, he was transferred to prison regime.</t>
   </si>
   <si>
-    <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld. Regime change trial 26.01.2022: 2 years of prison regime.</t>
+    <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld. Regime change trial 26.01.2022: 2 years of prison regime. Regime change trial date unknown: prison regime until the end of the term.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:03</t>
-  </si>
-[...38 lines deleted...]
-    <t>2025-10-30 00:07:20</t>
   </si>
   <si>
     <t>Elena Nikolaevna Lazarchik</t>
   </si>
   <si>
     <t>19 july 1974</t>
   </si>
   <si>
     <t>The activist of the "European Belarus" was detained on December 30, 2021 in a criminal case on group actions that grossly violate public order.
 On January 7, 2022, the woman was transferred to a pre-trial detention facility.
 Elena has a little son.
 In January 2023, Elena was transferred to Gomel Women's Colony No. 4. For a long time, a lawyer could not get to the political prisoner; she was placed in a punishment cell.
 In October 2023, it became known that Elena's parcel was not accepted in August. This most likely indicates that she was deprived of parcels. The last letter from Elena arrived in early September, and there have been no letters from her since then. Since Lazarchik's transfer to the colony, permission has never been received from the institution's administration to meet with a lawyer. What is happening to Elena now, what condition she is in, is unknown. Elena has problems with her teeth in the colony, and she has lost weight.
 In mid-November 2023, human rights activists learned that Elena had been placed in solitary confinement again.
 According to the testimony of the former political prisoner, Elena served more than 90 days in a punishment cell and more than 60 days in a PKT .
 In the spring of 2025, Elena was convicted under Part 2 of Article 411 of the Criminal Code (malicious disobedience to the legal demands of the colony administration) and sentenced to another year and a half in prison in addition to eight years of imprisonment. It is unknown when the sentence was handed down . It is known that Elena refused the services of a lawyer at the trial.</t>
   </si>
   <si>
     <t>IK-24, ul. Proizvodstvennaya, 44, g.p. Zarechye, Rechitsky r-n, Gomel obl., 247526</t>
   </si>
   <si>
     <t>Trial outcome 19.09.2022: 8 years of imprisonment in colony under general regime conditions. Appeal 02.12.2022: the sentence was upheld. Trial outcome date unknown: unknown years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2022-01-11 16:06:03</t>
   </si>
   <si>
+    <t>Valentin Ivanovich Tolkach</t>
+  </si>
+  <si>
+    <t>19 july 1996</t>
+  </si>
+  <si>
+    <t>Valentin graduated from the Faculty of Law of the Belarusian State University, where he studied commercial law, and then received a master's degree from the Jagiellonian University in Krakow, specializing in Intellectual Property and New Technologies.
+He began his career at the National Intellectual Property Center, where he represented the organization's interests in the Supreme Court. He later worked as a lawyer at the IT company Brightum, providing legal support for fintech projects and cryptocurrency startups.
+After some time, Valentin decided to radically change his career . In his profile, he wrote that he had been a gamer for over 20 years and decided to turn his hobby into a career.</t>
+  </si>
+  <si>
+    <t>Trial outcome 10.10.2025: 3 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:07:20</t>
+  </si>
+  <si>
+    <t>Alexey Leonidovich Shpakovsky</t>
+  </si>
+  <si>
+    <t>20 july 1996</t>
+  </si>
+  <si>
+    <t>According to the article, Alexey is being tried for the protests that took place after the elections on August 9, 2020 in Pinsk.</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 11.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-28 23:26:50</t>
+  </si>
+  <si>
     <t>Victor Adamovich Snegur</t>
   </si>
   <si>
     <t>20 july 1988</t>
   </si>
   <si>
-    <t>Viktor was arrested on January 4, 2020, as part of the criminal "Autukhovich case" and accused of participating in a "terrorist organization" involved in arson attacks on police property. He was convicted of "participation in a criminal organization," "attempted seizure of power," "illegal actions in relation to firearms," and "illegal movement of firearms across the customs border."
-[...1 lines deleted...]
-On July 3, 2025, Victor's appeal was considered .</t>
+    <t>Viktor was arrested on January 4, 2020, as part of the "Avtukhovich case" and accused of participating in a "terrorist organization" involved in arson attacks on police property. He was convicted of "participating in a criminal organization," "attempted seizure of power," "illegal actions involving firearms," and "illegal movement of firearms across the customs border."
+In 2024, Viktor was convicted again for "malicious disobedience to the demands of the prison administration." From February 2025, he was held in a cell-type facility (PKT), and in May of that year, a new sentence was announced under the same article, often used against prisoners for refusing to cooperate with the administration. As a result, his total prison term was 22 years and 6 months.
+On July 3, 2025, Victor's appeal was considered .
+In December 2025, Viktor was most likely convicted again under Article 411.</t>
   </si>
   <si>
     <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
   </si>
   <si>
-    <t>Trial outcome 17.10.2022: 19 years of imprisonment in colony in strict regime conditions, 800 basic values fine. Appeal 31.03.2023: the sentence was upheld. Trial outcome date unknown: 1 year 6 months of imprisonment in colony in strict regime conditions. Appeal 11.10.2024: the sentence was upheld. Trial outcome date unknown: 2 years of imprisonment in colony in strict regime conditions. Appeal 01.07.2025: the sentence was upheld.</t>
+    <t>Trial outcome 17.10.2022: 19 years of imprisonment in colony in strict regime conditions, 800 basic values fine. Appeal 31.03.2023: the sentence was upheld. Trial outcome date unknown: 1 year 6 months of imprisonment in colony in strict regime conditions. Appeal 11.10.2024: the sentence was upheld. Trial outcome date unknown: 2 years of imprisonment in colony in strict regime conditions. Appeal 01.07.2025: the sentence was upheld. Trial outcome date unknown: unknown.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
+    <t>Svetlana Olegovna Metelskaya</t>
+  </si>
+  <si>
+    <t>20 july 1982</t>
+  </si>
+  <si>
+    <t>2024-11-20 16:54:12</t>
+  </si>
+  <si>
     <t>Victor Yurievich Nikiforov</t>
   </si>
   <si>
     <t>20 july 1980</t>
   </si>
   <si>
     <t>On February 6, 2024, an appeal hearing was held and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 04.12.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 06.02.2024: unknown.</t>
   </si>
   <si>
     <t>2024-02-02 14:35:39</t>
-  </si>
-[...22 lines deleted...]
-    <t>2024-11-20 16:54:12</t>
   </si>
   <si>
     <t>Evgeny Mikhailovich Yushkevich</t>
   </si>
   <si>
     <t>21 july 1989</t>
   </si>
   <si>
     <t>Yevgeny, a former investigator for the Investigative Committee and the initiator of the bychange.me project, was first detained on the evening of November 24, 2020, in Minsk as part of a criminal case initiated under the article “organization and preparation of actions that grossly violate public order, or active participation in them.” He was released 10 days later, but in April 2021, he was arrested again and later convicted under six criminal articles, including for “organizing mass riots” in 2020, “inciting other social hatred” in interviews and texts on social networks, as well as for “threatening violence” against the head of the temporary detention facility on Okrestina via tweet.
 According to the Prosecutor General's Office, Evgeny was "an active participant in the Telegram chat "KHATA", whose activities are aimed at organizing crimes of an extremist nature." The trial was held behind closed doors, and Evgeny signed a non-disclosure agreement regarding the case materials.</t>
   </si>
   <si>
     <t>Trial outcome 26.12.2022: 11 years of imprisonment in colony under enhanced security conditions. Appeal 10.03.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-04-19 23:04:33</t>
   </si>
   <si>
+    <t>Igor Yurievich Shumilov</t>
+  </si>
+  <si>
+    <t>21 july 1986</t>
+  </si>
+  <si>
+    <t>Activist from Baranovichi. Igor has a disability of the 3rd group, because. 10 years ago, he got into an accident and had his leg amputated. He was arrested on February 23, 2023, sentenced to 15 days, then transferred to a pre-trial detention center under a criminal article.
+According to the investigation, in different periods of time from May 1, 2020 to May 23, 2022, Shumilov published four posts in Odnoklassniki with satirical images, in which the investigation considered insulting Lukashenka and government officials, as well as slandering Lukashenka. It is known that on one of the images Lukashenka, together with the listed persons, is depicted as prisoners who are kept in a prison cell. At the trial, Igor fully admitted his guilt. He explained that the publications on his page appeared only after he "liked" these posts. He himself did not understand at that time that these drawings could be regarded as an insult.</t>
+  </si>
+  <si>
+    <t>4.5 years in prison in a penal colony.</t>
+  </si>
+  <si>
+    <t>2023-03-27 22:37:53</t>
+  </si>
+  <si>
     <t>Eduard Ashotovich Koshetsyan</t>
   </si>
   <si>
     <t>21 july 1991</t>
   </si>
   <si>
     <t>A Minsk resident with Armenian roots, a citizen of the Russian Federation . He was detained in September 2023, presumably for messages in a chat with friends. A criminal case was opened. He was severely beaten during the arrest.
 Maxillofacial surgeon by specialty.</t>
   </si>
   <si>
     <t>Trial outcome 26.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 12.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-02-12 22:35:54</t>
-  </si>
-[...32 lines deleted...]
-    <t>2024-07-08 23:36:11</t>
   </si>
   <si>
     <t>Andrey Vasilievich Doroshko</t>
   </si>
   <si>
     <t>22 july 1970</t>
   </si>
   <si>
     <t>Lieutenant Colonel, former Deputy Chief of the Zhodino City Department of Internal Affairs for ideological work and personnel support.
 In 2020, he and four other former employees of the Zhodino City Department of Internal Affairs recorded an appeal to their colleagues who worked in the Zhodino police during the protests, and to all law enforcement officers in Belarus. In his appeal, Doroshko asks police officers to treat people the same way they would treat their loved ones. "Don't create unnecessary panic in the city, we live here and raise children, we should be ashamed of our behavior in the city," Andrei says in the video.
 According to media reports , all five were detained in early February 2024.</t>
   </si>
   <si>
     <t>Trial outcome 03.02.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-01-06 14:45:59</t>
   </si>
   <si>
     <t>Vladimir Olegovich Sitkovich</t>
   </si>
   <si>
     <t>23 july 1967</t>
   </si>
   <si>
     <t>Vladimir Sitkovich is 57 years old. He comes from the small village of Pushcha in the Sharkovshchinsky district of the Vitebsk region. In 1991, he graduated from Polotsk State University. For a long time, Vladimir worked and lived in Vitebsk, and in recent years he managed the boiler room at the Vitebsk oil extraction plant.
 Vladimir is a biker, participated in local biker races.
 In 2016, 2018 and 2019, he was an observer at local and parliamentary elections. Vladimir's other political activity is unknown, and his social networks are also neutral.</t>
   </si>
   <si>
     <t>Trial outcome 14.10.2024: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
-    <t>Marina Fedorovna Sankevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Sergey Ivanovich Khlystov</t>
   </si>
   <si>
     <t>A lawyer of the Gomel Regional Bar Association. He was detained together with two colleagues, including the head of the legal consultation. Later, the two lawyers were released, but the head of the legal consultation was dismissed from his post. And a criminal case was opened against Sergei Khlystov.
 The essence of the charges and the sentence handed down are unknown. It is only known that Sergei Khlystov was deprived of his freedom.</t>
   </si>
   <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
     <t>2025-08-16 15:51:21</t>
   </si>
   <si>
     <t>Sergei Evgenievich Zakharenko</t>
   </si>
   <si>
     <t>24 july 1980</t>
   </si>
   <si>
     <t>Individual entrepreneur. The essence of the accusation is still unknown.
 On January 17, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 27.10.2022: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal 17.01.2023: unknown.</t>
   </si>
   <si>
     <t>2022-10-13 20:47:32</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Shelest</t>
+    <t>Siarhei Siarheyevich Shelest</t>
   </si>
   <si>
     <t>24 july 1992</t>
   </si>
   <si>
-    <t>Former operator of the "Ammonia-3" workshop. According to preliminary information, he was detained under Articles 356 and 357 of the Criminal Code of the Republic of Belarus ("treason" and "conspiracy or other actions committed with the aim of seizing state power").
-[...3 lines deleted...]
-    <t>Trial outcome 17.02.2023: 14 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
+    <t>Sergei, a former operator in the Ammonia-3 workshop at the Grodno Azot plant, was arrested in the fall of 2021 as part of a criminal case brought against plant employees who supported the strike and were part of the "Rabochy Rukh" (Workers' Movement) initiative, which was designated an extremist organization on September 21, 2021, following which mass arrests of workers took place across the country.
+In February 2023, Sergei was found guilty of slander, treason, and the creation of and participation in an extremist group and sentenced to imprisonment.
+In the fall of 2024, another court hearing took place, following which Sergei was transferred to prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 14 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: the sentence was upheld. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-09-26 12:37:03</t>
   </si>
   <si>
     <t>Alexey Vitalievich Gorin</t>
   </si>
   <si>
     <t>26 july 1979</t>
   </si>
   <si>
     <t>Trial outcome 16.01.2025: 1 year 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Rudkovsky</t>
   </si>
   <si>
     <t>27 july 1986</t>
   </si>
   <si>
     <t>Trial outcome 10.10.2024: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-10-07 20:49:33</t>
+  </si>
+  <si>
+    <t>Vladislav Gennadievich Gorsky</t>
+  </si>
+  <si>
+    <t>27 july 2005</t>
+  </si>
+  <si>
+    <t>IUOT-48, Osipovichi, ul. Sumchenko, 38, 213763</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.09.2025: unknown years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-10-07 15:49:21</t>
+  </si>
+  <si>
+    <t>Julia Nikolaevna Sharonova</t>
+  </si>
+  <si>
+    <t>27 july 2004</t>
+  </si>
+  <si>
+    <t>According to the prosecution , from August 10 to August 11, 2020, at that time, minors Yulia Sharanova, Nikita Voytyuk, Nikolay Nikityuk, as well as Vasily Alekseyuk, Gleb Klimovich, Vitaly Varfalameev, Alexander Tysevich, Maxim Sobolev, were on the roadway of Masherov Avenue, Cosmonauts Boulevards and Shevchenko, st. Soviet in Brest, “ they shouted slogans, demonstrated white-red-white canvases, grossly violating public order, deliberately impeding the movement of vehicles and the normal functioning of enterprises and organizations.”
+At the court hearing, everyone fully admitted their guilt.
+It is reported that Yulia Sharanova participated in the protests when she was 16 years old. It is also known that Maxim Sobolev, Gleb Klimovich, Yulia Sharanova were convicted, including on “narcotic” charges.
+Yulia Sharanova was sentenced to one and a half years in prison for participating in the August protest. But due to the fact that she was convicted under Part 4 of Art. 328 of the Criminal Code, she was eventually sentenced to 13 years in prison under general regime conditions with a fine of 3,700 rubles.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.05.2024: 13 years of imprisonment in colony under general regime conditions. Appeal 23.07.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:06:37</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Ivashkevich</t>
   </si>
   <si>
     <t>27 july 1988</t>
   </si>
   <si>
     <t>Vladimir was convicted in the summer of 2024 under the article "Insulting a Government Official" and sentenced to imprisonment.</t>
   </si>
   <si>
     <t>Trial outcome 11.06.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 13.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-06-10 19:03:38</t>
   </si>
   <si>
     <t>Vasily Nikolaevich Grachykha</t>
   </si>
   <si>
     <t>28 july 1981</t>
   </si>
   <si>
     <t>A former soldier of Kalinovsky's regiment. His arrest was announced in a news broadcast on state television "Belarus 1" on May 5, 2025.
 According to information from social networks, he graduated from the Belarusian State Agricultural Academy (BSAA). His specialty is cadastral and land law.
 He served in the 38th separate motorized defense brigade of Belarus - a paratrooper unit in Brest, which was once headed by Valery Sakhashchik. In the photo from social networks, you can see that the pennant of the brigade was hanging in Grechikha's apartment.
 According to the press service of the Kalinovsky Regiment, Vasily joined them in May 2022, but left the unit in June of the same year at his own request.
 According to the video, he was detained somewhere in a swampy area outside the city by several KGB officers with machine guns. The man was transported by helicopter. During the transportation, he had a black bag over his head and his hands were clasped in front with a plastic zip tie.
 As reported in the video, Vasily was born on July 28, 1981. In February 2022, he went to Poland to work, and three months later he joined the Kalinovsky Regiment. He underwent training in Kiev. The circumstances of his detention are unknown.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 5 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
+    <t>Kirill Alexandrovich Kazei</t>
+  </si>
+  <si>
+    <t>28 july 1983</t>
+  </si>
+  <si>
+    <t>Kirill was detained on October 28, 2020, and subjected to abuse, threats, and bullying by law enforcement officers. He was later convicted of several criminal charges, including illegal possession of ammunition, which was allegedly planted in his car after his arrest.</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.03.2021: 7 years of imprisonment in colony under enhanced security conditions, 150 basic values fine. Appeal 20.07.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:22:11</t>
+  </si>
+  <si>
     <t>Sergei Mikhailovich Gribovich</t>
   </si>
   <si>
     <t>28 july 1969</t>
   </si>
   <si>
     <t>Detained allegedly for registering as a volunteer in March 2022, the detention became known on March 14 from telegram channels supporting the current government in the Republic of Belarus.</t>
   </si>
   <si>
     <t>4,5 years of imprisonment in a penal colony of general regime.</t>
   </si>
   <si>
     <t>2022-03-15 02:10:15</t>
   </si>
   <si>
-    <t>Kirill Alexandrovich Kazei</t>
-[...11 lines deleted...]
-    <t>2021-02-26 22:22:11</t>
+    <t>Vasily Nikolaevich Hrechykha</t>
+  </si>
+  <si>
+    <t>28 july 1985</t>
+  </si>
+  <si>
+    <t>A former soldier of Kalinovsky's regiment. His arrest was announced in a news broadcast on state television, Belarus 1, on May 5, 2025.
+According to social media, he graduated from the Belarusian State Agricultural Academy (BSAA), where he studied in the land management department. His specialty is cadastral surveying and land law.
+He served in the 38th Separate Motorized Defense Brigade of Belarus, a paratrooper unit in Brest, once commanded by Valery Sakhashchik. A photo on social media shows the brigade's pennant hanging in Grechikha's apartment.
+According to the Kalinovsky Regiment's press service, Vasily joined them in May 2022, but left the unit in June of that year at his own request.
+According to the video, he was detained somewhere in a swampy area outside the city by several KGB officers armed with machine guns. He was transported by helicopter. During the transfer, he had a black bag over his head, and his hands were clasped in front of him with a plastic zip tie. Kalinovets was flown by helicopter to the airfield.
+According to the video, Vasily was born on July 28, 1981. In February 2022, he left for Poland to work, and three months later, he joined the Kalinovsky Regiment. He underwent training in Kyiv. The circumstances of his arrest are unknown.</t>
+  </si>
+  <si>
+    <t>2025-12-30 13:25:40</t>
   </si>
   <si>
     <t>Sergey Sergeevich Tikhonov</t>
   </si>
   <si>
     <t>28 july 1992</t>
   </si>
   <si>
     <t>He is originally from the city of Slavgorod in the Mogilev region. After school, he served in the army and graduated from vocational school No. 3 with a degree in "Technical support for agricultural production." He worked in construction all his life.
 The Mogilev resident faces ten to twenty years in prison. The date of detention and the nature of the charges are unknown.</t>
   </si>
   <si>
     <t>Trial outcome 29.10.2024: 11 years of imprisonment in colony under enhanced security conditions. Appeal 27.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-10-21 22:20:00</t>
   </si>
   <si>
-    <t>Vyacheslav Vitalievich Semenov</t>
-[...22 lines deleted...]
-    <t>2025-06-02 23:31:43</t>
+    <t>Dzmitry Filipovich</t>
+  </si>
+  <si>
+    <t>29 july 1997</t>
+  </si>
+  <si>
+    <t>Detained along with other young people in Baranavichy (late December 2023).
+And the press service of the court announced the verdict (without naming names, but the circumstances fit this group of people). The essence of the charges is briefly stated: they were on the roadway in Baranavichy, shouting slogans, displaying white-red-white flags, “deliberately obstructing the movement of traffic and the normal functioning of enterprises and organizations.” The exact date when the protests took place is not even indicated, it is simply called “August 2020.”
+Thus, in 2024, 25 residents of Baranavichy have already been sentenced for the protests of August 2020. All were sentenced to a prison colony for a period of 1 to 3 years (the only exception was that a woman with a child under 3 years of age was sentenced to a suspended sentence).</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.05.2024: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal 09.08.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:58:11</t>
   </si>
   <si>
     <t>Olga Ivanovna Solomenik</t>
   </si>
   <si>
     <t>29 july 1967</t>
   </si>
   <si>
     <t>Detained in the case of A. Hralovich. The details of the case are unknown, since the trial took place in closed mode, and the criminal case itself is classified as secret.
 Details of the convict's detention are known from the propaganda film «Operation KGB «Mankurty»», which Television News Agency showed in 2021.
 It is known that Olga was held for a year in the pre-trial detention center of the State Security Committee, where she was on a hunger strike. Then she was transferred to the pre-trial detention center-1.
 «She was completely gray-haired. She was on hunger strike for a long time — she was even fed through the veins on her hands, so they were swollen like forest driftwood».
 She began serving her sentence.</t>
   </si>
   <si>
     <t>7,5 years of imprisonment in a penal colony of general regime.</t>
   </si>
   <si>
     <t>2022-11-04 17:54:31</t>
   </si>
   <si>
     <t>Alexander Fedorovich Bindei</t>
   </si>
   <si>
     <t>29 july 1966</t>
   </si>
   <si>
     <t>Trial outcome 28.11.2022: unknown years of imprisonment in colony under general regime conditions. Appeal 28.02.2023: unknown.</t>
   </si>
   <si>
     <t>2022-11-27 00:41:28</t>
   </si>
   <si>
-    <t>Karina Andreevna Protaschik</t>
-[...15 lines deleted...]
-  <si>
     <t>Dmitry Nikolaevich Dubovsky</t>
   </si>
   <si>
     <t>29 july 1986</t>
   </si>
   <si>
     <t>An anarchist activist was detained while crossing the Belarusian border on the night of October 28-29, 2020 and accused of “arson” and “terrorism.”
 In September 2022, a new criminal case was opened against Dmitry and he was sentenced to five years in prison. Taking into account the previous sentence, he was finally sentenced to 20 years in a maximum security penal colony.
 In August 2023, Dmitry was transferred to prison regime for “violating the rules of the order.”</t>
   </si>
   <si>
     <t>Trial outcome 22.12.2021: 18 years of imprisonment in colony under enhanced security conditions, approximately 11000 rubles of compensation. Appeal 22.04.2022: the sentence was upheld. Trial outcome 25.11.2022: 5 years of imprisonment in colony under enhanced security conditions. Appeal 07.02.2023: the sentence was upheld. Regime change trial 28.07.2023: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-27 00:38:30</t>
   </si>
   <si>
+    <t>Vyacheslav Vitalievich Semenov</t>
+  </si>
+  <si>
+    <t>29 july 2005</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:56:38</t>
+  </si>
+  <si>
     <t>Andrey Vladislavovich Grigoriev</t>
+  </si>
+  <si>
+    <t>29 july 1994</t>
   </si>
   <si>
     <t>On May 15, 2023, ONT released the propaganda film “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day,” which told the details of the case. It was reported there that allegedly the KGB, on the eve of Victory Day on May 9, 2023, “prevented a terrorist attack under the supervision of Kiev." They said that the explosives were in electric stoves, which were sent to the detainees via parcels. The organizer of the action was named 23-year-old Belarusian Valery Vodin, who fought in Ukraine.
 The video said that parcels with electric stoves containing explosives were delivered to the Minsk SDEK point in Kamennaya Gorka on March 21, 2023 from Kyiv via Italy. 29-year-old Victoria Volchek confirmed during interrogation that she received the parcel - Valery Vodin asked her to receive the parcel. BSU student Anna Savochkina and her mother Tatyana Rusak took the tile from Volchek and buried it in the cemetery in Kolodishchi. The second tile was picked up by dental technician Andrei Grigoriev and taken to the gardening partnership "Avtoremontnik 124" near Olekhnovichi.
 Andrey is 29 years old, born in Minsk. He graduated from the capital's high school and medical college. Before his arrest, he unofficially worked as a dental technician in a private dental center.</t>
   </si>
   <si>
     <t>Trial outcome 09.08.2024: 7 years of imprisonment in colony under general regime conditions. Appeal 29.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-18 00:53:01</t>
   </si>
   <si>
     <t>Ruslan Andreevich Prokhorenko</t>
   </si>
   <si>
     <t>29 july 1972</t>
   </si>
   <si>
     <t>He is involved in a case of treason together with the Prokhorov family from Grabovka.
 Participants in the closed trial have signed non-disclosure agreements. An unofficial source reports that the criminal case concerns photographing various objects on the territory of Belarus, and that the defendants in the case were followed by special services for some time before their arrest.</t>
   </si>
   <si>
     <t>Trial outcome 20.05.2024: 10 years of imprisonment in colony under general regime conditions. Appeal 30.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-05-08 18:31:03</t>
   </si>
   <si>
+    <t>Alexander Ivanovich Kalin</t>
+  </si>
+  <si>
+    <t>30 july 1969</t>
+  </si>
+  <si>
+    <t>He was detained for participating in the 2020 protests and for active public criticism of the illegal actions of government agencies and the regime as a whole. Later, his daughter and son were detained for participating in protests; they later managed to travel abroad. Also three more people were detained together in Alexander, who were convicted at the end of May for participating in protests.</t>
+  </si>
+  <si>
+    <t>6.5 years of imprisonment in a maximum security colony.</t>
+  </si>
+  <si>
+    <t>2023-08-28 16:09:45</t>
+  </si>
+  <si>
+    <t>Alexander Alexandrovich Syritsa</t>
+  </si>
+  <si>
+    <t>30 july 1985</t>
+  </si>
+  <si>
+    <t>In April 2024, a trial "On changing compulsory security measures and treatment" took place. After which, Alexander, apparently, was sent to a colony. He is serving his sentence in IK-1.</t>
+  </si>
+  <si>
+    <t>Trial outcome 01.05.2022: compulsory treatment in a psychiatric hospital. Regime change trial 29.04.2024: unknown years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2022-06-21 17:42:22</t>
+  </si>
+  <si>
     <t>Andrey Yuryevich Besau</t>
   </si>
   <si>
     <t>30 july 1973</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2025-08-13 19:35:18</t>
   </si>
   <si>
     <t>Valery Stepanovich Mefodienko</t>
   </si>
   <si>
     <t>30 july 1976</t>
   </si>
   <si>
     <t>As an individual entrepreneur, he was engaged in the repair and maintenance of computer equipment.</t>
   </si>
   <si>
     <t>Trial outcome 22.10.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 03.01.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-10 22:56:59</t>
-  </si>
-[...28 lines deleted...]
-    <t>2022-06-21 17:42:22</t>
   </si>
   <si>
     <t>Volha Valerievna Chukareva</t>
   </si>
   <si>
     <t>31 july 1975</t>
   </si>
   <si>
     <t>She was convicted on several political charges. While in pretrial detention, she suffered a stress-related stroke, which left her with almost complete blindness. Despite this, Olga was sentenced to four years in prison.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-09-28 14:21:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1964,2781 +1888,2622 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I98"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="I3" t="s">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...16 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="C6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...16 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...19 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...19 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="B10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
         <v>65</v>
       </c>
-      <c r="B11" t="s">
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>66</v>
       </c>
-      <c r="C11" t="s">
+      <c r="I11" t="s">
         <v>67</v>
-      </c>
-[...16 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>76</v>
       </c>
-      <c r="B13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>77</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>83</v>
       </c>
-      <c r="C14" t="s">
+      <c r="I14" t="s">
         <v>84</v>
-      </c>
-[...16 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>85</v>
+      </c>
+      <c r="B15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" t="s">
         <v>87</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
         <v>88</v>
       </c>
-      <c r="C15" t="s">
+      <c r="I15" t="s">
         <v>89</v>
-      </c>
-[...16 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" t="s">
         <v>92</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>82</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
         <v>93</v>
       </c>
-      <c r="C16" t="s">
+      <c r="I16" t="s">
         <v>94</v>
-      </c>
-[...16 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
+        <v>96</v>
+      </c>
+      <c r="C17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>98</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>99</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>100</v>
+      </c>
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>103</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>104</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>106</v>
+      </c>
+      <c r="B19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>82</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
+      <c r="I19" t="s">
         <v>110</v>
-      </c>
-[...13 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>114</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>115</v>
       </c>
-      <c r="D20" t="s">
-[...11 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>119</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>121</v>
       </c>
       <c r="I21" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>123</v>
       </c>
       <c r="B22" t="s">
         <v>124</v>
       </c>
       <c r="C22" t="s">
         <v>125</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>126</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>132</v>
       </c>
       <c r="I23" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
         <v>136</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>137</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>138</v>
       </c>
       <c r="I24" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>140</v>
       </c>
       <c r="B25" t="s">
         <v>141</v>
       </c>
+      <c r="C25" t="s">
+        <v>142</v>
+      </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>79</v>
+        <v>148</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I26" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I27" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G28" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>164</v>
+        <v>36</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>165</v>
       </c>
       <c r="I29" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>167</v>
       </c>
       <c r="B30" t="s">
         <v>168</v>
       </c>
       <c r="C30" t="s">
         <v>169</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>170</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="I31" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="E32" t="s">
-        <v>62</v>
+        <v>182</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I32" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B33" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>185</v>
+        <v>126</v>
       </c>
       <c r="F33" t="s">
-        <v>186</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>187</v>
       </c>
       <c r="I33" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>189</v>
       </c>
       <c r="B34" t="s">
         <v>190</v>
       </c>
       <c r="C34" t="s">
         <v>191</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>62</v>
+        <v>192</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="I34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D35" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B36" t="s">
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="C36" t="s">
+        <v>201</v>
       </c>
       <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>12</v>
       </c>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I36" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B37" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C37" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
+        <v>207</v>
       </c>
       <c r="I37" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B38" t="s">
-        <v>208</v>
+        <v>210</v>
+      </c>
+      <c r="C38" t="s">
+        <v>211</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>82</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="I38" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B39" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C39" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>181</v>
+      </c>
+      <c r="E39" t="s">
+        <v>182</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="I39" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B40" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D40" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>181</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="I40" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B41" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C41" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>68</v>
+        <v>226</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="I41" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B42" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H42" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="I42" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B43" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>235</v>
       </c>
       <c r="H43" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="I43" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B44" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D44" t="s">
-        <v>21</v>
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>25</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I44" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B45" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C45" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="I45" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B46" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>152</v>
+        <v>25</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I46" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B47" t="s">
-        <v>251</v>
+        <v>252</v>
+      </c>
+      <c r="C47" t="s">
+        <v>253</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>82</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I47" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B48" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C48" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="I48" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B49" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="C49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I49" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B50" t="s">
-        <v>265</v>
+        <v>266</v>
+      </c>
+      <c r="C50" t="s">
+        <v>267</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>36</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>266</v>
+        <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I50" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B51" t="s">
-        <v>270</v>
+        <v>271</v>
+      </c>
+      <c r="C51" t="s">
+        <v>272</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="I51" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I52" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C53" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>181</v>
+      </c>
+      <c r="E53" t="s">
+        <v>182</v>
       </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I53" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C54" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>68</v>
+        <v>288</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="I54" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B55" t="s">
-        <v>288</v>
+        <v>292</v>
+      </c>
+      <c r="C55" t="s">
+        <v>293</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>126</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="I55" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B56" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C56" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D56" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>205</v>
+        <v>47</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>101</v>
+        <v>299</v>
       </c>
       <c r="I56" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B57" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="C57" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="E57" t="s">
-        <v>100</v>
+        <v>304</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="I57" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="B58" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C58" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="I58" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="B59" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="C59" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>11</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="I59" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="B60" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="C60" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>79</v>
+        <v>320</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="I60" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B61" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>181</v>
+      </c>
+      <c r="E61" t="s">
+        <v>76</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="I61" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B62" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="C62" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>152</v>
+        <v>25</v>
       </c>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B63" t="s">
-        <v>326</v>
+        <v>332</v>
+      </c>
+      <c r="C63" t="s">
+        <v>333</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="I63" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B64" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="C64" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="D64" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>332</v>
+        <v>137</v>
       </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="I64" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="B65" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="C65" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>11</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="I65" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="B66" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="C66" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
         <v>12</v>
       </c>
-      <c r="E66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="I66" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="B67" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C67" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>126</v>
       </c>
       <c r="F67" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="I67" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B68" t="s">
         <v>352</v>
       </c>
+      <c r="C68" t="s">
+        <v>357</v>
+      </c>
       <c r="D68" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>100</v>
+        <v>192</v>
       </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
+        <v>358</v>
       </c>
       <c r="I68" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="B69" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="C69" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="D69" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="I69" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B70" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C70" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H70" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="I70" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B71" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>308</v>
+        <v>25</v>
       </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="I71" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="B72" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>154</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="I72" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B73" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>51</v>
+        <v>380</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="I73" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B74" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C74" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="E74" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>235</v>
       </c>
       <c r="H74" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="I74" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B75" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C75" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="D75" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="F75" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="I75" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B76" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="C76" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>205</v>
+        <v>76</v>
       </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>22</v>
+        <v>396</v>
       </c>
       <c r="I76" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B77" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="C77" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="I77" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B78" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C78" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="I78" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="B79" t="s">
-        <v>403</v>
+        <v>409</v>
+      </c>
+      <c r="C79" t="s">
+        <v>410</v>
       </c>
       <c r="D79" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="I79" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="B80" t="s">
-        <v>407</v>
+        <v>413</v>
+      </c>
+      <c r="C80" t="s">
+        <v>414</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>164</v>
+        <v>36</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="I80" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="B81" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="C81" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>266</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="I81" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="B82" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="C82" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="E82" t="s">
-        <v>100</v>
+        <v>182</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="I82" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="B83" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>68</v>
+        <v>137</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="I83" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="B84" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="C84" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
         <v>12</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="I84" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="B85" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>11</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>433</v>
+        <v>358</v>
       </c>
       <c r="I85" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B86" t="s">
-        <v>436</v>
+        <v>440</v>
+      </c>
+      <c r="C86" t="s">
+        <v>441</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>22</v>
+        <v>442</v>
       </c>
       <c r="I86" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="B87" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="C87" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="D87" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H87" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="I87" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="B88" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="C88" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="D88" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="I88" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="B89" t="s">
-        <v>449</v>
+        <v>455</v>
+      </c>
+      <c r="C89" t="s">
+        <v>456</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>308</v>
+        <v>36</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="I89" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="B90" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="D90" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="F90" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="I90" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="B91" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="C91" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="D91" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="I91" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B92" t="s">
-        <v>439</v>
+        <v>469</v>
       </c>
       <c r="C92" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="D92" t="s">
-        <v>12</v>
+        <v>181</v>
+      </c>
+      <c r="E92" t="s">
+        <v>182</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="I92" t="s">
-        <v>465</v>
-[...32 lines deleted...]
-      <c r="B94" t="s">
         <v>472</v>
-      </c>
-[...129 lines deleted...]
-        <v>494</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">