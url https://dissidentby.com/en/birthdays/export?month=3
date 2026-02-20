--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,1275 +12,1252 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="495">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
     <t>Date added</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Shatilovich</t>
+  </si>
+  <si>
+    <t>1 march 1990</t>
+  </si>
+  <si>
+    <t>Sergei was convicted under the article "organizing and preparing actions that grossly violate public order, or active participation in them" and sentenced to restricted freedom with referral to an open-type institution.</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>IUOT-21, 247783, Gomel region, Mozyr, b-r Yunosti, 24</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>Trial outcome 11.03.2025: 2 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Lazarevich</t>
   </si>
   <si>
     <t>1 march 2001</t>
   </si>
   <si>
     <t>On July 19, 2024, the appeal was heard and the verdict came into force.
 On 13.08.2024 a new trial of Alexander should begin under Article 361-3, Part 2</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>In custody</t>
   </si>
   <si>
-    <t>Yes</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 19.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 19.07.2024: unknown. Trial outcome 14.08.2024: unknown. Appeal 15.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-12 23:08:59</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Shatilovich</t>
-[...17 lines deleted...]
-    <t>2025-03-11 00:58:35</t>
+    <t>Stanislav Vyacheslavovich Omelyanyuk</t>
+  </si>
+  <si>
+    <t>2 march 2006</t>
+  </si>
+  <si>
+    <t>unknown years of restriction of freedom without direction. Replacement of punishment with imprisonment.</t>
+  </si>
+  <si>
+    <t>2023-06-19 14:11:57</t>
+  </si>
+  <si>
+    <t>Pavel Kuchynski</t>
+  </si>
+  <si>
+    <t>2 march 1992</t>
+  </si>
+  <si>
+    <t>A former military man, a resident of Minsk, who was forced by the special services under torture to participate in a provocation, within the framework of which the latter contacted representatives of BYPOL and offered to carry out direct actions. All negotiations and correspondence were recorded.
+On March 19, 2024, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>19 years of imprisonment in a colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:34:45</t>
   </si>
   <si>
     <t>Ruslan Igorevich Slutsky</t>
   </si>
   <si>
     <t>2 march 1983</t>
   </si>
   <si>
     <t>Ruslan was arrested in January 2021 and convicted of making and distributing "hedgehogs" in front of a convoy of cars participating in a pro-government rally in the fall of 2020. He was also accused of attempting to damage railway tracks by connecting the rails with metal wire, which could have delayed the movement of trains.
 Ruslan is into extreme sports and arboristry. He loves heights and gets a thrill from sitting on a roof or hugging treetops. In prison, he discovered his talent for drawing. In his personal life, he works with wood, grows potatoes, keeps pigs and loves horses.
 Ruslan has a benign brain tumor, as well as severe back pain , due to which he sometimes could not get out of bed.</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>Trial outcome 20.01.2022: 11 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-03-17 17:05:03</t>
   </si>
   <si>
-    <t>Elena Antonovna Borisyuk</t>
-[...32 lines deleted...]
-    <t>2023-06-19 14:11:57</t>
+    <t>Alexander Aleksandrovich Zalatarevich</t>
+  </si>
+  <si>
+    <t>2 march 1987</t>
+  </si>
+  <si>
+    <t>Worked as a psychologist.</t>
+  </si>
+  <si>
+    <t>Trial outcome 11.07.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 17.09.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:28:55</t>
   </si>
   <si>
     <t>Valeria Andreevna Glinskaya</t>
   </si>
   <si>
     <t>3 march 1995</t>
   </si>
   <si>
     <t>Detained together with her mother.
 The apartment was searched under Article 364 of the Criminal Code of the Republic of Belarus. Then the article of accusation was reclassified to Part 3 of Article 130 of the Criminal Code of the Republic of Belarus.
 He is previously accused of distributing personal data of Interior Ministry employees.</t>
   </si>
   <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
     <t>Trial outcome 20.01.2023: 6 years 6 months of imprisonment in colony under general regime conditions. Appeal 28.04.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-01-07 01:48:15</t>
   </si>
   <si>
-    <t>Vladimir Valerievich Poroshkov</t>
-[...45 lines deleted...]
-    <t>Irina Flor'yanovna Dobrynovich</t>
+    <t>Dzmitry Rozhyn</t>
+  </si>
+  <si>
+    <t>4 march 1996</t>
+  </si>
+  <si>
+    <t>Convicted of donating to the Armed Forces of Ukraine.</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-10-28 20:37:33</t>
+  </si>
+  <si>
+    <t>Iryna Dabrynovich</t>
   </si>
   <si>
     <t>4 march 1966</t>
   </si>
   <si>
-    <t>Turma №1, Grodno, Kirova 1, 230023</t>
-[...2 lines deleted...]
-    <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+    <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-09-17 18:43:15</t>
   </si>
   <si>
+    <t>Oleg Aminovich Timoshenkov</t>
+  </si>
+  <si>
+    <t>5 march 1976</t>
+  </si>
+  <si>
+    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.04.2025: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-04-03 01:39:51</t>
+  </si>
+  <si>
     <t>Sergey Yurievich Lisovsky</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 march 1976</t>
   </si>
   <si>
     <t>Sergei was arrested in August 2021 on politically motivated terrorism charges for his non-violent activities. He reportedly communicated with Interior Ministry officers to persuade them to refuse to carry out criminal orders, and also helped those who were leaving the service and feared persecution.
 According to the indictment, from July 2020 to January 2022, "an organized criminal group operated in Belarus, Turkey, Poland, Ukraine and other countries with the goal of committing extremist crimes. The group included radical individuals, including former and current military personnel, law enforcement officers, athletes and businessmen, who sought to seize power illegally." The case involves charges of attempted arson of the home of MP Oleg Gaidukevich in June 2021 and "organizing mass riots."
 Sergei was convicted under numerous criminal articles to a long term of imprisonment, the first five of which were prison terms. He was also stripped of his military rank.</t>
   </si>
   <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
     <t>Trial outcome 21.06.2023: 20 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime), military service restriction. Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-02-11 19:21:58</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-04-03 01:39:51</t>
   </si>
   <si>
     <t>Pavel Olegovich Ovcharov</t>
   </si>
   <si>
     <t>6 march 1996</t>
   </si>
   <si>
     <t>Pavel was detained in a criminal case opened after a protest that took place on September 23, 2020, in Minsk. He was convicted under three criminal articles, including "resisting a police officer." According to the charges, he called for participation in mass riots, which were allegedly planned in advance under the guise of mass events, blocked communications, and the resistance was expressed in disobeying demands to open the door, refusing to get out of the car, and holding on to the seat with his hands.
 In July 2022, Pavel was convicted again of “malicious disobedience to the demands of the administration of a correctional facility” — an article under which prisoners who refuse to cooperate with the administration are tried for fictitious violations.</t>
   </si>
   <si>
-    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 20.05.2021: 5 years of imprisonment in colony under enhanced security conditions. Trial outcome 13.07.2022: 1 year 6 months of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-02-26 21:29:25</t>
   </si>
   <si>
     <t>Igor Grigorievich Ivanov</t>
   </si>
   <si>
     <t>6 march 1971</t>
   </si>
   <si>
     <t>Presumably convicted for activity (comments and likes) on social networks.
 On February 21, 2024, an appeal hearing was held and the verdict came into force.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>Trial outcome 21.12.2023: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal 21.02.2024: unknown.</t>
   </si>
   <si>
     <t>2023-09-12 18:41:28</t>
   </si>
   <si>
-    <t>Artur Nikolaevich Khalimonchik</t>
-[...14 lines deleted...]
-    <t>Sergey Vladimirovich Skibinsky</t>
+    <t>Ludmila Vyacheslavovna Avtushko</t>
+  </si>
+  <si>
+    <t>6 march 1976</t>
+  </si>
+  <si>
+    <t>Trial outcome 23.12.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 21.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-12-16 22:53:08</t>
+  </si>
+  <si>
+    <t>Andrey Vasilievich Zinenko</t>
   </si>
   <si>
     <t>7 march 1983</t>
-  </si>
-[...11 lines deleted...]
-    <t>Andrey Vasilievich Zinenko</t>
   </si>
   <si>
     <t>Pavel Vabishchevich and Andrei Zinenko, as stated in the ONT propaganda film, were detained on the night of August 26-27, 2023, on the railway in the Stolbtsy district near the oil depot and the Sinyava stopping point.
 A propaganda film in the fall of 2023 claimed that they were detained for attempting to plant an explosive device on a railway in the Stolbtsy district, "which was supposed to go off on command from an SBU supervisor."
 Andrei Zinenko, 40, is a former colleague of Vabishchevich who "worked in a senior position and received a high salary," state media emphasize. Such an emphasis on "high salary" is not uncommon in Lukashenko propaganda. Zinenko in the footage looks beaten.</t>
   </si>
   <si>
     <t>Trial outcome 06.02.2025: 12 years of imprisonment in colony under enhanced security conditions, 600 basic values fine.</t>
   </si>
   <si>
     <t>2024-12-11 23:59:11</t>
+  </si>
+  <si>
+    <t>Vitaly Ivanovich Petruchuk</t>
+  </si>
+  <si>
+    <t>7 march 1975</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.01.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:24:34</t>
+  </si>
+  <si>
+    <t>Artur Nikolaevich Khalimonchik</t>
+  </si>
+  <si>
+    <t>7 march 1989</t>
+  </si>
+  <si>
+    <t>Artur was detained in a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:41:47</t>
+  </si>
+  <si>
+    <t>Aliaksandr Vasilyevich Sumar</t>
+  </si>
+  <si>
+    <t>7 march 1982</t>
+  </si>
+  <si>
+    <t>In the period from August 2020 to July 26, 2022, Alexander administered the telegram chat «Zhyve Luninets!», for which he was detained on July 27, 2022.
+On November 24, 2022, by the decision of the Ministry of Internal Affairs, the telegram chat «Zhyve Luninets!» was recognized as an extremist formation on the territory of the Republic of Belarus.
+The trial of Alexander took place on February 9, 2023, where he was accused under 5 articles of the Criminal Code of the Republic of Belarus: Part 1 of Article 361-1, Part 1 of Article 342, part 2 of Article 367, Article 369, part 3 of Article 361.
+It is known about Alexander Sumar that in 2006 he worked in the Luninetsky district police Department as a forensic expert. In recent years, he lived in Moscow (Russia).</t>
+  </si>
+  <si>
+    <t>IK №3</t>
+  </si>
+  <si>
+    <t>9 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2023-01-10 15:05:51</t>
+  </si>
+  <si>
+    <t>Andrey Leontievich Logvinenko</t>
+  </si>
+  <si>
+    <t>8 march 1983</t>
+  </si>
+  <si>
+    <t>Andrey was sentenced to one day in prison twice in a row (12/18 and 12/31/2024) under Part 2 of Article 19.11 of the Code of Administrative Offenses of the Republic of Belarus - Distribution, production, storage, transportation of information products containing calls for extremist activity or promoting such activity. After that, a criminal case was opened against him and he was transferred to Pre-trial Detention Center No. 1.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.04.2025: 2 years of imprisonment in colony under general regime conditions, 200 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-01-17 16:05:17</t>
+  </si>
+  <si>
+    <t>Evgeny Nikolaevich Melnichuk</t>
+  </si>
+  <si>
+    <t>8 march 1990</t>
+  </si>
+  <si>
+    <t>He was arrested in early April 2024. In a "confessional" video from April 4, 2024, he "confessed" to "waving his hand" to the crowd during the rally, saying "surround the riot police," and throwing stones.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.09.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 22.11.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-09-24 18:50:18</t>
+  </si>
+  <si>
+    <t>Paul Vladimirovich Vakhlakov</t>
+  </si>
+  <si>
+    <t>8 march 1976</t>
+  </si>
+  <si>
+    <t>IUOT-36, 220039, Minsk, ul. Korotkevicha, 14</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.11.2025: unknown years restrictions of freedom with referral to an open-type correctional facility. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-12-16 14:29:18</t>
+  </si>
+  <si>
+    <t>Andrey Aleksandrovich Mireychik</t>
+  </si>
+  <si>
+    <t>8 march 1978</t>
+  </si>
+  <si>
+    <t>On August 9, 2024, the appeal was heard and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.05.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 09.08.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:29:21</t>
   </si>
   <si>
     <t>Maksim Anatolevich Lopatin</t>
   </si>
   <si>
     <t>8 march 1979</t>
   </si>
   <si>
     <t>Detained together with his wife in the case of sabotage in Machulishchi.
 Human rights activists received information that on March 3, Maxim Lopatin was detained by employees of the State Security Committee in the case of sabotage in Machulishchi. The man is being held in the pre-trial detention center of the State Security Committee.
 Lopatin was severely beaten during the arrest. A film was released on ONT, which tells about some high-profile detentions, including the mention of Maxim. Allegedly his friend is a psychotherapist Evgenia Tochinskaya, who lives in Poland, asked to bring a Ukrainian agent Shvets from Stolin to the Lagoy highway on February 27.
 The video shows that the man has dentures on his jaw, which may mean that it was broken. After splinting, there should be a serious stage of rehabilitation with eating and drinking water through a tube.
 On March 23, Maxim's wife, Lyudmila Lopatina, was also detained. 
 The couple has two juvenile children.</t>
   </si>
   <si>
     <t>Trial outcome 03.10.2024: 8 years of imprisonment in colony under enhanced security conditions, 1000 basic values fine. Appeal 27.12.2024: unknown.</t>
   </si>
   <si>
     <t>2023-03-28 16:23:05</t>
   </si>
   <si>
-    <t>Andrey Aleksandrovich Mireychik</t>
-[...59 lines deleted...]
-    <t>Anna Alekseevna Ablab</t>
+    <t>Vitaly Nikolaevich Chausov</t>
+  </si>
+  <si>
+    <t>9 march 1979</t>
+  </si>
+  <si>
+    <t>Entrepreneur, director of one of the advertising firms.</t>
+  </si>
+  <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-06-27 16:13:19</t>
+  </si>
+  <si>
+    <t>Ivan Pavlovich Podlipentsev</t>
+  </si>
+  <si>
+    <t>9 march 1980</t>
+  </si>
+  <si>
+    <t>In a pro-government video, Ivan says that he was detained for “unfriendly” comments regarding government officials and police officers on Youtube and Telegram. According to the security forces, he was also registered in the Peramoga plan.</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.06.2024: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:59:15</t>
+  </si>
+  <si>
+    <t>Hanna Aliakseyeuna Ablab</t>
   </si>
   <si>
     <t>9 march 1978</t>
   </si>
   <si>
-    <t>An employee of the «Belarusian railway». According to preliminary information, he is charged with Article 356 of the Criminal Code (treason to the state). Also, «ONT» reported on the initiation of a criminal case for the creation of an extremist formation — Article 361-1 of the Criminal Code.</t>
-[...2 lines deleted...]
-    <t>11 years of imprisonment in a penal colony of general regime.</t>
+    <t>Anna, a Belarusian Railways employee, was detained in the fall of 2021 as part of a criminal case brought against factory employees who supported the strike and were part of the "Rabochy Rukh" (Workers' Movement) initiative. On September 21, 2021, this initiative was designated an extremist organization, following which mass arrests of workers took place across the country.
+In February 2023, Anna was found guilty of treason and the creation of and participation in an extremist group and sentenced to imprisonment.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 11 years of imprisonment in colony under general regime conditions. Appeal 02.08.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-27 14:05:51</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-03-06 13:59:15</t>
   </si>
   <si>
     <t>Arthur Nikolaevich Memekh</t>
   </si>
   <si>
     <t>9 march 1991</t>
   </si>
   <si>
     <t>EPAM Senior Software Engineer Artur Memekh relocated to New Jersey in the spring of 2020. It appears he was detained while visiting relatives in Belarus.
 He was last online on social media at the end of last autumn. It appears that Memekh decided to visit Belarus in late 2023 or early 2024 and was detained. Artur's trial begins on September 23, 2024, for "assisting extremist activity."</t>
   </si>
   <si>
     <t>Trial outcome 25.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 10.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-09 20:08:23</t>
   </si>
   <si>
-    <t>Vitaly Nikolaevich Chausov</t>
-[...13 lines deleted...]
-  <si>
     <t>Andrey Vladimirovich Vusik</t>
   </si>
   <si>
     <t>9 march 1989</t>
   </si>
   <si>
+    <t>Trial outcome 30.01.2026: 3 years restrictions of freedom with referral to an open-type correctional facility, 500 basic values fine.</t>
+  </si>
+  <si>
     <t>2025-10-30 00:11:43</t>
   </si>
   <si>
-    <t>Vyacheslav Aleksandrovich Pantyushenko</t>
-[...27 lines deleted...]
-    <t>2025-01-15 19:42:13</t>
+    <t>Ivan Valerievich Puzdrov</t>
+  </si>
+  <si>
+    <t>On July 18, 2023, an appeal hearing was held. The verdict entered into force</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in a colony under general regime conditions</t>
+  </si>
+  <si>
+    <t>2023-05-08 22:24:19</t>
   </si>
   <si>
     <t>Pauline Sergeevna Zyl</t>
   </si>
   <si>
     <t>10 march 1993</t>
   </si>
   <si>
     <t>Mozyr activist and blogger Polina Zyl. As Nasha Niva learned, the girl was charged with participating in protests and being involved in an "extremist group." She is awaiting trial in a pretrial detention center.
 Her boyfriend Maksim Shukanov was arrested along with her. There was no information about his release, most likely he is also in the pretrial detention center.
 Polina is 31 years old. She is originally from Yelsk, studied in Mozyr. In 2020, the girl supported the protests, even got arrested for a day. Then Polina went into hiding, but remained in the country. Both Zyl and Shukanov were wanted, but did not want to leave Belarus.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 1 year of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-02-17 14:35:31</t>
   </si>
   <si>
-    <t>Sergei Valerievich Kirikovich</t>
-[...13 lines deleted...]
-    <t>2022-07-14 20:28:48</t>
+    <t>Vyacheslav Aleksandrovich Pantyushenko</t>
+  </si>
+  <si>
+    <t>10 march 1980</t>
+  </si>
+  <si>
+    <t>Detained for hanging a white-red-white flag and the flag of Ukraine on the facade of a high-rise building in Minsk.
+After his detention, the channel in the Zello mobile application, through which he communicated during the rally, was recognized as an extremist formation.</t>
+  </si>
+  <si>
+    <t>5 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-10-13 21:45:33</t>
+  </si>
+  <si>
+    <t>Anatoly Alexandrovich Krupin</t>
+  </si>
+  <si>
+    <t>10 march 1959</t>
+  </si>
+  <si>
+    <t>Anatoly Krupin is 65 years old. From 1993 to 2015, the man worked at the Minsk-2 airport as a Security Service inspector. In 2016, he was mentioned as the head of the aviation security and regime shift - then a Russian citizen was detained at the airport for an unsuccessful joke about TNT in her luggage. It was Krupin who commented on the situation. The man's last post on social networks is dated June 2024.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:42:13</t>
   </si>
   <si>
     <t>Vadim Igorevich Rushkevich</t>
   </si>
   <si>
     <t>11 march 1974</t>
   </si>
   <si>
     <t>The man is 50 years old. He was the founder or director of several organizations involved in the import of computers and their components. Recently he was Deputy Director for Commercial Affairs of the Avard Service company and Director of the SunRan company.
 It is not known exactly when he was detained , but more than six months ago. The KGB included Rushkevich on the list of participants in the “extremist formation Trielite,” as well as businessman Vladimir Balabanovich, who is on trial for calls for sanctions.
 The chat was probably opened because of one of the detainees.</t>
   </si>
   <si>
     <t>Trial outcome 23.05.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 13.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-07 16:47:33</t>
   </si>
   <si>
+    <t>Maxim Sergeevich Dudorga</t>
+  </si>
+  <si>
+    <t>11 march 1996</t>
+  </si>
+  <si>
+    <t>He has dedicated his entire adult life to sports and military service. As recently as 2015, Maxim was running marathons and half-marathons as part of the Victoria Club.
+He later served in the 38th Separate Airborne Assault Brigade in Brest. In February 2020, state media described him as an exemplary officer: "Guards Senior Lieutenant Dudorga became the best commander of an airborne platoon of special operations forces following a field training competition." It appears he rose to the rank of captain—at least that's how he was later signed in his notebooks: "Captain Dudorga." Maxim was an avid cyclist, participated in bike rides with the VeloBrest club, and even worked as a driver, driving passengers along the Minsk-Brest-Luninets route.
+It is unclear whether Dudorga was still working in the special forces or had already quit.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.10.2025: 4 years of imprisonment in colony under enhanced security conditions. Appeal 09.01.2026: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-09-25 19:23:04</t>
+  </si>
+  <si>
+    <t>Vadim Yurievich Sychugov</t>
+  </si>
+  <si>
+    <t>12 march 1981</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 01.08.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 26.09.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-07-26 14:37:31</t>
+  </si>
+  <si>
     <t>Alexey Pavlovich Gameza</t>
   </si>
   <si>
     <t>12 march 1985</t>
   </si>
   <si>
     <t>Alexey, the director of a construction company, was arrested in October 2021 in a criminal case related to the "Busly Lyatsyats" initiative. Some of the charges involved damaging the car of a Borisov district judge. As a result, he was sentenced to a long prison term and a fine.
 In June 2023, his sentence was increased and he was transferred to prison.</t>
   </si>
   <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
     <t>Trial outcome 28.09.2022: 14 years 6 months of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld. Regime change trial 15.06.2023: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-10-13 14:50:29</t>
-  </si>
-[...14 lines deleted...]
-    <t>2021-12-06 21:19:03</t>
   </si>
   <si>
     <t>Anna Vladimirovna Strazhevich</t>
   </si>
   <si>
     <t>12 march 1965</t>
   </si>
   <si>
     <t>Anna was detained on December 18, 2023. After 72 hours, she was still not released. Preliminary, a criminal case was opened for insulting Lukashenko and a police officer.
 Anna was convicted of several criminal charges, including "assistance to extremist activity," and sentenced to imprisonment and a large fine. The trial was held behind closed doors.
 Presumably, one of the reasons for the persecution was her solidarity with political prisoners - it is known that Anna actively wrote letters to them.
  </t>
   </si>
   <si>
     <t>Trial outcome 05.12.2024: 4 years of imprisonment in colony under general regime conditions, 550 basic values fine. Appeal 14.03.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-12-22 02:06:21</t>
   </si>
   <si>
+    <t>Nikita Sergeevich Kuntysh</t>
+  </si>
+  <si>
+    <t>12 march 2002</t>
+  </si>
+  <si>
+    <t>He was detained on November 9, 2021 on suspicion of a criminal case of group actions grossly violating public order.
+He was also accused of receiving telescopic batons, stun guns and other means from abroad.</t>
+  </si>
+  <si>
+    <t>6 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2021-12-06 21:19:03</t>
+  </si>
+  <si>
     <t>Sergey Aleksandrovich Zinich</t>
   </si>
   <si>
     <t>12 march 1994</t>
   </si>
   <si>
     <t>Sergei was convicted in the summer of 2024 for "slandering Lukashenko" and sentenced to restricted freedom in an open facility.</t>
   </si>
   <si>
-    <t>IUOT-36, 220039, Minsk, ul. Korotkevicha, 14</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 15.07.2024: 4 years restrictions of freedom with referral to an open-type correctional facility. Appeal 20.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-07-08 23:49:21</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-09-12 15:01:44</t>
   </si>
   <si>
     <t>Vasiliy Vladimirovich Ermakov</t>
   </si>
   <si>
     <t>14 march 1987</t>
   </si>
   <si>
     <t>Former employee of BelVEB bank. Vasily was detained in early July 2022. Pro-government telegram channels claimed that he was detained for allegedly leaking personal data of security forces, teachers and doctors. In the “repentance” video, Ermakov said that he participated in rallies in Minsk and passed information about Interior Ministry employees to the “Black Book of Belarus” bot, “using his official powers.”
 Vasily was severely beaten, he even lost consciousness, his ribs were broken. They were transferred to pre-trial detention center-1 from the hospital.
 He has 1 child.</t>
   </si>
   <si>
-    <t>IK №3</t>
-[...1 lines deleted...]
-  <si>
     <t>6 years of imprisonment in a penal colony under a reinforced regime.</t>
   </si>
   <si>
     <t>2023-02-10 16:03:39</t>
+  </si>
+  <si>
+    <t>Alesya Nikolaevna Verevkina</t>
+  </si>
+  <si>
+    <t>15 march 1984</t>
+  </si>
+  <si>
+    <t>The trial began on July 29, 2025 and lasted until August 20, 2025.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.08.2025: 2 years of imprisonment in colony under general regime conditions. Appeal 11.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:07:05</t>
   </si>
   <si>
     <t>Yuri Valerievich Belko</t>
   </si>
   <si>
     <t>15 march 1983</t>
   </si>
   <si>
     <t>He was detained in connection with a case of mass riots and accused of participating in Telegram channels of a "radical orientation."
 In April 2022, Yuri was transferred to prison regime.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 19.07.2021: 9 years of imprisonment in colony under enhanced security conditions, approximately 912 rubles of compensation. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld. Regime change trial 13.04.2022: 3 years of prison regime. Regime change trial 25.06.2025: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-26 20:59:45</t>
-  </si>
-[...57 lines deleted...]
-    <t>2022-03-18 18:44:06</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Kulikov</t>
   </si>
   <si>
     <t>16 march 1970</t>
   </si>
   <si>
     <t>The basis for the criminal case were comments in one of the chats, recognized by security forces as extremist materials in May 2021.
 According to Alexander's acquaintances abroad, in May 2023, after the criminal case had already been opened, he left for Poland, where he stayed for about a month. Then his elderly mother called him and said that an investigator had called her and threatened to search for her son. It was promised that if Kulikov returned, he would be given a punishment that did not involve imprisonment.
 After some time, Kulikov decided to return to Belarus and was detained. He stopped communicating while crossing the border. Another administrative violation protocol was drawn up against him (Article 19.11 of the Code of Administrative Offenses) and a criminal case was opened. On July 13, 2023, the Leninsky District Court of Mogilev found the Mogilev resident guilty and sentenced him to three years of imprisonment with referral to a general regime colony.
 In December 2023, it became known that Kulikov was going to be tried again. This time, he is accused of three articles: participation in an extremist group (Article 361, note 1, part 3), participation in an armed group or armed conflict on the territory of a foreign state (Article 361, note 3, part 1), and undergoing training or other preparation for participation in extremist activity (Article 361, note 5). On December 22, the press service of the Moscow Regional Court reported that on December 20, Kulikov was sentenced to 4 years in prison. Together with the previous punishment, the total term of imprisonment for the man will be 4 years and 6 months of imprisonment in a general regime.
 On December 12, BT aired a propaganda film about Kulikov, who talks about his attempt to join Kastus Kalinovsky's regiment and about undergoing military training near Kiev.
 In March 2024, it became known that the prosecutor appealed the sentence of political prisoner Alexander Kulikov from Mogilev, who was sentenced to four and a half years in prison. According to the court's decision, he was given an additional year and a half to his term .
 On 01.07.2024, a trial was held to replace Alexander's regime and he   made the decision to transfer the political prisoner to prison regime .</t>
   </si>
   <si>
     <t>Trial outcome 13.07.2023: 3 years of imprisonment in colony under general regime conditions. Appeal 10.10.2023: unknown. Trial outcome 22.12.2023: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal 16.02.2024: the sentence was upheld. Prosecutor's protest date unknown: 6 years of imprisonment in colony under enhanced security conditions. Regime change trial 01.07.2024: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2023-07-07 15:22:28</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Yashkin</t>
-[...33 lines deleted...]
-  <si>
     <t>Anastasia Sergeevna Gorchakova</t>
   </si>
   <si>
     <t>16 march 1982</t>
   </si>
   <si>
     <t>She was involved in the "yard chats case".</t>
   </si>
   <si>
     <t>Trial outcome 24.07.2025: 2 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-07 22:27:20</t>
+  </si>
+  <si>
+    <t>Egor Pavlovich Lenkevich</t>
+  </si>
+  <si>
+    <t>16 march 2001</t>
+  </si>
+  <si>
+    <t>Convicted for participating in protests.
+From September 16, 2023, Egor was transferred to prison regime. There, the political prisoner must serve 2 years.
+On July 31, 2025, Yegor was convicted under Article 411 of the Criminal Code for "malicious disobedience to the demands of the administration of a correctional institution executing a sentence of imprisonment" to another 10 months and 14 days of imprisonment.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.03.2022: 5 years 6 months of imprisonment in colony under enhanced security conditions. Regime change trial 05.09.2023: 2 years of prison regime. Trial outcome 31.07.2025: 10 months 14 days of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2022-03-18 18:44:06</t>
+  </si>
+  <si>
+    <t>Iryna Lebedz</t>
+  </si>
+  <si>
+    <t>17 march 1983</t>
+  </si>
+  <si>
+    <t>It is known that GUBOPiK officers are investigating individuals allegedly involved in the "Novagrudok Partisans" Telegram chat. Criminal cases have been opened against them under the extremism statute. Everyone questioned in the case is being asked to sign a non-disclosure agreement.
+Media reports indicate that at least six people detained by security forces 15 days ago have not been released after serving their administrative arrest, including Irina.
+Irina has problems with her spine: multiple hernias and other formations, surgery is necessary.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:58:10</t>
   </si>
   <si>
     <t>Ivan Nikolaevich Kochanov</t>
   </si>
   <si>
     <t>17 march 1989</t>
   </si>
   <si>
     <t>Ivan most recently worked at Belenergo, installing and configuring fiber-optic networks and communications.
 Ivan is a very active Telegram commentator. From 2019 to 2025, he left over 50,000 messages in open chats. Most of them weren't political—he discussed technology, offering professional advice on editing and network tools. However, he also wrote about politics. Kochanov supported the movement for free elections and condemned Russia's invasion of Ukraine. At the same time, he criticized Europe and NATO, spoke out against the persecution of Belarusians abroad and repression, as well as against repression for the Russian language in Ukraine, as this "incites aggression."
 He was convicted for comments in a chat room deemed extremist and for participating in protests in 2020. Two weeks after being transferred to the penal colony, Ivan was charged with a second criminal case related to the "Belarusian Gayun" chat room and was again transferred to a pretrial detention facility.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 5 years of imprisonment in colony under enhanced security conditions. Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2025-06-23 12:42:50</t>
   </si>
   <si>
     <t>Kirill Vyacheslavovich Poznyak</t>
   </si>
   <si>
     <t>17 march 1977</t>
   </si>
   <si>
     <t>Journalist Kirill Poznyak was detained on September 4, the day the YouTube channel Platforma 375 was recognized as an “extremist group.” In 2021–2022, the channel held several debates between pro-government propagandists and their opponents who were forced to leave the country. Kirill Poznyak was one of the debate hosts. In his opening remarks, he stated that debates are needed to create a “dialogue platform so that opponents can at least hear each other,” as well as to “raise the level and culture of debates and discussions,” and for the disputing parties to have the opportunity to “broadcast not only to their own audience, but also to the audience of undecided people and to the public of opponents.”
 The channel, as well as its TikTok accounts, were included in the “List of organizations, formations, and individual entrepreneurs involved in extremist activity” on September 11.</t>
   </si>
   <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
     <t>2025-09-13 11:24:16</t>
+  </si>
+  <si>
+    <t>Viachaslau Kruk</t>
+  </si>
+  <si>
+    <t>18 march 1981</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t>2025-12-08 14:42:32</t>
+  </si>
+  <si>
+    <t>Dmitry Viktorovich Basko</t>
+  </si>
+  <si>
+    <t>18 march 1965</t>
+  </si>
+  <si>
+    <t>It is known that before his arrest, Dmitry lived in Minsk and worked as a programmer. He also periodically taught programming at the Belarusian State University in the Faculty of Applied Mathematics and Computer Science. Before his arrest, Dmitry did not work anywhere, since he became "unreliable" for the university, and many IT companies left Belarus, so there was no work for him with his high qualifications. He did not want to leave, because at that time he was caring for his elderly mother. During the investigation of Dmitry, she died.</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.05.2025: 9 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal date unknown: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-08-23 11:45:35</t>
   </si>
   <si>
     <t>Vitaly Nikolaevich Paprocki</t>
   </si>
   <si>
     <t>18 march 1970</t>
   </si>
   <si>
     <t>He started in 1999 as an investigator in the Zhodino police. It is known that he rose to the rank of lieutenant colonel of justice. Until the spring of 2014, Vitaly worked as the head of the Smolevichi District Department of the Investigative Committee.
 In 2020, he and four other former employees of the Zhodino City Department of Internal Affairs recorded an appeal to their colleagues who worked in the Zhodino police during the protests, and to all employees of law enforcement agencies in Belarus. Paprotsky says in the appeal that he has served the people all his life. Vitaly says that those who stood up for people were repressed, he suggests "coming to their senses and thinking." Paprotsky says that he supports those who work according to the law.
 According to media reports , all five were detained in early February 2024.</t>
   </si>
   <si>
     <t>Trial outcome 03.03.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-01-06 15:23:48</t>
   </si>
   <si>
-    <t>Dmitry Viktorovich Basko</t>
-[...11 lines deleted...]
-    <t>2025-08-23 11:45:35</t>
+    <t>Dmitriy Igorevich Svichkarev</t>
+  </si>
+  <si>
+    <t>19 march 1988</t>
+  </si>
+  <si>
+    <t>An EPAM employee. Arrested for donations. Dmitry's daughter was nine months old at the time of his arrest.
+On February 6, 2024, the appeal was heard. The verdict entered into force.</t>
+  </si>
+  <si>
+    <t>5 years imprisonment in a maximum security colony</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:07:08</t>
   </si>
   <si>
     <t>Alexey Igorevich Komarovsky</t>
   </si>
   <si>
     <t>19 march 1984</t>
   </si>
   <si>
     <t>On August 10, 2020, during the protests, Alexey was driving in his car in Minsk in the area «Belaya Vezha». At the intersection, the man saw members of the special purpose police squad, who, looking for protesters, began to brutally detain car drivers: shoot and break windows in cars. Alexey, not expecting his detention, drove forward, where traffic police officers were just passing. Not noticing the official car, Alexey moved into its row. At the time of the maneuver, the traffic police car had already stopped, and the man went on about his business. In this action, the court saw interference in the activities of an employee of the internal affairs body (Article 365 of the Criminal Code).
 At the same time and in the same place, there was allegedly a traffic police officer Mosenza, who testified at the end of December 2022, allegedly Alexey wanted to shoot him down then. For this, the man was charged with Article 364 of the Criminal Code and taken into custody.
 Alexey has three children, one of them is a minor daughter of 5 years old.</t>
   </si>
   <si>
     <t>Trial outcome 17.02.2023: 4 years of imprisonment in colony in strict regime conditions, 3000 rubles of compensation. Appeal 02.05.2023: unknown.</t>
   </si>
   <si>
     <t>2023-03-21 20:25:58</t>
   </si>
   <si>
-    <t>Dmitriy Igorevich Svichkarev</t>
-[...14 lines deleted...]
-  <si>
     <t>Michael Mikhailovich Lazko</t>
   </si>
   <si>
     <t>19 march 1986</t>
   </si>
   <si>
-    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>unknown years of imprisonment in a penal colony</t>
   </si>
   <si>
     <t>2024-07-31 14:36:53</t>
   </si>
   <si>
-    <t>Ilya Khodas</t>
-[...5 lines deleted...]
-    <t>Trial outcome 03.11.2025: 2 years 9 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+    <t>Ilya Leonidovich Khodas</t>
+  </si>
+  <si>
+    <t>19 march 1980</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.11.2025: 2 years 9 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-09-17 16:53:13</t>
   </si>
   <si>
+    <t>Andrei Sitnikau</t>
+  </si>
+  <si>
+    <t>20 march 1965</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.10.2024: 4 years of imprisonment in colony under enhanced security conditions. Appeal 20.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:06:24</t>
+  </si>
+  <si>
     <t>Sergey Fyodorovich Lezhenko</t>
   </si>
   <si>
     <t>20 march 1993</t>
   </si>
   <si>
     <t>Sergei was detained in a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.</t>
   </si>
   <si>
     <t>2021-02-27 01:43:23</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Apanovich</t>
+  </si>
+  <si>
+    <t>20 march 1981</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-20 11:28:14</t>
+  </si>
+  <si>
+    <t>Ihar Khinevich</t>
+  </si>
+  <si>
+    <t>20 march 1972</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:29:17</t>
   </si>
   <si>
     <t>Alexander Anatolyevich Petushkov</t>
   </si>
   <si>
     <t>20 march 1988</t>
   </si>
   <si>
     <t>For the first time, Alexander Petushkov was detained in January 2022, after which the Telegram channel of the Ministry of Internal Affairs published a video with him. The reason for the detention was his comments about the events in Kazakhstan.
 Alexander was detained again in April 2022. The reason for the initiation of a criminal case were reposts and comments with calls for a strike, the shutdown of enterprises, and the renewal of protests. He also offered to remove the shoulder straps to law enforcement officers and generals. In relation to Lukashenko, he used the words «usurper» and «illegitimate».</t>
   </si>
   <si>
     <t>7,5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-07-22 18:12:13</t>
   </si>
   <si>
-    <t>Andrey Yuryevich Sitnikov</t>
-[...47 lines deleted...]
-    <t>2023-03-22 17:00:38</t>
+    <t>Eugene Vyacheslavovich Milenkevich</t>
+  </si>
+  <si>
+    <t>21 march 1996</t>
+  </si>
+  <si>
+    <t>Evgeny was convicted under the article "organization and preparation of actions that grossly violate public order, or active participation in them" and sentenced to restriction of freedom with referral to an open-type institution.</t>
+  </si>
+  <si>
+    <t>IUOT-49, Shklov, Volodiozhnaya 2b, 213002</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.11.2024: 1 year 6 months restrictions of freedom with referral to an open-type correctional facility. Appeal 09.01.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:24:01</t>
   </si>
   <si>
     <t>Ilya Ditovich Telichenko</t>
   </si>
   <si>
     <t>21 march 1982</t>
   </si>
   <si>
     <t>Most likely he was in custody until the trial.
 On January 26, 2024, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2024-01-25 18:30:24</t>
   </si>
   <si>
-    <t>Eugene Vyacheslavovich Milenkevich</t>
-[...14 lines deleted...]
-    <t>2024-11-02 16:24:01</t>
+    <t>Kirill Vladimirovich Matyuto</t>
+  </si>
+  <si>
+    <t>21 march 1991</t>
+  </si>
+  <si>
+    <t>On June 20, 2023, an appeal hearing was held. The verdict has entered into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.04.2023: 7 years of imprisonment in colony under general regime conditions. Appeal 20.06.2023: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2023-03-22 17:00:38</t>
   </si>
   <si>
     <t>Oleg Anatolyevich Molchanov</t>
   </si>
   <si>
     <t>22 march 1970</t>
   </si>
   <si>
     <t>He was detained for arson on February 28, 2022, at the Zherd-Ostankovichi station of a relay cabinet of signaling, centralization and blocking (SCB), as a result of which traffic lights and switches on this site were put into non-working condition. The Ostankovichi — Zherd stage is located on the Zhlobin — Kalinkovichi line, which then continues to Ovruch (Zhytomyr region of Ukraine).</t>
   </si>
   <si>
-    <t>21 years of imprisonment in a penal colony of strict regime.</t>
+    <t>Trial outcome 27.12.2022: 21 year of imprisonment in colony under enhanced security conditions. Appeal 30.03.2023: unknown.</t>
   </si>
   <si>
     <t>2022-04-21 18:57:59</t>
   </si>
   <si>
     <t>Victor Viktorovich Eremenko</t>
   </si>
   <si>
     <t>22 march 1981</t>
   </si>
   <si>
     <t>The circumstances of the case, except for the verdict, are still unknown to human rights activists.
 The accused Eremenko was found guilty of deliberate actions aimed at inciting ethnic and other social hatred on the basis of national and other social affiliation. He was also found guilty of knowingly putting another person at risk of contracting the human immunodeficiency virus (HIV).</t>
   </si>
   <si>
     <t>5 years of imprisonment in a colony under a strict regime.</t>
   </si>
   <si>
     <t>2023-05-18 09:15:40</t>
   </si>
   <si>
     <t>Alexander Ivanovich Mazur</t>
   </si>
   <si>
     <t>22 march 1974</t>
   </si>
   <si>
     <t>He was detained in November 2024 in Zhodino.
 At the same time, the website of the initiative "Letter. Bel" and its pages on social networks were recognized as "extremist materials." A month later, the KGB recognized the initiative as an "extremist formation ." According to the agency, Aleksandr Mazur , as well as Pavel Korenyukhin and Aleksandr Lykshin, are related to "Letter . Bel." The men are currently in ST -8 , accused under Article 361-1 of the Criminal Code (Creation of an extremist formation or participation in it).</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions, 1000 basic values fine.</t>
+    <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions, 1000 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2024-12-29 21:52:50</t>
   </si>
   <si>
     <t>Andrey Vyacheslavovoch Budai</t>
   </si>
   <si>
     <t>23 march 1978</t>
   </si>
   <si>
     <t>Andrey, a construction worker and decorator, was arrested in July 2021 in a criminal case related to the "Busly Lyatsyats" initiative. Some of the charges involved damaging the car of a Borisov district judge. As a result, he was sentenced to a long term of imprisonment and a fine.
 In September 2024, Andrei was convicted again under the article on “malicious disobedience to the demands of the administration of a correctional institution.” This article is often applied to prisoners who refuse to cooperate with the administration and provides for punishment for imaginary violations. As a result, his total sentence was increased to 17 years.
 Andrei is survived by three children and a wife who has serious health problems.</t>
   </si>
   <si>
     <t>Trial outcome 28.09.2022: 15 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld. Trial outcome 24.09.2024: 2 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-08-12 20:00:28</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Bremschmidt</t>
-[...12 lines deleted...]
-    <t>2024-02-12 19:12:28</t>
+    <t>Andrey Vladimirovich Prikhodko</t>
+  </si>
+  <si>
+    <t>23 march 1988</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.11.2024: unknown. Appeal 07.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:12:38</t>
   </si>
   <si>
     <t>Матвей Викторович Оверчук</t>
   </si>
   <si>
     <t>23 march 1994</t>
   </si>
   <si>
     <t xml:space="preserve">The Overchuk brothers were detained in early June. Pro-government telegram channels reported this. In the confessional video, the men say that on August 10, 2020, they were in Brest at a protest rally.
 Matvey is engaged in car repairs.
 Also involved in this case are Oleg Litvinchuk and Alevtina Gudkova.
 </t>
   </si>
   <si>
     <t>Trial outcome 08.08.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 04.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-25 18:07:49</t>
   </si>
   <si>
-    <t>Igor Olegovich Kislyak</t>
-[...14 lines deleted...]
-    <t>2025-01-06 14:21:32</t>
+    <t>Andrey Vladimirovich Bremschmidt</t>
+  </si>
+  <si>
+    <t>23 march 1985</t>
+  </si>
+  <si>
+    <t>He was a local deputy in Zaslavl, where his company is registered. Bremshmidt was even on the election commission for the 2019 parliamentary elections. It is known that at the end of May 2023, the man traveled to Lithuania. In chats, he wrote how long it took him to cross the border and that he was going to return to Belarus soon. One of the organizers of “VIVA Rovar” in Zaslavl.
+On 29.04.2024, the appeal was considered (presumably the term was reduced from 10 years of imprisonment, imposed by the court of first instance, to 6.5 years of imprisonment), the sentence came into force.</t>
+  </si>
+  <si>
+    <t>6.5 years of imprisonment in a general regime penal colony</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:12:28</t>
   </si>
   <si>
     <t>Mikita Uladzimiravicz Jemialjanaw</t>
   </si>
   <si>
     <t>24 march 2000</t>
   </si>
   <si>
-    <t>Nikita was detained in October 2019 and convicted of attacks on the buildings of Pre-trial Detention Center No. 1 and the Minsk City Court in Minsk in solidarity with political prisoners. He was initially sentenced to 7 years in prison, but after an appeal, the term was reduced to 4 years. In May 2020, Nikita was transferred to prison regime.
-[...3 lines deleted...]
-By December 2024, Nikita had spent a total of 568 days in solitary confinement, including 2 months of continuous isolation.</t>
+    <t>Nikita was arrested in October 2019 and convicted of attacks on the buildings of Pretrial Detention Center No. 1 and the Minsk City Court in Minsk in solidarity with political prisoners. He was initially sentenced to seven years in prison, but on appeal, his sentence was reduced to four years. In May 2020, Nikita was transferred to a prison regime.
+In March 2022, he was convicted again of "malicious disobedience to the demands of the correctional facility administration"—a charge often applied to inmates who refuse to cooperate with prison authorities. In March 2023, he was transferred back to the prison regime.
+Throughout his imprisonment, Nikita has been subjected to constant pressure. He is frequently placed in solitary confinement, where he is held in isolation for dozens of days. He is denied visits from his family, his correspondence is restricted, and his personal belongings are confiscated. In response to the harsh conditions, Nikita protests with hunger strikes and by refusing to comply with the administration's demands. He is also regularly subjected to penalties for minor infractions, such as refusing to clean the courtyard or for inter-cell communication.
+Three months before his release, in February 2025, Nikita faced another court hearing on charges of "malicious disobedience to the demands of the administration of a correctional facility," as a result of which he was sentenced to another year of imprisonment.
+By December 2024, Nikita had spent a total of 568 days in solitary confinement, including two months of continuous isolation.
+As of the beginning of December 2025, Nikita had spent 648 days in solitary confinement.</t>
   </si>
   <si>
     <t>Trial outcome 12.02.2020: 7 years of imprisonment in colony under enhanced security conditions, approximately 330 rubles of compensation. Appeal 27.03.2020: 4 years of imprisonment in colony under enhanced security conditions. Regime change trial 29.05.2020: 2 years of prison regime. Trial outcome 11.03.2022: 2 years of imprisonment in colony under enhanced security conditions. Regime change trial 22.03.2023: 2 years 4 months of prison regime. Trial outcome 03.02.2025: 1 year of imprisonment in colony in strict regime conditions. Appeal 03.04.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-27 16:59:41</t>
+  </si>
+  <si>
+    <t>Oleg Igorevich Zubovich</t>
+  </si>
+  <si>
+    <t>24 march 1996</t>
+  </si>
+  <si>
+    <t>Former police officer, lieutenant. He quit because he could not look at everything that was happening, then he got a job as a security guard. He was badly beaten during the arrest. Former colleagues came to court as victims and spoke well of Oleg, but nevertheless exacted moral compensation. At home, Oleg was left to wait for one mother.</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.12.2022: 6 years of imprisonment in colony under general regime conditions. Appeal 31.03.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Ilya Valerievich Trubin</t>
   </si>
   <si>
     <t>24 march 1987</t>
   </si>
   <si>
     <t>It is known that he was a KGB officer. But in 2011 he quit.
 According to the investigation, a 34-year-old resident of Borisov set fire to two portals of the BelToll road toll collection system in the Borisov region.</t>
   </si>
   <si>
     <t>16 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-04-15 23:43:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Arkady Andreevich Koychurenko</t>
   </si>
   <si>
     <t>24 march 1974</t>
   </si>
   <si>
     <t>He returned home from abroad and was taken into custody in late September-early October 2024. He came home to renew his passport. He was charged with "deliberate actions aimed at inciting national, religious, and other social hatred and discord," "dissemination of materials containing public calls for the seizure of state power, ..., and other actions aimed at harming the national security of the Republic of Belarus," "insulting a government official," and "insulting Lukashenko."
 Arkady was ultimately sentenced to five years in a maximum-security penal colony and a fine of 500 basic units. He was also ordered to pay 5,000 rubles in "moral damages" to Andrey Ivanovich Shvets.</t>
   </si>
   <si>
     <t>Trial outcome 13.10.2025: 5 years of imprisonment in colony under enhanced security conditions, 500 basic values fine.</t>
   </si>
   <si>
     <t>2025-07-30 10:31:41</t>
   </si>
   <si>
     <t>Vladimir Ivanovich Kniga</t>
   </si>
   <si>
     <t>25 march 1981</t>
   </si>
   <si>
     <t>Vladimir, a former security officer and volunteer for presidential candidate Svetlana Tikhanovskaya's team, was arrested on June 4, 2020 and convicted in June 2021 in the "Tikhanovsky case." The criminal case was opened after a picket that took place on May 29, 2020, in Grodno, where Sergei Tikhanovsky and his supporters were detained.
@@ -1307,415 +1284,367 @@
 On July 5, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 19.04.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 05.07.2024: unknown.</t>
   </si>
   <si>
     <t>2023-09-06 20:24:56</t>
   </si>
   <si>
     <t>Anton Aleksandrovich Stashevsky</t>
   </si>
   <si>
     <t>26 march 1980</t>
   </si>
   <si>
     <t>Anton, a volunteer for the Country for Life foundation and the Angel search squad, was detained on July 9, 2021, as part of a "KGB operation to purge radicals" and placed in pretrial detention on charges of financing the activities of an extremist group.
 In October 2022, he was charged with "conspiracy to seize state power through unconstitutional means," and in November of that year, Anton was sentenced to imprisonment in a maximum-security penal colony.</t>
   </si>
   <si>
     <t>Trial outcome 11.11.2022: 8 years of imprisonment in colony in strict regime conditions. Appeal 10.02.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-07-13 13:41:01</t>
   </si>
   <si>
+    <t>Volha Matusevich</t>
+  </si>
+  <si>
+    <t>26 march 1973</t>
+  </si>
+  <si>
+    <t>It is known that she graduated from BGEU in 1994 and is married.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:09:10</t>
+  </si>
+  <si>
     <t>Maksim Valerievich Belenovich</t>
   </si>
   <si>
     <t>26 march 1984</t>
   </si>
   <si>
     <t>According to the telegrams of channels supporting the current government of the Republic of Belarus, he was detained for registration in the plan «Peramoga».
 He is a DOSAAF driving instructor.</t>
   </si>
   <si>
     <t>Trial outcome 26.12.2022: unknown years of imprisonment in colony under enhanced security conditions. Appeal 10.03.2023: unknown.</t>
   </si>
   <si>
     <t>2022-04-01 17:11:55</t>
   </si>
   <si>
-    <t>Dmitriy Petrovich Prozetsky</t>
-[...35 lines deleted...]
-    <t>2022-03-11 01:16:18</t>
+    <t>Yuri Pavlovich Yurenya</t>
+  </si>
+  <si>
+    <t>27 march 1965</t>
+  </si>
+  <si>
+    <t>Detained along with his son for donations. According to officials, the man was convicted of making more than 100 money transfers totaling $1,885. Transfers were made from August 7, 2020 to March 24, 2021.
+This was considered “financing the activities of an extremist formation” (although, most likely, at that time the initiatives were not any “extremist formations”).
+On 02/02/2024 the appeal hearing was held, the verdict came into force.</t>
+  </si>
+  <si>
+    <t>5 years of imprisonment in a general regime colony.</t>
+  </si>
+  <si>
+    <t>2023-11-05 15:33:05</t>
   </si>
   <si>
     <t>Vyacheslav Aleksandrovich Maleichuk</t>
   </si>
   <si>
     <t>27 march 1985</t>
   </si>
   <si>
     <t>Accused of preparing terrorist attacks in Chizhovka and a military unit in Pechi on the eve of Freedom Day in 2021.
 The actions that the security forces attribute to him became the basis for the inclusion of Svetlana Tikhanovskaya, Pavel Latushko, Anton Motolko and participants in the initiative of former security forces   on the list of terrorists and criminal proceedings against them for preparing an act of terrorism.
 A case was brought against Vyacheslav for “malicious disobedience to the requirements of the colony administration” under Art. 411 CC. The trial took place on February 10, 2023. A year of imprisonment was imposed.
 Vyacheslav was tried on August 23, 2023 under Part 2 of Art. 411 of the Criminal Code in Gorki and sentenced him to a total term of two more years of imprisonment; based on the totality of the sentences of the unserved part at the time of the trial (20 years and 5 months) and the new sentence (2 years), he still has 22 years and 5 months left to serve from the moment of the third trial.
 On August 7, Mozyr judge Anatoly Strelchenko will conduct another trial under Article 411 of Vyacheslav.</t>
   </si>
   <si>
     <t>Based on the sum of 3 sentences from the moment of detention, Vyacheslav was sentenced to 25 years to be served in a penal colony under strict security conditions.</t>
   </si>
   <si>
     <t>2022-04-28 14:11:36</t>
   </si>
   <si>
-    <t>Andrey Andreevich Stepurko</t>
-[...32 lines deleted...]
-  <si>
     <t>Alexander Mikhailovich Mazurin</t>
   </si>
   <si>
     <t>27 march 1981</t>
   </si>
   <si>
     <t>Most likely he was arrested in early December 2024.
 Alexander graduated from the Academy of the Ministry of Internal Affairs and went to work in the police. He rose to the rank of duty inspector of the Main Directorate of Internal Affairs of the Minsk City Executive Committee and the rank of captain. In 2012, he was dismissed from the police.
 In 2013, Mazurin got a job as the head of the security department at the woodworking company Interdoors. The company employs more than 150 people.
 Alexander also has the status of an individual entrepreneur, whose area of activity is software development and consulting in this area.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-06-16 23:35:43</t>
   </si>
   <si>
+    <t>Andrey Andreevich Stepurko</t>
+  </si>
+  <si>
+    <t>27 march 1990</t>
+  </si>
+  <si>
+    <t>Andrey Stepurko is 33 years old. The man graduated from the Radio Engineering College, and then «‎MITSO» International University. He worked as a software engineer in a polyclinic, a computer assembler, a computer operator, a sales consultant. It is known that he is fond of practical shooting, engaged in laser tag and other types of shooting games.
+As far as we know, the man was detained in the case of the explosion of the plane in Machulishchi. He allegedly found an apartment for the alleged perpetrator of the sabotage in Machulishchi Nikolai Shvets.
+Stepurko's parents and his brother were also detained.</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.10.2024: 6 years of imprisonment in colony under enhanced security conditions. Appeal 27.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-04-07 15:14:21</t>
+  </si>
+  <si>
+    <t>Sergei Gennadievich Konovalov</t>
+  </si>
+  <si>
+    <t>27 march 1972</t>
+  </si>
+  <si>
+    <t>Detained for an action on the railway.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trial outcome 16.09.2022: 15 years of imprisonment in colony under enhanced security conditions. Appeal 03.01.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:16:18</t>
+  </si>
+  <si>
+    <t>Hanna Kmit</t>
+  </si>
+  <si>
+    <t>28 march 1986</t>
+  </si>
+  <si>
+    <t>She was detained along with her husband Andrei Selyaninov on October 31, 2024 and placed into custody for " active participation in group actions that grossly violate public order."</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.07.2025: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-11 18:40:30</t>
+  </si>
+  <si>
     <t>Sergey Pavlovich Kaburneev</t>
   </si>
   <si>
     <t>28 march 1970</t>
   </si>
   <si>
     <t>Trial outcome 25.11.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 29.01.2025: unknown.</t>
   </si>
   <si>
     <t>2024-04-10 14:38:27</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-11-11 18:40:30</t>
   </si>
   <si>
     <t>Dmitry Viktorovich Medvedsky</t>
   </si>
   <si>
     <t>29 march 1988</t>
   </si>
   <si>
     <t>In 2020, he was a member of the «Lida 97%» chat, where he actively wrote messages. He also wrote about his actions in the «Peramoga» plan - he said this in the video of the telegram channel of the Ministry of Internal Affairs. According to the security forces, he called for strikes, protests, as well as sabotage on the railway.
 In the telegram channels supporting the current government of the Republic of Belarus, news was published that criminal cases had been initiated against Dmitry for deliberately disabling communication routes and organizing group actions that grossly violate public order.</t>
   </si>
   <si>
     <t>3 years in prison in a penal colony.
 As a result of the Court of Appeal, the term was reduced from 3 years to 2.5 years.</t>
   </si>
   <si>
     <t>2022-11-13 23:48:09</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Tarasevich</t>
+  </si>
+  <si>
+    <t>29 march 1989</t>
+  </si>
+  <si>
+    <t>Alexander was arrested and convicted of “participating in group actions that grossly violate public order” in a criminal case opened after the August 2020 protests against the results of the presidential election.
+According to the prosecution, on the night of August 9-10, 2020, Alexander, “being on the roadway and acting in a group of people, shouted slogans, demonstrated white-red-white banners, deliberately obstructed the movement of vehicles and the work of organizations, thereby taking an active part in group actions that grossly violated public order and were accompanied by disobedience to the legal demands of government officials.”</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.08.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 22.10.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-08-01 15:04:38</t>
   </si>
   <si>
     <t>Elena Ivanovna Demenchuk</t>
   </si>
   <si>
     <t>29 march 1974</t>
   </si>
   <si>
     <t>Alenais accused of financing extremist activity as a result of large-scale arrests during the persecution by the authorities for supporting political prisoners and their families with the social food aid project INeedHelpBy.
 Mother of former political prisoner Marina Glazova.
 On August 27, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 26.06.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 27.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-19 01:02:19</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Tarasevich</t>
-[...29 lines deleted...]
-    <t>2021-02-28 02:00:20</t>
+    <t>Vladimir Rakhmedovich Dzhoraev</t>
+  </si>
+  <si>
+    <t>30 march 1971</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:08:02</t>
+  </si>
+  <si>
+    <t>Peter Bronislavovich Butko</t>
+  </si>
+  <si>
+    <t>30 march 1977</t>
+  </si>
+  <si>
+    <t>Ex-policeman. According to the prosecution, on May 27, Butko, who after leaving the police became the director of a commercial transport company, struck his employee Andrei Zakhar "at least 12 times in the head" with his fists. The victim said in court that he had "no complaints" against Butko.
+In 2017, Butko resigned from the service, and in 2020, he spoke out against the brutality of the security forces. In May 2021, Lukashenko stripped him of the rank of reserve police lieutenant colonel.
+He was brought to administrative charges for participating in protests, which the court took into account when sentencing him. It is known that he is on the profukus list in prison as someone prone to extremism. The human rights organization RPF (Respect-Protect-Fulfill) finds a political component in his case.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 6 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 17.05.2022: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-04-30 00:41:00</t>
+  </si>
+  <si>
+    <t>Anton Igorevich Sharupo</t>
+  </si>
+  <si>
+    <t>30 march 1992</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.07.2024: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal 17.09.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-08-01 11:36:50</t>
   </si>
   <si>
     <t>Pavel Viktorovich Chikhinsky</t>
   </si>
   <si>
     <t>30 march 1978</t>
   </si>
   <si>
     <t>In 2020, Pavel worked as a senior investigator in the investigative department of the Minsk city prosecutor's office.
 He was arrested in August 2021 in a criminal case opened under the article "act of terrorism" and convicted in June 2023 under the articles "conspiracy to seize state power" and "abuse of power".
 According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
   </si>
   <si>
     <t>Trial outcome 21.06.2023: 9 years of imprisonment in colony under enhanced security conditions. Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-01-23 18:24:57</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Lazarevich</t>
-[...68 lines deleted...]
-    <t>2023-03-04 23:23:42</t>
+    <t>Vitaly Vasilievich Kushnerevich</t>
+  </si>
+  <si>
+    <t>30 march 1991</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mogilev, ul. Cheliuskentsev, 76A</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 5 years restrictions of freedom with referral to an open-type correctional facility, 700 basic values fine.</t>
+  </si>
+  <si>
+    <t>2026-01-12 18:30:28</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Lysenko</t>
+  </si>
+  <si>
+    <t>31 march 1983</t>
+  </si>
+  <si>
+    <t>2025-10-17 22:17:21</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Skrobot</t>
+  </si>
+  <si>
+    <t>31 march 1980</t>
+  </si>
+  <si>
+    <t>Convicted for a protest that took place from 10 to 11 August 2020 in Bereza.</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.08.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 18.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:14</t>
+  </si>
+  <si>
+    <t>Kirill Aleksandrovich Khudyakov</t>
+  </si>
+  <si>
+    <t>31 march 1996</t>
+  </si>
+  <si>
+    <t>An EPAM employee. It is known that Kirill was involved in sketching (a modern form of fine art): his last works were published in the fall, and in January he congratulated his subscribers on the New Year. He was detained after arriving in Belarus from Montenegro. Convicted for donations.
+On May 28, 2024, the appeal was heard and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.03.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 28.05.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:11:19</t>
   </si>
   <si>
     <t>Alexander Viktorovich Lykshin</t>
   </si>
   <si>
     <t>31 march 1989</t>
   </si>
   <si>
     <t>Alexander is accused of participating in protests and of being involved with the "Pismo.bel" service, which allowed people to send letters to political prisoners. His brother, artist Vladimir Lykshin, was detained along with him.
 According to preliminary information from former cellmates, the brothers are charged under Article 342 of the Criminal Code of the Republic of Belarus.
 On March 18, 2024, the Sovietsky District Court of Minsk held a trial for the brothers, as well as Alexander's wife, Elizaveta . Judge Alexander Yakunchikhin sentenced them all to 2.5 years of house arrest.
 Was detained again   at the end of 2024 under Part 1 of Article 361. Before the trial, he was held in ST-8, then in Pre-trial Detention Center No. 1, and awaited appeal in ST-4.</t>
   </si>
   <si>
     <t>Trial outcome 15.03.2024: 2 years 6 months restrictions of freedom without referral to an open-type correctional facility. Trial outcome date unknown: 3 years 7 months of imprisonment in colony under enhanced security conditions, 100 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2023-12-25 01:37:31</t>
-  </si>
-[...38 lines deleted...]
-    <t>2025-10-17 22:17:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2019,51 +1948,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I102"/>
+  <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2121,2783 +2050,2678 @@
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>52</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
         <v>68</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>69</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>70</v>
       </c>
       <c r="I12" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>72</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="D16" t="s">
-[...11 lines deleted...]
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
         <v>93</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>94</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>95</v>
-      </c>
-[...16 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
         <v>102</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>103</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>104</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>105</v>
       </c>
       <c r="I19" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>107</v>
       </c>
       <c r="B20" t="s">
         <v>108</v>
       </c>
       <c r="C20" t="s">
         <v>109</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>110</v>
       </c>
       <c r="I20" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>112</v>
       </c>
       <c r="B21" t="s">
         <v>113</v>
       </c>
       <c r="C21" t="s">
         <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>115</v>
       </c>
       <c r="I21" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>117</v>
       </c>
       <c r="B22" t="s">
         <v>118</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
         <v>120</v>
       </c>
       <c r="I22" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>122</v>
       </c>
       <c r="B23" t="s">
         <v>123</v>
       </c>
       <c r="C23" t="s">
         <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>125</v>
       </c>
       <c r="I23" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>127</v>
       </c>
       <c r="B24" t="s">
         <v>128</v>
       </c>
       <c r="C24" t="s">
         <v>129</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>130</v>
       </c>
       <c r="I24" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>132</v>
       </c>
       <c r="B25" t="s">
         <v>133</v>
       </c>
       <c r="C25" t="s">
         <v>134</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>135</v>
+      </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E27" t="s">
+        <v>49</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
+      <c r="H29" t="s">
+        <v>155</v>
+      </c>
       <c r="I29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="C30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>135</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>59</v>
+        <v>135</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="C36" t="s">
         <v>187</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>28</v>
+        <v>188</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D37" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>35</v>
+        <v>194</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="I37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E38" t="s">
-        <v>198</v>
+        <v>49</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>204</v>
+        <v>37</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
+      <c r="H39" t="s">
+        <v>205</v>
+      </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>119</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>210</v>
       </c>
       <c r="I40" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>212</v>
       </c>
       <c r="B41" t="s">
         <v>213</v>
       </c>
       <c r="C41" t="s">
         <v>214</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
+        <v>104</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>215</v>
       </c>
-      <c r="F41" t="s">
-[...5 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>217</v>
+      </c>
+      <c r="B42" t="s">
         <v>218</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>219</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>48</v>
+      </c>
+      <c r="E42" t="s">
+        <v>49</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>220</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>222</v>
+      </c>
+      <c r="B43" t="s">
         <v>223</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>224</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>225</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>226</v>
       </c>
-      <c r="F43" t="s">
-[...5 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>228</v>
+      </c>
+      <c r="B44" t="s">
         <v>229</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>230</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>231</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="I44" t="s">
         <v>232</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>233</v>
+      </c>
+      <c r="B45" t="s">
+        <v>234</v>
+      </c>
+      <c r="C45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>48</v>
+      </c>
+      <c r="E45" t="s">
+        <v>49</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>236</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>237</v>
-      </c>
-[...13 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>238</v>
+      </c>
+      <c r="B46" t="s">
+        <v>239</v>
+      </c>
+      <c r="C46" t="s">
         <v>240</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
         <v>241</v>
       </c>
-      <c r="C46" t="s">
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>242</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>244</v>
+      </c>
+      <c r="B47" t="s">
         <v>245</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>246</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>48</v>
+      </c>
+      <c r="E47" t="s">
+        <v>49</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>247</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>249</v>
+      </c>
+      <c r="B48" t="s">
         <v>250</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>251</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>194</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>252</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>254</v>
+      </c>
+      <c r="B49" t="s">
         <v>255</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>256</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
         <v>257</v>
       </c>
-      <c r="D49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
         <v>260</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
         <v>261</v>
       </c>
-      <c r="C50" t="s">
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="I50" t="s">
         <v>262</v>
-      </c>
-[...13 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>263</v>
+      </c>
+      <c r="B51" t="s">
         <v>264</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>265</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>21</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>266</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>268</v>
+      </c>
+      <c r="B52" t="s">
         <v>269</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>270</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>271</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>273</v>
+      </c>
+      <c r="B53" t="s">
         <v>274</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>275</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>37</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>276</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" t="s">
         <v>279</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>280</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>241</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>281</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55" t="s">
         <v>284</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>55</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>285</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55" t="s">
+      <c r="I55" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>287</v>
+      </c>
+      <c r="B56" t="s">
+        <v>288</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>22</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>289</v>
       </c>
-      <c r="B56" t="s">
+      <c r="I56" t="s">
         <v>290</v>
-      </c>
-[...16 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>291</v>
+      </c>
+      <c r="B57" t="s">
+        <v>292</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>293</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>294</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" t="s">
+        <v>296</v>
+      </c>
+      <c r="C58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>37</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>99</v>
+      </c>
+      <c r="I58" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" t="s">
+        <v>300</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
+        <v>301</v>
+      </c>
+      <c r="I59" t="s">
         <v>302</v>
-      </c>
-[...16 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>247</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
+        <v>307</v>
+      </c>
+      <c r="C61" t="s">
+        <v>308</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>55</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>309</v>
+      </c>
+      <c r="I61" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" t="s">
+        <v>312</v>
+      </c>
+      <c r="C62" t="s">
+        <v>313</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="I62" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>317</v>
+      </c>
+      <c r="B63" t="s">
+        <v>318</v>
+      </c>
+      <c r="C63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
         <v>320</v>
       </c>
-      <c r="C63" t="s">
+      <c r="H63" t="s">
         <v>321</v>
       </c>
-      <c r="D63" t="s">
-[...5 lines deleted...]
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" t="s">
         <v>325</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>194</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>326</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>328</v>
+      </c>
+      <c r="B65" t="s">
+        <v>329</v>
+      </c>
+      <c r="C65" t="s">
+        <v>330</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>80</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="C66" t="s">
+        <v>335</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>336</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>337</v>
-      </c>
-[...16 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>338</v>
+      </c>
+      <c r="B67" t="s">
+        <v>339</v>
+      </c>
+      <c r="C67" t="s">
+        <v>340</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>341</v>
       </c>
-      <c r="B67" t="s">
+      <c r="I67" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>241</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>21</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>350</v>
+      </c>
+      <c r="I69" t="s">
         <v>351</v>
-      </c>
-[...22 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>352</v>
+      </c>
+      <c r="B70" t="s">
+        <v>353</v>
+      </c>
+      <c r="C70" t="s">
+        <v>354</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
+        <v>355</v>
+      </c>
+      <c r="I70" t="s">
         <v>356</v>
-      </c>
-[...19 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>357</v>
+      </c>
+      <c r="B71" t="s">
+        <v>358</v>
+      </c>
+      <c r="C71" t="s">
+        <v>359</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>360</v>
+      </c>
+      <c r="I71" t="s">
         <v>361</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>362</v>
+      </c>
+      <c r="B72" t="s">
+        <v>363</v>
+      </c>
+      <c r="C72" t="s">
+        <v>364</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>64</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
+        <v>365</v>
+      </c>
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...22 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
+        <v>369</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>80</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
+        <v>370</v>
+      </c>
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...22 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" t="s">
+        <v>373</v>
+      </c>
+      <c r="C74" t="s">
+        <v>374</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>135</v>
+      </c>
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
+        <v>375</v>
+      </c>
+      <c r="I74" t="s">
         <v>376</v>
-      </c>
-[...22 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>377</v>
+      </c>
+      <c r="B75" t="s">
+        <v>378</v>
+      </c>
+      <c r="C75" t="s">
+        <v>379</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
+        <v>380</v>
+      </c>
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
+        <v>384</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>194</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>385</v>
+      </c>
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...22 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
+        <v>388</v>
+      </c>
+      <c r="C77" t="s">
+        <v>389</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>390</v>
+      </c>
+      <c r="I77" t="s">
         <v>391</v>
-      </c>
-[...19 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>392</v>
+      </c>
+      <c r="B78" t="s">
+        <v>393</v>
+      </c>
+      <c r="C78" t="s">
+        <v>394</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
+        <v>395</v>
+      </c>
+      <c r="I78" t="s">
         <v>396</v>
-      </c>
-[...22 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B79" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C79" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D79" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E79" t="s">
-        <v>85</v>
+        <v>49</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>404</v>
+        <v>220</v>
       </c>
       <c r="I79" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B80" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="C80" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>209</v>
+        <v>80</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>135</v>
+        <v>404</v>
       </c>
       <c r="I80" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>406</v>
+      </c>
+      <c r="B81" t="s">
+        <v>407</v>
+      </c>
+      <c r="C81" t="s">
+        <v>408</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>104</v>
+      </c>
+      <c r="F81" t="s">
+        <v>22</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>409</v>
+      </c>
+      <c r="I81" t="s">
         <v>410</v>
-      </c>
-[...19 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>241</v>
+      </c>
+      <c r="F82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
         <v>414</v>
       </c>
-      <c r="B82" t="s">
+      <c r="I82" t="s">
         <v>415</v>
-      </c>
-[...19 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>416</v>
+      </c>
+      <c r="B83" t="s">
+        <v>417</v>
+      </c>
+      <c r="C83" t="s">
+        <v>418</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>22</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
         <v>419</v>
       </c>
-      <c r="B83" t="s">
+      <c r="I83" t="s">
         <v>420</v>
-      </c>
-[...19 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>421</v>
+      </c>
+      <c r="B84" t="s">
+        <v>422</v>
+      </c>
+      <c r="C84" t="s">
+        <v>423</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>80</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
         <v>424</v>
       </c>
-      <c r="B84" t="s">
+      <c r="I84" t="s">
         <v>425</v>
-      </c>
-[...19 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>426</v>
+      </c>
+      <c r="B85" t="s">
+        <v>427</v>
+      </c>
+      <c r="C85" t="s">
+        <v>428</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>135</v>
+      </c>
+      <c r="F85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" t="s">
         <v>429</v>
       </c>
-      <c r="B85" t="s">
+      <c r="I85" t="s">
         <v>430</v>
-      </c>
-[...19 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>431</v>
+      </c>
+      <c r="B86" t="s">
+        <v>432</v>
+      </c>
+      <c r="C86" t="s">
+        <v>433</v>
+      </c>
+      <c r="D86" t="s">
+        <v>48</v>
+      </c>
+      <c r="E86" t="s">
+        <v>49</v>
+      </c>
+      <c r="F86" t="s">
+        <v>22</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
         <v>434</v>
       </c>
-      <c r="B86" t="s">
+      <c r="I86" t="s">
         <v>435</v>
-      </c>
-[...16 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>436</v>
+      </c>
+      <c r="B87" t="s">
+        <v>437</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>80</v>
+      </c>
+      <c r="F87" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" t="s">
+        <v>438</v>
+      </c>
+      <c r="I87" t="s">
         <v>439</v>
-      </c>
-[...19 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>440</v>
+      </c>
+      <c r="B88" t="s">
+        <v>441</v>
+      </c>
+      <c r="C88" t="s">
+        <v>442</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>104</v>
+      </c>
+      <c r="F88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
         <v>443</v>
       </c>
-      <c r="B88" t="s">
+      <c r="I88" t="s">
         <v>444</v>
-      </c>
-[...19 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>445</v>
+      </c>
+      <c r="B89" t="s">
+        <v>446</v>
+      </c>
+      <c r="C89" t="s">
+        <v>447</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
         <v>448</v>
       </c>
-      <c r="B89" t="s">
+      <c r="I89" t="s">
         <v>449</v>
-      </c>
-[...19 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>450</v>
+      </c>
+      <c r="B90" t="s">
+        <v>451</v>
+      </c>
+      <c r="C90" t="s">
+        <v>452</v>
+      </c>
+      <c r="D90" t="s">
+        <v>48</v>
+      </c>
+      <c r="E90" t="s">
+        <v>49</v>
+      </c>
+      <c r="F90" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" t="s">
         <v>453</v>
       </c>
-      <c r="B90" t="s">
+      <c r="I90" t="s">
         <v>454</v>
-      </c>
-[...19 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B91" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
+      <c r="E91" t="s">
+        <v>21</v>
+      </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>461</v>
+        <v>419</v>
       </c>
       <c r="I91" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="B92" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C92" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G92" t="s">
-        <v>15</v>
+        <v>320</v>
       </c>
       <c r="H92" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="I92" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="B93" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>209</v>
+        <v>80</v>
       </c>
       <c r="F93" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>15</v>
       </c>
       <c r="H93" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="I93" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="B94" t="s">
-        <v>474</v>
+        <v>468</v>
+      </c>
+      <c r="C94" t="s">
+        <v>469</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="F94" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>15</v>
       </c>
       <c r="H94" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="I94" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="B95" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>85</v>
+        <v>474</v>
       </c>
       <c r="F95" t="s">
         <v>14</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="I95" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="B96" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
-      <c r="E96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F96" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G96" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>484</v>
+        <v>301</v>
       </c>
       <c r="I96" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B97" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C97" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
-      <c r="E97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="I97" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="B98" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="C98" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F98" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="I98" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B99" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C99" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>59</v>
+        <v>194</v>
       </c>
       <c r="F99" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G99" t="s">
         <v>15</v>
       </c>
       <c r="H99" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="I99" t="s">
-        <v>500</v>
-[...77 lines deleted...]
-        <v>513</v>
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">