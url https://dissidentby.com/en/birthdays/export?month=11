--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -87,1355 +87,1240 @@
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
     <t>Ekaterina Andreevna Bakhvalova (Andreeva)</t>
   </si>
   <si>
     <t>2 november 1993</t>
   </si>
   <si>
     <t>Ekaterina, a journalist for the Belsat TV channel, was reporting live from the courtyard of the Square of Change, where peaceful protesters gathered for a protest rally in Minsk on November 15, 2020, under the slogan "I'm coming out." These were the last words of Raman Bondarenko, who was killed by security forces, and those gathered came to honor his memory. Ekaterina was detained along with her colleague Darya Chultsova during the violent dispersal of the rally and was later convicted of "participating in group actions that grossly violate public order."
 In April 2022, a new criminal case was opened against Ekaterina, and in July of the same year she was convicted again, accused of “treason” and sentenced to eight years in prison three months before the end of her first sentence.</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
     <t>Trial outcome 18.02.2021: 2 years of imprisonment in colony under general regime conditions. Appeal 23.04.2021: the sentence was upheld. Trial outcome 13.07.2022: 8 years of imprisonment in colony under enhanced security conditions. Appeal 20.09.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
-    <t>Tatiana Alexandrovna Shimko</t>
-[...11 lines deleted...]
-    <t>Eugene Aleksandrovich Tikhonov</t>
+    <t>Vadim Vladimirovich Saskovets</t>
+  </si>
+  <si>
+    <t>3 november 1986</t>
+  </si>
+  <si>
+    <t>On June 30, 2023, an appeal court hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in a colony under general regime conditions</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:53:59</t>
+  </si>
+  <si>
+    <t>Yauheni Tsikhanau</t>
   </si>
   <si>
     <t>3 november 1982</t>
   </si>
   <si>
     <t>Evgeniy is 40 years old, he graduated from the Academy of the Ministry of Internal Affairs more than 15 years ago and managed to work as a district police officer, but quit of his own free will. Later, Alexey moved to IT. Subsequently, he lived in Europe, in Italy, for some time. He was detained while trying to enter Belarus - the man wanted to come to his mother's birthday and issue a power of attorney. A criminal case has reportedly been opened against Evgeniy Tikhonov for comments in a telegram about security forces and Lukashenko under three articles.
 On June 28, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2023-05-24 01:03:59</t>
   </si>
   <si>
-    <t>Vadim Vladimirovich Saskovets</t>
-[...48 lines deleted...]
-  <si>
     <t>Andrey Valerievich Fomin</t>
   </si>
   <si>
     <t>3 november 1993</t>
   </si>
   <si>
     <t>Andrey Fomin is 29 years old, he hails from Mogilev, but lived in Minsk. The guy graduated from the Belarusian State Academy of Arts. In the video of the Ministry of Internal Affairs, he was forced to say that he was the editor and author of articles for the «Vestniki» newspaper network. According to information from activists of the ByProsvet initiative, Andrey did not have access to newspaper accounts and did not know those who distribute them in Belarus.
 As a result, the guy was charged for participating in the March on August 30, 2020 and transferred to the pre-trial detention center-1. Andrey fundamentally did not want to leave his country, he is writing a book, six cats are waiting for him at home.</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>7 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-10-27 23:30:20</t>
   </si>
   <si>
     <t>Alexander Ivanovich Piskunov</t>
   </si>
   <si>
     <t>4 november 1980</t>
   </si>
   <si>
     <t>On January 26, 2024 , the appeal was considered, and the verdict came into force.</t>
   </si>
   <si>
     <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
   </si>
   <si>
     <t>Trial outcome 26.01.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 26.01.2024: unknown.</t>
   </si>
   <si>
     <t>2023-11-13 21:12:53</t>
-  </si>
-[...30 lines deleted...]
-    <t>2024-05-27 18:26:45</t>
   </si>
   <si>
     <t>Olga Igorevna Britikova</t>
   </si>
   <si>
     <t>4 november 1971</t>
   </si>
   <si>
     <t>Leader of the independent trade union "Naftan". Olga worked at the enterprise for 16 years and was fired because of her position. In May 2022, she was released after 75 days of arrest for speaking out against the war. She was detained on November 1 again under an administrative article.
 Two days later, the court found her guilty of distributing "extremist materials" and sentenced her to 15 days in jail. On November 11, she was sentenced again to 15 days for "an unauthorized picket." The reason for the trial was a drawing with the inscription "No to war," which Olga published on social networks. On November 21, 2022, it became known that Olga was transferred to a pre-trial detention center in Vitebsk.
 In less than 2022, Britikova spent 105 days behind bars, including 75 days in a row in the spring.
 She was detained again under Article 361, Part 2 of the Criminal Code of the Republic of Belarus in August 2023. However, in the spring of 2024, Olga was tried under Article 130 of the Criminal Code of the Republic of Belarus.
 On June 11, 2024, the appeal was heard and the verdict came into force.
 On August 20, 2024, another closed trial was held over Olga. Yevgeny Burunov was appointed to hear her case in the Vitebsk Regional Court. The political prisoner is accused under three articles. It is known that Olga was given another three years in prison.
 On December 20, 2024, the Supreme Court heard the appeal. Chairman of the Judicial Collegium Vladimir Davydov. According to the decision of the Collegium, Olga's second sentence was reduced by 1 year. Thus, the total term of the political prisoner is 5 years of imprisonment in a general regime colony. As of early January 2025, Olga was in a pre-trial detention center, but at the end of the month she was transferred to Correctional Colony No. 4.</t>
   </si>
   <si>
     <t>Trial outcome 08.04.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 11.06.2024: unknown. Trial outcome 20.08.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 20.12.2024: 2 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-11-21 14:40:55</t>
   </si>
   <si>
     <t>Alexey Gennadievich Mayevsky</t>
   </si>
   <si>
     <t>4 november 1981</t>
   </si>
   <si>
     <t>The verdict of the Grodno Regional Court came into force.</t>
   </si>
   <si>
     <t>2022-05-24 15:05:54</t>
   </si>
   <si>
+    <t>Denis Aleksandrovich Kravchuk</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.05.2024: 4 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2024-05-27 18:26:45</t>
+  </si>
+  <si>
     <t>Anton Mikhailovich Bykovsky</t>
   </si>
   <si>
     <t>Anton was detained, severely beaten, and later convicted of damaging the car of a policeman's wife in Novaya Borovaya.
 His wife and children managed to leave Belarus.</t>
   </si>
   <si>
+    <t>IK №3</t>
+  </si>
+  <si>
     <t>No</t>
   </si>
   <si>
     <t>Trial outcome 03.02.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 1845 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-02-28 00:34:11</t>
   </si>
   <si>
     <t>Valentin Vyacheslavovich Samosyuk</t>
   </si>
   <si>
     <t>5 november 1992</t>
   </si>
   <si>
     <t>According to the version of the telegrams of channels supporting the current government in the Republic of Belarus, he was detained for a photo of railway transport. He was previously arrested under an administrative article. A citizen of Moldova.</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>2022-04-08 19:08:45</t>
+  </si>
+  <si>
+    <t>Mikhail Alexandrovich Fando</t>
+  </si>
+  <si>
+    <t>5 november 1988</t>
+  </si>
+  <si>
+    <t>Mikhail is originally from Borisov, but lived in Minsk. He studied at BSU to become a manager. It is known that Mikhail played poker under the nickname Rattly. He was noted for participating in numerous championships. Among them is the championship of Belarus.
+Mikhail's trial began on October 17 in the Minsk City Court. The charges against him probably arose because of his support for Ukraine. He is charged under Part 2 of Article 361-3 of the Criminal Code (Assistance or other material support for war). The penalty for this article is five to ten years in prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.10.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 14.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-09-25 19:38:56</t>
+  </si>
+  <si>
+    <t>Michael Leonidovich Galinsky</t>
+  </si>
+  <si>
+    <t>5 november 1965</t>
+  </si>
+  <si>
+    <t>The 59-year-old coach was detained in June 2024. He was initially tried on an administrative charge for “disobeying police officers,” and then a criminal case was opened under Part 1 of Article 361-3 of the Criminal Code of the Republic of Belarus. Those who took part in military operations in Ukraine can be tried under this part of the article, but usually those who only intended to join the Armed Forces of Ukraine are tried .</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.12.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 21.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:24:14</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Savchkov</t>
+  </si>
+  <si>
+    <t>5 november 1970</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Burdenya</t>
   </si>
   <si>
     <t>5 november 1981</t>
   </si>
   <si>
     <t>The expected date of Andrey’s detention is September 20, 2023. On this day, a “repentance” video appeared, where a man says that he allegedly wrote negative comments about Lukashenko, officials, police officers, the Russian military, and also threatened people who support the current government.
 44-year-old Andrei Burdenya was detained for comments in telegram chats, of which he left more than three hundred. Andrey studied at school No. 6, and then served in the army. It is known that now he is temporarily not working, but previously he worked for some time in the IT field, and even earlier he was engaged in the production of kitchen furniture and had his own individual entrepreneur</t>
   </si>
   <si>
-    <t>Turma №1, Grodno, Kirova 1, 230023</t>
-[...2 lines deleted...]
-    <t>Trial outcome 08.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: unknown.</t>
+    <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.07.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-27 20:04:05</t>
-  </si>
-[...29 lines deleted...]
-    <t>2024-11-22 00:24:14</t>
   </si>
   <si>
     <t>Maksim Vladimirovich Khvaschinsky</t>
   </si>
   <si>
     <t>6 november 1995</t>
   </si>
   <si>
     <t>A resident of Bobruisk was detained on February 26, 2024, the day after returning from Poland.
 First, he was convicted under administrative article 19.11 (distribution of extremist materials), and then a criminal case was opened under article 361-1 of the Criminal Code of the Republic of Belarus (creation of an extremist group). Maxim is allegedly considered involved in the creation of the extremist group “Bobruisk 375”.</t>
   </si>
   <si>
     <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
   </si>
   <si>
     <t>Trial outcome 27.09.2024: 7 years of imprisonment in colony under general regime conditions. Appeal 06.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Marina Vasilievna Zolotova</t>
-[...15 lines deleted...]
-    <t>2021-05-21 18:29:20</t>
+    <t>Alexey Vladimirovich Shilovich</t>
+  </si>
+  <si>
+    <t>6 november 1975</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Logvinovich</t>
+  </si>
+  <si>
+    <t>7 november 1986</t>
+  </si>
+  <si>
+    <t>IUOT-46, 213188, Mogiliov region, g.p. Krugloye, ul. Sovetskaya 96</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years restrictions of freedom with referral to an open-type correctional facility, 500 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-01-19 21:00:56</t>
   </si>
   <si>
     <t>Oksana Viktorovna Molochko</t>
   </si>
   <si>
     <t>7 november 1978</t>
   </si>
   <si>
-    <t>On November 27, 2023, Oksana was brought to administrative responsibility under Part 2 of Article 19.11 of the Code of Administrative Offenses. She was later placed in pretrial detention center No. 7.
-In the summer of 2024, the spouses were convicted of "treason" (Part 1 of Article 356 of the Criminal Code). Dmitry was sentenced to twelve years in prison, and Oksana to eight years. The essence of the charges is unknown.</t>
+    <t>On November 27, 2023, Oksana was charged with administrative offences under Part 2 of Article 19.11 of the Code of Administrative Offences. She was later placed in Pre-trial Detention Centre No. 7.
+In the summer of 2024, the couple was convicted of "treason" (Part 1 of Article 356 of the Criminal Code). They were sentenced to 12 and 8 years in prison for "treason," but in fact, for photographing a train with military equipment on the platform without any espionage intent.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 8 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
   </si>
   <si>
-    <t>Igor Ivanovich Satsyuk</t>
-[...12 lines deleted...]
-    <t>2023-07-24 21:29:58</t>
+    <t>Anton Olegovich Ogiy</t>
+  </si>
+  <si>
+    <t>8 november 1985</t>
+  </si>
+  <si>
+    <t>Trial outcome 23.12.2022: 4 years of imprisonment in colony under general regime conditions. Appeal 07.03.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Afanasiy Nikolaevich Afanasenkov</t>
   </si>
   <si>
     <t>8 november 1989</t>
   </si>
   <si>
     <t>On August 23, 2023, an appeal hearing was held. The verdict entered into force</t>
   </si>
   <si>
     <t>IK-14, 222125, Minsk region, s.n.p. Novosady, ul. Mira 1A</t>
   </si>
   <si>
     <t>Trial outcome 16.06.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 23.08.2023: unknown. Trial outcome 11.09.2024: unknown.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
-  </si>
-[...10 lines deleted...]
-    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Artem Aleksandrovich Zubryakov</t>
   </si>
   <si>
     <t>9 november 1990</t>
   </si>
   <si>
     <t>Artem Zubryakov is an employee of «Belagro»‎. He was detained at the end of September 2022 together with colleagues. It was reported that criminal cases were opened against 4 of the detainees, and about 20 were detained. Telegram channels supporting the state power of the Republic of Belarus published news in which they wrote that the company's employees had been actively protesting since 2020.
 During a search of the office in the fall of 2022, paraphernalia and furniture in red and white colors were seized.
 Artem Zubkov noted that he was detained for sign up to telegram channels recognized as extremist in the Republic of Belarus and forwarding materials from these channels.
 The trial was held behind closed doors.</t>
   </si>
   <si>
     <t>Trial outcome 27.01.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 04.04.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
-    <t>Victor Dmitrievich Babariko</t>
-[...63 lines deleted...]
-  <si>
     <t>Eugene Vitalievich Boyko</t>
   </si>
   <si>
     <t>10 november 1987</t>
   </si>
   <si>
     <t>Evgeniy is a former IT manager from Mogilev. After the 2006 elections and several years of political activism, he was expelled from the history department of Mogilev University. He graduated from the history department in Poznan and worked as a manager at an IT company, supplying dairy products. In 2013, Evgeniy returned to Belarus, immediately got married, and then went to work. While he had previously focused primarily on public and academic activities (in the student ethnographic society and the oral history archive), he has now gone into business.
 And since the beginning of 2017, he has taken on a new occupation: at the request of clients, he has recorded interviews with their village grandparents and edited documentaries.
 He is accused of aiding extremist activity.
 Evgeniya has a wife and two small children waiting for her at home.</t>
   </si>
   <si>
     <t>Trial outcome 12.06.2025: 5 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 11.09.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-10-08 21:34:11</t>
   </si>
   <si>
-    <t>Christina Alexandrovna Lapkovskaya</t>
-[...11 lines deleted...]
-    <t>2025-05-26 11:51:54</t>
+    <t>Alexander Ivanovich Malkov</t>
+  </si>
+  <si>
+    <t>10 november 1969</t>
+  </si>
+  <si>
+    <t>Convicted for a protest that took place from 10 to 11 August 2020 in Bereza.</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.08.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 18.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:47</t>
+  </si>
+  <si>
+    <t>Violetta Gennadievna Verbitskaya</t>
+  </si>
+  <si>
+    <t>10 november 2001</t>
+  </si>
+  <si>
+    <t>Violeta graduated from school in Minsk and entered the Warsaw Academy of Arts. The girl is interested in photography and loves traveling.
+Three years ago she got married and changed her last name. The couple became famous because the guy, former football player Fedor Verbitsky, proposed to the girl right at the stadium after the end of the game.
+The criminal case was prompted by a video the family made in the summer of 2020 calling for an end to violence. Father Gennady testified in court that one day in the summer of 2020, emotionally affected by the data he saw online about the violence used by the officers against protesters, he decided to record a video addressing the officers calling for a justified use of force. He came up with the text of the speech and then asked his daughter to read it. He also asked his wife to speak out about the elections. On the same day, he expressed his wishes for the future of the country on video, and at the end of his speech, he also showed a heart symbol. After that, he found videos on the Internet and edited the video. On the same day, he sent it to several of his friends and relatives.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.11.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:10:18</t>
+  </si>
+  <si>
+    <t>Natalia Georgievna Doronina</t>
+  </si>
+  <si>
+    <t>10 november 1973</t>
+  </si>
+  <si>
+    <t>Natalia has problems with her legs. Pretrial detention center regulations prohibit lying down during the day, so she experiences severe swelling.</t>
+  </si>
+  <si>
+    <t>2025-11-20 22:34:02</t>
   </si>
   <si>
     <t>Lyubov Alexandrovna Rezanovich</t>
   </si>
   <si>
     <t>11 november 1964</t>
   </si>
   <si>
     <t>Lyubov, the wife of an Orthodox priest, was detained on December 1, 2020, along with her husband and son, as part of the criminal "Avtukhovich case." The authorities called Nikolai Avtukhovich "the organizer and leader of a terrorist group." According to the investigation, she helped Avtukhovich collect information about law enforcement officers and provided housing where the participants in the "case" stored weapons. Lyubov was convicted of "participation in a criminal organization," "act of terrorism," "attempted seizure of power," and "illegal actions in relation to firearms."</t>
   </si>
   <si>
     <t>Trial outcome 17.10.2022: 15 years of imprisonment in colony under general regime conditions, 600 basic values fine. Appeal 31.03.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:12</t>
   </si>
   <si>
     <t>Stanislav Alexandrovich Pugachiov</t>
   </si>
   <si>
     <t>11 november 1992</t>
   </si>
   <si>
     <t>Before the events of 2020, he worked as an investigator in Minsk. The court sessions were held behind closed doors.</t>
   </si>
   <si>
     <t>7 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
+    <t>Dmitry Grigorievich Rezanovich</t>
+  </si>
+  <si>
+    <t>12 november 1989</t>
+  </si>
+  <si>
+    <t>An anarchist activist was detained on the night of October 28-29, 2020, while crossing the Belarusian border together with the partisan group "Black Banner". He was accused of setting fire to cars of officials, as well as the traffic police department and the state forensic committee.
+In April 2024, Dmitry was convicted again for "malicious disobedience to the demands of the colony administration." Under this article, prisoners who refuse to cooperate with the administration are tried for fictitious violations. As a result, another 9 months of imprisonment were added to his 19-year sentence.</t>
+  </si>
+  <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.12.2021: 19 years of imprisonment in colony under enhanced security conditions, approximately 11000 rubles of compensation. Appeal 22.04.2022: the sentence was upheld. Trial outcome 26.04.2024: 9 months of imprisonment in colony under enhanced security conditions. Appeal 28.06.2024: the sentence was upheld. Regime change trial date unknown: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:39:13</t>
+  </si>
+  <si>
+    <t>Andrey Viktorovich Valakhanovich</t>
+  </si>
+  <si>
+    <t>He was detained in September 2023, allegedly for chatting with friends. A criminal case was opened.</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.07.2024: 6 years of imprisonment in colony under enhanced security conditions. Appeal 12.11.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:28:55</t>
+  </si>
+  <si>
+    <t>Vladislav Viktorovich Novozhentsev</t>
+  </si>
+  <si>
+    <t>12 november 1981</t>
+  </si>
+  <si>
+    <t>On December 22, 2023, an appeal court hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>3 years of imprisonment in a penal colony</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
     <t>Artyom Mikhailovich Kolosov</t>
   </si>
   <si>
     <t>12 november 1997</t>
   </si>
   <si>
     <t>On February 27, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 01.12.2023: 3 years 6 months of imprisonment in colony under general regime conditions. Appeal 27.02.2024: unknown.</t>
   </si>
   <si>
     <t>2023-10-31 14:52:53</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-10-09 23:58:50</t>
   </si>
   <si>
     <t>Andrey Viktorovich Shklyar</t>
   </si>
   <si>
     <t>12 november 1984</t>
   </si>
   <si>
     <t>He worked as an inspector of the penal enforcement system of the Oktyabrsky district Police Department of Grodno, shortly before his arrest he filed a report for dismissal due to disagreement with how the system works.
 Detained under the article: «Treason to the state».</t>
   </si>
   <si>
     <t>10 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-04-27 00:34:48</t>
   </si>
   <si>
-    <t>Dmitry Grigorievich Rezanovich</t>
-[...27 lines deleted...]
-    <t>Richard Richardovich Logvinov</t>
+    <t>Rychard Rychardavich Lohvinau</t>
   </si>
   <si>
     <t>14 november 1991</t>
   </si>
   <si>
     <t>An engineer and technologist at a plant. Richard's mother is disabled.</t>
   </si>
   <si>
-    <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
-[...2 lines deleted...]
-    <t>Trial outcome date unknown: 3 years of imprisonment in colony under enhanced security conditions, 500 basic values fine.</t>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-04 19:16:26</t>
-  </si>
-[...37 lines deleted...]
-    <t>2022-10-26 22:38:17</t>
   </si>
   <si>
     <t>Elisey Sergeevich Kuznetsov</t>
   </si>
   <si>
     <t>14 november 2003</t>
   </si>
   <si>
     <t>17-year-old Yelisey was accused of throwing a bottle with a flammable mixture at a police car. For violations of "house chemistry" Yelisey's punishment was increased to imprisonment and Yelisey was taken into custody on April 20, 2022 and since May 27 the young man has been in the colony.
 12/17/2022 released after serving the full sentence imposed by the court.
 He was arrested again in May 2023 and convicted in August for tearing down, together with a friend, three state flags installed on the facades of an educational institution, a retail facility, and a post office in the agro-town of Voyskaya in the Kamenets district.
 On December 18 , 2024 , the Borisovsky District Court will hear Yelisey’s case under Part 1 of Article 411 (malicious disobedience to the demands of the administration of a correctional institution ).</t>
   </si>
   <si>
     <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Trial outcome 05.11.2020: 2 years 6 months restrictions of freedom without referral to an open-type correctional facility. Regime change trial 20.04.2022: 7 months 15 days of imprisonment in colony under general regime conditions. Trial outcome 01.08.2023: 2 years 6 months of imprisonment in colony under general regime conditions. Trial outcome 18.12.2024: 1 year of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-01-30 00:16:38</t>
   </si>
   <si>
-    <t>Rita Yuryevna Naumova</t>
-[...8 lines deleted...]
-    <t>2025-01-21 13:31:49</t>
+    <t>Pavel Mikhailovich Khitryk</t>
+  </si>
+  <si>
+    <t>14 november 1987</t>
+  </si>
+  <si>
+    <t>On December 20, 2024, Pavel was convicted under the administrative offense of "Distribution, Production, Storage, and Transportation of Information Products Containing Calls for Extremist Activity or Promoting Such Activity." Subsequently, a criminal case was opened against him for sending data on the movement of equipment in Russia during a business trip to the "Charter-97" chatbot in 2022. In 2025, he was convicted of "Assistance to Extremist Activity."</t>
+  </si>
+  <si>
+    <t>IUOT-39, Krupki-2, 222002</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.05.2025: unknown years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-06-03 13:49:33</t>
+  </si>
+  <si>
+    <t>Sergey Leontievich Botvich</t>
+  </si>
+  <si>
+    <t>14 november 1990</t>
+  </si>
+  <si>
+    <t>At the beginning of January 2023, in one of the pro-government telegram channels, a video appeared with the detention of Sergei by GUBOP and AMON officers, who allegedly administered courtyard chats, including “Grodno Center 97%”; participated in protest rallies and called on others to participate in them, as well as to use violence against police officers, literally, “burn paddy wagons.”</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>5 years of imprisonment with serving the sentence in a correctional colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2022-10-26 22:38:17</t>
+  </si>
+  <si>
+    <t>Vitaly Nikolaevich Tsynkel</t>
+  </si>
+  <si>
+    <t>15 november 1974</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.11.2025: 2 years 10 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:12:07</t>
   </si>
   <si>
     <t>Veronika Nikolaevna Kazak</t>
   </si>
   <si>
     <t>15 november 1990</t>
   </si>
   <si>
     <t>It is known that the woman was detained when she returned from Italy.
 On March 15, 2024, the appeal was considered.</t>
   </si>
   <si>
     <t>Trial outcome 26.12.2023: 4 years of imprisonment in colony under general regime conditions. Appeal 15.03.2024: unknown.</t>
   </si>
   <si>
     <t>2023-12-21 00:52:48</t>
   </si>
   <si>
-    <t>Vitaly Tsinkel</t>
-[...8 lines deleted...]
-    <t>2025-09-17 17:12:07</t>
+    <t>Alexei Aleksandrovich Orlov</t>
+  </si>
+  <si>
+    <t>15 november 1992</t>
+  </si>
+  <si>
+    <t>He was detained on May 15, 2023 on charges of financing extremist activities - for donations from an organization recognized as an extremist formation. Prior to this, in April, Aleksey was detained by the GUBOPiK, and then he was sentenced to arrest under an administrative article.</t>
+  </si>
+  <si>
+    <t>3 years of imprisonment in a general regime colony.</t>
+  </si>
+  <si>
+    <t>2023-06-22 00:54:50</t>
   </si>
   <si>
     <t>Igor Valerievich Kozubov</t>
   </si>
   <si>
     <t>15 november 1968</t>
   </si>
   <si>
     <t>Cook, resident of Novobelitsa.
 There are quite a lot of posts and messages about Belarusian security forces and government officials on Igor’s social networks. He was also among the 500 subscribers in 2019 to an appeal to then-Lithuanian President Dalia Grybauskaite, which concerned the reburial of the remains of the rebels of 1863-1864 hanged by the tsarist authorities.
 It is unknown what punishment the man was given. But it is associated with imprisonment.
 On April 26, 2024, the appeal was considered, and the verdict came into force.</t>
   </si>
   <si>
     <t>3 years of imprisonment in a penal colony under general regime</t>
   </si>
   <si>
     <t>2024-01-09 22:27:06</t>
   </si>
   <si>
-    <t>Alexei Aleksandrovich Orlov</t>
-[...11 lines deleted...]
-    <t>2023-06-22 00:54:50</t>
+    <t>Ryta Yuryeuna Naumava</t>
+  </si>
+  <si>
+    <t>15 november 1967</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:31:49</t>
+  </si>
+  <si>
+    <t>Vitaly Valerievich Savko</t>
+  </si>
+  <si>
+    <t>16 november 1990</t>
+  </si>
+  <si>
+    <t>Presumably , this is the former prosecutor of the Voronovo district. Prosecutor Savko is 33 years old. He is originally from the city of Dyatlovo in the Grodno region. After that, he went to study in Grodno and work in the prosecutor's office. In 2022-2023, the man held the position of prosecutor of the Voronovo district, then worked as a senior prosecutor in one of the departments of the prosecutor's office of the Grodno region. "Nasha Niva" did not find evidence that Savko was involved in repressions in his position. Vitaly actively gave interviews to state media. The last one was published in July 2023, although before that they were published regularly, once every one or two months. The man's social networks have been deleted.</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 11.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:28:10</t>
+  </si>
+  <si>
+    <t>Karyna Alehauna Bardukhai</t>
+  </si>
+  <si>
+    <t>16 november 1995</t>
+  </si>
+  <si>
+    <t>While still a student at BSUIR, Karina started working as an operator at MAZ in 2013. She later worked as a merchandiser and website editor, while also mastering accounting. In 2018, Bardukhai transferred to Armtek, one of the largest auto parts suppliers in the country. In five years, she rose from a rank-and-file economist to a leading specialist and SAP expert.
+Karina Bordukhai is a well-known animal rights activist in Minsk. She helps rescue stray animals and raises money to feed animals in shelters and foster homes. She is also a member of the Prodyus equestrian club. She also takes photographs, focusing on animals and nature.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years restrictions of freedom with referral to an open-type correctional facility. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-02-13 18:44:03</t>
   </si>
   <si>
     <t>Dmitriy Olegovych Gudeev</t>
   </si>
   <si>
     <t>16 november 2001</t>
   </si>
   <si>
     <t>Dmitry is 21 years old and, judging by his social networks, last May he completed his military service in military unit 3214 in Minsk. In May, the guy was added to the "terrorist list" of the KGB. He faces 8 to 12 years in prison.
 During the brutal detention, Dmitry was severely beaten .</t>
   </si>
   <si>
     <t>9 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
-    <t>Vitaly Valerievich Savko</t>
-[...25 lines deleted...]
-  <si>
     <t>Artem Vitalievich Semenov</t>
   </si>
   <si>
     <t>17 november 1990</t>
   </si>
   <si>
     <t>An employee of the Peleng company. He worked as a legal adviser in the Bureau of Customs, Licensing, and Export Control.
 The last time he was online on social media was in November 2024.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-09-07 00:18:46</t>
   </si>
   <si>
     <t>Yevgeny Vladimirovich Strielchien</t>
   </si>
   <si>
     <t>18 november 1985</t>
   </si>
   <si>
     <t>A resident of Hrodna, detained for spreading extremist materials and personal data of more than 2,000 police officers in 2020. He participated in the protests after the election. He was also an administrator of the Instagram page «Grodno for Life».</t>
   </si>
   <si>
     <t>unknown years of imprisonment in a penal colony</t>
   </si>
   <si>
     <t>2022-08-11 22:52:15</t>
+  </si>
+  <si>
+    <t>Nikolay Sergeevich Bunevich</t>
+  </si>
+  <si>
+    <t>18 november 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
   </si>
   <si>
     <t>Sergei Vladimirovich Bely</t>
   </si>
   <si>
     <t>18 november 1972</t>
   </si>
   <si>
     <t>Sergey is originally from Kherson, Ukraine, but has lived in Belarus almost all his life. He has worked in various blue-collar jobs all his life. He has two minor children.
 The man was detained in February 2023. In a pro-government video, he says that he left comments on Telegram and registered with the Plan Peramoga chatbot. He was first convicted in October 2023 for "inciting other social hatred" (Part 1 of Article 130 of the Criminal Code).
 On 08.12.2023, the appeal was heard and the verdict came into force.
 Sergei's next trial will begin on September 27, 2024, in the Minsk City Court. He is charged under four articles - "participation in an extremist group" (Part 3 of Article 361-1 of the Criminal Code), "incitement of other social hatred" (Part 1 of Article 130 of the Criminal Code), "insulting a government official" (Article 369 of the Criminal Code), and "insulting Lukashenko" (Part 1 of Article 368 of the Criminal Code). Sergei faces up to five years in prison in addition to his previous term.</t>
   </si>
   <si>
     <t>Trial outcome 05.10.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 08.12.2023: the sentence was upheld. Trial outcome 27.09.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 06.12.2024: unknown. Trial outcome 04.02.2025: unknown.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
     <t>Alexander Timofeevich Maryasov</t>
   </si>
   <si>
     <t>19 november 1987</t>
   </si>
   <si>
     <t>Alexander was arrested and convicted of stopping a freight train, painting red stripes on advertising light boxes, puncturing the tires of a police officer's car, setting fire to a Tabakerka kiosk, and handling flammable materials. He explained his actions as a protest against the situation in the country following the presidential elections of August 9, 2020, specifically against the unfounded detentions and torture of people by security forces.
 Citizen of the Russian Federation.</t>
   </si>
   <si>
     <t>Trial outcome 07.06.2021: 7 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 26.08.2021: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-27 01:26:23</t>
   </si>
   <si>
+    <t>Ilya Anatolyevich Boriskevich</t>
+  </si>
+  <si>
+    <t>2026-01-03 16:36:01</t>
+  </si>
+  <si>
     <t>Dmitry Vasilievich Zagolovets</t>
   </si>
   <si>
     <t>19 november 1982</t>
   </si>
   <si>
     <t>According to pro-government telegram channels, he was detained for numerous comments on social networks.
 On October 31, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>3.5 years of imprisonment in a general regime colony.</t>
   </si>
   <si>
     <t>2023-01-24 02:22:31</t>
   </si>
   <si>
     <t>Basil Mikhailovich Yakimov</t>
   </si>
   <si>
     <t>19 november 1999</t>
   </si>
   <si>
     <t>Before the arrest, the young man worked as a truck driver, he had previously graduated from a vocational school in Oshmyany as a driver.
 According to the website of the Prosecutor General's Office, from April to November 2022, Yakimov expressed a desire, and then indicated his intention to join one of the units of the battalion (regiment) named after Kastus Kalinouski.
 To this end, he allegedly provided his personal data for admission to an armed formation. At the same time, he collected information about the places of purchase of military ammunition, uniforms and other equipment for use in combat conditions.</t>
   </si>
   <si>
     <t>2 years of imprisonment in a colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
+    <t>Vadim Vyacheslavovich Navtsenya</t>
+  </si>
+  <si>
+    <t>20 november 1986</t>
+  </si>
+  <si>
+    <t>And, as follows from the court's press release , Article 342 was charged to Navtsena for participating in the protests that took place in Pinsk from August 9 to 10, 2020. In addition, he was accused of writing offensive online comments in 2022 about A. Lukashenko, about a certain "official holding a responsible position", and also of writing "inciting hatred" comments about security forces in 2022. "Discrediting Belarus" also happened on the Internet: in November 2022, the man "posted a negative comment that formed a negative image of martial law" in Belarus.</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.09.2024: 3 years of imprisonment in colony under general regime conditions, 200 basic values fine. Appeal 03.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-09-23 23:25:00</t>
+  </si>
+  <si>
+    <t>Alexander Svetoslavovich Pimoshenko</t>
+  </si>
+  <si>
+    <t>20 november 1984</t>
+  </si>
+  <si>
+    <t>Alexander was convicted under the article "Organizing and preparing actions that grossly violate public order, or active participation in them" for participating in protests that took place in Minsk in 2020 and sentenced to restricted freedom and placement in an open-type institution.</t>
+  </si>
+  <si>
+    <t>IUOT-47, Mstislavl, ul. Kalinina, 31</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.02.2023: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 12.05.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-03-02 18:47:45</t>
+  </si>
+  <si>
     <t>Irina Mikhailovna Shumeiko</t>
   </si>
   <si>
     <t>20 november 1989</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-02 14:00:41</t>
   </si>
   <si>
-    <t>Vadim Vyacheslavovich Navtsenya</t>
-[...41 lines deleted...]
-    <t>2024-09-23 20:30:12</t>
+    <t>Alexey Igorevich Kerdol</t>
+  </si>
+  <si>
+    <t>21 november 1991</t>
+  </si>
+  <si>
+    <t>In recent years, Alexey worked as a barista in Grodno. Since 2020, he has also had a small business company whose scope of activity is designated as "providing accommodations on the territory of campsites and camps."
+Detained for comments.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 5 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-30 10:29:58</t>
   </si>
   <si>
     <t>Sergey Ivanovich Salazhentsau</t>
   </si>
   <si>
     <t>22 november 1982</t>
   </si>
   <si>
     <t>After finishing school, he entered the Faculty of Applied Mathematics and Computer Science at BSU. Since 2005, he has been working in IT.
 At the end of 2021, Solozhentsev moved to Warsaw. There he opened an individual entrepreneurship and got a job at RunMyLease, where he holds the position of Tech lead.
 Sergey's main hobby is ballroom dancing. In 2024, he and his partner won two gold and one silver at dance competitions in Poland in the 40+ category.
 Then Sergei returned to Belarus. It is not known when exactly this happened, but the last time he contacted was at the end of October 2024. The trial of the IT specialist took place in the Grodno Regional Court. Judging by the fact that after the trial Solozhentsev never appeared online, he was sentenced to a term in a penal colony.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-06-15 16:41:12</t>
   </si>
   <si>
     <t>Alexander Alexandrovich Darakupec</t>
   </si>
   <si>
     <t>22 november 1980</t>
   </si>
   <si>
     <t>44-year-old Ivanovo resident Alexander Dorogupets was accused of transferring at least 11 thousand rubles in cash and cryptocurrency to “extremist groups,” including the Kalinovsky Regiment.
 During the investigation of the criminal case, the man “voluntarily transferred” 600 thousand US dollars to the Cherven boarding school for disabled children with special psychophysical development needs, the Ivenets boarding school for disabled children with special physical development needs, and the Republican Center for the Organization of Medical Response.
 On April 2, 2025, ONT aired another propaganda story, "Shadows. The Price of Terror," which told about the persecution of people for donations and those detained for financing organizations recognized by the authorities as "extremist" or "terrorist." The film showed several convicted people and those still awaiting trial. According to the story, Alexander was convicted, among other things, for donations to the Kalinovsky Regiment, BySol, and various information resources. The propagandists name 18 donations for a total of no less than three thousand euros.</t>
   </si>
   <si>
     <t>Trial outcome 10.01.2025: 5 years 5 months of imprisonment in colony under enhanced security conditions, 50000 basic values fine. Appeal 18.03.2025: unknown.</t>
   </si>
   <si>
     <t>2024-12-12 12:38:24</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Nikitin</t>
-[...13 lines deleted...]
-    <t>2024-04-24 22:55:43</t>
+    <t>Maxim Vitalievich Myslivets</t>
+  </si>
+  <si>
+    <t>22 november 1997</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.10.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 17.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:30:12</t>
   </si>
   <si>
     <t>Dmitry Anatolyevich Vdovin</t>
   </si>
   <si>
     <t>23 november 1969</t>
   </si>
   <si>
     <t>Dmitry started in the 1990s in Borisov. After 1998, he moved to the investigation department of the Zhodino GOVD, and from 2004 to 2012 he headed it. Then he worked in the Investigative Committee, from where he retired. After retirement, he worked at the Smolevichi Dairy Plant and was a city deputy in Zhodino.
 In 2020, he and four other former employees of the Zhodino City Department of Internal Affairs recorded an appeal to colleagues who worked in the Zhodino police during the protests and to all law enforcement officers in Belarus.
 "By following the orders given by your superiors, you may become accomplices to crimes. You cannot beat up people who are simply returning from work on the night shift. &lt;…&gt; I know of cases where people were detained for no reason and excessive cruelty was shown - you should not do this," Vdovin said in his address.
 According to media reports , all five were detained in early February 2024.</t>
   </si>
   <si>
     <t>Trial outcome 03.02.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Ivan Ivanovich Kovalenko</t>
-[...27 lines deleted...]
-    <t>24 november 1999</t>
+    <t>Vladimir Vladimirovich Nikitin</t>
+  </si>
+  <si>
+    <t>23 november 1977</t>
+  </si>
+  <si>
+    <t>Vladimir conducted trainings and educational courses on financial management for companies. His last known job was as a financial controller for the Belkanton Group, a large office supply distribution company that, among other things, owns the Afiston chain of stores and Office Life magazine. Judging by Linkedin, Vladimir quit his job no later than July 2023. Presumably , he was detained upon returning to Belarus after a vacation. The activities of the individual entrepreneur were suspended on November 5, 2023.
+Vladimir’s son (12 years old) is waiting at home.
+On July 19, 2024, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.05.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 19.07.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-24 22:55:43</t>
+  </si>
+  <si>
+    <t>Aliaksandr Kanash</t>
+  </si>
+  <si>
+    <t>24 november 2001</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
   </si>
   <si>
     <t>Vladimir Nikolaevich Romanovsky</t>
   </si>
   <si>
     <t>25 november 1975</t>
   </si>
   <si>
     <t>Due to the closed nature of the trial, the essence of the case is still unknown. It is only known that Vladimir Romanovsky was detained in Bobruisk during the “feeding the pigeons” event on May 9, 2020. Then riot police detained about 15 people in the city.
 According to the verdict , Romanovsky has now been found guilty of publicly insulting Lukashenko on social networks and has been sentenced to imprisonment.
 On 02/06/2024, the court's appeal was considered, and the verdict came into force.</t>
   </si>
   <si>
     <t>2 years of imprisonment in a general regime colony.</t>
   </si>
   <si>
     <t>2023-11-14 19:10:00</t>
   </si>
   <si>
     <t>Andrey Viktorovich Yaroshevich</t>
   </si>
   <si>
     <t>25 november 1983</t>
   </si>
   <si>
     <t>2025-09-23 14:58:07</t>
   </si>
   <si>
-    <t>Eugene Semenovich Kladov</t>
+    <t>Yauheni Kladau</t>
   </si>
   <si>
     <t>26 november 1982</t>
   </si>
   <si>
     <t>According to the prosecution, Evgeniy Kladov, on the Odnoklassniki social network, on his profile wall, available for viewing by other users, “counting on the subsequent perception by others of offensive information,” realizing the public and humiliating nature of his publication, deliberately posted an image that is contrary to universal morality and norms of behavior , accepted in society, thereby publicly deliberately humiliating the honor and dignity of Lukashenko’s personality in connection with the exercise of his powers, expressed in an indecent form.”
 There are two similar episodes in the case.
 At the court hearing, Kladov actually did not admit guilt and indicated that on his page he accidentally posted, in the public domain for all users, pictures of Lukashenko that he had previously viewed on the Internet; he did this unintentionally, he did not know that these images would be saved in the feed of his page , after his "class" mark.
 On July 12, 2024, it became known that Evgeniy was included in the list of individuals involved in terrorist activities as accused under three more articles: Articles 130, 361 and 293 of the Criminal Code of the Republic of Belarus. Apparently, Evgeniy was charged with a new one.</t>
   </si>
   <si>
     <t>1 year imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Lyakhnovich</t>
-[...42 lines deleted...]
-  <si>
     <t>Andrey Kudik</t>
   </si>
   <si>
     <t>27 november 1984</t>
   </si>
   <si>
     <t>Vileika activist. Since August 9, 2021, he was held for “24 hours” in the Smolevich and Vileika isolation wards. On 10/20/2021 it became known that he was placed in a temporary detention center in Akrestsin and a criminal case was opened against him.
 On July 18, 2023, he was released after fully serving the sentence imposed by the court.
 On February 15, 2024, the activist stopped communicating. Later it became known that Kudik is in a local temporary detention center, where he is serving 15 days of administrative arrest. But he was not released after the end of his sentence; he was detained as part of a criminal case.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>4 years of imprisonment in a colony under strict security conditions</t>
   </si>
   <si>
     <t>2021-10-20 18:14:57</t>
   </si>
   <si>
-    <t>Gennady Stanislavovich Savritsky</t>
-[...43 lines deleted...]
-    <t>2022-11-28 23:42:54</t>
+    <t>Ilya Vladimirovich Sobko</t>
+  </si>
+  <si>
+    <t>27 november 1995</t>
+  </si>
+  <si>
+    <t>According to the court, the essence of the charge against everyone was that on August 10, 2020, people in Brest "shouted slogans, demonstrated white-red-white banners, and went out onto the roadway." In doing so, they allegedly grossly violated public order.</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.09.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 12.11.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-28 20:19:30</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Lyakhnovich</t>
+  </si>
+  <si>
+    <t>27 november 1978</t>
+  </si>
+  <si>
+    <t>Director of a logistics company. They are being tried for an attack on the BSMU website in the fall of 2020.
+«And I don't know. I don't care. They judge - they judge correctly. I don't want to know», - said Sergei 's father, Viktar Lyakhnovich.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.03.2022: unknown years of imprisonment in colony under general regime conditions. Appeal 03.06.2022: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-03-18 19:47:24</t>
   </si>
   <si>
     <t>Arthur Andreevich Radivanovich</t>
   </si>
   <si>
     <t>28 november 1992</t>
   </si>
   <si>
     <t>The investigation established that Artur Radzivanovich “on his own initiative entered into correspondence with representatives of the armed formation “K. Kalinovsky’s Regiment” via Telegram.” During the conversation, he clarified the procedure and conditions for enlisting in the regiment, and then planned the crossing of the state border of the Republic of Belarus with the Republic of Poland and the further route to Ukraine. Arriving on December 30, 2023 at the international checkpoint “Brest” to travel to Ukraine through the territory of Poland, the accused was detained by internal affairs officers.</t>
   </si>
   <si>
     <t>Trial outcome 22.05.2024: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal 06.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-02 19:10:11</t>
-  </si>
-[...15 lines deleted...]
-    <t>2023-12-22 01:24:42</t>
   </si>
   <si>
     <t>Sergey Sergeevich Pleshkun</t>
   </si>
   <si>
     <t>28 november 1987</t>
   </si>
   <si>
     <t>On March 17, the State Security Committee announced the detention of a group of Belarusians who were preparing a terrorist attack against Russian troops in the Mozyr district.
 According to the case file, in the period from August 2020 to February 2022, Pleshkun and Selvich purchased components for the manufacture of Molotov cocktails and pyrotechnic products, which were stored and transported in various vehicles and places for their subsequent use in the commission of an act of terrorism, an attack on buildings, institutions, vehicles, as well as law enforcement officers.
 In addition, Pleshkun allegedly made Molotov cocktails himself and, together with Selvich, prepared for the deliberate disrepair of vehicles and communication routes, which could lead to the death of a person, a crash or an accident.
 Sergey Peshkun has two young children.</t>
   </si>
   <si>
     <t>16 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
-    <t>Igor Petrovich Simashkovich</t>
-[...23 lines deleted...]
-    <t>2022-12-26 20:32:52</t>
+    <t>Georgiy Adamovich Cherevako</t>
+  </si>
+  <si>
+    <t>28 november 1968</t>
+  </si>
+  <si>
+    <t>Georgy Cherevako was detained in August while returning from the United States. He was convicted for a donation of $21.29, which he sent from his PayPal account in support of the Kalinowski Regiment. A Belarusian card was linked to the account, from which the funds were debited. The authorities considered these to be deliberate actions “for the purpose of financing activities for the recruitment, training, and other preparation” of persons for armed conflict in Ukraine.
+At the trial, he said that he voluntarily told the officers who detained him that he was subscribed to numerous “extremist” telegram channels, and admitted that he had made a transfer to the account of Polk Kalinovsky.
+He himself gave the employees passwords to enter the payment system. He said that he made a donation because he hoped that these funds would be used to purchase helmets, body armor, and medicines, but he understood that they would use them according to their own understanding and, among other things, buy weapons and ammunition with them.</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.12.2023: 5 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2023-12-22 01:24:42</t>
+  </si>
+  <si>
+    <t>Arthur Vladimirovich Pedko</t>
+  </si>
+  <si>
+    <t>28 november 1979</t>
+  </si>
+  <si>
+    <t>For a long time, Artur worked in power grids — first as an engineer at «Belenergosetproject», and then at «Minskenergo». Arthur is accused of transferring personal data of more than 500 officials by telegram channel.</t>
+  </si>
+  <si>
+    <t>2022-11-28 23:42:54</t>
+  </si>
+  <si>
+    <t>Gennady Stanislavovich Savritsky</t>
+  </si>
+  <si>
+    <t>28 november 1963</t>
+  </si>
+  <si>
+    <t>Entrepreneur. His business is JSC Anastan, a large company engaged in the production of polystyrene foam.
+The criminal case was prompted by a video the family made in the summer of 2020 calling for an end to violence. Gennady testified in court that one day in the summer of 2020, emotionally affected by the data he saw online about the violence used by the officers against protesters, he decided to record a video addressing the officers calling for a justified use of force. He came up with the text of the speech and then asked his daughter to read it. He also asked his wife to speak out about the elections. On the same day, he expressed his wishes for the future of the country on video, and at the end of his speech, he also showed a heart symbol. After that, he found videos on the Internet and edited the video. On the same day, he sent it to several of his friends and relatives.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.11.2024: 5 years of imprisonment in colony under enhanced security conditions. Appeal 07.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:09:18</t>
   </si>
   <si>
     <t>Sergey Leonidovich Tsvikevich</t>
   </si>
   <si>
     <t>29 november 1980</t>
   </si>
   <si>
     <t>The man has been involved in business his entire life. In 2002, he opened his first sole proprietorship. One of the sole proprietorship's areas of activity was real estate rentals. Most recently, Tsvikevich served as the director of his own company.
 Sergei has two minor sons.</t>
   </si>
   <si>
     <t>Trial outcome 30.10.2025: unknown.</t>
   </si>
   <si>
     <t>2025-11-24 22:01:29</t>
   </si>
   <si>
-    <t>Vasily Vadimovich Bachko</t>
-[...5 lines deleted...]
-    <t>2025-08-18 23:08:15</t>
+    <t>Nikolai Ivanovich Galaluk</t>
+  </si>
+  <si>
+    <t>29 november 1992</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.01.2024: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-01-02 18:07:24</t>
+  </si>
+  <si>
+    <t>Evgeniy Alexeyevich Verkhovodkin</t>
+  </si>
+  <si>
+    <t>29 november 1988</t>
+  </si>
+  <si>
+    <t>There were at least nine hearings in the case. There were many witnesses at the trial who testified against him. Yevgeny was accused of administering the channel and urging Belarusians to take part in protests, editing posts, etc.</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.07.2023: 7 years of imprisonment in colony under enhanced security conditions. Appeal 21.11.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-12-26 20:32:52</t>
   </si>
   <si>
     <t>Alexander Stanislavovich Danilevich</t>
   </si>
   <si>
     <t>30 november 1974</t>
   </si>
   <si>
     <t>Advocate. Specializes in representing clients' interests in international commercial arbitration. Father of many children.
 Shortly before his arrest, he signed an anti-war appeal from lawyers and jurists regarding actions in Ukraine. Immediately after signing the letter against the war, Danilevich began to have problems at the bar - disciplinary proceedings were initiated. He was also fired from BSU, where he taught at the Faculty of International Relations for more than 20 years. The court imposed a 10-year sentence in a high- security penal colony. However, after an appeal, the term was reduced to 6 years.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a maximum security penal colony.</t>
   </si>
   <si>
     <t>2022-06-17 23:18:52</t>
+  </si>
+  <si>
+    <t>Vasily Vadimovich Bachko</t>
+  </si>
+  <si>
+    <t>30 november 1996</t>
+  </si>
+  <si>
+    <t>2025-08-18 23:08:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1739,51 +1624,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I86"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1838,2346 +1723,2166 @@
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
       <c r="D4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>58</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>73</v>
       </c>
-      <c r="D13" t="s">
-[...11 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
         <v>82</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" t="s">
         <v>85</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>86</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>88</v>
       </c>
       <c r="I16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>90</v>
       </c>
       <c r="B17" t="s">
         <v>91</v>
       </c>
       <c r="C17" t="s">
         <v>92</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>93</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>94</v>
       </c>
       <c r="I17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>96</v>
       </c>
       <c r="B18" t="s">
         <v>97</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>99</v>
       </c>
       <c r="I18" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>101</v>
       </c>
       <c r="B19" t="s">
         <v>102</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>103</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B20" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>110</v>
       </c>
       <c r="I20" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>112</v>
       </c>
       <c r="B21" t="s">
         <v>113</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>114</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" t="s">
         <v>117</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>118</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>120</v>
       </c>
       <c r="I22" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>122</v>
       </c>
       <c r="B23" t="s">
         <v>123</v>
       </c>
       <c r="C23" t="s">
         <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>125</v>
       </c>
       <c r="I23" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>127</v>
       </c>
       <c r="B24" t="s">
         <v>128</v>
       </c>
       <c r="C24" t="s">
         <v>129</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
+        <v>87</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>130</v>
       </c>
-      <c r="F24" t="s">
-[...5 lines deleted...]
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>132</v>
+      </c>
+      <c r="B25" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>134</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>135</v>
       </c>
       <c r="I25" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>137</v>
       </c>
       <c r="B26" t="s">
         <v>138</v>
       </c>
       <c r="C26" t="s">
         <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
       <c r="I26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>142</v>
       </c>
       <c r="B27" t="s">
         <v>143</v>
       </c>
       <c r="C27" t="s">
         <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E27" t="s">
+        <v>98</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="I27" t="s">
         <v>145</v>
-      </c>
-[...10 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>146</v>
+      </c>
+      <c r="B28" t="s">
+        <v>147</v>
+      </c>
+      <c r="C28" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>151</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>82</v>
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>149</v>
       </c>
       <c r="I28" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>151</v>
+      </c>
+      <c r="B29" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" t="s">
         <v>153</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>61</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>154</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>155</v>
-      </c>
-[...16 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>156</v>
+      </c>
+      <c r="B30" t="s">
+        <v>157</v>
+      </c>
+      <c r="C30" t="s">
         <v>158</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
         <v>159</v>
       </c>
-      <c r="C30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>160</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>162</v>
+      </c>
+      <c r="B31" t="s">
+        <v>157</v>
+      </c>
+      <c r="C31" t="s">
         <v>163</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>87</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>164</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>165</v>
-      </c>
-[...16 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>166</v>
+      </c>
+      <c r="B32" t="s">
+        <v>167</v>
+      </c>
+      <c r="C32" t="s">
         <v>168</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>169</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>171</v>
+      </c>
+      <c r="B33" t="s">
+        <v>172</v>
+      </c>
+      <c r="C33" t="s">
         <v>173</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>61</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>174</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>175</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>176</v>
+      </c>
+      <c r="B34" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" t="s">
         <v>178</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>159</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>179</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>180</v>
-      </c>
-[...16 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>181</v>
+      </c>
+      <c r="B35" t="s">
+        <v>182</v>
+      </c>
+      <c r="C35" t="s">
         <v>183</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>184</v>
       </c>
-      <c r="C35" t="s">
+      <c r="I35" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>186</v>
+      </c>
+      <c r="B36" t="s">
+        <v>187</v>
+      </c>
+      <c r="C36" t="s">
         <v>188</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>189</v>
       </c>
-      <c r="C36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>190</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>192</v>
+      </c>
+      <c r="B37" t="s">
         <v>193</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>194</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>195</v>
       </c>
-      <c r="D37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>196</v>
       </c>
       <c r="I37" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>198</v>
       </c>
       <c r="B38" t="s">
         <v>199</v>
       </c>
       <c r="C38" t="s">
         <v>200</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>93</v>
+        <v>201</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B39" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
-      <c r="E39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>210</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>211</v>
       </c>
       <c r="I40" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>213</v>
       </c>
       <c r="B41" t="s">
         <v>214</v>
       </c>
       <c r="C41" t="s">
         <v>215</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
+        <v>43</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>216</v>
       </c>
-      <c r="F41" t="s">
+      <c r="I41" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>218</v>
+      </c>
+      <c r="B42" t="s">
+        <v>219</v>
+      </c>
+      <c r="C42" t="s">
         <v>220</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>61</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>221</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>222</v>
-      </c>
-[...16 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>223</v>
+      </c>
+      <c r="B43" t="s">
+        <v>224</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
+        <v>225</v>
+      </c>
+      <c r="I43" t="s">
         <v>226</v>
-      </c>
-[...22 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="B44" t="s">
-        <v>233</v>
+        <v>228</v>
+      </c>
+      <c r="C44" t="s">
+        <v>229</v>
       </c>
       <c r="D44" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="I44" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B45" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C45" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="H45" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="I45" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>237</v>
+      </c>
+      <c r="B46" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" t="s">
+        <v>239</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>61</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
+        <v>240</v>
+      </c>
+      <c r="I46" t="s">
         <v>241</v>
-      </c>
-[...19 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>242</v>
+      </c>
+      <c r="B47" t="s">
+        <v>243</v>
+      </c>
+      <c r="C47" t="s">
+        <v>244</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>245</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>246</v>
-      </c>
-[...19 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>247</v>
+      </c>
+      <c r="B48" t="s">
+        <v>248</v>
+      </c>
+      <c r="C48" t="s">
+        <v>249</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
         <v>250</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>251</v>
-      </c>
-[...19 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B49" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>258</v>
+        <v>82</v>
       </c>
       <c r="I49" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="B50" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="C50" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
+      <c r="E50" t="s">
+        <v>37</v>
+      </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="I50" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B51" t="s">
-        <v>266</v>
+        <v>261</v>
+      </c>
+      <c r="C51" t="s">
+        <v>262</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>229</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="I51" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B52" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
+      <c r="E52" t="s">
+        <v>98</v>
+      </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>272</v>
+        <v>245</v>
       </c>
       <c r="I52" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>52</v>
+        <v>159</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>58</v>
+        <v>285</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>297</v>
+        <v>99</v>
       </c>
       <c r="I57" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="B58" t="s">
-        <v>300</v>
+        <v>292</v>
+      </c>
+      <c r="C58" t="s">
+        <v>293</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>21</v>
+        <v>201</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="I58" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="B59" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="C59" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="C60" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>311</v>
+        <v>201</v>
       </c>
       <c r="F60" t="s">
-        <v>217</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="I60" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="B61" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I61" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="B62" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="C62" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="I62" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="B63" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="C63" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>223</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="I63" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="B64" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="H64" t="s">
-        <v>331</v>
+        <v>68</v>
       </c>
       <c r="I64" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="B65" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="C65" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
+      <c r="E65" t="s">
+        <v>61</v>
+      </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="I65" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="B66" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
+      <c r="E66" t="s">
+        <v>98</v>
+      </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="B67" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="C67" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="I67" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="B68" t="s">
-        <v>347</v>
+        <v>337</v>
+      </c>
+      <c r="C68" t="s">
+        <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
+      <c r="E68" t="s">
+        <v>339</v>
+      </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>88</v>
+        <v>340</v>
       </c>
       <c r="I68" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="B69" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="C69" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="I69" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="B70" t="s">
-        <v>355</v>
+        <v>348</v>
+      </c>
+      <c r="C70" t="s">
+        <v>349</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
+      <c r="H70" t="s">
+        <v>350</v>
+      </c>
       <c r="I70" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="B71" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="C71" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
+      <c r="E71" t="s">
+        <v>61</v>
+      </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="I71" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="B72" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C72" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
+      <c r="E73" t="s">
+        <v>37</v>
+      </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>301</v>
+        <v>240</v>
       </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B75" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="C75" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>379</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="I75" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="B76" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="C76" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="I76" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="B77" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>145</v>
+        <v>383</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="I77" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="B78" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="C78" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>258</v>
+        <v>389</v>
       </c>
       <c r="I78" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B79" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C79" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="I79" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="B80" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>404</v>
+        <v>245</v>
       </c>
       <c r="I80" t="s">
-        <v>405</v>
-[...158 lines deleted...]
-        <v>432</v>
+        <v>398</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">