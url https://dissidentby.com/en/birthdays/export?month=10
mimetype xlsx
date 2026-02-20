--- v0 (2025-12-06)
+++ v1 (2026-02-20)
@@ -12,654 +12,613 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="430">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
     <t>Date added</t>
   </si>
   <si>
+    <t>Eugen Olegovich Demenev</t>
+  </si>
+  <si>
+    <t>1 october 1988</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>In custody</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.11.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 17.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:29:44</t>
+  </si>
+  <si>
     <t>Oleg Vladimirovich Kulpanovich</t>
   </si>
   <si>
     <t>1 october 1965</t>
   </si>
   <si>
     <t>Oleg was detained for comments on social media in the Kolodishchi agro-town in the Minsk region.</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
-    <t>In custody</t>
-[...4 lines deleted...]
-  <si>
     <t>Trial outcome 17.06.2025: 1 year of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-30 17:01:45</t>
-  </si>
-[...45 lines deleted...]
-    <t>2022-11-03 21:04:56</t>
   </si>
   <si>
     <t>Paul Valerievich Makarenko</t>
   </si>
   <si>
     <t>3 october 1980</t>
   </si>
   <si>
     <t>The man did not admit guilt. In addition to the prison term, the judge decided to confiscate Makarenko’s mobile phone, which was used “as a means of committing a crime,” to the state’s benefit.
 It is known that the appeal took place on May 7, 2024: it upheld the verdict.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>Trial outcome 07.03.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 07.05.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-23 21:33:52</t>
   </si>
   <si>
-    <t>Sergey Fedorovich Petrushenko</t>
+    <t>Siarhei Piatrushenka</t>
   </si>
   <si>
     <t>4 october 1986</t>
   </si>
   <si>
     <t>Sergei, the former head of the department of the RUE "Minsk City Agency for State Registration and Land Cadastre", was arrested in June 2021 in a case of posting personal data of employees of the Smorgon District Department of Internal Affairs on a Telegram channel. According to the prosecution, from autumn 2020 to February 2021, he transferred personal data of more than ten employees of the Ministry of Internal Affairs and government officials to the administrators of Telegram channels.
 In August 2022, Sergei was found guilty of several criminal charges, including “abuse of power or official authority,” and sentenced to imprisonment with deprivation of the right to hold positions related to the performance of organizational and administrative duties for a period of 5 years.</t>
   </si>
   <si>
     <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
   </si>
   <si>
     <t>Trial outcome 03.08.2022: 6 years 6 months of imprisonment in colony under general regime conditions, deprivation of the right to hold certain positions or engage in certain activities. Appeal 14.10.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-06-11 20:30:00</t>
   </si>
   <si>
     <t>Yuri Olegovich Zаlаtukhin</t>
   </si>
   <si>
     <t>4 october 1989</t>
   </si>
   <si>
     <t>Yuri was probably detained at the end of September 2024. At that time, he was convicted under Article 19.11 of the Code of Administrative Offenses (dissemination of extremist materials). After 15 days, a trial was held again under the same article, so, most likely, he was sentenced to arrest twice, after which he was detained again as part of a criminal case.
 According to social networks, Yuriy's wife is Ukrainian. It is known that Yuriy worked in construction for some time, but there is no information about his last place of work.</t>
   </si>
   <si>
     <t>Trial outcome 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2025-01-27 15:48:38</t>
   </si>
   <si>
-    <t>Sergey Petrovich Pavlovitsky</t>
-[...11 lines deleted...]
-    <t>2024-09-09 20:10:37</t>
+    <t>Novel Anatolyevich Kantsavy</t>
+  </si>
+  <si>
+    <t>4 october 1975</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-25 16:40:11</t>
+  </si>
+  <si>
+    <t>Piotr Yarmashuk</t>
+  </si>
+  <si>
+    <t>4 october 1987</t>
+  </si>
+  <si>
+    <t>Yarmoshuk was first detained in this case on March 23, 2023, and was held for three days. Then they released him, but on June 11, 2023 they detained him again and took him into custody.
+According to the indictment, on March 1, 2022, Yarmoshuk downloaded several files from the ItArmy of Ukraine website that allow DDoS attacks. Then he launched the program on his computer “at least 8 times,” which “broke the protection system against DDoS attacks” and “the operation of unidentified Internet resources of the Russian Federation was disrupted.” Thus, according to the state prosecution, Yarmoshuk “used malicious, potentially dangerous programs.” Also on August 19, 2020, Yarmoshuk transferred about $60 to the BySOL initiative via Facebook. 7 months later (March 12, 2021), the Belarusian authorities recognized the BySOL Foundation as an “extremist formation.” The fact that at the time of the money transfer BySOL was not an “extremist formation” does not bother the state prosecution.
+On January 12, 2024, an appeal hearing was held at the court. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>IK №3</t>
+  </si>
+  <si>
+    <t>4 years of imprisonment in a general regime colony.</t>
+  </si>
+  <si>
+    <t>2023-11-21 13:11:16</t>
+  </si>
+  <si>
+    <t>Tatiana Fedorovna Staseva</t>
+  </si>
+  <si>
+    <t>6 october 1966</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
+    <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Eugene Ivanovich Gruk</t>
   </si>
   <si>
     <t>6 october 1991</t>
   </si>
   <si>
     <t>According to the KGB, Yevhen Gruk and Viktor Yaskich were convicted under Article 289 of the Criminal Code (act of terrorism) and Article 295 of the Criminal Code (illegal actions involving firearms, ammunition, and explosives). Their arrest was announced in early April 2024 in a report on ONT. According to the propagandists, security forces detained at least 12 people, including Gruk and Yaskich, accused of smuggling explosives and planning terrorist attacks. According to the reporter, Gruk was an informant for the SBU: he photographed military equipment and transmitted its coordinates. Gruk was then ordered to retrieve explosives from a hiding place. Yaskich drove him to the hiding place. Subsequently, the two were to distribute the explosives from the hiding place to new hiding places. The report does not explain the rationale behind this action. Yevhen's wife, Lidiya Gruk, was also detained, but her fate is unknown. The authors of the story said that four young children remained in the family.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 24 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-09-09 15:11:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Evgeny Genrikhovich Blokhinskiy</t>
   </si>
   <si>
     <t>6 october 1997</t>
   </si>
   <si>
     <t>Evgeniy was detained on January 18, 2022, when he arrived in Grodno from Germany.
 Evgeny told security forces on camera that in 2020 he was a member of chat rooms deemed extremist, where he called for mass riots, the killing of police officers, and the burning of Tabakerok stores.
 Evgeniy has family in Denmark.</t>
   </si>
   <si>
+    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
+  </si>
+  <si>
     <t>Trial outcome 04.05.2022: 7 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-05-02 14:33:00</t>
   </si>
   <si>
-    <t>Vadim Alexandrovich Zhukovsky</t>
-[...13 lines deleted...]
-    <t>2025-07-01 11:35:46</t>
+    <t>Alexander Vladimirovich Zaitsev</t>
+  </si>
+  <si>
+    <t>8 october 1982</t>
+  </si>
+  <si>
+    <t>Detained on August 22, 2021 near the dacha of the Chairman of the Supreme Court of the Republic of Belarus Sukalo V.O. for attempted arson.
+It may have been provoked by employees of the State Security Committee.</t>
+  </si>
+  <si>
+    <t>10 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2021-12-22 19:23:43</t>
   </si>
   <si>
     <t>Andrey Mikhailovich Bakurenko</t>
   </si>
   <si>
     <t>8 october 1981</t>
   </si>
   <si>
     <t>Detained in 2025 for political reasons.
 In October 2020, four reserve officers addressed law enforcement personnel, urging them to reflect, maintain honor, and protect the people. The recording featured reserve officers Major Andrei Dichko, Lieutenant Colonel Sergei Bend, Lieutenant Colonel Sergei Shpak, and Major Andrei Bakurenko .</t>
   </si>
   <si>
-    <t>Trial outcome 21.10.2025: 5 years of imprisonment in colony under general regime conditions, 500 basic values fine.</t>
+    <t>Trial outcome 21.10.2025: 5 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 31.12.2025: sent for review.</t>
   </si>
   <si>
     <t>2025-11-03 13:49:43</t>
-  </si>
-[...30 lines deleted...]
-    <t>2023-05-10 22:56:00</t>
   </si>
   <si>
     <t>Vadim Andreevich Patsenko</t>
   </si>
   <si>
     <t>9 october 2000</t>
   </si>
   <si>
     <t>The guy is 22 years old, he is originally from Svisloch, a town in the Grodno region. He served in the army, and then moved to live in Grodno. He was involved in sports, for example, he represented his hometown in junior sports all-around.
 The guy is currently detained and placed in a pretrial detention center . He is accused of preparing an act of terrorism.
 According to the KGB legend, voiced in a pro-government film on ONT, he was supposed to commit sabotage in Grodno.
 In the interrogation footage, he says that he was allegedly given the task of blowing up an oil depot using a drone and explosives.
 On June 28, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Turma №1, Grodno, Kirova 1, 230023</t>
   </si>
   <si>
     <t>21 years of imprisonment under enhanced security conditions</t>
   </si>
   <si>
     <t>2023-04-06 14:47:36</t>
   </si>
   <si>
-    <t>Maret Akhmetovna Valiuk</t>
+    <t>Viktor Egorovich Kuprik</t>
+  </si>
+  <si>
+    <t>9 october 1962</t>
+  </si>
+  <si>
+    <t>He was convicted of throwing a Molotov cocktail towards security forces during a protest that took place on August 10, 2020 in Baranovichi.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.11.2020: 5 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-02-27 19:14:13</t>
+  </si>
+  <si>
+    <t>Yuri Selivestrovich Khlebovets</t>
+  </si>
+  <si>
+    <t>9 october 1982</t>
+  </si>
+  <si>
+    <t>The reason for the criminal case was comments in the “Grodno 97” chat.
+In October 2023, it became known that at IUOT-39 Yuri was under pressure from the administration of the institution, and he was given 4 penalties. On October 25, 2023, the Krupsky District Court made a decision to tighten the regime. Yuri from IUOT was sent to serve the remainder of his sentence in a colony.</t>
+  </si>
+  <si>
+    <t>1.5 years of restriction of freedom with referral to an open institution.</t>
+  </si>
+  <si>
+    <t>2023-05-10 22:56:00</t>
+  </si>
+  <si>
+    <t>Maret Akhmetauna Valiuk</t>
   </si>
   <si>
     <t>9 october 1967</t>
   </si>
   <si>
     <t>Maret was detained in late October 2024 in Smorgon. At that time, about 12 people were subjected to the "cleansing" in Smorgon, most of them were released after "24 hours".
 Has the 2nd non-working disability group.</t>
   </si>
   <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
     <t>Trial outcome 14.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
   </si>
   <si>
     <t>2024-11-12 20:11:39</t>
   </si>
   <si>
-    <t>Viktor Egorovich Kuprik</t>
-[...14 lines deleted...]
-    <t>2021-02-27 19:14:13</t>
+    <t>Roman Sergeevich Shcherbakov</t>
+  </si>
+  <si>
+    <t>11 october 1997</t>
+  </si>
+  <si>
+    <t>On July 18, 2023, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in colony</t>
+  </si>
+  <si>
+    <t>2023-07-12 16:30:13</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Gunya</t>
+  </si>
+  <si>
+    <t>11 october 2001</t>
+  </si>
+  <si>
+    <t>On August 11, 2023, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>7 years of imprisonment in a colony</t>
+  </si>
+  <si>
+    <t>2023-05-20 00:59:23</t>
+  </si>
+  <si>
+    <t>Alexander Anatolevich Goncharov</t>
+  </si>
+  <si>
+    <t>11 october 1973</t>
+  </si>
+  <si>
+    <t>According to the prosecution , Alexander Goncharov transferred funds through a bank transfer to finance the activities of the “Kastus Kalinovsky Regiment.”</t>
+  </si>
+  <si>
+    <t>Trial outcome 01.12.2023: 5 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2023-12-04 02:34:04</t>
   </si>
   <si>
     <t>Sergei Grigorievich Nikitin</t>
   </si>
   <si>
     <t>11 october 1975</t>
   </si>
   <si>
     <t>A military man (possibly also a KGB officer).
 On 14.10.2022, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
-    <t>IK №3</t>
-[...1 lines deleted...]
-  <si>
     <t>6 years of imprisonment in a colony.</t>
   </si>
   <si>
     <t>2022-06-29 15:22:35</t>
   </si>
   <si>
-    <t>Sergey Vasilevich Gunya</t>
-[...43 lines deleted...]
-  <si>
     <t>Alexander Sergeevich Barkun</t>
   </si>
   <si>
     <t>11 october 1978</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>Trial outcome 05.09.2024: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-08-19 19:22:20</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Ivanchikov</t>
+  </si>
+  <si>
+    <t>11 october 1991</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.01.2025: 1 year of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:40:52</t>
   </si>
   <si>
     <t>Yegor Alexandrovich Dudnikov</t>
   </si>
   <si>
     <t>11 october 2000</t>
   </si>
   <si>
     <t>Egor, a Russian citizen, was detained on May 4, 2021, by GUBOPiK officers in a rented apartment after a search and was brutally beaten. He was held in pretrial detention for seven months on charges of "organizing actions that grossly violate public order" - for voicing videos and audio messages on the "OGSB" Telegram channel. However, in December of the same year, he was convicted under the articles "inciting hatred or discord" and "calls for actions aimed at harming the national security of Belarus", and sentenced to the maximum possible prison term.
 In June 2022, the conditions of detention were tightened, and Yegor was transferred to prison regime.</t>
   </si>
   <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
     <t>Trial outcome 27.12.2021: 11 years of imprisonment in colony under enhanced security conditions. Appeal 25.02.2022: the sentence was upheld. Regime change trial 15.06.2022: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-05-29 23:01:41</t>
-  </si>
-[...38 lines deleted...]
-    <t>2021-02-26 22:41:35</t>
   </si>
   <si>
     <t>Alexander Aleksandrovich Ignatyuk</t>
   </si>
   <si>
     <t>12 october 1971</t>
   </si>
   <si>
     <t>Freelance journalist from Pinsk, owner of the website and TikTok page “about Stolin”.
 Alexander lived alone in Polesie for a long time, so his detention became known by chance. Concerned people became worried that he had not been in touch for a long time. It turned out that Alexander was placed in Brest pre-trial detention center-7. According to unverified information, he is charged with “assisting extremist activities.”
 Alexander is also the father of the guy who “dismantled” the water cannon in Minsk during the 2020 protests.
 According to the Ministry of Internal Affairs , the man made videos with incriminating evidence, showed them to local entrepreneurs and demanded money for “silence.” He also allegedly “promoted the activities of an extremist telegram channel whose administrators are located abroad.”
 On May 28, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 05.04.2024: 6 years of imprisonment in colony under enhanced security conditions. Appeal 28.05.2024: unknown.</t>
   </si>
   <si>
     <t>2023-08-10 19:05:31</t>
   </si>
   <si>
+    <t>Alexander Sergeevich Reznik</t>
+  </si>
+  <si>
+    <t>12 october 1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander was detained on September 29, 2020, in connection with a case of mass riots and accused of participating in Telegram channels of a “radical orientation,” as well as of intending to damage or destroy three Tabakerka kiosks.
+</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:41:35</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Muraviev</t>
+  </si>
+  <si>
+    <t>13 october 1989</t>
+  </si>
+  <si>
+    <t>Alexander, a driver, was arrested in November 2021 in a criminal case related to the "Busly Lyatsyats" initiative. Some of the charges concerned damaging the car of a Borisov district judge. As a result, he was sentenced to a long term of imprisonment.</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.09.2022: 12 years of imprisonment in colony under enhanced security conditions. Appeal 28.02.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:16:13</t>
+  </si>
+  <si>
+    <t>Volha Uladzimirauna Mironenka</t>
+  </si>
+  <si>
+    <t>13 october 1970</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:26:29</t>
+  </si>
+  <si>
     <t>Oleg Petrovich Slabuho</t>
   </si>
   <si>
     <t>13 october 1986</t>
   </si>
   <si>
     <t>Oleg is an engineer by training. He enjoys traveling and active recreation.
 Oleg has been a videographer for over 10 years. In 2015, he set up his own business. Oleg specializes in wedding and family photography, but also takes on personal photos and narrative videos.</t>
   </si>
   <si>
-    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 01.07.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-09-08 00:42:26</t>
-  </si>
-[...37 lines deleted...]
-    <t>2025-08-16 17:46:23</t>
   </si>
   <si>
     <t>Alexander Sergeevich Sergeev</t>
   </si>
   <si>
     <t>14 october 1985</t>
   </si>
   <si>
     <t>Detained for participating in protests.
 On October 17, 2022, an appeal court hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>2022-04-28 01:19:45</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-01-23 20:19:33</t>
   </si>
   <si>
     <t>Valentin Konstantinovich Stefanovich</t>
   </si>
   <si>
     <t>14 october 1972</t>
   </si>
   <si>
     <t>Valentyn, a member of the Viasna Council and Vice President of the International Federation for Human Rights (FIDH), is one of the most renowned human rights experts and analysts. He actively advocates for non-discrimination and against the death penalty, and has participated in international conferences, human rights missions, and election observation missions in OSCE countries.
 On July 14, 2021, following a search of his apartment, he was taken away for questioning and then remanded in custody as part of a criminal case under the articles "tax evasion" and "organizing actions that grossly violate public order."
 In September 2022, the tax evasion case was dropped, but new charges were brought against Valentin: smuggling and financing group activities that grossly violate public order.
 On October 27, 2022, during the 41st Congress of the International Federation for Human Rights (FIDH), Valentin Stefanovic was re-elected as Vice-President of the organization.
 In March 2023, he was convicted and sentenced to imprisonment and ordered to pay substantial compensation. Valentin pleaded not guilty in court.
 According to available information, the conditions of detention were tightened and he was transferred to prison regime.</t>
   </si>
   <si>
     <t>Trial outcome 03.03.2023: 9 years of imprisonment in colony under enhanced security conditions, 3000 basic values fine, approximately 188110 rubles of compensation. Prosecutor's protest 21.04.2023: the sentence was upheld. Regime change trial date unknown: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-07-16 14:42:08</t>
   </si>
   <si>
+    <t>Nikolai Sergeevich Roy</t>
+  </si>
+  <si>
+    <t>14 october 1981</t>
+  </si>
+  <si>
+    <t>Nikolai, a systems engineer and former employee of RUE Beltelecom, was detained in August 2021 as part of a criminal case initiated under the article "act of terrorism". In June 2023, he was convicted under several criminal articles, sentencing him to a long prison term.
+According to the indictment, from July 2020 to January 2022, "an organized criminal group operated in Belarus, Turkey, Poland, Ukraine and other countries with the goal of committing extremist crimes. The group included radical individuals, including former and current military personnel, law enforcement officers, athletes and businessmen, who sought to seize power illegally." The case involves charges of attempted arson of the home of MP Oleg Gaidukevich in June 2021 and "organizing mass riots."</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 12 years of imprisonment in colony under enhanced security conditions. Appeal 04.10.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-01-23 20:19:33</t>
+  </si>
+  <si>
+    <t>Sergey Konstantinovich Romashov</t>
+  </si>
+  <si>
+    <t>14 october 1960</t>
+  </si>
+  <si>
+    <t>Sergey worked as an ultrasound diagnostics doctor at Grodno City Polyclinic No. 4, as well as at the Rosmed Medical Center. His professional experience is more than 30 years. He is also known as a chess lover - in 2022, he won the regional chess tournament among medical workers. The essence of the charges and the specific sentence handed down to Romashov remain unknown. So far, there is only information that he was sentenced to imprisonment.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-08-16 17:46:23</t>
+  </si>
+  <si>
     <t>Yaroslava Valentinovna Khromchenkova</t>
   </si>
   <si>
     <t>15 october 1997</t>
   </si>
   <si>
     <t>She holds Russian citizenship. She was detained on April 23 , 2025, and her home was searched the same day. She was detained in connection with a criminal case involving messages posted to the "Belarusian Gayun " bot .
 Yaroslava is originally from Rogachev. At some point, she moved to Mozyr, likely right after graduating from university.
 In recent years, she worked as a teacher in a village school. She taught German at the Moiseevskaya Basic School in the small agricultural town of the same name. She also served as a teacher organizer.</t>
   </si>
   <si>
     <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
   </si>
   <si>
     <t>Trial outcome 09.09.2025: 3 years of imprisonment in colony under general regime conditions. Appeal 04.11.2025: unknown.</t>
   </si>
   <si>
     <t>2025-06-08 19:18:36</t>
   </si>
   <si>
     <t>Alexander Dmitrievich Komlenok</t>
   </si>
   <si>
     <t>15 october 1981</t>
   </si>
@@ -699,86 +658,50 @@
     <t>Alexander, an anarchist activist and member of the Free Trade Union, was arrested in March 2021 as part of a criminal case brought against anarchists from the Brest region. He was convicted of "participation in group actions that grossly violate public order" and "participation in a criminal organization." It is known that the charges were based on an episode with the blocking of roads in Brest in 2018, when a protest against the construction of the battery plant took place.</t>
   </si>
   <si>
     <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
   </si>
   <si>
     <t>Trial outcome 06.09.2022: 6 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld. Trial outcome date unknown: 1 year 6 months of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-03-07 16:12:06</t>
   </si>
   <si>
     <t>Anatoly Anatolyevich Matsulevich</t>
   </si>
   <si>
     <t>16 october 1969</t>
   </si>
   <si>
     <t>Convicted of creating and administering the telegram channel «Polotsk Novopolotsk Country For Life Chat Freedom to Sergei Tikhanovsky».</t>
   </si>
   <si>
     <t>7,5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-04-21 12:24:10</t>
-  </si>
-[...34 lines deleted...]
-    <t>2022-12-26 18:00:30</t>
   </si>
   <si>
     <t>Vyacheslav Evgenievich Ilyich</t>
   </si>
   <si>
     <t>18 october 1963</t>
   </si>
   <si>
     <t>Former deputy head of the Zhodino GOVD, headed the criminal police and retired in 2008 with the rank of lieutenant colonel. Afterwards, he was the director of the Zhodino city center of culture and entertainment.
 In 2020, he and four other former employees of the Zhodino City Department of Internal Affairs recorded an appeal to colleagues who worked in the Zhodino police during the protests and to all law enforcement officers in Belarus.
 Vyacheslav says in his address that he understands that the employees serve in very difficult conditions, but calls on them to perform "their official duty the way you would like it to be performed [in relation to] you and your loved ones. Then you will be able to look the people in the eye now, during your service, and later, while on a well-deserved rest."
 According to media reports , all five were detained in early February 2024.</t>
   </si>
   <si>
     <t>Trial outcome 03.02.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-01-06 14:36:11</t>
   </si>
   <si>
     <t>Alexander Yurievich Voronin</t>
   </si>
   <si>
     <t>18 october 1985</t>
   </si>
@@ -801,646 +724,670 @@
     <t>worked as the chief bibliographer of the research department of book science of the National Library of Belarus until November 2021. Then she went into IT.</t>
   </si>
   <si>
     <t>Trial outcome 12.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 12.11.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-06-17 23:16:24</t>
   </si>
   <si>
     <t>Margarita Yakovlevna Rabinovich (Esepkina)</t>
   </si>
   <si>
     <t>18 october 2002</t>
   </si>
   <si>
     <t>Margarita, Tina Palynskaya's eldest daughter, was detained along with her mother at the end of May 2025. Both are in custody on criminal charges.
 The details of the charges have not been officially disclosed. Based on circumstantial evidence, there is an assumption that the case may be connected with the KGB's decision to recognize the "Belarusian Analytical Workshop" of Professor Andrei Vardomatsky as an extremist organization. This organization conducted sociological surveys among Belarusian citizens. At the moment, there is no confirmation that Tina or her daughter actually participated in the BAM research. But even if such participation had taken place, it would not have violated the law: at the time of possible contact with the workshop, it had not yet been recognized as an extremist organization.</t>
   </si>
   <si>
     <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
   </si>
   <si>
     <t>2025-06-04 16:10:13</t>
   </si>
   <si>
+    <t>Alexander Valentinovich Aranovich</t>
+  </si>
+  <si>
+    <t>19 october 1982</t>
+  </si>
+  <si>
+    <t>A  team member of  YouTube channel  «Country for Life» team, RV driver, lived in a city of Staryia Darohi, Minsk region.
+Detained during a picket for collecting signatures in support of Svetlana Tikhanovskaya in Grodno on May 29, 2020.
+On July 13, 2023, it became known that the political prisoner was transferred to a prison regime for a period of 2 years. Alexander was offered several times to write an application for pardon, but he refused.</t>
+  </si>
+  <si>
+    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.04.2021: 6 years of imprisonment in colony under enhanced security conditions. Regime change trial 07.07.2023: 2 years of prison regime. Trial outcome 14.11.2024: 6 months of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-02-25 02:33:36</t>
+  </si>
+  <si>
     <t>Yuri Petrovich Lagodyuk</t>
   </si>
   <si>
     <t>19 october 1960</t>
   </si>
   <si>
     <t>He has been working as a table tennis coach for more than thirty years. Yuri is the only international judge in this discipline in the Brest region. Previously, he was a member of the board of the Belarusian Table Tennis Federation.
 Logodyuk is also known as one of the best trainers in Belarus in sports. He trains people with musculoskeletal problems. His students often win championships both in Belarus and in other countries. The man helped hundreds of people with disabilities live normal lives.
 He is being tried for “promoting extremist activities.” This could be either a comment to the “wrong” resource or, for example, a transfer of money to a political prisoner.</t>
   </si>
   <si>
     <t>Trial outcome 25.07.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 11.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-17 19:38:44</t>
   </si>
   <si>
-    <t>Alexander Valentinovich Aranovich</t>
-[...18 lines deleted...]
-  <si>
     <t>Alexey Yurievich Melnikau</t>
   </si>
   <si>
     <t>20 october 1993</t>
   </si>
   <si>
     <t>Alexey was arrested and convicted of weapons possession and allegedly preparing for mass riots with their use. In an interview, he stated that he only admitted guilt in weapons possession and did not understand why the trial was held behind closed doors. Alexey called the charge of preparing riots a "witch hunt."
 At the end of December 2021, it became known that Alexei's punishment had been toughened and he had been transferred to prison.
 In the winter of 2024, a political prisoner was tried in a new criminal case for "malicious disobedience to the demands of the administration of a correctional facility." Under this article, prisoners who refuse to cooperate with the administration are tried for fictitious violations.</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: 7 years of imprisonment in colony under enhanced security conditions, 50 basic values fine. Regime change trial date unknown: 3 years of prison regime. Trial outcome 19.12.2024: unknown years of imprisonment in colony under enhanced security conditions.</t>
+    <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 7 years of imprisonment in colony under enhanced security conditions, 50 basic values fine. Regime change trial date unknown: 3 years of prison regime. Trial outcome date unknown: 1 year 6 months of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-02-28 00:54:39</t>
+  </si>
+  <si>
+    <t>Alexander Viktorovich Sysoev</t>
+  </si>
+  <si>
+    <t>20 october 1984</t>
+  </si>
+  <si>
+    <t>Sysoev comes from Bronnaya Gora; in recent years he lived in Bereza (Brest region). According to data from an already deleted profile on Vkontakte, in 2008 he graduated from BSUIR with a degree in Artificial Intelligence. At the time of his arrest, he was developing a computer game. The man was detained on July 5, 2023, and has been in custody since then.The man was accused of transferring money to Kalinovsky’s regiment through the social network Facebook using the PayPal payment system. The transfer in the amount of 12.91 US dollars was from a Belarusian card.On February 12, prosecutor Bogush requested 5 years in a maximum security colony for Sysoev. The verdict was announced on February 14. The exact verdict is currently unknown, but in the vast majority of cases in political cases, Brest judges award exactly what prosecutors ask for.</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.02.2024: 5 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2024-02-08 00:49:54</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Sautin</t>
   </si>
   <si>
     <t>20 october 1978</t>
   </si>
   <si>
     <t>Ivan, a Gomel activist and volunteer for “Country for Life”, a member of the Belarusian Social Democratic Party, left for Russia after several detentions, administrative arrest and the initiation of two criminal cases in 2020.
 While in Kaliningrad, Ivan was detained in April 2021 while attempting to cross the border with Poland. At the request of Belarusian law enforcement, he was charged in a criminal case under four articles, including "terrorism". However, after an investigation, the Russian side dropped three of the four charges. A year later, on April 26, 2022, Ivan was released on bail.
 On May 27, 2022, he was detained again, and at the end of June, he was extradited to Belarus. According to the case materials, in 2018, he allegedly embezzled more than 68 thousand rubles. The investigation also noted that in 2020, Ivan participated in protests, filmed videos and contacted government agencies.
 In December 2022, he was convicted of "fraud." In April 2024, Ivan was convicted again under the article "malicious disobedience to the demands of the colony administration."</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 9 years of imprisonment in colony under enhanced security conditions. Appeal 29.03.2023: the sentence was upheld. Trial outcome 16.05.2024: unknown. Appeal 08.08.2024: unknown.</t>
   </si>
   <si>
     <t>2021-04-29 16:58:20</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Sysoev</t>
-[...11 lines deleted...]
-    <t>2024-02-08 00:49:54</t>
+    <t>Vladimir Viktorovich Melikaev</t>
+  </si>
+  <si>
+    <t>20 october 1967</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-12-21 10:10:35</t>
   </si>
   <si>
     <t>Leonid Viktorovich Kovalev</t>
   </si>
   <si>
     <t>20 october 1991</t>
   </si>
   <si>
     <t>Leonid was arrested and convicted for, according to investigators, making two Molotov cocktails, transporting them to the center of Gomel, and hiding them. On the evening of August 10, 2020, he allegedly found two perpetrators — Dmitry Korneev and Nikita Zolotorev — and handed them the bottles, offering to set fire to a building, a bus, or a paddy wagon. Leonid did not admit guilt.</t>
   </si>
   <si>
     <t>Trial outcome 22.02.2021: 6 years of imprisonment in colony in strict regime conditions. Appeal 23.04.2021: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-28 02:12:24</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-08-13 13:00:42</t>
   </si>
   <si>
     <t>Igor Leontievich Karpitsky</t>
   </si>
   <si>
     <t>21 october 1969</t>
   </si>
   <si>
     <t>According to the materials of the case, Igor, using a laptop, sent several e-mails to the e-mail box of the official Internet portal of the President of the Republic of Belarus, where he expressed threats of violence against the President. He also sent an e-mail, available for viewing to third parties, including employees of the presidential administration of the Republic of Belarus, in the text of which he expressed insults against government officials in connection with the performance of their official duties - employees of the internal affairs bodies of the Republic of Belarus Ivan Kubrakov and Dmitry Balaba. The man also sent a similar message with threats of violence, destruction and damage to property to employees of the Investigative Committee of the Republic of Belarus. Igor also participated in protests during the post-election protests in Minsk in 2020.
 According to the conclusion of the medical examination, during the period of committing the crimes, Karpitsky suffered from a mental illness, but he could realize the actual nature and social danger of his acts and manage them. He does not need compulsory security measures and treatment. Has a minor child.</t>
   </si>
   <si>
     <t>7 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2021-10-26 19:09:48</t>
+  </si>
+  <si>
+    <t>Maksim Nikolaevich Kurovsky</t>
+  </si>
+  <si>
+    <t>21 october 1981</t>
+  </si>
+  <si>
+    <t>According to the materials of the prosecution, Maxim Kurovsky intentionally posted messages in one of the Telegram chats against President Lukashenko, obscene in form and offensive in content.
+The examination found that the messages contained a negative assessment of the head of state, humiliated his honor and dignity. Moreover, he used the Belarusian language at the same time. Former investigator of the Pruzhansky district department of the Investigative Committee. He retired from the service in 2020.
+12/06/2024 released after expiration of sentence.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2022: 2 years of imprisonment in colony under general regime conditions. Appeal 09.12.2022: the sentence was upheld. Trial outcome date unknown: 3 years of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2022-10-18 22:14:36</t>
   </si>
   <si>
     <t>Evgeny Klimov</t>
   </si>
   <si>
     <t>21 october 1996</t>
   </si>
   <si>
     <t>Convicted of administering the channel «Petrikov 97%».
 The channel discussed election issues, the place and time of peaceful rallies for those who disagree with the results of counting votes in the elections and other issues.
 Yevgeny Klimov was also accused of inciting social hostility for reposting a message about a special purpose police unit from the «Nexta» telegram channel.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-03-27 02:15:25</t>
   </si>
   <si>
-    <t>Maksim Nikolaevich Kurovsky</t>
-[...36 lines deleted...]
-    <t>2021-07-16 14:40:34</t>
+    <t>Denis Valerievich Sokolov</t>
+  </si>
+  <si>
+    <t>21 october 1980</t>
+  </si>
+  <si>
+    <t>was detained as part of a criminal case that the KGB opened on the fact of an “attempt to commit an act of terrorism” in Machulishchi.
+The main defendant in the case and, as the official bodies and propagandists claimed, the perpetrator of the sabotage, Nikolai Shvets, was released in June in a prisoner exchange with Ukraine. But despite this, the case is still on trial and his accomplices in Belarus face long prison terms. Shvets himself is also being tried in absentia.</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.10.2024: 13 years of imprisonment in colony under enhanced security conditions. Appeal 27.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-13 13:00:42</t>
+  </si>
+  <si>
+    <t>Ivan Petrovich Polevikov</t>
+  </si>
+  <si>
+    <t>22 october 2002</t>
+  </si>
+  <si>
+    <t>First, Ivan was arrested for 15 days , then placed in a pretrial detention facility on a criminal case.</t>
+  </si>
+  <si>
+    <t>2025-03-04 20:10:16</t>
   </si>
   <si>
     <t>Eugene Ivanovich Gurinovich</t>
   </si>
   <si>
     <t>22 october 1992</t>
   </si>
   <si>
-    <t>Chief inspector at customs.
-[...4 lines deleted...]
-    <t>Trial outcome 17.04.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 24.05.2024: the sentence was upheld. Appeal 16.08.2024: unknown.</t>
+    <t>Chief Inspector at Customs.
+On October 10, 2023, the Minsk City Court began a closed trial of three customs officers: Yevgeny Gurinovich, Viktor Novik, and Vladimir Zhuromsky. They were charged under eight articles of the Criminal Code. Human rights activists have now learned that only 31-year-old customs inspector Yevgeny Gurinovich will be tried in this case, on February 27, 2024. The trial location is Pretrial Detention Center No. 1. Whether this could be due to the man's health condition is unknown. His case has likely been separated into separate proceedings, but the trial for the others has not yet been scheduled.
+After his arrest, law enforcement officers severely injured Evgeny's back, forcing him to use crutches .
+On May 24, 2024, Evgeniy had his appeal heard.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.04.2024: 13 years 6 months of imprisonment in colony under general regime conditions. Appeal 24.05.2024: the sentence was upheld. Appeal 16.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-10-10 00:23:21</t>
-  </si>
-[...28 lines deleted...]
-    <t>2022-08-23 00:03:24</t>
   </si>
   <si>
     <t>Mikhail Aleksandrovich Laban</t>
   </si>
   <si>
     <t>23 october 1983</t>
   </si>
   <si>
     <t>Mikhail, the owner of the Samorodok jewelry workshop, made jewelry for members of reenactment clubs and studied medieval history. In February 2022, he was detained and later convicted on charges of “slandering and insulting Lukashenko” and “insulting a government official.”
 In May 2024, a new court hearing was held, following which Mikhail's conditions of detention were tightened, transferring him to a prison regime.
 In February 2025, he was convicted again under the article on “financing the activities of an extremist group.”</t>
   </si>
   <si>
     <t>Trial outcome 20.05.2022: 4 years of imprisonment in colony under general regime conditions, 100 basic values fine. Regime change trial 18.05.2024: prison regime until the end of the term. Trial outcome 12.02.2025: 2 years 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2022-05-11 01:06:30</t>
+  </si>
+  <si>
+    <t>Siarhei Mikhajlavich Shametska</t>
+  </si>
+  <si>
+    <t>23 october 1992</t>
+  </si>
+  <si>
+    <t>Sergei, an employee of JSC Atlant , was arrested in the fall of 2021 as part of a criminal case brought against factory employees who supported the strike and were part of the "Rabochy Rukh" (Workers' Movement) initiative. On September 21, 2021, this initiative was designated an extremist organization, following which mass arrests of workers occurred across the country.
+In February 2023, Sergei was found guilty of treason and the creation of and participation in an extremist group and sentenced to imprisonment.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 12 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-08-23 00:03:24</t>
   </si>
   <si>
     <t>Gennady Fedorovich Vasilyuk</t>
   </si>
   <si>
     <t>23 october 1966</t>
   </si>
   <si>
     <t>On September 15, 2023, 57-year-old Gennady Vasilyuk was fined for "distributing extremist materials." Subscriptions to "extremist" materials were found on Gennady's Odnoklassniki page. In addition, Vasilyuk was fired from the locomotive depot "by mutual agreement."
 On December 7, 2023, Gennady was detained as part of a criminal case for "slandering Lukashenko" (Part 1 of Article 367 of the Criminal Code) and placed in custody in a pretrial detention center. The case was heard on February 22 and 26, 2024.
 The man was accused of posting the "like" reaction on the Odnoklassniki social network on June 8, 9, and 17, 2022, under three videos featuring economist Yaroslav Romanchuk.
 Gennady admitted his guilt and reported that on the specified days in June he went to a village in the Zhabinka district, which is confirmed by an extract from a mobile operator. The man uses a push-button phone, so he could not log into Odnoklassniki in the village.
 Prosecutor Yegor Kronda considered Gennady's guilt to be fully proven and requested one year and six months of imprisonment for him.
 Gennady was convicted for the second time on September 16, 2024, for participating in protests. His wife and three other people were convicted along with him. According to the court, the essence of the charge against everyone was that on August 10, 2020, people in Brest "shouted slogans, whistled, clapped their hands, demonstrated white-red-white banners, and went out onto the roadway." In doing so, they allegedly grossly violated public order.
 The court sentenced Gennady to one and a half years in prison, but taking into account the unserved previous (political) term, the final sentence was only 2 years in a general regime prison.</t>
   </si>
   <si>
     <t>Trial outcome 22.02.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 19.04.2024: the sentence was upheld. Trial outcome 16.09.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 15.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-02-19 19:05:43</t>
   </si>
   <si>
+    <t>Valery Vasilevich Ivchin</t>
+  </si>
+  <si>
+    <t>24 october 1975</t>
+  </si>
+  <si>
+    <t>Valery was convicted of participating in post-election marches in Minsk in August and September 2020, according to the court, specifically by "stepping onto the roadway" and "blocking traffic."</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.06.2024: 2 years 6 months restrictions of freedom with referral to an open-type correctional facility. Appeal 15.08.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-06-10 19:32:30</t>
+  </si>
+  <si>
     <t>Oksana Mikhailovna Shalyapina</t>
   </si>
   <si>
     <t>24 october 1977</t>
   </si>
   <si>
     <t>Graduated from the Faculty of Architecture. Artist. Direction – expressionism. Technique – impasto painting. Works are in private collections in America, Germany, Kazakhstan, Russia, Georgia, Belarus, Luxembourg, Finland, Italy, and also in the Larus Gallery (USA). Three personal exhibitions. Member of the Union of Artists "Master-Peacemaker".
 Presumably detained for assisting political prisoners.</t>
   </si>
   <si>
+    <t>Trial outcome 28.11.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
     <t>2025-07-22 18:12:39</t>
   </si>
   <si>
-    <t>Valery Vasilevich Ivchin</t>
-[...19 lines deleted...]
-  <si>
     <t>Maxim Igorevich Mnatsakanov</t>
   </si>
   <si>
     <t>24 october 1988</t>
   </si>
   <si>
     <t>He was detained for comments on social networks. Maxim is waiting for his 10-year-old son at home.</t>
   </si>
   <si>
     <t>7 years imprisonment in a colony.</t>
   </si>
   <si>
     <t>2023-02-27 01:16:43</t>
+  </si>
+  <si>
+    <t>Valery Leonidovich Romanovsky</t>
+  </si>
+  <si>
+    <t>25 october 1978</t>
+  </si>
+  <si>
+    <t>Valery is accused of treason against the state. In December 2022, the Belarus 1 TV channel released a film about KGB counterintelligence, which told about Belarusians and citizens of other countries who are accused of working for foreign intelligence services. Valery Romanovsky was called "the former head of the air reconnaissance service" in the film. The story of Belarus 1 says that during the service, a relative from Lithuania "brought" the suspect to agents of the state security department of the country. For them, Romanovsky photographed official documents, and once handed over to the special services data on the construction of the BelNPP, the film says.</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in the colony</t>
+  </si>
+  <si>
+    <t>2023-05-05 00:12:29</t>
   </si>
   <si>
     <t>Sergei Anatolievich Shpak</t>
   </si>
   <si>
     <t>25 october 1971</t>
   </si>
   <si>
     <t>Sergei, a retired lieutenant colonel who participated in a video message from reserve officers to the Belarusian military, was detained on July 16, 2021, following a search of his home.
 According to Lukashenko's decree, he was stripped of his military rank after 28 years of impeccable service in the Armed Forces. Sergei is a father of four children, two of whom are minors.
 In December 2021, he was charged with organizing, preparing, or actively participating in actions that grossly violate public order. Sergei was sentenced to restricted freedom without being sent to a correctional facility and released in the courtroom.</t>
   </si>
   <si>
-    <t>Trial outcome 14.12.2021: 3 years restrictions of freedom without referral to an open-type correctional facility. Trial outcome 21.10.2025: 5 years of imprisonment in colony under general regime conditions, 500 basic values fine.</t>
+    <t>Trial outcome 14.12.2021: 3 years restrictions of freedom without referral to an open-type correctional facility. Trial outcome 21.10.2025: 5 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2021-07-19 20:11:32</t>
-  </si>
-[...30 lines deleted...]
-    <t>2023-03-30 19:19:51</t>
   </si>
   <si>
     <t>Vyacheslav Alexandrovich Borodiy</t>
   </si>
   <si>
     <t>26 october 1978</t>
   </si>
   <si>
     <t>Citizen of Ukraine.
 Details of the persecution of the Ukrainian gamekeeper became known from a propaganda film on September 11, 2023, which was shown on all state channels at once. In it, Vyacheslav was led on a chain during the investigation. The State Security Committee reported that it had detained six people in Belarus on charges of collaborating with the "Security Service of Ukraine" and "preparing terrorist attacks." In the video, some of them look beaten, some are led on chains during the investigation, and one of the detainees was filmed in the KGB pre-trial detention center. As a result, three people were charged under six articles of the Criminal Code at once, including "Treason" and "agent activity."
 Ukrainian ranger Vyacheslav Borodiy was detained on September 1, 2023, in the Yelsky district of Belarus, bordering the Zhytomyr region of Ukraine. It is known that Vyacheslav was born in the Zhytomyr region, lived in Mozyr for some time, and then returned to Ukraine and worked as a ranger, raising three children. The film said that after the start of a full-scale war, Borodiy allegedly underwent training at the training center of the Main Intelligence Directorate of the Ministry of Defense of Ukraine and that "since March 2023, in addition to the Main Intelligence Directorate of the Ministry of Defense, he began to cooperate with the Security Service of Ukraine."</t>
   </si>
   <si>
     <t>Trial outcome 02.12.2024: 10 years of imprisonment in colony under enhanced security conditions, 550 basic values fine. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-10 22:15:03</t>
   </si>
   <si>
+    <t>Anton Nikolaevich Stankevich</t>
+  </si>
+  <si>
+    <t>26 october 1998</t>
+  </si>
+  <si>
+    <t>Detained and convicted for a donation of 100 USD.
+Graduated from the Philology Department of BSU. Volunteered at the II European Games. Worked at Currency.com, spent almost a year in Georgia, working in remote support. Then returned to Belarus.He is interested in languages, historical reconstruction, and heavy music.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.07.2024: unknown. Appeal 20.09.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-15 12:21:19</t>
+  </si>
+  <si>
     <t>Robert Evgenievich Kuznetsov</t>
   </si>
   <si>
     <t>26 october 1983</t>
   </si>
   <si>
     <t>He was convicted of posting "offensive" photographs of the national flag of the Republic of Belarus and comments about it on the Internet in November 2021.
 He served his sentence in IK-22 and was transferred to IK-2 in December 2023.</t>
   </si>
   <si>
     <t>Trial outcome 10.08.2022: 5 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2022-07-27 15:51:49</t>
   </si>
   <si>
-    <t>Anton Nikolaevich Stankevich</t>
-[...14 lines deleted...]
-  <si>
     <t>Igor Andreevich Fedorenko</t>
   </si>
   <si>
     <t>26 october 1992</t>
   </si>
   <si>
-    <t xml:space="preserve"> Trial outcome 05.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 26.04.2024: the sentence was upheld.</t>
+    <t>Trial outcome 05.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 26.04.2024: the sentence was upheld. Trial outcome 03.06.2024: 5 years 6 months of imprisonment in colony in strict regime conditions. Appeal 27.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-01-08 18:58:42</t>
   </si>
   <si>
     <t>Larisa Arkadyevna Kotovich</t>
   </si>
   <si>
     <t>26 october 1968</t>
   </si>
   <si>
     <t>Larisa, an English tutor, was arrested in late August 2023. She was initially convicted under an administrative case for “distribution, production and storage of extremist materials,” but later a criminal case was opened, in which she was convicted of “assisting extremist activity.”</t>
   </si>
   <si>
     <t>Trial outcome 01.04.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 07.06.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-12-22 17:34:26</t>
   </si>
   <si>
     <t>Dmitry Borisovich Gulin</t>
   </si>
   <si>
     <t>27 october 1969</t>
   </si>
   <si>
     <t>Former military, topographer. Allegedly detained for participating in protest chats. The film, shot by the pro-government TV channel, claims that Dmitry allegedly shot a video appeal to the military and security forces in 2020, and a year later he contacted the Busly Lyatsyats organization. Also, according to the TV channel, this year Gulin monitored the chats of Brest-97, Gomel-97, Kalinkovichi, Luninets and actively left comments there.
 Presumably held in the KGB pre-trial detention center.</t>
   </si>
   <si>
     <t>14 years of imprisonment in a maximum security colony</t>
   </si>
   <si>
     <t>2022-12-26 23:44:28</t>
   </si>
   <si>
-    <t>Victor Viktorovich Gladkov</t>
-[...19 lines deleted...]
-  <si>
     <t>Eduard Aleksandrovich Palchis</t>
   </si>
   <si>
     <t>28 october 1990</t>
   </si>
   <si>
     <t>A well-known Belarusian political blogger and public figure, author of the Palchys Telegram channel. He was the organizer of the "BNR-100", "BNR-101" events and concerts. He was detained on September 27, 2020, as part of a criminal case on mass riots.
 In August 2022, he was transferred to prison regime.</t>
   </si>
   <si>
     <t>Trial outcome 17.12.2021: 13 years of imprisonment in colony under enhanced security conditions. Trial outcome 10.06.2022: approximately 575000 rubles of compensation. Regime change trial 11.08.2022: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-25 11:31:09</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Bigel</t>
+  </si>
+  <si>
+    <t>28 october 1981</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.12.2025: 1 year 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-12-19 22:48:57</t>
+  </si>
+  <si>
+    <t>Victor Viktorovich Gladkov</t>
+  </si>
+  <si>
+    <t>28 october 1977</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:02:40</t>
+  </si>
+  <si>
+    <t>Vladimir Aleksandrovich Chmurov</t>
+  </si>
+  <si>
+    <t>28 october 1979</t>
+  </si>
+  <si>
+    <t>2022-04-28 02:16:41</t>
   </si>
   <si>
     <t>Artyom Mikhailovich Lapikov</t>
   </si>
   <si>
     <t>28 october 1992</t>
   </si>
   <si>
     <t>It became known that, after the elections in August 2020, Lapikov posted on his Instagram page a post with a photograph of Alexander Lukashenko in the uniform of the SS (a paramilitary formation of the Nazis, responsible, among other things, for crimes against humanity). The publication was accompanied by a poem, the text of which is currently unknown.
 On December 5, 2023, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>3 years of imprisonment in a general regime colony.</t>
   </si>
   <si>
     <t>2023-09-04 14:12:23</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Gulevich</t>
   </si>
   <si>
     <t>29 october 1987</t>
   </si>
   <si>
     <t>Vadim served administrative arrests in August and October 2020. His latest arrest occurred on June 28, 2021, as part of a criminal case related to an incident at a Russian Navy communications facility near Vileika.
 According to the prosecution's case presented in court, Vadim and Alexey Glotov, "dressed in camouflage and armed with firearms, entered the military facility and planted explosive devices with a blast radius of up to 11 meters." One of them failed to detonate and was defused. An expert examination revealed that the devices were initiated using a delayed-action mechanism.
 The damage was estimated at over 26,000 rubles. It was also reported that Vadim "planned to travel to Ukraine for military training."
 In December 2022, he was found guilty and sentenced to imprisonment in a maximum security penal colony and a large fine.
 In 2025, a court hearing was held to discuss the issue of changing the prison regime, as a result of which Vadim was transferred to a prison regime.</t>
   </si>
   <si>
     <t>Trial outcome 05.12.2022: 18 years of imprisonment in colony under enhanced security conditions, 600 basic values fine. Appeal 03.03.2023: the sentence was upheld. Regime change trial date unknown: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-07-20 22:30:23</t>
   </si>
   <si>
-    <t>Andrey Timofeevich Volosach</t>
-[...17 lines deleted...]
-    <t>Dzmitry Alexandrovich Kovach</t>
+    <t>Dmitry Vladimirovich Barsukov</t>
+  </si>
+  <si>
+    <t>30 october 2002</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mogilev, ul. Cheliuskentsev, 76A</t>
+  </si>
+  <si>
+    <t>Trial outcome 23.12.2024: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2024-12-16 21:47:47</t>
+  </si>
+  <si>
+    <t>Dzmitry Mikhailovich Kovach</t>
   </si>
   <si>
     <t>30 october 1984</t>
   </si>
   <si>
     <t>In 2007 he graduated from the Belarusian National Technical University.
 Since 2009, Kovács has worked in the tourism industry. Most recently, he worked as a visa specialist for a private travel agency.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2025-11-21 13:57:34</t>
+  </si>
+  <si>
+    <t>Maxim Sergeevich Fedorovich</t>
+  </si>
+  <si>
+    <t>30 october 1991</t>
+  </si>
+  <si>
+    <t>Maxim is the coordinator of the "Angel " search team . He previously worked as a technologist at Minsk -Kristall , but completely changed his life after joining the movement in 2017 following the extensive search for Maxim Markhaliuk in Belovezhskaya Pushcha.
+He was convicted of nine counts in the "Gayun case." He has health problems.
+At the time of his arrest, Maxim’s child was 1 year and 3 months old.</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.10.2025: 3 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 28.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-10-07 18:28:18</t>
+  </si>
+  <si>
+    <t>Valery Viktorovich Khatskevich</t>
+  </si>
+  <si>
+    <t>31 october 1994</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.10.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-11-13 17:22:56</t>
   </si>
   <si>
     <t>Alexander Igorevich Randarenko</t>
   </si>
   <si>
     <t>31 october 1986</t>
   </si>
   <si>
     <t>Alexander ended up in court after participating in a chat roulette. He and a friend became interlocutors of the provocateur "Conversations with Palych" and during the conversation, being drunk, they spoke about the events in "Crocus City Hall", expressed support for Ukraine and allowed themselves to give a Nazi salute.
 During the arrest, security forces severely beat Alexander. The man was convicted under administrative articles 5 times in a row and probably served at least 75 days of arrest. At the same time, he was given some days simply for having a Ukrainian pennant on the table and shouting "Glory to Ukraine" during a broadcast on chat roulette.
 But after 24 hours he was not released. A criminal case was opened against him.</t>
   </si>
   <si>
     <t>Trial outcome 19.12.2024: 4 years of imprisonment in colony under enhanced security conditions. Appeal 28.02.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-12-16 17:40:19</t>
   </si>
   <si>
-    <t>Valery Viktorovich Khatskevich</t>
-[...5 lines deleted...]
-    <t>2025-11-13 17:22:56</t>
+    <t>Vladimir Vladimirovich Zinovenko</t>
+  </si>
+  <si>
+    <t>31 october 1976</t>
+  </si>
+  <si>
+    <t>Vladimir was initially convicted of domestic violence, but after some time the case was reopened following the prosecutor's protest, the charge was reclassified as Part 1 of Article 130, and he was sentenced to four years in prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.12.2024: unknown years restrictions of freedom without referral to an open-type correctional facility. Prosecutor's protest date unknown: 4 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:05:45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1744,2393 +1691,2309 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I84"/>
+  <dimension ref="A1:I81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
       <c r="I6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>39</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H10" t="s">
         <v>58</v>
       </c>
       <c r="I10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>60</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>63</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>53</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H15" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C17" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="I17" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C18" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="I18" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C20" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="C22" t="s">
         <v>120</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C23" t="s">
         <v>125</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H23" t="s">
         <v>126</v>
       </c>
       <c r="I23" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>128</v>
       </c>
       <c r="B24" t="s">
         <v>129</v>
       </c>
+      <c r="C24" t="s">
+        <v>130</v>
+      </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B26" t="s">
-        <v>139</v>
+        <v>140</v>
+      </c>
+      <c r="C26" t="s">
+        <v>141</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>63</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>145</v>
+      </c>
+      <c r="C27" t="s">
+        <v>146</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E28" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="I28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I29" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H30" t="s">
         <v>160</v>
       </c>
       <c r="I30" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>162</v>
       </c>
       <c r="B31" t="s">
         <v>163</v>
       </c>
       <c r="C31" t="s">
         <v>164</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H31" t="s">
         <v>165</v>
       </c>
       <c r="I31" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>167</v>
       </c>
       <c r="B32" t="s">
         <v>168</v>
       </c>
+      <c r="C32" t="s">
+        <v>169</v>
+      </c>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>99</v>
+        <v>170</v>
       </c>
       <c r="I32" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E34" t="s">
+        <v>180</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>159</v>
+        <v>25</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C36" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="I36" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D37" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I37" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B38" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="I38" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>25</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="I40" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B41" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E41" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B42" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C42" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D42" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>222</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>13</v>
       </c>
       <c r="I42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B43" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C43" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D43" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>36</v>
+        <v>238</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="I45" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B46" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C46" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D46" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H46" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="I46" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C47" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D47" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>246</v>
+        <v>227</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>85</v>
+      </c>
+      <c r="H47" t="s">
+        <v>249</v>
       </c>
       <c r="I47" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B48" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H48" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="I48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B49" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>256</v>
+        <v>31</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I49" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="I51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>25</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B53" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C53" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>130</v>
+        <v>53</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>253</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>36</v>
+        <v>222</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>31</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
       <c r="C58" t="s">
         <v>302</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H58" t="s">
         <v>303</v>
       </c>
       <c r="I58" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>305</v>
       </c>
       <c r="B59" t="s">
         <v>306</v>
       </c>
       <c r="C59" t="s">
         <v>307</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>309</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="I59" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B60" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C60" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="I60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B61" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C61" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="I61" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B62" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C62" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>11</v>
       </c>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B63" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C63" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>131</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I63" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B64" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C64" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D64" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>63</v>
+        <v>180</v>
       </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H64" t="s">
+        <v>335</v>
       </c>
       <c r="I64" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B65" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C65" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>337</v>
+        <v>31</v>
       </c>
       <c r="F65" t="s">
-        <v>338</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I65" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B66" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C66" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H66" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I66" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B67" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="C67" t="s">
         <v>348</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>63</v>
+        <v>227</v>
       </c>
       <c r="F67" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H67" t="s">
         <v>349</v>
       </c>
       <c r="I67" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>351</v>
       </c>
       <c r="B68" t="s">
         <v>352</v>
       </c>
       <c r="C68" t="s">
         <v>353</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E68" t="s">
+        <v>96</v>
       </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H68" t="s">
         <v>354</v>
       </c>
       <c r="I68" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>356</v>
       </c>
       <c r="B69" t="s">
         <v>357</v>
       </c>
       <c r="C69" t="s">
         <v>358</v>
       </c>
       <c r="D69" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>225</v>
+        <v>47</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H69" t="s">
         <v>359</v>
       </c>
       <c r="I69" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>361</v>
       </c>
       <c r="B70" t="s">
         <v>362</v>
       </c>
       <c r="C70" t="s">
         <v>363</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>193</v>
+        <v>25</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H70" t="s">
         <v>364</v>
       </c>
       <c r="I70" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>366</v>
       </c>
       <c r="B71" t="s">
         <v>367</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>53</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" t="s">
         <v>368</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>370</v>
+      </c>
+      <c r="B72" t="s">
         <v>371</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>85</v>
+      </c>
+      <c r="H72" t="s">
         <v>372</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>373</v>
-      </c>
-[...16 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>374</v>
+      </c>
+      <c r="B73" t="s">
+        <v>375</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" t="s">
+        <v>372</v>
+      </c>
+      <c r="I73" t="s">
         <v>376</v>
-      </c>
-[...16 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>377</v>
+      </c>
+      <c r="B74" t="s">
+        <v>378</v>
+      </c>
+      <c r="C74" t="s">
+        <v>379</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" t="s">
         <v>380</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>382</v>
+      </c>
+      <c r="B75" t="s">
+        <v>383</v>
+      </c>
+      <c r="C75" t="s">
+        <v>384</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>131</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" t="s">
         <v>385</v>
       </c>
-      <c r="B75" t="s">
+      <c r="I75" t="s">
         <v>386</v>
-      </c>
-[...19 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>387</v>
+      </c>
+      <c r="B76" t="s">
+        <v>388</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>389</v>
+      </c>
+      <c r="F76" t="s">
+        <v>309</v>
+      </c>
+      <c r="G76" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" t="s">
         <v>390</v>
       </c>
-      <c r="B76" t="s">
+      <c r="I76" t="s">
         <v>391</v>
-      </c>
-[...13 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>392</v>
+      </c>
+      <c r="B77" t="s">
+        <v>393</v>
+      </c>
+      <c r="C77" t="s">
         <v>394</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>308</v>
+      </c>
+      <c r="F77" t="s">
+        <v>309</v>
+      </c>
+      <c r="G77" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" t="s">
         <v>395</v>
-      </c>
-[...10 lines deleted...]
-        <v>392</v>
       </c>
       <c r="I77" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>397</v>
       </c>
       <c r="B78" t="s">
         <v>398</v>
       </c>
       <c r="C78" t="s">
         <v>399</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>36</v>
+        <v>131</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H78" t="s">
         <v>400</v>
       </c>
       <c r="I78" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>402</v>
       </c>
       <c r="B79" t="s">
         <v>403</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>131</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" t="s">
         <v>404</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>406</v>
+      </c>
+      <c r="B80" t="s">
         <v>407</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>408</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
+        <v>13</v>
+      </c>
+      <c r="H80" t="s">
         <v>409</v>
       </c>
-      <c r="D80" t="s">
-[...11 lines deleted...]
-      <c r="H80" t="s">
+      <c r="I80" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>411</v>
+      </c>
+      <c r="B81" t="s">
         <v>412</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>413</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>25</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
+        <v>13</v>
+      </c>
+      <c r="H81" t="s">
         <v>414</v>
       </c>
-      <c r="D81" t="s">
-[...11 lines deleted...]
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>415</v>
-      </c>
-[...79 lines deleted...]
-        <v>429</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">