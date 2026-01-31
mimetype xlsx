--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -66,469 +66,445 @@
     <t>Nikita Vadimovich Dranets</t>
   </si>
   <si>
     <t>1 january 1999</t>
   </si>
   <si>
     <t>Nikita, an activist in the anarchist movement, was detained in March 2021 as part of a criminal case brought against anarchists from the Brest region. He was convicted of "participation in group actions that grossly violate public order" and "participation in a criminal organization." It is known that the charges were based on an episode related to the "March of the Non-Parasites," which took place on March 5, 2017.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>In custody</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Trial outcome 06.09.2022: 6 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-03-07 16:14:07</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-08-30 17:32:53</t>
   </si>
   <si>
     <t>Dmitry Leonidovich Papkov</t>
   </si>
   <si>
     <t>3 january 1988</t>
   </si>
   <si>
     <t>According to pro-government telegram channels, four people were detained - they are called a "sleeper cell of extremists" who had "external connections" with Belarusian volunteers fighting in Ukraine. Among them is Dmitry.
 All of them are from Gomel and, judging by their posts on social networks, have been friends for a long time, participating together in an international game of Beer Pong in Gomel. After the brutal detention , the friends were forced to record a “repentance video” and say that they created a chat where they corresponded with each other, and after the Russian invasion of Ukraine, they allegedly insulted Lukashenko several times in correspondence, and also wrote “wrong” comments. Another accusation is that the guys “had external connections” with Belarusian volunteers who are fighting for Ukraine. Apparently, this was the basis for initiating a criminal case under the article “promoting extremist activities.”
 On May 10, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>Trial outcome 01.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.05.2024: unknown.</t>
   </si>
   <si>
     <t>2023-03-31 19:10:13</t>
   </si>
   <si>
     <t>Eugene Alexeyevich Pelekhaty</t>
   </si>
   <si>
     <t>3 january 1993</t>
   </si>
   <si>
     <t>During the detention, “special equipment and physical force” were used against Yevgeny, according to the June 2 court decision (the man was accused of disobeying the police). He was taken out of his office in handcuffs and with a bag over his head, we know from our sources.At the moment, Evgeny Pelekhaty is awaiting trial. He is accused of writing several tough telegram comments about Lukashenka and the security forces.</t>
   </si>
   <si>
     <t>Trial outcome 05.08.2024: unknown.</t>
   </si>
   <si>
     <t>2023-06-15 18:33:27</t>
   </si>
   <si>
-    <t>Ludmila Eduardovna Ksiendzova</t>
-[...10 lines deleted...]
-  <si>
     <t>Paul Alexandrovich Ksiendzov</t>
   </si>
   <si>
     <t>3 january 1987</t>
   </si>
   <si>
-    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-11-17 21:48:11</t>
   </si>
   <si>
     <t>Оlesya Nikolaevna Dernakovskaya</t>
   </si>
   <si>
     <t>4 january 1976</t>
   </si>
   <si>
     <t>Alesya was detained for providing financial assistance to political prisoners.
 In 1992 , she graduated from the Belarusian State Medical University with a degree in General Medicine. At first, she worked as a doctor in various hospitals, and in 2003, she completed her studies to become a pediatrician. In 2006, she also completed her studies to become a dermatologist and cosmetologist. She has the first qualification category. In recent cities, she worked in private medical centers "Sedmoe Nebo", "Mark Estetik" and "Medovenyu".</t>
   </si>
   <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
     <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal 17.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-26 16:30:05</t>
   </si>
   <si>
     <t>Maxim Vyacheslavovich Akulov</t>
   </si>
   <si>
     <t>4 january 1971</t>
   </si>
   <si>
-    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 24.12.2024: unknown. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-09-23 20:32:25</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Vauchok</t>
+  </si>
+  <si>
+    <t>4 january 1977</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:51:11</t>
   </si>
   <si>
     <t>Vitaly Mikhailovich Voitekhovich</t>
   </si>
   <si>
     <t>4 january 1967</t>
   </si>
   <si>
     <t>Vitaly was detained in August 2021 as part of a criminal case initiated under the article "act of terrorism", and in June 2023 he was sentenced under numerous criminal articles to a long term of imprisonment, the first five years of which were in prison.
 According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
   </si>
   <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
     <t>Trial outcome 21.06.2023: 19 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime). Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-17 01:25:10</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-11-01 22:51:11</t>
   </si>
   <si>
     <t>Fedor Mikhailovich Candiranda</t>
   </si>
   <si>
     <t>4 january 1978</t>
   </si>
   <si>
     <t>Senior lecturer in the Combined Arms Department of the Military Academy. He has repeatedly won prizes among senior lecturers at the Military Academy. On August 13, 2020, he submitted a resignation letter due to election fraud and refusal to carry out criminal orders. In May 2021, Lukashenko stripped him of his rank of lieutenant colonel.
 In recent years he worked in the IT field.
 He was arrested in March 2025, most likely in connection with the "Gayun case".
 Fedor has chronic diseases.</t>
   </si>
   <si>
-    <t>Trial outcome 25.09.2025: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
+    <t>Trial outcome 25.09.2025: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-10-21 23:07:31</t>
+  </si>
+  <si>
+    <t>Maksim Dmitrievich Varnel</t>
+  </si>
+  <si>
+    <t>5 january 2001</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.12.2023: 5 years 6 months of imprisonment in colony under general regime conditions. Appeal 20.02.2024: unknown. Appeal 18.12.2024: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2023-12-10 12:06:28</t>
   </si>
   <si>
     <t>Natalia Nikolaevna Vasilenko</t>
   </si>
   <si>
     <t>5 january 1975</t>
   </si>
   <si>
     <t>Natalia became famous back in 2017, when the independent press reported on her problem. A woman with a third-degree disability, who could not get a job due to medical restrictions, was about to be evicted from her home for debts. Previously, Natalia worked in a construction company, but after she was diagnosed with epilepsy, doctors wrote a list of work restrictions. After a public outcry, the authorities withdrew the lawsuit, and Natalia was able to pay off her debts with the help of Nobel laureate, writer Svetlana Alexievich. After that, she constantly helped the Gomel resident, and many other caring people joined in the help.
 In September, Natalia was caught by the security forces - she was detained for "extremist" subscriptions. The same judge who would try the woman on criminal charges punished her with a fine for an administrative offense. The Gomel resident was forced to star in a "repentant" video, in which she did not repent, and when asked how she felt about the authorities, she directly answered: "Badly." After that, she was released on bail.
 She also talked about all this on social networks, and in her last post she wrote that they came to take her into custody - as part of a criminal case. Natalia also posted a photo with cut veins on her hand.
 Finally, she was placed right before the trial.</t>
   </si>
   <si>
     <t>Trial outcome 13.01.2025: unknown. Appeal 21.03.2025: unknown.</t>
   </si>
   <si>
     <t>2025-01-06 13:57:15</t>
   </si>
   <si>
-    <t>Maksim Dmitrievich Varnel</t>
-[...10 lines deleted...]
-  <si>
     <t>Evgeniy Tadeushevich Buzhinskiy</t>
   </si>
   <si>
     <t>6 january 1966</t>
   </si>
   <si>
     <t>The doctor of the 1st qualification category of the ultrasound specialist of the Smorgon Central District Hospital.
 He was detained for insulting Lukashenko.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-08-31 17:10:54</t>
+  </si>
+  <si>
+    <t>Maria Aleksandrovna Rabkova</t>
+  </si>
+  <si>
+    <t>6 january 1995</t>
+  </si>
+  <si>
+    <t>Marfa, a coordinator of the Viasna volunteer service, was detained on September 17, 2020. She was accused of "preparing for mass riots" and other "crimes." In February 2021, she was charged with additional charges, including "inciting social discord" and "participation in a criminal organization."
+In September 2022, the court sentenced her to 15 years in prison, later reduced by three months. Marfa's health deteriorated in prison, including due to COVID.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.09.2022: 15 years of imprisonment in colony under general regime conditions, 700 basic values fine, approximately 6460 rubles of compensation. Appeal 28.02.2023: 14 years 9 months of imprisonment in colony under general regime conditions, 700 basic values fine, approximately 6460 rubles of compensation.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:07:57</t>
+  </si>
+  <si>
+    <t>Anzhela Mikhailovna Sandalyuk</t>
+  </si>
+  <si>
+    <t>6 january 1974</t>
+  </si>
+  <si>
+    <t>Sandalyuk Angela, together with her husband, was convicted in the Oktyabrsky District Court of Minsk under Part 1 of Article 342 of the Criminal Code (organization and preparation of actions that grossly violate public order, or active participation in them). On August 6, 2024, the case was heard by Judge Zhivitsa Elena.
+On October 11, 2024, the Minsk City Court considered the appeal. Chairman of the Judicial Collegium Rudenko Alexander Anatolyevich.
+On November 27, 2024, the Oktyabrsky District Court of Minsk considered a new case against a married couple under Part 1 of Article 342 of the Criminal Code (organization and preparation of actions that grossly violate public order, or active participation in them). This time, Dmitry Karsyuk was appointed to judge.
+On February 7, 2025, the Minsk City Court considered the appeal. The chairperson of the judicial panel was Anastasia Pavlovna Popko.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.08.2024: unknown. Appeal 11.10.2024: unknown. Trial outcome 27.11.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:01:16</t>
   </si>
   <si>
     <t>Anastasia Yuryevna Loyko</t>
   </si>
   <si>
     <t>6 january 1989</t>
   </si>
   <si>
     <t>Nasta Loiko is a well-known Belarusian human rights activist. Nasta has been persecuted for her human rights activities; since August 2021, she has been a suspect in a criminal case related to the activities of the human rights organization Viasna.
 On September 6, 2022, after attending a court hearing in the "Revolutionary Action" case, Nasta was convicted twice of "petty hooliganism" and spent 30 days in prison. Three weeks after her release, on October 28, 2022, Nasta was detained again. At the trial, Nasta reported torture (GUBOPiK officers hit her with a stun gun and, like the Central Inspectorate of the Criminal Code, left her in the cold for 8 hours without outerwear, which is why she fell ill). In custody at Okrestina, Nasta was without warm clothes and personal hygiene products.
 On 28.11.2022 it became known that Nastya was sentenced again to 15 days under Article 19.1 "petty hooliganism". The fifth time this fall.
 In mid-December, she was detained for the 6th time under the same article, and at the end of the month, she was charged under criminal articles and transferred to pretrial detention center No. 1. According to the prosecution, one of her human rights reports on the persecution of the anarchist community in Belarus in 2018 contains a negative assessment of the illegal actions of police officers, which became the basis for initiating a criminal case against her. The group against which other social hatred was allegedly incited is a professional social group of law enforcement officers. As human rights activists note, such an interpretation of the article does not comply with international human rights standards, as evidenced by the practice of international judicial bodies.
 Almost at the beginning of the court hearing, the trial was closed.
 On 03.10.2023, the appeal was considered.
 In July 2025, it became known that Nastya Loiko was placed in a PKT (cell-type facility) for 6 months.</t>
   </si>
   <si>
     <t>Trial outcome 20.06.2023: 7 years of imprisonment in colony under general regime conditions. Appeal 03.10.2023: unknown.</t>
   </si>
   <si>
     <t>2022-12-01 02:21:53</t>
   </si>
   <si>
-    <t>Maria Aleksandrovna Rabkova</t>
-[...12 lines deleted...]
-    <t>2021-02-26 21:07:57</t>
+    <t>Dmitriy Yurievich Popov</t>
+  </si>
+  <si>
+    <t>7 january 1992</t>
+  </si>
+  <si>
+    <t>The social media moderator for "Country for Life" disappeared on the evening of June 4, 2020. Only a few days later, it was revealed that he had been sentenced to 15 days in jail and transferred to a temporary detention facility in Minsk. He was charged with "organizing mass riots."
+In the fall of 2022, Dmitry was transferred to prison regime.
+According to human rights activists, the defendants in the case are required to pay compensation in the amount of 29 million rubles.
+In 2025, Dmitry was convicted under Article 411.</t>
+  </si>
+  <si>
+    <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.12.2021: 16 years of imprisonment in colony under enhanced security conditions. Appeal 01.06.2022: the sentence was upheld. Regime change trial 27.09.2022: 5 years of prison regime. Trial outcome 06.10.2022: approximately 29000000 rubles of compensation. Trial outcome date unknown: unknown years of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:33:59</t>
+  </si>
+  <si>
+    <t>Nikolay Nikolaevich Autukhovich</t>
+  </si>
+  <si>
+    <t>7 january 1963</t>
+  </si>
+  <si>
+    <t>Nikolai, an Afghan war veteran, entrepreneur, and public figure, had previously been persecuted multiple times for his civic activism. He was arrested on December 1, 2020, and convicted on several charges, including "creating a criminal organization" and "attempted seizure of power." He received a lengthy prison sentence and a fine, with the first five years of his sentence to be served in prison.
+In the spring of 2024, Nikolai and two other defendants in the "case" were ordered to pay compensation for damage to police officers' property totaling more than 40,000 rubles.
+In November 2025, Nikolai completed his five-year prison sentence and was transferred to Correctional Colony No. 14, where he was immediately sent to a PKT. Nikolai will likely be sent back to prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2022: 25 years of imprisonment in colony in strict regime conditions (among them 5 years of prison regime), 1000 basic values fine, military service restriction. Appeal 31.03.2023: the sentence was upheld. Trial outcome 26.04.2024: approximately 13400 rubles of compensation. Regime change trial 23.01.2026: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:57</t>
   </si>
   <si>
     <t>Nikolai Vladimirovich Biblis</t>
   </si>
   <si>
     <t>7 january 1997</t>
   </si>
   <si>
     <t>Nikolai, a technician at the Institute of Powder Metallurgy, was arrested in July 2021 in a criminal case related to the "Busly Lyatsyats" initiative. Some of the charges involved damaging the car of a Borisov district judge. As a result, he was sentenced to a long prison term and a fine.
 Nikolai had previously been arrested after attempting to file a complaint with the Central Election Commission on July 16, 2020, where his front tooth was knocked out.</t>
   </si>
   <si>
     <t>Trial outcome 28.09.2022: 8 years 6 months of imprisonment in colony under enhanced security conditions, 300 basic values fine. Appeal 28.02.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-05-26 01:14:39</t>
   </si>
   <si>
-    <t>Nikolay Nikolaevich Autukhovich</t>
-[...35 lines deleted...]
-    <t>2021-02-25 11:33:59</t>
+    <t>Sergey Vladimirovich Soc</t>
+  </si>
+  <si>
+    <t>8 january 1983</t>
+  </si>
+  <si>
+    <t>On November 24, 2023, an appeal hearing was held and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>IK №3</t>
+  </si>
+  <si>
+    <t>2 years imprisonment.</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:01:48</t>
   </si>
   <si>
     <t>Artyom Vladimirovich Mazanik</t>
   </si>
   <si>
     <t>8 january 1990</t>
   </si>
   <si>
     <t>He is a programmer, enjoys music and fishing. Very inquisitive, knowledgeable in many areas. Studies English and German. He always knew that he would live in Germany, loves the Rammstein band, listens to them all his life, knows all the songs by heart.
 The channels supporting the current state authorities reported that Artem was detained for having developed a barcode scanning program to boycott companies that support the current government.</t>
   </si>
   <si>
     <t>8 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-01-23 16:17:56</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Soc</t>
-[...16 lines deleted...]
-  <si>
     <t>Maxim Vasilievich Gritchenko</t>
   </si>
   <si>
     <t>9 january 1989</t>
   </si>
   <si>
     <t>He was sentenced to imprisonment. He was held in ST-4.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-11 18:45:43</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Dumava</t>
   </si>
   <si>
     <t>9 january 1986</t>
   </si>
   <si>
-    <t>Arrested in March 2021 for posting stickers in the city . According to the prosecution, from October 1 to March 22, he was engaged in activities aimed at "systematic damage to property." Using aerosol paint, he applied the inscriptions on the property of UE Vitebskvodokanal: "Long live Belarus!", "3%", "Red partisan", "Go away", etc. Sergei faces up to 15 years in prison. Sergei left two minor children in the wild.</t>
+    <t>Sergei was arrested in March 2021 and convicted that fall for posting stickers in Vitebsk. According to the prosecution, from October 1, 2020, to March 22, 2021, he engaged in activities aimed at "systematic property damage": using aerosol paint, he spray-painted slogans such as "Long Live Belarus!", "3%," "Red Partisan," "Go Away," and others on Vitebskvodokanal facilities.
+In September 2024, another court hearing took place, following which Sergei was transferred to prison.</t>
   </si>
   <si>
     <t>Trial outcome 17.09.2021: 9 years 15 days of imprisonment in colony under enhanced security conditions. Regime change trial 25.09.2024: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-08-26 22:47:30</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Shemyakin</t>
   </si>
   <si>
     <t>9 january 1969</t>
   </si>
   <si>
     <t>Trial outcome 08.08.2025: unknown years of imprisonment in colony under general regime conditions. Appeal 26.09.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-11-03 15:25:52</t>
   </si>
   <si>
-    <t>Ilya Olegovich Goncharik</t>
-[...5 lines deleted...]
-    <t>Ilya was convicted for a personal message sent to Vladimir Kozlovsky, a senior police inspector at the Ministry of Internal Affairs department of the Leninsky District Administration of Grodno. According to the prosecution, in his message, he threatened to use violence against the police officer "with the aim of obstructing his lawful activities, forcing him to change the nature of these activities, and out of revenge for the performance of his official duties."</t>
+    <t>Vladislav Alexeyevich Anichkin</t>
+  </si>
+  <si>
+    <t>9 january 1991</t>
+  </si>
+  <si>
+    <t>Vladislav was arrested and convicted in the spring of 2024 for participating in post-election protests that took place in Minsk in the fall of 2020, and sentenced to restricted freedom and placement in an open-type facility.</t>
   </si>
   <si>
     <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
   </si>
   <si>
     <t>Penal labor facility</t>
   </si>
   <si>
-    <t>Trial outcome 07.02.2022: 4 years restrictions of freedom with referral to an open-type correctional facility, 1500 rubles of compensation.</t>
-[...13 lines deleted...]
-  <si>
     <t>Trial outcome 23.04.2024: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 25.06.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-04-17 19:21:08</t>
   </si>
   <si>
     <t>Dmitry Yuryevich Malakhov</t>
   </si>
   <si>
     <t>9 january 1993</t>
   </si>
   <si>
     <t>IUOT-45, 225073, Brestskaya obl. Kamenetsky region, d. Sushki, ul. Tsentralnaya, 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>No</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 5 years restrictions of freedom with referral to an open-type correctional facility. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-25 00:19:50</t>
   </si>
   <si>
     <t>Sergey Valerievich Degtyarenko</t>
   </si>
   <si>
     <t>10 january 1992</t>
   </si>
   <si>
     <t>Trial outcome 11.01.2024: 3 years 5 months of imprisonment in colony under general regime conditions. Appeal 16.04.2024: unknown.</t>
   </si>
   <si>
     <t>2023-11-21 14:51:55</t>
   </si>
   <si>
     <t>Igor Mikhailovich Nemirovich</t>
   </si>
   <si>
     <t>10 january 1994</t>
   </si>
@@ -550,309 +526,313 @@
   </si>
   <si>
     <t>Andrey Vladimirovich Novitsky</t>
   </si>
   <si>
     <t>10 january</t>
   </si>
   <si>
     <t>in custody since June 1, 2021. He refused a lawyer, as he is confident that he can successfully defend himself.
 Andrei Novitsky was found guilty of participating in the marches on September 27, 2020, holding a white-red-white flag in his outstretched arms, and publicly shouting slogans. He also took part in the march on October 11 on Kalvariyskaya Street and Pobediteley Avenue, where, among other things , he "put a white-red-white flag on his shoulders and demonstrated a clenched fist with his arm extended upward." He is accused of similar actions in connection with the events of October 25. He was also found guilty of insulting Lukashenko on YouTube no later than December 7, 2020. Andrei Novitsky was also convicted of purchasing a bulk substance no later than January 27, 2021, and illegally storing and transporting it without notifying the authorized bodies.
 On June 13, 2022, a trial under Article 411 was held in the court of the Bobruisk district and the city of Bobruisk, as a result of which the political prisoner was given another four months of imprisonment and the regime was changed from enhanced to strict.
 On January 17, 2023, the political prisoner was again tried under Article 411 of the Criminal Code. The verdict is unknown.
 Transferred to Penal Colony No. 20 .
 Since April 2024 and as of the beginning of December of the same year, relatives know nothing about Andrei; in response to their request to the colony administration, they received a formal reply , according to which the political prisoner, allegedly, will tell everything himself “through correspondence”, but there are no letters from him.</t>
   </si>
   <si>
     <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
   </si>
   <si>
     <t>Trial outcome 30.09.2021: 5 years 4 months of imprisonment in colony under enhanced security conditions. Trial outcome 13.06.2022: 4 months of imprisonment in colony in strict regime conditions. Trial outcome 17.01.2023: unknown.</t>
   </si>
   <si>
     <t>2021-10-01 18:41:47</t>
   </si>
   <si>
+    <t>Boris Viktorovich Kim</t>
+  </si>
+  <si>
+    <t>11 january 1996</t>
+  </si>
+  <si>
+    <t>On February 17, 2023, an appeal hearing was held. the verdict came into force.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>4,5 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-11-11 19:48:15</t>
+  </si>
+  <si>
+    <t>Oleg Arkadyevich Ermakovich</t>
+  </si>
+  <si>
+    <t>11 january 1962</t>
+  </si>
+  <si>
+    <t>Detained in May 2023 for “distribution, production, storage, transportation of information products containing calls for extremist activities or promoting such activities.” After the administrative punishment, a criminal case was opened.
+On April 16, 2024, Oleg’s appeal was considered, and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2023-11-05 20:55:54</t>
+  </si>
+  <si>
     <t>Konstantin Anatolevich Rudnitsky</t>
   </si>
   <si>
     <t>11 january 1999</t>
   </si>
   <si>
     <t>Student. Konstantin is a master of sports.
 On December 9, a video appeared in the telegram channels supporting the current government in the Republic of Belarus with him, where Konstantin was forced to say that he participated in the development of the «Black Map of Belarus».</t>
   </si>
   <si>
     <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
   </si>
   <si>
     <t>Trial outcome 12.07.2022: 6 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2022-05-09 15:19:01</t>
   </si>
   <si>
-    <t>Boris Viktorovich Kim</t>
-[...29 lines deleted...]
-  <si>
     <t>Konstantin Leonidovich Ermolovich</t>
   </si>
   <si>
     <t>12 january 1991</t>
   </si>
   <si>
     <t>Resident of the Mogilev region. Native of Lithuania. Detained for sabotage of the railway near the stations of Bobruisk, as well as arson of the shooting range of military unit 5527.
 On October 25, 2022, the court’s appeal hearing took place, and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 10.08.2022: 16 years of imprisonment in colony under enhanced security conditions. Appeal 25.10.2022: unknown.</t>
   </si>
   <si>
     <t>2022-05-23 12:39:50</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-28 12:54:28</t>
   </si>
   <si>
     <t>Paul Petrovich Dobrovolsky</t>
   </si>
   <si>
     <t>12 january 1990</t>
   </si>
   <si>
     <t>Former journalist for Naviny.by.
 Previously, Pavel worked for various independent publications. During the 2020 protests, he was detained and charged with administrative offences in connection with his professional activities. In the fall of 2021, Pavel Dobrovolsky left Belarus. He traveled extensively across various countries, reporting.
 However, as has now becomeknown , he has been held in a pretrial detention facility in Belarus since January 2025. The circumstances of his criminal prosecution suggest that Pavel's previous activities related to the exercise of his right to free expression and dissemination of information are the reason for his detention.
 In October 2025, it became known that Pavel was accused of treason.</t>
   </si>
   <si>
     <t>Glavpochtamt, a/b 8, Minsk 220050</t>
   </si>
   <si>
     <t>2025-08-26 17:10:27</t>
   </si>
   <si>
+    <t>Dmitry Alexandrovich Grishkevich</t>
+  </si>
+  <si>
+    <t>12 january 1988</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.08.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-08-28 12:54:28</t>
+  </si>
+  <si>
+    <t>Ivan Sergeevich Osipovich</t>
+  </si>
+  <si>
+    <t>13 january 1998</t>
+  </si>
+  <si>
+    <t>On November 11, 2022, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>3 years imprisonment in a colony</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:33:18</t>
+  </si>
+  <si>
     <t>Vladislav Vladimirovich Koshelev</t>
   </si>
   <si>
     <t>13 january 1978</t>
   </si>
   <si>
     <t>Vladislav, known in Vitebsk as a wedding and nude photographer, was convicted in November 2024 of "insulting Lukashenko" and sentenced to restricted freedom in an open facility.</t>
   </si>
   <si>
     <t>IUOT-36, 220039, Minsk, ul. Korotkevicha, 14</t>
   </si>
   <si>
     <t>Trial outcome 19.11.2024: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 31.01.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-11-11 21:38:48</t>
   </si>
   <si>
-    <t>Ivan Sergeevich Osipovich</t>
-[...11 lines deleted...]
-    <t>2022-09-02 22:33:18</t>
+    <t>Vitaly Vyacheslavovich Zheleznyakov</t>
+  </si>
+  <si>
+    <t>13 january 1987</t>
+  </si>
+  <si>
+    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.09.2024: unknown years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:11:58</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Primako</t>
   </si>
   <si>
     <t>14 january 1977</t>
   </si>
   <si>
     <t>cultural activist. Andrei was detained on January 12 and the court of the Moscow district of Minsk sentenced him to 10 days of administrative arrest. After “days” he was no longer released. He was kept in pre-trial detention center No. 1 in Minsk.
 It is known from the case that Primak was registered in the “Victory Plan”.</t>
   </si>
   <si>
-    <t>4 years of imprisonment in a penal colony</t>
+    <t>Trial outcome 12.06.2023: 4 years of imprisonment in colony under general regime conditions. Appeal 18.08.2023: unknown.</t>
   </si>
   <si>
     <t>2023-06-03 22:47:17</t>
   </si>
   <si>
     <t>Alexander Anatolyevich Frantskevich</t>
   </si>
   <si>
     <t>15 january 1988</t>
   </si>
   <si>
     <t>The Investigative Committee calls him an active participant in destructive telegram channels and a representative of the «sofa troops».
 The victims in the case were 26 people.
 Frantskevich was held in custody until the trial.</t>
   </si>
   <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
     <t>2022-06-28 16:49:54</t>
   </si>
   <si>
     <t>Andrey Yuryevich Khrishanovich</t>
   </si>
   <si>
     <t>16 january 1991</t>
   </si>
   <si>
     <t>Trial outcome 13.08.2025: 1 year of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-08-26 22:04:04</t>
-  </si>
-[...29 lines deleted...]
-    <t>2024-08-30 23:52:04</t>
   </si>
   <si>
     <t>Inna Valerievna Glinskaya</t>
   </si>
   <si>
     <t>16 january 1975</t>
   </si>
   <si>
     <t>Detained together with her daughter.
 The apartment was searched under Article 364 of the Criminal Code of the Republic of Belarus. Then the article of accusation was reclassified to Part 3 of Article 130 of the Criminal Code of the Republic of Belarus.
 He is previously accused of distributing personal data of Interior Ministry employees.</t>
   </si>
   <si>
     <t>Trial outcome 20.01.2023: 7 years of imprisonment in colony under general regime conditions. Appeal 28.04.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-01-07 01:46:58</t>
   </si>
   <si>
-    <t>Alexei Vladimirovich Avdeev</t>
-[...13 lines deleted...]
-    <t>2023-08-19 22:46:11</t>
+    <t>Asker Azerovich Allahverdiyev</t>
+  </si>
+  <si>
+    <t>16 january 1999</t>
+  </si>
+  <si>
+    <t>According to Asker's social networks, he lived in Minsk, played sports, and acted in videos. The last time he visited his VKontakte page was in July. His case will be heard behind closed doors in the Minsk City Court on October 4. Asker is charged under Part 1 of Article 361-3 of the Criminal Code (Participation in an armed formation or armed conflict, military action, recruitment or preparation of persons for such participation on the territory of a foreign state).</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.10.2024: compulsory treatment in a psychiatric hospital.</t>
+  </si>
+  <si>
+    <t>2024-09-13 20:37:48</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Shpak</t>
+  </si>
+  <si>
+    <t>16 january 1972</t>
+  </si>
+  <si>
+    <t>On July 24, the Ministry of Internal Affairs recognized the "Propovednik" project as an "extremist group." According to the department, 52-year-old Vladimir Shpak, who was detained in May 2024, is involved in it.
+Pro-government Telegram channels reported that the man "incited national and social hatred, called for violence, advocated radicalization and terrorism." It was claimed that a number of criminal cases had been opened against the detainee - he was threatened with 10 years in prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.01.2025: 7 years of imprisonment in colony under enhanced security conditions, 600 basic values fine. Appeal 07.03.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-08-30 23:52:04</t>
+  </si>
+  <si>
+    <t>Timur Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>16 january 1990</t>
+  </si>
+  <si>
+    <t>A football fan of the MTZ-RIPO club, he was detained on September 25, 2020 in Minsk and convicted for participating in protests.</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.07.2021: 6 years 3 months 2 days of imprisonment in colony under enhanced security conditions, unknown rubles of compensation. Appeal 24.09.2021: 6 years 2 months 2 days of imprisonment in colony under enhanced security conditions, unknown rubles of compensation.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:04:52</t>
   </si>
   <si>
     <t>Ruslan Olegovych Rebkovets</t>
-  </si>
-[...1 lines deleted...]
-    <t>16 january 1990</t>
   </si>
   <si>
     <t>According to the USC for the Mogilev region, Ruslan forwarded the video to the VKontakte public DVIZh, which was recognized by the Belarusian authorities as “extremist”. It is worth noting that the video itself lasts only 12 seconds and nothing actually happens in it - the train with military equipment just stands at the station.
 After a while, the man was detained by the KGB. He was charged under part 1 of article 361-4 (assistance to extremist activity) of the Criminal Code of the Republic of Belarus. The man faces up to 6 years in prison.</t>
   </si>
   <si>
     <t>2023-05-15 13:10:03</t>
-  </si>
-[...10 lines deleted...]
-    <t>2021-02-26 21:04:52</t>
   </si>
   <si>
     <t>Vladimir Methodievich Voroshen</t>
   </si>
   <si>
     <t>17 january 1965</t>
   </si>
   <si>
     <t>unknown years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2024-01-18 19:26:22</t>
   </si>
   <si>
     <t>Elena Petrovna Zhukova</t>
   </si>
   <si>
     <t>17 january 1969</t>
   </si>
   <si>
     <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
   </si>
   <si>
     <t>2025-09-18 17:00:13</t>
   </si>
@@ -904,480 +884,470 @@
 As of October 2025, it became known that Viktor was again detained and was being held in Pre-trial Detention Center No. 1.</t>
   </si>
   <si>
     <t>Trial outcome 14.03.2023: 1 year 6 months restrictions of freedom without referral to an open-type correctional facility. Regime change trial 13.08.2023: unknown.</t>
   </si>
   <si>
     <t>2022-11-02 14:13:38</t>
   </si>
   <si>
     <t>Vyacheslav Valerievich Murnov</t>
   </si>
   <si>
     <t>19 january 1973</t>
   </si>
   <si>
     <t>According to the case materials, Vyacheslav Murnov used obscene language to comment on posts featuring Lukashenko on Odnoklassniki in October 2021 and March 2024. This was enough to send the man to prison. In addition, he was also given "compulsory treatment for chronic alcoholism."
 On September 3, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 04.07.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 03.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-07-01 20:57:16</t>
   </si>
   <si>
-    <t>Evgeny Valerievich Shcherbina</t>
-[...24 lines deleted...]
-    <t>2025-05-27 17:33:53</t>
+    <t>Maxim Pavlovich Sobolev</t>
+  </si>
+  <si>
+    <t>20 january 1996</t>
+  </si>
+  <si>
+    <t>Detained for creating a chat in 2020, which was later recognized as extremist.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.01.2023: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal 09.06.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
   </si>
   <si>
     <t>Anastasia Sergeevna Kukhta</t>
   </si>
   <si>
     <t>20 january 1992</t>
   </si>
   <si>
     <t>A social activist from Minsk.
 She was detained on February 17, 2022 at her place of residence. Her house was searched.
 At first, she was sentenced to administrative arrest, but after the end of the arrest, Anastasia did not go free.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-03-16 14:22:57</t>
   </si>
   <si>
     <t>Sergey Nikolaevich Kabarchuk</t>
   </si>
   <si>
     <t>20 january 1963</t>
   </si>
   <si>
     <t>On February 15, 2024, a "counter-terrorist operation" regime was introduced in the Lelchitsy district of the Gomel region on the border with Ukraine. The population was asked to "remain calm and obey the demands of law enforcement officers." The KGB claims that they detained members of a "sabotage and reconnaissance group" that included citizens of Ukraine and Belarus. The exact number of people detained is not reported.</t>
   </si>
   <si>
     <t>Trial outcome 23.10.2024: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine.</t>
   </si>
   <si>
     <t>2024-09-23 19:42:06</t>
+  </si>
+  <si>
+    <t>Evgeny Valerievich Shcherbina</t>
+  </si>
+  <si>
+    <t>20 january 1984</t>
+  </si>
+  <si>
+    <t>On February 2, 2024, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>2023-04-13 23:11:10</t>
+  </si>
+  <si>
+    <t>Vladimir Nikolaevich Savenkov</t>
+  </si>
+  <si>
+    <t>21 january 1977</t>
+  </si>
+  <si>
+    <t>Vladimir, according to available information, a former riot police commander and deputy of the Pushkinsky electoral district No. 9 (agro-town of Kolodishchi) of the 27th convocation, was detained in December 2021 after an attempted attack on GOM-2 of the Frunzensky District Department of Internal Affairs in Minsk on August 16, 2021, as part of a criminal case initiated under the article "act of terrorism".
+According to the indictment, from July 2020 to January 2022, "an organized criminal group operated in Belarus, Turkey, Poland, Ukraine and other countries with the goal of committing extremist crimes. The group included radical individuals, including former and current military personnel, law enforcement officers, athletes and businessmen, who sought to seize power illegally." The case involves charges of attempted arson of the home of MP Oleg Gaidukevich in June 2021 and "organizing mass riots."
+Vladimir was convicted under several criminal articles to a long term of imprisonment, the first five of which were prison terms. He was also stripped of his military rank.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 16 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime), military service restriction. Appeal 04.10.2023: the sentence was upheld. Regime change trial date unknown: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:56:43</t>
   </si>
   <si>
     <t>Eugen Igorevich Stepanov</t>
   </si>
   <si>
     <t>21 january 1967</t>
   </si>
   <si>
     <t>The essence of the charges brought against Yevgeny Stepanov, who is now accused of "creating or participating in the activities of an extremist group," is unknown. According to unreliable information, he was detained in January of this year for "distributing extremist materials on the Internet" and sentenced to arrest under Part 2 of Article 19.11 of the Code of Administrative Offenses, from which he has not been released.
 Evgeniy Stepanov has serious health problems: in 2020, he suffered a stroke, after which he had difficulty speaking. Because of this, Evgeniy Stepanov lost the opportunity to work in his profession - he graduated from the University of Culture and Arts with a degree in directing, conducted weddings, concerts, and other festive and entertainment events.
 Yevgeny Stepanov disappeared from social networks at the end of 2022, but due to the difficulty of communicating with him, this went unnoticed. The attention of the security forces was attracted by his appeals to government agencies, written in late February-early March 2022. He demanded to help stop Russian military aggression on the territory of Ukraine - to announce the formation of an anti-war movement and support any forms of anti-war protests; demand the immediate withdrawal of Russian troops from the territory of Belarus, to consider as war criminals all those who made the decision on military action in Ukraine and who sanctioned aggressive propaganda justifying the war in the state Belarusian media.
 Yevgeny Stepanov sent his demands to end the war in Ukraine to both local authorities and high-ranking government officials – the Minister of Defense of the Republic of Belarus, the head of the country's armed forces, and the Prosecutor General of the Republic of Belarus.</t>
   </si>
   <si>
     <t>Trial outcome 19.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-09 20:01:51</t>
   </si>
   <si>
     <t>Anatoly Arkadyevich Yaskevich</t>
   </si>
   <si>
     <t>21 january 1987</t>
   </si>
   <si>
     <t>According to the investigation materials, back in May 2021, using the news about the crash of a military aircraft in the city of Baranovichi and the death of two pilots, 35 year old Yaskevich systematically posted publicly available video messages aimed at inciting social discord and hostility against law enforcement officers on the social network and video hosting Tik-Tok.
 Also in May 2021, he produced and posted 3 video messages on the TikTok social network and video hosting, open to an unlimited number of people, in which he insulted the head of state, falsely accused him of grave and especially grave crimes.</t>
   </si>
   <si>
-    <t>4, 5 years of imprisonment in a penal colony of general regime.</t>
+    <t>Trial outcome 06.07.2022: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2022-06-29 15:39:33</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Savenkov</t>
-[...13 lines deleted...]
-    <t>2022-09-09 14:56:43</t>
+    <t>Sergey Sergeevich Yakubenok</t>
+  </si>
+  <si>
+    <t>22 january 1976</t>
+  </si>
+  <si>
+    <t>The basis for the criminal case against the man was “Class” in “Odnoklassniki” in one of the public pages recognized as extremist by one of the courts of the Republic of Belarus.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.12.2023: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal 05.03.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-12-07 23:46:11</t>
   </si>
   <si>
     <t>Alexey Yuryevich Klyushnichenko</t>
   </si>
   <si>
     <t>22 january 1996</t>
   </si>
   <si>
     <t>Alexey is an activist, member of the Movement "For Freedom".</t>
   </si>
   <si>
     <t>Trial outcome 05.11.2024: 6 years of imprisonment in colony under enhanced security conditions. Appeal 14.01.2025: unknown.</t>
   </si>
   <si>
     <t>2024-09-04 17:24:13</t>
   </si>
   <si>
     <t>Natalia Anatolyevna Davydulina</t>
   </si>
   <si>
     <t>22 january 1977</t>
   </si>
   <si>
     <t>Natalia Davydulina is 47 years old and is from Zhlobin. It is known from Natalia's social networks that she and her husband have a large family - five children, one of whom is still in elementary school.
 One of Natalia's sons, Denis Davydulin, is a former political prisoner. He was detained in March 2021 and sentenced to a year and a half in prison for "going out onto the roadway and actively disobeying police officers" on the night of August 10.She has never given media interviews. Court schedules show that she was tried on January 24, 2024, for “dissemination of extremist materials.” She was likely detained during a raid on those in solidarity with political prisoners.
 The trial will begin on August 23 in the Gomel Regional Court. Thus, most likely, Natalia is accused of some kind of assistance to other prisoners. It is known that during the January raid, mainly those who helped others were left behind bars - they made transfers and parcels to pretrial detention centers and colonies, even for very small amounts.</t>
   </si>
   <si>
     <t>Trial outcome 01.10.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 26.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-19 01:09:57</t>
   </si>
   <si>
-    <t>Vyacheslav Anatolyevich Berastavy</t>
-[...45 lines deleted...]
-    <t>2024-09-19 10:46:13</t>
+    <t>Anton Pavlovich Shibut</t>
+  </si>
+  <si>
+    <t>23 january 1990</t>
+  </si>
+  <si>
+    <t>On September 29, 2023, an appeal hearing was held.</t>
+  </si>
+  <si>
+    <t>5 years imprisonment in a colony</t>
+  </si>
+  <si>
+    <t>2023-07-08 16:04:24</t>
   </si>
   <si>
     <t>Alexander Pavlovich Gashnikov</t>
   </si>
   <si>
     <t>23 january 1987</t>
   </si>
   <si>
     <t>BMZ employee. Detained on September 18, 2021 for unknown reasons, raising 2 children of primary school age. According to preliminary information, the charge is Art. 356 of the Criminal Code (treason to the state). Also, ONT reported that a criminal case had been initiated for the creation of an extremist group - Art. 361-1 of the Criminal Code.
 On May 28, 2024, the court of Novopolotsk considered the case of strengthening the regime of detention for a political prisoner. By decision of judge Vitaly Lapko, Alexander was transferred to prison regime.</t>
   </si>
   <si>
     <t>14 years in a colony under enhanced regime conditions</t>
   </si>
   <si>
     <t>2021-09-27 14:14:40</t>
   </si>
   <si>
-    <t>Anton Pavlovich Shibut</t>
-[...13 lines deleted...]
-  <si>
     <t>Igor Yaroslavovich Kuzavko</t>
   </si>
   <si>
     <t>24 january 1987</t>
   </si>
   <si>
     <t>Trial outcome 06.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-11-21 23:37:17</t>
   </si>
   <si>
-    <t>Olga Gennadievna Sitnik</t>
-[...6 lines deleted...]
-She was arrested in May 2025. The nature of the charges is unknown, but it appears that Sitnik is involved in a criminal case with other Belarusian Wikipedia administrators who are now behind bars.</t>
+    <t>Oleg Vasilievich Larichev</t>
+  </si>
+  <si>
+    <t>26 january 1986</t>
+  </si>
+  <si>
+    <t>Organizer of the Urban Myths festival, public figure and street artist.
+Oleg Larichev has previously been arrested and prosecuted several times, including for his art activism, including in 2022.
+This time, he was detained in connection with a criminal case allegedly related to the detentions of other people allegedly involved in the "extremist group" "Da Zoraў."</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
   </si>
   <si>
-    <t>2025-06-26 18:48:32</t>
-[...27 lines deleted...]
-    <t>Alexander Andreevich Rybchenko</t>
+    <t>2025-12-29 19:49:56</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Sandalyuk</t>
+  </si>
+  <si>
+    <t>27 january 1971</t>
+  </si>
+  <si>
+    <t>Sergei served for many years in military unit 7404 in Baranovichi—the 4th Special Police Brigade of the Ministry of Internal Affairs' Internal Troops. In 1996, Sandaluk claims to have commanded a company there, and in the 2000s, he rose to the rank of unit commander.
+By 2013, Sergei Sandalyuk had already been promoted to Deputy Head of the Department of Corrections. In this position, he was responsible for ideological work and personnel management.
+The colonel made several appearances in the media: he conducted tours of the prison colonies for journalists from state publications, collaborated with the Exarchate of the Belarusian Orthodox Church, and discussed cooperation between the Belarusian Penitentiary Service and the Church with Metropolitan Pavel.
+At the turn of 2018, Sergei Sandaluk resigned as deputy head of the DIN. That same January, Sandaluk registered as a sole proprietor in Minsk's Leninsky District, offering daily rental services.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.08.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 11.10.2024: unknown. Trial outcome 27.11.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 07.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:00:34</t>
+  </si>
+  <si>
+    <t>Alexey Viktorovich Jagiello</t>
   </si>
   <si>
     <t>27 january 1984</t>
   </si>
   <si>
-    <t>Alexander, the former principal of the school in Krynki, headed it until approximately 2018. He was convicted of "assisting extremist activity" and sentenced to restricted freedom and placement in an open institution.</t>
-[...5 lines deleted...]
-    <t>2025-07-11 18:25:54</t>
+    <t>Alexey is a surgeon by training , but has never worked in his profession. He is an evangelical preacher and a healthy lifestyle advocate. Last year, a regional government newspaper wrote about his promotion of his smoking cessation method.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:40:32</t>
   </si>
   <si>
     <t>Andrey Valerievich Alexandrov</t>
   </si>
   <si>
     <t>27 january 1978</t>
   </si>
   <si>
     <t>Belarusian journalist Andrei, detained on January 12, 2021, along with his girlfriend Irina Zlobina, was accused of "financing protest activities" and paying fines to protesters. He was convicted on a number of criminal charges, including "treason" and "participation in an extremist group."
 On September 1, 2022, the couple got married in Pre-trial Detention Center No. 1.</t>
   </si>
   <si>
     <t>Trial outcome 06.10.2022: 14 years of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 06.01.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 22:36:24</t>
+  </si>
+  <si>
+    <t>Alexander Andreevich Rybchenko</t>
+  </si>
+  <si>
+    <t>Alexander, the former principal of the school in Krynki, headed it until approximately 2018. He was convicted of "assisting extremist activity" and sentenced to restricted freedom and placement in an open institution.</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.06.2025: 4 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-07-11 18:25:54</t>
   </si>
   <si>
     <t>Maria Alexandrovna Deichik</t>
   </si>
   <si>
     <t>29 january 1984</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: 2 years 9 months of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-01-16 19:59:35</t>
   </si>
   <si>
     <t>Dmitry Vladimirovich Golub</t>
   </si>
   <si>
     <t>29 january 1989</t>
   </si>
   <si>
     <t>Dmitry's arrest became known on March 7.
 Dmitry was tried for comments he left in Telegram chats and on a YouTube channel from November 2019 to January 2024. In them, he incited national and other social hatred and discord, the court found.
 The man also left comments insulting police officers, journalists, government officials, and Alexander Lukashenko. In September 2020, he took part in protests.
 Students of the Yanka Kupala State University of Grodno were invited to the verdict handed down by the Grodno Regional Court in the Oktyabrsky District Court of Grodno.</t>
   </si>
   <si>
     <t>Trial outcome 22.11.2024: 4 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-11-02 00:37:32</t>
   </si>
   <si>
-    <t>Maksim Aminbayevich Jumaniyazov</t>
-[...8 lines deleted...]
-    <t>2023-03-12 14:58:12</t>
+    <t>Dmitry Vladimirovich Ilyukhin</t>
+  </si>
+  <si>
+    <t>29 january 1990</t>
+  </si>
+  <si>
+    <t>Journalists learned that in 2019, Ilyukhin went to Canada to take up the position of first secretary at the Belarusian embassy.
+"In Ottawa, he served as a member of the electoral commission for the 2020 presidential election. According to the official protocol, Svetlana Tikhanovskaya won a landslide victory in his precinct, garnering 321 votes (91%) to Alexander Lukashenko's 21 votes (6%)," the publication writes .
+In August 2021, Ilyukhin served as consul in New York. He then served as first secretary at the Belarusian Embassy in Washington, D.C. He left the diplomatic service in April 2022. After leaving government service, Dmitry worked at the representative office of the International Federation of Red Cross Societies (IFRC).
+Dmitry's arrest likely occurred about a year ago. The nature of the charges and the exact sentence are unknown, but the sentence involves imprisonment .</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-12-29 21:46:39</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Gerasimenko</t>
+  </si>
+  <si>
+    <t>30 january 1977</t>
+  </si>
+  <si>
+    <t>He worked as a long-haul truck driver. Alexander's last known job was at Mozyrsol. Before that, he worked in sports: as a rowing coach and instructor and deputy director of a children's sports school.
+He was detained in the "Gayun case" on March 6, 2025.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-07-25 00:54:32</t>
   </si>
   <si>
     <t>Eduard Viktorovich Babariko</t>
   </si>
   <si>
     <t>30 january 1990</t>
   </si>
   <si>
     <t>Eduard, who graduated from BGEU with a degree in Economics and Business Management and ran the crowdfunding platforms Ulej and MolaMola, as well as his father Viktor Babariko's initiative group, was detained on June 18, 2020, on his way to the Central Election Commission to submit signatures. He spent more than three years in prison without trial and was convicted of "organizing mass riots" and "tax evasion."
 In July 2024, he was re-sentenced to two years in prison for “disobeying the prison administration.”</t>
   </si>
   <si>
     <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Trial outcome 05.07.2023: 8 years of imprisonment in colony under enhanced security conditions. Appeal 27.11.2023: the sentence was upheld. Trial outcome 10.07.2024: 2 years of imprisonment in colony under enhanced security conditions. Appeal 19.09.2024: the sentence was upheld. Trial outcome 20.02.2025: unknown years of imprisonment in colony in strict regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:12</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Gerasimenko</t>
-[...11 lines deleted...]
-    <t>2025-07-25 00:54:32</t>
+    <t>Maksim Aminbayevich Jumaniyazov</t>
+  </si>
+  <si>
+    <t>30 january 1983</t>
+  </si>
+  <si>
+    <t>Maxim has had a severe mental illness since childhood and requires special care.</t>
+  </si>
+  <si>
+    <t>2023-03-12 14:58:12</t>
+  </si>
+  <si>
+    <t>Tatiana Victorovna Stepa</t>
+  </si>
+  <si>
+    <t>31 january 1970</t>
+  </si>
+  <si>
+    <t>She was detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 13.12.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-02-03 14:47:36</t>
+  </si>
+  <si>
+    <t>Anastasia Victorovna Pokatashkina</t>
+  </si>
+  <si>
+    <t>31 january 1981</t>
+  </si>
+  <si>
+    <t>On 02/09/2024 an appeal hearing was held and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>IK-24, ul. Proizvodstvennaya, 44, g.p. Zarechye, Rechitsky r-n, Gomel obl., 247526</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.12.2023: 3 years of imprisonment in colony under general regime conditions. Appeal 09.02.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-08-03 22:30:42</t>
   </si>
   <si>
     <t>Tikhon Sergeevich Osipov</t>
   </si>
   <si>
     <t>31 january 1996</t>
   </si>
   <si>
     <t>Tikhon was detained and convicted for, according to the Investigative Committee, deliberately running over servicemen of the Ministry of Internal Affairs' internal troops during a protest that took place on August 11, 2020, near the Pushkinskaya metro station in Minsk.
 In March 2022, he was re-convicted of "malicious disobedience to the demands of the administration of a correctional institution," a charge often applied to prisoners who refused to cooperate with prison authorities, and his regime was changed to maximum security.</t>
   </si>
   <si>
     <t>Trial outcome 19.05.2021: 11 years of imprisonment in colony under enhanced security conditions, approximately 1300 rubles of compensation. Trial outcome 25.03.2022: 7 months of imprisonment in colony in strict regime conditions. Appeal 23.06.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-03-06 20:01:08</t>
-  </si>
-[...31 lines deleted...]
-    <t>2024-02-03 14:47:36</t>
   </si>
   <si>
     <t>Denis Sergeevich Nikita</t>
   </si>
   <si>
     <t>31 january 1985</t>
   </si>
   <si>
     <t>Denis Nikita was detained on the evening of January 25, 2024 for petty hooliganism. He was taken to the police department on duty. He did not agree with the detention and allegedly began to make insults and threats towards the police officers, while mentioning Lukashenko. According to the police, the 38-year-old man did this for a long time and humiliated him repeatedly. As a result, a criminal case was initiated. The man was tried publicly in the building of the Svisloch regional executive committee. The district newspaper reported on the trial: it said that “representatives of the public” and the media were present at the meeting. Denis Nikita admitted guilt.
 It is reported that this is the 11th conviction of the accused. He was convicted of theft, torture, threats to kill, as well as for violating the requirements of preventive supervision, and was repeatedly brought to administrative responsibility. In addition, the man was deprived of parental rights in relation to two children.</t>
   </si>
   <si>
     <t>3 years of imprisonment in a colony under strict security conditions</t>
   </si>
   <si>
     <t>2024-04-18 12:33:43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1697,51 +1667,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I83"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1770,2279 +1740,2198 @@
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="I6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I14" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="I17" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B18" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="I18" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C19" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I19" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C20" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I20" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="I21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C22" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
+      <c r="E23" t="s">
+        <v>52</v>
+      </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="C24" t="s">
         <v>127</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>128</v>
       </c>
       <c r="I24" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>130</v>
       </c>
       <c r="B25" t="s">
         <v>131</v>
       </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I25" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>137</v>
+      </c>
+      <c r="B26" t="s">
+        <v>138</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>139</v>
+      </c>
+      <c r="F26" t="s">
         <v>134</v>
       </c>
-      <c r="B26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B27" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C27" t="s">
         <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="F27" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>144</v>
       </c>
       <c r="I27" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>146</v>
       </c>
       <c r="B28" t="s">
         <v>147</v>
       </c>
+      <c r="C28" t="s">
+        <v>148</v>
+      </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F28" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G28" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>150</v>
       </c>
       <c r="I28" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>152</v>
       </c>
       <c r="B29" t="s">
         <v>153</v>
       </c>
+      <c r="C29" t="s">
+        <v>154</v>
+      </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="I29" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C30" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
       <c r="H30" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I30" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B31" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C31" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
+      <c r="E33" t="s">
+        <v>21</v>
+      </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I33" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
+      <c r="E34" t="s">
+        <v>183</v>
+      </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="C35" t="s">
         <v>186</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>27</v>
+        <v>172</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>187</v>
       </c>
       <c r="I35" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>189</v>
       </c>
       <c r="B36" t="s">
         <v>190</v>
       </c>
+      <c r="C36" t="s">
+        <v>191</v>
+      </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>171</v>
+        <v>108</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
+      <c r="H37" t="s">
+        <v>198</v>
+      </c>
       <c r="I37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B38" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F38" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>51</v>
+        <v>213</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>212</v>
+        <v>162</v>
       </c>
       <c r="I40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B41" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="C41" t="s">
         <v>216</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>177</v>
+        <v>217</v>
       </c>
       <c r="I41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B42" t="s">
-        <v>219</v>
+        <v>220</v>
+      </c>
+      <c r="C42" t="s">
+        <v>221</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E42" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B43" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C43" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="I44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C45" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="I45" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B46" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C46" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>240</v>
+        <v>167</v>
       </c>
       <c r="I46" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>242</v>
       </c>
       <c r="B47" t="s">
         <v>243</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>244</v>
-      </c>
-[...10 lines deleted...]
-        <v>182</v>
       </c>
       <c r="I47" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>246</v>
       </c>
       <c r="B48" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="C48" t="s">
         <v>247</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E48" t="s">
-        <v>51</v>
+        <v>213</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>248</v>
       </c>
       <c r="I48" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>250</v>
       </c>
       <c r="B49" t="s">
         <v>251</v>
       </c>
+      <c r="C49" t="s">
+        <v>252</v>
+      </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>52</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I49" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B50" t="s">
-        <v>255</v>
+        <v>256</v>
+      </c>
+      <c r="C50" t="s">
+        <v>257</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>100</v>
+        <v>258</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="I50" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>261</v>
+      </c>
+      <c r="B51" t="s">
+        <v>262</v>
+      </c>
+      <c r="C51" t="s">
+        <v>263</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
         <v>258</v>
       </c>
-      <c r="B51" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="I51" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B52" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C52" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="I52" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B53" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C53" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>266</v>
+        <v>31</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I53" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B54" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C54" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E54" t="s">
+        <v>38</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I54" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B55" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C55" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>182</v>
+        <v>284</v>
       </c>
       <c r="I55" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B56" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C56" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>286</v>
+        <v>167</v>
       </c>
       <c r="I56" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B57" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C57" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D57" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="I57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B58" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C58" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="I58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B59" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C59" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>21</v>
+      </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="I59" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B60" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C60" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>27</v>
+        <v>258</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="I60" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B61" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C61" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="I61" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B62" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C62" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E62" t="s">
+        <v>38</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="I62" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B63" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C63" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B64" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C64" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
+      <c r="E64" t="s">
+        <v>52</v>
+      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I64" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B65" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B66" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C66" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>266</v>
+        <v>337</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B67" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>41</v>
+        <v>108</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="I67" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B68" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C68" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>117</v>
+        <v>347</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>346</v>
+        <v>47</v>
       </c>
       <c r="I68" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B69" t="s">
-        <v>349</v>
+        <v>350</v>
+      </c>
+      <c r="C69" t="s">
+        <v>351</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="I69" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B70" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="C70" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D70" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>355</v>
+        <v>133</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
+      <c r="H70" t="s">
+        <v>356</v>
+      </c>
       <c r="I70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B71" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E71" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I71" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B72" t="s">
-        <v>362</v>
+        <v>363</v>
+      </c>
+      <c r="C72" t="s">
+        <v>364</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
+      <c r="E72" t="s">
+        <v>213</v>
+      </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="I72" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B73" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C73" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B74" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>27</v>
+        <v>347</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>378</v>
+      </c>
+      <c r="C75" t="s">
+        <v>379</v>
       </c>
       <c r="D75" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>21</v>
+        <v>380</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="I75" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B76" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C76" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>382</v>
+        <v>167</v>
       </c>
       <c r="I76" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B77" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C77" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E77" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>182</v>
+        <v>390</v>
       </c>
       <c r="I77" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B78" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C78" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E78" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="I78" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B79" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C79" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>397</v>
+        <v>155</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
+      <c r="H79" t="s">
+        <v>401</v>
+      </c>
       <c r="I79" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B80" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C80" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="I80" t="s">
-        <v>403</v>
-[...15 lines deleted...]
-      <c r="E81" t="s">
         <v>407</v>
-      </c>
-[...65 lines deleted...]
-        <v>419</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">