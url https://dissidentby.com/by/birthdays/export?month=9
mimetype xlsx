--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,455 +12,399 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="474">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
   </si>
   <si>
-    <t>Вячаслаў Аляксеевіч Янюк</t>
-[...26 lines deleted...]
-  <si>
     <t>Аляксандр Мікалаевіч Любянчук</t>
   </si>
   <si>
-    <t>1 верасня</t>
+    <t>1 верасня 1988</t>
   </si>
   <si>
     <t>Журналіст, яго затрымалі 26 траўня 2022 года пасля ператрусу.
 На дадзены момант журналісту прад'явілі абвінавачанні, але дакладны крымінальны артыкул, інкрымінаваны Любянчуку, невядомы (адвакат знаходзіцца пад падпіскай аб неразгалошванні).
 У пачатку лістапада 2023 г. стала вядома , што ў Алеся за кратамі пачаліся праблемы з хрыбетнікам (яшчэ год таму). "Яму цяжка займацца нават спортам, чым там усе ратуюцца. Гэта яго заўважна засмучае" , — паведаміла крыніца "Радыё Свабода". Працаваў Алесь на ачыстцы правадоў ад ізаляцыі.
 Выйшаў на волю ў пачатку студзеня 2025 г.</t>
   </si>
   <si>
+    <t>Мужчынскі</t>
+  </si>
+  <si>
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
+    <t>У зняволенні</t>
+  </si>
+  <si>
+    <t>Так</t>
   </si>
   <si>
     <t xml:space="preserve"> Вырак суда 27.10.2022: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 24.01.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-06-08 11:48:04</t>
   </si>
   <si>
     <t>Юлія Пятроўна Юргілевіч</t>
   </si>
   <si>
     <t>1 верасня 1980</t>
   </si>
   <si>
     <t>Працавала адвакатам амаль 18 гадоў.
 Яна абараняла ў судзе палітвязняў Алеся Пушкіна, Арцёма Баярскага, Ігара Банцара, Андрэя Аўсіевіча, Андрэя Сакалоўскага.
 23 лютага 2022 года яе выключылі са складу Гродзенскай абласной калегіі адвакатаў за "сістэматычныя парушэнні заканадаўства". Юлія з'ехала з Беларусі, але ў канцы жніўня 2022 года вярнулася ў краіну.
 Была затрымана ў адзін дзень разам з Паўлам Мажэйкам.
 Павел і Юлія не прызналі віну. Юргілевіч заяўляла на судзе, што яе трымаюць у "быдлячых умовах" і не далі азнаёміцца са справай.</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>6 год пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-09-02 18:28:29</t>
   </si>
   <si>
+    <t>Васіль Мікалаевіч Арэшка</t>
+  </si>
+  <si>
+    <t>1 верасня 1997</t>
+  </si>
+  <si>
+    <t>Вядома , што ў Польшчы Арэшка працаваў спецыялістам па кадрах - шукаў людзей для працаўладкавання. Перыядычна прыязджаў у Беларусь. Невядома, калі ён вяртаўся апошні раз, але яго затрымалі некалькі месяцаў таму.
+Цяпер Арэшка знаходзіцца ў следчым ізалятары.</t>
+  </si>
+  <si>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-04-02 16:59:55</t>
+  </si>
+  <si>
+    <t>Аляксандр Андрэевіч Бялоў</t>
+  </si>
+  <si>
+    <t>1 верасня 1996</t>
+  </si>
+  <si>
+    <t>Аляксандр — актывіст анархічнага руху. Вучыўся спачатку ў каледжы па будаўнічай спецыяльнасці, потым у БНТУ па спецыяльнасці "Інжынерная геадэзія". З юнацкіх гадоў захапляецца спортам: гуляў у футбольнай камандзе DIY-лігі, займаўся тайскім боксам і альпінізмам.
+Раніцай 29 ліпеня 2021 года Аляксандр быў затрыманы на выхадзе з дому. Пры затрыманні яго збілі, правялі ператрус, пасля чаго даставілі ў ГУБАЗіК, дзе падвергліся катаванням і збіццям.
+Першапачаткова яго абвінавачвалі ў актыўным удзеле ў акцыі пратэсту 23 жніўня 2020 года ў Менску, хаця да таго моманту ён ужо адбыў адміністрацыйны арышт па гэтым эпізодзе.
+У студзені 2022 года Аляксандру і іншым фігурантам крымінальнай справы прад'явілі дадатковыя абвінавачанні — удзел у экстрэмісцкім фарміраванні за падпіску на тэлеграм-канал "Прамень". На момант затрымання канал "Прамень" яшчэ не быў унесены ў спіс экстрэмісцкіх фарміраванняў - гэта адбылося толькі ў лістападзе 2021 года.
+У красавіку 2022 года яго прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі. У красавіку 2025 года рэжым утрымання Аляксандра стаў больш жорсткім і ён быў пераведзены на турэмны рэжым. Пазней стала вядома, што суд дадаў яму яшчэ шэсць месяцаў пазбаўлення волі ў калоніі агульнага рэжыму па артыкуле "злоснае непадпарадкаванне патрабаванням адміністрацыі".</t>
+  </si>
+  <si>
+    <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.04.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Суд па змене рэжыму 02.04.2025: невядома гадоў турэмнага рэжыму. Вырак суда дата невядомая: 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-08-07 04:15:55</t>
+  </si>
+  <si>
     <t>Вікторыя Генадзеўна Воўчак</t>
+  </si>
+  <si>
+    <t>1 верасня 1993</t>
   </si>
   <si>
     <t>29-гадовая ўраджэнка Магілёўскай вобласці. Вікторыя вучылася ў Нясвіжскім педагагічным каледжы. Апошнія дзесяць гадоў працавала ў салонах сувязі, на аўтазапраўцы, магазіне.
 15 мая 2023 года на АНТ выйшаў прапагандысцкі фільм "Забойная пасылка" смерці: хто і як хацеў здзейсніць тэракт у Дзень Перамогі", дзе распавялі падрабязнасці справы. Там паведамлялася, што нібыта КДБ напярэдадні Дня перамогі 9 мая 2023 года "прадухіліў тэракт пад куратарствам Кіева". Там заявілі, што выбухоўка знаходзілася ў электрычных плітах, якія даслалі затрыманым праз пасылкі. Арганізатарам акцыі назвалі 23-гадовага беларуса Валерыя Вадзіна, які ваяваў ва Украіне.
 У відэа распавялі пра тое, што пасылкі з электраплітамі, у якіх была выбухоўка, даставілі ў менскі пункт СДЭК у Каменнай Горцы 21 сакавіка 2023 года з Кіева праз Італію. Вікторыя Волчак пацвердзіла на допыце, што яна атрымала пасылку - яе папрасіў атрымаць пасылку Валерый Водзін. Студэнтка БДУ Ганна Савачкіна і яе маці Таццяна Русак узялі плітку ў Волчак і закапалі яе на могілках у Калодзішчах. Другую плітку забраў зубны тэхнік Андрэй Грыгор'еў і адвёз у садовае таварыства "Аўтарамонтнік 124" пад Аляхновічамі.</t>
   </si>
   <si>
     <t>Вырак суда 09.08.2024: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-20 14:00:36</t>
   </si>
   <si>
-    <t>Васіль Мікалаевіч Арэшка</t>
-[...37 lines deleted...]
-    <t>2021-08-07 04:15:55</t>
+    <t>Дзяніс Васільевіч Філончык</t>
+  </si>
+  <si>
+    <t>2 верасня 1983</t>
+  </si>
+  <si>
+    <t>Дзяніс быў затрыманы ў снежні 2021 года пасля спробы атакі на ГАМ-2 Фрунзенскага РУУС у Мінску 16 жніўня 2021 года ў рамках крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму». У чэрвені 2023 года ён быў асуджаны па артыкулах аб «змове з мэтай захопу дзяржаўнай улады» і «стварэнні экстрэмісцкага фарміравання».
+Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
+  </si>
+  <si>
+    <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:54:48</t>
   </si>
   <si>
     <t>Зміцер Іванавіч Малочка</t>
   </si>
   <si>
     <t>2 верасня 1973</t>
   </si>
   <si>
-    <t>Зміцер 27 лістапада, а пасля і 11 снежня 2023 года быў затрыманы і асуджаны па ч. 2 арт. 19.11 КаАП (Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць). Суддзі - Падалянец Арцём і Мікалай Кміта.
-Утрымліваўся ў ІЧУ Баранавіцкага ГАУС. Пасля была заведзеная крымінальная справа, і яе перавялі ў СІЗА -7 г. Брэста. Разам з ім асудзілі Малочка Аксану Віктараўну.
+    <t>Зміцер 27 лістапада, а пасля і 11 снежня 2023 годабыў затрыманы і асуджаны па ч. 2 арт. 19.11 КаАП (Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць). Суддзі - Падалянец Арцём і Мікалай Кміта.
+Утрымліваўся ў ІЧУ Баранавіцкага ГАУС. Пасля была заведзеная крымінальная справа, і яе перавялі ў СІЗА -7 г. Брэста. Разам з ім асудзілі Малочка Аксану Віктараўну - яго жонку. Іх асудзілі за "здраду дзяржаве" на 12 і 8 гадоў, а па факце за здымак цягніка з ваеннай тэхнікай на платформе без ніякага шпіёнскага намеру.
 Да затрымання займаўся рамесніцтвам, быў самазанятым.</t>
   </si>
   <si>
     <t>Вырак суда 24.06.2024: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-09-27 23:00:27</t>
-  </si>
-[...18 lines deleted...]
-    <t>2023-12-15 13:07:02</t>
   </si>
   <si>
     <t>Анатоль Пятровіч Змітровіч</t>
   </si>
   <si>
     <t>2 верасня 1962</t>
   </si>
   <si>
     <t>Да затрымання Анатоль быў індывідуальным прадпрымальнікам і актыўным удзельнікам прадпрымальніцкага руху. Ён вядомы таксама як экалагічны актывіст у перыяд будаўніцтва і запуску Светлагорскага завода беленай цэлюлозы, калі адбываліся шматлікія выкіды шкодных рэчываў у атмасферу. У апошні час працуе ў адным з прадпрыемстваў у галіне аўтасэрвісу.
 Быў затрыманы ў красавіку 2025 года па ч. 2 ст. 367 (паклёп на Лукашэнку) КК РБ. 25 красавіка 2025 года быў этапаваны ў СІЗА-3.
 Раней яго затрымлівалі 14 лютага 2023 года. Таксама яго затрымлівалі ў 2020 годзе. Тады ў лістападзе яго затрымалі пасля жалобнай акцыі памяці забітага ў Менску Рамана Бандарэнкі. Анатолю прызначылі штраф у памеры 40 б.у. Яшчэ раней Змітровіч прыцягваўся да адміністрацыйнай адказнасці па арт. 23.34 (парушэнне парадку правядзення масавых мерапрыемстваў). Тады ён атрымаў штраф 25 б. в.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 10 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-05-20 15:04:06</t>
   </si>
   <si>
     <t>Альберт Уладзіміравіч Шыла</t>
   </si>
   <si>
     <t>2 верасня 1968</t>
   </si>
   <si>
     <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
   </si>
   <si>
+    <t>Вырак суда дата невядомая: невядома.</t>
+  </si>
+  <si>
     <t>2025-06-24 23:47:03</t>
   </si>
   <si>
-    <t>Яраслаў Анатольевіч Вердыш</t>
-[...31 lines deleted...]
-    <t>2022-09-09 14:54:48</t>
+    <t>Сяргей Віктаравіч Ерамееў</t>
+  </si>
+  <si>
+    <t>2 верасня 1971</t>
+  </si>
+  <si>
+    <t>9 снежня 2023 года суд у Омску арыштаваў Сяргея да 30 студзеня 2024 года па абвінавачанні ў падрыве цягнікоў з нафтапрадуктамі ў Паўночнамуйскім тунэлі 29 і 30 лістапада. Спачатку загарэўся састаў з 41 цыстэрнай з палівам, 3 з авіяцыйным палівам і 6 вагонаў з чорным металам. Пазней адбыўся падрыў грузавога цягніка, які ехаў па аб'язным пуці. У выніку паліва разлілося на плошчы 150 квадратных метраў - 4 цыстэрны з палівам цалкам згарэлі, яшчэ 2 былі пашкоджаныя. Паводле ФСБ, Ерамееў "даў прызнальныя паказанні аб працы пад кантролем украінскіх спецслужбаў". Падрывы ў тунэлі кваліфікавалі як тэракт.
+Як пішуць у дзяржаўных СМІ РФ, Ерамееў заявіў, што хацеў перашкодзіць пастаўкам вайсковых грузаў: «Я напісаў у тлумачэнні, што праз БАМ зараз вязуць боепрыпасы. Галоўная мэта была - перашкодзіць руху».
+Сяргей удзельнічаў у агульнанацыянальнай стачцы на "Нафтане" ў лістападзе 2020 года, пра што мужчына заявіў публічна і нават адправіў сваю заяву ў адрас руху Ціханоўскага. «Сяргей стараўся ўсё вырашаць мірным шляхам. Можа быць, ужо надакучыла, што нічога не вырашаецца…на відэа, няхай там і зафарбаваны твар, я яго адразу даведаўся», — адклікаецца пра Ерамеева яго знаёмы. Праз некалькі тыдняў пасля забастоўкі Сяргея звольнілі з «Нафтана». Сяргей быў адным з найлепшых механікаў у Наваполацку.
+Па дадзеных следства, у лістападзе 2023 года Ерамееў на сваім аўтамабілі ўтойліва перавёз выбуховыя прылады праз дзяржаўную мяжу Расіі і прыбыў на тэрыторыю Бураціі. Далей, з мэтай учынення тэрарыстычнага акта, у начны час на адным з участкаў Усходне-Сібірскай чыгункі, а таксама на наступных па ёй чыгуначных саставах устанавіў выбуховыя прыстасаванні і актываваў пульты дыстанцыйнага кіравання. Суд пастанавіў , што ў выніку падрыву ўсталяваных Ерамеевым выбуховых прылад пацярпелым нанесены маёмасны ўрон, звязаны са знішчэннем і пашкоджаннем цыстэрнаў і абсталявання на чыгунцы, на суму больш за 100 000 000 рублёў (1,2 млн даляраў), а таксама іншыя цяжкія наступствы ў выглядзе парушэння працы транспартнай значэння.
+Суд па сукупнасці злачынстваў прызначыў Ерамееву пакаранне ў выглядзе пазбаўлення волі на тэрмін 22 гады, з адбываннем першых 5 гадоў у турме, а астатняй частцы пакарання ў папраўчай калоніі строгага рэжыму, са штрафам у памеры 1 000 000 руб. Транспартны сродак, які належыць Ерамееву, пастаноўлены канфіскаваць. Таксама судом задаволены грамадзянскія іскі пацярпелых у лік кампенсацыі прычыненага ўрону да Ерамеева на агульную суму больш за 60 000 000 рублёў (744 тысячы долараў), якія пастаноўлена спагнаць з асуджанага.</t>
+  </si>
+  <si>
+    <t>111020, г. Масква, вул. Лефортаўскі вал, д. 5, СІЗА № 2</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.12.2025: 22 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-12-15 13:07:02</t>
   </si>
   <si>
     <t>Арцём Леанідавіч Воўна</t>
   </si>
   <si>
     <t>3 верасня 1991</t>
   </si>
   <si>
     <t>Топ-мэнэджар аператара life:). Быў затрыманы за распаўсюджванне дадзеных сілавікоў у тэлеграм-каналы. </t>
   </si>
   <si>
     <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
   </si>
   <si>
     <t>8 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-10-13 21:57:06</t>
+  </si>
+  <si>
+    <t>Дзмітрый Мікалаевіч Нешта</t>
+  </si>
+  <si>
+    <t>3 верасня 1975</t>
+  </si>
+  <si>
+    <t>Затрыманы за "акт тэрарызму".
+Ваенны пенсіянер, працаваў у Баранавічах на авіярамонтным заводзе.
+Па версіі следства, 26 верасня 2020 года вырабіў кактэйлі Молатава і перанёс да аўтамабільнай стаянкі каля адной з вайсковых часцей, дзе іх і выкарыстоўваў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.06.2022: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 23.03.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-06-09 02:57:10</t>
   </si>
   <si>
     <t>Андрэй Валер'евіч Цалюк</t>
   </si>
   <si>
     <t>3 верасня 1993</t>
   </si>
   <si>
     <t>Раней затрымліваўся паводле адміністрацыйнага артыкула за ўдзел у акцыях пратэсту. У праўладных тэлеграм-каналах паведамлялася аб затрыманні Андрэя. На ”пакаяным відэа” хлопец кажа, што быў затрыманы за распаўсюджванне асабістых дадзеных супрацоўнікаў міліцыі, суддзяў і заклікаў людзей да гвалтоўных дзеянняў.Таксама паведамляецца, што мужчына "пакінуў больш за 2 тысячы экстрэмісцкіх паведамленняў, з якіх мінімум 100 запісаў утрымліваюць у сабе прыкметы парушэнняў заканадаўства".</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2023-02-03 19:24:13</t>
   </si>
   <si>
     <t>Арцём Аляксандравіч Кухаронак</t>
   </si>
   <si>
     <t>3 верасня 1982</t>
   </si>
   <si>
     <t>Арцём усё жыццё працаваў у гэтай сферы - ветэрынарным доктарам, выкладчыкам у Смілавіцкім дзяржаўным сельскагаспадарчым каледжы, тэхнікам. Таксама ён дырэктар ветэрынарнай фірмы "Хімвет".
 Апошнія каментары Арцёма датуюцца траўнем 2024 года, пасля ён знік з сацсетак. Верагодна, тады ён і быў затрыманы ».
 Падобна, што справа ў яго пастах у сацсетках і каментарах у тэлеграме - акаўнты называюцца яго ўласным імем, а тэлеграм-акаўнт прывязаны да ўласнага тэлефона Арцёма.</t>
   </si>
   <si>
     <t>Вырак суда 06.03.2025: невядома. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-01-09 00:32:11</t>
   </si>
   <si>
-    <t>Дзмітрый Мікалаевіч Нешта</t>
-[...15 lines deleted...]
-  <si>
     <t>Вольга Васільеўна Губар</t>
   </si>
   <si>
     <t>3 верасня 1960</t>
   </si>
   <si>
     <t>Вырак суда 31.12.2024: невядома. Апеляцыя 07.03.2025: невядома.</t>
   </si>
   <si>
     <t>2024-12-02 17:50:16</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-02-25 11:16:12</t>
   </si>
   <si>
     <t>Сяргей Вітальевіч Рабцаў</t>
   </si>
   <si>
     <t>5 верасня 2002</t>
   </si>
   <si>
     <t>Сяргей быў затрыманы 30 верасня 2021 года — першапачаткова з-за каментара, пакінутага пасля гібелі ў Мінску супрацоўніка Камітэта дзяржаўнай бяспекі Дзмітрыя Федасюка і IT-спецыяліста Андрэя Зельцэра. Яго выклікалі ў ваенкамат, дзе ўжо чакалі сілавікі. Пазней у ягоным доме правялі ператрус у яго адсутнасць.
 У пачатку верасня 2022 года стала вядома, што Камітэт дзяржаўнай бяспекі ўнёс Сяргея ў "спіс асоб, якія маюць дачыненне да тэрарыстычнай дзейнасці". У лістападзе таго ж года яму вынеслі прысуд — пазбаўленне волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
     <t>Вырак суда 04.11.2022: 6 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 24.01.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-09-17 11:40:06</t>
   </si>
   <si>
     <t>Максім Леанідавіч Дзергачоў</t>
   </si>
   <si>
     <t>5 верасня 1971</t>
   </si>
   <si>
     <t>06.02.2024 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 05.12.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 06.02.2024: невядома. Вырак суда 27.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2023-12-14 00:37:36</t>
-  </si>
-[...14 lines deleted...]
-    <t>2025-02-28 10:45:17</t>
   </si>
   <si>
     <t>Андрэй Валер'евіч Шабуня</t>
   </si>
   <si>
     <t>5 верасня 1988</t>
   </si>
   <si>
     <t>Вырак суда 14.03.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.06.2025: невядома.</t>
   </si>
   <si>
     <t>2025-03-11 21:37:35</t>
   </si>
   <si>
     <t>Ілля Аляксандравіч Краўчанка</t>
   </si>
   <si>
     <t>6 верасня 1989</t>
   </si>
   <si>
     <t>Ілья быў асуджаны за спробу падпалу будынку пракуратуры Жодзіна ў кастрычніку 2020 года. Па версіі следства, ён падпаліў вырабленую прыладу на ганку, каб выказаць грэбаванне да дзейнасці праваахоўных органаў. У выніку разлёту сумесі нафтапрадуктаў і аскепкаў бутэлькі былі пашкоджаны ўваходныя дзверы і казырок, нанесены ўрон больш за 1 500 рублёў.</t>
   </si>
   <si>
     <t>Вырак суда 08.04.2021: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 1500 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены.</t>
   </si>
@@ -512,1082 +456,1032 @@
     <t>Віталь Янавіч Касцецкі</t>
   </si>
   <si>
     <t>8 верасня 1980</t>
   </si>
   <si>
     <t>Вырак суда 29.04.2025: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 01.07.2025: невядома.</t>
   </si>
   <si>
     <t>2025-07-24 17:54:07</t>
   </si>
   <si>
     <t>Дзяніс Сяргеевіч Дзікун</t>
   </si>
   <si>
     <t>9 верасня 1992</t>
   </si>
   <si>
     <t>Затрыманы за падпал 28 лютага 2022 года на станцыі "Жэрдзь-Астанковічы" рэлейнай шафы сігналізацыі, цэнтралізацыі і блакіроўкі (СЦБ), у выніку чаго святлафоры і стрелочные пераклады на гэтым участку былі прыведзены ў непрацоўны стан.
 Перагон знаходзіцца на лініі Жлобін-Калінкавічы, якая затым працягваецца на Оўруч (Жытомірская вобласць Украіны).
 25 сакавіка 2024 г. у Горках Дзяніса пачалі судзіць па ч. 2 арт. 411 КК (злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі). Справу разглядала суддзя Наталля Фамічова. Яна дадала палітвязню яшчэ два гады зняволення .
 У пачатку красавіка 2024 г. стала вядома, што Дзяніса этапавалі ў турму № 4 у Магілёве.
 У Магілёўскім абласным судзе 18 чэрвеня 2024 г. адбудзецца разгляд апеляцыйнай скаргі Дзяніса.</t>
   </si>
   <si>
-    <t>Вырак суда 27.12.2022: 23 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 30.03.2023: невядома. Вырак суда 25.03.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 18.06.2024: невядома.</t>
+    <t>Вырак суда 27.12.2022: 23 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 30.03.2023: невядома. Вырак суда 25.03.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 18.06.2024: невядома. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-03-11 01:08:55</t>
   </si>
   <si>
     <t>Арцём Дзмітрыевіч Салавей</t>
   </si>
   <si>
     <t>10 верасня 1996</t>
   </si>
   <si>
-    <t>Арцёма затрымалі 4 жніўня супрацоўнікі ГУБАЗ. Пры затрыманні губапаўцы віталі Арцёма фразай "Сардэчна запрашаем у Гестапа!", пасля чаго білі, ставілі ў "ластаўку" і пагражалі згвалтаваннем, каб ён сказаў пароль ад свайго тэлефона. Суд Завадскога раёна г. Мінска прызначыў яму 15-сутачны арышт, пасля якога на волю ён так і не выйшаў. Яму прад'явілі абвінавачанне па арт. 342.1 за ўдзел у пратэстах і перавялі ў СІЗА-1.
-[...3 lines deleted...]
-    <t>5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+    <t>Арцём, актывіст анархічнага руху, быў затрыманы 4 жніўня 2021 года супрацоўнікамі ГУБАЗіКу. Пры затрыманні яны сустрэлі яго словамі "Сардэчна запрашаем у Гестапа!", пасля чаго збівалі, ставілі ў "ластаўку" і пагражалі згвалтаваннем, патрабуючы пароль ад тэлефона. На наступны дзень Арцёма асудзілі па артыкуле 19.1 КаАП (нібыта за агрэсіўныя паводзіны пры дастаўленні ў РУУС) і прызначылі 15-сутачны арышт, аднак пасля яго заканчэння ён на волю не выйшаў.
+Першапачаткова Арцёму прад'явілі абвінавачанне па артыкуле "арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх". У студзені 2022 года яму і іншым фігурантам прад'явілі дадатковыя абвінавачанні - удзел у экстрэмісцкім фарміраванні за падпіску на тэлеграм-канал "Прамень". На момант затрымання канал яшчэ не быў унесены ў спіс экстрэмісцкіх фармаванняў, што адбылося толькі ў лістападзе 2021 года.
+У красавіку 2022 года Арцёма прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі.
+Па падліках праваабаронцаў павінен быў выйсці на волю зімой 2026 года.</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.04.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-08-29 03:42:38</t>
-  </si>
-[...26 lines deleted...]
-    <t>2024-08-13 12:14:29</t>
   </si>
   <si>
     <t>Уладзімір Іванавіч Міхайленка</t>
   </si>
   <si>
     <t>11 верасня 1954</t>
   </si>
   <si>
     <t>Генеральны дырэктар ТАА "ГеасІдэал".
 18.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 04.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.06.2024: невядома.</t>
   </si>
   <si>
     <t>2024-02-28 20:44:34</t>
   </si>
   <si>
+    <t>Дзмітрый Дзмітрыевіч Маставы</t>
+  </si>
+  <si>
+    <t>11 верасня 1977</t>
+  </si>
+  <si>
+    <t>Дзмітрыю Маставому 45 гадоў. Ён родам з Сеніцы, вучыўся ў Політэхнічным каледжы ў Менску, прафесійны праграміст.
+Яго затрымлівалі падчас пратэстаў у кастрычніку 2020 года, і ён сядзеў "суткі".
+Змітра затрымалі спачатку сакавіка 2023 года. У праўладным фільме «Гаспар на сувязь не выйшаў» на тэлеканале ОНТ, які выйшаў 05.04.2023 года, распавядаюць, што Зміцер нібыта прапаноўваў «Беларускаму Гаюну» зліваць інфармацыю пра аэрадром: ён наладзіў трансляцыю з кампутара, якая ішла два тыдні без перапынку.
+Цяпер мужчына знаходзіцца ў СІЗА па абвінавачанні ў «здрады дзяржаве» і «садзейнічанні экстрэмісцкай дзейнасці».</t>
+  </si>
+  <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.09.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Суд па змене рэжыму 24.12.2025: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-04-06 15:04:01</t>
+  </si>
+  <si>
     <t>Уладзімір Віктаравіч Алісіевіч</t>
   </si>
   <si>
     <t>11 верасня 1990</t>
   </si>
   <si>
     <t>Быў затрыманы ў верасні 2023 года, як мяркуецца, за паведамленні ў чаце з сябрамі. Была заведзена крымінальная справа.</t>
   </si>
   <si>
     <t>Вырак суда 07.06.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-05-29 19:25:02</t>
+  </si>
+  <si>
+    <t>Ілля Вітальевіч Лукашэнка</t>
+  </si>
+  <si>
+    <t>11 верасня 2000</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.08.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-13 12:14:29</t>
   </si>
   <si>
     <t>Яўген Віктаравіч Шляхцёнак</t>
   </si>
   <si>
     <t>11 верасня 1988</t>
   </si>
   <si>
     <t>Мяркуючы па інфармацыі з сацсетак, Шляхцёнак нарадзіўся ў Краснасельскім у Ваўкавыскім раёне. Вучыўся на настаўніка гісторыі Гродзенскага дзяржаўнага ўніверсітэта.
 Апошні раз Яўген быў анлайн у кастрычніку 2024 года.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-07-11 12:45:46</t>
   </si>
   <si>
     <t>Васіль Віктаравіч Садоўскі</t>
   </si>
   <si>
     <t>11 верасня 1983</t>
   </si>
   <si>
     <t>Васіль быў асуджаны па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>ПУАТ-45, 225073, Брэсцкая вобл., Камянецкі р-н., в. Сушкі, вул. Цэнтральная, 1</t>
   </si>
   <si>
     <t>Хімія са скіраваннем</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 2 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2025-05-11 21:37:49</t>
   </si>
   <si>
     <t>Ігар Сямёнавіч Мінц</t>
   </si>
   <si>
     <t>12 верасня 1977</t>
   </si>
   <si>
-    <t>Вядучы юрысконсульт ААТ "Нафтан", арыштаваны па справе Рабочага руху.
-[...3 lines deleted...]
-    <t>12 гадоў калоніі ва ўмовах узмоцненага рэжыму</t>
+    <t>Ігар, вядучы юрысконсульт ААТ «Нафтан», быў затрыманы восенню 2021 года ў межах крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі страйк і ўваходзілі ў ініцыятыву «Рабочы рух». 21 верасня 2021 года гэтая ініцыятыва была прызнана экстрэмісцкай арганізацыяй, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні рабочых.
+У лютым 2023 года Ігара прызналі вінаватым паводле артыкулаў «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі, а таксама да выплаты буйнога штрафу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 100 базавых велічынь штрафу. Апеляцыя 02.08.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-10-01 18:20:40</t>
   </si>
   <si>
     <t>Аляксандр Эдуардавіч Здаравеннаў</t>
   </si>
   <si>
     <t>12 верасня 1979</t>
   </si>
   <si>
     <t>У 2020-2021 гадах Алеся два разы прыцягвалі да адміністрацыйнай адказнасці за ўдзел у пратэстах і сцяг у двары прыватнага дома. Пасля 2021 года Алесь некалькі разоў выязджаў у Літву і Польшчу.
 Быў затрыманы напрыканцы сакавіка на мяжы з Літвой, адкуль ён вяртаўся пасьля заробкаў. Спачатку ў яго знайшлі "экстрэмізм" у тэлефоне і асудзілі на адміністрацыйны арышт. Потым Алесь апынуўся ў СІЗА па абвінавачанні ў палітычна матываваным крымінальным артыкуле.
 Праз некалькі дзён пасьля гэтага ў Менску быў затрыманы брат Алеся - Вадзім Здароўенаў. Першапачаткова яму інкрымінавалі "абразу Лукашэнкі", але могуць быць абвінавачаныя і іншыя артыкулы.</t>
   </si>
   <si>
+    <t>Вырак суда 15.12.2025: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 13.02.2026: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
     <t>2025-08-04 20:51:28</t>
   </si>
   <si>
+    <t>Надзея Аляксандраўна Каранкевіч</t>
+  </si>
+  <si>
+    <t>13 верасня 1994</t>
+  </si>
+  <si>
+    <t>У 2016 годзе Надзея скончыла Менскі дзяржаўны лінгвістычны ўніверсітэт па спецыяльнасці выкладчык замежных моў. Больш за год яна прапрацавала перакладчыцай, а затым перайшла ў IT, дзе займалася тэсціраваннем. У лістападзе 2023 года Надзею затрымалі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.08.2024: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 24.09.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-12-26 00:59:12</t>
+  </si>
+  <si>
     <t>Павел Віктаравіч Козінцаў</t>
   </si>
   <si>
     <t>13 верасня 1980</t>
   </si>
   <si>
     <t>Затрыманы за каментары ў сацсетках, пакінуты ў 2022 годзе на тэлеграм-канале "Рэальная Беларусь".</t>
   </si>
   <si>
     <t>Вырак суда 16.01.2025: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 250 базавых велічынь штрафу. Апеляцыя 14.03.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-04-11 01:37:43</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-06-19 20:47:24</t>
   </si>
   <si>
     <t>Віталь Пятровіч Максімчук</t>
   </si>
   <si>
     <t>14 верасня 1983</t>
   </si>
   <si>
     <t>Шматдзетны бацька, як мяркуецца, затрыманы за адміністраванне чата "Салідарнасць Івацэвічы" ў 2020 годзе.
 Працаваў кіроўцам таксі.
 Акрамя пазбаўлення свабоды Віталю прысудзілі штраф у памеры 40 000 рублёў.
 03.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2023-12-22 02:32:33</t>
   </si>
   <si>
     <t>Артур Аляксандравіч Роліч</t>
   </si>
   <si>
     <t>14 верасня 1984</t>
   </si>
   <si>
     <t>Верагодней за ўсё быў затрыманы летам 2023 года. У 2013 годзе Артур адкрыў уласную бізнес-краму Grandbazaare, у якой прадаваў брэндавае адзенне і абутак. У групе групы Укантакце больш за 40 тысяч падпісчыкаў. У апошнія гады яго фірма спецыялізавалася на брэндзе Under Armour. А з 2023-га пераклаў старонкі свайго бізнэсу на беларускую мову.
 Артур захапляецца спортам, але асабліва футболам, і нават раней гуляў у аматарскіх лігах на пазіцыі брамніка. У якасці фота на свае аватаркі ў сацсетках ён ставіць футбалістаў і іншых спартоўцаў.
 Акрамя пазбаўлення волі Артуру прысудзілі штраф у памеры 700 базавых велічыняў.</t>
   </si>
   <si>
     <t>Вырак суда 20.05.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 09.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-13 17:40:46</t>
   </si>
   <si>
-    <t>Аляксей Рыгоравіч Краснагір</t>
-[...11 lines deleted...]
-    <t>2023-06-26 16:05:41</t>
+    <t>Алег Пятровіч Супрунюк</t>
+  </si>
+  <si>
+    <t>15 верасня 1967</t>
+  </si>
+  <si>
+    <t>Алег Супрунюк вядомы жыхарам Брэстчыны як рэпарцёр, які асвятляў сацыяльна і грамадска значныя праблемы рэгіёна. За час у прафесіі працаваў у газеце "Брэсцкі кур'ер", анлайн-выданні "Першы рэгіён", супрацоўнічаў з іншымі незалежнымі выданнямі.
+Журналіст знік 22 студзеня, ён перастаў адказваць на званкі і не з'яўляўся ў сацыяльных сетках. Пазней стала зразумела, што ён затрыманы ў межах крымінальнай справы. Амаль пяць месяцаў аб лёсе Алега нічога не было вядома.
+Раней журналіста пераследавалі па адміністрацыйным артыкуле. 12 снежня 2024 года сілавікі прыходзілі да Алега Супрунюка з ператрусам. Тады ў яго забралі камп'ютарную тэхніку і тэлефон, а яго самога павезлі на допыт. Пасля допыту быў складзены адміністрацыйны пратакол за нібыта распаўсюджванне "экстрэмісцкай інфармацыйнай прадукцыі" (па ч. 2 арт. 19.11 КаАП). Журналіста асудзілі на 15 сутак арышту, 27 снежня ён выйшаў на волю.</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.08.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-08-25 18:53:05</t>
+  </si>
+  <si>
+    <t>Павел Аляксандравіч Белаголаў</t>
+  </si>
+  <si>
+    <t>15 верасня 1988</t>
+  </si>
+  <si>
+    <t>Павел быў затрыманы 29 верасня 2021 года ў межах крымінальнай справы, узбуджанай за каментары ў інтэрнэце пасля гібелі ў Мінску супрацоўніка КДБ Дзмітрыя Федасюка і IT-спецыяліста Андрэя Зельцэра. Летам 2022 года яго асудзілі і прыгаварылі да пазбаўлення волі ў калоніі і буйнога штрафу.
+Па падліках праваабаронцаў, ён быў вызвалены летам 2023 года, цалкам адбыўшы прызначаны судом тэрмін пакарання.
+У лютым 2024 года ў дачыненні да Паўла адбылося судовае разбіральніцтва па абвінавачанні ў «распаўсюдзе экстрэмісцкіх матэрыялаў». Доўгі час ён не выходзіў на сувязь, а пасля суда стала вядома, што на яго пачалі новую крымінальную справу.
+Паўторна Паўла асудзілі ў чэрвені 2024 года па абвінавачанні ў «паклёпе на Лукашэнку» і зноў прысудзілі да пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 25.08.2022: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 100 базавых велічынь штрафу. Апеляцыя 17.11.2022: прысуд пакінуты без змены. Вырак суда 21.06.2024: 3 гады 4 месяца пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.08.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-10-06 23:44:15</t>
   </si>
   <si>
     <t>Віталь Часлававіч Коршун</t>
   </si>
   <si>
     <t>15 верасня 1986</t>
   </si>
   <si>
     <t>Жыхар Баранавічаў. Паводле абвінавачання, Віталь Коршун 21 верасня 2020 года размясціў у тэлеграм-чаце “Бароўкі 97%” пад фота з выявай пацярпелага паведамленне наступнага зместу: “А хто гэта? АМАП? Тады прапаную спаліць яго кватэру &lt;лаянка&gt;, скажыце адрас”.
 У студзені 2024 года Віталь зноў затрыманы. На праўладным відэа мужчына кажа, што "заклікаў учыняць гвалт над супрацоўнікамі АМАПа, проста на эмоцыях".
 16 студзеня 2024 года праўладныя Telegram-каналы паведамілі аб затрыманні Віталя. У " пакаяльным відэа " мужчына кажа, што "заклікаў да гвалту ў дачыненні да супрацоўнікаў АМАПа толькі на эмоцыях". Ён стаяў перад камерай у кайданках.
 Суд над палітвязнем пачаўся 13 жніўня 2024 г. у Брэсцкім абласным судзе па артыкулах: "паклёп на Лукашэнку" (ч. 2 арт. 367 КК), "удзел у дзеяннях, якія груба парушаюць грамадскі парадак" (ч. 1 арт.ст. 342 КК), арганізацыя масавых беспарадкаў" (ч. 1 арт. 293 КК), "заклікі да санкцый" (ч. 3 арт. 361) і "распальванне варожасці або варожасці" (ч. 1 арт. 130 КК).</t>
   </si>
   <si>
     <t>Вырак суда 28.09.2021: 2 месяца пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 31.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 10.01.2025: невядома.</t>
   </si>
   <si>
     <t>2021-09-30 10:40:34</t>
-  </si>
-[...36 lines deleted...]
-    <t>2025-08-25 18:53:05</t>
   </si>
   <si>
     <t>Генрых Агееў</t>
   </si>
   <si>
     <t>15 верасня 1994</t>
   </si>
   <si>
     <t>Паводле звестак на старонцы Генрыха на Linkedin, у 2016 годзе ён скончыў Ваенную акадэмію Рэспублікі Беларусь. Пасля гэтага чатыры гады прапрацаваў ва Унутраных войсках Беларусі і ў жніўні 2020 года звольніўся.
 Па словах аднакамерніка Генрыха, затрыманне адбылося ў лютым 2024 года на крымскім мосце, калі мужчына ўжо вяртаўся ў Беларусь. Як расказваў сам Агееў, ён з'яўляецца фігурантам "справы BYPOL". Яго вінавацяць у тым, што ён ездзіў у Крым па заданні былога супрацоўніка ГУБАЗіК, прадстаўніка ініцыятывы Аляксандра Азарава (Азараў гэта адмаўляе ) Дакладныя мэты паездак невядомыя.
 Прыкладна з лютага па верасень 2024 года Агеева ўтрымлівалі ў СІЗА Сімферопаля на спецыяльным паверсе ад ФСБ у СІЗА, дзе няма ніякіх правілаў. На гэтым паверсе ўсе сядзяць без следчых дзеянняў, у сваім адзенні, без перадач і лістоў гадамі. Дзевяць месяцаў, што ён там правёў, нікуды не зачыліся. Родныя думалі, што памёр. Пасля гэтага яго экстрадавалі ў Беларусь.
 На радзіму беларуса везлі суткі з мяшком на галаве, расказвае былы сукамернік. За ўвесь шлях яму ні разу не далі схадзіць у прыбіральню. Мужчыну абвінавачваюць адразу па некалькіх артыкулах, у тым ліку "здрада дзяржаве" (арт. 356 КК) і "ўдзел у тэрарыстычнай арганізацыі" (арт. 290–5 КК) за сувязь з арганізацыяй BYPOL, якая ў Беларусі прызнана "тэрарыстычнай".</t>
   </si>
   <si>
     <t>Галоўпаштамт, а\с 8, Мінск 220050</t>
   </si>
   <si>
     <t>2025-09-30 20:23:14</t>
   </si>
   <si>
     <t>Іван Аляксандравіч Сухамераў</t>
   </si>
   <si>
     <t>15 верасня 1995</t>
   </si>
   <si>
     <t>У 2017 годзе хлопец атрымаў дыплом сацыяльнага педагога пасля заканчэння Мазырскага дзяржаўнага педагагічнага ўніверсітэта імя Івана Шамякіна. Прыблізна з гэтага часу, як бачна па яго сацыяльных сетках, ён пачаў крытычна выказвацца ў адрас улады. Асабліва актыўна мужчына выступаў супраць адыёзнага дэкрэта "аб дармаедах".
 Паводле матэрыялу справы мужчына рэгулярна негатыўна выказваўся ў сацсетках у дачыненні да Лукашэнкі, а таксама заклікаў да санкцый у дачыненні да Беларусі. Ён жа ўступіў у склад «экстрэмісцкага» фармавання «BYPOL», дамовіўся з удзельнікамі «палка Каліноўскага» аб удзеле ў ваенных дзеяннях ва Украіне, а таксама пераводзіў грошы ў дапамогу ВСУ і «экстрэмісцкаму» тэлеграм-каналу.</t>
   </si>
   <si>
     <t>Вырак суда 15.02.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-02-06 21:05:55</t>
   </si>
   <si>
     <t>Максім Сяргеевіч Селязнёў</t>
   </si>
   <si>
     <t>15 верасня 1976</t>
   </si>
   <si>
     <t>Максім - мінчанін. Мае вышэйшую адукацыю. Мужчына ў разводзе. Калісьці ён працаваў ахоўнікам, пасля будаўніком. Потым адкрыў ІП - ставіў помнікі на могілках. Апошнім часам быў беспрацоўным.
 Знаёмыя ўспамінаюць, што Максім служыў тэрміновую службу ў адной з менскіх частак «спецназа».
 Максім абвінавачваецца ў тым, што ўзарваў міліцэйскае аўто каля Цэнтральнага РУУС.
 Здарэнне адбылося ў ноч з 7 на 8 студзеня 2022 года недалёка ад будынка Цэнтральнага РУУС Мінска. За падрыў аўто распачата крымінальная справа па артыкуле 289 (акт тэрарызму, учынены паўторна).
 Пазней следчыя дадалі, што ён жа ўначы на 13 студзеня нібыта такім жа чынам пашкодзіў кіёск «Табакерка» і ўрну.
 26.05.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
-    <t>15 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>Вырак суда 30.03.2023: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 200 базавых велічынь штрафу. Апеляцыя 26.05.2023: невядома.</t>
   </si>
   <si>
     <t>2023-02-17 20:22:10</t>
   </si>
   <si>
     <t>Сяргей Віктаравіч Качалка</t>
   </si>
   <si>
     <t>15 верасня 1992</t>
   </si>
   <si>
     <t>Па сцвярджэнні аднакамернікаў затрыманы па палітычных матывах.</t>
   </si>
   <si>
     <t>2025-12-01 16:49:13</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-12-06 17:27:15</t>
   </si>
   <si>
     <t>Аляксандр Тадыёнавіч Гурнік</t>
   </si>
   <si>
     <t>16 верасня 1981</t>
   </si>
   <si>
     <t>Агент па нерухомасці, блогер, аўтар блога "Беларусь у акне". На ягоны TikTok-акаўнт быў падпісаны 431 чалавек. У роліках ён гумарыстычна камэнтуе беларускія навіны.
 Пры затрыманні быў збіты. Аляксандра ўжо збівалі да гэтага - ён трапіў пад хвалю катаванняў на Акрэсціна падчас жнівеньскіх пратэстаў. Паводле апублікаванага на яго старонцы медыцынскага зняволення, яго жорстка збілі падчас затрымання на выхадзе з дому 12 жніўня і на Акрэсціна, на яго целе было 47 гематам.
 Мужына падаў заяву ў СК з патрабаваннем правесці праверку па факце яго збіцця. Ва ўзбуджэнні крымінальнай справы, вядома, адмовілі. Падчас разгляду крымінальнай справы ўстаноўлена , што Аляксандр са жніўня па кастрычнік 2020 года неаднаразова браў удзел у блакаванні руху транспартных сродкаў у Мінску, размяшчаў у сацыяльных сетках відэа з абразамі Лукашэнкі.</t>
   </si>
   <si>
     <t>5 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-06-30 00:34:06</t>
   </si>
   <si>
-    <t>Вячаслаў Аляксандравіч Курыльчык</t>
-[...39 lines deleted...]
-    <t>2025-10-24 17:07:59</t>
+    <t>Аляксей Дзмітрыевіч Кавалеў</t>
+  </si>
+  <si>
+    <t>16 верасня 1977</t>
+  </si>
+  <si>
+    <t>Затрыманы за каментары ў сацсетках пасля смерці Макея В.У.
+03.10.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.07.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.10.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-12-06 17:27:15</t>
+  </si>
+  <si>
+    <t>Віталь Віктаравіч Кануркін</t>
+  </si>
+  <si>
+    <t>Віталь працаваў вядучым праграмістам, а затым вядучым адміністратарам сетак Упраўлення справамі Гродзенскага аблвыканкама.</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:48:05</t>
+  </si>
+  <si>
+    <t>Максім Валер'евіч Рэмезаў</t>
+  </si>
+  <si>
+    <t>17 верасня 1980</t>
+  </si>
+  <si>
+    <t>Максім скончыў Беларускі дзяржаўны ўніверсітэт інфарматыкі і радыёэлектронікі па спецыяльнасці "сеткавы інжынер". Пачынаў кар'еру на Мінскім электрамеханічным заводзе, пасля працаваў праграмістам у кампаніях IBA і Netland. У 2022 годзе заняў пасаду сістэмнага архітэктара ў кампаніі A1.
+Ён быў затрыманы і ў жніўні 2024 года асуджаны па артыкулах "фінансаванне экстрэмісцкай дзейнасці" і "фінансаванне ці іншае матэрыяльнае забеспячэнне вайны".</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.08.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:47:20</t>
   </si>
   <si>
     <t>Аляксей Вітальевіч Кулікоў</t>
   </si>
   <si>
     <t>17 верасня 1987</t>
   </si>
   <si>
     <t>Грамадзянін РФ. У праўладным фільме «Гаспар на сувязь не выйшаў» на тэлеканале АНТ, які выйшаў 05.04.2023 года, расказваюць, што Аляксей нібыта здымаў на фота аб'екты ў Гродне — ваенкамат Гродна і Гродзенскага раёна, вайсковую часць 41780, нафтабазу раёна Аульс, нафтабазу раёна генконсульства РФ. А таксама, што год таму Кулікоў уцёк ад прызыву, а трапіць у Горадню яму дапамог расейскі апазіцыянер Данііл Крынары (Кавалеўскі). У снежні Крынары затрымалі ў Гродне і экстрадавалі ў Расію.
 З найбліжэйшых сваякоў у Аляксея толькі бабуля.
 28.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 10.04.2024: 23 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.06.2024: невядома.</t>
   </si>
   <si>
     <t>2023-04-06 14:13:09</t>
   </si>
   <si>
+    <t>Анастасія Віктараўна Сікірыцкая</t>
+  </si>
+  <si>
+    <t>17 верасня 1981</t>
+  </si>
+  <si>
+    <t>Праходзіла па "справе дваровых чатаў".</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.07.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-08-07 22:14:23</t>
+  </si>
+  <si>
     <t>Эдвард Мікалаевіч Вільчэўскі</t>
   </si>
   <si>
     <t>17 верасня 1994</t>
   </si>
   <si>
     <t>Кіроўца таксі. У сям'і двое непаўнагадовых дзяцей.
 Асудзілі за каментары з чэрвеня 2020 года па жнівень таго ж года ў чатах у тэлеграме.</t>
   </si>
   <si>
     <t>9 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-07-14 20:24:21</t>
   </si>
   <si>
-    <t>Максім Валер'евіч Рэмезаў</t>
-[...27 lines deleted...]
-    <t>2024-09-06 17:56:15</t>
+    <t>Галіна Віктараўна Латугаўская</t>
+  </si>
+  <si>
+    <t>17 верасня 1978</t>
+  </si>
+  <si>
+    <t>Выкладчыцу затрымалі ў канцы кастрычніка ці на пачатку лістапада 2024 года. Справа ў каментарах у тэлеграме - яе рахунак зарэгістраваны на ўласны нумар, і ў нейкі момант яна паставіла туды ў якасці выявы ўласнае фота, хоць калісьці пакінула з акаўнта шмат каментароў.
+Апошнія гады Галіна працавала на кафедры агульнай і біяарганічнай хіміі Гомельскага дзяржаўнага медыцынскага ўніверсітэта. Таксама трэніравала людзей да паступлення на факультэце даўніверсітэцкай падрыхтоўкі.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-10-24 17:07:59</t>
+  </si>
+  <si>
+    <t>Вячаслаў Аляксандравіч Курыльчык</t>
+  </si>
+  <si>
+    <t>17 верасня 1985</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.10.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.01.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-10-06 19:56:36</t>
+  </si>
+  <si>
+    <t>Марыя Андрэеўна Барысенка</t>
+  </si>
+  <si>
+    <t>18 верасня 1992</t>
+  </si>
+  <si>
+    <t>31.07.2024 была затрыманая па адміністрацыйным артыкуле, пасля чаго, мяркуючы па ўсім, была заведзеная крымінальная справа.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-08-24 23:47:27</t>
+  </si>
+  <si>
+    <t>Ксенія Сяргееўна Хадырава</t>
+  </si>
+  <si>
+    <t>18 верасня 1996</t>
+  </si>
+  <si>
+    <t>Затрымана за донаты. Была адзначана ў намінацыі "Лепшы выпускнік БДУ" 2018 года. Пасля затрымання некалькі месяцаў Ксенію ўтрымлівалі ў СІЗА КДБ, пасля чаго перавялі ў СІЗА-1, а потым у СІЗА-3.
+4 чэрвеня 2024 г. адбыўся разгляд апеляцыйнай скаргі Ксеніі. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2023-12-22 19:08:41</t>
   </si>
   <si>
     <t>Анастасія Аляксандраўна Вайцяховіч</t>
   </si>
   <si>
     <t>18 верасня 1997</t>
   </si>
   <si>
     <t>Анастасія была затрымана ў жніўні 2021 года ў рамках крымінальнай справы, распачатай па артыкуле «акт тэрарызму», і ў чэрвені 2023 года асуджана па некалькіх крымінальных артыкулах.
 Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
   </si>
   <si>
     <t>Вырак суда 21.06.2023: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-17 01:33:47</t>
   </si>
   <si>
-    <t>Марыя Андрэеўна Барысенка</t>
-[...60 lines deleted...]
-  <si>
     <t>Максім Юр'евіч Чахоўскі</t>
   </si>
   <si>
     <t>20 верасня 1995</t>
   </si>
   <si>
     <t>Вырак суда 04.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:57</t>
+  </si>
+  <si>
+    <t>Яраслаў Анатольевіч Вердыш</t>
+  </si>
+  <si>
+    <t>21 верасня 1991</t>
+  </si>
+  <si>
+    <t>Выпускнік БДУІР, EPAM
+02.02.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.11.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.02.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:15:36</t>
+  </si>
+  <si>
+    <t>Сяргей Мікалаевіч Кебец</t>
+  </si>
+  <si>
+    <t>21 верасня 1979</t>
+  </si>
+  <si>
+    <t>Вядома , што Сяргей працаваў галоўным інжынерам ТАА "Интермео", якое займалася будаўніцтвам. Таксама Сяргей захапляўся спевамі пад гітару, вёў свой Youtube-канал, дзе выкладаў песні ва ўласным выкананні.</t>
+  </si>
+  <si>
+    <t>2025-10-18 15:08:09</t>
+  </si>
+  <si>
+    <t>Данііл Ігаравіч Багнат</t>
+  </si>
+  <si>
+    <t>21 верасня 2001</t>
+  </si>
+  <si>
+    <t>Данііл, фанат ФК "Хваля", быў затрыманы 10 жніўня 2020 года ў межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Яго асудзілі за ўдзел у "масавых беспарадках". Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, акрамя пакарання ў выглядзе пазбаўлення волі, запатрабавалі ад абвінавачаных каля 530 тысяч рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.04.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 38000 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:34:30</t>
+  </si>
+  <si>
+    <t>Аляксей Віктаравіч Бычкоўскі</t>
+  </si>
+  <si>
+    <t>21 верасня 1985</t>
+  </si>
+  <si>
+    <t>Абвінавачваецца ў перадачы звестак прадстаўнікоў сілавых ведамстваў тэлеграм-каналу. Грамадзянін РФ.</t>
+  </si>
+  <si>
+    <t>11 гадоў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:23:06</t>
+  </si>
+  <si>
+    <t>Уладзіслаў Купрыянаў</t>
+  </si>
+  <si>
+    <t>21 верасня 1988</t>
+  </si>
+  <si>
+    <t>Мужчына працуе ў "Магілёўскіх гарадскіх электрычных сетках" інжынерам.
+Затрыманы ў пачатку жніўня 2022. Мужчыну падазраюць у тым, што восенню 2020 года ён, "карыстаючыся службовым становішчам", перадаў інфармацыю аб месцах пражывання дзяржслужачых і сілавікоў у тэлеграм-канал "Чорная кніга Беларусі".
+27.06.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.04.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 27.06.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-08-06 17:50:07</t>
   </si>
   <si>
     <t>Зміцер Аляксандравіч Клімаў</t>
   </si>
   <si>
     <t>21 верасня 1993</t>
   </si>
   <si>
     <t>Зміцер у мінулым працаваў кіроўцам у некалькіх арганізацыях і таксістам. Таксама ён працаваў у Калінкавіцкім Дэпартаменце аховы з пачатку 2017 года па май 2018-га, а затым прапаршчыкам міліцыі да звальнення ў жніўні.
 Зміцер жанаты, у яго ёсць чатырохгадовая дачка.
 Мужчына быў затрыманы з-за дыверсіі на чыгуначных пуцях. Калі яго арыштавалі, ён не супраціўляўся, але ўсё ж супрацоўнікі Спецыяльнага падраздзялення хуткага рэагавання мэтанакіравана стрэлілі яму ў каленныя суставы.
 Зміцера прызналі вінаватым па пяці цяжкіх артыкулах Крымінальнага кодэкса, прызначылі тэрмін абмежавання волі. Судом таксама быў прызначаны штраф у 380 базавых велічыняў. Абвінавачаны ў добраахвотным парадку кампенсаваў урон, прычынены РУП «Магілёўскае аддзяленне Беларускай чыгункі», на суму звыш 12,8 тысяч рублёў.</t>
   </si>
   <si>
     <t>22 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-04-06 19:32:34</t>
   </si>
   <si>
-    <t>Сяргей Мікалаевіч Кебец</t>
-[...85 lines deleted...]
-  <si>
     <t>Сяргей Алегавіч Нялепка</t>
   </si>
   <si>
     <t>22 верасня 1989</t>
   </si>
   <si>
     <t>Затрыманы за тое, што быў у тэлеграм-каналах, прызнаных «экстрэмісткімі».
 У снежні КДБ унёс Сяргея Нялепку ў «спіс тэрарыстаў», таму яму нельга рабіць грашовыя пераводы.
 На думку пракуратуры, у сакавіку 2022 года ў Telegram абвінавачаны вёў перапіску ў чаце аб незаконным набыцці 50 адзінак аўтаматаў Калашнікава і боепрыпасаў да абмеркаваў магчымасць дастаўкі зброі і боепрыпасаў у Беларусь. З мэтай дэстабілізацыі Беларускай чыгункі гродзенец размясціў таксама паведамленне з заклікаў пашкоджваць чыгуначны транспарт і шляхі зносін. Таксама пакідаў іншыя «абразлівыя» каментары ў дачыненні да прадстаўнікоў улады і Лукашэнкі А.Г.
 Вядома, што пракурор прасіў асудзіць Нялепку да 16 гадоў пазбаўлення волі, але суддзя Сянько абмежаваўся дзевяццю гадамі калоніі.</t>
   </si>
   <si>
     <t>9 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-03-11 01:36:10</t>
   </si>
   <si>
+    <t>Аляксей Аляксеевіч Ляўкевіч</t>
+  </si>
+  <si>
+    <t>22 верасня 1987</t>
+  </si>
+  <si>
+    <t>З верасня 2024 года па студзень 2025 года знаходзіўся пад падпіскай аб нявыездзе. У студзені быў затрыманы супрацоўнікамі КДБ.
+Працаваў дзяржінспектарам па ахове працы. Пазней зарэгістраваў ІП і пачаў займацца аздобнымі працамі. Некалькі гадоў працаваў у Літве.
+Аляксей шмат гадоў гуляў у аматарскі футбол і міні-футбол. Ён выступаў у Прэм'ер-лізе 5х5 за каманды do-doma.by і «БелЗЭБ», на яго рахунку дзясяткі матчаў і галоў.</t>
+  </si>
+  <si>
+    <t>2025-12-16 00:44:57</t>
+  </si>
+  <si>
+    <t>Уладзіслаў Вітальевіч Піскуновіч</t>
+  </si>
+  <si>
+    <t>22 верасня 2000</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.09.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 22.11.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2025-09-25 16:40:05</t>
+  </si>
+  <si>
     <t>Ілля Уладзіміравіч Шапаткоўскі</t>
   </si>
   <si>
-    <t>23 верасня 1987</t>
+    <t>23 верасня 1988</t>
   </si>
   <si>
     <t>Адзін з кіраўнікоў ініцыятывы "Сумленныя людзі" Ілля актыўна ўдзельнічаў у выбарчай кампаніі Віктара Бабарыка, узначальваючы аддзел верыфікацыі подпісаў. Ён быў затрыманы 4 жніўня 2020 года па абвінавачанні ў эканамічных злачынствах, аднак пазней быў асуджаны за "размяшчэнне медыя, накіраваных на дыскрэдытацыю ўлады і падзел грамадства па палітычных поглядах".</t>
   </si>
   <si>
     <t>Вырак суда 30.05.2023: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 10.07.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:56</t>
   </si>
   <si>
-    <t>Андрэй Рыгоравіч Савіцкі</t>
-[...15 lines deleted...]
-    <t>Сяргей Анатольевіч Маўшук</t>
+    <t>Аляксандр Сягреевіч Капшуль</t>
   </si>
   <si>
     <t>24 верасня 1978</t>
   </si>
   <si>
-    <t>Сяргей быў асуджаны за ўдзел у "масавых беспарадках" у межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, апроч пазбаўлення волі для абвінавачаных, запатрабавалі каля 530 тысяч рублёў кампенсацыі.
-[...16 lines deleted...]
-    <t>15 гадоў калоніі ва ўмовах узмоцненага рэжыму</t>
+    <t>Аляксандр, былы юрысконсульт ААТ "Нафтан" завода "Палімір", быў затрыманы ў верасні 2021 года ў Расіі, калі спрабаваў выехаць у Варшаву. Па дарозе з Варонежа супрацоўнікі ФСБ праверылі яго дакументы, і, разумеючы, што яго затрымаюць у Маскве, ён скокнуў з цягніка, атрымаўшы пералом нагі і вывіх рукі, але дабраўся да мяжы з Украінай. Пры спробе перасекчы яе легальна яго затрымалі, перадалі супрацоўнікам КДБ і змясцілі ў СІЗА ў межах крымінальнай справы супраць супрацоўнікаў заводаў, якія падтрымалі стачку і ўваходзілі ў “Рабочы рух”. Гэтая ініцыятыва 21 верасня 2021 года была прызнана экстрэмісцкай, і адначасова па краіне прайшлі затрыманні працоўных.
+У лютым 2023 года яго прызналі вінаватым па артыкулах "незаконныя дзеянні з агнястрэльнай зброяй", "здрада дзяржаве" і "стварэнне экстрэмісцкага фармавання і ўдзел у ім", прыгаварыўшы да пазбаўлення волі і буйнога штрафу.
+У красавіку 2023 года Аляксандр увайшоў у тройку фіналістаў міжнароднай праваабарончай прэміі Global Advocacy Award.
+У красавіку 2024 года адбылося чарговае судовае паседжанне, па выніках якога Аляксандра перавялі на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 200 базавых велічынь штрафу. Апеляцыя 02.08.2023: прысуд пакінуты без змены. Суд па змене рэжыму 10.04.2024: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-09-26 12:05:21</t>
   </si>
   <si>
     <t>Ігар Уладзіміравіч Аліневіч</t>
   </si>
   <si>
     <t>24 верасня 1983</t>
   </si>
   <si>
     <t>Ігар - актывіст анархічнага руху і былы палітычны зняволены па "справе анархістаў" у 2010 годзе. Ён быў затрыманы пры пераходзе мяжы Беларусі ў ноч з 28 на 29 кастрычніка 2020 года і абвінавачаны ў "падпалах" і "тэрарызме".
 У жніўні 2022 года рашэннем суда Ігар быў пераведзены на турэмны рэжым.
 У пачатку ліпеня 2024 года Ігара перавезлі ў бальніцу ў Калядзічах. Ён патрапіў туды з падазрэннем на язву страўніка, якая абвастрылася пасля галадоўкі, праведзенай ім з 13 па 26 чэрвеня ў "ШІЗА" Жодзінскай турмы № 8, дзе ён адбывае пакаранне.</t>
   </si>
   <si>
     <t>Вырак суда 22.12.2021: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 11000 рублёў кампенсацыі. Апеляцыя 22.04.2022: прысуд пакінуты без змены. Суд па змене рэжыму 08.08.2022: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-27 00:37:19</t>
   </si>
   <si>
+    <t>Трафім Вадзімавіч Барысаў</t>
+  </si>
+  <si>
+    <t>24 верасня 2006</t>
+  </si>
+  <si>
+    <t>У праўладным фільме (красавік 2024 года) распавялі , што шэсць падлеткаў нібыта аб'ядналіся ў "анархісцкую ячэйку "Чорныя салаўі", якую "пад кіраўніцтвам Нацыянальнай вызваленчай арміі Украіны" стварыла 16-гадовая грамадзянка Украіны Марыя Місюк.
+Супрацоўнікі АНТ сцвярджаюць, што падлеткі аб'ядналіся, каб рабіць дыверсіі па навядзенні ў Беларусі, а пасля - у Расіі. Марыю абвінавачваюць паводле ч. 2 арт. 289 КК (акт тэрарызму). Паводле сюжэту, 16-гадовая Марыя Місюк у 2022 годзе пераехала разам з сям'ёй з Украіны ў Беларусь, дзе стварыла "анархісцкае вочка для падрыхтоўкі тэрактаў". Сярод затрыманых – навучэнцы каледжаў у Баранавічах, Нясвіжы, Міры, Мінску і Лунінцы. Гэта Трафім Барысаў , Сяргей Жыгалёў, Зміцер Захарошка, Анастасія Кліменка і Аляксандра Пуліновіч. Як сцвярджаюць супрацоўнікі АНТ, маладыя людзі збіраліся на Баранавіцкай кватэры, каб падрыхтавацца да сваёй першай сур'ёзнай акцыі – сабраць узрыўчатку і падарваць Баранавіцкую філію міліцыі ці пракуратуру. Па якіх артыкулах абвінавачваюць астатніх пяці ўдзельнікаў, невядома. Як і невядомы іх статусы і месцазнаходжанне.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 09.02.2026: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-04-30 22:49:05</t>
+  </si>
+  <si>
     <t>Андрэй Іванавіч Рабякоў</t>
   </si>
   <si>
     <t>24 верасня 1986</t>
   </si>
   <si>
     <t>Андрэй у Магілёўскім УУС, у верасні 2023 года, быўшы нецвярозым, «непрыстойна выказаўся» на адрас Лукашэнкі. Быў асуджаны ў судзе Ленінскага раёна г. Магілёва па ч. 1 арт. 368 КК (Абраза Лукашэнкі). Апроч гэтага, мужчыну прызначылі прымусовае лячэнне ад хранічнага алкагалізму.
 Вядома, што мужчына быў раней судзімы 13 разоў. У сакавіку 2023 года суд Кастрычніцкага раёна разглядаў справу аб спыненні прэвентыўнага нагляду ў адносінах да Рабякова, а ў ліпені 2023 года ў судзе ўжо Аршанскага раёна прайшоў разгляд пытання аб спыненні прымусовых мер бяспекі і лячэння ў адрас мужчыны.
 Андрэй Рабякоў абскардзіў прысуд у Магілёўскім абласным судзе. 24 верасня 2024 года судовая калегія пад старшынствам суддзі Сяргея Каралёва пакінула прыгавор у сіле.</t>
   </si>
   <si>
     <t>Вырак суда 22.07.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 24.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-08-28 20:39:06</t>
   </si>
   <si>
-    <t>Трафім Барысаў</t>
-[...71 lines deleted...]
-    <t>Павел Віктаравіч Петручэня</t>
+    <t>Сяргей Анатольевіч Маўшук</t>
+  </si>
+  <si>
+    <t>Сяргей быў асуджаны за ўдзел у "масавых беспарадках" у межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, апроч пазбаўлення волі для абвінавачаных, запатрабавалі каля 530 тысяч рублёў кампенсацыі.
+У лістападзе 2024 года Сяргею ўзмацнілі жорсткасць від пакарання і перавялі яго на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.04.2021: 6 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 38000 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены. Суд па змене рэжыму 21.11.2024: турэмны рэжым да канца тэрміну.</t>
+  </si>
+  <si>
+    <t>2021-04-30 17:38:44</t>
+  </si>
+  <si>
+    <t>Сяргей Сяргеевіч Кулеш</t>
   </si>
   <si>
     <t>25 верасня 1988</t>
   </si>
   <si>
-    <t>Праўладныя каналы выклалі «пакаяныя відэа», дзе Павал кажа , што працаваў у Дэпартаменце аховы да 2018 года, затрыманы за перадачу асабістых дадзеных супрацоўнікаў Дэпартамента ў «Чорную кнігу Беларусі». Звесткі ўзяў з кнігі тэлефоннага даведніка тэлефонаў.
-[...6 lines deleted...]
-    <t>2023-01-02 14:23:53</t>
+    <t>Падрабязнасці прысуду сталі вядомыя з каментара пракурора Плескацэвіча пінскай дзяржТВ (імя абвінавачанага не называецца, але ён адзіны, каго ў 2024 годзе судзілі ў Пінску па артыкуле «беспарадкі»). Пракурор пераказаў пазіцыю абвінавачанага: 9 жніўня 2020 года той прагаласаваў на выбарчым участку, вярнуўся дадому і шмат выпіў (каля бутэлькі гарэлкі), пасля чаго "з цікавасці пайшоў паглядзець на мітынгоўцаў каля будынка гарвыканкама". Што менавіта далей мужчына рабіў на пратэстах, паводле якіх матываў, ён не памятаў з-за алкаголю (з яго слоў). Але на відэа патрапіла тое, што абвінавачанне кваліфікавала наступным чынам: «прыняў актыўны ўдзел [у беспарадках], а менавіта сваімі дзеяннямі падтрымаў учынены пагром і накінуўся з іншымі пратэстоўцамі на міліцыянтаў» .</t>
+  </si>
+  <si>
+    <t>4 гады пазбаўлення волі ў калоніі ўзмоцненага рэжыму</t>
+  </si>
+  <si>
+    <t>2024-05-17 18:40:19</t>
   </si>
   <si>
     <t>Ірына Буйневіч</t>
   </si>
   <si>
     <t>25 верасня 1981</t>
   </si>
   <si>
     <t>Даследчыца. 10 гадоў працавала ў Міністэрстве статыстыкі, пасля - у прыватнай кампаніі, якая займалася маркетынгавымі даследаваннямі. Пасля гэтага стала кіраўніком прыватнай даследчай кампаніі Mia Research. Працавала з даследаваннямі ў розных сферах: медыцына, прадукты харчавання, гульнявая індустрыя, распрацоўка камп'ютарных гульняў, фінансавы рынак і іншыя. Сярод заказчыкаў былі Сусветны банк, Сусветная арганізацыя аховы здароўя, Нацбанк Беларусі.
 Была затрымана ў канцы 2023 года за сацыялагічныя апытанні разам з Яўгенам Краснянскім.
 Паводле праваабаронцаў, у жніўні гэтага года жанчына яшчэ знаходзілася ў СІЗА-1 і па яе справе прайшло шмат судовых паседжанняў. Невядома, ці ўжо агучылі прысуд.</t>
   </si>
   <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
     <t>2025-10-15 14:05:43</t>
   </si>
   <si>
-    <t>Сяргей Сяргеевіч Кулеш</t>
-[...23 lines deleted...]
-    <t>2023-02-11 15:26:39</t>
+    <t>Мікалай Барысавіч Юшчанка</t>
+  </si>
+  <si>
+    <t>25 верасня 1970</t>
+  </si>
+  <si>
+    <t>Гамяльчанін Мікалай Юшчанка доўгі час мае ўласны бізнэс. Яго фірма прадае гаспадарчыя тавары і пакаванне.</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.12.2024: невядома. Апеляцыя 28.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-30 13:37:50</t>
+  </si>
+  <si>
+    <t>Павел Віктаравіч Петручэня</t>
+  </si>
+  <si>
+    <t>Праўладныя каналы выклалі «пакаяныя відэа», дзе Павал кажа , што працаваў у Дэпартаменце аховы да 2018 года, затрыманы за перадачу асабістых дадзеных супрацоўнікаў Дэпартамента ў «Чорную кнігу Беларусі». Звесткі ўзяў з кнігі тэлефоннага даведніка тэлефонаў.
+Дома ў яго засталіся жонка і маленькія дзеці (1год і 3 гады).</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.06.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 22.08.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-01-02 14:23:53</t>
+  </si>
+  <si>
+    <t>Сяргей Аляксандравіч Зелянкоў</t>
+  </si>
+  <si>
+    <t>25 верасня 1987</t>
+  </si>
+  <si>
+    <t>Упершыню Сяргей быў асуджаны ў траўні 2022 года па артыкуле за абразу службовай асобы і прыгавораны да абмежавання волі з накіраваннем.
+У студзені 2024 года яго зноў асудзілі па артыкуле «Арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і таксама прыгаварылі да абмежавання волі з накіраваннем. Абставіны і дэталі справы невядомыя.</t>
+  </si>
+  <si>
+    <t>ПУАТ-46, 213188, Магілёўская вобл., г.п. Круглае, вул.Савецкая, 96</t>
+  </si>
+  <si>
+    <t>Вырак суда 11.05.2022: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Вырак суда 19.01.2024: 3 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 02.04.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-05-11 00:47:30</t>
   </si>
   <si>
     <t>Фёдар Мікалаевіч Маторын</t>
   </si>
   <si>
     <t>27 верасня 1983</t>
   </si>
   <si>
     <t>Фёдар быў асуджаны вясной 2024 года за «паклёп на Лукашэнку» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>ПУАТ-29, г. Валкавыск, вул. Ракасоўскага, 118, 230415</t>
   </si>
   <si>
     <t>Вырак суда 07.05.2024: 3 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2024-05-31 12:27:36</t>
   </si>
   <si>
     <t>Аляксандр Васільевіч Мартысевіч</t>
   </si>
   <si>
     <t>28 верасня 1991</t>
   </si>
   <si>
     <t>Вырак суда 10.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-10-07 20:51:19</t>
   </si>
   <si>
+    <t>Павел Міхайлавіч Шарко</t>
+  </si>
+  <si>
+    <t>29 верасня 1989</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-12-12 18:22:03</t>
+  </si>
+  <si>
     <t>Наталля Аляксандраўна Пупкевіч</t>
   </si>
   <si>
     <t>29 верасня 1978</t>
   </si>
   <si>
     <t>Вырак суда 14.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-01-21 13:30:15</t>
+  </si>
+  <si>
+    <t>Яніна Кірылаўна Пазняк</t>
+  </si>
+  <si>
+    <t>29 верасня 2005</t>
+  </si>
+  <si>
+    <t>Дачка палітвязня журналіста Кірылы Пазняка. Дзяўчыну затрымалі разам з бацькам чацвёртага верасня 2025 года. Спачатку Яніну змясцілі ў ізалятар часовага ўтрымання, а праз некалькі дзён ёй прад'явілі крымінальнае абвінавачанне і перавялі ў следчы ізалятар №1.
+На 20-гадовую Яніну Пазняк пачалі крымінальную справу за ўзаемадзеянне з "экстрэмісцкім фарміраваннем".
+Чацвёртага верасня, у дзень затрымання Кірылы Пазняка і Яніны Пазняк, рашэннем Камітэта дзяржбяспекі Беларусі "экстрэмісцкім фармаваннем" быў абвешчаны YouTube-канал "Платформа 375", а таксама афіляваныя з ім акаўнты ў сацыяльнай сетцы TikTok. Паводле КДБ, "экстрэмісцкай дзейнасцю" займаецца "група грамадзян з ліку прадстаўнікоў фармавання", Кірыл Пазняк быў згаданы як арганізатар.</t>
+  </si>
+  <si>
+    <t>2026-01-24 18:40:45</t>
   </si>
   <si>
     <t>Мікалай Мікалаевіч Дайнека</t>
   </si>
   <si>
     <t>29 верасня 1972</t>
   </si>
   <si>
     <t>2025-06-08 21:54:31</t>
   </si>
   <si>
     <t>Алег Мікалаевіч Гарбачоў</t>
   </si>
   <si>
     <t>30 верасня 1989</t>
   </si>
   <si>
     <t>Алега затрымалі за падпіску на "дэструктыўныя Telegram-каналы"
 У пакаянным відэа ён казаў, што яго затрымалі за падпіску на "дэструктыўныя Telegram-каналы", дзе ён распаўсюджваў экстрэмісцкую інфармацыю, а таксама за спробу "запалохаць паліцыю".</t>
+  </si>
+  <si>
+    <t>4 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2022-04-12 21:28:11</t>
   </si>
   <si>
     <t>Міхаіл Віктаравіч Цімашэнка</t>
   </si>
   <si>
     <t>30 верасня 1997</t>
   </si>
   <si>
     <t>26.12. 2024 г. быў падвергнуты адміністрацыйнаму пакаранню па ч. 2 ст. 19.11 КаАП РБ (Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць). Пасля чаго была заведзена крымінальная справа.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-05-11 17:49:10</t>
   </si>
   <si>
     <t>Вячаслаў Алегавіч Дземянчонак</t>
   </si>
   <si>
     <t>30 верасня 1993</t>
   </si>
   <si>
     <t>У 2021-м Дземянчонак скончыў факультэт інфармацыйных тэхналогій Полацкага дзяржаўнага ўніверсітэта, пасля чаго працаваў інжынерам-электроншчыкам у Наваполацкай цэнтральнай раённай бальніцы, адкуль звольніўся восенню 2022 года.
 За наступныя гады ў сацсетках былі паметкі, што хлопец жыў у Гродне і ў Варшаве. Апошні раз Дземянчонак быў анлайн у канцы 2023 года. Пасля гэтага, хутчэй за ўсё, і быў арыштаваны.
 Дземянчанку абвінавацілі "ў прычыненні шкоды нацыянальнай бяспецы Беларусі". Яго маглі прысудзіць ад 4 да 12 гадоў зняволення, аднак прысуд у любым выпадку звязаны з калоніяй. Сутнасць абвінавачання і дакладны тэрмін невядомыя.</t>
   </si>
   <si>
     <t>2025-05-09 07:25:59</t>
+  </si>
+  <si>
+    <t>Вольга Генадзеўна Капуза (Лойка)</t>
+  </si>
+  <si>
+    <t>36-гадовыя Зміцер і Вольга Капузы былі затрыманыя 16 студзеня 2024 года. Муж з жонкай родам з Драгічынскага раёна, жылі каля беларуска-ўкраінскай мяжы. Пасля затрымання на дзяржтэлебачанні выйшаў прапагандысцкі відэаролік "Зачыстка. Барацьба з дыверсантамі і агентамі спецслужбаў Украіны ў Беларусі", у якім іх абвінавачвалі ў кантрабандзе з Украіны. Тады агулам затрымалі групу з 12 чалавек. Па версіі прапагандыстаў, пара нібыта працавала на спецслужбы Украіны. Сцвярджалася, што жыхары Драгічынскага раёна дапамагалі Службе бяспекі Украіны - забіралі выбухоўку і рабілі тайнікі на тэрыторыі Беларусі.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 21 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-07-16 18:41:13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1891,51 +1785,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I94"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1968,2576 +1862,2388 @@
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
       </c>
       <c r="I9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>60</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>62</v>
       </c>
       <c r="I10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>64</v>
       </c>
       <c r="B11" t="s">
         <v>65</v>
       </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H11" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I12" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>28</v>
+      </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I18" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I20" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
+      <c r="E21" t="s">
+        <v>119</v>
+      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="I21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C22" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D22" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>125</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I22" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>137</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
-      <c r="E26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>148</v>
+      </c>
+      <c r="C27" t="s">
+        <v>149</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
+      <c r="E27" t="s">
+        <v>150</v>
+      </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="I28" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B31" t="s">
-        <v>166</v>
+        <v>168</v>
+      </c>
+      <c r="C31" t="s">
+        <v>169</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
+      <c r="E31" t="s">
+        <v>170</v>
+      </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I31" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C32" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
+      <c r="E32" t="s">
+        <v>125</v>
+      </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="I32" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="I33" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E34" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="I34" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C35" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>187</v>
+        <v>56</v>
       </c>
       <c r="F35" t="s">
-        <v>188</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="I35" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B36" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C36" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I36" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B37" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C37" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
+      <c r="H37" t="s">
+        <v>202</v>
+      </c>
       <c r="I37" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C38" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="I38" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C39" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D39" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>28</v>
+        <v>150</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C41" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>143</v>
+        <v>222</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I41" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>68</v>
       </c>
       <c r="I44" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C45" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C46" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="I46" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B47" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="C47" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>249</v>
+        <v>61</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
+      <c r="H47" t="s">
+        <v>250</v>
+      </c>
       <c r="I47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B48" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C48" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C49" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>13</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E50" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>265</v>
       </c>
       <c r="I50" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B51" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
+      <c r="E51" t="s">
+        <v>13</v>
+      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I51" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>21</v>
+      </c>
+      <c r="E52" t="s">
+        <v>22</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B53" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D54" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D55" t="s">
-        <v>27</v>
+        <v>21</v>
+      </c>
+      <c r="E55" t="s">
+        <v>22</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E56" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B58" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C58" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B59" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C59" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D59" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>307</v>
+        <v>62</v>
       </c>
       <c r="I59" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>309</v>
       </c>
       <c r="B60" t="s">
         <v>310</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>312</v>
       </c>
       <c r="I60" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>314</v>
       </c>
       <c r="B61" t="s">
         <v>315</v>
       </c>
       <c r="C61" t="s">
         <v>316</v>
       </c>
       <c r="D61" t="s">
-        <v>27</v>
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>61</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>317</v>
       </c>
       <c r="I61" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>319</v>
       </c>
       <c r="B62" t="s">
         <v>320</v>
       </c>
       <c r="C62" t="s">
         <v>321</v>
       </c>
       <c r="D62" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>322</v>
       </c>
       <c r="I62" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>324</v>
       </c>
       <c r="B63" t="s">
         <v>325</v>
       </c>
+      <c r="C63" t="s">
+        <v>326</v>
+      </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
+      <c r="E63" t="s">
+        <v>99</v>
+      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I63" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B64" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C64" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>61</v>
+        <v>99</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I64" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B65" t="s">
-        <v>334</v>
+        <v>335</v>
+      </c>
+      <c r="C65" t="s">
+        <v>336</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H65" t="s">
-        <v>335</v>
+        <v>29</v>
       </c>
       <c r="I65" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B66" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="C66" t="s">
         <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>340</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
         <v>343</v>
       </c>
       <c r="C67" t="s">
         <v>344</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
+      <c r="E67" t="s">
+        <v>125</v>
+      </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>39</v>
+        <v>345</v>
       </c>
       <c r="I67" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>82</v>
+        <v>150</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I68" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C69" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D69" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="I69" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I70" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B71" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C71" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
-      <c r="E71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I71" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>348</v>
+      </c>
+      <c r="C72" t="s">
+        <v>368</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
         <v>13</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="I72" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="I73" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B74" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C74" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E74" t="s">
-        <v>143</v>
+        <v>379</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
-      <c r="H74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I74" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B75" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C75" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I75" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B76" t="s">
-        <v>386</v>
+        <v>372</v>
       </c>
       <c r="C76" t="s">
         <v>387</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>388</v>
       </c>
       <c r="I76" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>390</v>
       </c>
       <c r="B77" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C77" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>238</v>
+        <v>393</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I77" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C78" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>76</v>
+        <v>399</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="I78" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B79" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="I79" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B80" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
+      <c r="E80" t="s">
+        <v>125</v>
+      </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I80" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B81" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>411</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E81" t="s">
+        <v>22</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>412</v>
       </c>
-      <c r="F81" t="s">
-[...5 lines deleted...]
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>414</v>
+      </c>
+      <c r="B82" t="s">
         <v>415</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>416</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>21</v>
+      </c>
+      <c r="E82" t="s">
+        <v>379</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="I82" t="s">
         <v>417</v>
-      </c>
-[...16 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B83" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
+      <c r="E83" t="s">
+        <v>125</v>
+      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>424</v>
+        <v>29</v>
       </c>
       <c r="I83" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B84" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C84" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="H84" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="I84" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="B85" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C85" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="D85" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
+      <c r="H85" t="s">
+        <v>429</v>
+      </c>
       <c r="I85" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B86" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C86" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>437</v>
+        <v>29</v>
       </c>
       <c r="I86" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="B87" t="s">
-        <v>440</v>
+        <v>422</v>
       </c>
       <c r="C87" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>21</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="I87" t="s">
-        <v>443</v>
-[...184 lines deleted...]
-        <v>473</v>
+        <v>438</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">