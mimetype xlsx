--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,981 +12,992 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
   </si>
   <si>
+    <t>Сяргей Аляксандравіч Гоўша</t>
+  </si>
+  <si>
+    <t>1 жніўня 1981</t>
+  </si>
+  <si>
+    <t>Асуджаны за акцыю пратэсту, якая праходзіла з 10 на 11 жніўня 2020 года ў Бярозе на 2 гады калоніі (канчаткова, з улікам нейкай папярэдняй судзімасці, 3 гады калоніі).</t>
+  </si>
+  <si>
+    <t>Мужчынскі</t>
+  </si>
+  <si>
+    <t>У зняволенні</t>
+  </si>
+  <si>
+    <t>Так</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.08.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.10.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:16:53</t>
+  </si>
+  <si>
     <t>Ілля Аляксандравіч Верамееў</t>
   </si>
   <si>
     <t>1 жніўня 2003</t>
   </si>
   <si>
     <t>19-гадовы хлопец асуджаны за паведамленні ў тэлеграм-чатах, якія пакінуў у лютым гэтага года. Як мяркуецца, такія паведамленні ў групавым чаце сталі рэакцыяй хлопца на распачатую ўзброеную сіламі Расіі вайну ва Украіне, у тым ліку з тэрыторыі Беларусі.</t>
   </si>
   <si>
-    <t>Мужчынскі</t>
-[...1 lines deleted...]
-  <si>
     <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
   </si>
   <si>
-    <t>У зняволенні</t>
-[...4 lines deleted...]
-  <si>
     <t>6,5 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2022-08-17 21:24:07</t>
   </si>
   <si>
     <t>Раман Анатольевіч Багнавец</t>
   </si>
   <si>
     <t>1 жніўня 1984</t>
   </si>
   <si>
     <t>Раман быў затрыманы ноччу 10 жніўня 2020 года ў межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Яго асудзілі за ўдзел у "масавых беспарадках". Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, акрамя пакарання ў выглядзе пазбаўлення волі, запатрабавалі ад абвінавачаных каля 530 тысяч рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>Вырак суда 30.04.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 38000 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 01:33:41</t>
   </si>
   <si>
-    <t>Сяргей Аляксандравіч Гоўша</t>
-[...11 lines deleted...]
-    <t>2024-08-28 13:16:53</t>
+    <t>Аляксандр Аляксандравіч Хазеяў</t>
+  </si>
+  <si>
+    <t>3 жніўня 2000</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2026-02-03 10:40:08</t>
+  </si>
+  <si>
+    <t>Леанід Іванавіч Цярабей</t>
+  </si>
+  <si>
+    <t>4 жніўня 1985</t>
+  </si>
+  <si>
+    <t>Прычынай затрымання Леаніда і ягонай жонкі Антаніны сталі пратэсты 2020 года. Праўладныя каналы паведамілі, што Антаніну пакінулі з дзіцем - верагодна, пад падпіскай аб нявыездзе. Таксама, верагодна, ёй вынесуць пакаранне, не звязанае з пазбаўленнем волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.02.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-06-28 10:09:13</t>
   </si>
   <si>
     <t>Ірына Генадзеўна Такарчук</t>
   </si>
   <si>
     <t>4 жніўня 1960</t>
   </si>
   <si>
     <t>Маці палітвязні блогеркі Вольгі Такарчук (была вызваленая ў чэрвені 2022 года пасля адбыцця тэрміна пакарання). Затрымана ў выніку масавага рэйду сілавых структур 23-24 студзеня 2024 года на сваякоў палітвязняў і людзей, якія дасылалі пасылкі і лісты палітвязням.</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>Вырак суда 14.08.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-02-06 12:36:40</t>
-  </si>
-[...25 lines deleted...]
-    <t>2025-10-03 22:19:05</t>
   </si>
   <si>
     <t>Арцём Аляксандравіч Латышаў</t>
   </si>
   <si>
     <t>4 жніўня 1992</t>
   </si>
   <si>
     <t>Затрыманы па крымінальнай справе за тое, што аблілі чырвонай фарбай два банеры з выявамі супрацоўнікаў ДАІ. Пасля ІЧУ быў адразу пераведзены ў СІЗА.
 26 ліпеня 2023 года адбыўся суд аб узмацненні жорсткасці пакарання. Арцём быў пераведзены на турэмны рэжым.</t>
   </si>
   <si>
     <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
   </si>
   <si>
     <t>Вырак суда 25.04.2022: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.08.2022: невядома. Суд па змене рэжыму 26.06.2023: турэмны рэжым да канца тэрміну. Вырак суда 22.08.2025: 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-10-12 14:38:37</t>
-  </si>
-[...53 lines deleted...]
-    <t>2025-09-15 13:13:04</t>
   </si>
   <si>
     <t>Сяргей Леанідавіч Гнеўка</t>
   </si>
   <si>
     <t>5 жніўня 1977</t>
   </si>
   <si>
     <t>Сяргей быў асуджаны ў судзе за абразу Лукашэнкі. 5 траўня 2023 года справу разглядала суддзя Іна Сівец.
 У судзе Аршанскага раёна і Оршы 4 чэрвеня 2024 г. разгледжана яшчэ адна крымінальная справа Сяргея. Яго зноў абвінавацілі ў абразе Лукашэнкі . Справу разглядала суддзя Юлія Вяршыніна .
 Судом было ўстаноўлена , што Сяргей Гнеўка "з'яўляючыся асобай , раней судзімай за публічную абразу Лукашэнкі і быўшы дастаўленай у спецізалятар Аршанскага РУУС за здзяйсненне адміністрацыйнага правапарушэння, прадугледжанага арт. 19.1 КаАП (дробнае хуліганства), знаходзячыся ў стане алкаголю. АУС і работнік спецізалятара публічна вымавіў выказванне, якое змяшчае ненарматыўную форму маўленчага выказвання, у адрас Аляксандра Лукашэнкі ў сувязі з ажыццяўленнем ім сваіх паўнамоцтваў" .
 Суд прызнаў Сяргея Гнеўку вінаватым і па ч. 2 арт. 368 КК яму прызначанае пакаранне ў выглядзе пазбаўлення волі на тэрмін чатыры гады. Па сукупнасці прыгавораў да прызначанага пакарання суд часткова далучыў неадбытае пакаранне па папярэднім прыгаворы і канчаткова прызначыў пакаранне ў выглядзе пазбаўлення волі на тэрмін 4 гады 6 месяцаў.
 16.08.2024 адбыўся апеляцыйны разгляд суда, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
   </si>
   <si>
     <t>Вырак суда 05.05.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 04.06.2024: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 16.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-06-06 15:46:04</t>
   </si>
   <si>
+    <t>Сяргей Сямёнавіч Цімашэнка</t>
+  </si>
+  <si>
+    <t>5 жніўня 1966</t>
+  </si>
+  <si>
+    <t>Сяргей Цімашэнка з 1986 па 1988 гады ваяваў у Аўганістане. Ён служыў у 2-й дэсантна-штурмавой заставе керкінскай дэсантна-штурмавой манеўранай групы, кіраваў баявой групай.
+Сяргей, мяркуючы па сацсетках, падтрымлівае Украіну ў вайне супраць Расіі. Выглядае, што гэта і стала прычынай абвінавачанняў. Ён раптоўна знік з усіх сацсетак у канцы 2024 года, быў затрыманы і змешчаны ў СІЗА.</t>
+  </si>
+  <si>
+    <t>Вырак суда 10.09.2025: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2025-09-15 13:13:04</t>
+  </si>
+  <si>
+    <t>Юлія Віктараўна Касцючэнка</t>
+  </si>
+  <si>
+    <t>5 жніўня 1995</t>
+  </si>
+  <si>
+    <t>Суд Рагачоўскага раёна палічыў, што Юлія на сваёй агульнадаступнай старонцы ў сацыяльнай сетцы «Інстаграм» размяшчала паведамленні і відэазапісы, якія «ўтрымліваюць абразу на адрас прэзідэнта».
+02.12.2023 вызвалена поўнасцю адбыўшы тэрмін пакарання, прызначаны судом.
+У студзені, падчас перадвыбарных аблаў Юлію Касцючэнку зноў затрымалі і 22 студзеня судзілі па частцы 2 артыкула 19.11 Кодэкса аб адміністрацыйных правапарушэннях нібыта за распаўсюджванне "экстрэмісцкіх матэрыялаў". 5 лютага адбыўся другі суд над Юліяй Касцючэнкай па частцы 2 артыкула 19.11 кап. Хутчэй за ўсё, увесь гэты час Юлія ўтрымлівалася ў зняволенні і ёй проста працягвалі тэрмін адміністратыўнага арышту, прызначыўшы першы раз 15 сутак, а 5 лютага працягнуўшы яшчэ раз арышт. Усяго Юлія прабыла ў ІЧУ 90 сутак, пасля чаго была пераведзена ў СІЗА -3.
+3 красавіка 2025 года КДБ Беларусі прызнаў "экстрэмісцкім фарміраваннем" старонку ў сацсетцы Х з назвай "часцей за ўсё адбываецца". Пры гэтым, датычнай да гэтага "фарміравання" карнікі назвалі Касцючэнку Юлію Віктараўну 5 жніўня 1995 года нараджэння.</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Вырак суда 22.03.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.05.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-03-16 22:57:54</t>
+  </si>
+  <si>
+    <t>Аляксандр Фёдаравіч Троцкі</t>
+  </si>
+  <si>
+    <t>5 жніўня 1975</t>
+  </si>
+  <si>
+    <t>12 жніўня 2020 года Аляксандра затрымалі, калі ягоную машыну спынілі ўзброеныя людзі. Ён адмовіўся выйсці, і пасля пагроз страляніны паспрабаваў з'ехаць. Пры затрыманні яго збілі і даставілі ў бальніцу з чэрапна-мазгавой траўмай, пасля перавялі ў СІЗА. Па версіі следства, ён наехаў на нагу міліцыянера. Суд прызнаў яго вінаватым у замаху на забойства.</t>
+  </si>
+  <si>
+    <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.03.2021: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 10000 рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:54</t>
+  </si>
+  <si>
+    <t>Сяргей Пятровіч Ліцвінка</t>
+  </si>
+  <si>
+    <t>6 жніўня 1976</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-12 18:53:31</t>
+  </si>
+  <si>
     <t>Іван Сяргеевіч Ліхлат</t>
   </si>
   <si>
     <t>6 жніўня 1992</t>
   </si>
   <si>
     <t>Украінец, які жыве ў Беларусі з 2013 года. У 2012-2013 годзе Іван праходзіў службу ў разведвальных падраздзяленнях ВСУ, сцвярджае БелТА. Следства лічыць, што ў студзені гэтага года Ліхалат выйшаў на сувязь з СБУ, дзе яму даручылі ўзарваць чыгуначныя пуці. Да задання ён прыцягнуў двух гродзенцаў, якія валодалі прафесійнымі навыкамі мінна-выбухной справы. Пухальскага затрымалі, калі ён забраў са схованкі ў Кобрынскім раёне выбуховае прыстасаванне і перавёз яго ў Талачынскі раён. Ліхалат і Бародзіч былі затрыманы ў Гродне.
 Прыгавораны да 20 гадоў пазбаўлення волі, пры гэтым суд вызначыў Івану адбываць пакаранне ў выглядзе пазбаўлення волі ў турме на працягу першых трох гадоў.</t>
   </si>
   <si>
     <t>Вырак суда 18.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-09-28 00:19:37</t>
   </si>
   <si>
-    <t>Натальля Анатольеўна Давыдка</t>
-[...40 lines deleted...]
-    <t>2023-08-23 15:44:55</t>
+    <t>Сяргей Віктаравіч Пахомаў</t>
+  </si>
+  <si>
+    <t>6 жніўня 1988</t>
+  </si>
+  <si>
+    <t>У 2013 годзе ён скончыў Гродзенскі ўніверсітэт імя Янкі Купалы і пайшоў працаваць настаўнікам гісторыі ў школу ў Жамыслаўе. Неўзабаве Сяргей стаў першым сакратаром Іўеўскага раённага камітэта БРСМ і нават патрапіў у рэзерв кіруючых кадраў мясцовага выканкама. У інтэрв'ю дзяржаўнай прэсе ён хваліў беларускую стабільнасць і ладзіў патрыятычныя акцыі.
+Аднак пасля 2017-га ён сышоў з адукацыі. У лютым 2025 года Пахомаў зарэгістраваўся як індывідуальны прадпрымальнік, асноўным відам дзейнасці абазначыў дахавыя работы.
+Зімой 2026 года стала вядома, што 37-гадовы мужчына знаходзіцца ў СІЗА. Яму прад'яўлена абвінавачанне па артыкуле 130 КК РБ ("распальванне расавай, нацыянальнай, рэлігійнай або іншай сацыяльнай варожасці"). Хаця прысуд яшчэ не вынесены, КДБ ужо ўключыў яго ў спіс «тэрарыстаў».
+Што менавіта стала прычынай крымінальнага пераследу, пакуль невядома. Верагодна, гэта каментары ў тэлеграме з неабароненага акаўнта.</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:10:52</t>
+  </si>
+  <si>
+    <t>Сяргей Уладзіміравіч Скібінскі</t>
+  </si>
+  <si>
+    <t>7 жніўня 1983</t>
+  </si>
+  <si>
+    <t>Сяргею Скібінскаму 41 год. Ён дызайнер. Раней быў дырэктарам дызайн-агенцтва poligraf.bу, якое існавала да 2020 года. Сяргей таксама мае ІП у галіне дызайну, робіць уласныя ілюстрацыі і праекты.
+Сяргея будуць судзіць за "садзейнічанне экстрэмізму" і ўдзел у пратэстах.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.10.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-23 14:55:04</t>
   </si>
   <si>
     <t>Аляксей Уладзіміравіч Кісялёў</t>
   </si>
   <si>
     <t>8 жніўня 1990</t>
   </si>
   <si>
     <t>Аляксея Кісялёва затрымалі жыхара Верхнядзвінску па крымінальнай справе "Кадравага рэзерву для Новай Беларусі". Ягонае «пакаянае» відэа апублікаваў раніцай 13 сакавіка прапагандысцкі тэлеграм-канал. Аляксей супрацоўнік Верхнядзвінскага райвыканкама. 14 лютага Следчы камітэт узбудзіў крымінальную справу супраць прадстаўнікоў і ўдзельнікаў ініцыятывы "Кадравы рэзерв для Новай Беларусі", абвешчанай Аб'яднаным пераходным кабінетам. Па тэлеканале АНТ пазней паказалі 14 людзей, затрыманых па гэтай справе. Прапагандыст Ігар Тур заявіў, што разам з сілавікамі ён год слухаў лекцыі для ўдзельнікаў ініцыятывы.
 Праграма "Кадравы рэзерв для новай Беларусі" была запушчана Аб'яднаным пераходным кабінетам у лістападзе 2022 года. Мэтай праекту была падрыхтоўка прафесіяналаў, якія змогуць працаваць на дзяржаўных пасадах і праводзіць рэформы.</t>
   </si>
   <si>
     <t>Вырак суда 20.09.2024: невядома. Апеляцыя 03.12.2024: невядома.</t>
   </si>
   <si>
     <t>2024-03-13 11:59:37</t>
   </si>
   <si>
-    <t>Ігар Іванавіч Шлома</t>
-[...8 lines deleted...]
-    <t>2024-11-22 00:17:53</t>
+    <t>Алег Мікалаевіч Гарэлаў</t>
+  </si>
+  <si>
+    <t>8 жніўня 1975</t>
+  </si>
+  <si>
+    <t>Гарэлаў быў кіраўніком дырэкцыі Белінвестбанка па Гомельскай вобласці. Апошняя навіна пра яго датуецца лютым 2023 года, а ў снежні 2023 года кіраўніком замест яго прызначылі Паўла Юркаўца, былога кіраўніка Белінвестбанка па Мазыры.
+Суд над Алегам Гарэлавым пачаўся 8 лютага ў Гомельскім абласным судзе.
+14.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 25.03.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-10 14:47:15</t>
+  </si>
+  <si>
+    <t>Андрэй Мечыслававіч Стасюкевіч</t>
+  </si>
+  <si>
+    <t>9 жніўня 1994</t>
+  </si>
+  <si>
+    <t>Грамадзянін РФ</t>
+  </si>
+  <si>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:41:07</t>
   </si>
   <si>
     <t>Аляксей Аляксандравіч Прохарчык</t>
   </si>
   <si>
     <t>9 жніўня 1988</t>
   </si>
   <si>
     <t>У 2010 скончыў Вышэйшы дзяржаўны каледж сувязі на інжынера па тэлекамунікацыях.
 У 2017-м Прохарчык заснаваў у Расіі таварыства з абмежаванай адказнасцю «ЭСІС». Абрэвіятура расшыфроўваецца як "энергетычныя сістэмы і сеткі".
-Асноўная сфера дзейнасці кампаніі - электрамантажныя работы і будаўніцтва. У «ЭСІС» працуе больш за 40 чалавек. У мінулым годзе кампанія мела абарот каля 4 мільёнаў долараў.</t>
-[...2 lines deleted...]
-    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+Асноўная сфера дзейнасці кампаніі - электрамантажныя работы і будаўніцтва. У «ЭСІС» працуе больш за 40 чалавек. У мінулым годзе кампанія мела абарот каля 4 мільёнаў долараў.
+Аляксея асудзілі за дапамогу палітвязням.</t>
   </si>
   <si>
     <t>2025-11-06 22:31:46</t>
   </si>
   <si>
     <t>Леанід Леанідавіч Шпец</t>
   </si>
   <si>
     <t>9 жніўня 1978</t>
   </si>
   <si>
     <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
   </si>
   <si>
     <t>2025-09-08 19:52:22</t>
   </si>
   <si>
     <t>Іван Іванавіч Юшкевіч</t>
   </si>
   <si>
     <t>10 жніўня 1977</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2025-09-26 20:27:53</t>
   </si>
   <si>
+    <t>Ягор Аляксандравіч Барыскевіч</t>
+  </si>
+  <si>
+    <t>11 жніўня 1986</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-01-13 17:24:46</t>
+  </si>
+  <si>
+    <t>Яна Сяргееўна Царук</t>
+  </si>
+  <si>
+    <t>11 жніўня 1994</t>
+  </si>
+  <si>
+    <t>Вядома , што КДБ лічыць Яну датычнай да праекту «Гарадскі агарод Марыс Мар», які быў прызнаны "экстрэмісцкім фармаваннем".</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 16.12.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-12-29 22:08:18</t>
+  </si>
+  <si>
     <t>Васіль Аляксандравіч Верамейчык</t>
   </si>
   <si>
-    <t>10 жніўня 1990</t>
+    <t>11 жніўня 1990</t>
   </si>
   <si>
     <t>Былы баец палка Каліноўскага, якога В'етнам выдаў Беларусі.
 Паведамлялася , што мужчына апынуўся ў Азіі, бо Літва прызнала яго пагрозай нацыянальнай бяспецы і забараніла ўезд у Еўразвяз. "Калінаўца" даставілі ў Беларусь увечары 14 лістапада пад канвоем з трох чалавек. Васіля даставілі ў Беларусь на рэйсе а/к Белавія (B2978) з Масквы ўвечары 14 лістапада. Гэты самалёт прызямліўся ў Нацыянальным аэрапорце "Мінск" у 23:48.
 Таксама вядома, што відэа з Верамейчыкам, якое апублікавалі прапагандысты, чакана, з'яўляецца пастановачнае: яно знята ў іншым самалёце і ў іншы час.
 За "ўдзел у пагромах і спробу падпалу аўтамабіля супрацоўнікаў пракуратуры" у дачыненні да яго была ўзбуджаная крымінальная справа па ч. 1 ст. 366 (гвалт або пагроза ў дачыненні да службовай асобы, якая выконвае службовыя абавязкі) Крымінальнага кодэкса.
 Мужчына з'яўляўся членам Каардынацыйнай рады. Офіс Святланы Ціханоўскай выказаў рашучы пратэст у сувязі з гэтым.
 "Гэты крок з'яўляецца часткай працяглай рэпрэсіўнай палітыкі рэжыму Лукашэнкі, які не спыняецца перад нічым, каб пераследваць сваіх апанентаў, у тым ліку тых, хто змагаецца за свабоду і дэмакратыю, а таксама тых, хто абараняе Еўропу ад агрэсіі Расіі", — гаворыцца ў заяве. .</t>
   </si>
   <si>
-    <t>Галоўпаштамт, а\с 8, Мінск 220050</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда дата невядомая: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2024-11-28 02:13:24</t>
   </si>
   <si>
-    <t>Яна Сяргееўна Царук</t>
-[...11 lines deleted...]
-    <t>2024-12-29 22:08:18</t>
+    <t>Віталь Міхайлавіч Каваленка</t>
+  </si>
+  <si>
+    <t>11 жніўня 1992</t>
+  </si>
+  <si>
+    <t>Затрыманы ў рамках крымінальнай справы за паведамленні ў бот "Беларускага гаюна".</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.11.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-06-08 18:53:33</t>
+  </si>
+  <si>
+    <t>Глеб Мікалаевіч Сахар</t>
+  </si>
+  <si>
+    <t>11 жніўня 1982</t>
+  </si>
+  <si>
+    <t>19.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.04.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.07.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:58:40</t>
   </si>
   <si>
     <t>Іван Іванавіч Юрскі</t>
   </si>
   <si>
     <t>11 жніўня 1996</t>
   </si>
   <si>
     <t>Іван з Нарачы (Кабыльніка) - курортнага пасёлка ў Мядзельскім раёне. У апошні час пераехаў у Менск і працаваў ахоўнікам.
 Незразумела, завошта Юрскага маглі арыштаваць. Ён вёў суполкі «Шансон для душы», дзе выкладаў гэтую спецыфічную музыку. У ягоных сацыяльных сетках — праваслаўныя храмы, ён носіць адзенне з расійскім сцягам і рэпостыт шансон кшталту Віктара Каліны.</t>
   </si>
   <si>
-    <t>Не</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-31 17:37:50</t>
-  </si>
-[...58 lines deleted...]
-    <t>2024-02-12 19:16:26</t>
   </si>
   <si>
     <t>Юрый Казіміравіч Жукоўскі</t>
   </si>
   <si>
     <t>12 жніўня 1978</t>
   </si>
   <si>
     <t>8 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-05-23 19:28:46</t>
   </si>
   <si>
     <t>Мікалай Віктаравіч Статкевіч</t>
   </si>
   <si>
     <t>12 жніўня 1956</t>
   </si>
   <si>
     <t>Мікалай - лідэр незарэгістраванай Беларускай сацыял-дэмакратычнай партыі (Народная Грамада), былы кандыдат у прэзідэнты, падпалкоўнік запасу, кандыдат тэхнічных навук. Адзін з заснавальнікаў Беларускага аб'яднання вайскоўцаў. Неаднаразова быў у зняволенні па палітычных матывах.
 У 1990-х арганізаваў пратэсты, у тым ліку «Менскую вясну» і марш 1999 года.
 У 2004 годзе ўзначаліў вулічныя пратэсты супраць фальсіфікацыі рэферэндуму, пасля чаго ў 2005 годзе быў асуджаны на 3 гады абмежавання волі. У сувязі з аб'яўленай у гонар 60-годдзя Перамогі амністыяй тэрмін пакарання быў скарочаны на год. У 2010 годзе ўдзельнічаў у прэзідэнцкай кампаніі і пратэстах у Мінску, пасля чаго быў затрыманы і ў 2011 годзе асуджаны на 6 гадоў калоніі ўзмоцненага рэжыму. У студзені 2012 года і ў маі 2015 года ўмовы пакарання былі больш жорсткімі, у выніку чаго ён знаходзіўся на турэмным рэжыме. Вызвалены ў жніўні 2015 года ў рамках памілавання.
 Пасля выхаду працягнуў палітычную дзейнасць і ўдзел у вулічных акцыях. У 2016 годзе з яго ініцыятывы быў створаны Беларускі нацыянальны кангрэс. У 2020 годзе выступіў у падтрымку жонкі іншага незарэгістраванага кандыдата - сацыяльнага блогера Сяргея Ціханоўскага - Святланы Ціханоўскай . Чарговы раз Мікола быў затрыманы 31 траўня 2020 года па дарозе на яе перадвыбарчы пікет. Першапачаткова ён атрымаў 15 сутак адміністратыўнага арышту, але так і не выйшаў на волю. Пасля, у снежні 2021 года, яго асудзілі па крымінальнай справе за "арганізацыю масавых беспарадкаў".
 Па дадзеных праваабаронцаў, фігуранты "справы" абавязаныя выплаціць кампенсацыю ў памеры 29 мільёнаў рублёў.
 11 верасня 2025 года стала вядома, што 52 вязні беларускага рэжыму прымусова перамясцілі на тэрыторыю Літвы. У ліку вызваленых Мікола Статкевіч. Пры гэтым Мікалай адмовіўся пакідаць тэрыторыю Беларусі, для гэтага яму давялося выбіць нагой дзверы ў аўтобусе. Пасля некалькіх гадзінаў чакання на нейтральнай паласе, ён вярнуўся на тэрыторыю РБ. Як стала вядома толькі праз два месяцы, яго зноў узялі пад варту. Дакладнае месцазнаходжанне невядома.</t>
   </si>
   <si>
     <t>Вырак суда 31.05.2005: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 28.06.2005: прысуд пакінуты без змены. Вырак суда 26.05.2011: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 12.01.2012: 3 гады турэмнага рэжыму. Суд па змене рэжыму 04.05.2015: турэмны рэжым да канца тэрміну. Вырак суда 14.12.2021: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах асаблівага рэжыму. Апеляцыя 01.06.2022: прысуд пакінуты без змены. Вырак суда 06.10.2022: прыблізна 29000000 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-02-27 02:42:12</t>
   </si>
   <si>
     <t>Кім Андрэевіч Самусенка</t>
   </si>
   <si>
     <t>12 жніўня 1989</t>
   </si>
   <si>
     <t>Сябра Рады грамадскага руху «Дзея» быў затрыманы 3 лістапада 2020 года і асуджаны па справе аб узломе кампутарнай сістэмы Мінгарвыканкама.</t>
   </si>
   <si>
-    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 28.01.2022: 6 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.04.2022: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 22:05:42</t>
   </si>
   <si>
-    <t>Уладзімір Яўгеньевіч Балцянкоў</t>
-[...14 lines deleted...]
-    <t>2023-01-10 19:15:54</t>
+    <t>Ігар Уладзіміравіч Караткоў</t>
+  </si>
+  <si>
+    <t>12 жніўня 1988</t>
+  </si>
+  <si>
+    <t>Асуджаны за данат у 9 еўра Палку Каліноўскага.</t>
+  </si>
+  <si>
+    <t>Вырак суда 27.12.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 13.02.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:16:26</t>
+  </si>
+  <si>
+    <t>Дзмітрый Уладзіміравіч Наважылаў</t>
+  </si>
+  <si>
+    <t>12 жніўня 1972</t>
+  </si>
+  <si>
+    <t>Зміцер, былы дырэктар інфармацыйнага агенцтва «БелаПАН», быў затрыманы 18 жніўня 2021 года пасля ператрусу і допыту ў Следчым камітэце. Першапачаткова яго змясцілі пад варту на 72 гадзіны ў межах крымінальнай справы па артыкуле «арганізацыя або падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо ўдзел у іх», аднак на волю ён не выйшаў і праз 10 сутак быў пераведзены ў СІЗА. Пазней абвінавачанне было зменена на ўхіленне ад выплаты падаткаў.
+У лістападзе 2021 года стала вядома, што Змітру таксама прад'явілі абвінавачанне ў «стварэнні экстрэмісцкага фарміравання». У кастрычніку 2022 года яго прызналі вінаватым па артыкулах «удзел у экстрэмісцкім фарміраванні» і «ўхіленне ад выплаты падаткаў і збораў», прыгаварылі да пазбаўлення волі, прызначылі буйны штраф і забаранілі займаць пэўныя пасады тэрмінам на пяць гадоў.</t>
+  </si>
+  <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.10.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 700 базавых велічынь штрафу, пазбаўленне права займаць пэўныя пасады або займацца пэўнай дзейнасцю. Апеляцыя 06.01.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-08-21 01:15:56</t>
   </si>
   <si>
     <t>Самір Зал аглы Гулу-Задэ</t>
   </si>
   <si>
     <t>13 жніўня 1987</t>
   </si>
   <si>
     <t>Па адукацыі будаўнік, скончыў у Баранавічах вучылішча №61, ездзіў на заробкі ў Расію. Калі вярнуўся ў Беларусь, стаў сябрам Руху “За свабоду”.
 У 2020 годзе прыгавораны да 10 сутак арышту, хоць прасіў суддзю пакараць яго штрафам. У 2025 годзе асуджаны на пазбаўленне свабоды за ўдзел у акцыях пратэсту 2020 года.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-08-19 21:16:43</t>
   </si>
   <si>
-    <t>Уладзімір Валерыевіч Махнач</t>
-[...8 lines deleted...]
-    <t>2024-10-21 17:20:59</t>
+    <t>Уладзімір Яўгеньевіч Балцянкоў</t>
+  </si>
+  <si>
+    <t>13 жніўня 1998</t>
+  </si>
+  <si>
+    <t>Уладзіміра абвінавацілі ў тым, што ён пакінуў абразлівы каментар у сацсетцы "УКантакце" пад пастом аб Лукашэнку. У публікацыі было фота і тэкст выступу па тэме вайсковых дзеянняў на тэрыторыі Рэспублікі Беларусь. Уладзімір напісаў каментар са старонкі і тэлефона сваёй сястры, калі быў у яе ў гасцях. Віну ён поўнасцю прызнаў.</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.01.2023: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2023-01-10 19:15:54</t>
   </si>
   <si>
     <t>Яўген Яўгенавіч Валыхін</t>
   </si>
   <si>
     <t>14 жніўня 1973</t>
   </si>
   <si>
     <t>Яўген спачатку вучыўся ў Расіі - у Магнітагорскім індустрыяльна - педагагічным тэхнікуме, - а затым у беларускім камерцыйным універсітэце кіравання. У Яўгена ёсць непаўналетні сын.
 У Валыхіна ўласны бізнэс. Больш за 20 гадоў ён займаецца вырабам і ўстаноўкай ПВХ-вокнаў, гаўбечных рам і іншых падобных канструкцый.
 У сацсетках мужчыны-настальгія па СССР, рэпосты аб "героях Новороссіі" і крытыка расійскіх улад. У каментарах ён называе ўкраінскага журналіста Гордана гандонам, украінцаў - "хахламі" і г.д., а Зяленскага - наркаманам. Праўда, на яго старонках прысутнічала і крытыка Лукашэнкі.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-10-15 12:36:24</t>
   </si>
   <si>
-    <t>Сяргей Міхайлавіч Зялёнаўскі</t>
-[...10 lines deleted...]
-    <t>2025-04-14 20:00:39</t>
+    <t>Уладзімір Валерыевіч Махнач</t>
+  </si>
+  <si>
+    <t>14 жніўня 1977</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.10.2024: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 03.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-10-21 17:20:59</t>
   </si>
   <si>
     <t>Таццяна Іванаўна Трафімчык</t>
   </si>
   <si>
     <t>14 жніўня 1986</t>
   </si>
   <si>
+    <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
+  </si>
+  <si>
     <t>2022-11-17 18:47:58</t>
   </si>
   <si>
     <t>Віталь Вячаслававіч Шышлоў</t>
   </si>
   <si>
     <t>15 жніўня 1993</t>
   </si>
   <si>
     <t>Віталь быў затрыманы 25 верасня 2020 года ў межах крымінальнай справы, узбуджанай пасля акцыі пратэсту ў Мінску. Па дзяржаўным тэлебачанні яго паказалі са звязанымі рукамі ў лесе, дзе ён прызнаўся ва ўдзеле ў масавых беспарадках.</t>
   </si>
   <si>
     <t>Вырак суда 02.07.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, невядома рублёў кампенсацыі. Апеляцыя 24.09.2021: прысуд пакінуты без змены. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 21:49:06</t>
   </si>
   <si>
     <t>Ілля Пятровіч Краўчэўскі</t>
   </si>
   <si>
     <t>15 жніўня 1996</t>
   </si>
   <si>
     <t>На судзе па арт. 342 і арт. 364 віну не прызнаў.</t>
   </si>
   <si>
     <t>8,5 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-09-17 11:38:09</t>
+  </si>
+  <si>
+    <t>Аляксандр Сяргеевіч Юрчык</t>
+  </si>
+  <si>
+    <t>16 жніўня 1969</t>
+  </si>
+  <si>
+    <t>Аляксандр быў затрыманы ў студзені 2021 года па справе аб масавых беспарадках і асуджаны па абвінавачанні ва ўдзеле ў тэлеграм-каналах "радыкальнага напрамку", а таксама ў намеры пашкодзіць або знішчыць тры кіёскі "Табакерка".</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-05-28 22:53:14</t>
+  </si>
+  <si>
+    <t>Максім Васільевіч Гелясін</t>
+  </si>
+  <si>
+    <t>16 жніўня 1986</t>
+  </si>
+  <si>
+    <t>Грамадзянін РФ.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-09-29 22:38:25</t>
   </si>
   <si>
     <t>Ігар Мікалаевіч Галцоў</t>
   </si>
   <si>
     <t>16 жніўня 1984</t>
   </si>
   <si>
     <t>40-гадовы праграміст з Магілёва. У 2013 годзе скончыў Беларуска-расійскі ўніверсітэт, навучаўся на інжынера. Спецыялізуецца на працы з платформай Magento, якая выкарыстоўваецца для стварэння інтэрнэт-крам і арганізацыі анлайн-гандлю. У яго ёсць маленькая дачка і жонка.
 Ігар Гольцоў перавёў на YouTube-канал "Люстэрка" каля 50 долараў праз "Патрэон". Гэта адбылося ў 2023 годзе.</t>
   </si>
   <si>
     <t>Вырак суда 14.05.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.06.2025: невядома.</t>
   </si>
   <si>
     <t>2025-04-03 14:38:31</t>
   </si>
   <si>
-    <t>Аляксандр Сяргеевіч Юрчык</t>
-[...20 lines deleted...]
-    <t>Грамадзянін РФ.</t>
+    <t>Яўген Іванавіч Сарока</t>
+  </si>
+  <si>
+    <t>17 жніўня 1993</t>
+  </si>
+  <si>
+    <t>Яўген быў затрыманы ў снежні 2024 года і асуджаны ў чэрвені 2025 года на пазбаўленне волі.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
-    <t>2025-09-29 22:38:25</t>
-[...14 lines deleted...]
-    <t>2024-01-30 20:42:17</t>
+    <t>2025-06-28 18:08:16</t>
+  </si>
+  <si>
+    <t>Чэслаў Эдуардавіч Герасімовіч</t>
+  </si>
+  <si>
+    <t>17 жніўня 1986</t>
+  </si>
+  <si>
+    <t>Чэславу Герасімавічу 37 гадоў. Ён мінчанін.
+Нейкі час у 2022-м Герасімовіч працаваў у Вільні, але пад восень 2022-га вярнуўся ў Мінск.
+26 чэрвеня Чэслава асудзілі за «непадпарадкаванне міліцыянту» па адміністрацыйнай справе.
+Мяркуючы па відэа ГУБАЗіК, Герасімовіча абвінавачваюць у тым , што ён чатыры разы ахвяраваў «экстрэмісцкаму фармаванню». Верагодна, яго абвінавачваюць па артыкуле 361-2 КК.
+Герасімовіч у сацсетках піша, што больш за 15 гадоў праводзіў трэнінгі па псіхатэрапіі. З 2011-га стаў працаваць тэсціроўшчыкам. Захапляецца музыкай і іграе на гітары, а таксама піша вершы і малую прозу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.12.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 300 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2024-08-03 17:12:06</t>
+  </si>
+  <si>
+    <t>Анатоль Сцяпанавіч Васілеўскі</t>
+  </si>
+  <si>
+    <t>17 жніўня 1963</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.10.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 24.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-25 19:45:52</t>
   </si>
   <si>
     <t>Мікіта Валер'евіч Самарын</t>
   </si>
   <si>
     <t>17 жніўня 1991</t>
   </si>
   <si>
     <t>Мікіту затрымалі за распыленне газу ў твар супрацоўніку АМАПа, калі ён спрабаваў абараніць чалавека на пратэсце. Яго збілі, абрэзалі валасы нажом і распылілі газ у твар. У снежні 2020 года яго прыгаварылі да чатырох гадоў абмежавання волі, але пазней пракурор дабіўся ўзмацнення жорсткасці пакарання да двух з паловай гадоў пазбаўлення волі. Мікіта не з'явіўся на суд, перадаўшы праз сябра, што ў зале суда планаваліся адвольныя затрыманні, якія пагражалі яму і іншым.
 Быў у вымушанай эміграцыі.
 У канцы сакавіка 2025 года стала вядома , што ў Гродне затрымалі Мікіту, які на той момант ужо чатыры гады хаваўся ад прысуду. Як паведаміла Міністэрства ўнутраных справаў, мужчыну спынілі, дакументаў пры ім не было, таму яму прапанавалі прайсці ва ўчастак. Мікіта аказаў супраціўленне міліцыянерам і, як сцвярджаецца, зламаў аднаму з іх руку. Паведамляецца, што мужчына быў у вышуку за тое, што ў жніўні 20-га года нібыта "распыліў у твар праваахоўнікам газавы балончык". За гэта супраць яго распачалі крымінальную справу. Ён з'ехаў з краіны, але потым нелегальна вярнуўся ў Беларусь.
 З 13 траўня 2025 г. няма звестак аб палітвязні. Перапіска і перадачы яму забаронены. Таксама няма ніякай інфармацыі аб справе Мікіты і даце суда. Акрамя гэтага, паведамляецца, што следчаму па справе палітвязня забаронена інфармаваць аб стане і руху справы родных і блізкіх Мікіты.</t>
   </si>
   <si>
     <t>Вырак суда 11.12.2020: 4 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, 500 рублёў кампенсацыі. Пратэст пракурора 25.03.2021: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 2000 рублёў кампенсацыі. Вырак суда дата невядомая: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-27 22:25:03</t>
   </si>
   <si>
-    <t>Анатоль Сцяпанавіч Васілеўскі</t>
-[...20 lines deleted...]
-    <t>2025-06-28 18:08:16</t>
+    <t>Аляксей Вячаслававіч Швяцоў</t>
+  </si>
+  <si>
+    <t>17 жніўня 1985</t>
+  </si>
+  <si>
+    <t>Быў асуджаны на 5 гадоў пазбаўлення волі за донаты палку Каліноўскага (першы-13,63 еўра, другі-35 еўра, усяго 133 рублі 30 капеек).</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.12.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-01-30 20:42:17</t>
+  </si>
+  <si>
+    <t>Аляксандр Віктаравіч Крупнікаў</t>
+  </si>
+  <si>
+    <t>18 жніўня 1978</t>
+  </si>
+  <si>
+    <t>Аляксандр быў асуджаны восенню 2024 года па артыкуле "арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, або актыўны ўдзел у іх" і прыгавораны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>ПУАТ-7, Пружанскі раён, в. Куплін, 225136</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.10.2024: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:37:32</t>
   </si>
   <si>
     <t>Сяргей Андрэевіч Прус</t>
   </si>
   <si>
     <t>18 жніўня 1988</t>
   </si>
   <si>
     <t>Асуджаны разам з Дзмітрыем Бондаравым за відэа ў Інстаграме, у якім заклікалі "біць АМАП" пад сценамі магілёўскай турмы, але самі на "стрэлку" не з'явіліся, дзяржпрапаганда дало агалоску іх затрыманне, абвясціўшы маладых людзей футбольнымі фанатамі, якімі, паводле іх слоў, яны не з'яўляюцца.</t>
   </si>
   <si>
     <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
   </si>
   <si>
     <t>5 гадоў калоніі узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2021-09-28 12:50:41</t>
   </si>
   <si>
     <t>Уладзіслаў Сяргеевіч Савін</t>
-  </si>
-[...1 lines deleted...]
-    <t>18 жніўня 1978</t>
   </si>
   <si>
     <t>Уладзіслаў, блогер, паэт і пісьменнік, быў затрыманы ў красавіку 2021 года і праз год асуджаны па артыкуле аб махлярстве — за тое, што ў 2015-2016 гадах паабяцаў больш за 100 людзям удзел у першых у Беларусі рэаліці-шоў, але не выканаў абяцанне. Яго таксама прызналі вінаватым ва ўдзеле ў трох Маршах 2020 года і арганізацыі пратэстаў праз Instagram. Сам Уладзіслаў прызнаў толькі ўдзел у мітынгах.
 У кастрычніку 2022 года яго зноў асудзілі — за абразу Лукашэнкі ў вершаванай форме, уключанай у апеляцыйную скаргу на прысуд.
 На партале інтэрнэт-крамы Ridero.ru пад псеўданімам Улад Савін прадстаўлены яго кнігі — аповесць «Амбідэкстр» і зборнік вершаў «Паэзія Навылёт», даступныя ў друкаваным і электронным выглядзе.</t>
   </si>
   <si>
     <t>Вырак суда 30.03.2022: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 26.10.2022: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.12.2022: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-05-12 14:09:33</t>
   </si>
   <si>
-    <t>Аляксандр Віктаравіч Крупнікаў</t>
-[...11 lines deleted...]
-    <t>2024-10-21 22:37:32</t>
+    <t>Павел Пятровіч Аляксееў</t>
+  </si>
+  <si>
+    <t>19 жніўня 1988</t>
+  </si>
+  <si>
+    <t>Грамадзянін РФ.
+26.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.05.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.07.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:35:47</t>
   </si>
   <si>
     <t>Віталь Федаравіч Брагінец</t>
   </si>
   <si>
     <t>19 жніўня 1973</t>
   </si>
   <si>
     <t>Юрыст з 25-гадовым стажам. Раней узначальваў уласную кампанію "Брагінец і партнёры". У апошні час працаваў у юрыдычнай кансультацыі Дзяржынскага раёна Менска.
 Пасля затрымання дома яго даставілі ў Партызанскае РУУС "для праверкі на дачыненне да пратэстнай дзейнасці". Адтуль ён, як сцвярджалася ў судзе, "паспрабаваў сысці". У гэтым і выявілася непадпарадкаванне.
 На яго склалі пратакол па арт. 24.3 КаАП і арыштавалі на 15 сутак. На волю ён мусіў выйсці ўвечары 7 чэрвеня, але гэтага не адбылося.
 Віталь - абаронца адваката Андрэя Мачалава, супраць якога было паведамляе ўзбуджаная крымінальная справа .
 Суд адбываўся ў закрытым рэжыме.</t>
   </si>
   <si>
     <t>8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-07-13 13:02:22</t>
   </si>
   <si>
-    <t>Павел Пятровіч Аляксееў</t>
-[...14 lines deleted...]
-  <si>
     <t>Алег Мікалаевіч Сіліч</t>
   </si>
   <si>
     <t>19 жніўня 1972</t>
   </si>
   <si>
     <t>3,5 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2023-11-22 15:19:45</t>
   </si>
   <si>
-    <t>Юры Анатольевіч Рубашэнка</t>
-[...8 lines deleted...]
-    <t>2024-12-20 17:22:22</t>
+    <t>Ірына Аляксандраўна Мельхер</t>
+  </si>
+  <si>
+    <t>20 жніўня 1955</t>
+  </si>
+  <si>
+    <t>Ірына была затрымана ў снежні 2020 года разам з сынам у межах крымінальнай "справы Аўтуховіча". Мікалая Аўтуховіча ўлады назвалі "арганізатарам і кіраўніком тэрарыстычнай групоўкі". Яе абвінавацілі ва ўдзеле ў "тэрарыстычнай арганізацыі", якая мае дачыненне да падпалаў маёмасці супрацоўнікаў міліцыі. Ірына была асуджаная за "ўдзел у злачыннай арганізацыі", "акт тэрарызму", "замах на захоп улады", а таксама за ўдзел у пратэстнай акцыі, якая праходзіла ў верасні 2020 года ў Брэсце.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.10.2022: 17 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:45:25</t>
+  </si>
+  <si>
+    <t>Аляксандр Андрэевіч Кудрэвіч</t>
+  </si>
+  <si>
+    <t>20 жніўня 1989</t>
+  </si>
+  <si>
+    <t>Падрабязнасці справы невядомыя затрымалі, верагодна, у студзені 2024 года.
+Верагодна, ён працаваў у Дэпартаменце крымінальнай разведкі, які падаў супраць Аляксандра пазоў за прычыненне маёмаснай шкоды.
+Працэс будзе праходзіць у закрытым рэжыме.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.12.2024: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 11.03.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-12-02 14:32:26</t>
   </si>
   <si>
     <t>Зміцер Тахіровіч Суўханаў</t>
   </si>
   <si>
     <t>20 жніўня 1987</t>
   </si>
   <si>
     <t>Дзмітрый Саўханаў з'яўляецца родным братам Марата Саўханава, які ў лютым 2023 года загінуў ва Украіне, ваюючы на баку расійскіх акупацыйных войскаў.
 Вядучай паседжання ў судзе Светлагорскага раёна зноў была Крысціна Касьянава. Яна разглядала абвінавачанне Дзмітрыя Саўханава па ч. 2 арт. 367, якім улады караюць за паклёп на Лукашэнку.
 Такім чынам улады парушылі права Саўханава на разгляд ягонай справы незалежным і бесстароннім судом. Бо грамадзянка Касьянава знаходзіцца ў стане працоўнай залежнасці ад асобы, на якую Саўханаў нібыта навёў паклёп: менавіта Лукашэнка сваім указам прызначыў Касьянаву на пасаду суддзі і пры незадаволенасці яе дзеяннямі толькі ён жа можа яе з той пасады звольніць.</t>
   </si>
   <si>
     <t>Вырак суда 15.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-16 18:09:01</t>
   </si>
   <si>
-    <t>Аляксандр Андрэевіч Кудрэвіч</t>
-[...30 lines deleted...]
-  <si>
     <t>Яўген Анатольевіч Люльковіч</t>
   </si>
   <si>
-    <t>21 жніўня 1994</t>
+    <t>21 жніўня 1984</t>
   </si>
   <si>
     <t>Пасля шматлікіх адміністрацыйных арыштаў 21 лістапада 2021 года яго перазатрымалі па крымінальнай справе.</t>
   </si>
   <si>
     <t>2022-05-14 20:51:06</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-06-10 20:18:36</t>
   </si>
   <si>
     <t>Аляксандр Уладзіміравіч Якушкаў</t>
   </si>
   <si>
     <t>22 жніўня 1956</t>
   </si>
   <si>
     <t>Ваенны пенсіянер, падпалкоўнік запасу, які служыў у ракетных войсках стратэгічнага прызначэння, былы выкладчык Ваеннага вучылішча, партыец "Народнай Грамады".
 У часе прэзідэнцкай выбарчай кампаніі ў 2020 г. Якушкова двойчы судзілі "за ўдзел у несанкцыянаваных мерапрыемствах" - за ўдзел у пікетах па зборы подпісаў за Святлану Ціханоўскую, абодва разы суд караў мужчыну "суткамі".</t>
   </si>
   <si>
     <t>Вырак суда 12.06.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 11.09.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-21 22:55:48</t>
   </si>
   <si>
     <t>Вольга Уладзіміраўна Маёрава</t>
   </si>
   <si>
     <t>22 жніўня 1966</t>
   </si>
   <si>
     <t>Вядомая грамадская дзяячка, якая раней удзельнічала ў Аб'яднанай грамадзянскай партыі, была затрыманая 4 студзеня 2021 года ў межах «справы Аўтуховіча» і абвінавачаная ва ўдзеле ў «тэрарыстычнай арганізацыі», звязанай з падпаламі маёмасці міліцыі. Вольга асуджана за «ўдзел у злачыннай арганізацыі», «замах на захоп улады», «распальванне варожасці», «заклікі да санкцый» і «незаконныя дзеянні са зброяй».
@@ -1013,548 +1024,520 @@
 У лютым 2025 года яго асудзілі па чатырох крымінальных артыкулах, аднак вынік прысуду пакуль невядомы. Таксама паведамляецца, што мае сур'ёзныя праблемы са здароўем.</t>
   </si>
   <si>
     <t>Вырак суда 04.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-10-10 12:18:28</t>
   </si>
   <si>
     <t>Павел Мікалаевіч Белавус</t>
   </si>
   <si>
     <t>22 жніўня 1987</t>
   </si>
   <si>
     <t>Стваральнік магазіна Symbal.by, культурны менеджэр.
 Быў затрыманы 15 лістапада 2021 года пасля выкліку ў міліцыю. Пасля гэтага Паўла тройчы асудзілі па адміністрацыйных справах (на 15, 13 і 7 сутак), а пасля ўжо па крымінальнай справе перавялі ў СІЗА.</t>
   </si>
   <si>
     <t>13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-12-29 15:27:44</t>
   </si>
   <si>
+    <t>Аксана Генрыхаўна Ляпко</t>
+  </si>
+  <si>
+    <t>22 жніўня 1974</t>
+  </si>
+  <si>
+    <t>Была асуджаная за грашовыя пераводы ў СІЗА</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 22.11.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-06-03 18:46:04</t>
+  </si>
+  <si>
+    <t>Барыс Барысавіч Пухальскі</t>
+  </si>
+  <si>
+    <t>22 жніўня 1975</t>
+  </si>
+  <si>
+    <t>Следства лічыць, што ў студзені гэтага года ўкраінец Ліхалат выйшаў на сувязь з СБУ, дзе яму даручылі ўзарваць чыгуначныя пуці. Да задання ён прыцягнуў двух гродзенцаў, якія валодалі прафесійнымі навыкамі мінна-выбухной справы. Пухальскага Барыса затрымалі, калі ён забраў са схованкі ў Кобрынскім раёне выбуховае прыстасаванне і перавёз яго ў Талачынскі раён.
+Прыгавораны да 25 гадоў пазбаўлення волі, пры гэтым суд вызначыў Барысу адбываць пакаранне ў выглядзе пазбаўлення волі ў турме на працягу першых пяці гадоў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.12.2024: 25 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.05.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-09-28 13:36:19</t>
+  </si>
+  <si>
     <t>Святлана Віктараўна Бычкоўская</t>
   </si>
   <si>
     <t>22 жніўня 1977</t>
   </si>
   <si>
     <t>Жанчына працавала ў службе "Адно акно" Кастрычніцкага раёна г. Мінска.
 Падазраецца ў перадачы тэлеграм-каналам асабістых дадзеных сілавікоў.
 Суд адбываўся ў закрытым рэжыме.</t>
   </si>
   <si>
     <t>5. 5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-04-19 18:19:59</t>
   </si>
   <si>
-    <t>Эдуард Уладзіміравіч Верамчук</t>
-[...38 lines deleted...]
-  <si>
     <t>Андрэй Анатольевіч Крывашэй</t>
   </si>
   <si>
     <t>24 жніўня 1993</t>
   </si>
   <si>
     <t>2025-11-06 20:45:56</t>
   </si>
   <si>
     <t>Анатоль Аляксандравіч Чурыкаў</t>
   </si>
   <si>
     <t>24 жніўня 1988</t>
   </si>
   <si>
     <t>Вырак суда 19.08.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-08-13 12:15:02</t>
   </si>
   <si>
-    <t>Павел Аляксандравіч Каранюхін</t>
+    <t>Павел Уладзіміравіч Каранюхін</t>
   </si>
   <si>
     <t>Быў затрыманы ў лістападзе 2024 года ў Жодзіне.
 У гэты ж час прызналі "экстрэмісцкімі матэрыяламі" сайт ініцыятывы "ліст. бел" , а таксама старонкі яе ў сацсетках . Яшчэ праз месяц КДБ прызнаў ініцыятыву "экстрэмісцкім фармаваннем ". Паводле звестак ведамства, Аляксандр Мазур , а таксама Павел Каранюхін і Аляксандр Лыкшын маюць дачыненне да "ліста . бел". Цяпер мужчыны знаходзяцца ў СТ -8 , іх абвінавачваюць па арт. 361-1 Крымінальнага кодэкса (Стварэнне экстрэмісцкага фарміравання або ўдзел у ім).</t>
   </si>
   <si>
-    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
-[...2 lines deleted...]
-    <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу.</t>
+    <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 25.11.2025: невядома.</t>
   </si>
   <si>
     <t>2024-12-29 21:56:28</t>
+  </si>
+  <si>
+    <t>Паліна Аляксандраўна Піткевіч</t>
+  </si>
+  <si>
+    <t>24 жніўня 1994</t>
+  </si>
+  <si>
+    <t>Калі ў чэрвені 2024 года КДБ Беларусі аб'явіў праект Media IQ экстрэмісцкім фарміраваннем, то называў Піткевіч сярод яго ўдзельнікаў. Прыкладна ў той жа час акаўнты Паліны апошні раз былі анлайн.
+Паліна Піткевіч нарадзілася ў 1994 годзе. Скончыла факультэт журналістыкі БДУ (2016). Яна захаплялася тэатрам і нейкі час іграла як актрыса ў Лабараторыі сацыяльнага тэатра ў Мінску. Як журналістка пісала на культурныя тэмы. Таксама Паліна вядома сваёй любоўю да жывёл - на яе старонках у сацсетках можна знайсці мноства аб'яў аб дапамозе бяздомным хвастатым. Па словах знаёмых, у Паліны ля самай хаты жыў не адзін выратаваны кот.</t>
+  </si>
+  <si>
+    <t>Вырак суда 07.03.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:16:19</t>
   </si>
   <si>
     <t>Надзея Анатольеўна Лапцёнак</t>
   </si>
   <si>
     <t>24 жніўня 1972</t>
   </si>
   <si>
     <t>Вядома, што Надзея мае дзвюх дарослых дачок і непаўналетняга сына з інваліднасцю.
 01.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2023-12-07 23:27:01</t>
   </si>
   <si>
-    <t>Паліна Аляксандраўна Піткевіч</t>
-[...12 lines deleted...]
-    <t>2025-02-28 01:16:19</t>
+    <t>Марына Аляксандраўна Петражыцкая</t>
+  </si>
+  <si>
+    <t>25 жніўня 1963</t>
+  </si>
+  <si>
+    <t>Працавала завучам па выхаваўчай рабоце ў мінскай гімназіі № 34, якая знаходзіцца каля вуліцы Арлоўскай, насупраць Кіеўскага сквера. Жанчына скончыла Беларускі дзяржаўны педагагічны ўніверсітэт (тады Мінскі дзяржаўны педагагічны інстытут) у 1984 годзе, пасля чаго выкладала матэматыку каля 40 гадоў.
+У ліпені 2021-га Петражыцкай прысудзілі 15 сутак. У яе тады правялі ператрус дома, забралі ў КДБ, а потым аформілі пратакол за "непадпарадкаванне". Калі дакладна завуча звольнілі са школы, невядома.
+Настаўніцу арыштавалі ў кастрычніку 2024 года.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.07.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-26 14:58:15</t>
   </si>
   <si>
     <t>Арцём Мікалаевіч Сакаў</t>
   </si>
   <si>
     <t>25 жніўня 1994</t>
   </si>
   <si>
     <t>Арцём - былы памежнік, сябра ініцыятыўнай групы па вылучэнні Святланы Ціханоўскай у прэзідэнты і адзін з відэааператараў YouTube-канала «Краіна для жыцця». Ён удзельнічаў у пікеце па зборы подпісаў у Гродне 29 траўня 2020 года. Пазней яго затрымалі і асудзілі за "арганізацыю масавых беспарадкаў".
 У лістападзе 2022 года яго перавялі на турэмны рэжым.
 Па дадзеных праваабаронцаў, фігуранты "справы" абавязаны выплаціць кампенсацыю ў памеры 29 мільёнаў рублёў.</t>
   </si>
   <si>
     <t>Вырак суда 14.12.2021: 16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 01.06.2022: прысуд пакінуты без змены. Вырак суда 06.10.2022: прыблізна 29000000 рублёў кампенсацыі. Суд па змене рэжыму 09.11.2022: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 21:11:11</t>
   </si>
   <si>
-    <t>Марына Аляксандраўна Петражыцкая</t>
-[...13 lines deleted...]
-    <t>2025-07-26 14:58:15</t>
+    <t>Генадзь Міхайлавіч Паляйчук</t>
+  </si>
+  <si>
+    <t>25 жніўня 1974</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.12.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:12:46</t>
   </si>
   <si>
     <t>Зміцер Аляксандравіч Макееў</t>
   </si>
   <si>
     <t>25 жніўня 1983</t>
   </si>
   <si>
     <t>Па адукацыі фармацэўт. Змітра абвінавачваюць па шасці артыкулах крымінальнага кодэкса.
 Па версіі дзяржабвінавачання , са жніўня 2020-га па люты 2023 года мужчына перавёў 68 еўра на рахункі інфармацыйнага рэсурсу «Белсат», а таксама 68 еўра і 78 даляраў на рахункі Фонду салідарнасці Bysol. Акрамя гэтага, больш за год пералічваў грошы медыярэсурсу - "матэрыялы якога прызнаныя экстрэмісцкімі", а таксама 33 еўра на рахункі палка імя Кастуся Каліноўскага.
 Фігурант рабіў фотакопіі ведамасных дакументаў, якія паступалі ў адрас аптэкі, і адпраўляў іх у "Тэлеграм" -каналы, якія служыцелі Лукашэнкі называюць "экстрэмісцкімі фарміраваннямі". Падчас першага судовага пасяджэння стала вядома, што сярод дакументаў была інфармацыя аб зверцы картак воінскага ўліку ваеннаабавязаных. , пра тое, што з беларускага рынку знікнуць некаторыя медыкаменты ўкраінскай вытворчасці, зварот Беларускага саюза жанчын у сувязі з сітуацыяй на мяжы, рашэнне Міністэрства аховы здароўя. »-каналы.
 28.11.2023 адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2023-08-16 18:04:33</t>
   </si>
   <si>
-    <t>Генадзь Міхайлавіч Паляйчук</t>
-[...8 lines deleted...]
-    <t>2024-11-22 00:12:46</t>
+    <t>Дзмітрый Юр'евіч Равіч</t>
+  </si>
+  <si>
+    <t>26 жніўня 1988</t>
+  </si>
+  <si>
+    <t>Затрыманы за акцыю на чыгунцы.
+У час наступлення расійскіх войскаў на Кіеў з Гомельшчыны ён разам з Дзянісам Дзікуном і Алегам Малчанавым спаліў на чыгунцы шафу з электронным абсталяваннем, каб запаволіць падвоз расійскай ваеннай тэхнікі да ўкраінскай мяжы. У выніку былі прыведзены ў няспраўны стан святлафоры і стрэлачныя пераводы на адным з участкаў чыгункі Жлобін – Калінкавічы, якая далей працягваецца ва Украіну.
+Дзмітрый працаваў у ВМУ РУП «ВА Беларуснафта» вышкамантажнікам-электрамантэрам.</t>
+  </si>
+  <si>
+    <t>22 гады пазбаўлення волі у калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:12:13</t>
+  </si>
+  <si>
+    <t>Таццяна Уладзіміраўна Мінец</t>
+  </si>
+  <si>
+    <t>26 жніўня 1979</t>
+  </si>
+  <si>
+    <t>Практыкуючы псіхолаг і паспяховы бізнес-трэнер у галіне прафесійнага і асобаснага росту. З'яўляецца членам Беларускай асацыяцыі псіхатэрапеўтаў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.08.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-11-26 19:12:09</t>
   </si>
   <si>
     <t>Вольга Аляксандраўна Радзівонава</t>
   </si>
   <si>
     <t>26 жніўня 1974</t>
   </si>
   <si>
     <t>Вольга Радзівонава працавала да 2020 года ў KYKY.org, пераважна для рубрыкі "Боль", таксама супрацоўнічала як фрылансерка з беларускімі і замежнымі медыя.
 Падчас утрымання ў СІЗА №1 Вольгу накіроўвалі на псіхіятрычную экспертызу ў шпіталь у Навінках. Хворая маці Вольгі , якой больш за 80 гадоў , мае патрэбу ў пастаянным доглядзе .</t>
   </si>
   <si>
     <t>Вырак суда 10.12.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-11-01 02:14:01</t>
-  </si>
-[...30 lines deleted...]
-    <t>2024-11-26 19:12:09</t>
   </si>
   <si>
     <t>Кацярына Мікалаеўна Новікава</t>
   </si>
   <si>
     <t>26 жніўня 1985</t>
   </si>
   <si>
     <t>Меркавана затрымана за інтэрв'ю для замежных СМІ.
 Вядома, што Кацярыну затрымалі ў пачатку лета ў адной ночнушке, у якой яна знаходзілася ў СІЗА да першай перадачы ад родных.
 У пачатку красавіка 2024 г. крыніцы "Белсата" перадалі рэдакцыі ліст ад Кацярыны. На кавалку туалетнай паперы яна апісала сваё жудаснае затрыманне і далейшае зняволенне:
 "Я ўпала з другога паверха ложка, галавой аб драўляную краму. Здымак зрабілі, але больш за месяц не паведамляюць вынік".
 "Ставілі на сцяг, білі ўсім кабінетам. Сказалі, што за мае інтэрв'ю, канал і за мае палымяныя звароты."
 16 ліпеня 2024 г. адбыўся разгляд апеляцыйнай скаргі.</t>
   </si>
   <si>
     <t>6,5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-07-19 22:46:33</t>
   </si>
   <si>
-    <t>Дзмітрый Юр'евіч Равіч</t>
-[...10 lines deleted...]
-    <t>2022-03-11 01:12:13</t>
+    <t>Аляксандра Уладзіміраўна Дуброўская</t>
+  </si>
+  <si>
+    <t>Аляксандра скончыла ўніверсітэт кардынала Стэфана Вышынскага ў Варшаве. Працуе настаўніцай англійскай мовы ў розных школах і Цэнтрах дзіцячага развіцця Магілёва. Мае першую настаўніцкую катэгорыю.
+Жанчына вядомая як аматарка беларускай культуры, брала ўдзел у мерапрыемствах Таварыства беларускай мовы і гуртку народных танцаў.
+Хутчэй за ўсё справа звязана з удзелам Аляксандры ў пратэстных чатах.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-11-29 17:40:07</t>
+  </si>
+  <si>
+    <t>Мікіта Сяргеевіч Нячаеў</t>
+  </si>
+  <si>
+    <t>26 жніўня 1994</t>
+  </si>
+  <si>
+    <t>Мікіта скончыў факультэт радыёфізікі і камп'ютарных тэхналогій у 2019 годзе. Быў прызнаны найлепшым студэнтам у намінацыі "Лепшы выпускнік БДУ".
+Мае 7- гадовы досвед працы над перадавымі навукова - даследчымі праектамі ў розных галінах (у тым ліку ў галіне статыстыкі , тэорыі верагоднасцяў і лінейнай алгебры, паўправадніковай і цеплафізічнай фізікі).</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 03.02.2026: невядома.</t>
+  </si>
+  <si>
+    <t>2025-11-13 13:44:32</t>
   </si>
   <si>
     <t>Міхаіл Ігаравіч Бабошка</t>
   </si>
   <si>
     <t>27 жніўня 1992</t>
   </si>
   <si>
     <t>01.12.2023 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>7 гадоў зняволення волі ў калоніі ўзмоцненага рэжыму</t>
   </si>
   <si>
     <t>2023-10-02 21:15:28</t>
   </si>
   <si>
+    <t>Аляксандр Генадзьевіч Кардзюкоў</t>
+  </si>
+  <si>
+    <t>27 жніўня 1979</t>
+  </si>
+  <si>
+    <t>Аляксандра затрымалі пасля акцыі пратэсту супраць вынікаў прэзідэнцкіх выбараў, якая праходзіла 11 жніўня 2020 года ў Брэсце. На гэтай акцыі ў патыліцу быў застрэлены Генадзь Шутаў, чаму Аляксандр стаў сведкам. Пазней яго асудзілі за супраціў і замах на капітана Рамана Гаўрылава, які застрэліў пратэстуючага, і прапаршчыка Арсенія Галіцына, якія выступілі ў ролі пацярпелых.</t>
+  </si>
+  <si>
+    <t>Вырак суда 25.02.2021: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 2642 рубля кампенсацыі. Апеляцыя 14.05.2021: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:18:57</t>
+  </si>
+  <si>
     <t>Аляксандр Дзяменцьевіч Назаровіч</t>
   </si>
   <si>
     <t>27 жніўня 1983</t>
   </si>
   <si>
     <t>Аляксандр быў затрыманы і асуджаны за спыненне таварнага цягніка, нанясенне чырвоных палос на рэкламныя лайтбоксы, пракол шын аўтамабіля супрацоўніка міліцыі, падпал кіёска "Табакерка", а таксама дзеянні з прадметамі, якія змяшчаюць гаручыя рэчывы. Ён патлумачыў свае ўчынкі пратэстам супраць сітуацыі ў краіне пасля прэзідэнцкіх выбараў 9 жніўня 2020 года, у прыватнасці, супраць беспадстаўных затрыманняў і катаванняў людзей сілавікамі. Таксама быў канфіскаваны ягоны аўтамабіль Opel Astra.</t>
   </si>
   <si>
     <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
   </si>
   <si>
     <t>Вырак суда 07.06.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 26.08.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 01:24:17</t>
-  </si>
-[...26 lines deleted...]
-    <t>2025-08-23 23:03:35</t>
   </si>
   <si>
     <t>Сцяпан Сяргеевіч Задойка</t>
   </si>
   <si>
     <t>27 жніўня 1984</t>
   </si>
   <si>
     <t>Па паведамленнях праўладных каналаў, затрыманы за больш за 1200 каментароў. Адметна, што паказаныя сілавікамі каментары напісаны пераважна на беларускай мове і ў асноўным накіраваны на падтрымку Украіны. Усе паказаныя каментары - з ютуба.
 На відэа на каналах сілавікоў на яго накідваецца пяцёра байцоў САХР, а пазней мужчына выглядае збітым: у яго моцна падбітае вока і падрапана да крыві галава.
 Сцяпан працуе рабочым на адным з прыватных прадпрыемстваў Гродна. Таксама мужчына рэгулярна ходзіць у залу і падтрымлівае сябе ў добрай фізічнай форме, калі меркаваць па фота ў сацсетках.</t>
   </si>
   <si>
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
   </si>
   <si>
     <t>5,5 гадоў пазбаўлення волі ў калорніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-09-27 17:54:18</t>
   </si>
   <si>
+    <t>Ірына Віктараўна Кішкурно</t>
+  </si>
+  <si>
+    <t>27 жніўня 1962</t>
+  </si>
+  <si>
+    <t>Вядома, што жанчына працавала бібліятэкарам, а апошні год перад затрыманнем - у сістэме гарадскіх камунальных прадпрыемстваў Мінгарвыканкама.
+Ад людзей, якія сустракаліся з Ірынай у зняволенні, стала вядома, што яна вельмі цяжка перажывае арышт. Па яе словах, ад яе адвярнуліся сваякі і сябры. Акрамя таго, у Ірыны сур'ёзныя праблемы са здароўем: судовыя паседжанні нават даводзілася перарываць, бо жанчыне станавілася дрэнна.</t>
+  </si>
+  <si>
+    <t>2025-08-23 23:03:35</t>
+  </si>
+  <si>
     <t>Андрэй Анатольевіч Урублеўскі</t>
   </si>
   <si>
     <t>27 жніўня 1971</t>
   </si>
   <si>
-    <t>Вырак суда 04.03.2025: невядома.</t>
+    <t>Вырак суда 04.03.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-04-08 09:55:08</t>
   </si>
   <si>
     <t>Людміла Андрэеўна Дэйнека</t>
   </si>
   <si>
     <t>28 жніўня 1983</t>
   </si>
   <si>
     <t>Людміле Дзейнека 40 гадоў. У 2005 годзе яна скончыла Полацкі дзяржаўны ўніверсітэт па спецыяльнасці «правазнаўства». Спачатку працавала ва ўпраўленні ўнутраных спраў Мінскага аблвыканкама, потым ва ўпраўленні юстыцыі Мінскага гарвыканкама, кансультантам у судзе Заводскага раёна Мінска.
 Суд пачынаецца 22 ліпеня. Дэйнеку абвінавачваюць у «закліках да санкцый», «абразе Лукашэнкі», «распальванні варожасці ці варожасці».
 У Людмілы двое непаўналетніх дзяцей.</t>
   </si>
   <si>
     <t>Вырак суда 29.07.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-18 16:18:34</t>
   </si>
   <si>
     <t>Андрэй Анатольевіч Крэйдзіч</t>
   </si>
   <si>
     <t>28 жніўня 1977</t>
   </si>
   <si>
     <t>Пасля затрымання быў асуджаны па адміністрацыйным артыкуле і пасля гэтага ўжо не выйшаў на волю, знаходзіцца ў СІЗА, прад'яўлена абвінавачанне за каментары ў сацсетках.
 Да затрымання пражываў і працаваў у Еўропе.</t>
   </si>
   <si>
     <t>Вырак суда 15.08.2025: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 600 базавых велічынь штрафу. Апеляцыя 14.10.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-01-29 22:01:28</t>
   </si>
   <si>
     <t>Васіль Аляксандравіч Клімавіч</t>
   </si>
   <si>
     <t>29 жніўня 1988</t>
   </si>
   <si>
     <t>Васіль родам з Гомеля. Ён цікавіцца аўтамабілямі, любіць рабіць нешта рукамі. Скончыў Ваенную акадэмію, служыў у ракетнай брыгадзе. 15 гадоў адпрацаваў ва Узброеных Сілах Беларусі, атрымаў званне маёра. Вядома, што ўлетку 2021 гады ён сышоў са службы і заняўся сеткавым маркетынгам.</t>
   </si>
   <si>
     <t>2025-07-23 12:13:53</t>
   </si>
   <si>
-    <t>Яўген Віктаравіч Кіслоў</t>
-[...44 lines deleted...]
-  <si>
     <t>Андрэй Валер'евіч Несцяровіч</t>
   </si>
   <si>
     <t>31 жніўня 1989</t>
   </si>
   <si>
     <t>Андрэй, уласнік гродзенскай этнамагазіны «Цудоўня», быў затрыманы 6 лютага 2025 года ў межах крымінальнай справы, звязанай з пратэстамі 2020 года, і пазней прысуджаны да абмежавання волі.
 Ён заснаваў краму ў 2015 годзе. Пасля выбараў 2020 года бізнес сутыкнуўся са штрафамі і пагрозай пазбаўлення памяшкання, але Андрэй заставаўся ў Беларусі і працягваў яго падтрымліваць, лічачы важным для захавання і развіцця беларускай культуры.</t>
   </si>
   <si>
     <t>ПУАТ-9, 210034, г.Віцебск, вул. 3-я Чэпінская, 39</t>
   </si>
   <si>
     <t>Вырак суда 16.05.2025: 1 год 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2025-02-17 17:03:14</t>
   </si>
   <si>
-    <t>Аляксандр Андрэевіч Ляўковіч</t>
-[...8 lines deleted...]
-    <t>2025-03-11 21:34:35</t>
+    <t>Руслан Мікалаевіч Баранчык</t>
+  </si>
+  <si>
+    <t>31 жніўня 1976</t>
+  </si>
+  <si>
+    <t>Руслан Баранчык скончыў матэматычны факультэт Гродзенскага дзяржаўнага ўніверсітэта.
+Нейкі час працаваў тэсціроўшчыкам у EPAM Systems, праграмістам у "Інтэксафт" і нават забяспечваў працу праграмнага забеспячэння на гродзенскім аўтавакзале.
+Апошнія гады ён працаваў дыстанцыйна, займаючыся SEO-прасоўваннем і капірайтынгам.</t>
+  </si>
+  <si>
+    <t>2025-12-16 14:04:46</t>
+  </si>
+  <si>
+    <t>Дзмітрый Аляксандравіч Іванчанка</t>
+  </si>
+  <si>
+    <t>31 жніўня 1986</t>
+  </si>
+  <si>
+    <t>Затрыманы за каментары ў сацсетках.</t>
+  </si>
+  <si>
+    <t>невядома</t>
+  </si>
+  <si>
+    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Юрый Іванавіч Уласаў</t>
   </si>
   <si>
     <t>31 жніўня 1967</t>
   </si>
   <si>
     <t>Давераная асоба кандыдата ў прэзідэнты Святланы Ціханоўскай па Гомелі і Гомельскай вобласці. Быў затрыманы 6 жніўня 2020 года і абвінавачаны ў "масавых беспарадках" і планах па "захопе будынкаў".
 У 2023 годзе Юрыя перавялі на турэмны рэжым.</t>
-  </si>
-[...1 lines deleted...]
-    <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>Вырак суда 04.05.2021: 6 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 06.08.2021: прысуд пакінуты без змены. Суд па змене рэжыму 02.08.2023: 2 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 21:20:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1864,2691 +1847,2654 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...16 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
       <c r="I8" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>51</v>
       </c>
       <c r="B9" t="s">
         <v>52</v>
       </c>
       <c r="C9" t="s">
         <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>55</v>
       </c>
       <c r="I9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>57</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
       <c r="C10" t="s">
         <v>59</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>64</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
         <v>65</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>66</v>
       </c>
       <c r="I11" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>68</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="s">
         <v>70</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>71</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
       </c>
       <c r="I12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>74</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>76</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
         <v>79</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>80</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>81</v>
       </c>
-      <c r="D14" t="s">
-[...11 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>85</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>86</v>
       </c>
-      <c r="D15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H15" t="s">
+        <v>31</v>
+      </c>
+      <c r="I15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
         <v>89</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>91</v>
       </c>
       <c r="I16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>96</v>
       </c>
       <c r="I17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>98</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
       <c r="H18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H19" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="I20" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>71</v>
+        <v>115</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="I21" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>118</v>
+        <v>54</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>119</v>
       </c>
       <c r="I22" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>121</v>
       </c>
       <c r="B23" t="s">
         <v>122</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
         <v>123</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>125</v>
+      </c>
+      <c r="B24" t="s">
         <v>126</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>127</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>128</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="G24" t="s">
+      <c r="I24" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
         <v>131</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>132</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>71</v>
+      </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>133</v>
       </c>
       <c r="I25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>135</v>
       </c>
       <c r="B26" t="s">
         <v>136</v>
       </c>
       <c r="C26" t="s">
         <v>137</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>138</v>
       </c>
       <c r="I26" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>140</v>
       </c>
       <c r="B27" t="s">
         <v>141</v>
       </c>
       <c r="C27" t="s">
         <v>142</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>143</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>145</v>
+      </c>
+      <c r="B28" t="s">
         <v>146</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>147</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>86</v>
+      </c>
+      <c r="H28" t="s">
+        <v>76</v>
+      </c>
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>151</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>152</v>
-      </c>
-[...16 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>153</v>
+      </c>
+      <c r="B30" t="s">
+        <v>154</v>
+      </c>
+      <c r="C30" t="s">
         <v>155</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>156</v>
       </c>
-      <c r="C30" t="s">
+      <c r="I30" t="s">
         <v>157</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" t="s">
+        <v>159</v>
+      </c>
+      <c r="C31" t="s">
         <v>160</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>106</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>161</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>162</v>
-      </c>
-[...16 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B32" t="s">
+        <v>164</v>
+      </c>
+      <c r="C32" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="I32" t="s">
         <v>167</v>
-      </c>
-[...16 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>168</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>170</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>171</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>172</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>174</v>
+      </c>
+      <c r="B34" t="s">
+        <v>175</v>
+      </c>
+      <c r="C34" t="s">
+        <v>176</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>26</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>177</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>178</v>
-      </c>
-[...16 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>179</v>
+      </c>
+      <c r="B35" t="s">
+        <v>180</v>
+      </c>
+      <c r="C35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
         <v>182</v>
       </c>
-      <c r="C35" t="s">
+      <c r="G35" t="s">
+        <v>86</v>
+      </c>
+      <c r="H35" t="s">
         <v>183</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C36" t="s">
         <v>187</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>188</v>
       </c>
       <c r="I36" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>190</v>
       </c>
       <c r="B37" t="s">
         <v>191</v>
       </c>
       <c r="D37" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>91</v>
+        <v>192</v>
       </c>
       <c r="I37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B38" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E38" t="s">
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>216</v>
       </c>
       <c r="I42" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>218</v>
       </c>
       <c r="B43" t="s">
         <v>219</v>
       </c>
       <c r="C43" t="s">
         <v>220</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>221</v>
       </c>
       <c r="I43" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>223</v>
       </c>
       <c r="B44" t="s">
         <v>224</v>
       </c>
       <c r="C44" t="s">
         <v>225</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>226</v>
       </c>
       <c r="I44" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>228</v>
       </c>
       <c r="B45" t="s">
         <v>229</v>
       </c>
+      <c r="C45" t="s">
+        <v>230</v>
+      </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>163</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I45" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B46" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>163</v>
+        <v>106</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="I46" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B47" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C47" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>239</v>
+        <v>71</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>240</v>
       </c>
       <c r="I47" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>242</v>
       </c>
       <c r="B48" t="s">
         <v>243</v>
       </c>
       <c r="C48" t="s">
         <v>244</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>245</v>
       </c>
       <c r="I48" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>247</v>
       </c>
       <c r="B49" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C49" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F49" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I49" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B50" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C50" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>60</v>
+        <v>256</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="I50" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B51" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="C51" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>163</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I51" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B52" t="s">
-        <v>263</v>
+        <v>264</v>
+      </c>
+      <c r="C52" t="s">
+        <v>265</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="I52" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B53" t="s">
-        <v>267</v>
+        <v>269</v>
+      </c>
+      <c r="C53" t="s">
+        <v>270</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
+      <c r="E53" t="s">
+        <v>71</v>
+      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="I53" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B54" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
+      <c r="E54" t="s">
+        <v>71</v>
+      </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I54" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B55" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C55" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E55" t="s">
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="I55" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B56" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C56" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D56" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>33</v>
+        <v>171</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="I56" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B57" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C57" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>255</v>
+        <v>290</v>
       </c>
       <c r="I57" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B58" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C58" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
+      <c r="E58" t="s">
+        <v>171</v>
+      </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>292</v>
+        <v>271</v>
       </c>
       <c r="I58" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B59" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C59" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C60" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D60" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E60" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="I60" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B61" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C61" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="I61" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B62" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C62" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="I62" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B63" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C63" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E63" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="I63" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B64" t="s">
-        <v>321</v>
+        <v>323</v>
+      </c>
+      <c r="C64" t="s">
+        <v>324</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="I64" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B65" t="s">
-        <v>325</v>
+        <v>328</v>
+      </c>
+      <c r="C65" t="s">
+        <v>329</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E65" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="I65" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B66" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>331</v>
+        <v>226</v>
       </c>
       <c r="I66" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B67" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>216</v>
+        <v>337</v>
       </c>
       <c r="I67" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>339</v>
+      </c>
+      <c r="B68" t="s">
         <v>336</v>
       </c>
-      <c r="B68" t="s">
-        <v>337</v>
+      <c r="C68" t="s">
+        <v>340</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>256</v>
+      </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="I68" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B69" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="C69" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D69" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E69" t="s">
-        <v>342</v>
+        <v>42</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="I69" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B70" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="C70" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D70" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E70" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H70" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="I70" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B71" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C71" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D71" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E71" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="I71" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B72" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C72" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="I72" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B73" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D73" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="I73" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B74" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C74" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I74" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B75" t="s">
-        <v>371</v>
+        <v>373</v>
+      </c>
+      <c r="C75" t="s">
+        <v>374</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="F75" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="I75" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B76" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C76" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D76" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E76" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="I76" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B77" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C77" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="D77" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E77" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>129</v>
+        <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I77" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B78" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C78" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D78" t="s">
-        <v>32</v>
+        <v>41</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="I78" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B79" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="C79" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D79" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E79" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I79" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B80" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
       <c r="C80" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>163</v>
+        <v>256</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="I80" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B81" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C81" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="I81" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B82" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C82" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>406</v>
+        <v>106</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="I82" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B83" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C83" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>163</v>
+        <v>414</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="I83" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B84" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C84" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D84" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>33</v>
+        <v>420</v>
       </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>387</v>
+        <v>421</v>
       </c>
       <c r="I84" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B85" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C85" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E85" t="s">
-        <v>421</v>
+        <v>42</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>422</v>
+        <v>380</v>
       </c>
       <c r="I85" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B86" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
+      <c r="E86" t="s">
+        <v>26</v>
+      </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="I86" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B87" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C87" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="D87" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E87" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H87" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="I87" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B88" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C88" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="I88" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B89" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C89" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="I89" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B90" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C90" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>71</v>
+        <v>448</v>
       </c>
       <c r="F90" t="s">
-        <v>14</v>
+        <v>182</v>
       </c>
       <c r="G90" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="I90" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B91" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C91" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>450</v>
+        <v>31</v>
       </c>
       <c r="I91" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B92" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C92" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D92" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="I92" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B93" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C93" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>460</v>
+        <v>26</v>
       </c>
       <c r="F93" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H93" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="I93" t="s">
-        <v>462</v>
-[...6 lines deleted...]
-      <c r="B94" t="s">
         <v>464</v>
-      </c>
-[...42 lines deleted...]
-        <v>472</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">