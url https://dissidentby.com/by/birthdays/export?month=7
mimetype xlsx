--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,240 +12,151 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
   </si>
   <si>
-    <t>Дыяна Валянцінаўна Міхайліна</t>
-[...9 lines deleted...]
-    <t>Жаночы</t>
+    <t>Віталь Васільевіч Новікаў</t>
+  </si>
+  <si>
+    <t>1 ліпеня 1983</t>
+  </si>
+  <si>
+    <t>Мужчынскі</t>
+  </si>
+  <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
   </si>
   <si>
     <t>У зняволенні</t>
   </si>
   <si>
     <t>Так</t>
   </si>
   <si>
-    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
-[...46 lines deleted...]
-    <t>2025-01-02 19:57:46</t>
+    <t>2026-02-16 13:34:53</t>
   </si>
   <si>
     <t>Павел Сяргеевіч Рэзановіч</t>
   </si>
   <si>
     <t>1 ліпеня 1993</t>
   </si>
   <si>
     <t>Павал, сын праваслаўнага святара і супрацоўнік аддзела прымусовага выканання Ленінскага раёна горада Брэста, быў затрыманы 1 снежня 2020 года разам з бацькамі ў межах крымінальнай "справы Аўтуховіча". Мікалая Аўтуховіча ўлады назвалі "арганізатарам і кіраўніком тэрарыстычнай групоўкі". Павел быў асуджаны за "ўдзел у злачыннай арганізацыі", "акт тэрарызму", "замах на захоп улады" і "незаконныя дзеянні ў адносінах да агнястрэльнай зброі".
 У кастрычніку 2023 году яго перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
   </si>
   <si>
-    <t>Вырак суда 17.10.2022: 19 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 30.10.2023: 2 гады турэмнага рэжыму.</t>
+    <t>Вырак суда 17.10.2022: 19 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 30.10.2023: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:54</t>
-  </si>
-[...36 lines deleted...]
-    <t>2024-04-30 00:32:30</t>
   </si>
   <si>
     <t>Аляксей Барысавіч Іванісаў</t>
   </si>
   <si>
     <t>1 ліпеня 1968</t>
   </si>
   <si>
     <t>Аляксей, былы вайсковец, сувязіст і дырэктар кампаніі па ўсталяванні і рамонце гаражных электраварот і шлагбаўмаў, быў затрыманы ў верасні 2021 года ў рамках крымінальнай справы, звязанай з ініцыятывай «Буслы ляцяць». Некаторыя эпізоды абвінавачання тычыліся пашкоджання аўтамабіля суддзі Барысаўскага раёна. У выніку ён быў прыгавораны да працяглага тэрміну пазбаўлення волі і штрафу.
 У Аляксея трое дзяцей, адзін з іх — непаўналетні.</t>
   </si>
   <si>
     <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
   </si>
   <si>
     <t>Вырак суда 28.09.2022: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-11-15 15:51:15</t>
   </si>
   <si>
-    <t>Аляксандр Васільевіч Сумар</t>
-[...14 lines deleted...]
-    <t>2023-01-10 15:05:51</t>
+    <t>Данііл Юр'евіч Гарасім</t>
+  </si>
+  <si>
+    <t>1 ліпеня 2005</t>
+  </si>
+  <si>
+    <t>Па версіі аўтараў праўладнага фільма, Данііл Гарасім 2005 года нараджэння ў снежні 2023 года па заданні "ўкраінскага куратара", кантакт з якім быў устаноўлены ў экстрэмісцкім Telegram-чаце, зрабіў здымку месца дыслакацыі ракетнай брыгады Узброеных сіл Беларусі ў горадзе Асіповічы Магілёўскай вобласці. Але характэрна, што з першага ж задання сілавікі рабілі аператыўную здымку-ўзнікае пытанне, ад каго ж тое заданне паступіла.</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.09.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу. Апеляцыя 03.12.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-04-30 00:32:30</t>
   </si>
   <si>
     <t>Віталь Аляксандравіч Васілевіч</t>
   </si>
   <si>
     <t>3 ліпеня 1993</t>
   </si>
   <si>
     <t>Віталь быў затрыманы і асуджаны за спыненне таварнага цягніка, нанясенне чырвоных палос на рэкламныя лайтбоксы, пракол шын аўтамабіля супрацоўніка міліцыі, падпал кіёска «Табакерка», а таксама дзеянні з прадметамі, якія змяшчаюць гаручыя рэчывы. Ён патлумачыў свае ўчынкі пратэстам супраць сітуацыі ў краіне пасля прэзідэнцкіх выбараў 9 жніўня 2020 года, у прыватнасці, супраць беспадстаўных затрыманняў і катаванняў людзей сілавікамі.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>Вырак суда 07.06.2021: 7 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 26.08.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 01:27:10</t>
   </si>
   <si>
     <t>Артур Ігаравіч Голубеў</t>
   </si>
   <si>
     <t>3 ліпеня 1990</t>
   </si>
@@ -256,1393 +167,1394 @@
     <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2023-10-31 14:49:43</t>
   </si>
   <si>
     <t>Андрэй Рамуальдавіч Севяртока</t>
   </si>
   <si>
     <t>4 ліпеня 1971</t>
   </si>
   <si>
     <t>Андрэй быў арыштаваны 27 верасня 2020 года падчас акцыі пратэсту ў Гродне пасля таго, як паспрабаваў закрыць сабой і дапамагчы чалавеку, які ляжаў на зямлі. У выніку ён быў асуджаны за "гвалт у дачыненні да супрацоўніка міліцыі".
 У канцы снежня 2021 года Андрэй быў пераведзены на турэмны рэжым.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>Вырак суда 30.03.2021: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, прыблізна 1000 рублёў кампенсацыі. Апеляцыя 17.06.2021: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 23:04:31</t>
   </si>
   <si>
-    <t>Аляксандр Віктаравіч Акакіеў</t>
-[...10 lines deleted...]
-  <si>
     <t>Сяргей Анатольевіч Рэзановіч</t>
   </si>
   <si>
     <t>4 ліпеня 1968</t>
   </si>
   <si>
     <t>Праваслаўны святар, настаяцель храма святога Архангела Міхаіла ў аграгарадку Сцяпанкі Жабінкаўскага раёна Брэсцкай вобласці, быў затрыманы 1 снежня 2020 года разам з жонкай і сынам у межах крымінальнай "справы Аўтуховіча". Мікалая Аўтуховіча ўлады назвалі "арганізатарам і кіраўніком тэрарыстычнай групоўкі". Сяргея асудзілі за "ўдзел у злачыннай арганізацыі", "акт тэрарызму" і "замах на захоп улады".</t>
   </si>
   <si>
     <t>Вырак суда 17.10.2022: 16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 00:42:21</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-05-14 23:47:55</t>
   </si>
   <si>
     <t>Аляксандр Уладзіміравіч Блізнец</t>
   </si>
   <si>
     <t>5 ліпеня 1988</t>
   </si>
   <si>
     <t>Аляксандр працаваў інжынерам на адным з прадпрыемстваў горада. Быў асуджаны ў закрытым рэжыме ў Гомельскім абласным судзе.
 02.08.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
     <t>Вырак суда 02.05.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-24 22:36:28</t>
   </si>
   <si>
-    <t>Павел Уладзіміравіч Харытонаў</t>
-[...11 lines deleted...]
-    <t>2022-12-06 01:16:36</t>
+    <t>Яўген Аляксандравіч Малюгін</t>
+  </si>
+  <si>
+    <t>5 ліпеня 1980</t>
+  </si>
+  <si>
+    <t>Яўген быў асуджаны вясной 2024 года ў рамках крымінальнай справы, узбуджанай па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх», і прыгавораны да абмежавання волі з накіраваннем.</t>
+  </si>
+  <si>
+    <t>ПУАТ-29, г. Валкавыск, вул. Ракасоўскага, 118, 230415</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.05.2024: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 07.08.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:25:36</t>
+  </si>
+  <si>
+    <t>Юры Аляксандравіч Храмееў</t>
+  </si>
+  <si>
+    <t>5 ліпеня 1990</t>
+  </si>
+  <si>
+    <t>Юры ў 2016 атрымаў дыплом праграміста ў Беларускім дзяржаўным універсітэце інфарматыкі і радыёэлектронікі.
+У 2011 годзе ўладкаваўся праграмістам у кампанію XB Software, пазней працаваў у ActiveCloud. А з 2014 года перайшоў у стартап ActivePlatform, дзе прайшоў шлях ад распрацоўшчыка да бізнес-аналітыка і кіраўніка прадукта.
+Па-за працай Юры любіць падарожнічаць. У сацсетках ён пасціў фота з актыўнага адпачынку ў гарах і паездак у розныя гарады.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.11.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-12-08 16:53:51</t>
   </si>
   <si>
     <t>Зміцер Ігаравіч Хамянкоў</t>
   </si>
   <si>
     <t>5 ліпеня 1989</t>
   </si>
   <si>
     <t>39-гадовы гамяльчанін. Ён праграміст. Месцам апошняй працы Хамянкова ў Linkedin пазначана Expert Software Development. Ён не захацеў рэлацыравацца ў 2022 годзе.
 Па дадзеных з фільма АНТ , Хамянкова абвінавачваюць у «фінансаванні экстрэмісцкай дзейнасці». Ён рабіў пераклады ў крыптавалюце. Паведамляецца, што яго затрымалі напрыканцы 2024 года, пакуль хлопец за кратамі, у яго памерла бабуля.</t>
   </si>
   <si>
     <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-04-03 17:39:10</t>
   </si>
   <si>
+    <t>Павел Уладзіміравіч Харытонаў</t>
+  </si>
+  <si>
+    <t>5 ліпеня 1978</t>
+  </si>
+  <si>
+    <t>Асудзілі за адзін донат у памеры 20 долараў у адну з ініцыятыў, якую надалей прызналі "экстрэмісцкім фарміраваннем". Ахвяраванне на дапамогу, як мяркуецца, пацярпелым ад рэпрэсій, было зроблена яшчэ ў 2021 годзе, калі ініцыятава не была яшчэ прызнана "экстрэмісцкім фарміраваннем". Па справе адбылося ўсяго восем пасяджэнняў, яе разглядалі два месяцы - з лістапада па студзень. 28.04.2023 прысуд уступіў у сілу пасля апеляцыйнага суда.</t>
+  </si>
+  <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2022-12-06 01:16:36</t>
+  </si>
+  <si>
+    <t>Іван Юр'евіч Яснікаў</t>
+  </si>
+  <si>
+    <t>6 ліпеня 1989</t>
+  </si>
+  <si>
+    <t>Паведамляецца, што мужчына быў затрыманы за падзеі жніўня 2020 года, аднак у ягоным тэлефоне сілавікі знайшлі фатаграфіі вайсковай тэхнікі, якія ён яшчэ 23 лютага загрузіў у тэлеграм-канал «Калінкавічы для жыцця».</t>
+  </si>
+  <si>
+    <t>невядома</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:52:53</t>
+  </si>
+  <si>
     <t>Іван Рыгоравіч Амрэйчык</t>
   </si>
   <si>
     <t>6 ліпеня 2001</t>
   </si>
   <si>
     <t>Затрыманы за ўдзел у акцыі пратэсту 10 жніўня 2020 г. у Брэсце.</t>
   </si>
   <si>
     <t>Вырак суда 05.08.2024: 2 гады 3 месяца пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 08.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-24 00:13:42</t>
   </si>
   <si>
-    <t>Іван Юр'евіч Яснікаў</t>
-[...11 lines deleted...]
-    <t>2022-04-05 00:52:53</t>
+    <t>Аляксандр Уладзіміравіч Каралеў</t>
+  </si>
+  <si>
+    <t>7 ліпеня 1963</t>
+  </si>
+  <si>
+    <t>30 траўня 2023 г. прайшло апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>1,5 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-02-27 23:21:22</t>
   </si>
   <si>
     <t>Андрэй Уладзіміравіч Любецкі</t>
   </si>
   <si>
     <t>7 ліпеня 1975</t>
   </si>
   <si>
     <t>Андрэй, сківічна-тварны хірург дзіцячай лякарні, быў затрыманы ў траўні 2021 года пасля ператрусу ў межах крымінальнай справы, узбуджанай па артыкуле аб "абразе прэзідэнта". Ягоная жонка разам з дзецьмі была вымушаная пакінуць краіну. Пазней Андрэю былі прад'яўленыя абвінавачанні ва "ўдзеле ў групавых дзеяннях, якія груба парушаюць грамадскі парадак", а таксама ва "ўдзеле ў масавых беспарадках".
 У красавіку 2022 года Андрэй быў асуджаны па чатырох крымінальных артыкулах за ўдзел у пратэстных акцыях, якія праходзілі ў Мінску ў 2020 годзе, і за публікацыі ў сацыяльных сетках, якія былі кваліфікаваныя як абразы і распальванне варожасці.
 У чэрвені 2024 года яму ўзмацнілі жорсткасць пакарання, перавёўшы на турэмны рэжым да канца тэрміну.</t>
   </si>
   <si>
-    <t xml:space="preserve"> Вырак суда 18.04.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.06.2022: прысуд пакінуты без змены. Суд па змене рэжыму 26.06.2024: турэмны рэжым да канца тэрміну.</t>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.04.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.06.2022: прысуд пакінуты без змены. Суд па змене рэжыму 26.06.2024: турэмны рэжым да канца тэрміну. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-05-15 15:10:59</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-02-27 23:21:22</t>
   </si>
   <si>
     <t>Іван Аляксандравіч Янчук</t>
   </si>
   <si>
     <t>7 ліпеня 1996</t>
   </si>
   <si>
     <t xml:space="preserve">Іван спачатку займаў пасаду следчага ў Маларыце, пасля перавёўся следчым у Кобрынскі РАУС. Меў званне старэйшага лейтэнанта.
 Паводле інфармацыі з відэа ГУБАЗіку, ён звольніўся з сілавых структур і заняўся майнінгам крыптавалют. Як сцвярджаюць сілавікі, Іван перадаваў інфармацыю аб сваіх калегах розным тэлеграм-каналам.
 28.11.2023 адбылося апеляцыйнае паседжанне суда прысуд уступіў у сілу.
 </t>
   </si>
   <si>
     <t>7 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-09-26 17:57:51</t>
+  </si>
+  <si>
+    <t>Іван Уладзіміравіч Марозаў</t>
+  </si>
+  <si>
+    <t>8 ліпеня 1983</t>
+  </si>
+  <si>
+    <t>Адзін з найбольш вядомых беларускамоўных блогераў у «нулявыя» і былы актывіст. Затрыманы за ўдзел у акцыях пратэсту 2020 года.
+Іван быў затрыманы 5 студзеня 2023 года, атрымаў 13 сутак адміністратыўнага арышту і 18 студзеня было выстаўлена крымінальнае абвінавачанне.
+17.04.2024 вызвалены, поўнасцю адбыўшы тэрмін пакарання, прызначаны судом.
+У чэрвені 2025 года стала вядома, што Івана зноў затрымалі, на гэты раз за каментар па арт. 368 КК РБ.</t>
+  </si>
+  <si>
+    <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.04.2023: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.07.2023: невядома. Вырак суда 25.08.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-01-10 02:10:13</t>
   </si>
   <si>
     <t>Алег Анатольевіч Канавалаў (Шутаў))</t>
   </si>
   <si>
     <t>8 ліпеня 1995</t>
   </si>
   <si>
     <t>Алег — уладальнік YouTube-канала "Трэці рэгіён Беларусь", быў затрыманы ў студзені 2022 года, калі вярнуўся ў Беларусь на навагоднія святы.
 Алега абвінавацілі ў дэананімізацыі сілавікоў і ў тым, што, знаходзячыся за мяжой, ён нібыта працягваў "размяшчаць у сацсетках інфармацыю антыдзяржаўнага характару і прапагандаваць супраціўленне прадстаўнікам улады". На сваім канале ён публікаваў відэа з акцыяў салідарнасці беларусаў у Кіеве, дзе жыў з 2020 года. Таксама яму паставілі "цынічныя каментары" пра загінулага супрацоўніка КДБ Дзмітрыя Федасюка.
 У верасні 2022 года ён быў асуджаны па некалькіх артыкулах Крымінальнага кодэкса, уключаючы "распальванне расавай, нацыянальнай, рэлігійнай або іншай сацыяльнай варожасці". Суд прыгаварыў яго да пазбаўлення волі ў калоніі ўзмоцненага рэжыму і абавязаў выплаціць буйную кампенсацыю.
 У ліпені 2023 года Алега паўторна асудзілі за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы" — абвінавачванне, якое часта ўжываецца да палітвязняў, якія адмаўляюцца супрацоўнічаць з турэмнай адміністрацыяй. У верасьні таго ж году зьявілася інфармацыя, што яго перавялі на турэмны рэжым.
 Стала вядома, што ў першай палове лета 2025 года ў дачыненні да Алега адбылося яшчэ адно судовае паседжанне па тым жа артыкуле за "непадпарадкаванне". Разгляд апеляцыйнай скаргі мусіў адбыцца ў сярэдзіне ліпеня.</t>
   </si>
   <si>
     <t>ПК-14 222125, Мінская вобл., с.н.п Навасады, вул.Міра, 1А</t>
   </si>
   <si>
     <t>Вырак суда 07.09.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 5000 рублёў кампенсацыі, 100 базавых велічынь штрафу. Вырак суда 18.07.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 26.09.2023: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
-    <t>Іван Уладзіміравіч Марозаў</t>
-[...19 lines deleted...]
-  <si>
     <t>Іван Леанідавіч Фалітар</t>
   </si>
   <si>
     <t>8 ліпеня 1977</t>
   </si>
   <si>
+    <t>Іван скончыў Мінскі дзяржаўны машынабудаўнічы каледж у 1996 годзе. Доўгі час Іван займаўся арганізацыяй і правядзеннем свят, быў заснавальнікам мінскай студыі "МіФ". На яго рахунку сотні вяселляў, выпускных вечароў і карпаратываў. У яго было ІП у сферы фатаграфіі, якое з 2018 года знаходзіцца ў працэсе ліквідацыі.
+Пазней Іван яшчэ заняўся фермерствам. Ён пачаў разводзіць птушку і прадаваць мяса індычкі на мінскай Камароўцы.
+Таксама ён займаецца музыкай: сам прыдумляе і запісвае трэкі, а таксама робіць аранжыроўкі трэкаў і біты для іншых музыкаў. Удзельнічаў у музычным праекце "Белы і Каранцін".</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
     <t>Вырак суда 17.10.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-07-11 11:27:00</t>
   </si>
   <si>
     <t>Яўген Аляксандравіч Рубашка</t>
   </si>
   <si>
     <t>9 ліпеня 1989</t>
   </si>
   <si>
-    <t>Анархіст. Затрыманы 29 ліпеня 2021 года. У ягонай кватэры прайшоў ператрус, пры затрыманні ён быў збіты. Патрабуючы доступу да тэлефона і кампутара, хлопцу нацягвалі на галаву пакет. Падчас пераводу ў СІЗА ў Яўгена Рубашкі забралі ўсе кнігі і паставілі на прафілактычны ўлік як схільнага да экстрэмізму, што азначае ўнясенне адзнакі ў асабістую справу, асаблівае стаўленне і дадатковую працу з псіхолагам.
-[...5 lines deleted...]
-    <t>Вырак суда 22.04.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Суд па змене рэжыму 19.04.2023: 3 гады турэмнага рэжыму. Вырак суда дата невядомая: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+    <t>Яўген — актывіст анархічнага руху. Ён быў затрыманы 29 ліпеня 2021 года ў Менску. У ягонай кватэры правялі ператрус, а пры затрыманні яго збілі. Каб дабіцца доступу да тэлефона і камп'ютара, на галаву Яўгену нацягнулі пакет.
+Падчас пераводу ў СІЗА ў яго забралі ўсе кнігі і паставілі на прафілактычны ўлік як схільнага да экстрэмізму, што прадугледжвае ўнясенне адзнакі ў асабістую справу, асаблівае стаўленне і дадатковую працу з псіхолагам.
+Першапачаткова Яўгену прад'явілі абвінавачанне па артыкуле "арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, або актыўны ўдзел у іх". У студзені 2022 года яму і іншым фігурантам крымінальнай справы прад'явілі дадатковыя абвінавачанні — удзел у экстрэмісцкім фарміраванні за падпіску на тэлеграм-канал "Прамень". На момант затрымання канал яшчэ не быў унесены ў спіс экстрэмісцкіх фармаванняў — гэта адбылося толькі ў лістападзе 2021 года.
+У красавіку 2022 года Яўгена прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі. У красавіку 2023 года яго рэжым утрымання стаў больш жорсткім, і яго перавялі на турэмны рэжым. У кастрычніку 2025 года суд дадаў яму яшчэ адзін год пазбаўлення волі ў калоніі па артыкуле "злоснае непадпарадкаванне патрабаванням адміністрацыі".</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.04.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Суд па змене рэжыму 19.04.2023: 3 гады турэмнага рэжыму. Вырак суда 09.10.2025: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
     <t>Барыс Міхайлавіч Вітко</t>
   </si>
   <si>
     <t>9 ліпеня 1954</t>
   </si>
   <si>
     <t>68-гадоваму Барысу Вітко ставілася ў віну тое, што 30 верасня 2021 года ў тэлеграм-канале "Ляхавічы 97" ён напісаў абразлівы каментар у дачыненні да суддзі Мікалая Кміты.
 Прысуд суда 20.01.2023: 2 гады абмежавання волі без накіравання.
 У канцы траўня 2023 г. стала вядома, што Барыс быў зноў затрыманы. Пра гэта паведаміў праўладны тэлеграм-канал. Супрацоўнікі АМАП у бронекамізэльках з драбавіком затрымалі мужчыну на тэрыторыі прыватнага дома. На апублікаваным відэа Барыс кажа, што яго затрымалі паводле падазрэння ў абразе Лукашэнкі (арт. 368 Крымінальнага кодэкса). Па месцы пражывання ў в. Мядзведзічы Ляхавіцкага раёна быў праведзены ператрус.
 Пазней праваабаронцам стала вядома , што нейкі час Барыса Вітко ўтрымлівалі ў ляхавіцкім ІЧУ, затым перавялі ў баранавіцкае СІЗА. Цяпер ён знаходзіцца ў СІЗА-7 Брэста ў чаканні суда. У лістападзе 2023 года Барыса ўнеслі ў спіс тэрарыстаў. Суд пачаўся на пачатку студзеня 2024 года. На першым судзе Барысу Вітко ставілася ў віну тое, што 30 верасня 2021 года ў тэлеграм-канале "Ляхавічы 97" ён напісаў абразлівы каментар у дачыненні да суддзі Мікалая Кміты. Па сукупнасці прыгавораў шляхам частковага складання неадбытай часткі пакарання канчаткова абвінавачанаму Барысу Вітко прызначана пакаранне ў выглядзе пазбаўлення волі на тэрмін сем гадоў і тры месяцы з адбываннем у папраўчай калоніі ва ўмовах узмоцненага рэжыму са штрафам у даход дзяржавы ў памеры 300 базавых велічынь у суме 12 00 .
 Барыс мае праблемы з сэрцам, увесь час павінен прымаць лекі.</t>
   </si>
   <si>
-    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
-[...2 lines deleted...]
-    <t>7 гадоў 3 месяцы пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.01.2022: 2 гады абмежаванні волі без накіравання. Вырак суда 20.05.2024: 7 гадоў 3 месяца пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу. Апеляцыя 06.08.2024: невядома. Апеляцыя 02.09.2024: невядома.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
+  </si>
+  <si>
+    <t>Сяргей Рыгоравіч Юнчыц</t>
+  </si>
+  <si>
+    <t>10 ліпеня 1974</t>
+  </si>
+  <si>
+    <t>Сяргей быў затрыманы за салідарнасць з рэпрэсаванымі.
+Юнчыцу 50 гадоў, ён нарадзіўся ў вёсцы Падвосе Жыткавіцкага раёна. З 90-х займаўся бізнэсам. Па інфармацыі «Люстэрка», мужчына да 2023 года кіраваў сямейнай кампаніяй «Юніка-дэнтал», якая займаецца пастаўкамі стаматалагічных матэрыялаў, інструментаў і абсталявання.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.10.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 10.01.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-06-19 23:22:29</t>
+  </si>
+  <si>
+    <t>Тамаз Важавіч Піпія</t>
+  </si>
+  <si>
+    <t>10 ліпеня 1994</t>
+  </si>
+  <si>
+    <t>Футбольны фанат клуба "МТЗ-РІПА" быў затрыманы 26 верасня 2020 года і асуджаны за ўдзел у акцыях пратэсту.
+Наглядчыкі калоніі №1 неаднаразова каралі Томаза штрафным ізалятарам і пераводам у памяшканне камернага тыпу (ПКТ). Усяго антыфашыст атрымаў не менш за дзевяць спагнанняў, у тым ліку за адмову "мыць унітазы". На падставе гэтага супраць яго была ўзбуджаная новая крымінальная справа па артыкуле аб "злосным непадпарадкаванні патрабаванням адміністрацыі", і ў верасні 2024 года яго прыгаварылі да дадатковага тэрміну пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.07.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, невядома рублёў кампенсацыі. Апеляцыя 24.09.2021: прысуд пакінуты без змены. Вырак суда 05.09.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:06:12</t>
   </si>
   <si>
     <t>Андрэй Аляксеевіч Бурак</t>
   </si>
   <si>
     <t>10 ліпеня 1972</t>
   </si>
   <si>
     <t>Кіроўца-дальнабойшчык. Мужчыну першапачаткова абвінавачвалі ў хуліганстве (ч. 3 арт. 339 КК) і стварэнні экстрэмісцкага фармавання, альбо ўдзеле ў ім (ч. 3 арт. 361-1 КК).
 Мінскі гарадскі суд завяршыў 29 лютага 2024 года разгляд крымінальнай справы. Бурака прызналі вінаватым і прызначылі яму пакаранне ў выглядзе пазбаўлення волі тэрмінам на пяць гадоў па ч. 3 арт. 361-1 КК. Абвінавачанне ў хуліганстве было знята.
 Паводле следства , увечары 11 мая 2023 года на аўтадарозе М-5 «Мінск-Гомель» паблізу вёскі Ясень, што каля Бабруйска, "кіроўца аўтамабіля DAF, які праязджаў міма спыненай ваеннай транспартнай калоны, зрабіў падрыў неўстаноўленай прылады, самастойна вырабленай з піратэхнічных вырабаў. яго ў бок вайскоўцаў і ваеннай тэхнікі.
 Аднак падчас пераследу яго аўтамабіль быў блакіраваны вайскоўцамі, а ён сам-затрыманы".
 Устаноўлена, што ў кабіне аўтамабіля была налеплена "экстрэмісцкая" сімволіка, а ў мабільным тэлефоне - некалькі падпісак на радыкальныя каналы, прызнаныя экстрэмісцкімі, у тым ліку і на план "перамога".
 12.04.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
   </si>
   <si>
     <t>5 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
-    <t>Тамаз Важавіч Піпія</t>
-[...85 lines deleted...]
-    <t>2023-04-06 15:04:01</t>
+    <t>Аляксей Уладзіслававіч Ісаеў</t>
+  </si>
+  <si>
+    <t>10 ліпеня 1978</t>
+  </si>
+  <si>
+    <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 5 гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:40:13</t>
   </si>
   <si>
     <t>Яўген Сяргеевіч Глушкоў</t>
   </si>
   <si>
     <t>11 ліпеня 1990</t>
   </si>
   <si>
     <t>Па інфармацыі некаторых СМІ, у ноч з 10 на 11 жніўня на аэрадроме ў Зябраўцы здарыўся інцыдэнт, пра які шмат пісалі СМІ, то пачаліся праверкі мясцовых.
 У Яўгена ў тэлефоне знайшлі стары здымак аэрадрому, які ён рабіў з дрону. І яшчэ знайшлі кантакты розных украінцаў. Гэтага было дастаткова, каб яго затрымаць. Хлопец перад затрыманнем працаваў ветэрынарам у адной з клінік Гомеля, мае выключна станоўчыя характарыстыкі ад працадаўцаў. Да пачатку расейскай агрэсіі ў дачыненні да Украіны Яўген жыў доўгі час за мяжой. У апошнія гады-у Кітаі, дзе займаўся музыкай і планаваў застацца жыць. Але з-за эпідэміі каранавіруса застаўся без крыніц даходаў і быў вымушаны вярнуцца на радзіму.</t>
   </si>
   <si>
     <t>9 гадоў пазбаўлення волі з адбываннем у папраўчай калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-14 15:40:33</t>
   </si>
   <si>
-    <t>Таццяна Васільеўна Канеўская</t>
-[...13 lines deleted...]
-    <t>2021-02-25 11:20:37</t>
+    <t>Ігар Алегавіч Жук</t>
+  </si>
+  <si>
+    <t>11 ліпеня 1989</t>
+  </si>
+  <si>
+    <t>Ігара абвінавацілі ў тым, што ён пакінуў у YouTube каментар на адрас Лукашэнкі пад відэа «Беларусь: Прыхаваная мабілізацыя і ўвод войскаў з Расеі | Украіна, Лукашэнка і НАТА» расейскага блогера Іллі Варламава. Па матэрыялах справы, у яго тэлефоне знайшлі дадатак YouTube, дзе ў раздзеле «Каментары» і знайшлі адпаведную пасаду. Да вынясення прысуду ён знаходзіўся пад вартай.</t>
+  </si>
+  <si>
+    <t>ПУАТ-55, вул. Сацыялістычная 7, Мінск, 220021</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.11.2023: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2023-11-06 21:02:37</t>
+  </si>
+  <si>
+    <t>Аляксандр Мікалаевіч Яцукевіч</t>
+  </si>
+  <si>
+    <t>11 ліпеня 1986</t>
+  </si>
+  <si>
+    <t>01.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.01.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 01.03.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-01-11 17:15:20</t>
+  </si>
+  <si>
+    <t>Вольга Пятроўна Вайцяховіч</t>
+  </si>
+  <si>
+    <t>12 ліпеня 1974</t>
+  </si>
+  <si>
+    <t>Вольга была затрымана ў жніўні 2021 года ў рамках крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму», і ў чэрвені 2023 года асуджаная па некалькіх крымінальных артыкулах.
+Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
+  </si>
+  <si>
+    <t>Жаночы</t>
+  </si>
+  <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-09-17 00:48:36</t>
   </si>
   <si>
     <t>Аляксандр Эдуардавіч Масевіч</t>
   </si>
   <si>
     <t>13 ліпеня 1989</t>
   </si>
   <si>
     <t>Вырак суда 22.12.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 21.03.2023: невядома.</t>
   </si>
   <si>
     <t>2022-11-17 18:32:49</t>
+  </si>
+  <si>
+    <t>Артур Рыгоравіч Тарасаў</t>
+  </si>
+  <si>
+    <t>13 ліпеня 1987</t>
+  </si>
+  <si>
+    <t>Артур быў затрыманы ў траўні 2025 года, як мяркуецца, у межах крымінальнай справы, звязанай з маніторынгавым OSINT-праектам «Беларускі Гаюн».
+У ліпені 2025 года ў Артура нарадзілася другая дачка.</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>2025-05-11 15:43:26</t>
+  </si>
+  <si>
+    <t>Дзмітрый Сяргеевіч Невяркевіч</t>
+  </si>
+  <si>
+    <t>13 ліпеня 1982</t>
+  </si>
+  <si>
+    <t>Зміцер, дырэктар кампаніі «Europcar», партнёра «Uber» у Менску, упершыню быў затрыманы ў лістападзе 2020 года па адміністрацыйным артыкуле за ўдзел у пратэстных акцыях, якія праходзілі супраць вынікаў прэзідэнцкіх выбараў. У другі раз ён быў затрыманы ў жніўні 2021 года ў межах крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму».
+Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група, мэтай якой было здзяйсненне экстрэмісцкіх злачынстваў. У групу ўваходзілі радыкальна настроеныя асобы, у тым ліку былыя і дзейныя вайскоўцы, супрацоўнікі сілавых структур, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам».
+Гэтая справа звязана з абвінавачваннямі ў спробе падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыі масавых беспарадкаў».
+Змітра асудзілі па некалькіх крымінальных артыкулах, яму быў прызначаны вялікі тэрмін пазбаўлення волі і штраф, а таксама ён быў пазбаўлены права займаць пасады, звязаныя з арганізацыйна-распарадчымі і адміністрацыйна-гаспадарчымі абавязкамі, на пяць гадоў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, пазбаўленне права займаць пэўныя пасады або займацца пэўнай дзейнасцю, 3000 базавых велічынь штрафу. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-01-23 17:13:44</t>
+  </si>
+  <si>
+    <t>Дзмітрый Слук</t>
+  </si>
+  <si>
+    <t>13 ліпеня 1988</t>
+  </si>
+  <si>
+    <t>34-гадовы бабруйчанін. Пасля 10 сутак у ізалятары на Акрэсціна яго перавялі ў СІЗА №1.
+Мужчыну прад'явілі абвінавачанне за донаты арганізацыі, прызнанай тэрарыстычнай у Беларусі. Яму пагражае ад 8 да 12 гадоў пазбаўлення волі.
+Зміцер Слук не абскардзіў прысуд, этапаваны для адбыцця пакарання ў адну з беларускіх калоній.
+24.06.2024 прайшоў па ўзмацненні жорсткасці ўмоў утрымання, Дзмітрыя перавялі на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>8.5 гадоў пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2023-02-22 15:31:31</t>
+  </si>
+  <si>
+    <t>Вячаслаў Аляксандравіч Беразавец</t>
+  </si>
+  <si>
+    <t>13 ліпеня 1991</t>
+  </si>
+  <si>
+    <t>Cупругаў (Вячаслаў Беразавец і Таццяна Данілюк) змясцілі пад варту за тое, што 10 жніўня 2020 года ў Кобрыне тыя бралі ўдзел у пратэстах, жанчына "паказвала міліцыі непрыстойныя жэсты", а яе муж "прыспусціў штаны і дэманстраваў аголеныя ягадзіцы".
+Пры гэтым Вячаслава ўжо асудзілі за эпізод з "паказам ягадзіц" міліцыянтам. Суд прайшоў яшчэ ў 2020 годзе, тады мужчыне паставілі за гэта адміністрацыйны артыкул.
+На волі ў пары засталіся трое малалетніх дзяцей.</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.03.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-04 11:35:32</t>
+  </si>
+  <si>
+    <t>Павел Васільевіч Прохараў</t>
+  </si>
+  <si>
+    <t>13 ліпеня 1996</t>
+  </si>
+  <si>
+    <t>Затрыманы разам з усёй сям'ёй (маці, бацька, сястра) па падазрэнні ў "дзяржізмене". Сястру пазней, мяркуючы па ўсім, адпусцілі. Паўлу 27 гадоў. Ён нарадзіўся ў Грабаўцы. Працаваў у будаўніцтве.
+Удзельнікі закрытага працэсу маюць падпіскі аб неразгалошванні. З неафіцыйнай крыніцы вядома, што крымінальная справа тычыцца фатаграфавання розных аб'ектаў на тэрыторыі Беларусі, а за фігурантамі справы нейкі час перад арыштам сачылі спецслужбы.
+Сям'я Прохаравых доўгі час жыла ў вёсцы Грабаўка Гомельскага раёна. На момант затрымання яны жылі ў вёсцы Уза Гомельскага раёна, куды пераехалі два гады таму.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.05.2024: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.08.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
   </si>
   <si>
     <t>Людміла Юр'еўна Чэкіна</t>
   </si>
   <si>
     <t>13 ліпеня 1973</t>
   </si>
   <si>
     <t>Людміла — былая генеральная дырэктарка TUT.BY. Працавала ў TUT.BY з 2008 года: спачатку — юрысконсультам, пазней — дырэктаркай. У 2017 годзе ўзначаліла "Тут Бай Медыя".
 У траўні 2021 года яе затрымалі ў рамках крымінальнай справы, узбуджанай па абвінавачанні ва ўхіленні ад выплаты падаткаў.
 У кастрычніку 2022 года КДБ унёс Людмілу ў спіс "датычных да тэрарыстычнай дзейнасці". Пазней ёй таксама прад'явілі абвінавачанні ў "распальванні варожасці" і "закліках да дзеянняў супраць нацыянальнай бяспекі".
 Судовы працэс праходзіў у закрытым рэжыме і доўжыўся больш за два месяцы — усяго адбылося 37 паседжанняў. У сакавіку 2023 года Людміла была прыгаворана да працяглага тэрміну пазбаўлення волі і буйнога штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 17.03.2023: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 31.07.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-05-24 13:42:27</t>
   </si>
   <si>
-    <t>Павел Васільевіч Прохараў</t>
-[...122 lines deleted...]
-    <t>2023-06-29 09:53:27</t>
+    <t>Наталля Сяргееўна Раманенка</t>
+  </si>
+  <si>
+    <t>14 ліпеня 1981</t>
+  </si>
+  <si>
+    <t>Вырак суда 07.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-05-27 18:07:44</t>
   </si>
   <si>
     <t>Руслан Тэймуразовіч Зубкоў</t>
   </si>
   <si>
     <t>14 ліпеня 1998</t>
   </si>
   <si>
     <t>Руслану Зубкову 26 гадоў. Мяркуючы па сацсетках, ён у апошнія гады жыў і працаваў у Польшчы.
 У снежні 2023 года Зубкова ўнеслі ў спіс удзельнікаў экстрэмісцкага фарміравання "Расія - гэта зло". Гэта невялікі Тэлеграм-чат на 135 чалавек, дзе актыўныя зараз толькі тры чалавекі. У лютым 2024 года Руслана аб'яўлялі ў вышук на тэрыторыі Беларусі і Расіі - гэта значыць, што на той момант ён яшчэ быў на волі.
 Калі Руслан быў затрыманы таксама невядома. Першы раз яго судзілі ў чэрвені 2024 года за «абразу Лукашэнкі» ў Камянецкім раённым судзе. Прысуд невядомы.</t>
   </si>
   <si>
+    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
+  </si>
+  <si>
     <t>Вырак суда 19.06.2024: невядома. Вырак суда 17.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
-    <t>Наталля Сяргееўна Раманенка</t>
-[...27 lines deleted...]
-    <t>2022-09-04 00:31:06</t>
+    <t>Павел Андрэевіч Салагуб</t>
+  </si>
+  <si>
+    <t>14 ліпеня 1989</t>
+  </si>
+  <si>
+    <t>3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2023-06-29 09:53:27</t>
+  </si>
+  <si>
+    <t>Мікалай Генадзевіч Гмырак</t>
+  </si>
+  <si>
+    <t>15 ліпеня 1979</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 18.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-26 00:31:52</t>
+  </si>
+  <si>
+    <t>Максім Аляксандравіч Ляўша</t>
+  </si>
+  <si>
+    <t>15 ліпеня 1983</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:18:30</t>
   </si>
   <si>
     <t>Павел Юр'евіч Нядзелін</t>
   </si>
   <si>
     <t>15 ліпеня 1975</t>
   </si>
   <si>
     <t>31.03.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-09-07 18:30:18</t>
   </si>
   <si>
-    <t>Мікалай Генадзевіч Гмырак</t>
-[...13 lines deleted...]
-  <si>
     <t>Канстанцін Уладзіміравіч Глотаў</t>
   </si>
   <si>
     <t>16 ліпеня 1975</t>
   </si>
   <si>
     <t>Вырак суда 19.08.2024: невядома. Апеляцыя 18.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-08-02 15:13:52</t>
+  </si>
+  <si>
+    <t>Кірыл Віктаравіч Гняздзілаў</t>
+  </si>
+  <si>
+    <t>17 ліпеня 1983</t>
+  </si>
+  <si>
+    <t>Кірыл з 2007 года служыў у міліцыі. Оперупаўнаважаны, звольніўся з органаў у жніўні 2020 года і перайшоў у IT. Вядома, што яго затрымалі 19 лютага 2023 г. прама на мяжы: ён паўгода жыў у Польшчы, а ў Брэст прыязджаў наведаць жонку і маленькае дзіця.Пра крымінальную справу супраць Кірылы вядома няшмат: суд праходзіў у закрытым рэжыме. Вядома толькі, што справа была звязана з "Чорнай кнігай Беларусі".
+10.10.2023 павінна прайсці апеляцыйнае пасяджэнне суда.</t>
+  </si>
+  <si>
+    <t>8 гадоў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-07-14 11:30:32</t>
   </si>
   <si>
     <t>Іван Францавіч Вярбіцкі</t>
   </si>
   <si>
     <t>17 ліпеня 1965</t>
   </si>
   <si>
     <t>Іван, які мае дзве вышэйшыя адукацыі, раней працаваў мастаком-дызайнерам, а затым стаў мультыплікатарам, рэжысёрам і мантажорам відэа. Ён таксама з'яўляецца мастаком і аўтарам апавяданняў. 21 кастрычніка 2020 года яго затрымалі і асудзілі па версіі абвінавачання за размяшчэнне ў Telegram-канале заклікаў да дэстабілізацыі грамадскага парадку, уключаючы падпал будынкаў КДБ і пракуратуры Ашмянскага раёна.
 У снежні 2022 года яго паўторна судзілі за "непадпарадкаванне патрабаванням адміністрацыі". У траўні 2024 года Іван зноў быў асуджаны за "злоснае непадпарадкаванне" і дадаткова пазбаўлены волі на 2 гады.</t>
   </si>
   <si>
     <t>Вырак суда 15.03.2021: 8 гадоў 1 месяц пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 30.09.2021: невядома гадоў турэмнага рэжыму. Вырак суда 20.12.2022: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.03.2023: невядома. Вырак суда 08.05.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 26.07.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 23:12:05</t>
   </si>
   <si>
-    <t>Кірыл Віктаравіч Гняздзілаў</t>
-[...26 lines deleted...]
-  <si>
     <t>Віталь Віктаравіч Чопік</t>
   </si>
   <si>
     <t>Па дадзеных, атрыманых у розны час ад крыніц , вядома што ў мужчыны праводзілі ператрус 1 снежня 2021 года. А ў верасні 2022 года Чопіка затрымалі спачатку па артыкуле 19.11 КаАП, але калі аказалася што ў мужчыны проста няма тэлефона дзе могуць быць нейкія «экстрэмісцкія матэрыялы», то склалі пратакол ужо па арт.24.23 КаАП. Падставай для пратакола стаў бчб-сцяг, прыклеены скотчам знутры да акна дома - вось толькі сам мужчына сцвярджаў, што сцяг з'явіўся ўжо пасля таго, як яго затрымалі і даставілі ў ІЧУ.Апошні віток эскалацыі паміж Чопікам і сілавікамі здарыўся ў пачатку сакавіка 2024 года: брэстаўчаніна зноў затрымалі. Пасля затрымання мужчыну дастаўлялі на хуткую са слядамі моцнага збіцця, а колер асобы Чопіка быў жоўтым (што можа казаць аб пашкоджанні печані з-за збіцця). 28 сакавіка 2024 года, МУС аб'явіла , што змясціла брэстаўчаніна ў СІЗА. Па ўзросце і па гісторыі мужчыны («сістэматычна наведваў суды па крымінальных справах») можна зрабіць выснову, што гаворка менавіта пра Віталя Чопіка. Яго падазраюць у "садзейнічанні экстрэмісцкай дзейнасці".</t>
   </si>
   <si>
     <t>Вырак суда 15.11.2024: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 04.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-03-28 21:57:44</t>
   </si>
   <si>
     <t>Антон Васільевіч Лісічкін</t>
   </si>
   <si>
     <t>18 ліпеня 1999</t>
   </si>
   <si>
     <t>Антону 25 год. З сацсетак хлопца вынікае, што ў 2016 годзе ён скончыў школу, у 2019 - адслужыў у войску.</t>
   </si>
   <si>
     <t>Вырак суда 01.08.2024: невядома. Апеляцыя 08.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Аляксей Ігаравіч Санчук</t>
+  </si>
+  <si>
+    <t>18 ліпеня 1990</t>
+  </si>
+  <si>
+    <t>Аляксея затрымалі 4 лістапада 2020 года ў Менску разам з бубначамі. Пры затрыманні яго збілі, а потым прыгаварылі да 15 сутак адміністрацыйнага арышту. Пазней яго абвінавацілі ў падрыхтоўцы да ўдзелу ў "масавых беспарадках" і ўдзеле ў пратэстных акцыях. Таксама быў канфіскаваны ягоны аўтамабіль.</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.05.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 161900 рублёў кампенсацыі. Апеляцыя 13.08.2021: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
   </si>
   <si>
     <t>Ігар Уладзіміравіч Ільяш</t>
   </si>
   <si>
     <t>18 ліпеня 1988</t>
   </si>
   <si>
     <t>Ігар — журналіст "Белсат", раней працаваў у газеце «Беларусы і рынак» і ў беларускай службе "Радыё Свабода", публікаваўся ў расійскіх і ўкраінскіх выданнях. Разам з жонкай, журналісткай Кацярынай Андрэевай, ён напісаў кнігу "Беларускі Данбас" — даследаванне аб ролі беларусаў у вайне на ўсходзе Украіны.
 Упершыню яго затрымалі 16 ліпеня 2021 года падчас масавых ператрусаў у незалежных журналістаў па справе аб "арганізацыі і падрыхтоўцы дзеянняў, якія груба парушаюць грамадскі парадак або актыўным удзеле ў іх". У кватэры журналіста правялі ператрус, канфіскавалі тэхніку і кнігі, пасля чаго яго змясцілі ў ІЧУ. На волю ён выйшаў 26 ліпеня.
 У кастрычніку 2024 года стала вядома аб яго паўторным затрыманні. Праўладныя тэлеграм-каналы апублікавалі фота Ігара ў кайданках і відэа, дзе ён заявіў, што яго пераследуюць за інтэрв'ю медыя, прызнаным у Беларусі «экстрэмісцкімі». Незадоўга да арышту ў каментары тэлеканалу "Дождж" ён адзначыў, што "Пуцін узяў курс на рэзкую эскалацыю і вядзе краіну да татальнай вайны", а Лукашэнка, на яго думку, "верагодней за ўсё, не хоча наўпрост удзельнічаць у ёй, але вымушаны сутыкацца з узмацненнем ціску Крамля".
 У лютым 2025 года Ігару прад'явілі абвінавачанні ў "дыскрэдытацыі Беларусі" і "садзейнічанні экстрэмісцкай дзейнасці". Судовы працэс пачаўся 21 лютага ў Менску. Хадайніцтва аб незалежнай экспертызе суд адхіліў, а 5 верасня таго ж года журналіста прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>Вырак суда 05.09.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 05.11.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-07-20 20:49:54</t>
   </si>
   <si>
     <t>Дар'я Аляксееўна Пучыла</t>
   </si>
   <si>
     <t>18 ліпеня 1998</t>
   </si>
   <si>
     <t>Дар'я Пучыла скончыла юрыдычны факультэт Мінскага інавацыйнага ўніверсітэта ў 2019 годзе. Ва ўніверсітэце яна ўдзельнічала ў студэнцкіх юрыдычных алімпіядах.
 Дар'я Пучыла - фатограф. У студзені і лютым 2024 года Дар'я шукала замовы на вэб-дызайн. На адным з сайтаў яна пісала, што пачынаючы спецыяліст, шукае працу ў Варшаве і гатова пераехаць, разгледзіць любыя прапановы.
 Дар'я зрабіла апошнюю пасаду ва інстаграме ў снежні 2024 года. Укантакце была онлайн у апошні раз 7 лютага 2025 года - гэта быў дзень, калі пачаліся затрыманні па справе Гаюна.</t>
   </si>
   <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
     <t>2025-11-07 18:09:13</t>
   </si>
   <si>
-    <t>Аляксей Ігаравіч Санчук</t>
-[...14 lines deleted...]
-    <t>2021-02-26 21:26:47</t>
+    <t>Ігар Канстанцінавіч Губарэвіч</t>
+  </si>
+  <si>
+    <t>18 ліпеня 1968</t>
+  </si>
+  <si>
+    <t>Верагодна , Ігар Канстанцінавіч - старшы выкладчык ва ўніверсітэце ГрДУ ім. Янкі Купалы.</t>
+  </si>
+  <si>
+    <t>ПУАТ-43, 212003, г. Магілёў, вул. Чалюскінцаў, 76А</t>
+  </si>
+  <si>
+    <t>Вырак суда 27.11.2024: 2 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:26:09</t>
   </si>
   <si>
     <t>Сяргей Дзмітрыевіч Жыгалёў</t>
   </si>
   <si>
     <t>19 ліпеня 2005</t>
   </si>
   <si>
-    <t>У праўладным фільме (красавік 2024 года) распавялі , што шэсць падлеткаў нібыта аб'ядналіся ў "анархісцкую ячэйку "Чорныя салаўі", якую "пад кіраўніцтвам Нацыянальнай вызваленчай арміі Украіны" стварыла 16-гадовая грамадзянка Украіны Марыя Місюк.
+    <t>Сяргей быў затрыманы проста ў каледжы падчас заняткаў у канцы снежня 2023 года. У праўладным фільме (красавік 2024 года) распавялі , што шэсць падлеткаў нібыта аб'ядналіся ў "анархісцкую ячэйку "Чорныя салаўі", якую "пад кіраўніцтвам Нацыянальнай вызваленчай арміі Украіны" стварыла 16-гадовая грамадзянка Украіны Марыя Місюк.
 Супрацоўнікі АНТ сцвярджаюць, што падлеткі аб'ядналіся, каб рабіць дыверсіі па навядзенні ў Беларусі, а пасля - у Расіі. Марыю абвінавачваюць паводле ч. 2 арт. 289 КК (акт тэрарызму). Паводле сюжэту, 16-гадовая Марыя Місюк у 2022 годзе пераехала разам з сям'ёй з Украіны ў Беларусь, дзе стварыла "анархісцкае вочка для падрыхтоўкі тэрактаў". Сярод затрыманых – навучэнцы каледжаў у Баранавічах, Нясвіжы, Міры, Мінску і Лунінцы. Гэта Трафім Барысаў, Сяргей Жыгалёў , Зміцер Захарошка, Анастасія Кліменка і Аляксандра Пуліновіч. Як сцвярджаюць супрацоўнікі АНТ, маладыя людзі збіраліся на Баранавіцкай кватэры, каб падрыхтавацца да сваёй першай сур'ёзнай акцыі – сабраць узрыўчатку і падарваць Баранавіцкую філію міліцыі ці пракуратуру. Па якіх артыкулах абвінавачваюць астатніх пяці ўдзельнікаў, невядома. Як і невядомы іх статусы і месцазнаходжанне.</t>
   </si>
   <si>
-    <t>Вырак суда дата невядомая: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>Вырак суда 09.10.2025: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 09.02.2026: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-04-30 23:23:41</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-01-30 18:35:53</t>
   </si>
   <si>
     <t>Ігар Юр'евіч Салавей</t>
   </si>
   <si>
     <t>19 ліпеня 1983</t>
   </si>
   <si>
     <t>Ігар, актывіст руху «За свабоду», быў затрыманы ў межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Яго асудзілі за ўдзел у "масавых беспарадках". Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, акрамя пакарання ў выглядзе пазбаўлення волі, запатрабавалі ад абвінавачаных каля 530 тысяч рублёў кампенсацыі.
 У студзені 2022 года ён быў пераведзены на турэмны рэжым.</t>
   </si>
   <si>
-    <t>Вырак суда 30.04.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 38000 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены. Суд па змене рэжыму 26.01.2022: 2 гады турэмнага рэжыму.</t>
+    <t>Вырак суда 30.04.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 38000 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены. Суд па змене рэжыму 26.01.2022: 2 гады турэмнага рэжыму. Суд па змене рэжыму дата невядомая: турэмны рэжым да канца тэрміну.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:03</t>
   </si>
   <si>
     <t>Алена Мікалаеўна Лазарчык</t>
   </si>
   <si>
     <t>19 ліпеня 1974</t>
   </si>
   <si>
     <t>Актывістка «Еўрапейскай Беларусі», была затрыманая 30 снежня 2021 года па крымінальнай справе аб групавых дзеяннях, якія груба парушаюць грамадскі парадак.
 7 студзеня 2022 года жанчыну перавялі ў СІЗА.
 У Алены ёсць маленькі сын.
 У студзені 2023 г. Алену перавялі ў гомельскую жаночую калонію № 4 . Да палітвязня доўгі час не можа патрапіць адвакат, яе змяшчалі ў СІЗА.
 У кастрычніку 2023 г. стала вядома, што для Алены ў жніўні не прынялі перадачу. Гэта, хутчэй за ўсё, сведчыць аб тым, што яе пазбавілі перадач. Апошні ліст ад Алены прыйшоў у пачатку верасня, з тых часоў лістоў ад яе няма. З моманту пераводу Лазарчык у калонію ні разу не быў атрыманы дазвол ад адміністрацыі ўстановы на сустрэчу з адвакатам. Што зараз адбываецца з Аленай, у якім яна стане - невядома. Алена ў калоніі адчувае праблемы з зубамі, яна схуднела.
 У сярэдзіне лістапада 2023 года праваабаронцам стала вядома, што Алену зноў змяшчалі ў ШІЗА.
 Па сведчаннях былой палітвязні, Алена адсядзела больш за 90 сутак у ШІЗА, больш за 60 дзён у ПКТ .
 Увесну 2025 г. Алену асудзілі па ч. 2 арт. 411 Крымінальнага кодэкса (злоснае непадпарадкаванне законным патрабаванням адміністрацыі калоніі) і прызначылі яшчэ паўтара гады калоніі ў дадатак да васьмі гадоў зняволення. Калі быў вынесены прыгавор, невядома. Вядома, што на судзе Алена адмовілася ад паслугаў адваката.</t>
   </si>
   <si>
     <t>ПК-24, вул. Вытворчая, д.44, г.п. Зарэчча, Рэчыцкі р-н, Гомельская вобласць, 247526</t>
   </si>
   <si>
     <t>Вырак суда 19.09.2022: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.12.2022: прысуд пакінуты без змены. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-01-11 16:06:03</t>
   </si>
   <si>
     <t>Валянцін Іванавіч Толкач</t>
   </si>
   <si>
     <t>19 ліпеня 1996</t>
   </si>
   <si>
-    <t>Вырак суда 10.10.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>Валянцін скончыў юрыдычны факультэт БДУ, дзе вывучаў гаспадарчае права, а потым атрымаў ступень магістра ў Ягелонскім універсітэце ў Кракаве па спецыяльнасці "Інтэлектуальная ўласнасць і новыя тэхналогіі".
+Кар'еру пачынаў у Нацыянальным цэнтры інтэлектуальнай уласнасці, дзе прадстаўляў інтарэсы арганізацыі ў Вярхоўным судзе. Пазней працаваў юрыстам у IT-кампаніі Brightum, займаючыся прававым суправаджэннем фінтэх-праектаў і крыптавалютных стартапаў.
+Праз некаторы час Валянцін вырашыў радыкальна змяніць прафесію . У сваім профілі ён пісаў, што захапляўся гульнямі больш за 20 гадоў і вырашыў ператварыць хобі ў працу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 10.10.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-10-30 00:07:20</t>
   </si>
   <si>
-    <t>Віктар Юр'евіч Нікіфараў</t>
-[...11 lines deleted...]
-    <t>2024-02-02 14:35:39</t>
+    <t>Аляксей Леанідавіч Шпакоўскі</t>
+  </si>
+  <si>
+    <t>20 ліпеня 1996</t>
+  </si>
+  <si>
+    <t>Судзячы па артыкуле, Аляксея судзяць за пратэсты, якія праходзілі пасля выбараў 9 жніўня 2020 гады ў Пінску.</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 11.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-28 23:26:50</t>
   </si>
   <si>
     <t>Віктар Адамавіч Снегур</t>
   </si>
   <si>
     <t>20 ліпеня 1988</t>
   </si>
   <si>
     <t>Віктар быў затрыманы 4 студзеня 2020 года ў межах крымінальнай «справы Аўтуховіча» і абвінавачаны ва ўдзеле ў «тэрарыстычнай арганізацыі», якая мае дачыненне да падпалаў маёмасці супрацоўнікаў міліцыі. Яго асудзілі за "ўдзел у злачыннай арганізацыі", "замах на захоп улады", "незаконныя дзеянні ў дачыненні да агнястрэльнай зброі" і "незаконнае перамяшчэнне агнястрэльнай зброі праз мытную мяжу".
 У 2024 годзе Віктара паўторна асудзілі за «злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі». З лютага 2025 года ён знаходзіўся ў памяшканні камернага тыпу (ПКТ), а ў маі таго ж года стала вядома аб новым прыгаворы па тым жа артыкуле, які часта прымяняюць да зняволеных за адмову супрацоўнічаць з адміністрацыяй. У выніку агульны тэрмін пазбаўлення волі склаў 22 гады і 6 месяцаў.
-3 ліпеня 2025 г. была разгледжана апеляцыйная скарга Віктара.</t>
+3 ліпеня 2025 г. была разгледжана апеляцыйная скарга Віктара.
+У снежні 2025 года Віктара хутчэй за ўсё асудзілі чарговы раз па 411 артыкуле.</t>
   </si>
   <si>
     <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
   </si>
   <si>
-    <t>Вырак суда 17.10.2022: 19 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Вырак суда дата невядомая: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 11.10.2024: прысуд пакінуты без змены. Вырак суда дата невядомая: 2 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 01.07.2025: прысуд пакінуты без змены.</t>
+    <t>Вырак суда 17.10.2022: 19 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Вырак суда дата невядомая: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 11.10.2024: прысуд пакінуты без змены. Вырак суда дата невядомая: 2 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 01.07.2025: прысуд пакінуты без змены. Вырак суда дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
-    <t>Аляксей Леанідавіч Шпакоўскі</t>
-[...13 lines deleted...]
-  <si>
     <t>Святлана Алегаўна Мяцельская</t>
   </si>
   <si>
     <t>20 ліпеня 1982</t>
   </si>
   <si>
     <t>2024-11-20 16:54:12</t>
+  </si>
+  <si>
+    <t>Віктар Юр'евіч Нікіфараў</t>
+  </si>
+  <si>
+    <t>20 ліпеня 1980</t>
+  </si>
+  <si>
+    <t>06.02.2024 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.12.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 06.02.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-02 14:35:39</t>
   </si>
   <si>
     <t>Яўген Міхайлавіч Юшкевіч</t>
   </si>
   <si>
     <t>21 ліпеня 1989</t>
   </si>
   <si>
     <t>Яўген — былы следчы СК, а таксама ініцыятар праекта bychange.me, упершыню быў затрыманы ўвечары 24 лістапада 2020 года ў Мінску ў рамках крымінальнай справы, узбуджанай па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, або актыўны ўдзел у іх». Праз 10 содняў яго адпусцілі, аднак у красавіку 2021 года ён быў зноў арыштаваны і пазней асуджаны па шасці крымінальных артыкулах, у тым ліку за «арганізацыю масавых беспарадкаў» у 2020 годзе, «распальванне іншай сацыяльнай варожасці» ў інтэрв'ю і тэкстах .
 Па версіі Генеральнай пракуратуры, Яўген быў «актыўным удзельнікам Telegram-чата "ХАТА", дзейнасць якога накіравана на арганізацыю злачынстваў экстрэмісцкай накіраванасці». Суд праходзіў у закрытым рэжыме, а ў Яўгена ўзялі падпіску аб невыдаванні матэрыялаў справы.</t>
   </si>
   <si>
     <t>Вырак суда 26.12.2022: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 10.03.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-04-19 23:04:33</t>
   </si>
   <si>
+    <t>Ігар Юр'евіч Шумілаў</t>
+  </si>
+  <si>
+    <t>21 ліпеня 1986</t>
+  </si>
+  <si>
+    <t>Актывіст з Баранавіч. Ігар мае інваліднасць 3. Групы, т.я. 10 гадоў таму патрапіў у ДТЗ і яму ампутавалі нагу. Ён быў арыштаваны 23 лютага 2023 г., асуджаны на 15 сутак, затым пераведзены ў СІЗА па крымінальным артыкуле.
+Паводле следства, у розны перыяд часу з 1 траўня 2020 года па 23 траўня 2022 года Шумілаў апублікаваў чатыры пасады ў Аднакласніках з сатырычнымі выявамі, у якіх следства разгледзела абразу Лукашэнкі і прадстаўнікоў улады, а таксама паклёп на Лукашэнку. Вядома, што на адной з выяваў Лукашэнкі разам з пералічанымі асобамі намаляваны ў выглядзе арыштантаў, якія ўтрымліваюцца ў турэмнай камеры. На судзе Ігар цалкам прызнаў сваю віну. Ён растлумачыў, што публікацыі на яго старонцы з'явіліся толькі пасля таго, як ён паставіў "лайк" пад гэтымі пастамі. Сам ён не разумеў на той момант, што гэтыя малюнкі могуць быць расцэнены як абразу.</t>
+  </si>
+  <si>
+    <t>4.5 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-03-27 22:37:53</t>
+  </si>
+  <si>
     <t>Эдуард Ашатовіч Кашэцян</t>
   </si>
   <si>
     <t>21 ліпеня 1991</t>
   </si>
   <si>
     <t>Мінчанін з армянскімі каранямі, грамадзянін РФ . Быў затрыманы ў верасні 2023 года, як мяркуецца, за паведамленні ў чаце з сябрамі. Была заведзена крымінальная справа. Пры затрыманні быў моцна збіты.
 Па спецыяльнасці сківічна-тварнай хірург.</t>
   </si>
   <si>
     <t>Вырак суда 26.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-02-12 22:35:54</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-03-27 22:37:53</t>
   </si>
   <si>
     <t>Андрэй Васільевіч Дарошка</t>
   </si>
   <si>
     <t>22 ліпеня 1970</t>
   </si>
   <si>
     <t>Падпалкоўнік, былы намеснік начальніка Жодзінскага ГАУС па ідэалагічнай рабоце і кадравым забеспячэнні.
 У 2020 годзе ён і яшчэ 4 былыя супрацоўнікі Жодзінскага ГАУС запісалі зварот да калег, якія падчас пратэстаў працавалі ў жодзінскай міліцыі, і да ўсіх работнікаў праваахоўных органаў Беларусі Дарошка ў звароце просіць супрацоўнікаў міліцыі паступаць з людзьмі гэтак жа, як яны рабілі б з сваімі блізкімі. Не стварайце непатрэбную паніку ў горадзе, нам тут жыць і гадаваць дзяцей, нам павінна быць сорамна за сваё. паводзіны ў горадзе», - кажа на відэа Андрэй.
 Па паведамленні СМІ , усе пяцёра былі затрыманыя ў пачатку лютага 2024 года.</t>
   </si>
   <si>
     <t>Вырак суда 03.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-01-06 14:45:59</t>
   </si>
   <si>
-    <t>Юры Іванавіч Бандарэнка</t>
-[...16 lines deleted...]
-  <si>
     <t>Уладзімір Алегавіч Сітковіч</t>
   </si>
   <si>
     <t>23 ліпеня 1967</t>
   </si>
   <si>
     <t>Уладзіміру Сітковічу 57 гадоў. Родам ён з малой вёскі Пушча Шаркаўшчынскага раёна Віцебскай вобласці. У 1991 годзе скончыў Полацкі дзяржаўны ўніверсітэт. Доўгі час Уладзімір працаваў і жыў у Віцебску, а апошнія гады кіраваў кацельняй на Віцебскім маслаэкстракцыйным заводзе.
 Уладзімір-байкер, удзельнічаў у мясцовых байкерскіх заездах.
 У 2016, 2018 і 2019 гадах ён быў назіральнікам на мясцовых і парламенцкіх выбарах. Пра іншую палітычную актыўнасць Уладзіміра невядома, сацсеткі мужчыны таксама нейтральныя.</t>
   </si>
   <si>
     <t>Вырак суда 14.10.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
     <t>Сяргей Іванавіч Хлыстоў</t>
   </si>
   <si>
     <t>Адвакат Гомельскай абласной калегіі адвакатаў. Яго затрымалі разам з двума калегамі, у тым ліку загадчыка юрыдычнай кансультацыяй. Пазней дваіх адвакатаў вызвалілі, але загадчыка юрыдычнай кансультацыі звольнілі з пасады. А супраць Сяргея Хлыстова распачалі крымінальную справу.
 Сутнасць абвінавачанняў і вынесены прысуд невядомы. Вядома толькі, што Сяргея Хлыстова пазбавілі волі.</t>
   </si>
   <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
     <t>2025-08-16 15:51:21</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-03-12 23:28:02</t>
   </si>
   <si>
     <t>Сяргей Яўгенавіч Захаранка</t>
   </si>
   <si>
     <t>24 ліпеня 1980</t>
   </si>
   <si>
     <t>Індывідуальны прадпрымальнік. Сутнасць абвінавачання пакуль невядомая.
 17.01.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 27.10.2022: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.01.2023: невядома.</t>
   </si>
   <si>
     <t>2022-10-13 20:47:32</t>
   </si>
   <si>
     <t>Сяргей Сяргеевіч Шэлест</t>
   </si>
   <si>
     <t>24 ліпеня 1992</t>
   </si>
   <si>
-    <t>Былы апаратчык цэха "Аміяк-3". Па папярэдняй інфармацыі затрыманы ў рамках артыкулаў 356 і 357 КК РБ ("здрада дзяржаве" і "змова або іншыя дзеянні, учыненыя з мэтай захопу дзяржаўнай улады").
-[...3 lines deleted...]
-    <t>Вырак суда 17.02.2023: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: невядома. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
+    <t>Сяргей, былы апаратчык цэха «Амміяк-3» на прадпрыемстве Гродна Азот, быў затрыманы восенню 2021 года ў межах крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі страйк і ўваходзілі ў ініцыятыву «Рабочы рух», што 21 верасня 2021 года была прызнана экстрэмісцкім фарміраваннем, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні рабочых.
+У лютым 2023 года Сяргея прызналі вінаватым паводле артыкулаў «паклёп», «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі.
+Восенню 2024 года адбылося чарговае судовае пасяджэнне, па выніках якога Сяргея перавялі на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-09-26 12:37:03</t>
   </si>
   <si>
     <t>Аляксей Вітальевіч Горын</t>
   </si>
   <si>
     <t>26 ліпеня 1979</t>
   </si>
   <si>
     <t>Вырак суда 16.01.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
   </si>
   <si>
     <t>Аляксандр Мікалаевіч Рудкоўскі</t>
   </si>
   <si>
     <t>27 ліпеня 1986</t>
   </si>
   <si>
     <t>Вырак суда 10.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-10-07 20:49:33</t>
   </si>
   <si>
+    <t>Уладзіслаў Генадзевіч Горскі</t>
+  </si>
+  <si>
+    <t>27 ліпеня 2005</t>
+  </si>
+  <si>
+    <t>ПУАТ-48, г.Асіповічы, вул. Сумчанка, 38, 213763</t>
+  </si>
+  <si>
+    <t>Вырак суда 15.09.2025: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2025-10-07 15:49:21</t>
+  </si>
+  <si>
+    <t>Юлія Мікалаеўна Шаронава</t>
+  </si>
+  <si>
+    <t>27 ліпеня 2004</t>
+  </si>
+  <si>
+    <t>Паводле версіі абвінавачання , з 10 па 11 жніўня 2020 года на той момант непаўналетнія Юлія Шаранава, Мікіта Вайцюк, Мікалай Нікіцюк, а таксама Васіль Аляксеюк, Глеб Клімовіч, Віталь Варфаламееў, Аляксандр Тысевіч, Максім Собалеў, знаходзячыся на праезнай частцы бульв. і Шаўчэнка, вул. Савецкай у Брэсце, " выкрыквалі лозунгі, дэманстравалі палотны бел-чырвона-белага колеру, груба парушаючы грамадскі парадак, наўмысна перашкаджалі руху транспартных сродкаў і нармальнаму функцыянаванню прадпрыемстваў і арганізацый" .
+У судовым паседжанні ўсе віну прызналі цалкам.
+Паведамляецца, што Юліі Шаранавай удзельнічала ў акцыях пратэсту 16-гадовай. Таксама вядома, што Максім Собалеў, Глеб Клімовіч, Юлія Шаранава асуджаныя, у тым ліку па "наркатычных" артыкулах.
+Юлію Шаранаву за ўдзел у жнівеньскай акцыі пратэсту асудзілі на паўтара гады пазбаўлення волі. Але з-за таго, што яна была асуджаная па ч. 4 арт. 328 КК, ёй у выніку прызначанае 13 гадоў калоніі ва ўмовах агульнага рэжыму са штрафам у суме 3 700 рублёў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.05.2024: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.07.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:06:37</t>
+  </si>
+  <si>
     <t>Уладзімір Уладзіміравіч Івашкевіч</t>
   </si>
   <si>
     <t>27 ліпеня 1988</t>
   </si>
   <si>
     <t>Уладзімір быў асуджаны летам 2024 года па артыкуле "Знявага прадстаўніка ўлады" і прыгавораны да пазбаўлення волі.</t>
   </si>
   <si>
     <t>Вырак суда 11.06.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 13.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-06-10 19:03:38</t>
-  </si>
-[...29 lines deleted...]
-    <t>2022-03-15 02:10:15</t>
   </si>
   <si>
     <t>Васіль Мікалаевіч Грачыха</t>
   </si>
   <si>
     <t>28 ліпеня 1981</t>
   </si>
   <si>
     <t>Былы воін палка Каліноўскага. Пра яго затрыманне стала вядома з выпуску навін на дзяржаўным тэлебачанні "Беларусь 1" пятага мая 2025 года.
 Паводле інфармацыі з сацыяльных сетак, ён скончыў Беларускую дзяржаўную сельскагаспадарчую акадэмію (БДСГА).
 Праходзіў службу ў 38-й асобнай мотаабарончай брыгадзе Беларусі — вайсковай частцы дэсантнікаў у Брэсце, якую ў свой час узначальваў Валерый Сахашчык. На фота з сацсетак бачна, што ў кватэры грэчкі вісеў вымпел брыгады.
 Паводле інфармацыі прэс-службы Палка Каліноўскага, Васіль далучыўся да іх у маі 2022 года, але пакінуў падраздзяленне ўжо ў чэрвені таго ж года па ўласным жаданні.
 Паводле відэароліка, яго затрымалі недзе ў балоцістай мясцовасці па-за горадам некалькі супрацоўнікаў КДБ з аўтаматамі. Мужчыну перавозілі верталётам.
 Як паведамляецца ў роліку, Васіль нарадзіўся 28 ліпеня 1981 года.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
     <t>Кірыл Аляксандравіч Казей</t>
   </si>
   <si>
     <t>28 ліпеня 1983</t>
   </si>
   <si>
     <t>Кірыл быў затрыманы 28 кастрычніка 2020 года і падвергся жорсткаму абыходжанню, пагрозам і здзекам з боку супрацоўнікаў праваахоўных органаў. Пазней яго асудзілі па некалькіх крымінальных артыкулах, у тым ліку незаконнае захоўванне боепрыпасаў, якія, як сцвярджаецца, былі падкінуты ў яго аўтамабіль пасля арышту.</t>
   </si>
   <si>
     <t>Вырак суда 31.03.2021: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 150 базавых велічынь штрафу. Апеляцыя 20.07.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 22:22:11</t>
   </si>
   <si>
-    <t>Руслан Андрэевіч Прахарэнка</t>
-[...98 lines deleted...]
-    <t>2022-11-27 00:41:28</t>
+    <t>Сяргей Міхайлавіч Грыбовіч</t>
+  </si>
+  <si>
+    <t>28 ліпеня 1969</t>
+  </si>
+  <si>
+    <t>Затрыманы нібыта за рэгістрацыю добраахвотнікам у сакавіку 2022 года, пра затрыманне стала вядома 14 сакавіка з праўладных ТГ-каналаў.</t>
+  </si>
+  <si>
+    <t>4,5 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-03-15 02:10:15</t>
+  </si>
+  <si>
+    <t>Васіль Мікалаевіч Грэчыха</t>
+  </si>
+  <si>
+    <t>28 ліпеня 1985</t>
+  </si>
+  <si>
+    <t>Былы воін палка Каліноўскага. Аб яго затрыманні стала вядома з выпуску навін на дзяржаўным тэлебачанні "Беларусь 1" пятага мая 2025 года.
+Паводле інфармацыі з сацыяльных сетак, ён скончыў Беларускую дзяржаўную сельскагаспадарчую акадэмію (БДСГА), дзе навучаўся на землеўпарадкавальным факультэце. Яго спецыяльнасць - кадастр і зямельнае права.
+Праходзіў службу ў 38-й асобнай мотаабарончай брыгадзе Беларусі - воінскай часці дэсантнікаў у Брэсце, якую ў свой час узначальваў Валерый Сахашчык. На фота з сацсетак бачна, што ў кватэры грэчкі вісеў вымпел брыгады.
+Паводле інфармацыі прэс-службы Палка Каліноўскага, Васіль далучыўся да іх у маі 2022 года, але пакінуў падраздзяленне ўжо ў чэрвені таго ж года па ўласным жаданні.
+Паводле відэароліка, яго затрымалі недзе ў балоцістай мясцовасці па-за горадам некалькі супрацоўнікаў КДБ з аўтаматамі. Мужчыну перавозілі верталётам. Падчас транспарціроўкі ён быў з чорным мяшком на галаве, а рукі былі счэпленыя спераду пластыкавай сцяжкай. Калінаўца даставілі верталётам на аэрадром.
+Як паведамляецца ў роліку, Васіль нарадзіўся 28 ліпеня 1981 года. У лютым 2022 года ён з'ехаў на заробкі ў Польшчу, а праз тры месяцы далучыўся да Палка Каліноўскага. Падрыхтоўку праходзіў у Кіеве. Абставіны яго затрымання невядомыя.</t>
+  </si>
+  <si>
+    <t>2025-12-30 13:25:40</t>
+  </si>
+  <si>
+    <t>Сяргей Сяргеевіч Ціханаў</t>
+  </si>
+  <si>
+    <t>28 ліпеня 1992</t>
+  </si>
+  <si>
+    <t>Родам ён з горада Слаўгарад Магілёўскай вобласці. Пасля школы адслужыў у войску і скончыў прафесійна-тэхнічны ліцэй №3 па спецыяльнасці "Тэхнічнае забеспячэнне сельскагаспадарчай вытворчасці". Усё жыццё працаваў на будоўлі.
+Магіляўчаніну пагражае ад дзесяці да дваццаці гадоў калоніі. Дата затрымання і сутнасць абвінавачанняў невядомыя.</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.10.2024: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 27.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:20:00</t>
+  </si>
+  <si>
+    <t>Зміцер Міхайлавіч Піліпавіч</t>
+  </si>
+  <si>
+    <t>29 ліпеня 1997</t>
+  </si>
+  <si>
+    <t>Затрыманы разам з іншымі маладымі людзьмі ў Баранавічах (напрыканцы снежня 2023 года).
+А прэс-служба суда паведаміла пра прысуд (не называючы імён, але пад абставіны падыходзяць пад дадзеную групу людзей). Пра сутнасць абвінавачанняў сказана коратка: знаходзіліся на праезнай частцы ў Баранавічах, выкрыквалі лозунгі, дэманстравалі бел-чырвона-белыя сцягі, "наўмысна перашкаджалі руху транспарту і нармальнаму функцыянаванню прадпрыемстваў і арганізацый" . Нават не пазначана дакладная дата, калі праходзілі пратэсты, проста называецца “жнівень 2020 года”.
+Такім чынам, у 2024 годзе вынеслі прысуды ўжо 25 жыхарам Баранавічаў за пратэсты жніўня 2020 года. Усім прысудзілі калонію на тэрмін ад 1 да 3 гадоў (адзінае выключэнне - жанчыне з дзіцем ва ўзросце да 3 гадоў прысудзілі калонію з адтэрміноўкай выканання пакарання).</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.05.2024: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.08.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:58:11</t>
   </si>
   <si>
     <t>Вольга Саламенік</t>
   </si>
   <si>
     <t>29 ліпеня 1967</t>
   </si>
   <si>
     <t>Затрымана па справе А. Храловіча. Падрабязнасці справы невядомыя, бо працэс праходзіў у закрытым рэжыме, а на самой крымінальнай справе — грыф сакрэтнасці.
 Падрабязнасці затрымання асуджанай вядомыя з прапагандысцкага фільма «Аперацыя КДБ «Манкурты»», які АНТ паказаў у 2021 годзе.
 Вядома, што Вольгу год утрымлівалі ў СІЗА КДБ, дзе яна трымала галадоўку. Потым яе перавялі ў СІЗА-1.
 «Яна была зусім сівая. Яна доўга трымала галадоўку — яе нават кармілі праз вены на руках, таму яны ў яе былі надзьмутыя, як лясныя карчакі».
 Пачала адбываць пакаранне.</t>
   </si>
   <si>
     <t>7,5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-04 17:54:31</t>
   </si>
   <si>
+    <t>Аляксандр Федаравіч Біндзей</t>
+  </si>
+  <si>
+    <t>29 ліпеня 1966</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.11.2022: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 28.02.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-11-27 00:41:28</t>
+  </si>
+  <si>
+    <t>Дзмітрый Мікалаевіч Дубоўскі</t>
+  </si>
+  <si>
+    <t>29 ліпеня 1986</t>
+  </si>
+  <si>
+    <t>Актывіст анархічнага руху быў затрыманы пры перасячэнні мяжы Беларусі ў ноч з 28 на 29 кастрычніка 2020 года і абвінавачаны ў "падпалах" і "тэрарызме".
+У верасні 2022 года супраць Дзмітрыя распачалі новую крымінальную справу і прыгаварылі да пяці гадоў пазбаўлення волі. З улікам папярэдняга прысуду яго канчаткова асудзілі на 20 гадоў у калоніі ўзмоцненага рэжыму.
+У жніўні 2023 года Дзмітрыя перавялі на турэмны рэжым за "парушэнне правілаў распарадку".</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.12.2021: 18 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 11000 рублёў кампенсацыі. Апеляцыя 22.04.2022: прысуд пакінуты без змены. Вырак суда 25.11.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 07.02.2023: прысуд пакінуты без змены. Суд па змене рэжыму 28.07.2023: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:38:30</t>
+  </si>
+  <si>
+    <t>Вячаслаў Вітальевіч Сямёнаў</t>
+  </si>
+  <si>
+    <t>29 ліпеня 2005</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:56:38</t>
+  </si>
+  <si>
+    <t>Андрэй Уладзіслававіч Грыгор'еў</t>
+  </si>
+  <si>
+    <t>29 ліпеня 1994</t>
+  </si>
+  <si>
+    <t>15 мая 2023 года на АНТ выйшаў прапагандысцкі фільм "Забойная пасылка" смерці: хто і як хацеў здзейсніць тэракт у Дзень Перамогі", дзе распавялі падрабязнасці справы. Там паведамлялася, што нібыта КДБ напярэдадні Дня перамогі 9 мая 2023 года "прадухіліў тэракт пад куратарствам Кіева". Там заявілі, што выбухоўка знаходзілася ў электрычных плітах, якія даслалі затрыманым праз пасылкі. Арганізатарам акцыі назвалі 23-гадовага беларуса Валерыя Вадзіна, які ваяваў ва Украіне.
+У відэа распавялі пра тое, што пасылкі з электраплітамі, у якіх была выбухоўка, даставілі ў менскі пункт СДЭК у Каменнай Горцы 21 сакавіка 2023 года з Кіева праз Італію. 29-гадовая Вікторыя Волчак пацвердзіла на допыце, што яна атрымала пасылку - яе папрасіў атрымаць пасылку Валерый Водзін. Студэнтка БДУ Ганна Савачкіна і яе маці Таццяна Русак узялі плітку ў Волчак і закапалі яе на могілках у Калодзішчах. Другую плітку забраў зубны тэхнік Андрэй Грыгор'еў і адвёз у садовае таварыства "Аўтарамонтнік 124" пад Аляхновічамі.
+Андрэю 29 гадоў, нарадзіўся ў Менску. Скончыў сталічную сярэднюю школу і медыцынскі каледж. Да затрымання неафіцыйна працаваў зубным тэхнікам у прыватным стаматалагічным цэнтры.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.08.2024: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-18 00:53:01</t>
+  </si>
+  <si>
+    <t>Руслан Андрэевіч Прахарэнка</t>
+  </si>
+  <si>
+    <t>29 ліпеня 1972</t>
+  </si>
+  <si>
+    <t>Праходзіць па справе аб дзяржздрадзе разам з сям'ёй Прохаравых з Грабаўкі.
+Удзельнікі закрытага працэсу маюць падпіскі аб неразгалошванні. З неафіцыйнай крыніцы вядома , што крымінальная справа тычыцца фатаграфавання розных аб'ектаў на тэрыторыі Беларусі, а за фігурантамі справы нейкі час перад арыштам сачылі спецслужбы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.05.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.08.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
+  </si>
+  <si>
     <t>Аляксандр Іванавіч Калін</t>
   </si>
   <si>
     <t>30 ліпеня 1969</t>
   </si>
   <si>
     <t>Быў затрыманы за ўдзел у пратэстах 2020 года і за актыўную публічную крытыку супрацьпраўных дзеянняў дзяржаўных структур і рэжыма ў цэлым. Пазней былі затрыманыя яго дачка і сын за ўдзел у акцыях пратэсту, ім удалося потым выехаць за мяжу. Таксама разам у Аляксандрам былі затрыманыя яшчэ тры чалавекі , якіх у канцы траўня асудзілі за ўдзел у акцыях пратэсту.</t>
   </si>
   <si>
     <t>6,5 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-08-28 16:09:45</t>
   </si>
   <si>
+    <t>Аляксандр Аляксандравіч Сырыца</t>
+  </si>
+  <si>
+    <t>30 ліпеня 1985</t>
+  </si>
+  <si>
+    <t>У красавіку 2024 года прайшоў суд "Аб змене прымусовых мер бяспекі і лячэння". Пасля чаго Аляксандр, мяркуючы па ўсім, быў адпраўлены ў калонію. Адбывае пакаранне ў ВК -1.</t>
+  </si>
+  <si>
+    <t>Вырак суда 01.05.2022: прымусовае лячэнне ў псіхіятрычным стацыянары. Суд па змене рэжыму 29.04.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-06-21 17:42:22</t>
+  </si>
+  <si>
     <t>Андрэй Юр'евіч Бесаў</t>
   </si>
   <si>
     <t>30 ліпеня 1973</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2025-08-13 19:35:18</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-06-21 17:42:22</t>
   </si>
   <si>
     <t>Валерый Сцяпанавіч Мяфодзіенка</t>
   </si>
   <si>
     <t>30 ліпеня 1976</t>
   </si>
   <si>
     <t>Як індывідуальны прадпрымальнік займаўся рамонтам і абслугоўваннем камп'ютарнага абсталявання.</t>
   </si>
   <si>
     <t>Вырак суда 22.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.01.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-10 22:56:59</t>
   </si>
   <si>
     <t>Вольга Валер'еўна Чукарава</t>
   </si>
   <si>
     <t>31 ліпеня 1975</t>
   </si>
   <si>
     <t>Была асуджаная па некалькіх палітычных артыкулах. У СІЗА перанесла інсульт на фоне стрэсу, пасля чаго амаль поўнасцю страціла зрок. Нягледзячы на гэта, Вольгу асудзілі на 4 гады пазбаўлення волі.</t>
   </si>
@@ -1976,2804 +1888,2622 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I99"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...16 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="C6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...16 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...19 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...22 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...22 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>66</v>
       </c>
-      <c r="B11" t="s">
+      <c r="I11" t="s">
         <v>67</v>
-      </c>
-[...16 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>77</v>
       </c>
-      <c r="B13" t="s">
+      <c r="I13" t="s">
         <v>78</v>
-      </c>
-[...13 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
         <v>81</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>82</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>83</v>
       </c>
-      <c r="D14" t="s">
-[...11 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>85</v>
+      </c>
+      <c r="B15" t="s">
         <v>86</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>87</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
         <v>88</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" t="s">
         <v>91</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>92</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>82</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
         <v>93</v>
       </c>
-      <c r="D16" t="s">
-[...11 lines deleted...]
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
         <v>96</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>97</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>98</v>
       </c>
-      <c r="D17" t="s">
-[...11 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>100</v>
+      </c>
+      <c r="B18" t="s">
         <v>101</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>102</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>103</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>104</v>
       </c>
-      <c r="F18" t="s">
-[...5 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>106</v>
+      </c>
+      <c r="B19" t="s">
         <v>107</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>108</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>82</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>109</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
         <v>112</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>115</v>
       </c>
       <c r="I20" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>117</v>
       </c>
       <c r="B21" t="s">
         <v>118</v>
       </c>
       <c r="C21" t="s">
         <v>119</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>74</v>
+        <v>120</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D22" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>126</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I22" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B23" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I23" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I24" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
+        <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>45</v>
+        <v>148</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="I26" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B27" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>74</v>
+        <v>154</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="I27" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="I28" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B29" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C29" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>162</v>
+        <v>36</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I29" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D30" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="I30" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I31" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C32" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D32" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="E32" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F32" t="s">
-        <v>180</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="I32" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B33" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D33" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>63</v>
+        <v>126</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B34" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C34" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>51</v>
+        <v>192</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>12</v>
       </c>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B37" t="s">
-        <v>204</v>
+        <v>205</v>
+      </c>
+      <c r="C37" t="s">
+        <v>206</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I37" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B38" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C38" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="I38" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B39" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C39" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D39" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="E39" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I39" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B40" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="I40" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B41" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C41" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D41" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
+      <c r="H41" t="s">
+        <v>227</v>
+      </c>
       <c r="I41" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B42" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D42" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="I42" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B43" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D43" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>14</v>
+        <v>235</v>
       </c>
       <c r="H43" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="I43" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B44" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D44" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B45" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C45" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I45" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>25</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I46" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B47" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C47" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D47" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>156</v>
+        <v>82</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I47" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B48" t="s">
-        <v>256</v>
+        <v>257</v>
+      </c>
+      <c r="C48" t="s">
+        <v>258</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>47</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="I48" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B49" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="C49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D49" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>11</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I49" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I50" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B51" t="s">
-        <v>270</v>
+        <v>271</v>
+      </c>
+      <c r="C51" t="s">
+        <v>272</v>
       </c>
       <c r="D51" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>137</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>271</v>
+        <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I51" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B52" t="s">
-        <v>275</v>
+        <v>276</v>
+      </c>
+      <c r="C52" t="s">
+        <v>277</v>
       </c>
       <c r="D52" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I52" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C53" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="E53" t="s">
-        <v>74</v>
+        <v>182</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I53" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B54" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C54" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D54" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>57</v>
+        <v>288</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I54" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B55" t="s">
-        <v>289</v>
+        <v>292</v>
+      </c>
+      <c r="C55" t="s">
+        <v>293</v>
       </c>
       <c r="D55" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>126</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="I55" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B56" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
       <c r="C56" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>47</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="I56" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="B57" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C57" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="D57" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="E57" t="s">
-        <v>63</v>
+        <v>304</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="I57" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B58" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="C58" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="I58" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="B59" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="C59" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>105</v>
+        <v>315</v>
       </c>
       <c r="I59" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B60" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C60" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="I60" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B61" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D61" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="E61" t="s">
-        <v>156</v>
+        <v>76</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
-      <c r="H61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I61" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B62" t="s">
-        <v>322</v>
+        <v>327</v>
+      </c>
+      <c r="C62" t="s">
+        <v>328</v>
       </c>
       <c r="D62" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>25</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B63" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C63" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="I63" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="B64" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="C64" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="D64" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>333</v>
+        <v>137</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="I64" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="B65" t="s">
-        <v>337</v>
+        <v>342</v>
+      </c>
+      <c r="C65" t="s">
+        <v>343</v>
       </c>
       <c r="D65" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="I65" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="B66" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C66" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="D66" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="I66" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B67" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="C67" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="D67" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>348</v>
+        <v>126</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="I67" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B68" t="s">
         <v>352</v>
       </c>
       <c r="C68" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="D68" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>192</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I68" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B69" t="s">
-        <v>357</v>
+        <v>361</v>
+      </c>
+      <c r="C69" t="s">
+        <v>362</v>
       </c>
       <c r="D69" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
+      <c r="H69" t="s">
+        <v>363</v>
+      </c>
       <c r="I69" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B70" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C70" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="D70" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="I70" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B71" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D71" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>25</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="I71" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="B72" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D72" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>313</v>
+        <v>154</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="I72" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B73" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D73" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>45</v>
+        <v>380</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="I73" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B74" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C74" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>181</v>
+      </c>
+      <c r="E74" t="s">
+        <v>182</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>14</v>
+        <v>235</v>
       </c>
       <c r="H74" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="I74" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B75" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C75" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="D75" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="I75" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B76" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="C76" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D76" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>224</v>
+        <v>76</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="I76" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B77" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="C77" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="I77" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B78" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C78" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="D78" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="I78" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="B79" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="C79" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="D79" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="I79" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B80" t="s">
-        <v>408</v>
+        <v>413</v>
+      </c>
+      <c r="C80" t="s">
+        <v>414</v>
       </c>
       <c r="D80" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="I80" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="B81" t="s">
-        <v>412</v>
+        <v>418</v>
+      </c>
+      <c r="C81" t="s">
+        <v>419</v>
       </c>
       <c r="D81" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>11</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="I81" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="B82" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="C82" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="D82" t="s">
-        <v>20</v>
+        <v>181</v>
+      </c>
+      <c r="E82" t="s">
+        <v>182</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>271</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="I82" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="B83" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="D83" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>313</v>
+        <v>137</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="I83" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="B84" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="C84" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="D84" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="I84" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="B85" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="D85" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>11</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>433</v>
+        <v>358</v>
       </c>
       <c r="I85" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B86" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C86" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D86" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>11</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="I86" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B87" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C87" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D87" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="I87" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B88" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C88" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D88" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="I88" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B89" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C89" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="I89" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B90" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D90" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>126</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="I90" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B91" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C91" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="D91" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="I91" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B92" t="s">
-        <v>465</v>
+        <v>469</v>
+      </c>
+      <c r="C92" t="s">
+        <v>470</v>
       </c>
       <c r="D92" t="s">
-        <v>20</v>
+        <v>181</v>
+      </c>
+      <c r="E92" t="s">
+        <v>182</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>15</v>
+        <v>471</v>
       </c>
       <c r="I92" t="s">
-        <v>466</v>
-[...32 lines deleted...]
-      <c r="B94" t="s">
         <v>472</v>
-      </c>
-[...158 lines deleted...]
-        <v>499</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">