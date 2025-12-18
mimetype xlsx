--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -12,383 +12,365 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="373">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
+  </si>
+  <si>
+    <t>Канстанцін Валер'евіч Мядзведзеў</t>
+  </si>
+  <si>
+    <t>2 траўня 1988</t>
+  </si>
+  <si>
+    <t>Мужчынскі</t>
+  </si>
+  <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t>У зняволенні</t>
+  </si>
+  <si>
+    <t>Так</t>
+  </si>
+  <si>
+    <t>2025-11-27 16:04:33</t>
   </si>
   <si>
     <t>Павел Яўгенавіч Кучынскі</t>
   </si>
   <si>
     <t>2 траўня 1992</t>
   </si>
   <si>
     <t>Былы вайсковец жыхар г. Мінска, якога спецслужбы пад катаваннямі прымусілі ўдзельнічаць у правакацыі, у рамках якой апошні выйшаў на сувязь з прадстаўнікамі BYPOL і прапанаваў здзейсніць акцыі прамога дзеяння. Усе перамовы і перапіска фіксавалася.
 19.03.2024 адбылося апеляцыйнае пасяджэнне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
-    <t>Мужчынскі</t>
-[...7 lines deleted...]
-  <si>
     <t>19 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-09-22 00:34:45</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-11-27 16:04:33</t>
   </si>
   <si>
     <t>Ганна Багінская</t>
   </si>
   <si>
     <t>2 траўня 1978</t>
   </si>
   <si>
     <t>Затрымана ў пачатку мая 2025 года па "справе Гаюна" - за перадачу даных тэлеграм-каналу "Беларускі Гаюн" аб перамяшчэнні ваенная тэхнікі.</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
   </si>
   <si>
     <t>Вырак суда 20.11.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
     <t>Ганна Яўгенаўна Савачкіна</t>
   </si>
   <si>
     <t>3 траўня 1999</t>
   </si>
   <si>
     <t>15 мая 2023 года на АНТ выйшаў прапагандысцкі фільм "Забойная пасылка" смерці: хто і як хацеў здзейсніць тэракт у Дзень Перамогі", дзе распавялі падрабязнасці справы. Там паведамлялася, што нібыта КДБ напярэдадні Дня перамогі 9 мая 2023 года "прадухіліў тэракт пад куратарствам Кіева". Там заявілі, што выбухоўка знаходзілася ў электрычных плітах, якія даслалі затрыманым праз пасылкі. Арганізатарам акцыі назвалі 23-гадовага беларуса Валерыя Вадзіна, які ваяваў ва Украіне.
 У відэа распавялі пра тое, што пасылкі з электраплітамі, у якіх была выбухоўка, даставілі ў менскі пункт СДЭК у Каменнай Горцы 21 сакавіка 2023 года з Кіева праз Італію. 29-гадовая Вікторыя Волчак пацвердзіла на допыце, што яна атрымала пасылку - яе папрасіў атрымаць пасылку Валерый Водзін. Студэнтка БДУ Ганна Савачкіна і яе маці Таццяна Русак узялі плітку ў Волчак і закапалі яе на могілках у Калодзішчах. Другую плітку забраў зубны тэхнік Андрэй Грыгор'еў і адвёз у садовае таварыства "Аўтарамонтнік 124" пад Аляхновічамі.
 Ганна Савачкіна скончыла тры курсы эканамічнага факультэта БДУ, але з верасня 2022 года паступіла на першы курс біялагічнага факультэта БДУ, стараста групы. Да інстытута скончыла гімназію-каледж мастацтваў імя І.А. Ахрэмчыка па спецыяльнасці музыка. Затрымана разам з маці.</t>
   </si>
   <si>
     <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>Вырак суда 09.08.2024: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
+    <t>Аляксандр Міхайлавіч Мацяюк</t>
+  </si>
+  <si>
+    <t>3 траўня 1982</t>
+  </si>
+  <si>
+    <t>Актывіст "Краіны для жыцця" і член каманды Святланы Ціханоўскай, Аляксандр неаднаразова падвяргаўся затрыманням па палітычных адміністрацыйных артыкулах. Яго затрымалі разам з іншым актывістам, Алегам Баразной, за якімі, як вядома, сачылі з восені 2020 года. Пасля Аляксандр быў асуджаны па сфабрыкаванай крымінальнай справе, звязанай з наркотыкамі.</t>
+  </si>
+  <si>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.10.2021: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 100 базавых велічынь штрафу, 1108 рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-04-05 12:35:41</t>
+  </si>
+  <si>
     <t>Алег Сцяпанавіч Кіньеў</t>
   </si>
   <si>
     <t>3 траўня 1969</t>
   </si>
   <si>
     <t>Алег жыве ў аграгарадку Першамайская (Блудзень) у Бярозаўскім раёне Брэсцкай вобласці.
 Ён прадпрымальнік, займаецца дахавымі працамі. Яго спецыялізацыя - выраб купалоў для праваслаўных цэркваў. Алег займаецца гэтым з 2000-х. Спачатку ён працаваў з брыгадай як наёмны працаўнік, а праз некалькі гадоў адкрыў сваю справу. Кінёў рэканструяваў купал Патрыяршага прадстаўніцтва РПЦ, ствараў купал для царквы ваеннай часці ў Слоніме, рабіў дубовы мост, прыстань і альтанку на астраўку побач з сядзібай графа Гутэн-Чапскага ў Станькаве і капліцу ў заапарку. У цэлым яго работы раскіданы па розных гарадах і вёсках Беларусі.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-10-05 13:19:42</t>
   </si>
   <si>
-    <t>Аляксандр Міхайлавіч Мацяюк</t>
-[...16 lines deleted...]
-  <si>
     <t>Кірыл Валянцінавіч Краўцоў</t>
   </si>
   <si>
     <t>4 траўня 1979</t>
   </si>
   <si>
     <t>Кірыл вядомы як заснавальнік унікальнай арт-вёскі « Чырвоны Кастрычнік» (Чырвоны Кастрычнік у Рэчыцкім раёне). Тут ён жыў, займаўся рамесніцтвам, арганізаваў сваю ганчарную вытворчасць, ладзіў фестывалі, творчыя сустрэчы. Разам з сябрамі-энтузіястамі Кірыл выкупіў некалькі дамоў у вёсцы і выратаваў яе ад знікнення, арганізаваўшы тут эка-паселішча.
 Раней пра Кірыла Краўцова шмат пісалі ў дзяржСМІ як пра ўдзельніка акцыі «З табурэтам да акіяна», падчас якой беларус аб'ехаў паўсвету, падарожнічаючы аўтаспынам.</t>
   </si>
   <si>
     <t>2025-07-24 09:10:34</t>
+  </si>
+  <si>
+    <t>Святлана Вячаславаўна Якубовіч</t>
+  </si>
+  <si>
+    <t>4 траўня 1974</t>
+  </si>
+  <si>
+    <t>У студзені 2022 года будучага мужа Святланы Станіслава асудзілі на тры гады па арт. 342 КК і арт. 364 КК РБ. Святлана, якая перажывала ягоны лёс, насіла яму перадачы. 24 лютага 2022 года Святлана Якубовіч выйшла замуж за Станіслава, у той момант усё яшчэ знаходзіўся ў зняволенні. У снежні 2023 года Станіслаў выйшаў на волю, цалкам адбыўшы прызначаны судом тэрмін пакарання. А праз год пару затрымалі па новай крымінальнай справе.</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.11.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Алег Віктаравіч Яфрэменка</t>
   </si>
   <si>
     <t>4 траўня 1981</t>
   </si>
   <si>
     <t>Алег быў затрыманы і асуджаны за "падсечку" міліцыянту падчас вулічнага шэсця ў Віцебску 13 верасня 2020 года. У верасні 2021 года яго перавялі на турэмны рэжым за "парушэнне правілаў распарадку".
 У жніўні 2022 года Алега паўторна асудзілі за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы" і дадалі яшчэ адзін год пазбаўлення волі.
 25 ліпеня 2023 года палітвязня зноў асудзілі за "непадпарадкаванне патрабаванням адміністрацыі" і прыгаварылі да яшчэ аднаго года пазбаўлення волі.
 У верасні 2024 года адбыўся чарговы разгляд крымінальнай справы супраць Алега за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы" — абвінавачанне, якое часта ўжываецца да зняволеных, якія адмовіліся супрацоўнічаць з турэмнай адміністрацыяй.
 На працягу ўсяго тэрміну зняволення на Алега ўвесь час аказваюць ціск. Яго рэгулярна адпраўляюць у ШІЗА, дзе ён утрымліваецца ў ізаляцыі на працягу дзясяткаў дзён.</t>
   </si>
   <si>
     <t>ПК-14 222125, Мінская вобл., с.н.п Навасады, вул.Міра, 1А</t>
   </si>
   <si>
     <t>Вырак суда 09.12.2020: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 рублёў кампенсацыі. Суд па змене рэжыму 30.09.2021: невядома гадоў турэмнага рэжыму. Вырак суда 15.08.2022: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 10.11.2022: прысуд пакінуты без змены. Вырак суда 25.07.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 19.10.2023: прысуд пакінуты без змены. Вырак суда 24.09.2024: невядома. Апеляцыя 13.12.2024: невядома.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Святлана Вячаславаўна Якубовіч</t>
-[...13 lines deleted...]
-  <si>
     <t>Ірына Мікалаеўна Клязавіч</t>
   </si>
   <si>
     <t>5 траўня 1966</t>
   </si>
   <si>
     <t>Затрымана ў выніку масавага рэйду сілавых структур 23-24 студзеня 2024 года на сваякоў палітвязняў і людзей, якія дасылалі пасылкі і лісты палітвязням.
 Ірыну судзілі, як "Твар, які здзейсніў грамадска небяспечнае дзеянне". Гэта азначае, што, па рашэнні суда, да яе павінны былі быць прыменены прымусовыя меры медыцынскага характару. Суд над ёй адбыўся 18 і 23 верасьня 2024 года. Яе месцазнаходжанне невядома.</t>
   </si>
   <si>
     <t>Вырак суда 23.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
+  </si>
+  <si>
+    <t>Валерый Валер'евіч Жукаў</t>
+  </si>
+  <si>
+    <t>5 траўня 1974</t>
+  </si>
+  <si>
+    <t>Быў затрыманы ў лістападзе 2024 года і асуджаны па адміністратыўнай ч. 2 ст. 19.11 КаАП РБ (Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць), пасля чаго завялі крымінальную справу.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
   </si>
   <si>
     <t>Вячаслаў Мікалаевіч Калоўсаў</t>
   </si>
   <si>
     <t>5 траўня 1984</t>
   </si>
   <si>
     <t>15 чэрвеня 2023 г. быў асуджаны па арт. 205 (Крадзеж) да 2 гадоў і 6 месяцаў пазбаўлення волі.
 14 чэрвеня 2024 г. у судзе Баранавічаў і Баранавіцкага раёна пачаўся разгляд крымінальнай справы па арт. 342 КК (Актыўны ўдзел у групавых дзеяннях , якія груба парушаюць грамадскі парадак ). Па ёй судзяць Вячаслава і яшчэ восем чалавек .
 Шляхам складання прысудаў па гэтай і мінулай крымінальнай справе, яму канчаткова прызначылі 3 гады пазбаўлення волі строгага рэжыму.</t>
   </si>
   <si>
     <t>Вырак суда 10.07.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
-    <t>Валерый Валер'евіч Жукаў</t>
-[...13 lines deleted...]
-  <si>
     <t>Юрый Славаміравіч Сяргей</t>
   </si>
   <si>
     <t>6 траўня 1988</t>
   </si>
   <si>
     <t>Юры быў затрыманы і асуджаны па некалькіх артыкулах, у тым ліку незаконнае захоўванне халоднай зброі. Усё пачалося з відэа, дзе кіроўца BMW збівае мужчыну з бел-чырвона-белым сцягам. Відэа разышлося ў сацсетках, і быў апублікаваны адрас кіроўцы Дзмітрыя Давыдзюка. Па версіі следства, трое мінчан вырашылі "правучыць" вадзіцеля, пракалоўшы шыны яго аўтамабіля.</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>Вырак суда 31.03.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 150 базавых велічынь штрафу. Апеляцыя 20.07.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-09-17 11:50:56</t>
   </si>
   <si>
     <t>Аляксандр Уладзіміравіч Францкевіч</t>
   </si>
   <si>
     <t>6 траўня 1990</t>
   </si>
   <si>
     <t>Актывіст анархісцкага руху Аляксандр быў затрыманы 12 жніўня 2020 года і асуджаны па шэрагу крымінальных артыкулаў. Раней, у 2010 годзе, ён ужо адбываў пакаранне па "справе анархістаў".
 У 2022 годзе яго прыгаварылі да 17 гадоў калоніі, а ў лютым 2023 года Вярхоўны суд скараціў тэрмін на 3 месяцы.
 У чэрвені 2024 года Аляксандра зноў абвінавацілі па артыкуле за "злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі", і яму дадалі яшчэ адзін год зняволення.
 У ліпені 2024 года была затрымана яго маці, Таццяна Францкевіч, паводле абвінавачання ва "ўдзеле ў экстрэмісцкім фарміраванні". Разам з ёй затрымалі яе сястру Наталлю Лабацэвіч, маці былога палітвязня Іллі Лабацэвіча.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t xml:space="preserve"> Вырак суда 06.09.2022: 17 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 700 базавых велічынь штрафу, прыблізна 1200 рублёў кампенсацыі. Апеляцыя 28.02.2023: 16 гадоў 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 700 базавых велічынь штрафу, прыблізна 1200 рублёў кампенсацыі. Вырак суда 24.06.2024: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 24.09.2024: невядома. Суд па змене рэжыму 05.08.2025: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 21:21:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-28 19:37:47</t>
   </si>
   <si>
     <t>Андрэй Сяргеевіч Сачэўка</t>
   </si>
   <si>
     <t>6 траўня 1996</t>
   </si>
   <si>
     <t>Упершыню Андрэя затрымаў ГУБАЗіК за размяшчэнне "экстрэмісцкіх" матэрыялаў на сваёй старонцы "Укантакце". Пад імі мелася на ўвазе відэа з прыняцця Лукашэнкам прысягі ў 1994 годзе пад бел-чырвона-белым сцягам, якім Сачыўка падзяліўся на старонцы.
 Быў асуджаны за ўдзел у гарадзенскіх Маршах і каментары ў чаце.
 Мужчына не прызнаў віну, а пацвердзіў толькі факт напісання каментароў 11 і 12 жніўня 2020 года. Удзел мужчыны ў гарадзенскіх Маршах не пацвердзілася пасля прагляду відэазапісаў з мерапрыемстваў у горадзе.
 У чэрвені 2022 года была праведзена лабараторна-судовая экспертыза. Яна пацвердзіла псіхічнае захворванне Андрэя. Аднак ён усё роўна быў асуджаны, а таксама ўключаны ў пералік фізічных асоб і арганізацый, якія маюць дачыненне да тэрарыстычнай дзейнасці.
 У жніўні 2023 года была пераведзена на турэмны рэжым.</t>
   </si>
   <si>
     <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
+    <t>Яўген Міхайлавіч Пугач</t>
+  </si>
+  <si>
+    <t>6 траўня 1984</t>
+  </si>
+  <si>
+    <t>прадстаўнік мінскага стартап-хаба "Імагуру". Выпускнік магістарскай праграмы ЕГУ "Еўрапейскія даследаванні", пасля гэтага працаваў у шэрагу НДА і прыватным сектары з бізнесам. Ствараў і развіваў стартап-экасістэмы Беларусі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.12.2024: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2024-08-28 19:37:47</t>
+  </si>
+  <si>
     <t>Зміцер Іванавіч Лапец</t>
   </si>
   <si>
     <t>7 траўня 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 Вядома, што яго затрымалі за ўдзел у пратэстах у 2020 годзе, прад'явіўшы фота з аднаго з маршаў.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
     <t>Міхаіл Анатольевіч Тарасевіч</t>
   </si>
   <si>
     <t>7 траўня 1976</t>
   </si>
   <si>
     <t>Акрамя пазбаўлення волі Міхаілу прысудзілі выплаціць кампенсацыі маральнай шкоды пацярпелым і ўрон, "нанесены прыпынкам грамадскага транспарту" ў памеры 49 тысяч рублёў, што складае амаль 20 тысяч долараў.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
@@ -403,980 +385,875 @@
   </si>
   <si>
     <t>Бодзібілдар, краязнаўца. Раней мужчына затрымліваўся за ўдзел у акцыях пратэсту. 16 сакавіка 2023 г. яго арыштавалі за «распаўсюд экстрэмісцкіх матэрыялаў» і асудзілі на 10 сутак. Мужчына не выйшаў і быў пераведзены ў СІЗА. Першапачатковы артыкул абвінавачання быў за абразу Лукашэнкі.
 У маі 2024 года пераведзены ў СІЗА па новай крымінальнай справе яго зноў пачалі судзіць 7 мая 2024 г. Акрамя яго па справе праходзілі яшчэ Андрэй Стабулянец і Дзяніс Цыбульскі, якога год таму асудзілі за ўдзел у акцыях пратэсту ў Мінску (ст. 342 КК).</t>
   </si>
   <si>
     <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
   </si>
   <si>
     <t>Вырак суда 14.09.2023: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.11.2023: невядома. Вырак суда 05.06.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-03-26 23:12:21</t>
   </si>
   <si>
     <t>Аляксандр Яўгенавіч Сезень</t>
   </si>
   <si>
     <t>8 траўня 1970</t>
   </si>
   <si>
     <t>13 лістапада быў затрыманы Аляксандр Сезень. У ягонай кватэры ў шматкватэрным доме, што па вуліцы Гарбатава, быў праведзены ператрус. Па некаторых звестках адбыўся таксама пазнейшы начны ператрус, калі сам Сезон, які мае значныя праблемы са здароўем, знаходзіўся ў шпіталі. Што яму збіраюцца інкрымінаваць - пакуль невядома.
 Аляксандр неаднаразова затрымліваўся міліцыяй яшчэ да 2020 года, ён вёў цяжбу з рознымі дзяржаўнымі структурамі і пісаў скаргі.</t>
   </si>
   <si>
-    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 12.06.2025: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-01-08 19:47:47</t>
   </si>
   <si>
     <t>Яўген Валер'евіч Бурло</t>
   </si>
   <si>
     <t>9 траўня 1991</t>
   </si>
   <si>
     <t>Музыка гурта TOR BAND, затрыманы разам са Змітром Галавачом, таксама былі затрыманыя іх жонкі. Жонцы Галавача прысудзілі штраф, жонцы Бурло – адміністрацыйны арышт.
 У канцы лістапада 2022 года Зміцер і Яўген былі асуджаныя трэці раз на 15 сутак. TOR BAND стаў папулярным у Беларусі гуртом на хвалі пратэстаў 2020 года. Многія песні сталі хітамі на розных платформах. Інфармацыйную прадукцыю, сацыяльныя сеткі і лагатып гурта TOR BAND прызналі «экстрэмісцкімі», а таксама іх вышэйпералічаныя песні.</t>
   </si>
   <si>
     <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
   </si>
   <si>
     <t>8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2022-12-06 21:04:39</t>
   </si>
   <si>
     <t>Максім Сяргеевіч Драбніца</t>
   </si>
   <si>
     <t>9 траўня 2001</t>
   </si>
   <si>
     <t>22-гадовы жыхар Светлагорска. Максіма судзяць "за арганізацыю дзейнасці тэрарыстычнай арганізацыі і ўдзел у дзейнасці такой арганізацыі". Максіма прызналі вінаватым у тым, што ён уступіў у "экстрэмісцкае фарміраванне" (план "Перамога") і планаваў узарваць чыгунку ў Светлагорскім раёне. Дзяржаўнае выданне піша, што, каб спыніць вайну ва Украіне, мініяцюра "была гатовая на ўсё". Калі ж хлопец прыехаў да чыгункі, то патрапіў там у засаду сілавікоў і быў затрыманы.
 Дзяржорганы аб гэтай справе нічога не паведамлялі. Судовы працэс зачынены.
 19.09.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>8 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-05-26 01:52:20</t>
   </si>
   <si>
     <t>Іван Аляксандравіч Зянько</t>
   </si>
   <si>
     <t>10 траўня 1982</t>
   </si>
   <si>
     <t>Індывідуальны прадпрымальнік быў затрыманы і асуджаны па трох крымінальных артыкулах за ўдзел у падзеі, якая адбылася падчас разгону людзей 11 кастрычніка 2020 года каля станцыі метро "Пушкінская".
 У красавіку 2022 года Івана зноў асудзілі за ўдзел у акцыі пратэсту, але на выніковы тэрмін гэта не паўплывала. Аднак у лістападзе гэтага ж года яму дадалі яшчэ адзін год пазбаўлення волі, асудзіўшы за "непадпарадкаванне патрабаванням адміністрацыі папраўчай установы".
 У верасні 2023 года быў асуджаны дадаткова на 3 гады пазбаўлення волі за "гвалт у дачыненні да службовай асобы".
 У сакавіку 2024 года пераведзены на турэмны рэжым на 3 гады.</t>
   </si>
   <si>
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
   </si>
   <si>
     <t>Вырак суда 02.04.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, прыблізна 28000 рублёў кампенсацыі. Вырак суда 07.04.2022: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 09.11.2022: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.02.2023: прысуд пакінуты без змены. Вырак суда 14.09.2023: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.12.2023: прысуд пакінуты без змены. Суд па змене рэжыму 12.03.2024: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
-    <t>Андрэй Мікалаевіч Лабада</t>
-[...12 lines deleted...]
-    <t>2024-10-10 22:41:30</t>
+    <t>Аляксандр Пятровіч Гаршуноў</t>
+  </si>
+  <si>
+    <t>10 траўня 1979</t>
+  </si>
+  <si>
+    <t>Працаваў праграмістам на менскім заводзе «Атлант».</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.03.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-05-26 01:52:20</t>
   </si>
   <si>
     <t>Алег Валер'евіч Кекух</t>
   </si>
   <si>
     <t>11 траўня 1983</t>
   </si>
   <si>
     <t>Улетку 2023 года прайшоў суд па ўзмацненні жорсткасці пакарання Алегу. Пасля апеляцыйнага суда 05.09.2023 Алега перавялі ў калонію.</t>
   </si>
   <si>
     <t>3 гады абмежавання волі з накіраваннем у папраўчую ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
-  </si>
-[...13 lines deleted...]
-    <t>2021-02-26 21:12:27</t>
   </si>
   <si>
     <t>Эрык Эрыковіч Каласоўскі</t>
   </si>
   <si>
     <t>12 траўня 2000</t>
   </si>
   <si>
     <t>Затрыманы разам з іншымі маладымі людзьмі ў Баранавічах (напрыканцы снежня 2023 года).
 А прэс-служба суда паведаміла пра прысуд (не называючы імён, але пад абставіны падыходзяць пад дадзеную групу людзей). Пра сутнасць абвінавачанняў сказана коратка: знаходзіліся на праезнай частцы ў Баранавічах, выкрыквалі лозунгі, дэманстравалі бел-чырвона-белыя сцягі, "наўмысна перашкаджалі руху транспарту і нармальнаму функцыянаванню прадпрыемстваў і арганізацый" . Нават не пазначана дакладная дата, калі праходзілі пратэсты, проста называецца “жнівень 2020 года”.
 Такім чынам, у 2024 годзе вынеслі прысуды ўжо 25 жыхарам Баранавічаў за пратэсты жніўня 2020 года. Усім прысудзілі калонію на тэрмін ад 1 да 3 гадоў (адзінае выключэнне - жанчыне з дзіцем ва ўзросце да 3 гадоў прысудзілі калонію з адтэрміноўкай выканання пакарання).</t>
   </si>
   <si>
     <t>Вырак суда 31.05.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
     <t>Яўген Уладзіміравіч Піліпавіч</t>
   </si>
   <si>
     <t>12 траўня 1997</t>
   </si>
   <si>
     <t>Па матэрыялах абвінавачання, Яўген у сакавіку 2021 года праз сетку Інтэрнэт і плацежную сістэму PayPal нібыта «пералічыў для забеспячэння экстрэмісцкай дзейнасці грашовыя сродкі ў памеры 29,35 еўра на банкаўскі рахунак, які знаходзіўся ў карыстанні прадстаўнікоў BYPOL».</t>
   </si>
   <si>
     <t>ПУАТ-43, 212003, г. Магілёў, вул. Чалюскінцаў, 76А</t>
   </si>
   <si>
     <t>Хімія са скіраваннем</t>
   </si>
   <si>
     <t>Вырак суда 06.12.2023: 2 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2023-12-27 14:53:00</t>
   </si>
   <si>
+    <t>Расціслаў Алегавіч Стэфановіч</t>
+  </si>
+  <si>
+    <t>12 траўня 1988</t>
+  </si>
+  <si>
+    <t>Сябра пашыранай Каардынацыйнай рады быў затрыманы 29 верасня 2020 года па справе аб масавых беспарадках, збіты супрацоўнікамі АМАПа і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага кірунку".</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
+  </si>
+  <si>
     <t>Мікіта Міхайлавіч Залатароў</t>
   </si>
   <si>
     <t>12 траўня 2004</t>
   </si>
   <si>
     <t>Мікіта быў затрыманы і асуджаны за тое, што, паводле версіі следства, 10 жніўня 2020 года кінуў "кактэйль Молатава" ў бок вайскоўцаў. Абвінавачанне сцвярджала, што бутэлькі былі схаваныя і перададзеныя яму Леанідам Кавалёвым з прапановай падпаліць будынак, аўтобус ці аўтазак. Мікіта адмовіўся даваць паказанні, не прызнаў віну і заявіў аб фізічным і псіхалагічным ціску ў СІЗА. На момант затрымання яму было 16 гадоў, і ён пакутуе на эпілепсію.
 У ліпені 2021 года яго зноў асудзілі па артыкуле аб "гвалце або пагрозе гвалту" за інцыдэнт з супрацоўнікамі СІЗА. У чэрвені 2022 года Мікіту перавялі ў дарослую калонію пасля дасягнення 18 гадоў, а ў жніўні таго ж года ўзмацнілі жорсткасць пакарання, адправіўшы на турэмны рэжым.
 У ліпені 2024 года палітвязня судзілі за "злоснае непадпарадкаванне адміністрацыі калоніі" — артыкул, які часта ўжываецца да зняволеных, якія адмаўляюцца супрацоўнічаць з адміністрацыяй.</t>
   </si>
   <si>
     <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
   </si>
   <si>
     <t>Вырак суда 22.02.2021: 6 гадоў пазбаўлення волі ў выхаваўчай калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.04.2021: прысуд пакінуты без змены. Вырак суда 14.07.2021: 1 год 6 месяцаў пазбаўлення волі ў выхаваўчай калоніі ва ўмовах агульнага рэжыму, 1000 рублёў кампенсацыі. Суд па змене рэжыму 21.06.2022: турэмны рэжым да канца тэрміну. Вырак суда 11.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 15.10.2024: невядома.</t>
   </si>
   <si>
     <t>2021-02-28 02:14:22</t>
   </si>
   <si>
+    <t>Яўген Аляксандравіч Бялькевіч</t>
+  </si>
+  <si>
+    <t>13 траўня 1975</t>
+  </si>
+  <si>
+    <t>13.02.2025 быў асуджаны па адміністрацыйным артыкуле (ч. 2 арт. 10.1 КаАП РБ - Наўмыснае прычыненне цялеснага пашкоджання і іншыя гвалтоўныя дзеянні альбо парушэнне ахоўнага прадпісання), пасля чаго была заведзеная крымінальная справа.</t>
+  </si>
+  <si>
+    <t>СІЗА-6, Баранавічы, вул. Брэсцкая 258 В, 225413</t>
+  </si>
+  <si>
+    <t>2025-06-02 23:55:41</t>
+  </si>
+  <si>
     <t>Сяргей Юр'евіч Горлаў</t>
   </si>
   <si>
     <t>13 траўня 1979</t>
   </si>
   <si>
     <t>Сяргея затрымалі ў лютым 2024 году. Спачатку яму далі суткі за "распаўсюджванне экстрэмісцкіх матэрыялаў", а пасля завялі крымінальную справу і перавялі ў СІЗА. Верагодна, справа датычыцца каментароў. Сяргею пагражае ад чатырох да дванаццаці год калоніі.Хобі Сяргея-музыка. У нулявых ён гуляў у групе "Лясное радыё". Удзельнічаў яшчэ ў некалькіх праектах, перакладаў на беларускую мову замежныя песні.
 Сяргей Юр'евіч Горлаў вучыўся ў Мінскім дзяржаўным лінгвістычным універсітэце, пазней скончыў Еўрапейскі гуманітарны ўніверсітэт. Працаваў перакладчыкам і рэпетытарам англійскай мовы. Апошняе вядомае месца яго працы - Інстытут імя Сахарава ў Мінску.</t>
   </si>
   <si>
     <t>Вырак суда 09.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
   </si>
   <si>
-    <t>Яўген Аляксандравіч Бялькевіч</t>
-[...11 lines deleted...]
-    <t>2025-06-02 23:55:41</t>
+    <t>Сяргей Данілавіч Міцюшкін</t>
+  </si>
+  <si>
+    <t>14 траўня 1969</t>
+  </si>
+  <si>
+    <t>Рамеснік з Баранавіч. Сяргей быў затрыманы ў лютым 2025 году. Спачатку яго пасадзілі на "суткі" па адміністрацыйным арт. 19.11 КаАП, затым абвінавацілі па арт. 188 КК РБ.</t>
+  </si>
+  <si>
+    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
+  </si>
+  <si>
+    <t>2025-10-16 18:32:46</t>
+  </si>
+  <si>
+    <t>Аляксей Андрэевіч Ткачук</t>
+  </si>
+  <si>
+    <t>14 траўня 1987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аляксея прыгаварылі па надуманым абвінавачанні ў захоўванні навучальнага боепрыпасу. У жніўні 2020 года мужчына напісаў рапарт на звальненне з войска і ў лістападзе быў звольнены.
+Быў затрыманы па справе аб вывазе дакументаў Міністэрства абароны РБ. У працэсе следства вывелі ў асобную крымінальную справу па ч. 2 арт. 295 Крымінальнага кодэкса, бо падчас ператрусу ў кватэры нібыта знайшлі выбуховыя рэчывы.
+Менскі гарадскі суд у жніўні 2022 г. вынес прысуд. Таксама Аляксея пазбавілі воінскага звання і прызначылі штраф: 500 базавых велічыняў. Суд адбываўся ў закрытым рэжыме.
+</t>
+  </si>
+  <si>
+    <t>6 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-12-04 01:33:09</t>
+  </si>
+  <si>
+    <t>Анатоль Анатольевіч Старасветскі</t>
+  </si>
+  <si>
+    <t>14 траўня 1990</t>
+  </si>
+  <si>
+    <t>Былы муж палітвязні Віталіі Бандарэнкі. Яго затрымалі пасля кароткатэрміновага спаткання з Віталём, ля выхаду з калоніі і змясцілі спачатку ў ІЧУ Гомеля, пасля чаго перавялі ў СІЗА-3.
+04.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.03.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 04.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
+    <t>Павел Анатольевіч Лашчанка</t>
+  </si>
+  <si>
+    <t>14 траўня 1972</t>
+  </si>
+  <si>
+    <t>Бізнесмен , кіраўнік аўдытарскай кампаніі Ernst \u0026 Young.
+Паўла затрымалі і змясцілі ў СІЗА па абвінавачанні ў адным з палітычных артыкулаў. Вядома, што крымінальная справа ўзбуджана за падзеі 2020 года. У 2020 годзе, у разгар збіцця грамадзян міліцыяй, за подпісам Лашчанка выйшаў ліст да кіраўнікоў сілавых і дзяржаўных органаў , у якім ён выказаў сумненне ў агучаных Ярмошынай лічбах, а таксама заклікаў усіх раздумацца і вярнуцца да законнасці.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:38:03</t>
   </si>
   <si>
     <t>Таццяна Генадзьевна Колас</t>
   </si>
   <si>
     <t>14 траўня 1981</t>
   </si>
   <si>
     <t>Таццяну абвінавачваюць у тым, што нібыта яна перадала асабістыя звесткі тэлеграм-каналу "Чорная кніга Беларусі".
 27 чэрвеня 2022 года Праўладныя тэлеграм-каналы паведамілі, што жанчына працавала ў адной з дзяржаўных кампаній і мела доступ да асабістых дадзеных сілавікоў .
 Да суда была пад хатнім арыштам.</t>
   </si>
   <si>
     <t>6,5 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2022-06-28 15:06:11</t>
   </si>
   <si>
     <t>Антон Уладзіміравіч Казельскі</t>
   </si>
   <si>
     <t>14 траўня 1986</t>
   </si>
   <si>
     <t>Судзячы па сацсетках, мужчыну 38 гадоў. Вядома, што нейкі час ён жыў у Расіі, але ў апошні час - у Мінску. У мужчыны ёсць жонка і дзіця.
 Казельскі доўгі час працаваў аператарам на АНТ. Напрыклад, яшчэ ў лістападзе 2022-га ён вучыў Дэпартамент аховы МУС працаваць з дзяржСМІ. Апошні рэпартаж Казельскага выйшаў у кастрычніку 2023 году.
 Невядома дакладна, калі аператара затрымалі, але гэта адбылося больш за паўгода таму.
 Справа можа быць у пакінутых ім тэлеграм-каментарах. Антон раней шмат каментаваў у розных палітычных групах, але самі каментары ён выдаліў. Знайсці іх можна толькі ўскосна, праз адказы іншых карыстальнікаў і сляды мужчыны ў групах.
 13 жніўня 2024 г. адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
   </si>
   <si>
-    <t>Павел Анатольевіч Лашчанка</t>
-[...93 lines deleted...]
-  <si>
     <t>Віктар Аляксандравіч Савашэвіч</t>
   </si>
   <si>
     <t>15 траўня 1982</t>
   </si>
   <si>
     <t>Мужчыну паставілі ў віну стварэнне і адміністраванне канала ў тэлеграме «‎23.34»‎, у якім размяшчалася інфармацыя пра беларускіх суддзяў.
 Таксама Віктара абвінавацілі ў «‎пасобніцтве наўмысным дзеянням адміністратараў і ўдзельнікаў шэрагу іншых дэструктыўных тэлеграм-каналаў, якія накіраваныя на ўзбуджэнне сацыяльнай варожасці і варажнечы па прызнаку іншай сацыяльнай прыналежнасці і якія пацягнулі цяжкія наступствы»‎, паведамляецца ў телеграм-канале Генеральнай пракуратуры.</t>
   </si>
   <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
     <t>11 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
   </si>
   <si>
     <t>Зміцер Міхайлавіч Сончык</t>
   </si>
   <si>
     <t>15 траўня 1984</t>
   </si>
   <si>
     <t>Вядома, што Сончык доўгі час працаваў кіроўцам, у апошні час - дальнабойшчыкам. Зміцер захапляецца мотаспортам, а яшчэ радыёаматарствам.
 Відэа з Сончыкам выйшла 7 мая 2024 года на канале ГУБАЗіК, яго затрымалі пасля вяртання з-за мяжы. Яму закідалі каментары ў тэлеграме-казалі, што ён пакінуў іх больш за тысячу.</t>
   </si>
   <si>
     <t>Вырак суда 13.01.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-12-19 16:37:31</t>
+  </si>
+  <si>
+    <t>Цімур Аляксандравіч Лазко</t>
+  </si>
+  <si>
+    <t>15 траўня 1983</t>
+  </si>
+  <si>
+    <t>2 лютага 2024 года блізкі да брэсцкага ГУБАЗіК тэлеграм-канал апублікаваў пакаяннае відэа з Лозкам Цімурам.На відэа сілавікі паказалі, як са шчытамі і зброяй, у поўным абмундзіраванні, урываюцца ў дом мужчыны. Далей ідуць кадры, дзе з заведзенымі за спіну рукамі Цімур Аляксандравіч расказвае, што ў яго знайшлі падпіскі на «Нехту», акрамя таго ён данатыў гэтаму тэлеграм-каналу. Таксама мужчына кажа, што працуе ў «Лодэ» анестызіёлагам-рэаніматолагам.У інтэрнэце можна знайсці, што Лозка яшчэ ў кастрычніку 2020 года затрымліваўся (і ў салідарнасць з ім іншыя медыкі ў Брэсце выйшлі на пратэст з надпісамі "Я/мы Цімур"). А падчас рэферэндуму ў лютым 2022 года зноў быў затрыманы, і па артыкуле 24.23 КаАП «Незаконнае пікетаванне» спачатку адседзеў у ІЧУ, а потым атрымаў штраф 50 б.в.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.08.2024: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 50 базавых велічынь штрафу. Апеляцыя 01.11.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-03 12:54:26</t>
+  </si>
+  <si>
+    <t>Юрый Анатольевіч Гаркач</t>
+  </si>
+  <si>
+    <t>15 траўня 1977</t>
+  </si>
+  <si>
+    <t>Падпалкоўнік КДБ, намесьнік камандзіра падразьдзяленьня "А" КДБ Рэспублікі Беларусь. У жніўні 2020 году ўзначальваў Асацыяцыю ветэранаў групы "А", ад імя якой падпісаў зварот з асуджэньнем гвалту і рэпрэсіяў. Увосені 2020 году быў затрыманы супрацоўнікамі КДБ і зьмешчаны пад варту. Крымінальная справа пад грыфам "сакрэтна". </t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 27.12.2022: невядома.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
   </si>
   <si>
     <t>Уладзімір Аляксеевіч Дудараў</t>
   </si>
   <si>
     <t>16 траўня 1977</t>
   </si>
   <si>
     <t>У 2020 годзе Уладзімір каардынаваў рэгіянальную групу Віктара Бабарыка. Пасля заканчэння Магілёўскага дзяржаўнага тэхнічнага ўніверсітэта ў 2001 годзе ён працаваў у Магілёўскім гарвыканкаме, а ў 2018 годзе стаў яго намеснікам, адказваючы за будаўніцтва і ЖКГ. У кастрычніку 2019 года пакінуў пасаду.
 11 чэрвеня 2020 года супрацоўнікі Дэпартамента фінансавых расследаванняў правялі ператрус у офісе Белгазпрамбанка і ў асоб, звязаных з Бабарыкам, пасля чаго Уладзіміра затрымалі. У верасні 2021 года суд прызнаў яго вінаватым у злоўжыванні службовымі паўнамоцтвамі і махлярстве, аднак ён не прызнаў сваю віну.</t>
   </si>
   <si>
     <t>Вырак суда 20.09.2021: 7 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Аляксандр Мікалаевіч Паліўка</t>
   </si>
   <si>
     <t>16 траўня 1987</t>
   </si>
   <si>
     <t>Затрыманы за каментарыі ў сацсетках. Аляксандра абвінавачваюць у «экстрэмісцкіх закліках, якія распальваюць сацыяльную варожасць» і «абразе прадстаўнікоў улады». Праўладны тэлеграм-канал паказаў скрыншоты паведамленняў, якія ставяць у віну Паліўка. Напрыклад: "Калабарацыяністы і рабы, брыдка глядзець! Каб яны ўсё ўзлаваліся і гэтага фашыста вусатага накол пасадзілі."
 Так, паводле абвінавачання, 14 чэрвеня 2021 года пад публікацыяй тэлеграм-канала «Беларусь галаўнога мозгу» Аляксандр напісаў паведамленне, дзе расказваў, што калісьці працаваў на рэзідэнцыі Лукашэнкі, і адзін яго калега расказваў пра сваю размову з ахоўнікам Лукашэнкі. І вось паводле ахоўніка, асабіста Лукашэнка з-за правіннасцяў з боку аховы мог паставіць іх у шэраг і «прабіваць фанеру» (з усёй сілы нанесці ўдар у грудзі ці жывот, каб чалавек сагнуўся ад такога ўдару). Відаць, дадзены каментар быў напісаны пад пастом з назвай «BYPOL: Рамана Пратасевіча збіваў асабіста дыктатар» (у дадзены момант усе каментарыі пад пасадай выдаленыя). На судзе ад Паліўкі прапаноўвалася назваць, што за калега распавёў такую гісторыю - але мужчына не змог успомніць ні імя, ні іншых асабістых дадзеных, т.я. ён працаваў на рэзідэнцыі ўжо вельмі даўно, недзе ў 2008-2009 годзе. А знайсці экс-калегу па дакументах было б нерэальна, т.я. яны працавалі без афіцыйнага працаўладкавання. Таксама яго асудзілі яшчэ за 4 камэнтары па розных артыкулах КК РБ.
 У мужчыны засталіся двое непаўналетніх дзяцей (ім 14 гадоў і 4 гады).</t>
   </si>
   <si>
     <t>Вырак суда 04.03.2024: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
   </si>
   <si>
-    <t>Мікіта Андрэевіч Яхімовіч</t>
-[...13 lines deleted...]
-  <si>
     <t>Васіль Васільевіч Прохараў</t>
   </si>
   <si>
     <t>18 траўня 1969</t>
   </si>
   <si>
     <t>Затрыманы разам з усёй сям'ёй (жонка, дачка, сын) па падазрэнні ў "дзяржзмене". Дачку пазней, мяркуючы па ўсім, адпусцілі. Васілю Прохараву 54 гады. Ён родам з горада Чарнобыль, у якім знаходзілася сумна вядомая атамная электрастанцыя. Вядома, што ён пацярпелы ў аварыі на ЧАЭС. Прохараў служыў у дэсантных войсках. Потым працаваў на будоўлях і падзарабляў грузаперавозкамі, а таксама вёў невялікі блог.
 Удзельнікі закрытага працэсу маюць падпіскі аб неразгалошванні. З неафіцыйнай крыніцы вядома, што крымінальная справа тычыцца фатаграфавання розных аб'ектаў на тэрыторыі Беларусі, а за фігурантамі справы нейкі час перад арыштам сачылі спецслужбы.
 Сям'я Прохаравых доўгі час жыла ў вёсцы Грабаўка Гомельскага раёна. На момант затрымання яны жылі ў вёсцы Уза Гомельскага раёна, куды пераехалі два гады таму.</t>
   </si>
   <si>
     <t>Вырак суда 20.05.2024: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
-  </si>
-[...10 lines deleted...]
-    <t>2024-09-06 18:18:11</t>
   </si>
   <si>
     <t>Юрый Уладзіміравіч Сельвіч</t>
   </si>
   <si>
     <t>19 траўня 1977</t>
   </si>
   <si>
     <t>17 сакавіка 2022 года КДБ паведаміў пра затрыманне групы беларусаў, якія рыхтавалі тэракт супраць расейскіх войскаў у Мазырскім раёне.
 Па дадзеных следства, Сяргей Пляшкун і Юрый Сяльвіч планавалі знішчаць ваенную тэхніку Расійскай Федэрацыі пры яе перамяшчэнні па тэрыторыі Мазырскага раёна. Для гэтага яны падрыхтавалі бутэлькі з запальнай сумессю.
 З відэасюжэту «БТ» вынікае, што сачылі за мазырчукамі пільна: паказалі кадры са схаванай камеры ў гаражы, дзе мужчыны абмяркоўваюць свае планы. На запісы яны кажуць аб перспектывах пашкоджанні рэек.
 Суд праходзіў у закрытым рэжыме.</t>
   </si>
   <si>
     <t>14 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
+    <t>Мікалай Пятровіч Дземчанка</t>
+  </si>
+  <si>
+    <t>19 траўня 1988</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.09.2024: невядома. Апеляцыя 10.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:18:11</t>
+  </si>
+  <si>
+    <t>Ігар Уладзіміравіч Бродка</t>
+  </si>
+  <si>
+    <t>20 траўня 1983</t>
+  </si>
+  <si>
+    <t>Ігар родам са Смілавіч (Чэрвеньскі раён), але доўгі час жыў у Віцебску. У яго з былой жонкай ёсць непаўналетняе дзіця. Ігар шмат гадоў працаваў ратавальнікам. Пасля гэтага ён быў кіроўцам - займаўся перавозкамі і таксі. Бродка знік з сацсетак і месэнджараў пасля лютага 2025 года. Верагодна, тады ён і быў затрыманы.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:48:50</t>
+  </si>
+  <si>
+    <t>Павел Мікалаевіч Спірын</t>
+  </si>
+  <si>
+    <t>20 траўня 1984</t>
+  </si>
+  <si>
+    <t>Павел быў затрыманы ў верасні 2020 года пасля публікацыі новага відэароліка. Ён планаваў балатавацца ў прэзідэнты, але ЦВК адмовіла яму ў рэгістрацыі. Павел стаў даверанай асобай Святланы Ціханоўскай. Яго абвінавацілі ў "распальванні сацыяльнай варожасці" з-за відэа, у якім крытыкаваліся прадстаўнікі ўладаў, уключаючы пракурораў, суддзяў і міліцыю.
+У лістападзе 2024 года над палітвязнем адбыўся чарговы суд. Па падліках праваабаронцаў, Павел павінен быў выйсці на волю ў снежні пасля завяршэння тэрміну, але з ініцыятывы адміністрацыі бабруйскай калоніі №2 супраць яго завялі крымінальную справу за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы".</t>
+  </si>
+  <si>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.02.2021: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.04.2021: прысуд пакінуты без змены. Вырак суда 20.11.2024: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:47:48</t>
+  </si>
+  <si>
+    <t>Сяргей Іванавіч Бельскі</t>
+  </si>
+  <si>
+    <t>20 траўня 1982</t>
+  </si>
+  <si>
+    <t>У тралейбусе не купіў талон у нецвярозым стане і аблаяў прэзідэнта нецэнзурнымі словамі. Кантралёр выклікаў міліцыю і Сяргей быў затрыманы.</t>
+  </si>
+  <si>
+    <t>2,6 гады пазбаўлення волі ў калоніі строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:46:46</t>
+  </si>
+  <si>
+    <t>Антон Аляксандравіч Ільін</t>
+  </si>
+  <si>
+    <t>20 траўня 1987</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.12.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах асаблівага рэжыму. Апеляцыя 19.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-12-02 18:16:42</t>
+  </si>
+  <si>
     <t>Аляксей Генадзевіч Мельнікаў</t>
   </si>
   <si>
     <t>20 траўня 1991</t>
   </si>
   <si>
     <t>Аляксей быў затрыманы 4 снежня 2020 года ў межах крымінальнай справы аб масавых беспарадках і асуджаны за ўдзел у акцыі пратэсту, якая праходзіла ў жніўні 2020 года каля ГЦ "Рыга" ў Менску.</t>
   </si>
   <si>
     <t>Вырак суда 16.03.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 04.10.2021: прыблізна 1340 рублёў кампенсацыі. Вырак суда 19.10.2021: прыблізна 1600 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-02-26 22:30:24</t>
   </si>
   <si>
     <t>Глеб Панасюк</t>
   </si>
   <si>
     <t>8 кастрычніка Глеб Панасюк з'ехаў з Польшчы, дзе ён жыў і працаваў апошнія гады, у родны Светлагорск, каб наведаць бацькоў. 9 кастрычніка ён патэлефанаваў з Брэста сваім сябрам у Польшчы, што прайшоў мяжу і збіраецца перасякаць на цягнік у бок Светлагорска. Але пасля гэтага сувязь з маладым чалавекам знікла .
 Як стала вядома, Глеб адбыў арышт у ізалятары часовага ўтрымання Гомеля па нейкай адміністрацыйнай справе, пасля чаго яго перавялі ў СІЗА-№ і прад'явілі звычай па крымінальнай справе. Праваабаронцы валодаюць інфармацыяй, што ягонае заключэнне мае палітычную матывацыю.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
-    <t>Ігар Уладзіміравіч Бродка</t>
-[...56 lines deleted...]
-  <si>
     <t>Уладзімір Уладзіміравіч Астапчык</t>
   </si>
   <si>
     <t>21 траўня 1992</t>
   </si>
   <si>
     <t>Асуджаны за тое, што быў адміністратарам тэлеграм-канала, у якім публікаваліся кадры з акцыяў пратэсту на ст.м. Пушкінскай у Мінску. Раней сам Уладзімір затрымліваўся, пра што расказваў у відэа. На адным з пратэстаў ён быў затрыманы, за што атрымаў 10-12 сутак, дома быў ператрус дзе канфіскавалі тэхніку і тэлефон. Праз нейкі час пасля выхаду быў зноў затрыманы на суткі і быў адпушчаны пад падпіску аб нявыездзе. На яго завялі крымінальную справу, але пад варту яго ўзялі толькі праз год.</t>
   </si>
   <si>
     <t>Вырак суда 14.04.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.06.2023: невядома.</t>
   </si>
   <si>
     <t>2022-08-01 23:54:15</t>
   </si>
   <si>
     <t>Мікалай Альбінавіч Віткоўскі</t>
   </si>
   <si>
     <t>22 траўня 1967</t>
   </si>
   <si>
     <t>Мікалай пастаянна затрымліваўся па адміністрацыйных артыкулах.
 У верасні 2025 года быў затрыманы па крымінальным артыкуле. Яго абвінавачваюць у здрадзе дзяржаве.</t>
   </si>
   <si>
     <t>2022-04-05 00:41:34</t>
   </si>
   <si>
     <t>Уладзімір Уладзіміравіч Кароткі</t>
   </si>
   <si>
     <t>22 траўня 1984</t>
   </si>
   <si>
     <t>Мужчыну абвінавацілі ў тым, што ён у нецвярозым стане сарваў з будынка магазіна ў мястэчку чырвона-зялёны сцяг. Ён поўнасцю прызнаў віну.
 Раней гарадчаніна ўжо судзілі дзевяць разоў. Акрамя пазбаўлення свабоды, Уладзіміру прызначылі прымусовае лячэнне ад алкагалізму.</t>
   </si>
   <si>
     <t>2 гады пазбаўлення волі ў калоніі строгага рэжыму.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
-    <t>Аляксандр Станіслававіч Цярэшка</t>
-[...11 lines deleted...]
-    <t>2021-02-27 01:35:27</t>
+    <t>Андрэй Вітальевіч Вяроўкін</t>
+  </si>
+  <si>
+    <t>23 траўня 1991</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Вікторыя Валянцінаўна Дамастой</t>
   </si>
   <si>
     <t>24 траўня 1979</t>
   </si>
   <si>
     <t>Першы раз была затрымана КДБ у канцы студзеня 2024 года (падчас масавых затрыманняў родных і блізкіх палітвязняў) за тое, што пісала лісты і пераводзіла грошы на рахункі палітвязняў у СІЗА турмы №1. Тады на яе завялі крымінальную справу па арт. 361-2 (фінансаванне экстрэмісцкай дзейнасці), але пад варту жанчыну не ўзялі.
 Падчас вобыску ў яе канфіскавалі тэхніку і грошы. Пасля даследавання тэхнікі нібыта былі выяўленыя непажаданыя каментары ў сацсетках, і па іх затым правялі экспертызу. Пасля атрымання вынікаў экспертызы, 20 красавіка 2024 года, Вікторыя была паўторна затрымана і змешчана ў ІЧУ, а пасля ў СІЗА.</t>
   </si>
   <si>
     <t>Вырак суда 17.01.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
+  </si>
+  <si>
+    <t>Сяргей Мікалаевіч Леанюк</t>
+  </si>
+  <si>
+    <t>25 траўня 1971</t>
+  </si>
+  <si>
+    <t>Затрыманы за каментарыі ў сацсетках.</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.09.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.11.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-02-08 02:03:58</t>
   </si>
   <si>
     <t>Вольга Алегаўна Аляшкевіч</t>
   </si>
   <si>
     <t>25 траўня 1984</t>
   </si>
   <si>
     <t>Вырак суда 21.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Аляксандр Віктаравіч Карзюк</t>
   </si>
   <si>
     <t>25 траўня 1968</t>
   </si>
   <si>
     <t>Аляксандр Карзюк да нядаўняга часу ўзначальваў упраўленне фінансаў ЖКГ, транспарту і сувязі Міністэрства фінансаў. Аляксандр ні разу не даваў публічных інтэрв'ю. Вядома толькі, што ён добра гуляе ў шахматы.
 Суд адбываўся ў закрытым рэжыме.
 Як распавялі былыя палітвязні, якія адбывалі з Аляксандрам тэрмін у адной калоніі, яго паставілі на ўлік, як схільнага да экстрэмізму, а таксама пазбавілі перадач і спатканняў з роднымі. Віну не прызнаў.</t>
   </si>
   <si>
     <t>Вырак суда 12.07.2024: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 20.12.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
-    <t>Сяргей Мікалаевіч Леанюк</t>
-[...13 lines deleted...]
-  <si>
     <t>Эмін Гівамі Аглы Адыгезалаў</t>
   </si>
   <si>
     <t>26 траўня 1978</t>
   </si>
   <si>
     <t>Эмін Гівамі Аглы быў затрыманы і асуджаны за падпал апорнага пункта ў Бабруйску.</t>
   </si>
   <si>
     <t>Вырак суда 12.03.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 1740 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-03-12 20:57:51</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-02-27 23:46:35</t>
   </si>
   <si>
     <t>Вадзім Уладзіміравіч Луцэвіч</t>
   </si>
   <si>
     <t>26 траўня 1992</t>
   </si>
   <si>
     <t>Высокакваліфікаваны IT-спецыяліст.
 Бацька дваіх дзяцей 8 і 6 год.</t>
   </si>
   <si>
     <t>Вырак суда 01.07.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
   </si>
   <si>
     <t>Аляксандр Аляксандравіч Марчанка</t>
   </si>
   <si>
     <t>27 траўня 1961</t>
   </si>
   <si>
     <t>Ён быў затрыманы супрацоўнікамі міліцыі 19 кастрычніка 2023 года. Пасля арышту ён адбываў два адміністрацыйныя арышты па 15 сутак кожны. Праваабаронцам вядома, што другі з іх быў прызначаны 3 лістапада судом Цэнтральнага раёна Мінска. Тады суддзя Юліяна Шчэрба прызнала 63-гадовага Марчанку вінаватым у "распаўсюдзе экстрэмісцкіх матэрыялаў" (па частцы 2 артыкула 19.11 КаАП).
 Судзіць Аляксандра пачалі 25 сакавіка 2024 г. у Менскім гарадскім судзе.
 4 чэрвеня 2024 г. адбыўся разгляд апеляцыйнай скаргі Аляксандра. Скаргу пакінулі без задавальнення.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
   </si>
   <si>
-    <t>Віктар Ігаравіч Іваньковіч</t>
-[...11 lines deleted...]
-    <t>2024-12-02 17:58:44</t>
+    <t>Павел Міхайлавіч Сава</t>
+  </si>
+  <si>
+    <t>27 траўня 1974</t>
+  </si>
+  <si>
+    <t>Павел быў затрыманы 1 снежня 2020 года разам з Мікалаем Аўтуховічам, якога ўлады адразу аб'явілі "арганізатарам і кіраўніком тэрарыстычнай групоўкі". Яго асудзілі за "ўдзел у злачыннай арганізацыі" і "акт тэрарызму".
+У лютым 2024 года адбыўся суд па пытанні змены ўмоваў рэжыму, але вынік пакуль невядомы. Увесну таго ж года з Паўла і двух іншых фігурантаў "справы" спагналі больш за 40 тысяч рублёў кампенсацыі за пашкоджанне маёмасці міліцыянтаў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.10.2022: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 12.02.2024: 2 гады турэмнага рэжыму. Вырак суда 26.04.2024: прыблізна 13400 рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Уладзіслаў Мікалаевіч Наварыч</t>
   </si>
   <si>
     <t>27 траўня 1996</t>
   </si>
   <si>
     <t>Вырак суда 04.10.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 06.12.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-23 23:25:44</t>
   </si>
   <si>
     <t>Ілля Алегавіч Нарышкін</t>
   </si>
   <si>
     <t>27 траўня 2003</t>
   </si>
   <si>
     <t>Іллі Нарышкіну 21 год. Родам ён са Слоніма, але частку дзяцінства правёў у Гродне. Бацька Іллі-украінец, нарадзіўся ў Крывым Рогу. Ён яшчэ ў савецкі час скончыў авіяцыйную вучэльню, але працаваў інжынерам-механікам у розных краінах. З маці хлопца яны вельмі даўно не жывуць разам.
 Ілья паступіў у акадэмію Міністэрства ўнутраных справаў. Цяпер ён мусіў бы скончыць трэці курс крымінальна-выканаўчага факультэта. Вядома, што падчас вучобы ён жыў актыўным жыццём-выступаў у розных конкурсах і нават удзельнічаў у інтэлектуальнай гульні ад тэлеканала "Беларусь-2", якая называецца "Вежа". Апошнія публічныя дадзеныя аб ім датуюцца сакавіком 2023-га.
 Магчыма, 21-гадовы Ілля Нарышкін хацеў далучыцца да беларускіх добраахвотнікаў ва Украіне. Па артыкулах, якія яму прад'яўляюць у апошні час часцей за ўсё судзілі людзей, якія выказвалі намер паехаць ваяваць на баку Украіны, выказвалі анлайн або афлайн. Некаторыя з гэтых людзей перапісваліся з фэйкавымі ботамі палка Каліноўскага, створанымі спецслужбамі РБ.</t>
   </si>
   <si>
     <t>Вырак суда 14.08.2024: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-07-10 15:36:04</t>
-  </si>
-[...14 lines deleted...]
-    <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Уладзімір Тадэвушавіч Гундар</t>
   </si>
   <si>
     <t>28 траўня 1960</t>
   </si>
   <si>
     <t>Уладзімір быў затрыманы 30 снежня 2020 года ў межах крымінальнай «справы Аўтуховіча» па абвінавачанні ў «падрыхтоўцы тэракту», аднак пазней гэтае абвінавачанне было знята. У траўні 2021 года яго асудзілі за «гвалт у дачыненні да службовай асобы». Следства сцвярджала, што пры затрыманні ён пагражаў следчым і разбіў свой мабільны тэлефон.
 Разгляд «справы Аўтуховіча» пачаўся ў траўні 2022 года. Падчас суда Уладзіміра некалькі разоў выдалялі з паседжанняў і адпраўлялі ў карцэр. На адным з чэрвеньскіх паседжанняў яго змясцілі ў клетку ў адной бялізне, прышпіліўшы рукі кайданкамі да кратаў. У адказ Уладзімір аб'явіў галадоўку, якую трымаў 11 дзён. Па гэтай справе ён быў асуджаны за «стварэнне злачыннай арганізацыі» і «замах на захоп улады».
 У снежні 2022 года Уладзіміру прад'явілі новае абвінавачанне за абразу пракурора Людмілы Герасіменкі, якая прадстаўляла абвінавачанне па «справе Аўтуховіча», і дадалі дадатковы тэрмін. У выніку яго прыгаварылі да 20 гадоў калоніі ўзмоцненага рэжыму.
 У кастрычніку 2023 года пераведзены на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 20.05.2021: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 17.10.2022: 18 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Вырак суда 17.04.2023: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 06.06.2023: прысуд пакінуты без змены. Суд па змене рэжыму 10.10.2023: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-10-08 17:00:46</t>
   </si>
   <si>
     <t>Наталля Краўчук</t>
   </si>
   <si>
     <t>29 траўня 1969</t>
   </si>
   <si>
     <t>Вырак суда 03.11.2025: 2 гады 8 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
     <t>Аляксандр Уладзіміравіч Лопух</t>
   </si>
   <si>
     <t>30 траўня 1982</t>
   </si>
   <si>
     <t>Аляксандр быў затрыманы ў межах крымінальнай справы, узбуджанай пасля акцыі пратэсту, якая праходзіла ў Пінску ў ноч з 9 на 10 жніўня 2020 года супраць фальсіфікацый на прэзідэнцкіх выбарах. Яго асудзілі за ўдзел у "масавых беспарадках".</t>
   </si>
   <si>
     <t>Вырак суда 06.07.2021: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 03.09.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
   </si>
   <si>
     <t>Алег Барысавіч Лойка</t>
   </si>
   <si>
     <t>31 траўня 1976</t>
   </si>
   <si>
     <t>Евангельскага пастара з Хойніцкага раёна Алега Лойкі абвінавачваюць у перадачы інфармацыі аб перамяшчэнні расійскай ваеннай тэхнікі па тэрыторыі Беларусі.
 48-гадовы Алег Лойка з'яўляецца пастарам царквы хрысціян веры евангельскай у вёсцы Небытаў Хойніцкага раёна. Вядома, што ў снежні мінулага года ён быў арыштаваны на 10 сутак за "распаўсюджванне экстрэмізму".
 Пастар шмат гадоў займаўся рэабілітацыяй людзей з наркатычнай залежнасцю ў рамках місіі "Вяртанне". Дзякуючы яго дзейнасці сотні чалавек вярнуліся да нармальнага жыцця. Пра мужчыну раней неаднаразова з захапленнем пісалі дзяржаўныя СМІ.
 Служыцеля царквы прыгаварылі да трох з паловай гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму за прадастаўленне інфармацыі аб перамяшчэнні расійскай ваеннай тэхнікі маніторынгаваму праекту "Беларускі Гаюн". Суд адбываўся ў закрытым рэжыме.
 Пастар Алег не прызнае, што здзяйсняў злачынствы, і лічыць сваё сумленне чыстым перад Богам.
 Быў асуджаны паўторна ў кастрычніку 2025 г.</t>
   </si>
   <si>
     <t>Вырак суда 20.08.2025: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
   </si>
   <si>
+    <t>Таццяна Мікалаеўна Русак</t>
+  </si>
+  <si>
+    <t>15 мая 2023 года на АНТ выйшаў прапагандысцкі фільм "Забойная пасылка" смерці: хто і як хацеў здзейсніць тэракт у Дзень Перамогі", дзе распавялі падрабязнасці справы. Там паведамлялася, што нібыта КДБ напярэдадні Дня перамогі 9 мая 2023 года "прадухіліў тэракт пад куратарствам Кіева". Там заявілі, што выбухоўка знаходзілася ў электрычных плітах, якія даслалі затрыманым праз пасылкі. Арганізатарам акцыі назвалі 23-гадовага беларуса Валерыя Вадзіна, які ваяваў ва Украіне.
+У відэа распавялі пра тое, што пасылкі з электраплітамі, у якіх была выбухоўка, даставілі ў менскі пункт СДЭК у Каменнай Горцы 21 сакавіка 2023 года з Кіева праз Італію. 29-гадовая Вікторыя Волчак пацвердзіла на допыце, што яна атрымала пасылку - яе папрасіў атрымаць пасылку Валерый Водзін. Студэнтка БДУ Ганна Савачкіна і яе маці Таццяна Русак узялі плітку ў Волчак і закапалі яе на могілках у Калодзішчах. Другую плітку забраў зубны тэхнік Андрэй Грыгор'еў і адвёз у садовае таварыства "Аўтарамонтнік 124" пад Аляхновічамі.</t>
+  </si>
+  <si>
+    <t>2024-07-20 13:28:29</t>
+  </si>
+  <si>
     <t>Анастасія Уладзіміраўна Лазарэнка</t>
   </si>
   <si>
     <t>31 траўня 1982</t>
   </si>
   <si>
     <t>Адвакат. Была затрымана ў пачатку чэрвеня 2022 года, праз два дні пасля 40-годдзя, за зліў дадзеных тэлеграм-каналам. Сілавікі прыехалі затрымліваць жанчыну з аўтаматамі і ў бронекамізэльках — яны залезлі ў вокны і выламалі дзверы.
 У сакавіку 2023 г. стала вядома, што яе таксама абвінавачваюць па арт. 203-1 КК (Незаконныя дзеянні ў дачыненні да інфармацыі аб прыватным жыцці) і ч. 1 арт. 342 КК. Па версіі следства, яна нібыта арганізавала «несанкцыянаванае масавае мерапрыемства», калі праводзіла кансультацыю пад Акрэсціна ў жніўні 2020 года.
 На волі ў яе засталіся састарэлы бацька і 19-гадовы сын, які з 16 гадоў пакутуе ад хваробы Крона.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2022-08-26 15:26:58</t>
-  </si>
-[...23 lines deleted...]
-    <t>2024-07-20 13:28:29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1680,2294 +1557,2077 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>73</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>85</v>
       </c>
       <c r="I15" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>87</v>
       </c>
       <c r="B16" t="s">
         <v>88</v>
       </c>
       <c r="C16" t="s">
         <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>90</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>91</v>
       </c>
       <c r="I16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>96</v>
       </c>
       <c r="I17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>98</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
       <c r="C18" t="s">
         <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="I18" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+      <c r="I19" t="s">
         <v>106</v>
-      </c>
-[...13 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" t="s">
         <v>108</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>109</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>110</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="I20" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>113</v>
       </c>
       <c r="B21" t="s">
         <v>114</v>
       </c>
       <c r="C21" t="s">
         <v>115</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>116</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>120</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>121</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>122</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>127</v>
       </c>
       <c r="I23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>129</v>
       </c>
       <c r="B24" t="s">
         <v>130</v>
       </c>
       <c r="C24" t="s">
         <v>131</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>132</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
       <c r="C26" t="s">
         <v>142</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
       <c r="I26" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>145</v>
       </c>
       <c r="B27" t="s">
         <v>146</v>
       </c>
       <c r="C27" t="s">
         <v>147</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>148</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>150</v>
+      </c>
+      <c r="B28" t="s">
         <v>151</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>152</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
         <v>153</v>
       </c>
-      <c r="D28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>78</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>79</v>
+        <v>165</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>132</v>
+        <v>171</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>169</v>
+        <v>43</v>
       </c>
       <c r="I31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C32" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>176</v>
       </c>
       <c r="I32" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>178</v>
       </c>
       <c r="B33" t="s">
         <v>179</v>
       </c>
       <c r="C33" t="s">
         <v>180</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>181</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>183</v>
+      </c>
+      <c r="B34" t="s">
         <v>184</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>185</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>186</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>188</v>
+      </c>
+      <c r="B35" t="s">
         <v>189</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>190</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>191</v>
       </c>
-      <c r="D35" t="s">
-[...2 lines deleted...]
-      <c r="E35" t="s">
+      <c r="I35" t="s">
         <v>192</v>
-      </c>
-[...10 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>193</v>
+      </c>
+      <c r="B36" t="s">
         <v>194</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>195</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>121</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>196</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>198</v>
+      </c>
+      <c r="B37" t="s">
         <v>199</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>200</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" t="s">
+        <v>31</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>201</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>203</v>
+      </c>
+      <c r="B38" t="s">
         <v>204</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
         <v>209</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>212</v>
       </c>
       <c r="I39" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>214</v>
       </c>
       <c r="B40" t="s">
         <v>215</v>
       </c>
       <c r="C40" t="s">
         <v>216</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>217</v>
       </c>
       <c r="I40" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>219</v>
       </c>
       <c r="B41" t="s">
         <v>220</v>
       </c>
       <c r="C41" t="s">
         <v>221</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I41" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>224</v>
       </c>
       <c r="B42" t="s">
         <v>225</v>
       </c>
       <c r="C42" t="s">
         <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>121</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
+        <v>227</v>
       </c>
       <c r="H42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>132</v>
+        <v>211</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I43" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I44" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B45" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>105</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I45" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B46" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C46" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B47" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="C47" t="s">
         <v>251</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>252</v>
       </c>
       <c r="I47" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>254</v>
       </c>
       <c r="B48" t="s">
         <v>255</v>
       </c>
       <c r="C48" t="s">
         <v>256</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
+        <v>43</v>
+      </c>
+      <c r="I48" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
         <v>259</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>260</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>262</v>
       </c>
       <c r="I49" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>264</v>
       </c>
       <c r="B50" t="s">
         <v>265</v>
       </c>
+      <c r="C50" t="s">
+        <v>266</v>
+      </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="C51" t="s">
         <v>270</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>271</v>
       </c>
       <c r="I51" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>273</v>
       </c>
       <c r="B52" t="s">
         <v>274</v>
       </c>
       <c r="C52" t="s">
         <v>275</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>276</v>
       </c>
       <c r="I52" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>278</v>
       </c>
       <c r="B53" t="s">
         <v>274</v>
       </c>
       <c r="C53" t="s">
         <v>279</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>20</v>
+        <v>227</v>
       </c>
       <c r="I53" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>281</v>
       </c>
       <c r="B54" t="s">
         <v>282</v>
       </c>
       <c r="C54" t="s">
         <v>283</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>37</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>38</v>
+        <v>284</v>
       </c>
       <c r="I54" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C55" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>90</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="I55" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>290</v>
       </c>
       <c r="B56" t="s">
         <v>291</v>
       </c>
       <c r="C56" t="s">
         <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>293</v>
       </c>
-      <c r="F56" t="s">
-[...5 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>295</v>
+      </c>
+      <c r="B57" t="s">
         <v>296</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>90</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
+        <v>68</v>
+      </c>
+      <c r="I57" t="s">
         <v>297</v>
-      </c>
-[...13 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>298</v>
+      </c>
+      <c r="B58" t="s">
+        <v>299</v>
+      </c>
+      <c r="C58" t="s">
         <v>300</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>24</v>
+      </c>
+      <c r="E58" t="s">
+        <v>31</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>301</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>302</v>
-      </c>
-[...16 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>303</v>
+      </c>
+      <c r="B59" t="s">
+        <v>304</v>
+      </c>
+      <c r="C59" t="s">
         <v>305</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
         <v>306</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>307</v>
-      </c>
-[...13 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>308</v>
+      </c>
+      <c r="B60" t="s">
         <v>309</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>24</v>
+      </c>
+      <c r="E60" t="s">
+        <v>132</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
         <v>310</v>
       </c>
-      <c r="C60" t="s">
+      <c r="I60" t="s">
         <v>311</v>
-      </c>
-[...13 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>312</v>
+      </c>
+      <c r="B61" t="s">
+        <v>313</v>
+      </c>
+      <c r="C61" t="s">
         <v>314</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>78</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>227</v>
+      </c>
+      <c r="H61" t="s">
         <v>315</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>316</v>
-      </c>
-[...16 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>317</v>
+      </c>
+      <c r="B62" t="s">
+        <v>318</v>
+      </c>
+      <c r="C62" t="s">
         <v>319</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>261</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>227</v>
+      </c>
+      <c r="H62" t="s">
         <v>320</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>321</v>
-      </c>
-[...16 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>322</v>
+      </c>
+      <c r="B63" t="s">
+        <v>323</v>
+      </c>
+      <c r="C63" t="s">
         <v>324</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>105</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>325</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>327</v>
+      </c>
+      <c r="B64" t="s">
         <v>328</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>329</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>37</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>330</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>332</v>
+      </c>
+      <c r="B65" t="s">
         <v>333</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>334</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
         <v>335</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" t="s">
         <v>338</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>339</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>340</v>
-      </c>
-[...16 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>341</v>
+      </c>
+      <c r="B67" t="s">
+        <v>342</v>
+      </c>
+      <c r="C67" t="s">
         <v>343</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>121</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>344</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>345</v>
-      </c>
-[...16 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
+        <v>347</v>
+      </c>
+      <c r="C68" t="s">
         <v>348</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>90</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
         <v>349</v>
       </c>
-      <c r="C68" t="s">
+      <c r="I68" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>351</v>
+      </c>
+      <c r="B69" t="s">
+        <v>352</v>
+      </c>
+      <c r="D69" t="s">
+        <v>24</v>
+      </c>
+      <c r="E69" t="s">
+        <v>132</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
         <v>353</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>354</v>
-      </c>
-[...19 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70" t="s">
+        <v>356</v>
+      </c>
+      <c r="C70" t="s">
+        <v>357</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>358</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>359</v>
-      </c>
-[...19 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>360</v>
+      </c>
+      <c r="B71" t="s">
+        <v>361</v>
+      </c>
+      <c r="C71" t="s">
+        <v>362</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>105</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>363</v>
       </c>
-      <c r="B71" t="s">
+      <c r="I71" t="s">
         <v>364</v>
-      </c>
-[...13 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>365</v>
+      </c>
+      <c r="B72" t="s">
+        <v>361</v>
+      </c>
+      <c r="C72" t="s">
+        <v>366</v>
+      </c>
+      <c r="D72" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" t="s">
+        <v>31</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>32</v>
+      </c>
+      <c r="I72" t="s">
         <v>367</v>
-      </c>
-[...22 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>368</v>
+      </c>
+      <c r="B73" t="s">
+        <v>369</v>
+      </c>
+      <c r="C73" t="s">
+        <v>370</v>
+      </c>
+      <c r="D73" t="s">
+        <v>24</v>
+      </c>
+      <c r="E73" t="s">
+        <v>31</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>371</v>
+      </c>
+      <c r="I73" t="s">
         <v>372</v>
-      </c>
-[...245 lines deleted...]
-        <v>412</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">