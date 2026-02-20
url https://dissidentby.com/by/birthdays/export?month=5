--- v1 (2025-12-18)
+++ v2 (2026-02-20)
@@ -12,1231 +12,1393 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="373">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
   </si>
   <si>
+    <t>Зміцер Аляксандравіч Хацяновіч</t>
+  </si>
+  <si>
+    <t>1 траўня 1978</t>
+  </si>
+  <si>
+    <t>Мужчынскі</t>
+  </si>
+  <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t>У зняволенні</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-01-02 00:30:08</t>
+  </si>
+  <si>
+    <t>Наталля Мікалаеўна Жыгар</t>
+  </si>
+  <si>
+    <t>2 траўня 1956</t>
+  </si>
+  <si>
+    <t>Справа Наталлі Жыгар, як мяркуецца, звязана з падтрымкай людзей, якія ўтрымліваліся ў СІЗА. Да пенсіі яна працавала ў канцылярыі Брэсцкага суда.
+Да суда жанчына была пад хатнім арыштам.
+Справу разглядалі ў Гарадзенскім абласным судзе. Вядома , што спачатку яно было адпраўлена на дапрацоўку.
+Суддзя Валерый Раманоўскі пачаў разглядаць справу Наталлі 19 жніўня 2024 г., пасяджэнні працягнуліся 20, 24, 30 верасня.
+27 снежня 2024 г. у Вярхоўным судзе адбыўся разгляд апеляцыйнай скаргі Наталлі.</t>
+  </si>
+  <si>
+    <t>Жаночы</t>
+  </si>
+  <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
+  </si>
+  <si>
+    <t>Так</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:18:12</t>
+  </si>
+  <si>
     <t>Канстанцін Валер'евіч Мядзведзеў</t>
   </si>
   <si>
     <t>2 траўня 1988</t>
   </si>
   <si>
-    <t>Мужчынскі</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-11-27 16:04:33</t>
   </si>
   <si>
-    <t>Павел Яўгенавіч Кучынскі</t>
-[...15 lines deleted...]
-    <t>Ганна Багінская</t>
+    <t>Ганна Аляксандраўна Багінская</t>
   </si>
   <si>
     <t>2 траўня 1978</t>
   </si>
   <si>
     <t>Затрымана ў пачатку мая 2025 года па "справе Гаюна" - за перадачу даных тэлеграм-каналу "Беларускі Гаюн" аб перамяшчэнні ваенная тэхнікі.</t>
-  </si>
-[...4 lines deleted...]
-    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
   </si>
   <si>
     <t>Вырак суда 20.11.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
     <t>Ганна Яўгенаўна Савачкіна</t>
   </si>
   <si>
     <t>3 траўня 1999</t>
   </si>
   <si>
     <t>15 мая 2023 года на АНТ выйшаў прапагандысцкі фільм "Забойная пасылка" смерці: хто і як хацеў здзейсніць тэракт у Дзень Перамогі", дзе распавялі падрабязнасці справы. Там паведамлялася, што нібыта КДБ напярэдадні Дня перамогі 9 мая 2023 года "прадухіліў тэракт пад куратарствам Кіева". Там заявілі, што выбухоўка знаходзілася ў электрычных плітах, якія даслалі затрыманым праз пасылкі. Арганізатарам акцыі назвалі 23-гадовага беларуса Валерыя Вадзіна, які ваяваў ва Украіне.
 У відэа распавялі пра тое, што пасылкі з электраплітамі, у якіх была выбухоўка, даставілі ў менскі пункт СДЭК у Каменнай Горцы 21 сакавіка 2023 года з Кіева праз Італію. 29-гадовая Вікторыя Волчак пацвердзіла на допыце, што яна атрымала пасылку - яе папрасіў атрымаць пасылку Валерый Водзін. Студэнтка БДУ Ганна Савачкіна і яе маці Таццяна Русак узялі плітку ў Волчак і закапалі яе на могілках у Калодзішчах. Другую плітку забраў зубны тэхнік Андрэй Грыгор'еў і адвёз у садовае таварыства "Аўтарамонтнік 124" пад Аляхновічамі.
 Ганна Савачкіна скончыла тры курсы эканамічнага факультэта БДУ, але з верасня 2022 года паступіла на першы курс біялагічнага факультэта БДУ, стараста групы. Да інстытута скончыла гімназію-каледж мастацтваў імя І.А. Ахрэмчыка па спецыяльнасці музыка. Затрымана разам з маці.</t>
   </si>
   <si>
-    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 09.08.2024: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-04-05 12:35:41</t>
   </si>
   <si>
     <t>Алег Сцяпанавіч Кіньеў</t>
   </si>
   <si>
     <t>3 траўня 1969</t>
   </si>
   <si>
     <t>Алег жыве ў аграгарадку Першамайская (Блудзень) у Бярозаўскім раёне Брэсцкай вобласці.
 Ён прадпрымальнік, займаецца дахавымі працамі. Яго спецыялізацыя - выраб купалоў для праваслаўных цэркваў. Алег займаецца гэтым з 2000-х. Спачатку ён працаваў з брыгадай як наёмны працаўнік, а праз некалькі гадоў адкрыў сваю справу. Кінёў рэканструяваў купал Патрыяршага прадстаўніцтва РПЦ, ствараў купал для царквы ваеннай часці ў Слоніме, рабіў дубовы мост, прыстань і альтанку на астраўку побач з сядзібай графа Гутэн-Чапскага ў Станькаве і капліцу ў заапарку. У цэлым яго работы раскіданы па розных гарадах і вёсках Беларусі.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-10-05 13:19:42</t>
   </si>
   <si>
-    <t>Кірыл Валянцінавіч Краўцоў</t>
-[...9 lines deleted...]
-    <t>2025-07-24 09:10:34</t>
+    <t>Аляксандр Міхайлавіч Мацяюк</t>
+  </si>
+  <si>
+    <t>3 траўня 1982</t>
+  </si>
+  <si>
+    <t>Актывіст "Краіны для жыцця" і член каманды Святланы Ціханоўскай, Аляксандр неаднаразова падвяргаўся затрыманням па палітычных адміністрацыйных артыкулах. Яго затрымалі разам з іншым актывістам, Алегам Баразной, за якімі, як вядома, сачылі з восені 2020 года. Пасля Аляксандр быў асуджаны па сфабрыкаванай крымінальнай справе, звязанай з наркотыкамі.</t>
+  </si>
+  <si>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.10.2021: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 100 базавых велічынь штрафу, 1108 рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-04-05 12:35:41</t>
   </si>
   <si>
     <t>Святлана Вячаславаўна Якубовіч</t>
   </si>
   <si>
     <t>4 траўня 1974</t>
   </si>
   <si>
     <t>У студзені 2022 года будучага мужа Святланы Станіслава асудзілі на тры гады па арт. 342 КК і арт. 364 КК РБ. Святлана, якая перажывала ягоны лёс, насіла яму перадачы. 24 лютага 2022 года Святлана Якубовіч выйшла замуж за Станіслава, у той момант усё яшчэ знаходзіўся ў зняволенні. У снежні 2023 года Станіслаў выйшаў на волю, цалкам адбыўшы прызначаны судом тэрмін пакарання. А праз год пару затрымалі па новай крымінальнай справе.</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
   </si>
   <si>
     <t>Вырак суда 26.11.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Алег Віктаравіч Яфрэменка</t>
   </si>
   <si>
     <t>4 траўня 1981</t>
   </si>
   <si>
     <t>Алег быў затрыманы і асуджаны за "падсечку" міліцыянту падчас вулічнага шэсця ў Віцебску 13 верасня 2020 года. У верасні 2021 года яго перавялі на турэмны рэжым за "парушэнне правілаў распарадку".
 У жніўні 2022 года Алега паўторна асудзілі за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы" і дадалі яшчэ адзін год пазбаўлення волі.
 25 ліпеня 2023 года палітвязня зноў асудзілі за "непадпарадкаванне патрабаванням адміністрацыі" і прыгаварылі да яшчэ аднаго года пазбаўлення волі.
 У верасні 2024 года адбыўся чарговы разгляд крымінальнай справы супраць Алега за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы" — абвінавачанне, якое часта ўжываецца да зняволеных, якія адмовіліся супрацоўнічаць з турэмнай адміністрацыяй.
 На працягу ўсяго тэрміну зняволення на Алега ўвесь час аказваюць ціск. Яго рэгулярна адпраўляюць у ШІЗА, дзе ён утрымліваецца ў ізаляцыі на працягу дзясяткаў дзён.</t>
   </si>
   <si>
     <t>ПК-14 222125, Мінская вобл., с.н.п Навасады, вул.Міра, 1А</t>
   </si>
   <si>
     <t>Вырак суда 09.12.2020: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 рублёў кампенсацыі. Суд па змене рэжыму 30.09.2021: невядома гадоў турэмнага рэжыму. Вырак суда 15.08.2022: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 10.11.2022: прысуд пакінуты без змены. Вырак суда 25.07.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 19.10.2023: прысуд пакінуты без змены. Вырак суда 24.09.2024: невядома. Апеляцыя 13.12.2024: невядома.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Ірына Мікалаеўна Клязавіч</t>
-[...29 lines deleted...]
-  <si>
     <t>Вячаслаў Мікалаевіч Калоўсаў</t>
   </si>
   <si>
     <t>5 траўня 1984</t>
   </si>
   <si>
     <t>15 чэрвеня 2023 г. быў асуджаны па арт. 205 (Крадзеж) да 2 гадоў і 6 месяцаў пазбаўлення волі.
 14 чэрвеня 2024 г. у судзе Баранавічаў і Баранавіцкага раёна пачаўся разгляд крымінальнай справы па арт. 342 КК (Актыўны ўдзел у групавых дзеяннях , якія груба парушаюць грамадскі парадак ). Па ёй судзяць Вячаслава і яшчэ восем чалавек .
 Шляхам складання прысудаў па гэтай і мінулай крымінальнай справе, яму канчаткова прызначылі 3 гады пазбаўлення волі строгага рэжыму.</t>
   </si>
   <si>
     <t>Вырак суда 10.07.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
+    <t>Ірына Мікалаеўна Клязавіч</t>
+  </si>
+  <si>
+    <t>5 траўня 1966</t>
+  </si>
+  <si>
+    <t>Затрымана ў выніку масавага рэйду сілавых структур 23-24 студзеня 2024 года на сваякоў палітвязняў і людзей, якія дасылалі пасылкі і лісты палітвязням.
+Ірыну судзілі, як "Твар, які здзейсніў грамадска небяспечнае дзеянне". Гэта азначае, што, па рашэнні суда, да яе павінны былі быць прыменены прымусовыя меры медыцынскага характару. Суд над ёй адбыўся 18 і 23 верасьня 2024 года. Яе месцазнаходжанне невядома.</t>
+  </si>
+  <si>
+    <t>Вырак суда 23.09.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-06-15 13:33:34</t>
+  </si>
+  <si>
+    <t>Валерый Валер'евіч Жукаў</t>
+  </si>
+  <si>
+    <t>5 траўня 1974</t>
+  </si>
+  <si>
+    <t>Быў затрыманы ў лістападзе 2024 года і асуджаны па адміністратыўнай ч. 2 ст. 19.11 КаАП РБ (Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць), пасля чаго завялі крымінальную справу.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
+  </si>
+  <si>
     <t>Юрый Славаміравіч Сяргей</t>
   </si>
   <si>
     <t>6 траўня 1988</t>
   </si>
   <si>
     <t>Юры быў затрыманы і асуджаны па некалькіх артыкулах, у тым ліку незаконнае захоўванне халоднай зброі. Усё пачалося з відэа, дзе кіроўца BMW збівае мужчыну з бел-чырвона-белым сцягам. Відэа разышлося ў сацсетках, і быў апублікаваны адрас кіроўцы Дзмітрыя Давыдзюка. Па версіі следства, трое мінчан вырашылі "правучыць" вадзіцеля, пракалоўшы шыны яго аўтамабіля.</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>Вырак суда 31.03.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 150 базавых велічынь штрафу. Апеляцыя 20.07.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
-  </si>
-[...19 lines deleted...]
-    <t>2021-02-26 21:21:02</t>
   </si>
   <si>
     <t>Андрэй Сяргеевіч Сачэўка</t>
   </si>
   <si>
     <t>6 траўня 1996</t>
   </si>
   <si>
     <t>Упершыню Андрэя затрымаў ГУБАЗіК за размяшчэнне "экстрэмісцкіх" матэрыялаў на сваёй старонцы "Укантакце". Пад імі мелася на ўвазе відэа з прыняцця Лукашэнкам прысягі ў 1994 годзе пад бел-чырвона-белым сцягам, якім Сачыўка падзяліўся на старонцы.
 Быў асуджаны за ўдзел у гарадзенскіх Маршах і каментары ў чаце.
 Мужчына не прызнаў віну, а пацвердзіў толькі факт напісання каментароў 11 і 12 жніўня 2020 года. Удзел мужчыны ў гарадзенскіх Маршах не пацвердзілася пасля прагляду відэазапісаў з мерапрыемстваў у горадзе.
 У чэрвені 2022 года была праведзена лабараторна-судовая экспертыза. Яна пацвердзіла псіхічнае захворванне Андрэя. Аднак ён усё роўна быў асуджаны, а таксама ўключаны ў пералік фізічных асоб і арганізацый, якія маюць дачыненне да тэрарыстычнай дзейнасці.
 У жніўні 2023 года была пераведзена на турэмны рэжым.</t>
   </si>
   <si>
     <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
     <t>Яўген Міхайлавіч Пугач</t>
   </si>
   <si>
     <t>6 траўня 1984</t>
   </si>
   <si>
     <t>прадстаўнік мінскага стартап-хаба "Імагуру". Выпускнік магістарскай праграмы ЕГУ "Еўрапейскія даследаванні", пасля гэтага працаваў у шэрагу НДА і прыватным сектары з бізнесам. Ствараў і развіваў стартап-экасістэмы Беларусі.</t>
   </si>
   <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
     <t>Вырак суда 03.12.2024: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-08-28 19:37:47</t>
+  </si>
+  <si>
+    <t>Аляксандр Уладзіміравіч Францкевіч</t>
+  </si>
+  <si>
+    <t>6 траўня 1990</t>
+  </si>
+  <si>
+    <t>Актывіст анархісцкага руху Аляксандр быў затрыманы 12 жніўня 2020 года і асуджаны па шэрагу крымінальных артыкулаў. Раней, у 2010 годзе, ён ужо адбываў пакаранне па "справе анархістаў".
+У 2022 годзе яго прыгаварылі да 17 гадоў калоніі, а ў лютым 2023 года Вярхоўны суд скараціў тэрмін на 3 месяцы.
+У чэрвені 2024 года Аляксандра зноў абвінавацілі па артыкуле за "злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі", і яму дадалі яшчэ адзін год зняволення.
+У ліпені 2024 года была затрымана яго маці, Таццяна Францкевіч, паводле абвінавачання ва "ўдзеле ў экстрэмісцкім фарміраванні". Разам з ёй затрымалі яе сястру Наталлю Лабацэвіч, маці былога палітвязня Іллі Лабацэвіча.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Вырак суда 06.09.2022: 17 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 700 базавых велічынь штрафу, прыблізна 1200 рублёў кампенсацыі. Апеляцыя 28.02.2023: 16 гадоў 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 700 базавых велічынь штрафу, прыблізна 1200 рублёў кампенсацыі. Вырак суда 24.06.2024: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 24.09.2024: невядома. Суд па змене рэжыму 05.08.2025: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:21:02</t>
   </si>
   <si>
     <t>Зміцер Іванавіч Лапец</t>
   </si>
   <si>
     <t>7 траўня 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 Вядома, што яго затрымалі за ўдзел у пратэстах у 2020 годзе, прад'явіўшы фота з аднаго з маршаў.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
-    <t>Міхаіл Анатольевіч Тарасевіч</t>
-[...13 lines deleted...]
-  <si>
     <t>Аляксандр Міхайлавіч Шарабайка</t>
   </si>
   <si>
     <t>7 траўня 1971</t>
   </si>
   <si>
     <t>Бодзібілдар, краязнаўца. Раней мужчына затрымліваўся за ўдзел у акцыях пратэсту. 16 сакавіка 2023 г. яго арыштавалі за «распаўсюд экстрэмісцкіх матэрыялаў» і асудзілі на 10 сутак. Мужчына не выйшаў і быў пераведзены ў СІЗА. Першапачатковы артыкул абвінавачання быў за абразу Лукашэнкі.
 У маі 2024 года пераведзены ў СІЗА па новай крымінальнай справе яго зноў пачалі судзіць 7 мая 2024 г. Акрамя яго па справе праходзілі яшчэ Андрэй Стабулянец і Дзяніс Цыбульскі, якога год таму асудзілі за ўдзел у акцыях пратэсту ў Мінску (ст. 342 КК).</t>
   </si>
   <si>
     <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
   </si>
   <si>
     <t>Вырак суда 14.09.2023: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.11.2023: невядома. Вырак суда 05.06.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-03-26 23:12:21</t>
+  </si>
+  <si>
+    <t>Міхаіл Анатольевіч Тарасевіч</t>
+  </si>
+  <si>
+    <t>7 траўня 1976</t>
+  </si>
+  <si>
+    <t>Акрамя пазбаўлення волі Міхаілу прысудзілі выплаціць кампенсацыі маральнай шкоды пацярпелым і ўрон, "нанесены прыпынкам грамадскага транспарту" ў памеры 49 тысяч рублёў, што складае амаль 20 тысяч долараў.</t>
+  </si>
+  <si>
+    <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
+  </si>
+  <si>
+    <t>2022-11-19 00:34:39</t>
+  </si>
+  <si>
+    <t>Сяргей Уладзіміравіч Васюкевіч</t>
+  </si>
+  <si>
+    <t>8 траўня 1983</t>
+  </si>
+  <si>
+    <t>Апошнія 11 гадоў Сяргей быў намеснікам дырэктара па камерцыі ў сталічным офісе «Ізакам Пласт».
+Для Дзятлаўшчыны група кампаній «Ізакам» і «Ізакам Пласт» - гэта важны завод. Прадпрыемства вырасла на месцы закінутага завода драўляных канструкцый і ператварылася ў гіганта, дзе працуюць 270 чалавек - вялікая лічба для райцэнтра.
+Там выпускаюць гнуткія ізаляваныя трубы, якія экспартуюцца ў Расію і выкарыстоўваюцца ў дзяржпраграмах. У 2025 годзе, калі Сяргей ужо быў пад пераследам, кампанія атрымала ўзнагароду "Лідэр энергаэфектыўнасці".</t>
+  </si>
+  <si>
+    <t>2026-01-27 21:04:19</t>
   </si>
   <si>
     <t>Аляксандр Яўгенавіч Сезень</t>
   </si>
   <si>
     <t>8 траўня 1970</t>
   </si>
   <si>
     <t>13 лістапада быў затрыманы Аляксандр Сезень. У ягонай кватэры ў шматкватэрным доме, што па вуліцы Гарбатава, быў праведзены ператрус. Па некаторых звестках адбыўся таксама пазнейшы начны ператрус, калі сам Сезон, які мае значныя праблемы са здароўем, знаходзіўся ў шпіталі. Што яму збіраюцца інкрымінаваць - пакуль невядома.
 Аляксандр неаднаразова затрымліваўся міліцыяй яшчэ да 2020 года, ён вёў цяжбу з рознымі дзяржаўнымі структурамі і пісаў скаргі.</t>
   </si>
   <si>
     <t>Вырак суда 12.06.2025: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
     <t>Яўген Валер'евіч Бурло</t>
   </si>
   <si>
     <t>9 траўня 1991</t>
   </si>
   <si>
     <t>Музыка гурта TOR BAND, затрыманы разам са Змітром Галавачом, таксама былі затрыманыя іх жонкі. Жонцы Галавача прысудзілі штраф, жонцы Бурло – адміністрацыйны арышт.
 У канцы лістапада 2022 года Зміцер і Яўген былі асуджаныя трэці раз на 15 сутак. TOR BAND стаў папулярным у Беларусі гуртом на хвалі пратэстаў 2020 года. Многія песні сталі хітамі на розных платформах. Інфармацыйную прадукцыю, сацыяльныя сеткі і лагатып гурта TOR BAND прызналі «экстрэмісцкімі», а таксама іх вышэйпералічаныя песні.</t>
   </si>
   <si>
     <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
   </si>
   <si>
     <t>8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2022-12-06 21:04:39</t>
   </si>
   <si>
     <t>Максім Сяргеевіч Драбніца</t>
   </si>
   <si>
     <t>9 траўня 2001</t>
   </si>
   <si>
     <t>22-гадовы жыхар Светлагорска. Максіма судзяць "за арганізацыю дзейнасці тэрарыстычнай арганізацыі і ўдзел у дзейнасці такой арганізацыі". Максіма прызналі вінаватым у тым, што ён уступіў у "экстрэмісцкае фарміраванне" (план "Перамога") і планаваў узарваць чыгунку ў Светлагорскім раёне. Дзяржаўнае выданне піша, што, каб спыніць вайну ва Украіне, мініяцюра "была гатовая на ўсё". Калі ж хлопец прыехаў да чыгункі, то патрапіў там у засаду сілавікоў і быў затрыманы.
 Дзяржорганы аб гэтай справе нічога не паведамлялі. Судовы працэс зачынены.
 19.09.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
-    <t>8 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+    <t>Вырак суда 13.07.2023: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 19.09.2023: невядома.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
     <t>Іван Аляксандравіч Зянько</t>
   </si>
   <si>
     <t>10 траўня 1982</t>
   </si>
   <si>
     <t>Індывідуальны прадпрымальнік быў затрыманы і асуджаны па трох крымінальных артыкулах за ўдзел у падзеі, якая адбылася падчас разгону людзей 11 кастрычніка 2020 года каля станцыі метро "Пушкінская".
 У красавіку 2022 года Івана зноў асудзілі за ўдзел у акцыі пратэсту, але на выніковы тэрмін гэта не паўплывала. Аднак у лістападзе гэтага ж года яму дадалі яшчэ адзін год пазбаўлення волі, асудзіўшы за "непадпарадкаванне патрабаванням адміністрацыі папраўчай установы".
 У верасні 2023 года быў асуджаны дадаткова на 3 гады пазбаўлення волі за "гвалт у дачыненні да службовай асобы".
 У сакавіку 2024 года пераведзены на турэмны рэжым на 3 гады.</t>
   </si>
   <si>
-    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
-[...2 lines deleted...]
-    <t>Вырак суда 02.04.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, прыблізна 28000 рублёў кампенсацыі. Вырак суда 07.04.2022: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 09.11.2022: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.02.2023: прысуд пакінуты без змены. Вырак суда 14.09.2023: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.12.2023: прысуд пакінуты без змены. Суд па змене рэжыму 12.03.2024: 3 гады турэмнага рэжыму.</t>
+    <t>Вырак суда 02.04.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, прыблізна 28000 рублёў кампенсацыі. Вырак суда 07.04.2022: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 09.11.2022: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.02.2023: прысуд пакінуты без змены. Вырак суда 14.09.2023: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.12.2023: прысуд пакінуты без змены. Суд па змене рэжыму 12.03.2024: 3 гады турэмнага рэжыму. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
     <t>Аляксандр Пятровіч Гаршуноў</t>
   </si>
   <si>
     <t>10 траўня 1979</t>
   </si>
   <si>
     <t>Працаваў праграмістам на менскім заводзе «Атлант».</t>
   </si>
   <si>
     <t>Вырак суда 05.03.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-05-26 01:52:20</t>
   </si>
   <si>
+    <t>Арцём Вітальевіч Шынкевіч</t>
+  </si>
+  <si>
+    <t>10 траўня 1992</t>
+  </si>
+  <si>
+    <t>ПУАТ-45, 225073, Брэсцкая вобл., Камянецкі р-н., в. Сушкі, вул. Цэнтральная, 1</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 20.01.2026: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-23 11:44:37</t>
+  </si>
+  <si>
     <t>Алег Валер'евіч Кекух</t>
   </si>
   <si>
     <t>11 траўня 1983</t>
   </si>
   <si>
     <t>Улетку 2023 года прайшоў суд па ўзмацненні жорсткасці пакарання Алегу. Пасля апеляцыйнага суда 05.09.2023 Алега перавялі ў калонію.</t>
   </si>
   <si>
     <t>3 гады абмежавання волі з накіраваннем у папраўчую ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
+  </si>
+  <si>
+    <t>Уладзімір Іванавіч Янкоўскі</t>
+  </si>
+  <si>
+    <t>11 траўня 1972</t>
+  </si>
+  <si>
+    <t>Уладзіміра затрымалі вясной 2025 года ў межах крымінальнай справы па артыкуле "садзейнічанне экстрэмісцкай дзейнасці", а восенню таго ж года ён быў прызнаны вінаватым і прыгавораны да абмежавання волі з накіраваннем і штрафу.</t>
+  </si>
+  <si>
+    <t>ПУАТ-43, 212003, г. Магілёў, вул. Чалюскінцаў, 76А</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.09.2025: 2 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, 500 базавых велічынь штрафу. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-08-21 10:19:58</t>
+  </si>
+  <si>
+    <t>Уладзіслаў Уладзіміравіч Насцюшкін</t>
+  </si>
+  <si>
+    <t>12 траўня 1996</t>
+  </si>
+  <si>
+    <t>28 гадоў, спачатку скончыў каледж як тэхнік-праграміст, потым адвучыўся ў БарДУ (Баранавіцкім дзяржаўным універсітэце). У некаторых сацсетках бягучым горадам указаны Брэст, у іншых Кобрын. На Яндекс.Паслугах прапануе паслугі па распрацоўцы сайтаў і рамонце кампутараў у Брэсце і Кобрыне. Вёў стрымы па ПК-гульнях на Youtube-канале «Dog Chain».За якія менавіта пратэсты судзілі Уладзіслава, на гэты момант невядома. Аднак мяркуючы па артыкуле і па тым, што суд праходзіць у Кобрыне, амаль напэўна гэта суд за кобрынскія пратэсты, якія праходзілі пасля выбараў 9 жніўня 2020 года.</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.11.2024: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 28.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-02 15:58:45</t>
+  </si>
+  <si>
+    <t>Расціслаў Алегавіч Стэфановіч</t>
+  </si>
+  <si>
+    <t>12 траўня 1988</t>
+  </si>
+  <si>
+    <t>Сябра пашыранай Каардынацыйнай рады быў затрыманы 29 верасня 2020 года па справе аб масавых беспарадках, збіты супрацоўнікамі АМАПа і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага кірунку".</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
   </si>
   <si>
     <t>Эрык Эрыковіч Каласоўскі</t>
   </si>
   <si>
     <t>12 траўня 2000</t>
   </si>
   <si>
     <t>Затрыманы разам з іншымі маладымі людзьмі ў Баранавічах (напрыканцы снежня 2023 года).
 А прэс-служба суда паведаміла пра прысуд (не называючы імён, але пад абставіны падыходзяць пад дадзеную групу людзей). Пра сутнасць абвінавачанняў сказана коратка: знаходзіліся на праезнай частцы ў Баранавічах, выкрыквалі лозунгі, дэманстравалі бел-чырвона-белыя сцягі, "наўмысна перашкаджалі руху транспарту і нармальнаму функцыянаванню прадпрыемстваў і арганізацый" . Нават не пазначана дакладная дата, калі праходзілі пратэсты, проста называецца “жнівень 2020 года”.
 Такім чынам, у 2024 годзе вынеслі прысуды ўжо 25 жыхарам Баранавічаў за пратэсты жніўня 2020 года. Усім прысудзілі калонію на тэрмін ад 1 да 3 гадоў (адзінае выключэнне - жанчыне з дзіцем ва ўзросце да 3 гадоў прысудзілі калонію з адтэрміноўкай выканання пакарання).</t>
   </si>
   <si>
     <t>Вырак суда 31.05.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
-    <t>Яўген Уладзіміравіч Піліпавіч</t>
-[...34 lines deleted...]
-  <si>
     <t>Мікіта Міхайлавіч Залатароў</t>
   </si>
   <si>
     <t>12 траўня 2004</t>
   </si>
   <si>
     <t>Мікіта быў затрыманы і асуджаны за тое, што, паводле версіі следства, 10 жніўня 2020 года кінуў "кактэйль Молатава" ў бок вайскоўцаў. Абвінавачанне сцвярджала, што бутэлькі былі схаваныя і перададзеныя яму Леанідам Кавалёвым з прапановай падпаліць будынак, аўтобус ці аўтазак. Мікіта адмовіўся даваць паказанні, не прызнаў віну і заявіў аб фізічным і псіхалагічным ціску ў СІЗА. На момант затрымання яму было 16 гадоў, і ён пакутуе на эпілепсію.
 У ліпені 2021 года яго зноў асудзілі па артыкуле аб "гвалце або пагрозе гвалту" за інцыдэнт з супрацоўнікамі СІЗА. У чэрвені 2022 года Мікіту перавялі ў дарослую калонію пасля дасягнення 18 гадоў, а ў жніўні таго ж года ўзмацнілі жорсткасць пакарання, адправіўшы на турэмны рэжым.
 У ліпені 2024 года палітвязня судзілі за "злоснае непадпарадкаванне адміністрацыі калоніі" — артыкул, які часта ўжываецца да зняволеных, якія адмаўляюцца супрацоўнічаць з адміністрацыяй.</t>
   </si>
   <si>
     <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
   </si>
   <si>
     <t>Вырак суда 22.02.2021: 6 гадоў пазбаўлення волі ў выхаваўчай калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.04.2021: прысуд пакінуты без змены. Вырак суда 14.07.2021: 1 год 6 месяцаў пазбаўлення волі ў выхаваўчай калоніі ва ўмовах агульнага рэжыму, 1000 рублёў кампенсацыі. Суд па змене рэжыму 21.06.2022: турэмны рэжым да канца тэрміну. Вырак суда 11.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 15.10.2024: невядома.</t>
   </si>
   <si>
     <t>2021-02-28 02:14:22</t>
   </si>
   <si>
-    <t>Яўген Аляксандравіч Бялькевіч</t>
-[...13 lines deleted...]
-  <si>
     <t>Сяргей Юр'евіч Горлаў</t>
   </si>
   <si>
     <t>13 траўня 1979</t>
   </si>
   <si>
     <t>Сяргея затрымалі ў лютым 2024 году. Спачатку яму далі суткі за "распаўсюджванне экстрэмісцкіх матэрыялаў", а пасля завялі крымінальную справу і перавялі ў СІЗА. Верагодна, справа датычыцца каментароў. Сяргею пагражае ад чатырох да дванаццаці год калоніі.Хобі Сяргея-музыка. У нулявых ён гуляў у групе "Лясное радыё". Удзельнічаў яшчэ ў некалькіх праектах, перакладаў на беларускую мову замежныя песні.
 Сяргей Юр'евіч Горлаў вучыўся ў Мінскім дзяржаўным лінгвістычным універсітэце, пазней скончыў Еўрапейскі гуманітарны ўніверсітэт. Працаваў перакладчыкам і рэпетытарам англійскай мовы. Апошняе вядомае месца яго працы - Інстытут імя Сахарава ў Мінску.</t>
   </si>
   <si>
-    <t>Вырак суда 09.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>Вырак суда 09.12.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
   </si>
   <si>
-    <t>Сяргей Данілавіч Міцюшкін</t>
-[...61 lines deleted...]
-    <t>2025-02-28 01:38:03</t>
+    <t>Яўген Аляксандравіч Бялькевіч</t>
+  </si>
+  <si>
+    <t>13 траўня 1975</t>
+  </si>
+  <si>
+    <t>13.02.2025 быў асуджаны па адміністрацыйным артыкуле (ч. 2 арт. 10.1 КаАП РБ - Наўмыснае прычыненне цялеснага пашкоджання і іншыя гвалтоўныя дзеянні альбо парушэнне ахоўнага прадпісання), пасля чаго была заведзеная крымінальная справа.</t>
+  </si>
+  <si>
+    <t>СІЗА-6, Баранавічы, вул. Брэсцкая 258 В, 225413</t>
+  </si>
+  <si>
+    <t>2025-06-02 23:55:41</t>
   </si>
   <si>
     <t>Таццяна Генадзьевна Колас</t>
   </si>
   <si>
     <t>14 траўня 1981</t>
   </si>
   <si>
     <t>Таццяну абвінавачваюць у тым, што нібыта яна перадала асабістыя звесткі тэлеграм-каналу "Чорная кніга Беларусі".
 27 чэрвеня 2022 года Праўладныя тэлеграм-каналы паведамілі, што жанчына працавала ў адной з дзяржаўных кампаній і мела доступ да асабістых дадзеных сілавікоў .
 Да суда была пад хатнім арыштам.</t>
   </si>
   <si>
     <t>6,5 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2022-06-28 15:06:11</t>
+  </si>
+  <si>
+    <t>Анатоль Анатольевіч Старасветскі</t>
+  </si>
+  <si>
+    <t>14 траўня 1990</t>
+  </si>
+  <si>
+    <t>Былы муж палітвязні Віталіі Бандарэнкі. Яго затрымалі пасля кароткатэрміновага спаткання з Віталём, ля выхаду з калоніі і змясцілі спачатку ў ІЧУ Гомеля, пасля чаго перавялі ў СІЗА-3.
+04.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.03.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 04.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
+    <t>Павел Анатольевіч Лашчанка</t>
+  </si>
+  <si>
+    <t>14 траўня 1972</t>
+  </si>
+  <si>
+    <t>Бізнесмен , кіраўнік аўдытарскай кампаніі Ernst \u0026 Young.
+Паўла затрымалі і змясцілі ў СІЗА па абвінавачанні ў адным з палітычных артыкулаў. Вядома, што крымінальная справа ўзбуджана за падзеі 2020 года. У 2020 годзе, у разгар збіцця грамадзян міліцыяй, за подпісам Лашчанка выйшаў ліст да кіраўнікоў сілавых і дзяржаўных органаў , у якім ён выказаў сумненне ў агучаных Ярмошынай лічбах, а таксама заклікаў усіх раздумацца і вярнуцца да законнасці.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:38:03</t>
+  </si>
+  <si>
+    <t>Зміцер Паўловіч Капуза</t>
+  </si>
+  <si>
+    <t>14 траўня 1989</t>
+  </si>
+  <si>
+    <t>36-гадовыя Зміцер і Вольга Капузы былі затрыманыя 16 студзеня 2024 года. Муж з жонкай родам з Драгічынскага раёна, жылі каля беларуска-ўкраінскай мяжы. Пасля затрымання на дзяржтэлебачанні выйшаў прапагандысцкі відэаролік "Зачыстка. Барацьба з дыверсантамі і агентамі спецслужбаў Украіны ў Беларусі", у якім іх абвінавачвалі ў кантрабандзе з Украіны. Тады агулам затрымалі групу з 12 чалавек. Па версіі прапагандыстаў, пара нібыта працавала на спецслужбы Украіны. Сцвярджалася, што жыхары Драгічынскага раёна дапамагалі Службе бяспекі Украіны - забіралі выбухоўку і рабілі тайнікі на тэрыторыі Беларусі.
+У прапагандысцкім відэа паказалі , як Зміцеру пры затрыманні прастрэлілі сцягно. А пазней - як ён перасоўваецца на мыліцах. Брата Зміцера адразу пасля затрымання супрацоўнікі КДБ збівалі па галаве.
+Адзін з вызваленых палітвязняў, які сядзеў разам з Капузай у СІЗА-7, распавёў, што ад пачатку абвінавачанне ішло па арт. 289 КК РБ - абвінавачанне ў тэрарызме . Але па гэтым артыкуле трэба , каб было здзяйсненне выбуху , падпалу ці іншых дзеянняў, якія ствараюць небяспеку гібелі людзей . Потым супрацоўнікі КДБ перакваліфікавалі справу на арт. 356 КК - " Здрада дзяржаве". Як тлумачыў сам Капуза аднакамерніку , у яго быў дом у вёсцы Сварынь у Драгічынскім раёне, недалёка ад мяжы з Украінай. І вось ён там займаўся кантрабандай : бурштын , цыгарэты , гарэлка. Мог адразу перавезці тавар , а мог схаваць і перавозіць часткамі для бяспекі. Відаць , адно са сховішчаў стала вядома супрацоўнікам КДБ і ў яго падкінулі выбухоўку. Пра што Капуза даведаўся пасля арышту. Падчас затрымання з бусіка выскачылі людзі , падбеглі да яго аўтамабіля, адчынілі дзверцы і без адзінага слова двойчы стрэлілі ў нагу . Дм ітрый атрымаў мінімальную медыцынскую дапамогу . Пашанцавала , што не пачалася гангрэна, што нага ацалела. Зміцер, на той час віны не прызнаў, таму яго вельмі моцна збівалі для атрымання прызнання.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 24 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-07-16 19:00:11</t>
+  </si>
+  <si>
+    <t>Сяргей Данілавіч Міцюшкін</t>
+  </si>
+  <si>
+    <t>14 траўня 1969</t>
+  </si>
+  <si>
+    <t>Рамеснік з Баранавіч. Сяргей быў затрыманы ў лютым 2025 году. Спачатку яго пасадзілі на "суткі" па адміністрацыйным арт. 19.11 КаАП, затым абвінавацілі па арт. 188 КК РБ.</t>
+  </si>
+  <si>
+    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
+  </si>
+  <si>
+    <t>2025-10-16 18:32:46</t>
   </si>
   <si>
     <t>Антон Уладзіміравіч Казельскі</t>
   </si>
   <si>
     <t>14 траўня 1986</t>
   </si>
   <si>
     <t>Судзячы па сацсетках, мужчыну 38 гадоў. Вядома, што нейкі час ён жыў у Расіі, але ў апошні час - у Мінску. У мужчыны ёсць жонка і дзіця.
 Казельскі доўгі час працаваў аператарам на АНТ. Напрыклад, яшчэ ў лістападзе 2022-га ён вучыў Дэпартамент аховы МУС працаваць з дзяржСМІ. Апошні рэпартаж Казельскага выйшаў у кастрычніку 2023 году.
 Невядома дакладна, калі аператара затрымалі, але гэта адбылося больш за паўгода таму.
 Справа можа быць у пакінутых ім тэлеграм-каментарах. Антон раней шмат каментаваў у розных палітычных групах, але самі каментары ён выдаліў. Знайсці іх можна толькі ўскосна, праз адказы іншых карыстальнікаў і сляды мужчыны ў групах.
 13 жніўня 2024 г. адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
-    <t>3 гады пазбаўлення волі ў калоніі</t>
+    <t>Вырак суда 28.05.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 13.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
+  </si>
+  <si>
+    <t>Аляксей Андрэевіч Ткачук</t>
+  </si>
+  <si>
+    <t>14 траўня 1987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аляксея прыгаварылі па надуманым абвінавачанні ў захоўванні навучальнага боепрыпасу. У жніўні 2020 года мужчына напісаў рапарт на звальненне з войска і ў лістападзе быў звольнены.
+Быў затрыманы па справе аб вывазе дакументаў Міністэрства абароны РБ. У працэсе следства вывелі ў асобную крымінальную справу па ч. 2 арт. 295 Крымінальнага кодэкса, бо падчас ператрусу ў кватэры нібыта знайшлі выбуховыя рэчывы.
+Менскі гарадскі суд у жніўні 2022 г. вынес прысуд. Таксама Аляксея пазбавілі воінскага звання і прызначылі штраф: 500 базавых велічыняў. Суд адбываўся ў закрытым рэжыме.
+</t>
+  </si>
+  <si>
+    <t>6 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-12-04 01:33:09</t>
+  </si>
+  <si>
+    <t>Зміцер Міхайлавіч Сончык</t>
+  </si>
+  <si>
+    <t>15 траўня 1984</t>
+  </si>
+  <si>
+    <t>Вядома, што Сончык доўгі час працаваў кіроўцам, у апошні час - дальнабойшчыкам. Зміцер захапляецца мотаспортам, а яшчэ радыёаматарствам.
+Відэа з Сончыкам выйшла 7 мая 2024 года на канале ГУБАЗіК, яго затрымалі пасля вяртання з-за мяжы. Яму закідалі каментары ў тэлеграме-казалі, што ён пакінуў іх больш за тысячу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.01.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-12-19 16:37:31</t>
+  </si>
+  <si>
+    <t>Юрый Анатольевіч Гаркач</t>
+  </si>
+  <si>
+    <t>15 траўня 1977</t>
+  </si>
+  <si>
+    <t>Падпалкоўнік КДБ, намесьнік камандзіра падразьдзяленьня "А" КДБ Рэспублікі Беларусь. У жніўні 2020 году ўзначальваў Асацыяцыю ветэранаў групы "А", ад імя якой падпісаў зварот з асуджэньнем гвалту і рэпрэсіяў. Увосені 2020 году быў затрыманы супрацоўнікамі КДБ і зьмешчаны пад варту. Крымінальная справа пад грыфам "сакрэтна". </t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 27.12.2022: невядома.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
   </si>
   <si>
     <t>Віктар Аляксандравіч Савашэвіч</t>
   </si>
   <si>
     <t>15 траўня 1982</t>
   </si>
   <si>
     <t>Мужчыну паставілі ў віну стварэнне і адміністраванне канала ў тэлеграме «‎23.34»‎, у якім размяшчалася інфармацыя пра беларускіх суддзяў.
 Таксама Віктара абвінавацілі ў «‎пасобніцтве наўмысным дзеянням адміністратараў і ўдзельнікаў шэрагу іншых дэструктыўных тэлеграм-каналаў, якія накіраваныя на ўзбуджэнне сацыяльнай варожасці і варажнечы па прызнаку іншай сацыяльнай прыналежнасці і якія пацягнулі цяжкія наступствы»‎, паведамляецца ў телеграм-канале Генеральнай пракуратуры.</t>
   </si>
   <si>
-    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>11 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
   </si>
   <si>
-    <t>Зміцер Міхайлавіч Сончык</t>
-[...14 lines deleted...]
-  <si>
     <t>Цімур Аляксандравіч Лазко</t>
   </si>
   <si>
     <t>15 траўня 1983</t>
   </si>
   <si>
     <t>2 лютага 2024 года блізкі да брэсцкага ГУБАЗіК тэлеграм-канал апублікаваў пакаяннае відэа з Лозкам Цімурам.На відэа сілавікі паказалі, як са шчытамі і зброяй, у поўным абмундзіраванні, урываюцца ў дом мужчыны. Далей ідуць кадры, дзе з заведзенымі за спіну рукамі Цімур Аляксандравіч расказвае, што ў яго знайшлі падпіскі на «Нехту», акрамя таго ён данатыў гэтаму тэлеграм-каналу. Таксама мужчына кажа, што працуе ў «Лодэ» анестызіёлагам-рэаніматолагам.У інтэрнэце можна знайсці, што Лозка яшчэ ў кастрычніку 2020 года затрымліваўся (і ў салідарнасць з ім іншыя медыкі ў Брэсце выйшлі на пратэст з надпісамі "Я/мы Цімур"). А падчас рэферэндуму ў лютым 2022 года зноў быў затрыманы, і па артыкуле 24.23 КаАП «Незаконнае пікетаванне» спачатку адседзеў у ІЧУ, а потым атрымаў штраф 50 б.в.</t>
   </si>
   <si>
     <t>Вырак суда 09.08.2024: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 50 базавых велічынь штрафу. Апеляцыя 01.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-02-03 12:54:26</t>
-  </si>
-[...16 lines deleted...]
-    <t>2022-10-03 15:45:01</t>
   </si>
   <si>
     <t>Уладзімір Аляксеевіч Дудараў</t>
   </si>
   <si>
     <t>16 траўня 1977</t>
   </si>
   <si>
     <t>У 2020 годзе Уладзімір каардынаваў рэгіянальную групу Віктара Бабарыка. Пасля заканчэння Магілёўскага дзяржаўнага тэхнічнага ўніверсітэта ў 2001 годзе ён працаваў у Магілёўскім гарвыканкаме, а ў 2018 годзе стаў яго намеснікам, адказваючы за будаўніцтва і ЖКГ. У кастрычніку 2019 года пакінуў пасаду.
 11 чэрвеня 2020 года супрацоўнікі Дэпартамента фінансавых расследаванняў правялі ператрус у офісе Белгазпрамбанка і ў асоб, звязаных з Бабарыкам, пасля чаго Уладзіміра затрымалі. У верасні 2021 года суд прызнаў яго вінаватым у злоўжыванні службовымі паўнамоцтвамі і махлярстве, аднак ён не прызнаў сваю віну.</t>
   </si>
   <si>
     <t>Вырак суда 20.09.2021: 7 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Аляксандр Мікалаевіч Паліўка</t>
   </si>
   <si>
     <t>16 траўня 1987</t>
   </si>
   <si>
     <t>Затрыманы за каментарыі ў сацсетках. Аляксандра абвінавачваюць у «экстрэмісцкіх закліках, якія распальваюць сацыяльную варожасць» і «абразе прадстаўнікоў улады». Праўладны тэлеграм-канал паказаў скрыншоты паведамленняў, якія ставяць у віну Паліўка. Напрыклад: "Калабарацыяністы і рабы, брыдка глядзець! Каб яны ўсё ўзлаваліся і гэтага фашыста вусатага накол пасадзілі."
 Так, паводле абвінавачання, 14 чэрвеня 2021 года пад публікацыяй тэлеграм-канала «Беларусь галаўнога мозгу» Аляксандр напісаў паведамленне, дзе расказваў, што калісьці працаваў на рэзідэнцыі Лукашэнкі, і адзін яго калега расказваў пра сваю размову з ахоўнікам Лукашэнкі. І вось паводле ахоўніка, асабіста Лукашэнка з-за правіннасцяў з боку аховы мог паставіць іх у шэраг і «прабіваць фанеру» (з усёй сілы нанесці ўдар у грудзі ці жывот, каб чалавек сагнуўся ад такога ўдару). Відаць, дадзены каментар быў напісаны пад пастом з назвай «BYPOL: Рамана Пратасевіча збіваў асабіста дыктатар» (у дадзены момант усе каментарыі пад пасадай выдаленыя). На судзе ад Паліўкі прапаноўвалася назваць, што за калега распавёў такую гісторыю - але мужчына не змог успомніць ні імя, ні іншых асабістых дадзеных, т.я. ён працаваў на рэзідэнцыі ўжо вельмі даўно, недзе ў 2008-2009 годзе. А знайсці экс-калегу па дакументах было б нерэальна, т.я. яны працавалі без афіцыйнага працаўладкавання. Таксама яго асудзілі яшчэ за 4 камэнтары па розных артыкулах КК РБ.
 У мужчыны засталіся двое непаўналетніх дзяцей (ім 14 гадоў і 4 гады).</t>
   </si>
   <si>
     <t>Вырак суда 04.03.2024: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
   </si>
   <si>
+    <t>Іван Пятровіч Супрунчык</t>
+  </si>
+  <si>
+    <t>17 траўня 1988</t>
+  </si>
+  <si>
+    <t>Паводле абвінавачання, Іван перадаў адміністратарам «дэкструктыўнага» Telegram-канала інфармацыю аб асабістым жыцці блізкага сваяка супрацоўніка міліцыі. «Збіранне і распаўсюджванне» гэтых звестак без дазволу нібыта прывялі да «нанясення шкоды правам, свабодам і законным інтарэсам пацярпелага».
+15.11.2022 адбыўся разгляд апеляцыйнай скаргі прыгавор уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
+  </si>
+  <si>
     <t>Васіль Васільевіч Прохараў</t>
   </si>
   <si>
     <t>18 траўня 1969</t>
   </si>
   <si>
     <t>Затрыманы разам з усёй сям'ёй (жонка, дачка, сын) па падазрэнні ў "дзяржзмене". Дачку пазней, мяркуючы па ўсім, адпусцілі. Васілю Прохараву 54 гады. Ён родам з горада Чарнобыль, у якім знаходзілася сумна вядомая атамная электрастанцыя. Вядома, што ён пацярпелы ў аварыі на ЧАЭС. Прохараў служыў у дэсантных войсках. Потым працаваў на будоўлях і падзарабляў грузаперавозкамі, а таксама вёў невялікі блог.
 Удзельнікі закрытага працэсу маюць падпіскі аб неразгалошванні. З неафіцыйнай крыніцы вядома, што крымінальная справа тычыцца фатаграфавання розных аб'ектаў на тэрыторыі Беларусі, а за фігурантамі справы нейкі час перад арыштам сачылі спецслужбы.
 Сям'я Прохаравых доўгі час жыла ў вёсцы Грабаўка Гомельскага раёна. На момант затрымання яны жылі ў вёсцы Уза Гомельскага раёна, куды пераехалі два гады таму.</t>
   </si>
   <si>
-    <t>Вырак суда 20.05.2024: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.08.2024: невядома.</t>
+    <t>Вырак суда 20.05.2024: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.08.2024: невядома. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
+  </si>
+  <si>
+    <t>Мікалай Пятровіч Дземчанка</t>
+  </si>
+  <si>
+    <t>19 траўня 1988</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.09.2024: невядома. Апеляцыя 10.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:18:11</t>
   </si>
   <si>
     <t>Юрый Уладзіміравіч Сельвіч</t>
   </si>
   <si>
     <t>19 траўня 1977</t>
   </si>
   <si>
     <t>17 сакавіка 2022 года КДБ паведаміў пра затрыманне групы беларусаў, якія рыхтавалі тэракт супраць расейскіх войскаў у Мазырскім раёне.
 Па дадзеных следства, Сяргей Пляшкун і Юрый Сяльвіч планавалі знішчаць ваенную тэхніку Расійскай Федэрацыі пры яе перамяшчэнні па тэрыторыі Мазырскага раёна. Для гэтага яны падрыхтавалі бутэлькі з запальнай сумессю.
 З відэасюжэту «БТ» вынікае, што сачылі за мазырчукамі пільна: паказалі кадры са схаванай камеры ў гаражы, дзе мужчыны абмяркоўваюць свае планы. На запісы яны кажуць аб перспектывах пашкоджанні рэек.
 Суд праходзіў у закрытым рэжыме.</t>
   </si>
   <si>
     <t>14 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
-    <t>Мікалай Пятровіч Дземчанка</t>
-[...10 lines deleted...]
-  <si>
     <t>Ігар Уладзіміравіч Бродка</t>
   </si>
   <si>
     <t>20 траўня 1983</t>
   </si>
   <si>
     <t>Ігар родам са Смілавіч (Чэрвеньскі раён), але доўгі час жыў у Віцебску. У яго з былой жонкай ёсць непаўналетняе дзіця. Ігар шмат гадоў працаваў ратавальнікам. Пасля гэтага ён быў кіроўцам - займаўся перавозкамі і таксі. Бродка знік з сацсетак і месэнджараў пасля лютага 2025 года. Верагодна, тады ён і быў затрыманы.</t>
   </si>
   <si>
     <t>2025-10-18 16:48:50</t>
   </si>
   <si>
-    <t>Павел Мікалаевіч Спірын</t>
-[...45 lines deleted...]
-    <t>Аляксей Генадзевіч Мельнікаў</t>
+    <t>Сяргей Міхайлавіч Шкодзін</t>
+  </si>
+  <si>
+    <t>Асуджаны па "справе Гаюна", за 7 эпізодаў.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 13.01.2026: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-10-27 12:31:47</t>
+  </si>
+  <si>
+    <t>Глеб Панасюк</t>
   </si>
   <si>
     <t>20 траўня 1991</t>
-  </si>
-[...10 lines deleted...]
-    <t>Глеб Панасюк</t>
   </si>
   <si>
     <t>8 кастрычніка Глеб Панасюк з'ехаў з Польшчы, дзе ён жыў і працаваў апошнія гады, у родны Светлагорск, каб наведаць бацькоў. 9 кастрычніка ён патэлефанаваў з Брэста сваім сябрам у Польшчы, што прайшоў мяжу і збіраецца перасякаць на цягнік у бок Светлагорска. Але пасля гэтага сувязь з маладым чалавекам знікла .
 Як стала вядома, Глеб адбыў арышт у ізалятары часовага ўтрымання Гомеля па нейкай адміністрацыйнай справе, пасля чаго яго перавялі ў СІЗА-№ і прад'явілі звычай па крымінальнай справе. Праваабаронцы валодаюць інфармацыяй, што ягонае заключэнне мае палітычную матывацыю.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
-    <t>Уладзімір Уладзіміравіч Астапчык</t>
-[...11 lines deleted...]
-    <t>2022-08-01 23:54:15</t>
+    <t>Аляксей Генадзевіч Мельнікаў</t>
+  </si>
+  <si>
+    <t>Аляксей быў затрыманы 4 снежня 2020 года ў межах крымінальнай справы аб масавых беспарадках і асуджаны за ўдзел у акцыі пратэсту, якая праходзіла ў жніўні 2020 года каля ГЦ "Рыга" ў Менску.</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.03.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 04.10.2021: прыблізна 1340 рублёў кампенсацыі. Вырак суда 19.10.2021: прыблізна 1600 рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:30:24</t>
+  </si>
+  <si>
+    <t>Антон Аляксандравіч Ільін</t>
+  </si>
+  <si>
+    <t>20 траўня 1987</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.12.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах асаблівага рэжыму. Апеляцыя 19.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-12-02 18:16:42</t>
+  </si>
+  <si>
+    <t>Сяргей Іванавіч Бельскі</t>
+  </si>
+  <si>
+    <t>20 траўня 1982</t>
+  </si>
+  <si>
+    <t>У тралейбусе не купіў талон у нецвярозым стане і аблаяў прэзідэнта нецэнзурнымі словамі. Кантралёр выклікаў міліцыю і Сяргей быў затрыманы.</t>
+  </si>
+  <si>
+    <t>2,6 гады пазбаўлення волі ў калоніі строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:46:46</t>
   </si>
   <si>
     <t>Мікалай Альбінавіч Віткоўскі</t>
   </si>
   <si>
     <t>22 траўня 1967</t>
   </si>
   <si>
     <t>Мікалай пастаянна затрымліваўся па адміністрацыйных артыкулах.
 У верасні 2025 года быў затрыманы па крымінальным артыкуле. Яго абвінавачваюць у здрадзе дзяржаве.</t>
   </si>
   <si>
     <t>2022-04-05 00:41:34</t>
   </si>
   <si>
     <t>Уладзімір Уладзіміравіч Кароткі</t>
   </si>
   <si>
     <t>22 траўня 1984</t>
   </si>
   <si>
     <t>Мужчыну абвінавацілі ў тым, што ён у нецвярозым стане сарваў з будынка магазіна ў мястэчку чырвона-зялёны сцяг. Ён поўнасцю прызнаў віну.
 Раней гарадчаніна ўжо судзілі дзевяць разоў. Акрамя пазбаўлення свабоды, Уладзіміру прызначылі прымусовае лячэнне ад алкагалізму.</t>
   </si>
   <si>
     <t>2 гады пазбаўлення волі ў калоніі строгага рэжыму.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
+    <t>Антон Іосіфавіч Раван</t>
+  </si>
+  <si>
+    <t>22 траўня 1985</t>
+  </si>
+  <si>
+    <t>Антон асуджаны за каментары, а таксама па "справе Гаюна".
+У Антона 2 непаўналетніх дзіцяці, ён адзіны карміцель у сям'і, таму што яго жонка знаходзіцца ў дэкрэтным адпачынку.</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.10.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-11-12 14:49:09</t>
+  </si>
+  <si>
+    <t>Ігар Алегавіч Кісляк</t>
+  </si>
+  <si>
+    <t>23 траўня 1970</t>
+  </si>
+  <si>
+    <t>Падпалкоўнік міліцыі, былы намеснік начальніка аддзела ГУБАЗ МУС Рэспублікі Беларусь, які доўгі час праслужыў начальнікам крымінальнай міліцыі Жодзінскага ГАУС. У 2012 годзе ён звольніўся, а ў 2014 годзе стаў прадпрымальнікам.
+Ігар кажа , што яны служылі за ідэю абароны людзей і барацьбы са злачыннасцю. Ён абураецца тым, што сілавікі збіваюць людзей, адзначаючы, што «ёсць нязначная колькасць правакатараў, але вы можаце іх ізаляваць саматугам, а не выступаць карнікамі і супрацьпастаўляць сябе нашаму спакойнаму працавітаму народу». Ён заклікае сілавікоў узгадаць, што яны давалі прысягу народу. "Спадзяемся на ваша разуменне і ваш афіцэрскі гонар", – падсумоўвае мужчына.
+У 2020 годзе ён і яшчэ 4 былыя супрацоўнікі Жодзінскага ГАУС запісалі зварот да калег, якія падчас пратэстаў працавалі ў жодзінскай міліцыі, і да ўсіх работнікаў праваахоўных органаў Беларусі.
+Па паведамленні СМІ , усе пяцёра былі затрыманыя ў пачатку лютага 2024 года.</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:21:32</t>
+  </si>
+  <si>
     <t>Андрэй Вітальевіч Вяроўкін</t>
   </si>
   <si>
     <t>23 траўня 1991</t>
   </si>
   <si>
     <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Вікторыя Валянцінаўна Дамастой</t>
   </si>
   <si>
     <t>24 траўня 1979</t>
   </si>
   <si>
     <t>Першы раз была затрымана КДБ у канцы студзеня 2024 года (падчас масавых затрыманняў родных і блізкіх палітвязняў) за тое, што пісала лісты і пераводзіла грошы на рахункі палітвязняў у СІЗА турмы №1. Тады на яе завялі крымінальную справу па арт. 361-2 (фінансаванне экстрэмісцкай дзейнасці), але пад варту жанчыну не ўзялі.
 Падчас вобыску ў яе канфіскавалі тэхніку і грошы. Пасля даследавання тэхнікі нібыта былі выяўленыя непажаданыя каментары ў сацсетках, і па іх затым правялі экспертызу. Пасля атрымання вынікаў экспертызы, 20 красавіка 2024 года, Вікторыя была паўторна затрымана і змешчана ў ІЧУ, а пасля ў СІЗА.</t>
   </si>
   <si>
     <t>Вырак суда 17.01.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
   </si>
   <si>
+    <t>Вольга Алегаўна Аляшкевіч</t>
+  </si>
+  <si>
+    <t>25 траўня 1984</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:24:35</t>
+  </si>
+  <si>
     <t>Сяргей Мікалаевіч Леанюк</t>
   </si>
   <si>
     <t>25 траўня 1971</t>
   </si>
   <si>
     <t>Затрыманы за каментарыі ў сацсетках.</t>
   </si>
   <si>
     <t>Вырак суда 22.09.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.11.2023: невядома.</t>
   </si>
   <si>
     <t>2023-02-08 02:03:58</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Аляксандр Віктаравіч Карзюк</t>
   </si>
   <si>
     <t>25 траўня 1968</t>
   </si>
   <si>
     <t>Аляксандр Карзюк да нядаўняга часу ўзначальваў упраўленне фінансаў ЖКГ, транспарту і сувязі Міністэрства фінансаў. Аляксандр ні разу не даваў публічных інтэрв'ю. Вядома толькі, што ён добра гуляе ў шахматы.
 Суд адбываўся ў закрытым рэжыме.
 Як распавялі былыя палітвязні, якія адбывалі з Аляксандрам тэрмін у адной калоніі, яго паставілі на ўлік, як схільнага да экстрэмізму, а таксама пазбавілі перадач і спатканняў з роднымі. Віну не прызнаў.</t>
   </si>
   <si>
     <t>Вырак суда 12.07.2024: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 20.12.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
     <t>Эмін Гівамі Аглы Адыгезалаў</t>
   </si>
   <si>
     <t>26 траўня 1978</t>
   </si>
   <si>
     <t>Эмін Гівамі Аглы быў затрыманы і асуджаны за падпал апорнага пункта ў Бабруйску.</t>
   </si>
   <si>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
+  </si>
+  <si>
     <t>Вырак суда 12.03.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 1740 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-03-12 20:57:51</t>
   </si>
   <si>
     <t>Вадзім Уладзіміравіч Луцэвіч</t>
   </si>
   <si>
     <t>26 траўня 1992</t>
   </si>
   <si>
     <t>Высокакваліфікаваны IT-спецыяліст.
 Бацька дваіх дзяцей 8 і 6 год.</t>
   </si>
   <si>
     <t>Вырак суда 01.07.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
+  </si>
+  <si>
+    <t>Павел Міхайлавіч Сава</t>
+  </si>
+  <si>
+    <t>27 траўня 1974</t>
+  </si>
+  <si>
+    <t>Павел быў затрыманы 1 снежня 2020 года разам з Мікалаем Аўтуховічам , якога ўлады адразу аб'явілі «арганізатарам і кіраўніком тэрарыстычнай групоўкі». Яго асудзілі за "ўдзел у злачыннай арганізацыі" і "акт тэрарызму".
+У лютым 2024 года адбыўся суд па пытанні змены ўмоваў рэжыму, але вынік пакуль невядомы. Увесну таго ж года з Паўла і двух іншых фігурантаў "справы" спагналі больш за 40 тысяч рублёў кампенсацыі за пашкоджанне маёмасці міліцыянтаў.
+У Паўла часта бывае высокі ціск і дрэннае самаадчуванне, апухаюць моцна ногі, так што ён не можа надзець абутак.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.10.2022: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 12.02.2024: 2 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
+  </si>
+  <si>
+    <t>Мікіта Ігаравіч Старажэнка</t>
+  </si>
+  <si>
+    <t>27 траўня 1993</t>
+  </si>
+  <si>
+    <t>Былы следчы. Звольніўся пасля выбараў 2020 года ў знак пратэсту супраць дзейнай улады. Пасля звальнення Мікіта працаваў юрыстам.
+Упершыню быў затрыманы 23 красавіка 2021 за "несанкцыянаванае пікетаванне", і адседзеў 15 сутак у турме, паводле ч. 1 арт. 24.23 КаАП. Выйшаў на волю 8 траўня 2021 года.
+4 траўня 2021 года Старажэнка, як і іншыя прадстаўнікі праваахоўных органаў, якія звольніліся ў знак пратэсту, быў пазбаўлены Лукашэнка звання старэйшага лейтэнанта юстыцыі запасу.
+Мікіта быў затрыманы паўторна 1 лютага 2022 года ў гандлёвым цэнтры ў горадзе Менску. На відэа, апублікаваным на тэлеграм-канале МУС, ён кажа, што перадаў кантакты двух супрацоўнікаў Губазіка і намесніка начальніка СК па Менску аднаму з «пратэстных тэлеграм-каналаў».
+Судовы працэс прайшоў 15 лістапада 2022 г. у Менскім гарадскім судзе. Мікіту судзілі за "распальванне іншай сацыяльнай варожасці і розні" па ч. 3 арт. 130 КК, а таксама за "незаконны збор і распаўсюджванне інфармацыі аб прыватным жыцці" (ч. 1 арт. 179 КК).
+2 снежня 2022 года яму было прысуджана да сямі гадоў калоніі ва ўмовах узмоцненага рэжыму. Таксама Мікіта абавязаны выплаціць штраф 5000 BYN у якасці маральнай кампенсацыі супрацоўнікам, звесткі якіх, паводле абвінавачвання, ён перадаў "пратэстным тэлеграм-каналам".</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.12.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 11.01.2025: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-02-11 19:13:39</t>
+  </si>
+  <si>
+    <t>Ілля Алегавіч Нарышкін</t>
+  </si>
+  <si>
+    <t>27 траўня 2003</t>
+  </si>
+  <si>
+    <t>Іллі Нарышкіну 21 год. Родам ён са Слоніма, але частку дзяцінства правёў у Гродне. Бацька Іллі-украінец, нарадзіўся ў Крывым Рогу. Ён яшчэ ў савецкі час скончыў авіяцыйную вучэльню, але працаваў інжынерам-механікам у розных краінах. З маці хлопца яны вельмі даўно не жывуць разам.
+Ілья паступіў у акадэмію Міністэрства ўнутраных справаў. Цяпер ён мусіў бы скончыць трэці курс крымінальна-выканаўчага факультэта. Вядома, што падчас вучобы ён жыў актыўным жыццём-выступаў у розных конкурсах і нават удзельнічаў у інтэлектуальнай гульні ад тэлеканала "Беларусь-2", якая называецца "Вежа". Апошнія публічныя дадзеныя аб ім датуюцца сакавіком 2023-га.
+Магчыма, 21-гадовы Ілля Нарышкін хацеў далучыцца да беларускіх добраахвотнікаў ва Украіне. Па артыкулах, якія яму прад'яўляюць у апошні час часцей за ўсё судзілі людзей, якія выказвалі намер паехаць ваяваць на баку Украіны, выказвалі анлайн або афлайн. Некаторыя з гэтых людзей перапісваліся з фэйкавымі ботамі палка Каліноўскага, створанымі спецслужбамі РБ.</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.08.2024: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2024-07-10 15:36:04</t>
   </si>
   <si>
     <t>Аляксандр Аляксандравіч Марчанка</t>
   </si>
   <si>
     <t>27 траўня 1961</t>
   </si>
   <si>
     <t>Ён быў затрыманы супрацоўнікамі міліцыі 19 кастрычніка 2023 года. Пасля арышту ён адбываў два адміністрацыйныя арышты па 15 сутак кожны. Праваабаронцам вядома, што другі з іх быў прызначаны 3 лістапада судом Цэнтральнага раёна Мінска. Тады суддзя Юліяна Шчэрба прызнала 63-гадовага Марчанку вінаватым у "распаўсюдзе экстрэмісцкіх матэрыялаў" (па частцы 2 артыкула 19.11 КаАП).
 Судзіць Аляксандра пачалі 25 сакавіка 2024 г. у Менскім гарадскім судзе.
 4 чэрвеня 2024 г. адбыўся разгляд апеляцыйнай скаргі Аляксандра. Скаргу пакінулі без задавальнення.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
-  </si>
-[...43 lines deleted...]
-    <t>2024-07-10 15:36:04</t>
   </si>
   <si>
     <t>Уладзімір Тадэвушавіч Гундар</t>
   </si>
   <si>
     <t>28 траўня 1960</t>
   </si>
   <si>
     <t>Уладзімір быў затрыманы 30 снежня 2020 года ў межах крымінальнай «справы Аўтуховіча» па абвінавачанні ў «падрыхтоўцы тэракту», аднак пазней гэтае абвінавачанне было знята. У траўні 2021 года яго асудзілі за «гвалт у дачыненні да службовай асобы». Следства сцвярджала, што пры затрыманні ён пагражаў следчым і разбіў свой мабільны тэлефон.
 Разгляд «справы Аўтуховіча» пачаўся ў траўні 2022 года. Падчас суда Уладзіміра некалькі разоў выдалялі з паседжанняў і адпраўлялі ў карцэр. На адным з чэрвеньскіх паседжанняў яго змясцілі ў клетку ў адной бялізне, прышпіліўшы рукі кайданкамі да кратаў. У адказ Уладзімір аб'явіў галадоўку, якую трымаў 11 дзён. Па гэтай справе ён быў асуджаны за «стварэнне злачыннай арганізацыі» і «замах на захоп улады».
 У снежні 2022 года Уладзіміру прад'явілі новае абвінавачанне за абразу пракурора Людмілы Герасіменкі, якая прадстаўляла абвінавачанне па «справе Аўтуховіча», і дадалі дадатковы тэрмін. У выніку яго прыгаварылі да 20 гадоў калоніі ўзмоцненага рэжыму.
 У кастрычніку 2023 года пераведзены на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 20.05.2021: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 17.10.2022: 18 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Вырак суда 17.04.2023: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 06.06.2023: прысуд пакінуты без змены. Суд па змене рэжыму 10.10.2023: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Наталля Краўчук</t>
+    <t>Наталля Эдуардаўна Краўчак</t>
   </si>
   <si>
     <t>29 траўня 1969</t>
   </si>
   <si>
-    <t>Вырак суда 03.11.2025: 2 гады 8 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+    <t>Вырак суда 03.11.2025: 2 гады 8 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
     <t>Аляксандр Уладзіміравіч Лопух</t>
   </si>
   <si>
     <t>30 траўня 1982</t>
   </si>
   <si>
     <t>Аляксандр быў затрыманы ў межах крымінальнай справы, узбуджанай пасля акцыі пратэсту, якая праходзіла ў Пінску ў ноч з 9 на 10 жніўня 2020 года супраць фальсіфікацый на прэзідэнцкіх выбарах. Яго асудзілі за ўдзел у "масавых беспарадках".</t>
   </si>
   <si>
     <t>Вырак суда 06.07.2021: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 03.09.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
   </si>
   <si>
+    <t>Андрэй Мікалаевіч Быкаў</t>
+  </si>
+  <si>
+    <t>30 траўня 1971</t>
+  </si>
+  <si>
+    <t>Асуджаны  за каментары ў інтэрнэце.</t>
+  </si>
+  <si>
+    <t>5 гадоў калоніі ва ўмовах узмоцненага рэжыму, а таксама пазбаўлення звання падпалкоўніка запасу.</t>
+  </si>
+  <si>
+    <t>2022-11-24 17:48:26</t>
+  </si>
+  <si>
+    <t>Вольга Аляксандраўна Барунава</t>
+  </si>
+  <si>
+    <t>30 траўня 1978</t>
+  </si>
+  <si>
+    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2026-01-23 13:20:24</t>
+  </si>
+  <si>
+    <t>Дзмітрый Васільевіч Данільчык</t>
+  </si>
+  <si>
+    <t>31 траўня 1991</t>
+  </si>
+  <si>
+    <t>Вядома, што Данільчыка затрымалі ў Слоніме ў жніўні 2023 года і першапачаткова арыштавалі на 15 сутак, пасля чаго была ўзбуджаная крымінальная справа.
+Паводле матэрыялаў абвінавачання, Данільчык "неаднаразова размяшчаў у экстрэмісцкіх чатах месэнджэра Telegram і ў публічных чатах відэахостынгу YouTube інфармацыю абразлівага характару ў дачыненні да Лукашэнкі, якая зневажае яго гонар, годнасць асобы і аўтарытэт. Ён жа ў лютым 2022 года па 3 непрыстойныя па форме і зневажальныя па накіраванасці паведамлення і каментары ў дачыненні да прадстаўнікоў улады ў сувязі з выкананнем імі службовых абавязкаў" .</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.05.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.07.2024: невядома. Вырак суда дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2023-09-11 12:56:46</t>
+  </si>
+  <si>
+    <t>Алена Васільеўна Змушко</t>
+  </si>
+  <si>
+    <t>31 траўня 1986</t>
+  </si>
+  <si>
+    <t>Алена ехала разам з сынам наведваць сваіх бацькоў. Была затрымана за дапамогу палітвязням.
+Апошнія гады яна з сям'ёй жыла ў Варшаве. Там у лютым 2021 года Алена стала сузаснавальнікам і вядучым бізнес-аналітыкам стартапа GlobalTips, які дапамагае ведамствам перайсці ў "лічбу". Праз іх сэрвіс можна пакінуць безнаяўныя чаявыя афіцыянтам па QR-кодзе.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.11.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-14 13:04:55</t>
+  </si>
+  <si>
+    <t>Таццяна Мікалаеўна Русак</t>
+  </si>
+  <si>
+    <t>31 траўня 1976</t>
+  </si>
+  <si>
+    <t>15 мая 2023 года на АНТ выйшаў прапагандысцкі фільм "Забойная пасылка" смерці: хто і як хацеў здзейсніць тэракт у Дзень Перамогі", дзе распавялі падрабязнасці справы. Там паведамлялася, што нібыта КДБ напярэдадні Дня перамогі 9 мая 2023 года "прадухіліў тэракт пад куратарствам Кіева". Там заявілі, што выбухоўка знаходзілася ў электрычных плітах, якія даслалі затрыманым праз пасылкі. Арганізатарам акцыі назвалі 23-гадовага беларуса Валерыя Вадзіна, які ваяваў ва Украіне.
+У відэа распавялі пра тое, што пасылкі з электраплітамі, у якіх была выбухоўка, даставілі ў менскі пункт СДЭК у Каменнай Горцы 21 сакавіка 2023 года з Кіева праз Італію. 29-гадовая Вікторыя Волчак пацвердзіла на допыце, што яна атрымала пасылку - яе папрасіў атрымаць пасылку Валерый Водзін. Студэнтка БДУ Ганна Савачкіна і яе маці Таццяна Русак узялі плітку ў Волчак і закапалі яе на могілках у Калодзішчах. Другую плітку забраў зубны тэхнік Андрэй Грыгор'еў і адвёз у садовае таварыства "Аўтарамонтнік 124" пад Аляхновічамі.</t>
+  </si>
+  <si>
+    <t>2024-07-20 13:28:29</t>
+  </si>
+  <si>
     <t>Алег Барысавіч Лойка</t>
-  </si>
-[...1 lines deleted...]
-    <t>31 траўня 1976</t>
   </si>
   <si>
     <t>Евангельскага пастара з Хойніцкага раёна Алега Лойкі абвінавачваюць у перадачы інфармацыі аб перамяшчэнні расійскай ваеннай тэхнікі па тэрыторыі Беларусі.
 48-гадовы Алег Лойка з'яўляецца пастарам царквы хрысціян веры евангельскай у вёсцы Небытаў Хойніцкага раёна. Вядома, што ў снежні мінулага года ён быў арыштаваны на 10 сутак за "распаўсюджванне экстрэмізму".
 Пастар шмат гадоў займаўся рэабілітацыяй людзей з наркатычнай залежнасцю ў рамках місіі "Вяртанне". Дзякуючы яго дзейнасці сотні чалавек вярнуліся да нармальнага жыцця. Пра мужчыну раней неаднаразова з захапленнем пісалі дзяржаўныя СМІ.
 Служыцеля царквы прыгаварылі да трох з паловай гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму за прадастаўленне інфармацыі аб перамяшчэнні расійскай ваеннай тэхнікі маніторынгаваму праекту "Беларускі Гаюн". Суд адбываўся ў закрытым рэжыме.
 Пастар Алег не прызнае, што здзяйсняў злачынствы, і лічыць сваё сумленне чыстым перад Богам.
 Быў асуджаны паўторна ў кастрычніку 2025 г.</t>
   </si>
   <si>
     <t>Вырак суда 20.08.2025: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
-  </si>
-[...8 lines deleted...]
-    <t>2024-07-20 13:28:29</t>
   </si>
   <si>
     <t>Анастасія Уладзіміраўна Лазарэнка</t>
   </si>
   <si>
     <t>31 траўня 1982</t>
   </si>
   <si>
     <t>Адвакат. Была затрымана ў пачатку чэрвеня 2022 года, праз два дні пасля 40-годдзя, за зліў дадзеных тэлеграм-каналам. Сілавікі прыехалі затрымліваць жанчыну з аўтаматамі і ў бронекамізэльках — яны залезлі ў вокны і выламалі дзверы.
 У сакавіку 2023 г. стала вядома, што яе таксама абвінавачваюць па арт. 203-1 КК (Незаконныя дзеянні ў дачыненні да інфармацыі аб прыватным жыцці) і ч. 1 арт. 342 КК. Па версіі следства, яна нібыта арганізавала «несанкцыянаванае масавае мерапрыемства», калі праводзіла кансультацыю пад Акрэсціна ў жніўні 2020 года.
 На волі ў яе засталіся састарэлы бацька і 19-гадовы сын, які з 16 гадоў пакутуе ад хваробы Крона.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2022-08-26 15:26:58</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
@@ -1557,51 +1719,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I73"/>
+  <dimension ref="A1:I83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1613,2021 +1775,2302 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
       <c r="I2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...10 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B19" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C19" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H19" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C20" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>86</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>74</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H22" t="s">
         <v>122</v>
       </c>
       <c r="I22" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>124</v>
       </c>
       <c r="B23" t="s">
         <v>125</v>
       </c>
       <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
+      <c r="E23" t="s">
+        <v>127</v>
+      </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
       <c r="C26" t="s">
         <v>142</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
       <c r="I26" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>145</v>
       </c>
       <c r="B27" t="s">
         <v>146</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
         <v>147</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>148</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28" t="s">
         <v>154</v>
       </c>
-      <c r="G28" t="s">
-[...2 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>156</v>
+      </c>
+      <c r="B29" t="s">
         <v>157</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>158</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
         <v>159</v>
       </c>
-      <c r="D29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>148</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H29" t="s">
         <v>160</v>
       </c>
       <c r="I29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>162</v>
       </c>
       <c r="B30" t="s">
         <v>163</v>
       </c>
       <c r="C30" t="s">
         <v>164</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>165</v>
+        <v>79</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
+        <v>165</v>
+      </c>
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="I31" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>172</v>
+      </c>
+      <c r="B32" t="s">
         <v>173</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>174</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32" t="s">
         <v>175</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>177</v>
+      </c>
+      <c r="B33" t="s">
         <v>178</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>179</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
         <v>180</v>
       </c>
-      <c r="D33" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I33" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>183</v>
       </c>
       <c r="B34" t="s">
         <v>184</v>
       </c>
       <c r="C34" t="s">
         <v>185</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>37</v>
+        <v>113</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H34" t="s">
         <v>186</v>
       </c>
       <c r="I34" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>188</v>
       </c>
       <c r="B35" t="s">
         <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>190</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
+      <c r="E35" t="s">
+        <v>191</v>
+      </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H35" t="s">
-        <v>191</v>
+        <v>41</v>
       </c>
       <c r="I35" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>193</v>
       </c>
       <c r="B36" t="s">
         <v>194</v>
       </c>
       <c r="C36" t="s">
         <v>195</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H36" t="s">
         <v>196</v>
       </c>
       <c r="I36" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>198</v>
       </c>
       <c r="B37" t="s">
         <v>199</v>
       </c>
       <c r="C37" t="s">
         <v>200</v>
       </c>
       <c r="D37" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H37" t="s">
         <v>201</v>
       </c>
       <c r="I37" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>203</v>
       </c>
       <c r="B38" t="s">
         <v>204</v>
       </c>
       <c r="C38" t="s">
         <v>205</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
+      <c r="E38" t="s">
+        <v>127</v>
+      </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H38" t="s">
         <v>206</v>
       </c>
       <c r="I38" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>208</v>
       </c>
       <c r="B39" t="s">
         <v>209</v>
       </c>
       <c r="C39" t="s">
         <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="F39" t="s">
-[...5 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
         <v>214</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
         <v>216</v>
       </c>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H40" t="s">
+        <v>22</v>
+      </c>
+      <c r="I40" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" t="s">
         <v>219</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>79</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
         <v>224</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>46</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" t="s">
         <v>231</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>232</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
         <v>235</v>
       </c>
-      <c r="B44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="I44" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
+        <v>239</v>
+      </c>
+      <c r="C45" t="s">
         <v>240</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>91</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
+        <v>244</v>
+      </c>
+      <c r="C46" t="s">
         <v>245</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46" t="s">
         <v>246</v>
       </c>
-      <c r="C46" t="s">
+      <c r="I46" t="s">
         <v>247</v>
-      </c>
-[...16 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>248</v>
+      </c>
+      <c r="B47" t="s">
+        <v>249</v>
+      </c>
+      <c r="C47" t="s">
         <v>250</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>91</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47" t="s">
         <v>251</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
         <v>254</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>255</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>46</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" t="s">
         <v>256</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I48" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>258</v>
       </c>
       <c r="B49" t="s">
         <v>259</v>
       </c>
       <c r="C49" t="s">
         <v>260</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
+        <v>107</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49" t="s">
         <v>261</v>
       </c>
-      <c r="F49" t="s">
-[...5 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>263</v>
+      </c>
+      <c r="B50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>265</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>85</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50" t="s">
         <v>266</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
         <v>269</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51" t="s">
         <v>270</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
         <v>273</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>274</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>46</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" t="s">
         <v>275</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="C53" t="s">
         <v>279</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>227</v>
+        <v>22</v>
+      </c>
+      <c r="H53" t="s">
+        <v>41</v>
       </c>
       <c r="I53" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>281</v>
       </c>
       <c r="B54" t="s">
+        <v>278</v>
+      </c>
+      <c r="C54" t="s">
         <v>282</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
         <v>286</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="I55" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
+        <v>286</v>
+      </c>
+      <c r="C56" t="s">
         <v>290</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>79</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56" t="s">
         <v>291</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>292</v>
-      </c>
-[...13 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>293</v>
+      </c>
+      <c r="B57" t="s">
+        <v>294</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>79</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...16 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
         <v>298</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>299</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58" t="s">
         <v>300</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59" t="s">
         <v>303</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>304</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>85</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="I59" t="s">
         <v>305</v>
-      </c>
-[...16 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>306</v>
+      </c>
+      <c r="B60" t="s">
+        <v>307</v>
+      </c>
+      <c r="C60" t="s">
         <v>308</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60" t="s">
         <v>309</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>311</v>
+      </c>
+      <c r="B61" t="s">
         <v>312</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>313</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61" t="s">
         <v>314</v>
       </c>
-      <c r="D61" t="s">
-[...11 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>316</v>
+      </c>
+      <c r="B62" t="s">
         <v>317</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>318</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" t="s">
         <v>319</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>321</v>
+      </c>
+      <c r="B63" t="s">
         <v>322</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>85</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63" t="s">
+        <v>74</v>
+      </c>
+      <c r="I63" t="s">
         <v>323</v>
-      </c>
-[...19 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>324</v>
+      </c>
+      <c r="B64" t="s">
+        <v>325</v>
+      </c>
+      <c r="C64" t="s">
+        <v>326</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>21</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64" t="s">
         <v>327</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>328</v>
-      </c>
-[...19 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>329</v>
+      </c>
+      <c r="B65" t="s">
+        <v>330</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" t="s">
+        <v>331</v>
+      </c>
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="C66" t="s">
+        <v>335</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>46</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" t="s">
+        <v>336</v>
+      </c>
+      <c r="I66" t="s">
         <v>337</v>
-      </c>
-[...16 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B67" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C67" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>121</v>
+        <v>79</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="I67" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
         <v>346</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="I68" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>349</v>
+      </c>
+      <c r="B69" t="s">
+        <v>350</v>
+      </c>
+      <c r="C69" t="s">
         <v>351</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>113</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69" t="s">
         <v>352</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
         <v>355</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>356</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>97</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
         <v>360</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>361</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>85</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71" t="s">
         <v>362</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>364</v>
+      </c>
+      <c r="B72" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="C72" t="s">
         <v>366</v>
       </c>
       <c r="D72" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H72" t="s">
-        <v>32</v>
+        <v>367</v>
       </c>
       <c r="I72" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D73" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I73" t="s">
-        <v>372</v>
+        <v>373</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>374</v>
+      </c>
+      <c r="B74" t="s">
+        <v>375</v>
+      </c>
+      <c r="C74" t="s">
+        <v>376</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>85</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74" t="s">
+        <v>377</v>
+      </c>
+      <c r="I74" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>379</v>
+      </c>
+      <c r="B75" t="s">
+        <v>380</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>21</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75" t="s">
+        <v>381</v>
+      </c>
+      <c r="I75" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>383</v>
+      </c>
+      <c r="B76" t="s">
+        <v>384</v>
+      </c>
+      <c r="C76" t="s">
+        <v>385</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>46</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76" t="s">
+        <v>386</v>
+      </c>
+      <c r="I76" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>388</v>
+      </c>
+      <c r="B77" t="s">
+        <v>389</v>
+      </c>
+      <c r="C77" t="s">
+        <v>390</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>46</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77" t="s">
+        <v>391</v>
+      </c>
+      <c r="I77" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>393</v>
+      </c>
+      <c r="B78" t="s">
+        <v>394</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>395</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78" t="s">
+        <v>396</v>
+      </c>
+      <c r="I78" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>398</v>
+      </c>
+      <c r="B79" t="s">
+        <v>399</v>
+      </c>
+      <c r="C79" t="s">
+        <v>400</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79" t="s">
+        <v>401</v>
+      </c>
+      <c r="I79" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>403</v>
+      </c>
+      <c r="B80" t="s">
+        <v>404</v>
+      </c>
+      <c r="C80" t="s">
+        <v>405</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>21</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80" t="s">
+        <v>406</v>
+      </c>
+      <c r="I80" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>408</v>
+      </c>
+      <c r="B81" t="s">
+        <v>409</v>
+      </c>
+      <c r="C81" t="s">
+        <v>410</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>21</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" t="s">
+        <v>36</v>
+      </c>
+      <c r="I81" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>412</v>
+      </c>
+      <c r="B82" t="s">
+        <v>409</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>113</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
+      <c r="I82" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>416</v>
+      </c>
+      <c r="B83" t="s">
+        <v>417</v>
+      </c>
+      <c r="C83" t="s">
+        <v>418</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>21</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" t="s">
+        <v>419</v>
+      </c>
+      <c r="I83" t="s">
+        <v>420</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">