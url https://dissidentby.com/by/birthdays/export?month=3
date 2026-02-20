--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,1275 +12,1249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="495">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
+  </si>
+  <si>
+    <t>Сяргей Сяргеевіч Шаціловіч</t>
+  </si>
+  <si>
+    <t>1 сакавіка 1990</t>
+  </si>
+  <si>
+    <t>Сяргей быў асуджаны па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>Мужчынскі</t>
+  </si>
+  <si>
+    <t>ПУАТ-21, 247784 Гомельская вобл., г. Мазыр, б-р Юнасці, 24</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Так</t>
+  </si>
+  <si>
+    <t>Вырак суда 11.03.2025: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Уладзімір Уладзіміравіч Лазарэвіч</t>
   </si>
   <si>
     <t>1 сакавіка 2001</t>
   </si>
   <si>
     <t>19.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.
 13.08.2024 мусіць пачацца новы суд над Аляксандрам па арт. 361-3 ч.2</t>
   </si>
   <si>
-    <t>Мужчынскі</t>
-[...1 lines deleted...]
-  <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>У зняволенні</t>
   </si>
   <si>
-    <t>Так</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 19.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.07.2024: невядома. Вырак суда 14.08.2024: невядома. Апеляцыя 15.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-03-12 23:08:59</t>
   </si>
   <si>
-    <t>Сяргей Сяргеевіч Шаціловіч</t>
-[...17 lines deleted...]
-    <t>2025-03-11 00:58:35</t>
+    <t>Станіслаў Вячаслававіч Амельянюк</t>
+  </si>
+  <si>
+    <t>2 сакавіка 2006</t>
+  </si>
+  <si>
+    <t>невядома гадоў абмежавання волі без накіравання. Замена пакаранне на пазбаўленне волі.</t>
+  </si>
+  <si>
+    <t>2023-06-19 14:11:57</t>
+  </si>
+  <si>
+    <t>Павел Яўгенавіч Кучынскі</t>
+  </si>
+  <si>
+    <t>2 сакавіка 1992</t>
+  </si>
+  <si>
+    <t>Былы вайсковец жыхар г. Мінска, якога спецслужбы пад катаваннямі прымусілі ўдзельнічаць у правакацыі, у рамках якой апошні выйшаў на сувязь з прадстаўнікамі BYPOL і прапанаваў здзейсніць акцыі прамога дзеяння. Усе перамовы і перапіска фіксавалася.
+19.03.2024 адбылося апеляцыйнае пасяджэнне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>19 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:34:45</t>
   </si>
   <si>
     <t>Руслан Ігаравіч Слуцкі</t>
   </si>
   <si>
     <t>2 сакавіка 1983</t>
   </si>
   <si>
     <t>Руслан быў затрыманы ў студзені 2021 года і асуджаны за выраб і распаўсюджванне "вожыкаў" перад калонай аўтамабіляў, якія ўдзельнічалі ў праўладным аўтапрабегу восенню 2020 года. Таксама ён быў абвінавачаны ў спробе пашкодзіць чыгуначныя пуці, злучыўшы рэйкі металічным дротам, што мог затрымаць рух цягнікоў.
 Руслан захапляецца экстрымам і арбарыстыкай. Ён любіць вышыню і атрымлівае драйв, седзячы на даху ці абдымаючы верхавіны дрэў. У турме ён адкрыў для сябе здольнасці да малявання. У асабістым жыцці займаецца працай з дрэвам, вырошчваннем бульбы, трымае свіней і любіць коней.
 У Руслана дабраякасная пухліна галаўнога мозгу, а таксама моцныя болі ў спіне , з-за якіх ён часам не мог устаць з ложка.</t>
   </si>
   <si>
     <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
   </si>
   <si>
     <t>Вырак суда 20.01.2022: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-03-17 17:05:03</t>
   </si>
   <si>
-    <t>Алена Антонаўна Барысюк</t>
-[...32 lines deleted...]
-    <t>2023-06-19 14:11:57</t>
+    <t>Аляксандр Аляксандравіч Залатарэвіч</t>
+  </si>
+  <si>
+    <t>2 сакавіка 1987</t>
+  </si>
+  <si>
+    <t>Працаваў псіхолагам.</t>
+  </si>
+  <si>
+    <t>Вырак суда 11.07.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.09.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:28:55</t>
   </si>
   <si>
     <t>Валерыя Андрэеўна Глінская</t>
   </si>
   <si>
     <t>3 сакавіка 1995</t>
   </si>
   <si>
     <t>Затрыманая разам з маці.
 Ператрус у кватэры быў праведзены па арт. 364 КК РБ. Затым была перакваліфікаваны артыкул абвінавачвання на ч. 3 арт. 130 КК РБ.
 Папярэдне абвінавачваецца ў распаўсюдзе асабістых дадзеных супрацоўнікаў МУС.</t>
   </si>
   <si>
+    <t>Жаночы</t>
+  </si>
+  <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
+  </si>
+  <si>
     <t>Вырак суда 20.01.2023: 6 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 28.04.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-01-07 01:48:15</t>
   </si>
   <si>
-    <t>Уладзімір Валер'евіч Парашкоў</t>
-[...42 lines deleted...]
-    <t>2023-06-15 14:45:40</t>
+    <t>Зміцер Аляксандравіч Рожын</t>
+  </si>
+  <si>
+    <t>4 сакавіка 1996</t>
+  </si>
+  <si>
+    <t>Асуджаны за донаты ВСУ.</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-10-28 20:37:33</t>
   </si>
   <si>
     <t>Ірына Флар'янаўна Дабрыновіч</t>
   </si>
   <si>
     <t>4 сакавіка 1966</t>
   </si>
   <si>
-    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
-[...2 lines deleted...]
-    <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+    <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-09-17 18:43:15</t>
   </si>
   <si>
+    <t>Алег Аміновіч Цімашэнкаў</t>
+  </si>
+  <si>
+    <t>5 сакавіка 1976</t>
+  </si>
+  <si>
+    <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.04.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-04-03 01:39:51</t>
+  </si>
+  <si>
     <t>Сяргей Юр'евіч Лісоўскі</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 сакавіка 1976</t>
   </si>
   <si>
     <t>Сяргей быў арыштаваны ў жніўні 2021 года па абвінавачанні ў тэрарызме, які быў высунуты на палітычнай глебе за яго негвалтоўную дзейнасць. Па наяўных дадзеных, ён меў зносіны з супрацоўнікамі МУС, пераконваючы іх адмовіцца ад выканання злачынных загадаў, а таксама дапамагаў тым, хто сыходзіў са службы і баяўся пераследу.
 Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група, мэтай якой было здзяйсненне экстрэмісцкіх злачынстваў. У групе ўдзельнічалі радыкальна настроеныя асобы, у тым ліку былыя і дзейныя вайскоўцы, супрацоўнікі сілавых органаў, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам». Гэтая справа звязана з абвінавачваннямі ў спробе падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыі масавых беспарадкаў».
 Сяргея асудзілі па шматлікіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі, першыя пяць з якіх — турэмны рэжым. Таксама яго пазбавілі воінскага звання.</t>
   </si>
   <si>
+    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
     <t>Вырак суда 21.06.2023: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму), абмежаванне па ваеннай службе. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-02-11 19:21:58</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-04-03 01:39:51</t>
   </si>
   <si>
     <t>Павел Алегавіч Аўчароў</t>
   </si>
   <si>
     <t>6 сакавіка 1996</t>
   </si>
   <si>
     <t>Павел быў затрыманы ў межах крымінальнай справы, узбуджанай пасля акцыі пратэсту, якая прайшла 23 верасня 2020 года ў Мінску. Яго асудзілі па трох крымінальных артыкулах, у тым ліку «супраціў супрацоўніку міліцыі». Паводле абвінавачання, ён заклікаў да ўдзелу ў масавых беспарадках, якія нібыта былі загадзя спланаваныя пад выглядам масавых мерапрыемстваў, блакаваў камунікацыі, а супраціў выявілася ў непадпарадкаванні патрабаванням адчыніць дзверы, адмове выйсці з машыны і ўтрымліванні рукамі за сядзенне.
 У ліпені 2022 года Павел быў паўторна асуджаны за «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы» — па гэтым артыкуле судзяць зняволеных, якія адмаўляюцца супрацоўнічаць з адміністрацыяй, за выдуманыя парушэнні.</t>
   </si>
   <si>
-    <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 20.05.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 13.07.2022: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 21:29:25</t>
   </si>
   <si>
     <t>Ігар Рыгоравіч Іваноў</t>
   </si>
   <si>
     <t>6 сакавіка 1971</t>
   </si>
   <si>
     <t>Як мяркуецца, асуджаны за актыўнасць (каментары і лайкі) у сацсетках.
 21.02.2024 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>Вырак суда 21.12.2023: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.02.2024: невядома.</t>
   </si>
   <si>
     <t>2023-09-12 18:41:28</t>
   </si>
   <si>
-    <t>Артур Мікалаевіч Халімончык</t>
-[...14 lines deleted...]
-    <t>Сяргей Уладзіміравіч Скібінскі</t>
+    <t>Людміла Вячаславаўна Аўтушка</t>
+  </si>
+  <si>
+    <t>6 сакавіка 1976</t>
+  </si>
+  <si>
+    <t>Вырак суда 23.12.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-12-16 22:53:08</t>
+  </si>
+  <si>
+    <t>Андрэй Васільевіч Зіненка</t>
   </si>
   <si>
     <t>7 сакавіка 1983</t>
-  </si>
-[...11 lines deleted...]
-    <t>Андрэй Васільевіч Зіненка</t>
   </si>
   <si>
     <t>Паўла Вабішчэвіча і Андрэя Зіненку, як сцвярджалася ў прапагандысцкім фільме АНТ, затрымалі ў ноч з 26 на 27 жніўня 2023 года на чыгунцы ў Стаўбцоўскім раёне недалёка ад нафтабазы і прыпыначнага пункта Сінява.
 У прапагандысцкім фільме восенню 2023 года сцвярджалася, што іх затрымалі за спробу паставіць на чыгунцы ў Стаўбцоўскім раёне выбуховае прыстасаванне, якое павінна было б спрацаваць па камандзе куратара з СБУ.
 40-гадовы Андрэй Зіненка-былы калега Вабішчэвіча, які "працаваў на кіруючай пасадзе і атрымліваў высокую зарплату", падкрэсліваюць дзяржаўныя медыя. Такі акцэнт на "высокім заробку" нярэдкі ў лукашэнкаўскай прапаганды. Зіненка на кадрах выглядае збітым.</t>
   </si>
   <si>
     <t>Вырак суда 06.02.2025: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-12-11 23:59:11</t>
+  </si>
+  <si>
+    <t>Віталь Іванавіч Петручук</t>
+  </si>
+  <si>
+    <t>7 сакавіка 1975</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.01.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:24:34</t>
+  </si>
+  <si>
+    <t>Артур Мікалаевіч Халімончык</t>
+  </si>
+  <si>
+    <t>7 сакавіка 1989</t>
+  </si>
+  <si>
+    <t>Артур быў затрыманы ў межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Яго асудзілі за ўдзел у "масавых беспарадках". Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, акрамя пакарання ў выглядзе пазбаўлення волі, запатрабавалі ад абвінавачаных каля 530 тысяч рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.04.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 38000 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:41:47</t>
+  </si>
+  <si>
+    <t>Аляксандр Васільевіч Сумар</t>
+  </si>
+  <si>
+    <t>7 сакавіка 1982</t>
+  </si>
+  <si>
+    <t>У перыяд са жніўня 2020 года па 26 ліпеня 2022 года Аляксандр адміністраваў тэлеграм чат « Жыве Лунінец!», за што і быў затрыманы 27 ліпеня 2022 года.24 лістапада 2022 рашэннем Міністэрства ўнутраных спраў тэлеграм-канал «Жыве Лунінец!» быў прызнаны «экстрэмісцкімі фарміраваннем» на тэрыторыі РБ.Суд над Аляксандрам прайшоў 9 лютага 2023 года, дзе яго абвінавацілі па 5 артыкулах КК РБ: ч.1 арт. 361-1, ч. 1 арт. 342, ч. 2 арт. 367, арт. 369, ч. 3 арт. 361.Пра Аляксандра Сумара вядома, што ў 2006 годзе ён працаваў у Лунінецкім РАУС у якасці эксперта-крыміналіста. У апошнія гады жыў у Маскве (Расія).</t>
+  </si>
+  <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
+    <t>9 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-01-10 15:05:51</t>
+  </si>
+  <si>
+    <t>Андрэй Лявонцьевіч Лагвіненка</t>
+  </si>
+  <si>
+    <t>8 сакавіка 1983</t>
+  </si>
+  <si>
+    <t>Андрэй два разы запар (18.12 і 31.12.2024) быў асуджаны на суткі па ч. 2 ст. 19.11 КаАП РБ – Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць. Пасля гэтага на яго завялі крымінальную справу і перавялі ў СІЗА-1.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.04.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 200 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-01-17 16:05:17</t>
+  </si>
+  <si>
+    <t>Яўген Мікалаевіч Мельнічук</t>
+  </si>
+  <si>
+    <t>8 сакавіка 1990</t>
+  </si>
+  <si>
+    <t>Быў затрыманы на пачатку красавіка 2024 года. У "пакаяльным" відэа ад 4 красавіка 2024 года ён "прызнаўся" ў тым, што падчас мітынгу "махаў рукой" натоўпу, кажучы "атачыце АМАП", і кідаў камяні.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.09.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 22.11.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-09-24 18:50:18</t>
+  </si>
+  <si>
+    <t>Павел Уладзіміравіч Вахлакоў</t>
+  </si>
+  <si>
+    <t>8 сакавіка 1976</t>
+  </si>
+  <si>
+    <t>ПУАТ-36, 220039, г. Мінск, вул. Караткевіча, 14</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.11.2025: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-12-16 14:29:18</t>
+  </si>
+  <si>
+    <t>Андрэй Аляксандравіч Мірэйчык</t>
+  </si>
+  <si>
+    <t>8 сакавіка 1978</t>
+  </si>
+  <si>
+    <t>09.08.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.05.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.08.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:29:21</t>
   </si>
   <si>
     <t>Максім Анатольевіч Лапацін</t>
   </si>
   <si>
     <t>8 сакавіка 1979</t>
   </si>
   <si>
     <t>Затрыманы разам з жонкай па справе дыверсіі ў Мачулішчах.
 Праваабаронцы атрымалі інфармацыю аб тым, што 3 сакавіка супрацоўнікамі КДБ па справе дыверсіі ў Мачулішчах быў затрыманы Максім Лапацін. Мужчыну трымаюць у СІЗА КДБ.
 Лапаціна моцна збілі пры затрыманні. На АНТ выйшаў фільм, у якім расказваецца пра некаторыя гучныя затрыманні, у тым ліку згадваецца Максім. Нібыта ягоная знаёмая псіхатэрапеўтка Яўгенія Тачынская, якая жыве ў Польшчы, папрасіла прывезці 27 лютага «ўкраінскага агента» Швеца са Століна на Лагойскую трасу.
 На відэа бачна, што ў яго стаяць пратэзы на сківіцы, што можа значыць, што яе зламалі. Пасля шыніравання павінен быць сур'ёзны этап рэабілітацыі з прыёмам ежы і вады праз трубачку.
 23 сакавіка затрымалі і жонку Максіма - Людмілу Лапаціну.
 Варта адзначыць, што ў сужэнцаў двое непаўналетніх дзяцей.</t>
   </si>
   <si>
     <t>Вырак суда 03.10.2024: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 27.12.2024: невядома.</t>
   </si>
   <si>
     <t>2023-03-28 16:23:05</t>
   </si>
   <si>
-    <t>Андрэй Аляксандравіч Мірэйчык</t>
-[...56 lines deleted...]
-    <t>2025-09-24 18:50:18</t>
+    <t>Віталь Мікалаевіч Чавусаў</t>
+  </si>
+  <si>
+    <t>9 сакавіка 1979</t>
+  </si>
+  <si>
+    <t>Прадпрымальнік, дырэктар адной з рэкламных фірм.</t>
+  </si>
+  <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-06-27 16:13:19</t>
+  </si>
+  <si>
+    <t>Іван Паўлавіч Падліпенцаў</t>
+  </si>
+  <si>
+    <t>9 сакавіка 1980</t>
+  </si>
+  <si>
+    <t>У праўладным відэа Іван кажа, што быў затрыманы за "нядобразычлівыя" каментары ў дачыненні да прадстаўнікоў улады і супрацоўнікаў міліцыі ў Youtube і Telegram. Па версіі сілавікоў, ён таксама прайшоў рэгістрацыю ў плане "Перамога".</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.06.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:59:15</t>
   </si>
   <si>
     <t>Ганна Аляксееўна Аблаб</t>
   </si>
   <si>
     <t>9 сакавіка 1978</t>
   </si>
   <si>
-    <t>Супрацоўніца «БЧ». Паводле папярэдняй інфармацыі, ставіцца ў віну арт. 356 Крымінальнага кодэкса (здрада дзяржаве). Таксама па «АНТ» паведамілі аб узбуджэнні крымінальнай справы за стварэнне экстрэмісцкага фарміравання — ст. 361-1 Крымінальнага кодэкса. </t>
-[...2 lines deleted...]
-    <t>11 гадоў калоніі ва ўмовах агульнага рэжыму.</t>
+    <t>Ганна, супрацоўніца БЧ, была затрымана восенню 2021 года ў рамках крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі стачку і ўваходзілі ў ініцыятыву «Рабочы рух». 21 верасня 2021 года гэтая ініцыятыва была прызнана экстрэмісцкай арганізацыяй, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні працоўных.
+У лютым 2023 года Ганну прызналі вінаватай па артыкулах «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.08.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-27 14:05:51</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-03-06 13:59:15</t>
   </si>
   <si>
     <t>Артур Мікалаевіч Мемех</t>
   </si>
   <si>
     <t>9 сакавіка 1991</t>
   </si>
   <si>
     <t>Senior software engineer з EPAM Артур Мемех рэлацыраваўся ў Нью-Джэрсі вясной 2020 года. Выглядае, што яго затрымалі, калі ён вырашыў наведаць сваякоў у Беларусі.
 Апошні раз ён быў анлайн у сацсетках у канцы мінулай восені. Выглядае, што Мемех вырашыў наведаць Беларусь у канцы 2023 года ці пачатку 2024 года і быў затрыманы. Артура пачынаюць судзіць 23 верасня 2024 года за "садзейнічанне экстрэмісцкай дзейнасці".</t>
   </si>
   <si>
     <t>Вырак суда 25.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.12.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-09 20:08:23</t>
   </si>
   <si>
-    <t>Віталь Мікалаевіч Чавусаў</t>
-[...13 lines deleted...]
-  <si>
     <t>Андрэй Уладзіміравіч Вусік</t>
   </si>
   <si>
     <t>9 сакавіка 1989</t>
   </si>
   <si>
+    <t>Вырак суда 30.01.2026: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, 500 базавых велічынь штрафу.</t>
+  </si>
+  <si>
     <t>2025-10-30 00:11:43</t>
   </si>
   <si>
-    <t>Вячаслаў Аляксандравіч Панцюшэнка</t>
-[...27 lines deleted...]
-    <t>2025-01-15 19:42:13</t>
+    <t>Іван Валер'евіч Пуздроў</t>
+  </si>
+  <si>
+    <t>18.07.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу</t>
+  </si>
+  <si>
+    <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2023-05-08 22:24:19</t>
   </si>
   <si>
     <t>Паліна Сяргееўна Зыль</t>
   </si>
   <si>
     <t>10 сакавіка 1993</t>
   </si>
   <si>
     <t>Мазырская актывістка і блогерка Паліну Зыль. Як стала вядома «Нашай Ніве», дзяўчыне прад'явілі абвінавачанні ва ўдзеле ў пратэстах і датычнасці да «экстрэмісцкага фармавання». Яна чакае суда ў СІЗА.
 Разам з ёй быў арыштаваны яе хлопец Максім Шуканаў. Інфармацыі аб яго вызваленні не было, хутчэй за ўсё, ён таксама ў СІЗА.
 Паліне 31 год. Яна родам з Ельска, вучылася ў Мазыры. У 2020-м дзяўчына падтрымала пратэсты, нават патрапіла на суткі. Потым Паліна адышла ў цень, але заставалася ў краіне. І Зыль, і Шуканаў патрапілі ў вышук, але не хацелі з'яжджаць з Беларусі.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-02-17 14:35:31</t>
   </si>
   <si>
-    <t>Сяргей Валер'евіч Кірыковіч</t>
-[...13 lines deleted...]
-    <t>2022-07-14 20:28:48</t>
+    <t>Вячаслаў Аляксандравіч Панцюшэнка</t>
+  </si>
+  <si>
+    <t>10 сакавіка 1980</t>
+  </si>
+  <si>
+    <t>Затрыманы за вывешванне бел-чырвона-белага сцяга і сцяга Украіны на фасадзе шматпавярховага дома ў Менску.
+Пасля іх затрымання канал у мабільным дадатку Zello, праз які яны размаўлялі падчас правядзення акцыі, быў прызнаны экстрэмісцкім фарміраваннем.</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-10-13 21:45:33</t>
+  </si>
+  <si>
+    <t>Анатоль Аляксандравіч Крупін</t>
+  </si>
+  <si>
+    <t>10 сакавіка 1959</t>
+  </si>
+  <si>
+    <t>Анатолю Крупіну 65 год. У 1993-2015 гадах мужчына працаваў у аэрапорце "Мінск-2" інспектарам Службы бяспекі. У 2016 годзе ён згадваўся як начальнік змены авіяцыйнай бяспекі і рэжыму - тады ў аэрапорце затрымалі грамадзянку Расіі за няўдалы жарт пра траціл у багажы. Сітуацыю каментаваў менавіта Крупін. У сацсетках апошняя пасада мужчыны датуецца чэрвенем 2024 года.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:42:13</t>
   </si>
   <si>
     <t>Вадзім Ігаравіч Рушкевіч</t>
   </si>
   <si>
     <t>11 сакавіка 1974</t>
   </si>
   <si>
     <t>Мужчыну 50 год. Ён быў заснавальнікам або дырэктарам некалькіх арганізацый, якія займаліся імпартам кампутараў і камплектуючых да іх. У апошні час быў намеснікам дырэктара па камерцыйных пытаннях кампаніі "Авард сэрвіс" і дырэктарам кампаніі "СанРан".
 Невядома дакладна, калі яго затрымалі , але больш за паўгода таму. КДБ уключыў Рушкевіча ў спіс удзельнікаў «экстрэмісцкага фармавання Трыэліт» як і бізнэсоўца Уладзіміра Балабановіча, якога судзяць за заклікі да санкцый.
 Верагодна, чат выявілі з-за кагосьці з затрыманых.</t>
   </si>
   <si>
     <t>Вырак суда 23.05.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 13.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-05-07 16:47:33</t>
   </si>
   <si>
+    <t>Максім Сяргеевіч Дудорга</t>
+  </si>
+  <si>
+    <t>11 сакавіка 1996</t>
+  </si>
+  <si>
+    <t>Усё сваё дарослае жыццё ён прысвяціў спорту і ваеннай службе. Яшчэ ў 2015 годзе Максім бегаў марафоны і паўмарафоны ў складзе клуба "Вікторыя".
+Пазней служыў у 38-й асобнай дэсантна-штурмавой брыгадзе ў Брэсце. У лютым 2020 года дзяржаўныя СМІ пісалі пра яго як пра ўзорнага афіцэра: "гвардыі старшы лейтэнант Дудорга стаў лепшым камандзірам дэсантнага ўзвода сіл спецыяльных аперацый па выніках спаборніцтваў па палявой вывучцы". Падобна, што ён даслужыўся да капітана – прынамсі так яго пазней падпісвалі ў запісных кніжках, «капітан Дудорга». Максім займаўся веласіпедным спортам, удзельнічаў у велапрабегах клуба «ВелаБрэст» і нават падзарабляў кіроўцам, возячы спадарожнікаў па маршруце Мінск — Брэст — Лунінец.
+Незразумела, ці працаваў Дудорга ў спецназе да гэтага часу, ці ўжо звольніўся.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.10.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 09.01.2026: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-09-25 19:23:04</t>
+  </si>
+  <si>
+    <t>Вадзім Юр'евіч Сычугоў</t>
+  </si>
+  <si>
+    <t>12 сакавіка 1981</t>
+  </si>
+  <si>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
+  </si>
+  <si>
+    <t>Вырак суда 01.08.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.09.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-07-26 14:37:31</t>
+  </si>
+  <si>
     <t>Аляксей Паўлавіч Гамеза</t>
   </si>
   <si>
     <t>12 сакавіка 1985</t>
   </si>
   <si>
     <t>Аляксей, дырэктар будаўнічай фірмы, быў затрыманы ў кастрычніку 2021 года ў межах крымінальнай справы, звязанай з ініцыятывай "Буслы ляцяць". Некаторыя эпізоды абвінавачання тычыліся пашкоджання аўтамабіля суддзі Барысаўскага раёна. У выніку ён быў прыгавораны да працяглага тэрміну пазбаўлення волі і штрафу.
 У чэрвені 2023 года яму ўзмацнілі жорсткасць пакарання і перавялі на турэмны рэжым.</t>
   </si>
   <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
     <t>Вырак суда 28.09.2022: 14 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены. Суд па змене рэжыму 15.06.2023: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-10-13 14:50:29</t>
-  </si>
-[...14 lines deleted...]
-    <t>2021-12-06 21:19:03</t>
   </si>
   <si>
     <t>Ганна Уладзіміраўна Стражэвіч</t>
   </si>
   <si>
     <t>12 сакавіка 1965</t>
   </si>
   <si>
     <t>Ганна была затрымана 18 снежня 2023 года. Па заканчэнні 72 гадзін яна так і не была вызвалена. Папярэдне крымінальная справа была ўзбуджаная за абразу Лукашэнкі і супрацоўніка міліцыі.
 Ганну асудзілі па некалькіх крымінальных артыкулах, у тым ліку «садзейнічанне экстрэмісцкай дзейнасці», прызначыўшы ёй пакаранне ў выглядзе пазбаўлення волі і буйнога штрафу. Судовы працэс адбываўся ў закрытым рэжыме.
 Меркавана, адной з падстаў для пераследу стала яе салідарнасць з палітвязнямі — вядома, што Ганна актыўна пісала ім лісты.
  </t>
   </si>
   <si>
     <t>Вырак суда 05.12.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 550 базавых велічынь штрафу. Апеляцыя 14.03.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-12-22 02:06:21</t>
   </si>
   <si>
+    <t>Мікіта Сяргеевіч Кунтыш</t>
+  </si>
+  <si>
+    <t>12 сакавіка 2002</t>
+  </si>
+  <si>
+    <t>Быў затрыманы 9 лістапада па падазрэнні па крымінальнай справе аб групавых дзеяннях, якія груба парушаюць грамадскі парадак.
+Таксама маладога чалавека абвінавацілі ў атрыманні з-за мяжы тэлескапічных дубінак, электрашокераў і іншых сродкаў.</t>
+  </si>
+  <si>
+    <t>6 гадоў пазбаўлення волі ў папраўчай калоніі строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-12-06 21:19:03</t>
+  </si>
+  <si>
     <t>Сяргей Аляксандравіч Зініч</t>
   </si>
   <si>
     <t>12 сакавіка 1994</t>
   </si>
   <si>
     <t>Сяргей быў асуджаны летам 2024 года за «паклёп у дачыненні да Лукашэнкі» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
-    <t>ПУАТ-36, 220039, г. Мінск, вул. Караткевіча, 14</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 15.07.2024: 4 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 20.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-07-08 23:49:21</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-09-12 15:01:44</t>
   </si>
   <si>
     <t>Васіль Уладзіміравіч Ермакоў</t>
   </si>
   <si>
     <t>14 сакавіка 1987</t>
   </si>
   <si>
     <t>Экс-супрацоўнік банка "БелЗЭБ". Васіля затрымалі ў пачатку ліпеня 2022 года Праўладныя тэлеграм-каналы сцвярджалі, што яго затрымалі нібыта за «зліў» асабістых дадзеных сілавікоў, настаўнікаў і лекараў. У «пакаяльным» відэа Ермакоў распавядаў, што ўдзельнічаў у мітынгах у Менску і перадаў інфармацыю пра супрацоўнікаў МУС у бот «Чорнай кнігі Беларусі», «скарыстаўшыся службовымі паўнамоцтвамі».
 Васіль быў моцна збіты, нават губляў прытомнасць, У яго былі зламаныя рэбры. У СІЗА-1 перавялі са шпіталя.
 У яго ёсць 1 дзіця.</t>
   </si>
   <si>
-    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
-[...1 lines deleted...]
-  <si>
     <t>6 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-02-10 16:03:39</t>
+  </si>
+  <si>
+    <t>Алеся Мікалаеўна Вяроўкіна</t>
+  </si>
+  <si>
+    <t>15 сакавіка 1984</t>
+  </si>
+  <si>
+    <t>Суд пачаўся 29.07.2025 і працягнуўся да 20.08.2025 года.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.08.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:07:05</t>
   </si>
   <si>
     <t>Юрый Валер'евіч Бялько</t>
   </si>
   <si>
     <t>15 сакавіка 1983</t>
   </si>
   <si>
     <t>Быў затрыманы па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага напрамку".
 У красавіку 2022 года Юрыя перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>Вырак суда 19.07.2021: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 912 рублёў кампенсацыі. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены. Суд па змене рэжыму 13.04.2022: 3 гады турэмнага рэжыму. Суд па змене рэжыму 25.06.2025: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 20:59:45</t>
-  </si>
-[...57 lines deleted...]
-    <t>2022-03-18 18:44:06</t>
   </si>
   <si>
     <t>Аляксандр Уладзіміравіч Кулікоў</t>
   </si>
   <si>
     <t>16 сакавіка 1970</t>
   </si>
   <si>
     <t>Падставай для крымінальнай справы сталі каментары ў адным з чатаў, прызнаным сілавікамі экстрэмісцкімі матэрыяламі ў маі 2021 года.
 Як паведамілі знаёмыя Аляксандра, якія знаходзяцца за мяжой, у маі 2023 года, ужо пасля ўзбуджэння крымінальнай справы, ён выехаў у Польшчу, дзе прабыў каля месяца. , што калі Кулікоў вернецца, то яму будзе абраная мера пакарання, не звязаная з пазбаўленнем волі.
 Праз нейкі час Кулікоў вырашыў вярнуцца ў Беларусь і быў затрыманы. На сувязь ён перастаў выходзіць падчас перасячэння мяжы. 2023 прызнаў магіляўчаніна вінаватым і прыгаварыў да трох гадоў пазбаўлення волі з накіраваннем у калонію ва ўмовах агульнага рэжыму.
 У снежні 2023 года стала вядома, што Кулікова збіраюцца судзіць зноў. арт.361 заўв. 3). для ўдзелу ў экстрэмісцкай дзейнасці (арт. 361 заўв . 5). месяцаў пазбаўлення волі ва ўмовах агульнага рэжыму.
 На БТ 12 снежня выйшаў прапагандысцкі фільм пра Кулікова, які расказвае пра сваю спробу далучыцца да палка Кастуся Каліноўскага і пра праходжанне ваеннай падрыхтоўкі пад Кіевам.
 У сакавіку 2024 года стала вядома, што пракурор апратэставаў прысуд палітвязню магіляўчаніну Аляксандру Кулікаву, асуджанаму да чатырох з паловай гадоў калоніі.
 01.07.2024 адбыўся суд па замене Аляксандру рэжыму і ён   прыняў рашэнне перавесці палітвязня на турэмны рэжым .</t>
   </si>
   <si>
     <t>Вырак суда 13.07.2023: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.10.2023: невядома. Вырак суда 22.12.2023: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 16.02.2024: прысуд пакінуты без змены. Пратэст пракурора дата невядомая: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 01.07.2024: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2023-07-07 15:22:28</t>
   </si>
   <si>
-    <t>Аляксандр Уладзіміравіч Яшкін</t>
-[...33 lines deleted...]
-  <si>
     <t>Анастасія Сяргееўна Гарчакова</t>
   </si>
   <si>
     <t>16 сакавіка 1982</t>
   </si>
   <si>
     <t>Праходзіла па "справе дваровых чатаў".</t>
   </si>
   <si>
     <t>Вырак суда 24.07.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-07 22:27:20</t>
+  </si>
+  <si>
+    <t>Ягор Паўлавіч Лянкевіч</t>
+  </si>
+  <si>
+    <t>16 сакавіка 2001</t>
+  </si>
+  <si>
+    <t>Асуджаны за ўдзел у акцыях пратэсту.
+З 16 верасня 2023 года Ягор пераведзены на турэмны рэжым. Там палітвязень мусіць адбыць 2 гады.
+31 ліпеня 2025 года Ягор быў асуджаны па арт. 411 Крымінальнага кодэкса за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы, якая выконвае пакаранне ў выглядзе пазбаўлення волі" яшчэ да 10 месяцаў і 14 дзён пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.03.2022: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 05.09.2023: 2 гады турэмнага рэжыму. Вырак суда 31.07.2025: 10 месяцаў 14 дзён пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-03-18 18:44:06</t>
+  </si>
+  <si>
+    <t>Ірына Уладзіміраўна Лебедзь</t>
+  </si>
+  <si>
+    <t>17 сакавіка 1983</t>
+  </si>
+  <si>
+    <t>Вядома, што супрацоўнікі ГУБАЗіКу расследуюць справу ў дачыненні да асоб, якія нібыта былі датычныя да тэлеграм-чата «партызаны Наваградка». Супраць іх заведзены крымінальныя справы па артыкуле экстрэмізм. З усіх, каго дапытвалі па справе, бяруць падпіску аб неразгалошваньні.
+СМІ паведамляюць , што сама меней шасцёра чалавек сярод тых, каго сілавікі затрымалі 15 дзён таму, не выйшлі пасля адбыцця адміністрацыйнага арышту, у тым ліку Ірына.
+У Ірыны праблемы з хрыбетнікам: множныя кілы і іншыя ўтварэнні, неабходна аперацыя.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:58:10</t>
   </si>
   <si>
     <t>Іван Мікалаевіч Качанаў</t>
   </si>
   <si>
     <t>17 сакавіка 1989</t>
   </si>
   <si>
     <t>Апошнім часам Іван працаваў у кампаніі "Белэнерга". Яго праца - усталёўка і налада оптавалакновых сетак і камунікацый.
 Іван вельмі актыўны тэлеграм-каментатар. З 2019 па 2025 гады ён пакінуў у адкрытых чатах больш за 50 тысяч паведамленняў. Вялікая іх частка не тычыцца палітыкі - ён абмяркоўваў тэхналогіі, даваў прафесійныя парады па мантажы і інструментам для сетак. Але пісаў ён і пра палітыку. Качанаў падтрымаў рух за свабодныя выбары і асудзіў уварванне Расіі ва Украіну. Пры гэтым ён крытыкаваў Еўропу і НАТА, выступаў супраць пераследу беларусаў за мяжой і супраць рэпрэсій, а таксама супраць рэпрэсій за рускую мову ва Украіне, бо гэта "распальвае агрэсію".
 Асуджаны за каментары ў чаце, прызнаным экстрэмісцкім і за ўдзел у пратэстах 2020 года. Праз два тыдні пасля этапу ў калонію на Івана завялі другую крымінальную справу па чаце "Беларускі Гаюн" і зноў перавялі ў СІЗА,</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2025-06-23 12:42:50</t>
   </si>
   <si>
     <t>Кірыл Вячаслававіч Пазняк</t>
   </si>
   <si>
     <t>17 сакавіка 1977</t>
   </si>
   <si>
     <t>Журналіст Кірыл Пазняк быў затрыманы 4 верасня, у дзень прызнання "экстрэмісцкім фарміраваннем" ютуб-канала "Платформа 375". У 2021—2022 гадах канал правёў некалькі дэбатаў паміж праўладнымі прапагандыстамі і апанентамі, якія іх вымушана з'ехалі з краіны. Адным з вядучых дэбатаў быў Кірыл Пазняк. Ва ўступным слове ён заявіў, што дэбаты патрэбны для стварэння "дыялогавай пляцоўкі, каб апаненты маглі хаця б пачуць адзін аднаго", а таксама каб "павышаўся ўзровень і культура дэбатаў, дыскусій", а бакі, якія спрачаюцца, атрымалі магчымасць "вяшчаць не толькі на сваю аўдыторыю, а таксама на аўдыторыю тых, хто не вызначыўся і на публіку апанентаў.
 У "Пералік арганізацый, фарміраванняў, індывідуальных прадпрымальнікаў, якія маюць дачыненне да экстрэмісцкай дзейнасці" канал, а таксама яго акаўнты ў "ЦікТоку" ўключаны 11 верасня.</t>
   </si>
   <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
     <t>2025-09-13 11:24:16</t>
+  </si>
+  <si>
+    <t>Вячаслаў Генадзевіч Крук</t>
+  </si>
+  <si>
+    <t>18 сакавіка 1981</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>2025-12-08 14:42:32</t>
+  </si>
+  <si>
+    <t>Зміцер Віктаравіч Басько</t>
+  </si>
+  <si>
+    <t>18 сакавіка 1965</t>
+  </si>
+  <si>
+    <t>Вядома , што Зміцер да затрымання жыў у Менску, працаваў праграмістам. Таксама ён перыядычна выкладаў праграмаванне ў БДУ на факультэце прыкладной матэматыкі і інфарматыкі. Перад самым сваім затрыманнем Зміцер нідзе не працаваў, бо для ўніверсітэта ён стаў "нядобранадзейным", а многія ІТ-кампаніі сышлі з Беларусі, таму яму з яго высокай кваліфікацыяй працы не было. З'яжджаць ён не хацеў, таму што на той момант даглядаў пажылую маці. Падчас следства над Зміцерам яе не стала.</t>
+  </si>
+  <si>
+    <t>Вырак суда 15.05.2025: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя дата невядомая: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-08-23 11:45:35</t>
   </si>
   <si>
     <t>Віталь Мікалаевіч Папроцкі</t>
   </si>
   <si>
     <t>18 сакавіка 1970</t>
   </si>
   <si>
     <t>Ён пачынаў у 1999 годзе як следчы ў міліцыі Жодзіна. Вядома, што ён дарос да падпалкоўніка юстыцыі. Да вясны 2014 года Віталь працаваў начальнікам Смалявіцкага раённага аддзела Следчага камітэта.
 У 2020 годзе ён і яшчэ 4 былыя супрацоўнікі Жодзінскага ГАУС запісалі зварот да калег, якія падчас пратэстаў працавалі ў жодзінскай міліцыі, і да ўсіх работнікаў праваахоўных органаў Беларусі. Папроцкі кажа ў звароце, што ўсё жыцьцё служыў народу. Віталь расказвае, што тыя, хто заступаўся за людзей, былі рэпрэсаваныя, ён прапануе «апамятацца і задумацца». Папроцкі кажа, што падтрымлівае тых, хто працуе паводле закону.
 Па паведамленні СМІ , усе пяцёра былі затрыманыя ў пачатку лютага 2024 года.</t>
   </si>
   <si>
     <t>Вырак суда 03.03.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-01-06 15:23:48</t>
   </si>
   <si>
-    <t>Зміцер Віктаравіч Басько</t>
-[...11 lines deleted...]
-    <t>2025-08-23 11:45:35</t>
+    <t>Зміцер Ігаравіч Свічкароў</t>
+  </si>
+  <si>
+    <t>19 сакавіка 1988</t>
+  </si>
+  <si>
+    <t>Супрацоўнік Epam. Затрыманы за донаты. На момант затрымання дачкі Зміцера было 9 месяцаў.
+06.02.2024 адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:07:08</t>
   </si>
   <si>
     <t>Аляксей Ігаравіч Камароўскі</t>
   </si>
   <si>
     <t>19 сакавіка 1984</t>
   </si>
   <si>
     <t>10 жніўня 2020 года падчас акцый пратэсту Аляксей ехаў у сваім аўтамабілі па Менску ў раёне "Белай Вежы". На скрыжаванні мужчына ўбачыў амапаўцаў, якія, шукаючы пратэстоўцаў, пачалі брутальна затрымліваць кіроўцаў аўтамабіляў: страляць і біць у машынах шкла. Аляксей, не чакаючы свайго затрымання, паехаў наперад, дзе якраз праязджалі супрацоўнікі ДАІ. Не заўважыўшы службовую машыну, Аляксей перабудаваўся ў яе рад. На момант манеўру машына ДАІ ўжо спынілася, і мужчына паехаў далей па сваіх справах. У гэтым дзеянні суд убачыў умяшанне ў дзейнасць супрацоўніка органа ўнутраных спраў (арт. 365 КК).
 У той жа час і ў тым жа месцы нібыта знаходзіўся супрацоўнік ДАІ Масэнза, які ў канцы снежня 2022 года даў паказанні, нібыта Аляксей хацеў тады яго збіць. За гэта мужчыну паставілі ў віну ст. 364 КК і ўзялі пад варту.
 У Аляксея трое дзяцей, адна з іх непаўналетняя дачка 5-ці гадоў.</t>
   </si>
   <si>
     <t>Вырак суда 17.02.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, 3000 рублёў кампенсацыі. Апеляцыя 02.05.2023: невядома.</t>
   </si>
   <si>
     <t>2023-03-21 20:25:58</t>
   </si>
   <si>
-    <t>Зміцер Ігаравіч Свічкароў</t>
-[...14 lines deleted...]
-  <si>
     <t>Міхаіл Міхайлавіч Лазько</t>
   </si>
   <si>
     <t>19 сакавіка 1986</t>
   </si>
   <si>
-    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2024-07-31 14:36:53</t>
   </si>
   <si>
-    <t>Ілля Ходас</t>
-[...5 lines deleted...]
-    <t>Вырак суда 03.11.2025: 2 гады 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+    <t>Ілля Леанідавіч Ходас</t>
+  </si>
+  <si>
+    <t>19 сакавіка 1980</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.11.2025: 2 гады 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-09-17 16:53:13</t>
   </si>
   <si>
+    <t>Андрэй Юр'евіч Сітнікаў</t>
+  </si>
+  <si>
+    <t>20 сакавіка 1965</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.10.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 20.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:06:24</t>
+  </si>
+  <si>
     <t>Сяргей Фёдаравіч Ляжэнка</t>
   </si>
   <si>
     <t>20 сакавіка 1993</t>
   </si>
   <si>
     <t>Сяргей быў затрыманы ў межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Яго асудзілі за ўдзел у "масавых беспарадках". Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, акрамя пакарання ў выглядзе пазбаўлення волі, запатрабавалі ад абвінавачаных каля 530 тысяч рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-02-27 01:43:23</t>
+  </si>
+  <si>
+    <t>Аляксандр Уладзіміравіч Апановіч</t>
+  </si>
+  <si>
+    <t>20 сакавіка 1981</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-20 11:28:14</t>
+  </si>
+  <si>
+    <t>Ігар Іванавіч Хіневіч</t>
+  </si>
+  <si>
+    <t>20 сакавіка 1972</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:29:17</t>
   </si>
   <si>
     <t>Аляксандр Анатольевіч Петушкоў</t>
   </si>
   <si>
     <t>20 сакавіка 1988</t>
   </si>
   <si>
     <t>Упершыню Аляксандра Петушкова затрымалі ў студзені 2022 года, пасля чаго праўладныя Telegram-каналы выклалі "пакаяльнае"; відэа з ім. Прычынай затрымання сталі яго каментарыі аб падзеях у Казахстане.
 Другі раз Аляксандр быў затрыманы ў красавіку 2022 года. Прычынай для ўзбуджэння крымінальнай справы сталі рэпосты і каментары з заклікамі аб забастоўцы, спыненні працы прадпрыемстваў, аб аднаўленні пратэстаў. Гучалі ў яго і прапановы зняць пагоны сілавікам і генералам. У адносінах да Лукашэнкі ён выкарыстоўваў словы «узурпатар» і «нелігітымны».</t>
   </si>
   <si>
     <t>7,5 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-07-22 18:12:13</t>
   </si>
   <si>
-    <t>Андрэй Юр'евіч Сітнікаў</t>
-[...47 lines deleted...]
-    <t>2023-03-22 17:00:38</t>
+    <t>Яўген Вячаслававіч Мілянкевіч</t>
+  </si>
+  <si>
+    <t>21 сакавіка 1996</t>
+  </si>
+  <si>
+    <t>Яўген быў асуджаны па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>ПУАТ-49, г.Шклоў, вул.Маладзёжная 2б, 213002</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.11.2024: 1 год 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 09.01.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:24:01</t>
   </si>
   <si>
     <t>Ілля Дзітовіч Цялічэнка</t>
   </si>
   <si>
     <t>21 сакавіка 1982</t>
   </si>
   <si>
     <t>Верагодней за ўсё да суда знаходзіўся пад вартай.
 26.01.2024 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2024-01-25 18:30:24</t>
   </si>
   <si>
-    <t>Яўген Вячаслававіч Мілянкевіч</t>
-[...14 lines deleted...]
-    <t>2024-11-02 16:24:01</t>
+    <t>Кірыл Уладзіміравіч Мацюта</t>
+  </si>
+  <si>
+    <t>21 сакавіка 1991</t>
+  </si>
+  <si>
+    <t>20.06.2023 года адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.04.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.06.2023: невядома. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-03-22 17:00:38</t>
   </si>
   <si>
     <t>Алег Анатольевіч Малчанаў</t>
   </si>
   <si>
     <t>22 сакавіка 1970</t>
   </si>
   <si>
     <t>Затрыманы за падпал 28 лютага 2022 года на станцыі «Жэрдзь-Астанкавічы» рэлейнай шафы сігналізацыі, цэнтралізацыі і блакіравання (СЦБ), у выніку чаго светлафоры і стрэлачныя пераводы на гэтым участку былі прыведзеныя ў непрацоўны стан. Перагон Астанкавічы — Жэрдзь знаходзіцца на лініі Жлобін — Калінкавічы, якая затым працягваецца на Оўруч (Жытомірская вобласць Украіны).</t>
   </si>
   <si>
-    <t>21 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+    <t>Вырак суда 27.12.2022: 21 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 30.03.2023: невядома.</t>
   </si>
   <si>
     <t>2022-04-21 18:57:59</t>
   </si>
   <si>
     <t>Віктар Віктаравіч Яроменку</t>
   </si>
   <si>
     <t>22 сакавіка 1981</t>
   </si>
   <si>
     <t>Акалічнасці справы, акрамя прысуду, пакуль праваабаронцам невядомыя.
 Абвінавачаны Яроменка прызнаны вінаватым у наўмысных дзеяннях, накіраваных на ўзбуджэнне нацыянальнай і іншай сацыяльнай варожасці па прымеце нацыянальнай і іншай сацыяльнай прыналежнасці. Ён жа прызнаны вінаватым у свядомым пастаўленні іншай асобы ў небяспеку заражэння вірусам імунадэфіцыту чалавека (ВІЧ).</t>
   </si>
   <si>
     <t>5 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2023-05-18 09:15:40</t>
   </si>
   <si>
     <t>Аляксандр Іванавіч Мазур</t>
   </si>
   <si>
     <t>22 сакавіка 1974</t>
   </si>
   <si>
     <t>Быў затрыманы ў лістападзе 2024 года ў Жодзіне.
 У гэты ж час прызналі "экстрэмісцкімі матэрыяламі" сайт ініцыятывы "ліст. бел" , а таксама старонкі яе ў сацсетках . Яшчэ праз месяц КДБ прызнаў ініцыятыву "экстрэмісцкім фармаваннем ". Паводле звестак ведамства, Аляксандр Мазур , а таксама Павел Каранюхін і Аляксандр Лыкшын маюць дачыненне да "ліста . бел". Цяпер мужчыны знаходзяцца ў СТ -8 , іх абвінавачваюць па арт. 361-1 Крымінальнага кодэкса (Стварэнне экстрэмісцкага фарміравання або ўдзел у ім).</t>
   </si>
   <si>
-    <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу.</t>
+    <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2024-12-29 21:52:50</t>
   </si>
   <si>
     <t>Андрэй Вячаслававіч Будай</t>
   </si>
   <si>
     <t>23 сакавіка 1978</t>
   </si>
   <si>
     <t>Андрэй, будаўнік-аддзелачнік, быў затрыманы ў ліпені 2021 года ў межах крымінальнай справы, звязанай з ініцыятывай «Буслы ляцяць». Некаторыя эпізоды абвінавачання тычыліся пашкоджання аўтамабіля суддзі Барысаўскага раёна. У выніку ён быў прыгавораны да працяглага тэрміну пазбаўлення волі і штрафу.
 У верасні 2024 года Андрэя зноў асудзілі па артыкуле аб «злосным непадпарадкаванні патрабаванням адміністрацыі папраўчай установы». Гэты артыкул часта прымяняецца да зняволеных, якія адмаўляюцца ад супрацоўніцтва з адміністрацыяй, і прадугледжвае пакаранне за надуманыя парушэнні. У выніку ягоны агульны тэрмін зняволення павялічыўся да 17 гадоў.
 На волі Андрэя чакаюць трое дзяцей і жонка, у якой сур'ёзныя праблемы са здароўем.</t>
   </si>
   <si>
     <t>Вырак суда 28.09.2022: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены. Вырак суда 24.09.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-08-12 20:00:28</t>
   </si>
   <si>
-    <t>Андрэй Уладзіміравіч Брэмшміт</t>
-[...12 lines deleted...]
-    <t>2024-02-12 19:12:28</t>
+    <t>Андрэй Уладзіміравіч Прыходзька</t>
+  </si>
+  <si>
+    <t>23 сакавіка 1988</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.11.2024: невядома. Апеляцыя 07.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:12:38</t>
   </si>
   <si>
     <t>Мацвей Віктаравіч Аверчук</t>
   </si>
   <si>
     <t>23 сакавіка 1994</t>
   </si>
   <si>
     <t xml:space="preserve">Братоў Авярчукоў затрымалі на пачатку чэрвеня. Пра гэта паведамілі праўладныя тэлеграм-каналы. На пакаянным відэа мужчыны гавораць, што 10 жніўня 2020-га года знаходзіліся ў Брэсце на акцыі пратэсту.
 Мацвей займаецца рамонтам аўтамабіляў.
 Таксама па гэтай справе праходзяць Алег Літвінчук і Аляўціна Гудкова.
 </t>
   </si>
   <si>
     <t>Вырак суда 08.08.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-25 18:07:49</t>
   </si>
   <si>
-    <t>Ігар Алегавіч Кісляк</t>
-[...14 lines deleted...]
-    <t>2025-01-06 14:21:32</t>
+    <t>Андрэй Уладзіміравіч Брэмшміт</t>
+  </si>
+  <si>
+    <t>23 сакавіка 1985</t>
+  </si>
+  <si>
+    <t>Быў мясцовым дэпутатам у Заслаўі, дзе зарэгістраваная ягоная фірма. Брэмшміт нават быў у выбарчай камісіі на парламенцкіх выбарах у 2019-м. Вядома, што ў канцы траўня 2023-га мужчына ездзіў у Літву. У чатах ён пісаў, за які час прайшоў мяжу і што хутка збіраецца вяртацца ў Беларусь. Адзін з арганізатараў "VIVA Ровар" у г. Заслаўе.
+29.04.2024 была разгледжана апеляцыйная скарга (меркавана тэрмін быў скарочаны з 10 гадоў пазбаўлення волі, прызначаных судом першай інстанцыі, да 6.5 гадоў пазбаўлення), прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>6,5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:12:28</t>
   </si>
   <si>
     <t>Мікіта Уладзіміравіч Емяльянаў</t>
   </si>
   <si>
     <t>24 сакавіка 2000</t>
   </si>
   <si>
     <t>Мікіта быў затрыманы ў кастрычніку 2019 года і асуджаны за атакі на будынкі СІЗА-1 і Мінгарсудзя ў Мінску ў знак салідарнасці з палітвязнямі. Першапачаткова яму прызначылі 7 гадоў пазбаўлення волі, але пасля апеляцыі тэрмін быў скарочаны да 4 год. У маі 2020 года Мікіту перавялі на турэмны рэжым.
 У сакавіку 2022 года яго паўторна асудзілі за «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы» — абвінавачванне, якое часта ўжываецца да зняволеных, якія адмовіліся супрацоўнічаць з турэмнай адміністрацыяй. У сакавіку 2023 году яго зноў перавялі на турэмны рэжым.
 На працягу ўсяго зняволення да Мікіты ўвесь час ужываецца ціск. Ён часта трапляе ў ШІЗА, дзе ўтрымліваецца ў ізаляцыі на працягу дзясяткаў дзён. Яго пазбаўляюць спатканняў з роднымі, абмяжоўваюць перапіску і канфіскоўваюць асабістыя рэчы. У адказ на цяжкія ўмовы ўтрымання Мікіта пратэстуе галадоўкамі і адмовай ад выканання патрабаванняў адміністрацыі. Ён таксама рэгулярна падвяргаецца спагнанням за дробныя парушэнні, такія як адмова прыбіраць дворык ці за міжкамерную сувязь.
 За тры месяцы да вызвалення, у лютым 2025 года, у дачыненні да Мікіты прайшло чарговае судовае паседжанне па артыкуле аб «злосным непадпарадкаванні патрабаванням адміністрацыі папраўчай установы», па выніках якога яго прысудзілі да яшчэ аднаго года пазбаўлення волі.
-Да снежня 2024 года Мікіта сумарна правёў у ШІЗА 568 сутак, з іх 2 месяцы бесперапыннай ізаляцыі.</t>
+Да снежня 2024 года Мікіта сумарна правёў у ШІЗА 568 сутак, з іх 2 месяцы бесперапыннай ізаляцыі.
+На пачатак снежня 2025 года Мікіта правёў 648 сутак у ШІЗА.</t>
   </si>
   <si>
     <t>Вырак суда 12.02.2020: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 330 рублёў кампенсацыі. Апеляцыя 27.03.2020: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 29.05.2020: 2 гады турэмнага рэжыму. Вырак суда 11.03.2022: 2 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 22.03.2023: 2 гады 4 месяца турэмнага рэжыму. Вырак суда 03.02.2025: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 03.04.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 16:59:41</t>
+  </si>
+  <si>
+    <t>Алег Ігаравіч Зубовіч</t>
+  </si>
+  <si>
+    <t>24 сакавіка 1996</t>
+  </si>
+  <si>
+    <t>Былы ўчастковы, лейтэнант. Звольніўся, бо не мог глядзець на ўсё, што адбывалася, пасля ўладкаваўся ахоўнікам. Быў моцна збіты пры затрыманні. Былыя калегі прыйшлі на суд як пацярпелыя і казалі добра пра Алега, але тым не менш спагналі маральную кампенсацыю. Дома Алега засталася чакаць адна маці.</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.12.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.03.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Ілля Валер'евіч Трубін</t>
   </si>
   <si>
     <t>24 сакавіка 1987</t>
   </si>
   <si>
     <t>Вядома, што з'яўляўся супрацоўнікам КДБ. Але ў 2011 годзе звольніўся.
 Паводле матэрыялаў следства, 34-гадовы жыхар Барысава здзейсніў падпалы двух парталаў сістэмы збору платы за праезд па дарогах «БелТол» у Барысаўскім раёне.</t>
   </si>
   <si>
     <t>16 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-04-15 23:43:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Аркадзь Андрэевіч Койчурэнка</t>
   </si>
   <si>
     <t>24 сакавіка 1974</t>
   </si>
   <si>
     <t>вярнуўся дадому з-за мяжы, і быў узяты пад варту ў канцы верасня-пачатку кастрычніка 2024 года. Ён прыехаў дадому памяняць пашпарт. Яго абвінавацілі ў "наўмысных дзеяннях, накіраваных на ўзбуджэнне нацыянальнай, рэлігійнай і іншай сацыяльнай варожасці і варожасці", у "распаўсюджванні матэрыялаў, якія змяшчаюць публічныя заклікі да захопу дзяржаўнай улады, ..., здзяйснення іншых дзеянняў, накіраваных на прычыненне шкоды нацыянальнай бяспецы РБ" і ў "абразе прадстаўніка ўлады" і "абразе прадстаўніка ўлады".
 У выніку Аркадзя асудзілі да пяці гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму і штрафу ў 500 базавых велічыняў. Таксама яму трэба будзе выплаціць "кампенсацыю маральнай шкоды" у памеры 5.000 рублёў на карысць Швеца Андрэя Іванавіча.</t>
   </si>
   <si>
     <t>Вырак суда 13.10.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-07-30 10:31:41</t>
   </si>
   <si>
     <t>Уладзімір Іванавіч Кніга</t>
   </si>
   <si>
     <t>25 сакавіка 1981</t>
   </si>
   <si>
     <t>Уладзімір, былы сілавік і валанцёр каманды кандыдата ў прэзідэнты Святланы Ціханоўскай, быў арыштаваны 4 чэрвеня 2020 года і асуджаны ў чэрвені 2021 года па "справе Ціханоўскага". Крымінальная справа была ўзбуджана пасля пікету, які адбыўся 29 траўня 2020 года ў Гродне, дзе былі затрыманы Сяргей Ціханоўскі і яго прыхільнікі.
@@ -1307,416 +1281,367 @@
 05.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 19.04.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 05.07.2024: невядома.</t>
   </si>
   <si>
     <t>2023-09-06 20:24:56</t>
   </si>
   <si>
     <t>Антон Аляксандравіч Сташэўскі</t>
   </si>
   <si>
     <t>26 сакавіка 1980</t>
   </si>
   <si>
     <t>Антон, валанцёр фонду "Краіна для жыцця" і пошукавага атрада "Анёл", быў затрыманы 9 ліпеня 2021 года ў рамках "аперацыі КДБ па зачыстцы ад радыкальна настроеных асоб" і змешчаны ў СІЗА па абвінавачанні ў фінансаванні дзейнасці экстрэмісцкага фарміравання.
 У кастрычніку 2022 года яму прад'явілі абвінавачанне ў "змове з мэтай захопу дзяржаўнай улады неканстытуцыйным шляхам", а ў лістападзе таго ж года Антон быў прыгавораны да пазбаўлення волі ў калоніі строгага рэжыму.</t>
   </si>
   <si>
     <t>Вырак суда 11.11.2022: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 10.02.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-07-13 13:41:01</t>
   </si>
   <si>
+    <t>Вольга Валяр'янаўна Матусевіч</t>
+  </si>
+  <si>
+    <t>26 сакавіка 1973</t>
+  </si>
+  <si>
+    <t>Пра яе вядома, што скончыла БДЭУ у 1994 годзе, замужам.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:09:10</t>
+  </si>
+  <si>
     <t>Максім Валер'евіч Беляновіч</t>
   </si>
   <si>
     <t>26 сакавіка 1984</t>
   </si>
   <si>
     <t>Па дадзеных праўладных каналаў, затрыманы за рэгістрацыю ў плане «Перамога».
 Інструктар па ваджэнню ДТСААФ.</t>
   </si>
   <si>
     <t>Вырак суда 26.12.2022: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 10.03.2023: невядома.</t>
   </si>
   <si>
     <t>2022-04-01 17:11:55</t>
   </si>
   <si>
-    <t>Зміцер Пятровіч Празецкі</t>
-[...35 lines deleted...]
-    <t>2022-03-11 01:16:18</t>
+    <t>Юры Паўловіч Юрэня</t>
+  </si>
+  <si>
+    <t>27 сакавіка 1965</t>
+  </si>
+  <si>
+    <t>Затрыманы разам з сынам за донаты. Як паведамляе афіцыйнае ведамства, мужчыну асудзілі за больш за 100 грашовых пераводаў на агульную суму 1885 $. Пераклады рабіліся з 7 жніўня 2020 да 24 сакавіка 2021 года.
+Гэта палічылі "фінансаваннем дзейнасці экстрэмісцкага фармавання" (хоць, хутчэй за ўсё, на той момант ініцыятывы не былі ніякімі "экстрэмісцкімі фармаваннямі").
+02.02.2024 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>5 год пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-11-05 15:33:05</t>
   </si>
   <si>
     <t>Вячаслаў Аляксандравіч Маляйчук</t>
   </si>
   <si>
     <t>27 сакавіка 1985</t>
   </si>
   <si>
     <t>Абвінавачваецца ў падрыхтоўцы тэрактаў у Чыжоўцы і ў вайсковай часці ў Печах напярэдадні Дня Волі ў 2021 годзе.
 Дзеянні, якія сілавікі яму прыпісваюць, сталі падставай для ўключэння Святланы Ціханоўскай, Паўла Латушкі, Антона Матолькі і ўдзельнікаў ініцыятывы былых сілавікоў.   у спіс тэрарыстаў і ўстановы ў дачыненні да іх крымінальнай справы за падрыхтоўку акта тэрарызму.
 Супраць Вячаслава была ўзбуджаная справа за "злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі" па арт. 411 КК. 10 лютага 2023 г. адбыўся суд. Прызначылі год пазбаўлення волі.
 Вячаслава судзілі 23.08.2023 года паводле ч. 2 арт. 411 КК у Горках і прызначылі да агульнага тэрміну яшчэ два гады пазбаўлення волі, па сукупнасці пакаранняў неадбытай часткі на момант суда (20 гадоў і 5 месяцаў) і новага пакарання (2 гады) яму засталося адбыць з моманту трэцяга суда яшчэ 22 гады 5 месяцаў.
 7 жніўня мазырскі суддзя Анатоль Стральчанка будзе праводзіць чарговы суд па арт.411 над Вячаславам.</t>
   </si>
   <si>
     <t>Па суме 3-х прысудаў з моманту затрымання Вячаславу прысудзілі 25 гадоў з адбываннем у папраўчай калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2022-04-28 14:11:36</t>
   </si>
   <si>
-    <t>Андрэй Андрэевіч Сцяпурка</t>
-[...32 lines deleted...]
-  <si>
     <t>Аляксандр Міхайлавіч Мазурын</t>
   </si>
   <si>
     <t>27 сакавіка 1981</t>
   </si>
   <si>
     <t>Хутчэй за ўсё быў затрыманы на пачатку снежня 2024 года.
 Аляксандр адвучыўся ў Акадэміі МУС і пайшоў працаваць у міліцыю.
 У 2013 годзе Мазурын уладкаваўся начальнікам аддзела аховы ў дрэваапрацоўчае прадпрыемства «Інтэрдорс». На прадпрыемстве працуе больш за 150 чалавек.
 Таксама Аляксандр мае статус ІП, сфера дзейнасці якога - распрацоўка праграмнага забеспячэння і кансультаванне ў гэтай галіне.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-06-16 23:35:43</t>
   </si>
   <si>
+    <t>Андрэй Андрэевіч Сцяпурка</t>
+  </si>
+  <si>
+    <t>27 сакавіка 1990</t>
+  </si>
+  <si>
+    <t>Андрэю Сцяпурку 33 гады. Мужчына скончыў радыётэхнічны каледж, а затым Міжнародны ўніверсітэт «МІПСА». Працаваў інжынерам-праграмістам у паліклініцы, зборшчыкам кампутараў, аператарам ЭВМ, прадаўцом-кансультантам. Вядома, што ён захапляецца практычнай стральбой, займаўся лазертагам і іншымі відамі стралковых гульняў.
+Наколькі вядома , мужчына затрыманы па справе аб выбуху самалёта ў Мачулішчах. Ён нібыта знайшоў кватэру для меркаванага выканаўцы дыверсіі ў Мачулішчах Мікалая Швеца.
+Затрыманы таксама бацькі Сцяпуркі і яго брат.</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.10.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 27.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-04-07 15:14:21</t>
+  </si>
+  <si>
+    <t>Сяргей Генадзьевіч Канавалаў</t>
+  </si>
+  <si>
+    <t>27 сакавіка 1972</t>
+  </si>
+  <si>
+    <t>Затрыманы за акцыю на чыгунцы.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Вырак суда 16.09.2022: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 03.01.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:16:18</t>
+  </si>
+  <si>
+    <t>Ганна Сяргееўна Кміт</t>
+  </si>
+  <si>
+    <t>28 сакавіка 1986</t>
+  </si>
+  <si>
+    <t>Была затрымана разам са сваім мужам Андрэем Селянінавым 31 кастрычніка 2024 года і змешчана пад варту за " актыўны ўдзел у групавых дзеяннях , якія груба парушаюць грамадскі парадак" .</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.07.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-11 18:40:30</t>
+  </si>
+  <si>
     <t>Сяргей Паўловіч Кабурнееў</t>
   </si>
   <si>
     <t>28 сакавіка 1970</t>
   </si>
   <si>
     <t>Вырак суда 25.11.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.01.2025: невядома.</t>
   </si>
   <si>
     <t>2024-04-10 14:38:27</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-11-11 18:40:30</t>
   </si>
   <si>
     <t>Дзмітрый Віктаравіч Мядзвецкі</t>
   </si>
   <si>
     <t>29 сакавіка 1988</t>
   </si>
   <si>
     <t>У 2020 годзе складаўся ў чаце “Ліда 97%”, дзе актыўна пісаў паведамленні. Таксама пісаў пра свае дзеянні ў плане "Перамога" - сказаў пра гэта ў відэа на праўладных тэлеграм-каналах. Па версіі сілавікоў заклікаў да забастовак, пратэстаў, а таксама ладзіць дыверсіі на чыгунцы. 
 У праўладных тэлеграм-каналах паведамляецца, што на Зміцера ўзбуджаныя крымінальныя справы за наўмыснае прывядзенне ў непрыдатнасць шляхоў зносін і арганізацыю групавых дзеянняў, якія груба парушаюць грамадскі парадак.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі агульнага рэжыму.
 У выніку апеляцыйнага суда ўдалося скараціць тэрмін з 3 гадоў, да 2.5 гадоў.</t>
   </si>
   <si>
     <t>2022-11-13 23:48:09</t>
+  </si>
+  <si>
+    <t>Аляксандр Уладзіміравіч Тарасевіч</t>
+  </si>
+  <si>
+    <t>29 сакавіка 1989</t>
+  </si>
+  <si>
+    <t>Аляксандр быў затрыманы і асуджаны за "ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак" у рамках крымінальнай справы, распачатай пасля жнівеньскіх акцый пратэсту 2020 года супраць вынікаў прэзідэнцкіх выбараў.
+Паводле версіі абвінавачання, у ноч з 9 на 10 жніўня 2020 года Аляксандр, "знаходзячыся на праезнай частцы і дзейнічаючы ў групе асоб, выкрыкваў лозунгі, дэманстраваў бел-чырвона-белыя палотны, наўмысна перашкаджаў руху транспарту і працы арганізацый, чым прыняў актыўны ўдзел у групавых дзеяннях, груба на групавых дзеяннях. улады".</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.08.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 22.10.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-08-01 15:04:38</t>
   </si>
   <si>
     <t>Алена Іванаўна Дземянчук</t>
   </si>
   <si>
     <t>29 сакавіка 1974</t>
   </si>
   <si>
     <t>Аленувінавацяць у фінансаванні экстрэмісцкай дзейнасці па выніках шырокамаштабных затрыманняў падчас пераследу ўладамі за падтрымку палітвязняў і іх сем'яў сацыяльным праектам прадуктовай дапамогі INeedHelpBy.
 Маці былой палітвязні Марыны Глазавай.
 27.08.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 26.06.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-03-19 01:02:19</t>
   </si>
   <si>
-    <t>Аляксандр Уладзіміравіч Тарасевіч</t>
-[...29 lines deleted...]
-    <t>2021-02-28 02:00:20</t>
+    <t>Уладзімір Рахмядовіч Джораеў</t>
+  </si>
+  <si>
+    <t>30 сакавіка 1971</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:08:02</t>
+  </si>
+  <si>
+    <t>Пётр Браніслававіча Буцько</t>
+  </si>
+  <si>
+    <t>30 сакавіка 1977</t>
+  </si>
+  <si>
+    <t>Экс-міліцыянер. Па версіі абвінавачання, 27 траўня Буцько, які пасля звальнення з міліцыі стаў дырэктарам камерцыйнай транспартнай фірмы, нанёс свайму супрацоўніку Андрэю Захару «не менш за 12 удараў у вобласць галавы» кулакамі. Пацярпелы казаў у судзе, што ў яго "няма прэтэнзій" да Буцько.
+У 2017 годзе Буцька звольніўся са службы, а ў 2020-м - выступіў супраць жорсткасці сілавікоў. У маі 2021 года Лукашэнка пазбавіў яго звання падпалкоўніка міліцыі запасу.
+Прыцягваўся па адміністрацыйных артыкулах за ўдзел у акцыях пратэсту, што суд прымаў да ўвагі падчас прызначэння пакарання. Вядома, што ў зняволенні ён знаходзіцца на прафуліку, як схільны да экстрэмізму. Праваабарончая арганізацыя RPF (Respect-Protect-Fulfill) знаходзіць у ягонай справе палітычны складнік.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 17.05.2022: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-04-30 00:41:00</t>
+  </si>
+  <si>
+    <t>Антон Ігаравіч Шарупа</t>
+  </si>
+  <si>
+    <t>30 сакавіка 1992</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.07.2024: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.09.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-08-01 11:36:50</t>
   </si>
   <si>
     <t>Павел Віктаравіч Чыхінскі</t>
   </si>
   <si>
     <t>30 сакавіка 1978</t>
   </si>
   <si>
     <t>У 2020 годзе Павел працаваў старшым следчым у следчым аддзеле горада Мінска пракуратуры.
 Ён быў затрыманы ў жніўні 2021 года ў межах крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму», і ў чэрвені 2023 года асуджаны па артыкулах аб «змове з мэтай захопу дзяржаўнай улады» і «злоўжыванні службовымі паўнамоцтвамі».
 Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
   </si>
   <si>
     <t>Вырак суда 21.06.2023: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-01-23 18:24:57</t>
   </si>
   <si>
-    <t>Аляксандр Уладзіміравіч Лазарэвіч</t>
-[...69 lines deleted...]
-    <t>2023-03-04 23:23:42</t>
+    <t>Віталь Васільевіч Кушнярэвіч</t>
+  </si>
+  <si>
+    <t>30 сакавіка 1991</t>
+  </si>
+  <si>
+    <t>ПУАТ-43, 212003, г. Магілёў, вул. Чалюскінцаў, 76А</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 5 гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, 700 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2026-01-12 18:30:28</t>
+  </si>
+  <si>
+    <t>Сяргей Сяргеевіч Лысенка</t>
+  </si>
+  <si>
+    <t>31 сакавіка 1983</t>
+  </si>
+  <si>
+    <t>2025-10-17 22:17:21</t>
+  </si>
+  <si>
+    <t>Сяргей Віктаравіч Скробат</t>
+  </si>
+  <si>
+    <t>31 сакавіка 1980</t>
+  </si>
+  <si>
+    <t>Асуджаны за акцыю пратэсту, якая праходзіла з 10 на 11 жніўня 2020 года ў Бярозе.</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.08.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:14</t>
+  </si>
+  <si>
+    <t>Кірыл Аляксандравіч Худзякоў</t>
+  </si>
+  <si>
+    <t>31 сакавіка 1996</t>
+  </si>
+  <si>
+    <t>Супрацоўнік EPAM. Вядома, што Кірыл займаўся скетчынгам (сучасны від выяўленчага мастацтва): апошнія яго работы выходзілі яшчэ восенню, а ў студзені ён віншаваў падпісчыкаў з Новым годам. Быў затрыманы пасьля прыезду ў РБ з Чарнагорыі. Асуджаны за донаты.
+28.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.03.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 28.05.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:11:19</t>
   </si>
   <si>
     <t>Аляксандр Віктаравіч Лыкшын</t>
   </si>
   <si>
     <t>31 сакавіка 1989</t>
   </si>
   <si>
     <t>Аляксандра абвінавачваюць ва ўдзеле ў пратэстах і што ён меў дачыненне да сэрвісу "Ліст.бел", праз які людзі маглі даслаць лісты палітвязням. Разам з ім быў затрыманы ягоны брат, мастак Уладзімір Лыкшын.
 Паводле папярэдняй інфармацыі ад былых сукамернікаў, братоў абвінавачваюць па арт. 342 КК РБ.
 18 сакавіка 2024 г. у судзе Савецкага раёна Мінска адбыўся суд над братамі, а таксама жонкай Аляксандра - Лізаветай . Суддзя Аляксандр Якунчыхін прысудзіў усім па 2,5 гады "хатняй хіміі".
 Быў зноў затрыманы   у канцы 2024 г. па ч. 1 арт. 361. Да суда ўтрымліваўся ў СТ-8, затым у СІЗА № 1, апеляцыю чакаў у СТ-4.</t>
   </si>
   <si>
     <t>Вырак суда 15.03.2024: 2 гады 6 месяцаў абмежаванні волі без накіравання. Вырак суда дата невядомая: 3 гады 7 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 100 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2023-12-25 01:37:31</t>
-  </si>
-[...38 lines deleted...]
-    <t>2025-10-17 22:17:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2020,51 +1945,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I102"/>
+  <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2122,2783 +2047,2678 @@
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>52</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
         <v>68</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>69</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>70</v>
       </c>
       <c r="I12" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>72</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="D16" t="s">
-[...11 lines deleted...]
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
         <v>93</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>94</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>95</v>
-      </c>
-[...16 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
         <v>102</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>103</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>104</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>105</v>
       </c>
       <c r="I19" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>107</v>
       </c>
       <c r="B20" t="s">
         <v>108</v>
       </c>
       <c r="C20" t="s">
         <v>109</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>110</v>
       </c>
       <c r="I20" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>112</v>
       </c>
       <c r="B21" t="s">
         <v>113</v>
       </c>
       <c r="C21" t="s">
         <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>115</v>
       </c>
       <c r="I21" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>117</v>
       </c>
       <c r="B22" t="s">
         <v>118</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
         <v>120</v>
       </c>
       <c r="I22" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>122</v>
       </c>
       <c r="B23" t="s">
         <v>123</v>
       </c>
       <c r="C23" t="s">
         <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>125</v>
       </c>
       <c r="I23" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>127</v>
       </c>
       <c r="B24" t="s">
         <v>128</v>
       </c>
       <c r="C24" t="s">
         <v>129</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>130</v>
       </c>
       <c r="I24" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>132</v>
       </c>
       <c r="B25" t="s">
         <v>133</v>
       </c>
       <c r="C25" t="s">
         <v>134</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>135</v>
+      </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E27" t="s">
+        <v>49</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
+      <c r="H29" t="s">
+        <v>155</v>
+      </c>
       <c r="I29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="C30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>135</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>59</v>
+        <v>135</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="C36" t="s">
         <v>187</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>28</v>
+        <v>188</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D37" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>35</v>
+        <v>194</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="I37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E38" t="s">
-        <v>198</v>
+        <v>49</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>204</v>
+        <v>37</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
+      <c r="H39" t="s">
+        <v>205</v>
+      </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>119</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>210</v>
       </c>
       <c r="I40" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>212</v>
       </c>
       <c r="B41" t="s">
         <v>213</v>
       </c>
       <c r="C41" t="s">
         <v>214</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
+        <v>104</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>215</v>
       </c>
-      <c r="F41" t="s">
-[...5 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>217</v>
+      </c>
+      <c r="B42" t="s">
         <v>218</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>219</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>48</v>
+      </c>
+      <c r="E42" t="s">
+        <v>49</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>220</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>222</v>
+      </c>
+      <c r="B43" t="s">
         <v>223</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>224</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>225</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>226</v>
       </c>
-      <c r="F43" t="s">
-[...5 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>228</v>
+      </c>
+      <c r="B44" t="s">
         <v>229</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>230</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>231</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="I44" t="s">
         <v>232</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>233</v>
+      </c>
+      <c r="B45" t="s">
+        <v>234</v>
+      </c>
+      <c r="C45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>48</v>
+      </c>
+      <c r="E45" t="s">
+        <v>49</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>236</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>237</v>
-      </c>
-[...13 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>238</v>
+      </c>
+      <c r="B46" t="s">
+        <v>239</v>
+      </c>
+      <c r="C46" t="s">
         <v>240</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
         <v>241</v>
       </c>
-      <c r="C46" t="s">
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>242</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>244</v>
+      </c>
+      <c r="B47" t="s">
         <v>245</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>246</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>48</v>
+      </c>
+      <c r="E47" t="s">
+        <v>49</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>247</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>249</v>
+      </c>
+      <c r="B48" t="s">
         <v>250</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>251</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>194</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>252</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>254</v>
+      </c>
+      <c r="B49" t="s">
         <v>255</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>256</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
         <v>257</v>
       </c>
-      <c r="D49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
         <v>260</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
         <v>261</v>
       </c>
-      <c r="C50" t="s">
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="I50" t="s">
         <v>262</v>
-      </c>
-[...13 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>263</v>
+      </c>
+      <c r="B51" t="s">
         <v>264</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>265</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>21</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>266</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>268</v>
+      </c>
+      <c r="B52" t="s">
         <v>269</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>270</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>271</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>273</v>
+      </c>
+      <c r="B53" t="s">
         <v>274</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>275</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>37</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>276</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" t="s">
         <v>279</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>280</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>241</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>281</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55" t="s">
         <v>284</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>55</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>285</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55" t="s">
+      <c r="I55" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>287</v>
+      </c>
+      <c r="B56" t="s">
+        <v>288</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>22</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>289</v>
       </c>
-      <c r="B56" t="s">
+      <c r="I56" t="s">
         <v>290</v>
-      </c>
-[...16 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>291</v>
+      </c>
+      <c r="B57" t="s">
+        <v>292</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>293</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>294</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" t="s">
+        <v>296</v>
+      </c>
+      <c r="C58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>37</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>99</v>
+      </c>
+      <c r="I58" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" t="s">
+        <v>300</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
+        <v>301</v>
+      </c>
+      <c r="I59" t="s">
         <v>302</v>
-      </c>
-[...16 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>247</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
+        <v>307</v>
+      </c>
+      <c r="C61" t="s">
+        <v>308</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>55</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>309</v>
+      </c>
+      <c r="I61" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" t="s">
+        <v>312</v>
+      </c>
+      <c r="C62" t="s">
+        <v>313</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="I62" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>317</v>
+      </c>
+      <c r="B63" t="s">
+        <v>318</v>
+      </c>
+      <c r="C63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
         <v>320</v>
       </c>
-      <c r="C63" t="s">
+      <c r="H63" t="s">
         <v>321</v>
       </c>
-      <c r="D63" t="s">
-[...5 lines deleted...]
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" t="s">
         <v>325</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>194</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>326</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>328</v>
+      </c>
+      <c r="B65" t="s">
+        <v>329</v>
+      </c>
+      <c r="C65" t="s">
+        <v>330</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>80</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="C66" t="s">
+        <v>335</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>336</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>337</v>
-      </c>
-[...16 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>338</v>
+      </c>
+      <c r="B67" t="s">
+        <v>339</v>
+      </c>
+      <c r="C67" t="s">
+        <v>340</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>341</v>
       </c>
-      <c r="B67" t="s">
+      <c r="I67" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>241</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>21</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>350</v>
+      </c>
+      <c r="I69" t="s">
         <v>351</v>
-      </c>
-[...22 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>352</v>
+      </c>
+      <c r="B70" t="s">
+        <v>353</v>
+      </c>
+      <c r="C70" t="s">
+        <v>354</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
+        <v>355</v>
+      </c>
+      <c r="I70" t="s">
         <v>356</v>
-      </c>
-[...19 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>357</v>
+      </c>
+      <c r="B71" t="s">
+        <v>358</v>
+      </c>
+      <c r="C71" t="s">
+        <v>359</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>360</v>
+      </c>
+      <c r="I71" t="s">
         <v>361</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>362</v>
+      </c>
+      <c r="B72" t="s">
+        <v>363</v>
+      </c>
+      <c r="C72" t="s">
+        <v>364</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>64</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
+        <v>365</v>
+      </c>
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...22 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
+        <v>369</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>80</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
+        <v>370</v>
+      </c>
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...22 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" t="s">
+        <v>373</v>
+      </c>
+      <c r="C74" t="s">
+        <v>374</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>135</v>
+      </c>
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
+        <v>375</v>
+      </c>
+      <c r="I74" t="s">
         <v>376</v>
-      </c>
-[...22 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>377</v>
+      </c>
+      <c r="B75" t="s">
+        <v>378</v>
+      </c>
+      <c r="C75" t="s">
+        <v>379</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
+        <v>380</v>
+      </c>
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
+        <v>384</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>194</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>385</v>
+      </c>
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...22 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
+        <v>388</v>
+      </c>
+      <c r="C77" t="s">
+        <v>389</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>390</v>
+      </c>
+      <c r="I77" t="s">
         <v>391</v>
-      </c>
-[...19 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>392</v>
+      </c>
+      <c r="B78" t="s">
+        <v>393</v>
+      </c>
+      <c r="C78" t="s">
+        <v>394</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
+        <v>395</v>
+      </c>
+      <c r="I78" t="s">
         <v>396</v>
-      </c>
-[...22 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B79" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C79" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D79" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E79" t="s">
-        <v>85</v>
+        <v>49</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>404</v>
+        <v>220</v>
       </c>
       <c r="I79" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B80" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="C80" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>209</v>
+        <v>80</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>135</v>
+        <v>404</v>
       </c>
       <c r="I80" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>406</v>
+      </c>
+      <c r="B81" t="s">
+        <v>407</v>
+      </c>
+      <c r="C81" t="s">
+        <v>408</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>104</v>
+      </c>
+      <c r="F81" t="s">
+        <v>22</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>409</v>
+      </c>
+      <c r="I81" t="s">
         <v>410</v>
-      </c>
-[...19 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>241</v>
+      </c>
+      <c r="F82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
         <v>414</v>
       </c>
-      <c r="B82" t="s">
+      <c r="I82" t="s">
         <v>415</v>
-      </c>
-[...19 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>416</v>
+      </c>
+      <c r="B83" t="s">
+        <v>417</v>
+      </c>
+      <c r="C83" t="s">
+        <v>418</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>22</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
         <v>419</v>
       </c>
-      <c r="B83" t="s">
+      <c r="I83" t="s">
         <v>420</v>
-      </c>
-[...19 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>421</v>
+      </c>
+      <c r="B84" t="s">
+        <v>422</v>
+      </c>
+      <c r="C84" t="s">
+        <v>423</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>80</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
         <v>424</v>
       </c>
-      <c r="B84" t="s">
+      <c r="I84" t="s">
         <v>425</v>
-      </c>
-[...19 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>426</v>
+      </c>
+      <c r="B85" t="s">
+        <v>427</v>
+      </c>
+      <c r="C85" t="s">
+        <v>428</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>135</v>
+      </c>
+      <c r="F85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" t="s">
         <v>429</v>
       </c>
-      <c r="B85" t="s">
+      <c r="I85" t="s">
         <v>430</v>
-      </c>
-[...19 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>431</v>
+      </c>
+      <c r="B86" t="s">
+        <v>432</v>
+      </c>
+      <c r="C86" t="s">
+        <v>433</v>
+      </c>
+      <c r="D86" t="s">
+        <v>48</v>
+      </c>
+      <c r="E86" t="s">
+        <v>49</v>
+      </c>
+      <c r="F86" t="s">
+        <v>22</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
         <v>434</v>
       </c>
-      <c r="B86" t="s">
+      <c r="I86" t="s">
         <v>435</v>
-      </c>
-[...16 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>436</v>
+      </c>
+      <c r="B87" t="s">
+        <v>437</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>80</v>
+      </c>
+      <c r="F87" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" t="s">
+        <v>438</v>
+      </c>
+      <c r="I87" t="s">
         <v>439</v>
-      </c>
-[...19 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>440</v>
+      </c>
+      <c r="B88" t="s">
+        <v>441</v>
+      </c>
+      <c r="C88" t="s">
+        <v>442</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>104</v>
+      </c>
+      <c r="F88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
         <v>443</v>
       </c>
-      <c r="B88" t="s">
+      <c r="I88" t="s">
         <v>444</v>
-      </c>
-[...19 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>445</v>
+      </c>
+      <c r="B89" t="s">
+        <v>446</v>
+      </c>
+      <c r="C89" t="s">
+        <v>447</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
         <v>448</v>
       </c>
-      <c r="B89" t="s">
+      <c r="I89" t="s">
         <v>449</v>
-      </c>
-[...19 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>450</v>
+      </c>
+      <c r="B90" t="s">
+        <v>451</v>
+      </c>
+      <c r="C90" t="s">
+        <v>452</v>
+      </c>
+      <c r="D90" t="s">
+        <v>48</v>
+      </c>
+      <c r="E90" t="s">
+        <v>49</v>
+      </c>
+      <c r="F90" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" t="s">
         <v>453</v>
       </c>
-      <c r="B90" t="s">
+      <c r="I90" t="s">
         <v>454</v>
-      </c>
-[...19 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B91" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
+      <c r="E91" t="s">
+        <v>21</v>
+      </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>461</v>
+        <v>419</v>
       </c>
       <c r="I91" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="B92" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C92" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G92" t="s">
-        <v>15</v>
+        <v>320</v>
       </c>
       <c r="H92" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="I92" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="B93" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>209</v>
+        <v>80</v>
       </c>
       <c r="F93" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>15</v>
       </c>
       <c r="H93" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="I93" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="B94" t="s">
-        <v>474</v>
+        <v>468</v>
+      </c>
+      <c r="C94" t="s">
+        <v>469</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="F94" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>15</v>
       </c>
       <c r="H94" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="I94" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="B95" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>85</v>
+        <v>474</v>
       </c>
       <c r="F95" t="s">
         <v>14</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="I95" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="B96" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
-      <c r="E96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F96" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G96" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>484</v>
+        <v>301</v>
       </c>
       <c r="I96" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B97" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C97" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
-      <c r="E97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="I97" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="B98" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="C98" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F98" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="I98" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B99" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C99" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>59</v>
+        <v>194</v>
       </c>
       <c r="F99" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G99" t="s">
         <v>15</v>
       </c>
       <c r="H99" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="I99" t="s">
-        <v>500</v>
-[...77 lines deleted...]
-        <v>513</v>
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">