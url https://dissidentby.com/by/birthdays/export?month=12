--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -81,239 +81,221 @@
     <t>У зняволенні</t>
   </si>
   <si>
     <t>Так</t>
   </si>
   <si>
     <t>Вырак суда 30.04.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 38000 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:00</t>
   </si>
   <si>
     <t>Віктар Віктаравіч Сачкоўскі</t>
   </si>
   <si>
     <t>2 снежня 1989</t>
   </si>
   <si>
     <t>Згодна з матэрыяламі справы , мужчына 27 лютага 2022 года зняў на відэа палёты ваенных самалётаў і адправіў відэазапіс т.зв. "экстрэмісцкаму фарміраванню". Куды менавіта быў адпраўлены ролік - не ўдакладнялася.</t>
   </si>
   <si>
     <t>Вырак суда 11.03.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.05.2024: невядома.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
-  </si>
-[...34 lines deleted...]
-    <t>2021-02-28 00:25:35</t>
   </si>
   <si>
     <t>Мікалай Уладзіміравіч Васілевіч</t>
   </si>
   <si>
     <t>3 снежня 1978</t>
   </si>
   <si>
     <t>Мікалая абвінавачваюць у "фінансаванні тэрарыстычнай дзейнасці", па гэтым артыкуле пагражае ад 8 да 12 гадоў турмы.
 Апошняе вядомае месца працы мужчыны - Рэспубліканскі цэнтр алімпійскай падрыхтоўкі па лёгкай атлетыцы.
 6 чэрвеня 2023 г. быў асуджаны па арт. 361-2 КК на 6 гадоў калоніі ўзмоцненага рэжыму і вялікі штраф. Іншыя падрабязнасці справы невядомы.
 1 верасня 2023 г. у Вярхоўным судзе суддзя Чаравач В. павінна была разглядаць апеляцыйную скаргу палітвязня. На дадзены момант першы прысуд уступіў у сілу, таму падчас вынясення другога Васілевіч лічыўся ўжо раней судзімым.
 12 верасня 2023 г. у судзе Першамайскага раёна адбыўся яшчэ адзін суд над Мікалаем. На гэты раз яго абвінавацілі ў "фінансаванні тэрарыстычнай дзейнасці". Усяго за донаты Святлана Чарапавіч прысудзіла яму 9 гадоў і 6 месяцаў у калоніі ўзмоцненага рэжыму, а таксама штраф 600 базавых велічынь. У праўладным фільме гаворыцца, што ён ажыццявіў не менш як 54 ахвяраванні ў фонды салідарнасці.
 14.11.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
   </si>
   <si>
     <t>9,5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
+    <t>Павел Юр'евіч Лукашэвіч</t>
+  </si>
+  <si>
+    <t>3 снежня 1987</t>
+  </si>
+  <si>
+    <t>Пра затрыманне лідчаніна стала вядома 22 верасня. На міліцэйскім відэа ён распавёў, што быў "зарэгістраваны ў Плане Перамога" і ў тэлеграме пакідаў "пагрозы" сілавікам. Па інфармацыі тэлеграм-канала «Затрыманні, суды ў Лідзе», мужчына арыштоўвалі на 15 сутак па неназваным адміністрацыйным артыкуле.</t>
+  </si>
+  <si>
+    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
+    <t>Вырак суда 27.05.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.08.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:38:03</t>
+  </si>
+  <si>
     <t>Віктар Аляксандравіч Саўчыц</t>
   </si>
   <si>
     <t>4 снежня 1981</t>
   </si>
   <si>
     <t>З 28 жніўня па 4 верасня 2024 года справу разгледзеў суддзя Пісарэвіч Яўген. Таксама Віктар павінен выплаціць 1000 рублёў кампенсацыі маральнай шкоды ўчастковаму гораду Лагойска.
 07 кастрычніка 2025 года быў аб'яўлены прыгавор па другім суду: з улікам першага суда - 6 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму, 600 базавых штрафу, таксама кампанацыя маральнай шкоды Чамаданавай - 5000 бел. руб., Карпенкаву – 2000 бел.руб. і Нікіценка – 5000 бел руб.</t>
   </si>
   <si>
     <t>Вырак суда 04.09.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 рублёў кампенсацыі. Апеляцыя 05.11.2024: невядома. Вырак суда 07.10.2025: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
+  </si>
+  <si>
+    <t>Андрэй Эдвардавіч Крот</t>
+  </si>
+  <si>
+    <t>4 снежня 1975</t>
+  </si>
+  <si>
+    <t>28.10.2022 унесены ў спіс асоб, схільных да экстрэмісцкай дзейнасці.</t>
+  </si>
+  <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>невядома гадоў пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2022-11-05 13:59:21</t>
   </si>
   <si>
     <t>Аляксандр Сяргеевіч Верасовіч</t>
   </si>
   <si>
     <t>4 снежня 1966</t>
   </si>
   <si>
     <t>Імя Аляксандра з'явілася ў раскладзе судоў. Мужчыну абвінавачваюць у ахвяраваннях на дапамогу Украіне і на карысць "экстрэмісцкага фарміравання".
 Характэрна, што ахвяраванне ў падтрымку "экстрэмісцкага фарміравання" мужчына зрабіў да мая 2021 года, калі ў Беларусі ўвогуле не было экстрэмісцкіх фарміраванняў. . Суд пачаўся 19 сакавіка ў Менскім гарадзкім судзе.
 Аляксандр мае ў Маладзечне невялікі бізнэс: як ІП займаецца грузаперавозкамі на ўласным бусе. Ён гадуе дваіх дзяцей: малую дачку, якая заканчвае шосты клас, і сына, які зараз павінен быць у старэйшых класах.
 07.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
-    <t>Андрэй Эдвардавіч Крот</t>
-[...19 lines deleted...]
-  <si>
     <t>Аляксандр Юр'евіч Ваўчок</t>
   </si>
   <si>
     <t>5 снежня 1986</t>
   </si>
   <si>
     <t>Быў затрыманы 28 чэрвеня 2021 года,  адбыў 7 сутак адміністрацыйнага арышту. Быў адпушчаны 5 ліпеня, пасля чаго зноў быў затрыманы супрацоўнікамі следчага камітэта, але ўжо па крымінальнай справе.
 Па версіі абвінавачання Аляксандр у «Аднакласніках» з лістапада па снежань 2020 года, з траўня па снежань 2021 года размясціў публікацыі з абразай Лукашэнкі.
 Ён жа ў снежні 2020 года і сакавіку 2021 года ў сацыяльнай сетцы «Укантакце» размясціў тэкставы каментар і відэаролік, выказваўся на адрас Лукашэнкі.</t>
   </si>
   <si>
     <t>2,5 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
     <t>Марына Віктараўна Мазоўка</t>
   </si>
   <si>
     <t>5 снежня 1972</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-02 15:14:31</t>
+  </si>
+  <si>
+    <t>Іна Віктараўна Корбут</t>
+  </si>
+  <si>
+    <t>6 снежня 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скончыла Магілёўскі дзяржаўны ўніверсітэт імя Куляшова на дзіцячага псіхолага. Жыла таксама ў Мазыры і Магілёве. Апошнія тры гады яна мае статус індывідуальнага прадпрымальніка, накіраванне яго дзейнасці – фатаграфія.
+Іну затрымалі і асудзілі ў 2025 годзе за "садзейнічанне экстрэмісцкай дзейнасці". Пераслед звязана са справай Гаюна. Вядома, што Іне прысудзілі хімію , але прысуд, як і дакладная сутнасць абвінавачанняў, невядомыя.
+</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Юрый Андрэевіч Касцюк</t>
   </si>
   <si>
     <t>6 снежня 1997</t>
   </si>
   <si>
     <t>Упершыню Юры быў асуджаны за тое, што, паводле абвінавачання, у верасні 2020 года, праходзячы з сябрамі каля гатэля «Маладзёжная», падчас размовы тузануў дзяржаўны сцяг, які ў выніку ўпаў.
 У лістападзе 2021 года яму замянілі рэжым адбывання пакарання і адправілі ў калонію.
 У студзені 2022 года ён быў вызвалены, поўнасцю адбыўшы прызначаны судом тэрмін пакарання.
 15 лютага 2022 года Юры быў зноў затрыманы ў межах крымінальнай справы, узбуджанай па артыкуле «садзейнічанне экстрэмісцкай дзейнасці». Ён атрымаў адміністратыўны арышт, падчас якога да яго прыходзілі супрацоўнікі КДБ. У выніку збіцця ў яго былі падазрэнні на зламаныя рэбры. Крымінальная справа не была спынена.
 У траўні 2022 года яго зноў затрымалі ў Расіі з-за аб'яўлення ў вышук, а ў кастрычніку таго ж года экстрадзіравалі ў Беларусь, хаця фармальна справа аб выдачы была спынена 26 верасня 2022 года.
 У студзені 2023 года Юры быў паўторна асуджаны за тое, што дапамагаў іншым палітвязням атрымліваць дапамогу ад фондаў. На судзе ён віну не прызнаў і адмовіўся даваць паказанні.
 У таўніі 2024 года яму ўзмацнілі жорсткасць пакарання і перавялі на турэмны рэжым да канца тэрміну.</t>
   </si>
   <si>
     <t>Вырак суда 17.11.2020: 1 год абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, прыблізна 58 рублёў кампенсацыі. Суд па змене рэжыму 23.11.2021: 1 месяц 16 дзён пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 13.01.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 27.05.2024: турэмны рэжым да канца тэрміну.</t>
   </si>
   <si>
     <t>2021-03-03 15:36:30</t>
   </si>
   <si>
-    <t>Іна Віктараўна Корбут</t>
-[...15 lines deleted...]
-  <si>
     <t>Віктар Георгіевіч Ламека</t>
   </si>
   <si>
     <t>6 снежня 1968</t>
   </si>
   <si>
     <t>Прадпрымальнік з Зэльвы Віктара Ламекі быў жорстка затрыманы і збіты пры затрыманні. Першапачаткова на яго склалі пратакол па адміністрацыйным артыкуле 19.11 КаАП РБ (распаўсюд экстрэмісцкіх матэрыялаў). Не даўшы Ламеку нават пакінуць будынак суда, сілавікі зноў затрымалі яго і зноў склалі пратакол па арт. 19.11 КаАП РБ. Калі мужчына знаходзіўся ў следчым ізалятары, на яго склалі трэці пратакол.
 Як стала вядома , прадпрымальнік знаходзіцца ў СІЗА, яму прад'яўлена абвінавачанне ўжо па крымінальным артыкуле за паклёп у дачыненні да Лукашэнкі А.Г.
 Пакуль мужчына быў у СІЗА, у яго памерла маці.
 Віктар судзіўся з падатковай і бараніў прадпрымальнікаў з Гарадзенскай вобласці ў судах.
 24.10.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
   </si>
   <si>
     <t>Уладзімір Анатольевіч Трыфанаў</t>
   </si>
   <si>
     <t>6 снежня 1964</t>
   </si>
   <si>
@@ -353,699 +335,650 @@
     <t>8 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-09-04 22:43:02</t>
   </si>
   <si>
     <t>Ягор Аляксандравіч Міхайлаў</t>
   </si>
   <si>
     <t>7 снежня 1994</t>
   </si>
   <si>
     <t>Ягор быў затрыманы ў лютым 2021 года і пазней асуджаны па справе аб падпале танка Т-72 у складзе ваеннага эшалона на чыгуначнай станцыі ў Сцяпянцы. Па матэрыялах справы, уначы 31 студзеня 2021 года ён кінуў у танк «кактэйль Молатава» з надпісам «АГСБ». Яго дзеянні кваліфікавалі як «акт тэрарызму». Па версіі абвінавачання, Ягор здзейсніў падпал, зыходзячы са сваіх палітычных поглядаў.
 У пачатку кастрычніка 2023 года стала вядома, што Ягора перавялі ў СІЗА-1 у сувязі з новай крымінальнай справай, узбуджанай па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх». Па гэтай справе яго прыгаварылі яшчэ да шасці месяцаў зняволення.</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>Вырак суда 26.07.2021: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 685 рублёў кампенсацыі. Вырак суда 05.10.2023: 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 12.12.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
+    <t>Марына Уладзіміраўна Леановіч</t>
+  </si>
+  <si>
+    <t>8 снежня 1995</t>
+  </si>
+  <si>
+    <t>Марына – беларускамоўная IT-спецыялістка з EPAM, якая таксама займаецца творчасцю. Яна піша артыкулы для беларускай Вікіпедыі, робіць ілюстрацыі, перакладае на беларускую мову і піша вершы. Пасля пачатку поўнамаштабнай расейскай агрэсіі супраць Украіны яна пераехала ў Грузію, але затым па невядомых прычынах вярнулася ў Беларусь. Неўзабаве яна была затрыманая ў рамках крымінальнай справы і асуджаная па артыкулах «фінансаванне экстрэмісцкай дзейнасці» і «фінансаванне ці іншая фінансавая падтрымка вайны».</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.01.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-03-14 18:44:29</t>
+  </si>
+  <si>
     <t>Лілія Вітольдаўна Юруць</t>
   </si>
   <si>
     <t>8 снежня 1976</t>
   </si>
   <si>
     <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-09-17 18:20:13</t>
+  </si>
+  <si>
+    <t>Наталля Сяргееўна Салук</t>
+  </si>
+  <si>
+    <t>8 снежня 1999</t>
+  </si>
+  <si>
+    <t>Праўладны тэлеграм-канал апублікаваў відэа пра затрыманне беларуска, якая ў 2020 годзе ўдзельнічала ў пратэстах і «перашкаджала праезду» машыне ДАІ. Як пішуць аўтары канала, супраць дзяўчыны распачалі крымінальную справу. Па якім артыкуле, не ўдакладняецца.
+Вядома, што Натальля ў 2022 годзе скончыла БДТУ.</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-11 02:04:25</t>
+  </si>
+  <si>
+    <t>Кірыл Куокавіч Нгуен</t>
+  </si>
+  <si>
+    <t>8 снежня 1993</t>
+  </si>
+  <si>
+    <t>12.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 10.04.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.07.2024: прысуд пакінуты без змены. Вырак суда 25.03.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.06.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Ганна Валянцінаўна Карняенка</t>
+  </si>
+  <si>
+    <t>8 снежня 1985</t>
+  </si>
+  <si>
+    <t>Былая бухгалтарка Мінскага электратэхнічнага завода імя Вавілава . Судовы працэс пачаўся 19 траўня і праходзіў у закрытым рэжыме, таму інфармацыі пра сутнасць абвінавачання няшмат. Вядома, што Ганну звольнілі з працы пасля "Народнага ўльтыматума" ў 2020 годзе, пасля яна судзілася з прадпрыемствам па факце незаконнага звальнення.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Вырак суда 24.05.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-05-31 22:42:36</t>
   </si>
   <si>
     <t>Ягор Андрэевіч Захарчук</t>
   </si>
   <si>
     <t>8 снежня 1992</t>
   </si>
   <si>
     <t>Асуджаны за ўдзел у акцыях пратэсту, а таксама за каментары ў сацсетках.
 10.11.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2023-08-11 19:24:21</t>
   </si>
   <si>
-    <t>Кірыл Куокавіч Нгуен</t>
-[...59 lines deleted...]
-  <si>
     <t>Валянцін Уладзіміравіч Дуброўшчык</t>
   </si>
   <si>
     <t>9 снежня 1969</t>
   </si>
   <si>
     <t>Валянціна абвінавачваюць у абразлівых каментарах у дачыненні да Лукашэнкі, Караніка, а таксама расейскіх салдат, якія ваююць ва Украіне. Валерый працаваў вартаўніком садка.
 13.10.2023 года адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>2022-09-02 19:37:13</t>
-  </si>
-[...29 lines deleted...]
-    <t>2024-11-18 23:01:53</t>
   </si>
   <si>
     <t>Арцём Анатольевіч Лябедзька</t>
   </si>
   <si>
     <t>9 снежня 1985</t>
   </si>
   <si>
     <t>Паводле інфармацыі праваабаронцаў , сыну палітыка Анатоля Лябедзькі інкрымінуюць фінансаванне экстрэмісцкай дзейнасці. Арцёма затрымалі ў канцы сакавіка і потым двойчы асудзілі на 15 сутак арышту, поле якіх яму выставілі абвінавачанне і перавялі ў СІЗА-1.
 Паводле версіі абвінавачання, Лябедзька ў 2020 годзе "па матывах ідэалагічнай варожасці" з выкарыстаннем разліковага рахунку аднаго з банкаў па тэлефоне зрабіў некалькі грашовых пераводаў тром фондам, якія прызнаны "экстрэмісцкімі фарміраваннямі". Паведамляецца, што сродкі пералічваліся праз плацежную сістэму папулярнай сацыяльнай сеткі "Фэйсбук". Як мяркуецца, гаворка ідзе, у тым ліку пра фонды BY_help і Беларускі фонд спартыўнай салідарнасці.
 На судзе палітвязень не прызнаў віну і заявіў, што яму і зусім не зразумелая сутнасць прад'яўленых абвінавачанняў і не разумее, за што ён на лаве падсудных.
 31.10.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
     <t>3,5 гады пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
+  </si>
+  <si>
+    <t>Таццяна Іванаўна Палубак</t>
+  </si>
+  <si>
+    <t>9 снежня 1978</t>
+  </si>
+  <si>
+    <t>Вядома, што супрацоўнікі ГУБАЗіКу расследуюць справу ў дачыненні да асоб, якія нібыта былі датычныя да тэлеграм-чата «партызаны Наваградка». Супраць іх заведзены крымінальныя справы па артыкуле экстрэмізм. З усіх, каго дапытвалі па справе, бяруць падпіску аб неразгалошваньні.
+СМІ паведамляюць , што па меншай меры шасцёра чалавек сярод тых, каго сілавікі затрымалі 15 дзён таму, не выйшлі пасля адбыцця адміністрацыйнага арышту, у тым ліку Таццяну.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2024-11-18 23:01:53</t>
   </si>
   <si>
     <t>Аліна Валянцінаўна Хмелеўская</t>
   </si>
   <si>
     <t>10 снежня 1984</t>
   </si>
   <si>
     <t>Аліна была асуджана ў ліпені 2024 года па артыкулах — "удзел на тэрыторыі замежнай дзяржавы ва ўзброеным фарміраванні або ўзброеным канфлікце" і "фінансаванне дзейнасці экстрэмісцкага фарміравання".
 Прысуд і сутнасць абвінавачання праваабаронцам невядомыя, аднак звычайна па першым артыкуле ў Беларусі судзяць за падтрымку Украіны ў вайне. За такі донат яе маглі пакараць тэрмінам ад пяці да дзесяці гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>Вырак суда 30.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
   </si>
   <si>
     <t>Сяргей Пятровіч Забеліч</t>
   </si>
   <si>
     <t>11 снежня 1972</t>
   </si>
   <si>
     <t>51-гадовы Сяргей Забеліч з Мінска, скончыў Беларускі дзяржаўны ўніверсітэт інфарматыкі і радыёэлектронікі. Мяркуючы па Linkedin, ён не менш за дваццаць гадоў працаваў праграмістам. У верасні 2022-га перайшоў з кампаніі Nikta Technologies у кампанію Intrahealth, рэзідэнта ПВТ, якая працуе на канадскі рынак.
 Вядома, што Сяргея затрымлівалі 13 снежня 2020 года, калі людзі супольна выходзілі на дваровыя маршы. У гэты дзень затрымалі яшчэ 300 беларусаў.
 Яго абвінавачваюць па двух артыкулах - "фінансаванне экстрэмісцкай дзейнасці, здзейсненае паўторна» і "фінансаванне дзейнасці экстрэмісцкага фармавання". Яму пагражае да васьмі гадоў калоніі.
 07.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 04.04.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.06.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-02 13:51:41</t>
   </si>
   <si>
+    <t>Ала Іванаўна Пучынская</t>
+  </si>
+  <si>
+    <t>11 снежня 1981</t>
+  </si>
+  <si>
+    <t>21 лютага 2024 года ў судзе Пінскага раёна суддзя Бычыла Андрэй разгледзеў справу па ч. 2 ст. 19.11 КаАП (Распаўсюджванне інфармацыйнай прадукцыі, уключанай у рэспубліканскі спіс экстрэмісцкіх матэрыялаў, а таксама выраб, выданне, захоўванне або перавозка з мэтай распаўсюджвання такой інфармацыйнай прадукцыі).
+Відаць, пасля гэтага была заведзеная крымінальная справа.</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.02.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-01-31 18:44:06</t>
+  </si>
+  <si>
+    <t>Яўген Аляксандравіч Глушкоў</t>
+  </si>
+  <si>
+    <t>11 снежня 1968</t>
+  </si>
+  <si>
+    <t>Яўген Глушкоў - былы магілёўскі журналіст, у 90-я і 2000-я працаваў на гарадскім тэлебачанні, пасля гэтага супрацоўнічаў з некалькімі гарадскімі парталамі.
+Глушкова затрымалі ў пачатку студзеня пры дапамозе штурму, паколькі мужчына не адчыніў дзверы сілавікам. Яго выцягнулі на вуліцу прама ў тым адзенні, у якім ён знаходзіўся дома.
+Па некаторых дадзеных устаноўлена, што крымінальная справа заведзена ў дачыненні да Глушкова за журналісцкую дзейнасць. Меркаваны артыкул - 361-1 КК РБ (стварэнне або ўдзел у экстрэмісцкім фарміраванні).</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.07.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-12 16:40:41</t>
+  </si>
+  <si>
     <t>Вілен Сяргеевіч Тургуноў</t>
-  </si>
-[...1 lines deleted...]
-    <t>11 снежня 1968</t>
   </si>
   <si>
     <t>Прычына затрымання гамяльчаніна Вілена Тургунова - каментарыі ў інтэрнэце, у тым ліку негатыўныя ў бок міліцыі.
 Вілену Тургунову 55 гадоў. Ягоны бацька родам з Узбекістана, маці беларуска. Вілен скончыў універсітэт у расійскім Навазыбкаве (Бранская вобласць) па спецыяльнасці «правазнаўства». Працаваў Вілен Тургуноў у Чыгуначным РАУС абласнога цэнтру. Там былі сур'ёзныя праблемы. Яшчэ ў 2001 годзе атрымаў вымову за «безадказныя адносіны да службы», у 2002 годзе меў «няпоўную службовую неадпаведнасць», у 2004-м — вымову за «грубае парушэнне службовай дысцыпліны, парушэнне загаду МУС».
 Пазней былы міліцыянер працаваў у будаўніча-мантажным трэсце ў Гомелі.
 Затрыманы актыўна вёў старонкі ў розных сацыяльных сетках, дзе выказваўся пра палітычныя і сацыяльныя падзеі. За падтрымку Украіны іншыя карыстальнікі сетак называлі яго "бандэраўцам".
 Таксама адбывае пакаранне сваяк Вілена Тургунова, Ігар Казубаў.</t>
   </si>
   <si>
     <t>Вырак суда 20.08.2024: невядома. Апеляцыя 25.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
-    <t>Яўген Аляксандравіч Глушкоў</t>
-[...28 lines deleted...]
-  <si>
     <t>Ілля Славаміровіч Гумбар</t>
   </si>
   <si>
     <t>12 снежня 1989</t>
   </si>
   <si>
     <t>Больш за дванаццаць гадоў Ілля працуе ў IT-кампаніі iTechArt. Гэта буйная кампанія, у якой больш за паўтары тысячы супрацоўнікаў. Ілля - Senior software engineer. Гумбар мае два вядомыя захапленні — спартыўны турызм і трэйлранінг. Трэйлранінг - гэта бег на вялікія дыстанцыі па перасечанай мясцовасці, часта гэта непралазныя лясы або высокія горы (у межах трасы перапады вышыні могуць дасягаць тысяч метраў). Ён займае другое месца ў Беларусі сярод мужчын па гэтай дысцыпліне паводле рэйтынгу UTMB.
 03.09.2024 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 08.07.2024: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 03.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
+  </si>
+  <si>
+    <t>Уладзімір Мікалаевіч Марцінкевіч</t>
+  </si>
+  <si>
+    <t>12 снежня 1980</t>
+  </si>
+  <si>
+    <t>19.03.2024 адбыўся разгляд апеляцыйнай скаргі суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.01.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.03.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
+    <t>Леанід Валер'евіч Райчонак</t>
+  </si>
+  <si>
+    <t>12 снежня 1986</t>
+  </si>
+  <si>
+    <t>Паводле версіі абвінавачання , 17 мая 2022 года Леанід Райчонак перавёў 400 долараў на бронекамізэлькі беларускім добраахвотнікам, якія ваююць на баку Украіны. Другое ахвяраванне ён зрабіў на суму 150 долараў на карысць "Prague Support Team" (аб'яднанне беларусаў Прагі, якія збіраюць донаты і на іх закупляюць абмундзіраванне, часам на зброевыя аксэсуары для беларускіх добраахвотнікаў, якія ваююць на баку Украіны). Дзеянні брэстаўчаніна кваліфікавалі як "фінансаванне грамадзян Рэспублікі Беларусь для ўдзелу на тэрыторыі замежнай дзяржавы ва ўзброеным фарміраванні аднаго з бакоў, якія ўзнікаюць, ва ўзброеных канфліктах, ваенных дзеяннях".
+12.12.2023 года адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.10.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 12.12.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-10-19 23:13:30</t>
   </si>
   <si>
     <t>Ігар Яўстафіевіч Сідаровіч</t>
   </si>
   <si>
     <t>12 снежня 1972</t>
   </si>
   <si>
     <t>Ігар упершыню быў асуджаны за тое, што расцягнуў плакат з надпісам: "Пакуль у краіне беззаконне, супраціў — наш абавязак", перакрыўшы рух аўтамабільнага транспарту. Яму прысудзілі буйны штраф.
 Пазней яго паўторна асудзілі за абразу ўлады праз каментар у чаце "Маладзечна для жыцця" і прызначылі меру стрымання ў выглядзе "хатняй хіміі". Ігар мае інваліднасць, бо ў яго адсутнічае адна нага.
 У канцы 2024 года стала вядома, што Ігар зноўку быў затрыманы і змешчаны пад варту. У ліпені 2025 года яго асудзілі па артыкуле "Садзейнічанне экстрэмісцкай дзейнасці", прыгаварыўшы да пазбаўлення волі і буйнога штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 31.03.2021: 140 базавых велічынь штрафу. Вырак суда 02.06.2021: 1 год 6 месяцаў абмежаванні волі без накіравання, 1500 рублёў кампенсацыі. Вырак суда 22.07.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
-    <t>Леанід Валер'евіч Райчонак</t>
-[...29 lines deleted...]
-  <si>
     <t>Вольга Віктараўна Калпакова</t>
   </si>
   <si>
     <t>13 снежня 1979</t>
   </si>
   <si>
     <t>Вырак суда 01.08.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
+  </si>
+  <si>
+    <t>Уладзіслаў Вадзімавіч Браўэр</t>
+  </si>
+  <si>
+    <t>14 снежня 1995</t>
+  </si>
+  <si>
+    <t>2025-07-20 12:14:16</t>
+  </si>
+  <si>
+    <t>Станіслаў Аляксандравіч Філімонаў</t>
+  </si>
+  <si>
+    <t>14 снежня 1999</t>
+  </si>
+  <si>
+    <t>Станіслаў, грамадзянін Украіны, быў затрыманы ў траўні 2021 года ў рамках крымінальнай справы, узбуджанай пасля стыхійных пратэстаў, якія прайшлі 10 жніўня 2020 года ў Брэсце супраць фальсіфікацый на выбарах. Яго асудзілі за ўдзел у "масавых беспарадках".</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.11.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 100 базавых велічынь штрафу. Апеляцыя 14.01.2022: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-10-22 20:20:55</t>
   </si>
   <si>
     <t>Андрэй Юр'евіч Савінскі</t>
   </si>
   <si>
     <t>14 снежня 1987</t>
   </si>
   <si>
     <t>Паводле матэрыялаў справы , Савінскі на працягу паўтара года перавёў суму, эквівалентную 50 доларам ЗША, на рахункі фондаў, прызнаных "экстрэмісцкімі". Пры гэтым ён неаднаразова карыстаўся сваім уліковым запісам у Facebook. Ён таксама стварыў і размясціў у адным з тэлеграм-чатаў 4 тэкставыя паведамленні, нібы накіраваных на "распальванне сацыяльнай варожасці ў грамадстве".
 12 студзеня 2024 года прайшло апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму</t>
   </si>
   <si>
     <t>2023-10-31 18:01:01</t>
   </si>
   <si>
     <t>Канстанцін Сяргеевіч Прытуленка</t>
   </si>
   <si>
     <t>14 снежня 1979</t>
   </si>
   <si>
     <t>Былы памочнік пракурора Глускага раёна.
 У відэа, якое публікаваў СК, Прытуленка казаў, што адпраўляў у чат-бот "Чорнай кнігі Беларусі" дадзеныя супрацоўніка пракуратуры Глускага раёна і лекара.
 Па інфармацыі «Нашай Нівы», у 2005 годзе Канстанцін Прытуленка быў следчым, а пасля памочнікам пракурора раёна. Дзе Прытуленка працаваў да затрымання, невядома.
 Першапачаткова працэс быў адкрыты, але, па хадайніцтве пацярпелых чыноўнікаў і сілавікоў, яго закрылі.Усяго ў якасці пацярпелых праходзіць больш за дзесятак чалавек, сярод якіх былая намеснік старшыні Магілёўскага гарвыканкама, «галоўны ідэолаг горада»Ала Галушка. Сярод іншых пацярпелых - сябры выбарчых камісій, работнікі пракуратуры, сілавікі і іншыя прадстаўнікі ўлады.
 06.10.2023 адбылося апеляцыйнае пасяджэнне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 год пазбаўлення волі ў калоніі строгага рэжыму.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
-    <t>Уладзіслаў Вадзімавіч Браўэр</t>
-[...20 lines deleted...]
-    <t>2021-10-22 20:20:55</t>
+    <t>Вольга Уладзіміраўна Лацманава</t>
+  </si>
+  <si>
+    <t>15 снежня 1972</t>
+  </si>
+  <si>
+    <t>Затрымана ў выніку масавага рэйду сілавых структур 23-24 студзеня 2024 года на сваякоў палітвязняў і людзей, якія дасылалі пасылкі і лісты палітвязням.</t>
+  </si>
+  <si>
+    <t>Вырак суда 01.10.2024: невядома. Апеляцыя 10.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-04 10:51:54</t>
+  </si>
+  <si>
+    <t>Станіслаў Валянцінавіч Кузміцкі</t>
+  </si>
+  <si>
+    <t>15 снежня 1986</t>
+  </si>
+  <si>
+    <t>Па матэрыялах следства, Кузміцкі, «маючы перакручаныя каштоўнасці і скажонае разуменне слова «патрыятызм», мэтанакіравана ўступіў у тэрарыстычную арганізацыю і ўзначаліў асобныя рэсурсы сеткі «...97». Ён адміністраваў больш за 30 чатаў, якія пад жорсткім кантролем і кіраўніцтвам з-за мяжы напаўняў экстрэмісцкімі матэрыяламі. Мужчына фармаваў склад экстрэмісцкіх супольнасцяў, размяркоўваў ролі і арганізоўваў удзел іх членаў у акцыях пратэсту. Акрамя гэтага, ён прымаў меры па аб'яднанні і павелічэнні колькасці супольнасцяў: маральна падтрымліваў іх у гутарках прыватнага характару, арганізоўваў правядзенне сумеснага вольнага часу, распаўсюджванне агітацыйнай прадукцыі, нанясенне малюнкаў і надпісаў экстрэмісцкага характару на фасады збудаванняў».</t>
+  </si>
+  <si>
+    <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму. </t>
+  </si>
+  <si>
+    <t>2021-12-28 13:36:42</t>
   </si>
   <si>
     <t>Аляксандр Яўгенавіч Сабалеўскі</t>
   </si>
   <si>
     <t>15 снежня 1967</t>
   </si>
   <si>
     <t>У Магілёве Сабалеўскі вядомы як адзін з фрылансераў, якія супрацоўнічалі да 2020 года з гарадскімі анлайн-выданнямі. Алеся два разы асуджалі за адміністратыўнае парушэньне на суткі, пасьля чаго ён не выйшаў на волю.</t>
   </si>
   <si>
     <t>Вырак суда 31.07.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
-    <t>Армэн Аляксандравіч Арзуманян</t>
-[...63 lines deleted...]
-    <t>2024-04-04 10:51:54</t>
+    <t>Алена Мікалаеўна Вярбіцкая</t>
+  </si>
+  <si>
+    <t>16 снежня 1955</t>
+  </si>
+  <si>
+    <t>Затрымана за дапамогу палітвязням 23 студзеня 2024 года, пасля чаго Алену адпусцілі, але зноў затрымалі ў красавіку таго ж года і змясцілі ў СІЗА.</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 22.11.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-03 23:02:53</t>
   </si>
   <si>
     <t>Віктар Васільевіч Баркет</t>
   </si>
   <si>
     <t>16 снежня 1973</t>
   </si>
   <si>
     <t>Быў затрыманы за каментары пра расейскіх вайскоўцаў . Жыхар Ваўкавыска . На праўладных тэлеграм- каналах апублікавалі "пакаянае відэа " на якім мужчына кажа , што быў затрыманы за абразу ў Telegram расійскіх вайскоўцаў , якія "служаць ва Украіне ", абразу кіраўніка аблвыканкама і гродзенскага ваенкама.</t>
   </si>
   <si>
     <t>Вырак суда 12.02.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.05.2024: невядома.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
-    <t>Алена Мікалаеўна Вярбіцкая</t>
-[...11 lines deleted...]
-    <t>2024-09-03 23:02:53</t>
+    <t>Максім Валер'евіч Солап</t>
+  </si>
+  <si>
+    <t>17 снежня 1988</t>
+  </si>
+  <si>
+    <t>Максіму Солапу 36 гадоў. Ён родам з Брэста. У 2012 скончыў фізфак Гомельскага дзяржаўнага ўніверсітэта імя Францыска Скарыны. Працаваў інжынерам у Брэсцкім інфармацыйным вылічальным цэнтры па экспарта-імпартных перавозках Беларускай чыгункі.
+Максім любіць падарожжы і актыўны адпачынак, а таксама займаецца рознымі відамі спорту і вядзе здаровы лад жыцця.
+Яго пачынаюць судзіць 24 лютага 2025 г. у Брэсцкім гарадскім судзе. Максіма абвінавачваюць у "закліках да дзеянняў, накіраваных на прычыненне шкоды нацыянальнай бяспецы Беларусі" (ч. 3 арт. 361 КК).</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
+  </si>
+  <si>
+    <t>Павел Віктаравіч Мякіш</t>
+  </si>
+  <si>
+    <t>17 снежня 1987</t>
+  </si>
+  <si>
+    <t>Былы судмедэксперт. Вучыўся праграмаванню.</t>
+  </si>
+  <si>
+    <t>5,5 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Павел Уладзіміравіч Кунцэвіч</t>
   </si>
   <si>
     <t>17 снежня 1985</t>
   </si>
   <si>
     <t>Паўлу Кунцэвічу 39 гадоў. Ён мінчанін, вучыўся ў Мінскім дзяржаўным інстытуце экалогіі імя Сахарава на псіхолага. Працаваў на Чэрвеньскім рынку, дзе меў уласную гандлёвую кропку, а ў апошні час рабіў цяпліцы за грошы.
 Калі меркаваць па сацсетках, затрымалі яго восенню 2023-га. Вінавацілі яго па ч. 3 арт. 361 КК Беларусі - "заклікі да санкцый ці іншых дзеянняў, накіраваных на шкоду нацыянальнай бяспецы Беларусі». Па артыкуле яму пагражала да 12 гадоў калоніі.У Паўла вялікая сям'я-жонка і чацвёра дзяцей.
 01.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
   </si>
   <si>
     <t>4 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2024-01-15 21:41:51</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Наталля Сяргееўна Мацвеева</t>
   </si>
   <si>
     <t>17 снежня 1983</t>
   </si>
   <si>
     <t>Наталля была затрымана ў чэрвені 2021 года па падазрэнні ў планаванні падпалу лесанарыхтоўчай тэхнікі. Затрыманне адбылося ўвечары прама на тэрыторыі лясгаса, куды яна прыбыла нібыта разам з саўдзельнікам Гардзеевым, які насамрэч выконваў заданне органаў дзяржаўнай бяспекі.
 Па версіі абвінавачання, увечары 8 чэрвеня 2021 года Наталля разам з гэтым чалавекам вырабіла кактэйлі Молатава, з дапамогай якіх планавалася падпаліць тэхніку. Аднак злачынства не было даведзена да канца — Наталлю затрымалі да здзяйснення падпалу.
 На судзе Наталля расказала, што апынулася ў складанай жыццёвай сітуацыі: у жніўні 2020 года быў затрыманы яе знаёмы, яна страціла бацьку і адчувала цяжкасці на працы. Яна таксама пацвердзіла, што сапраўды была ў чаце «АГСБ» і мела намер знішчыць лесанарыхтоўчую тэхніку ў лясгасе.
 У снежні 2022 года яе прызналі вінаватай і прыгаварылі да пазбаўлення волі ў калоніі агульнага рэжыму з прызначэннем буйнога штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 05.12.2022: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 400 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Максім Валер'евіч Солап</t>
-[...15 lines deleted...]
-  <si>
     <t>Артур Ігаравіч Сыракваша</t>
   </si>
   <si>
     <t>18 снежня 1993</t>
   </si>
   <si>
     <t>Артур Сыракваша працаваў намеснікам начальніка памежнай заставы «Хойнікі», створанай у 2020 годзе. Гэта значыць, Артур працаваў на мяжы, праз якую расійская тэхніка ішла ва Украіну.
 Быў сакратаром мясцовага БРСМ. У анкеце Артура "УКантакце" пазначана , што ён родам з Менска, скончыў БДУ.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
-    <t>Кацярына Уладзіміраўна Зарэцкая</t>
-[...15 lines deleted...]
-  <si>
     <t>Аляксандр Мікалаевіч Трацэнка</t>
   </si>
   <si>
     <t>19 снежня 1971</t>
   </si>
   <si>
     <t>Вырак суда 26.09.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.12.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
+  </si>
+  <si>
+    <t>Віталь Уладзіміравіч Лескавец</t>
+  </si>
+  <si>
+    <t>20 снежня 1975</t>
+  </si>
+  <si>
+    <t>Віталь - праграміст. Ён працаваў на Магілёўскім металургічным заводзе і адміністраваў сайт кампаніі, у праектным спецыялізаваным бюро, інжынерам-праграмістам у Цэнтры гарадскіх інфармацыйных сістэм Магілёва.
+Хобі мужчыны – фатаграфія. Ён фатаграфуе як на стужку, так і на лічбавыя фотаапараты. Аляксей рэгулярна здымае розныя гарадскія мерапрыемствы і дзеліцца фота ў сацсетках. Любіць ён і падарожнічаць як па Беларусі, так і па замежжы.
+Яго судзяць за донаты на дапамогу Украіне.</t>
+  </si>
+  <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.08.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-19 18:56:57</t>
+  </si>
+  <si>
+    <t>Уладзімір Анатольевіч Баслык</t>
+  </si>
+  <si>
+    <t>20 снежня 1981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Справу пачынае разглядаць суддзя Анжаліка Данілава 29 ліпеня 2024 года ў Мінскім абласным судзе.
+</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.08.2024: невядома. Апеляцыя 18.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:16:04</t>
   </si>
   <si>
     <t>Яўген Уладзіміравіч Прапольскі</t>
   </si>
   <si>
     <t>20 снежня 1994</t>
   </si>
   <si>
     <t>Яўген быў затрыманы па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага напрамку".
 У траўні 2023 года ён быў паўторна асуджаны за "злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі".</t>
   </si>
   <si>
     <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
   </si>
   <si>
     <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены. Вырак суда 03.05.2023: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
     <t>Леанід Валянцінавіч Козыр</t>
-  </si>
-[...1 lines deleted...]
-    <t>20 снежня 1981</t>
   </si>
   <si>
     <t>Першы суд над Леанідам прайшоў восенню 2022 года, яго абвінавацілі па арт.369, прыгаварылі да абмежавання волі без накіравання.
 Аб другім судзе стала вядома ў жніўні 2024 года. Леаніда абвінавачваюць у "фінансаванні дзейнасці экстрэмісцкага фарміравання" (арт. 361-2 КК) і "вярбоўцы, навучанні або падрыхтоўцы да ўдзелу ў вайне, а таксама матэрыяльным забеспячэнні такой дзейнасці" (ч. 2 арт. 361-3 КК). Верагодна, у мужчыны знайшлі донат на ВСУ. Прысуд хутчэй за ўсё зьвязаны з пазбаўленьнем волі.
 У Леаніда вышэйшая адукацыя , яе апошняе месца працы — прыватнае прадпрыемства "Гомельстальстандарт ".</t>
   </si>
   <si>
     <t>Вырак суда 12.10.2022: невядома гадоў абмежаванні волі без накіравання. Вырак суда 22.08.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.10.2024: невядома.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Віталь Уладзіміравіч Лескавец</t>
-[...18 lines deleted...]
-  <si>
     <t>Ігар Міхайлавіч Сушко</t>
   </si>
   <si>
     <t>21 снежня 1978</t>
   </si>
   <si>
     <t>Ігара затрымалі 23 лістапада 2023 года. З відэа на праўладным канале, апублікаванага сілавікамі, вядома, што ён з'яўляўся сузаснавальнікам фірмы па гарадскіх маршрутных перавозках.
 На камеру Ігар кажа, што быў затрыманы за каментары ў Telegram-каналах пра беларускіх і расейскіх вайскоўцаў.</t>
   </si>
   <si>
     <t>Вырак суда 08.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Зміцер Сяргеевіч Асіюк</t>
   </si>
   <si>
     <t>21 снежня 1987</t>
   </si>
   <si>
     <t>У чым канкрэтна абвінавачваюць Асіюка – невядома. Яму пагражае вялікі турэмны тэрмін.
 Праваабаронцам вядома , што пад вартай мужчына ўтрымліваецца прыкладна са снежня 2023 года. Адразу яго ўтрымлівалі ў мінскім СІЗА-1, а зараз этапіравалі ў брэсцкае СІЗА. Вядома, што Асіюк жыў у Бярозе, у яго ёсць дачка.</t>
   </si>
@@ -1096,109 +1029,109 @@
   <si>
     <t>2025-02-24 23:50:24</t>
   </si>
   <si>
     <t>Ігар Міхайлавіч Клачко</t>
   </si>
   <si>
     <t>23 снежня 1997</t>
   </si>
   <si>
     <t>Ігар быў асуджаны за ўдзел у акцыі пратэсту, якая праходзіла 11 жніўня 2020 г. у горадзе Брэсце.</t>
   </si>
   <si>
     <t>ПУАТ-46, 213188, Магілёўская вобл., г.п. Круглае, вул.Савецкая, 96</t>
   </si>
   <si>
     <t>Хімія са скіраваннем</t>
   </si>
   <si>
     <t>Вырак суда 26.06.2025: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
+    <t>Зміцер Віктаравіч Трухан</t>
+  </si>
+  <si>
+    <t>23 снежня 1981</t>
+  </si>
+  <si>
+    <t>08.12.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.08.2023: невядома. Пратэст пракурора 08.12.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
     <t>Сяргей Аляксандравіч Чарнецкі</t>
   </si>
   <si>
     <t>23 снежня 1985</t>
   </si>
   <si>
     <t>Паводле абвінавачання ў дачыненні да Сяргея Чарнецкага, той пад пастом з фота Філатава ў тэлеграм-канале «Дошка ганьбы» пакінуў абразлівы каментар. 7 чэрвеня 2024 года ў судзе Лідскага раёна супраць Сяргея разгледжана справа "Аб замене абмежавання волі без накіравання ў папраўчую ўстанову адкрытага тыпу".</t>
   </si>
   <si>
     <t>2 гады абмежавання волі без накіравання. Замена пакарання на пазбаўленне волі.</t>
   </si>
   <si>
     <t>2022-06-20 18:02:33</t>
   </si>
   <si>
-    <t>Зміцер Віктаравіч Трухан</t>
-[...11 lines deleted...]
-    <t>2023-09-27 17:29:24</t>
+    <t>Зміцер Іванавіч Шаблыка</t>
+  </si>
+  <si>
+    <t>24 снежня 1996</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.08.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-10-03 22:09:53</t>
   </si>
   <si>
     <t>Анатоль Віктаравіч Латушка</t>
   </si>
   <si>
     <t>24 снежня 1976</t>
   </si>
   <si>
     <t>Затрыманы за маляванне праз трафарэты "Пагоні".
 Анатоль Латушка - стрыечны брат палітыка Паўла Латушкі.
 22.03.2024 быў пераведзены на турэмны рэжым да канца тэрміну.</t>
   </si>
   <si>
     <t>Вырак суда 20.09.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.12.2022: невядома. Суд па змене рэжыму 22.03.2024: невядома.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
-    <t>Зміцер Іванавіч Шаблыка</t>
-[...10 lines deleted...]
-  <si>
     <t>Анатоль Уладзіміравіч Валадзько</t>
   </si>
   <si>
     <t>25 снежня 1967</t>
   </si>
   <si>
     <t>Анатолю Валадзько 56 гадоў. Ён мінчанін. У мужчыны ёсць жонка, паўналетняя дачка і сын, якому неўзабаве споўніцца васямнаццаць гадоў. Больш за 20 гадоў Валадзько адпрацаваў праграмістам у кампаніі "Топ Софт". Яна займаецца стварэннем экасістэмы прадуктаў "Галактыка", патрэбнай для цыфравізацыі бізнесу. Цэнтральны офіс фірмы знаходзіцца ў Расіі, частку часу Анатоль прапрацаваў там.
 Дакладная дата затрымання мужчыны невядомая, але, верагодна, гэта 15 ці 16 студзеня 2024 года. Бо 17 студзеня яго разам з жонкай асудзілі за «дробнае хуліганства» — яго на 15 сутак, прысуд жонцы невядомы. Паводле паказанняў сілавікоў, Анатоль Валадзько «знаходзіўся ў грамадскім месцы і з хуліганскіх памкненняў гучна крычаў, нецэнзурна лаяўся, размахваў рукамі і паводзіў сябе. ». Мужчына віну не прызнаў і сказаў, што пасярод дня яго затрымалі ва ўласным доме. Нічога з таго, пра што казалі сведкі, ён не рабіў.Па словах сукамерніка Анатоля Валадзько, той адмовіўся выплачваць "ахвяраванні", якія супрацоўнікі КДБ пад пагрозамі прапануюць выплаціць тым, хто рабіў донаты. Наогул мужчына не прызнаў сваю віну. Сукамернік Анатоля сцвярджае, што гэта прычынілася далейшага пераследу - адміністрацыйнага і крымінальнага.
 27 жніўня 2024 г. у Анатоля адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 11.06.2024: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
     <t>Зміцер Мікалаевіч Хальцоў</t>
   </si>
   <si>
     <t>25 снежня 1987</t>
   </si>
   <si>
     <t>Зміцер Хальцоў-індывідуальны прадпрымальнік. У 2020 годзе ў рэпартажы пра мітынгі ў Гомелі пасля пахавання забітага міліцыянтамі Аляксандра Віхора, пра яго пісала выданне “Камсамольская праўда”. Зміцер за ўласныя грошы тады набыў мегафон, напісаў у мясцовым чаце прапанову сабрацца і адправіцца да аблвыканкаму. Тады людзі выклікалі на размову кіраўніка абласной улады.
 З-за закрытасці судовай сістэмы ад грамадства пакуль невядомая сутнасць прад'яўленых Дзмітрыю Хальцову абвінавачанняў і канкрэтны прысуд. Вядома толькі, што яго заключылі на рэальны тэрмін у калонію.</t>
@@ -1234,270 +1167,237 @@
   <si>
     <t>З чым звязана такое суровае пакаранне, як і абставіны ўзбуджэння крымінальнай справы, да гэтага часу невядомыя.</t>
   </si>
   <si>
     <t>Вырак суда 25.03.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 14.06.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
     <t>Арцём Яўгеньевіч Пархамовіч</t>
   </si>
   <si>
     <t>26 снежня 1995</t>
   </si>
   <si>
     <t>Артём, супрацоўнік "Белтелекома", быў затрыманы 22 кастрычніка 2020 года і асуджаны за перадачу дадзеных супрацоўнікаў сілавых структур у Telegram.</t>
   </si>
   <si>
     <t>Вырак суда 08.02.2022: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 29.04.2022: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
-    <t>Андрэй Віктаравіч Вялікаселец</t>
-[...29 lines deleted...]
-  <si>
     <t>Вера Міхайлаўна Кананенка</t>
   </si>
   <si>
     <t>27 снежня 1974</t>
   </si>
   <si>
     <t>Была затрымана у канцы кастрычніка 2024 года падчас чарговага "рэйду" супраць тых, каго падазраюць у салідарнасці з палітычнымі зняволенымі.
 Абвінавачваецца па некалькіх артыкулах Крымінальнага кодэкса за ўзаемадзеянне з "экстрэмісцкімі фармаваннямі".</t>
   </si>
   <si>
+    <t>2025-04-22 18:48:19</t>
+  </si>
+  <si>
+    <t>Вольга Дзмітрыеўна Аляксеева</t>
+  </si>
+  <si>
+    <t>27 снежня 1982</t>
+  </si>
+  <si>
+    <t>Меркавана затрымана за дапамогу палітвязням.</t>
+  </si>
+  <si>
+    <t>2024-11-15 21:15:27</t>
+  </si>
+  <si>
+    <t>Андрэй Віктаравіч Вялікаселец</t>
+  </si>
+  <si>
+    <t>27 снежня 1984</t>
+  </si>
+  <si>
+    <t>14.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.03.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:17:37</t>
+  </si>
+  <si>
+    <t>Вячаслаў Юр'евіч Малышаў</t>
+  </si>
+  <si>
+    <t>29 снежня 1979</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.06.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-06-25 10:45:12</t>
+  </si>
+  <si>
+    <t>Іосіф (Язэп) Іосіфавіч Дулеба</t>
+  </si>
+  <si>
+    <t>30 снежня 1967</t>
+  </si>
+  <si>
+    <t>3 мая 2024 года Камітэт дзяржаўнай бяспекі Беларусі ўнёс у спіс так званых «экстрэмісцкіх фармаванняў» шэраг медыя-рэсурсаў праекта FreeInfoBel, таксама былі пазначаныя канкрэтныя людзі, якія, на іх думку, маюць дачыненне да праекту - Вольгу Пашкевіч і Іосіфа Дулеба. Прычым аб унясенні FreeInfoBel па факце стала вядома толькі праз 5 дзён - 8 траўня.
+У дадзены момант невядома, па якой менавіта крымінальнай справе мужчына знаходзіцца пад вартай, але, можна меркаваць, што яна звязана з «экстрэмізмам». Удалося даведацца , што затрыманы Дулеба быў першапачаткова па адміністрацыйнай справе. Аднак, калі прыйшоў час вызвалення з ІЧУ, Дулеба на волю не выйшаў - яго перавялі ў СІЗА.
+Мужчына ў мінулым узначальваў Віцебскае падраздзяленне БНФ, але на пачатку 2000-х адышоў ад партыйных справаў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 04.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-05-22 19:29:24</t>
+  </si>
+  <si>
+    <t>Аляксандр Фёдаравіч Баравік</t>
+  </si>
+  <si>
+    <t>30 снежня 1981</t>
+  </si>
+  <si>
+    <t>Мужчыну абвінавацілі ў тым, што ён, на думку суда, пакінуў абразлівы каментар у тэлеграме ў бок міністра ўнутраных спраў Івана Кубракова і намесніка начальніка УУС адміністрацыі Цэнтральнага раёна Мінска, начальніка крымінальнай міліцыі Уладзіміра Кубракова. Аляксандр поўнасцю прызнаў віну і раскаяўся ў зробленым. Да суда мужчына знаходзіўся пад асабістым даручальніцтвам. Пасля абвяшчэння прысуду яго ўзялі пад варту ў зале суда.
+Аляксандр Баравік мае на ўтрыманні непаўналетняга дзіцяці. Працуе столярам-станочнікам.
+У студзені 2024 года стала вядома, што Павел зноў стаў абвінавачаным, але на гэты раз па арт. 130 КК РБ.</t>
+  </si>
+  <si>
+    <t>Вырак суда 15.05.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 29.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-05-02 13:34:46</t>
+  </si>
+  <si>
+    <t>Уладзімір Уладзіміравіч Кушнер</t>
+  </si>
+  <si>
+    <t>30 снежня 1974</t>
+  </si>
+  <si>
+    <t>Быў асуджаны за каментар пра Украіну, пакінуты ў 2022 годзе. Справа сушалася ў Менскім гарадскім судзе.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.08.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.10.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Вольга Анатольеўна Осіпчык</t>
+  </si>
+  <si>
+    <t>30 снежня 1977</t>
+  </si>
+  <si>
     <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
   </si>
   <si>
-    <t>2025-04-22 18:48:19</t>
-[...55 lines deleted...]
-  <si>
     <t>2025-10-21 21:23:23</t>
   </si>
   <si>
     <t>Валерыя Барысаўна Касцюгова</t>
-  </si>
-[...1 lines deleted...]
-    <t>30 снежня 1967</t>
   </si>
   <si>
     <t>Валерыя — паліталогія, заснавальніца і рэдактарка сайта экспертнай супольнасці "Наша думка", аўтарка і рэдактарка "Беларускага штогодніка", кіраўніца групы экспертаў па маніторынгу "Беларусь у фокусе".
 30 чэрвеня 2021 года пасля ператрусу ў яе доме, праведзенага супрацоўнікамі КДБ, Валерыю затрымалі і змясцілі ў ізалятар, пазней перавёўшы ў СІЗА.
 6 лютага 2023 года ў судзе пачалі разглядаць яе справу па абвінавачанні ў "дапамозе дзеянням, накіраваным на захоп улады", "заклікам да дзеянняў, якія наносяць шкоду нацыянальнай бяспецы" і "распальванні сацыяльнай варожасці". 17 сакавіка 2023 года суд у закрытым рэжыме прыгаварыў Валерыю да 10 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>Вырак суда 17.03.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.07.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Павел Канстанцінавіч Севярынец</t>
-[...32 lines deleted...]
-  <si>
     <t>Алеся Вячаславаўна Шапкіна</t>
   </si>
   <si>
     <t>30 снежня 1988</t>
   </si>
   <si>
     <t>Праграмістка SamSolutions.
 15 верасня 2023 г. адбыўся разгляд апеляцыйнай скаргі.</t>
   </si>
   <si>
     <t>2023-06-22 01:45:27</t>
   </si>
   <si>
-    <t>Іосіф (Язэп) Іосіфавіч Дулеба</t>
-[...10 lines deleted...]
-    <t>2024-05-22 19:29:24</t>
+    <t>Аляксей Аляксандравіч Кубракоў</t>
+  </si>
+  <si>
+    <t>31 снежня 1981</t>
+  </si>
+  <si>
+    <t>2025-10-20 21:23:33</t>
+  </si>
+  <si>
+    <t>Надзея Аляксандраўна Лескавец</t>
+  </si>
+  <si>
+    <t>31 снежня 1978</t>
+  </si>
+  <si>
+    <t>Была затрымана 23 студзеня 2024 года падчас масавага рэйду сілавых структур па сваяках палітвязняў і па людзях, якія дапамагалі ім.</t>
+  </si>
+  <si>
+    <t>Вырак суда 11.07.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 01.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-03-13 22:04:59</t>
   </si>
   <si>
     <t>Вадзім Мікалаевіч Васільеў</t>
   </si>
   <si>
     <t>31 снежня 1994</t>
   </si>
   <si>
     <t>Затрыманы за адміністраванне чатаў «Віцебск -97%» і «Орша -97%».
 Мастак па свеце ТЗУ ў беларускім тэатры «Лялька».</t>
   </si>
   <si>
     <t>12 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
   </si>
   <si>
-    <t>Аляксей Аляксандравіч Кубракоў</t>
-[...20 lines deleted...]
-    <t>2024-03-13 22:04:59</t>
+    <t>Вольга Рыгораўна Страева</t>
+  </si>
+  <si>
+    <t>31 снежня 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Максім Валер'евіч Сандракула</t>
   </si>
   <si>
     <t>Вырак суда 14.11.2024: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.01.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1810,51 +1710,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1974,2417 +1874,2237 @@
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>61</v>
       </c>
       <c r="I10" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>63</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
       <c r="D11" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>66</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>76</v>
       </c>
-      <c r="D13" t="s">
-[...11 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
         <v>79</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>80</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>82</v>
       </c>
       <c r="I14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>84</v>
       </c>
       <c r="B15" t="s">
         <v>85</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>86</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="I15" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>26</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
         <v>94</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>96</v>
       </c>
       <c r="I17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>98</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
       <c r="C18" t="s">
         <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E18" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="F18" t="s">
-[...5 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>32</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>105</v>
       </c>
-      <c r="D19" t="s">
-[...11 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" t="s">
         <v>108</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>109</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>60</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>110</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
         <v>113</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>114</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>115</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" t="s">
         <v>118</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>119</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" t="s">
+        <v>60</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>120</v>
       </c>
-      <c r="D22" t="s">
-[...11 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>122</v>
+      </c>
+      <c r="B23" t="s">
         <v>123</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>124</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>125</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>127</v>
+      </c>
+      <c r="B24" t="s">
         <v>128</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>129</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>125</v>
+      </c>
+      <c r="I24" t="s">
         <v>130</v>
-      </c>
-[...16 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>131</v>
+      </c>
+      <c r="B25" t="s">
+        <v>132</v>
+      </c>
+      <c r="C25" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>134</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>135</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
       <c r="I25" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>137</v>
       </c>
       <c r="B26" t="s">
         <v>138</v>
       </c>
       <c r="C26" t="s">
         <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E26" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
       <c r="I26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>142</v>
       </c>
       <c r="B27" t="s">
         <v>143</v>
       </c>
       <c r="C27" t="s">
         <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E27" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>145</v>
       </c>
       <c r="I27" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>147</v>
       </c>
       <c r="B28" t="s">
         <v>148</v>
       </c>
       <c r="C28" t="s">
         <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>150</v>
       </c>
       <c r="I28" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>152</v>
       </c>
       <c r="B29" t="s">
         <v>153</v>
       </c>
       <c r="C29" t="s">
         <v>154</v>
       </c>
       <c r="D29" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>155</v>
       </c>
       <c r="I29" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>157</v>
       </c>
       <c r="B30" t="s">
         <v>158</v>
       </c>
       <c r="C30" t="s">
         <v>159</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>160</v>
       </c>
       <c r="I30" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>162</v>
       </c>
       <c r="B31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" t="s">
         <v>163</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>164</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>166</v>
+      </c>
+      <c r="B32" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C32" t="s">
         <v>168</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>43</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>169</v>
       </c>
       <c r="I32" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>171</v>
       </c>
       <c r="B33" t="s">
         <v>172</v>
       </c>
       <c r="C33" t="s">
         <v>173</v>
       </c>
       <c r="D33" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>174</v>
       </c>
       <c r="I33" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>176</v>
       </c>
       <c r="B34" t="s">
         <v>177</v>
       </c>
       <c r="C34" t="s">
         <v>178</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>179</v>
       </c>
       <c r="I34" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>181</v>
       </c>
       <c r="B35" t="s">
         <v>182</v>
       </c>
       <c r="C35" t="s">
         <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>184</v>
       </c>
       <c r="I35" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>186</v>
       </c>
       <c r="B36" t="s">
         <v>187</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" t="s">
+        <v>60</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>188</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>190</v>
+      </c>
+      <c r="B37" t="s">
         <v>191</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
+        <v>61</v>
+      </c>
+      <c r="I37" t="s">
         <v>192</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>194</v>
+      </c>
+      <c r="C38" t="s">
+        <v>195</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>43</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>196</v>
       </c>
-      <c r="B38" t="s">
+      <c r="I38" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>198</v>
+      </c>
+      <c r="B39" t="s">
+        <v>199</v>
+      </c>
+      <c r="C39" t="s">
         <v>200</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>201</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>202</v>
-      </c>
-[...13 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>203</v>
+      </c>
+      <c r="B40" t="s">
+        <v>204</v>
+      </c>
+      <c r="C40" t="s">
         <v>205</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>43</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>206</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>208</v>
+      </c>
+      <c r="B41" t="s">
+        <v>209</v>
+      </c>
+      <c r="C41" t="s">
         <v>210</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>59</v>
+      </c>
+      <c r="E41" t="s">
+        <v>60</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>211</v>
-      </c>
-[...13 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>54</v>
+        <v>216</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I42" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B43" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C43" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I43" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B44" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C44" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E44" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I44" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B45" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C45" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>231</v>
+        <v>81</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>232</v>
       </c>
       <c r="I45" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>234</v>
       </c>
       <c r="B46" t="s">
         <v>235</v>
       </c>
       <c r="C46" t="s">
         <v>236</v>
       </c>
       <c r="D46" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>66</v>
+        <v>134</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>237</v>
       </c>
       <c r="I46" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>239</v>
       </c>
       <c r="B47" t="s">
         <v>240</v>
       </c>
       <c r="C47" t="s">
         <v>241</v>
       </c>
       <c r="D47" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>66</v>
+        <v>216</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>242</v>
       </c>
       <c r="I47" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>244</v>
       </c>
       <c r="B48" t="s">
         <v>245</v>
       </c>
       <c r="C48" t="s">
         <v>246</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>87</v>
+        <v>247</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I48" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B49" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C49" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D49" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E49" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I49" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B50" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C50" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
+        <v>66</v>
+      </c>
+      <c r="I50" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>259</v>
+      </c>
+      <c r="B51" t="s">
         <v>260</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>26</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>261</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>262</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>263</v>
+      </c>
+      <c r="B52" t="s">
+        <v>264</v>
+      </c>
+      <c r="C52" t="s">
         <v>265</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>266</v>
       </c>
-      <c r="C52" t="s">
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>267</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>269</v>
+      </c>
+      <c r="B53" t="s">
         <v>270</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>271</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>26</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>272</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>274</v>
+      </c>
+      <c r="B54" t="s">
         <v>275</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>276</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
         <v>277</v>
       </c>
-      <c r="D54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
       <c r="I54" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B55" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="C55" t="s">
         <v>281</v>
       </c>
       <c r="D55" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>282</v>
       </c>
       <c r="I55" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>284</v>
       </c>
       <c r="B56" t="s">
         <v>285</v>
       </c>
+      <c r="C56" t="s">
+        <v>286</v>
+      </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
-      <c r="E56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I56" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B57" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C57" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>292</v>
       </c>
       <c r="I57" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>294</v>
       </c>
       <c r="B58" t="s">
         <v>295</v>
       </c>
       <c r="C58" t="s">
         <v>296</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
+      <c r="E58" t="s">
+        <v>134</v>
+      </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
+        <v>16</v>
+      </c>
+      <c r="I58" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>298</v>
+      </c>
+      <c r="B59" t="s">
         <v>299</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>300</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>59</v>
+      </c>
+      <c r="E59" t="s">
+        <v>60</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>301</v>
       </c>
-      <c r="D59" t="s">
-[...2 lines deleted...]
-      <c r="E59" t="s">
+      <c r="I59" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>303</v>
+      </c>
+      <c r="B60" t="s">
+        <v>304</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>43</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>305</v>
       </c>
-      <c r="B60" t="s">
+      <c r="I60" t="s">
         <v>306</v>
-      </c>
-[...16 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>307</v>
+      </c>
+      <c r="B61" t="s">
+        <v>308</v>
+      </c>
+      <c r="C61" t="s">
+        <v>309</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
         <v>310</v>
       </c>
-      <c r="B61" t="s">
+      <c r="F61" t="s">
         <v>311</v>
       </c>
-      <c r="C61" t="s">
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>312</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>314</v>
+      </c>
+      <c r="B62" t="s">
         <v>315</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>316</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>26</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>317</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I62" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>319</v>
       </c>
       <c r="B63" t="s">
         <v>320</v>
       </c>
       <c r="C63" t="s">
         <v>321</v>
       </c>
       <c r="D63" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>322</v>
       </c>
       <c r="I63" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>324</v>
       </c>
       <c r="B64" t="s">
         <v>325</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>326</v>
       </c>
       <c r="I64" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>328</v>
       </c>
       <c r="B65" t="s">
         <v>329</v>
       </c>
       <c r="C65" t="s">
         <v>330</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
+        <v>32</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="F65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="C66" t="s">
         <v>335</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>26</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>336</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>337</v>
-      </c>
-[...13 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>338</v>
+      </c>
+      <c r="B67" t="s">
+        <v>339</v>
+      </c>
+      <c r="C67" t="s">
         <v>340</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
         <v>341</v>
       </c>
-      <c r="C67" t="s">
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>86</v>
+      </c>
+      <c r="I67" t="s">
         <v>342</v>
-      </c>
-[...16 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
         <v>345</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="C68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...16 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>351</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>353</v>
+      </c>
+      <c r="B70" t="s">
         <v>354</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>355</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>95</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>356</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>358</v>
+      </c>
+      <c r="B71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>360</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>59</v>
+      </c>
+      <c r="E71" t="s">
+        <v>341</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" t="s">
         <v>361</v>
-      </c>
-[...16 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>362</v>
+      </c>
+      <c r="B72" t="s">
+        <v>363</v>
+      </c>
+      <c r="C72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>59</v>
+      </c>
+      <c r="E72" t="s">
+        <v>60</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
+        <v>61</v>
+      </c>
+      <c r="I72" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>366</v>
+      </c>
+      <c r="B73" t="s">
+        <v>367</v>
+      </c>
+      <c r="C73" t="s">
+        <v>368</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>26</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
+      <c r="I73" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>371</v>
+      </c>
+      <c r="B74" t="s">
+        <v>372</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>81</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
+        <v>373</v>
+      </c>
+      <c r="I74" t="s">
         <v>374</v>
-      </c>
-[...22 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>375</v>
+      </c>
+      <c r="B75" t="s">
+        <v>376</v>
+      </c>
+      <c r="C75" t="s">
+        <v>377</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
+        <v>378</v>
+      </c>
+      <c r="I75" t="s">
         <v>379</v>
-      </c>
-[...22 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>380</v>
+      </c>
+      <c r="B76" t="s">
+        <v>381</v>
+      </c>
+      <c r="C76" t="s">
+        <v>382</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>383</v>
+      </c>
+      <c r="I76" t="s">
         <v>384</v>
-      </c>
-[...22 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>385</v>
+      </c>
+      <c r="B77" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>388</v>
+      </c>
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E78" t="s">
-        <v>87</v>
+        <v>392</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
-      <c r="H78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I78" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>394</v>
+      </c>
+      <c r="B79" t="s">
+        <v>376</v>
+      </c>
+      <c r="C79" t="s">
+        <v>395</v>
+      </c>
+      <c r="D79" t="s">
+        <v>59</v>
+      </c>
+      <c r="E79" t="s">
+        <v>60</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
+        <v>396</v>
+      </c>
+      <c r="I79" t="s">
         <v>397</v>
-      </c>
-[...22 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>398</v>
+      </c>
+      <c r="B80" t="s">
+        <v>399</v>
+      </c>
+      <c r="C80" t="s">
+        <v>400</v>
+      </c>
+      <c r="D80" t="s">
+        <v>59</v>
+      </c>
+      <c r="E80" t="s">
+        <v>60</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
+        <v>201</v>
+      </c>
+      <c r="I80" t="s">
         <v>401</v>
-      </c>
-[...19 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>362</v>
+        <v>392</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
-      <c r="H81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I81" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B82" t="s">
-        <v>411</v>
+        <v>406</v>
+      </c>
+      <c r="C82" t="s">
+        <v>407</v>
       </c>
       <c r="D82" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E82" t="s">
-        <v>392</v>
+        <v>60</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
+      <c r="H82" t="s">
+        <v>408</v>
+      </c>
       <c r="I82" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>410</v>
+      </c>
+      <c r="B83" t="s">
+        <v>411</v>
+      </c>
+      <c r="C83" t="s">
+        <v>412</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>81</v>
+      </c>
+      <c r="F83" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
         <v>413</v>
       </c>
-      <c r="B83" t="s">
+      <c r="I83" t="s">
         <v>414</v>
-      </c>
-[...19 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B84" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E84" t="s">
-        <v>26</v>
+        <v>341</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I84" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B85" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>406</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
+      <c r="E85" t="s">
+        <v>81</v>
+      </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="I85" t="s">
-        <v>427</v>
-[...161 lines deleted...]
-        <v>451</v>
+        <v>420</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">