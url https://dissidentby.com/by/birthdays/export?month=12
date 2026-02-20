--- v1 (2025-12-19)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="463">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -140,71 +140,50 @@
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
   </si>
   <si>
     <t>Вырак суда 27.05.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-05-02 18:38:03</t>
   </si>
   <si>
     <t>Віктар Аляксандравіч Саўчыц</t>
   </si>
   <si>
     <t>4 снежня 1981</t>
   </si>
   <si>
     <t>З 28 жніўня па 4 верасня 2024 года справу разгледзеў суддзя Пісарэвіч Яўген. Таксама Віктар павінен выплаціць 1000 рублёў кампенсацыі маральнай шкоды ўчастковаму гораду Лагойска.
 07 кастрычніка 2025 года быў аб'яўлены прыгавор па другім суду: з улікам першага суда - 6 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму, 600 базавых штрафу, таксама кампанацыя маральнай шкоды Чамаданавай - 5000 бел. руб., Карпенкаву – 2000 бел.руб. і Нікіценка – 5000 бел руб.</t>
   </si>
   <si>
     <t>Вырак суда 04.09.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 рублёў кампенсацыі. Апеляцыя 05.11.2024: невядома. Вырак суда 07.10.2025: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
-    <t>Андрэй Эдвардавіч Крот</t>
-[...19 lines deleted...]
-  <si>
     <t>Аляксандр Сяргеевіч Верасовіч</t>
   </si>
   <si>
     <t>4 снежня 1966</t>
   </si>
   <si>
     <t>Імя Аляксандра з'явілася ў раскладзе судоў. Мужчыну абвінавачваюць у ахвяраваннях на дапамогу Украіне і на карысць "экстрэмісцкага фарміравання".
 Характэрна, што ахвяраванне ў падтрымку "экстрэмісцкага фарміравання" мужчына зрабіў да мая 2021 года, калі ў Беларусі ўвогуле не было экстрэмісцкіх фарміраванняў. . Суд пачаўся 19 сакавіка ў Менскім гарадзкім судзе.
 Аляксандр мае ў Маладзечне невялікі бізнэс: як ІП займаецца грузаперавозкамі на ўласным бусе. Ён гадуе дваіх дзяцей: малую дачку, якая заканчвае шосты клас, і сына, які зараз павінен быць у старэйшых класах.
 07.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
     <t>Аляксандр Юр'евіч Ваўчок</t>
   </si>
   <si>
     <t>5 снежня 1986</t>
   </si>
   <si>
     <t>Быў затрыманы 28 чэрвеня 2021 года,  адбыў 7 сутак адміністрацыйнага арышту. Быў адпушчаны 5 ліпеня, пасля чаго зноў быў затрыманы супрацоўнікамі следчага камітэта, але ўжо па крымінальнай справе.
@@ -212,1201 +191,1359 @@
 Ён жа ў снежні 2020 года і сакавіку 2021 года ў сацыяльнай сетцы «Укантакце» размясціў тэкставы каментар і відэаролік, выказваўся на адрас Лукашэнкі.</t>
   </si>
   <si>
     <t>2,5 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
     <t>Марына Віктараўна Мазоўка</t>
   </si>
   <si>
     <t>5 снежня 1972</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-02 15:14:31</t>
-  </si>
-[...36 lines deleted...]
-    <t>2021-03-03 15:36:30</t>
   </si>
   <si>
     <t>Віктар Георгіевіч Ламека</t>
   </si>
   <si>
     <t>6 снежня 1968</t>
   </si>
   <si>
     <t>Прадпрымальнік з Зэльвы Віктара Ламекі быў жорстка затрыманы і збіты пры затрыманні. Першапачаткова на яго склалі пратакол па адміністрацыйным артыкуле 19.11 КаАП РБ (распаўсюд экстрэмісцкіх матэрыялаў). Не даўшы Ламеку нават пакінуць будынак суда, сілавікі зноў затрымалі яго і зноў склалі пратакол па арт. 19.11 КаАП РБ. Калі мужчына знаходзіўся ў следчым ізалятары, на яго склалі трэці пратакол.
 Як стала вядома , прадпрымальнік знаходзіцца ў СІЗА, яму прад'яўлена абвінавачанне ўжо па крымінальным артыкуле за паклёп у дачыненні да Лукашэнкі А.Г.
 Пакуль мужчына быў у СІЗА, у яго памерла маці.
 Віктар судзіўся з падатковай і бараніў прадпрымальнікаў з Гарадзенскай вобласці ў судах.
 24.10.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
     <t>3 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
+  </si>
+  <si>
+    <t>Іна Віктараўна Корбут</t>
+  </si>
+  <si>
+    <t>6 снежня 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скончыла Магілёўскі дзяржаўны ўніверсітэт імя Куляшова на дзіцячага псіхолага. Жыла таксама ў Мазыры і Магілёве. Апошнія тры гады яна мае статус індывідуальнага прадпрымальніка, накіраванне яго дзейнасці – фатаграфія.
+Іну затрымалі і асудзілі ў 2025 годзе за "садзейнічанне экстрэмісцкай дзейнасці". Пераслед звязана са справай Гаюна. Вядома, што Іне прысудзілі хімію , але прысуд, як і дакладная сутнасць абвінавачанняў, невядомыя.
+</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Уладзімір Анатольевіч Трыфанаў</t>
   </si>
   <si>
     <t>6 снежня 1964</t>
   </si>
   <si>
     <t>Падрабязнасці справы невядомыя, бо працэс праходзіў у закрытым рэжыме, а на самой крымінальнай справе - грыф сакрэтнасці.
 Падрабязнасці затрымання асуджаных вядомыя з прапагандысцкага фільма «Аперацыя КДБ «Манкурты»», які АНТ паказаў у 2021 годзе.
 Паводле фільма, Уладзімір Трыфанаў — праваднік праз беларуска-літоўскую мяжу, праз якую мусіў нелегальна перавесці Аляксея Храловіча .
 Пачаў адбываць пакаранне.</t>
   </si>
   <si>
     <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
   </si>
   <si>
     <t>14 год пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Ганна Уладзіміраўна Уласенка</t>
+    <t>Ігар Васільевіч Чарпакоў</t>
+  </si>
+  <si>
+    <t>7 снежня 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Аляксандр Станіслававіч Юшкевіч</t>
+  </si>
+  <si>
+    <t>7 снежня 1987</t>
+  </si>
+  <si>
+    <t>8 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-09-04 22:43:02</t>
+  </si>
+  <si>
+    <t>Уладзімір Леанідавіч Леасевіч</t>
   </si>
   <si>
     <t>7 снежня 1981</t>
   </si>
   <si>
-    <t>Вырак суда дата невядомая: невядома.</t>
-[...14 lines deleted...]
-    <t>2023-09-04 22:43:02</t>
+    <t>30.10.2023 адбылося судовае паседжанне.</t>
+  </si>
+  <si>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.10.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
   </si>
   <si>
     <t>Ягор Аляксандравіч Міхайлаў</t>
   </si>
   <si>
     <t>7 снежня 1994</t>
   </si>
   <si>
     <t>Ягор быў затрыманы ў лютым 2021 года і пазней асуджаны па справе аб падпале танка Т-72 у складзе ваеннага эшалона на чыгуначнай станцыі ў Сцяпянцы. Па матэрыялах справы, уначы 31 студзеня 2021 года ён кінуў у танк «кактэйль Молатава» з надпісам «АГСБ». Яго дзеянні кваліфікавалі як «акт тэрарызму». Па версіі абвінавачання, Ягор здзейсніў падпал, зыходзячы са сваіх палітычных поглядаў.
 У пачатку кастрычніка 2023 года стала вядома, што Ягора перавялі ў СІЗА-1 у сувязі з новай крымінальнай справай, узбуджанай па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх». Па гэтай справе яго прыгаварылі яшчэ да шасці месяцаў зняволення.</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>Вырак суда 26.07.2021: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 685 рублёў кампенсацыі. Вырак суда 05.10.2023: 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 12.12.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
+    <t>Ганна Уладзіміраўна Уласенка</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
+  </si>
+  <si>
     <t>Марына Уладзіміраўна Леановіч</t>
   </si>
   <si>
     <t>8 снежня 1995</t>
   </si>
   <si>
     <t>Марына – беларускамоўная IT-спецыялістка з EPAM, якая таксама займаецца творчасцю. Яна піша артыкулы для беларускай Вікіпедыі, робіць ілюстрацыі, перакладае на беларускую мову і піша вершы. Пасля пачатку поўнамаштабнай расейскай агрэсіі супраць Украіны яна пераехала ў Грузію, але затым па невядомых прычынах вярнулася ў Беларусь. Неўзабаве яна была затрыманая ў рамках крымінальнай справы і асуджаная па артыкулах «фінансаванне экстрэмісцкай дзейнасці» і «фінансаванне ці іншая фінансавая падтрымка вайны».</t>
   </si>
   <si>
-    <t>Вырак суда 14.01.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+    <t>Вырак суда 14.01.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-03-14 18:44:29</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-09-17 18:20:13</t>
   </si>
   <si>
     <t>Наталля Сяргееўна Салук</t>
   </si>
   <si>
     <t>8 снежня 1999</t>
   </si>
   <si>
     <t>Праўладны тэлеграм-канал апублікаваў відэа пра затрыманне беларуска, якая ў 2020 годзе ўдзельнічала ў пратэстах і «перашкаджала праезду» машыне ДАІ. Як пішуць аўтары канала, супраць дзяўчыны распачалі крымінальную справу. Па якім артыкуле, не ўдакладняецца.
 Вядома, што Натальля ў 2022 годзе скончыла БДТУ.</t>
   </si>
   <si>
     <t>Вырак суда 16.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
+    <t>Яўген Вячаслававіч Холадоў</t>
+  </si>
+  <si>
+    <t>8 снежня 1982</t>
+  </si>
+  <si>
+    <t>17.08.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
+    <t>невядома гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:13:51</t>
+  </si>
+  <si>
+    <t>Ганна Валянцінаўна Карняенка</t>
+  </si>
+  <si>
+    <t>8 снежня 1985</t>
+  </si>
+  <si>
+    <t>Былая бухгалтарка Мінскага электратэхнічнага завода імя Вавілава . Судовы працэс пачаўся 19 траўня і праходзіў у закрытым рэжыме, таму інфармацыі пра сутнасць абвінавачання няшмат. Вядома, што Ганну звольнілі з працы пасля "Народнага ўльтыматума" ў 2020 годзе, пасля яна судзілася з прадпрыемствам па факце незаконнага звальнення.
+Пры затрыманні малодшаму дзіцяці Ганны было ўсяго 5 месяцаў.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Вырак суда 24.05.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-05-31 22:42:36</t>
+  </si>
+  <si>
     <t>Кірыл Куокавіч Нгуен</t>
   </si>
   <si>
     <t>8 снежня 1993</t>
   </si>
   <si>
     <t>12.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 10.04.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.07.2024: прысуд пакінуты без змены. Вырак суда 25.03.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.06.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-05-02 19:06:36</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-05-31 22:42:36</t>
   </si>
   <si>
     <t>Ягор Андрэевіч Захарчук</t>
   </si>
   <si>
     <t>8 снежня 1992</t>
   </si>
   <si>
     <t>Асуджаны за ўдзел у акцыях пратэсту, а таксама за каментары ў сацсетках.
 10.11.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2023-08-11 19:24:21</t>
   </si>
   <si>
-    <t>Валянцін Уладзіміравіч Дуброўшчык</t>
-[...9 lines deleted...]
-    <t>2022-09-02 19:37:13</t>
+    <t>Лілія Вітольдаўна Юруць</t>
+  </si>
+  <si>
+    <t>8 снежня 1976</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-09-17 18:20:13</t>
   </si>
   <si>
     <t>Арцём Анатольевіч Лябедзька</t>
   </si>
   <si>
     <t>9 снежня 1985</t>
   </si>
   <si>
     <t>Паводле інфармацыі праваабаронцаў , сыну палітыка Анатоля Лябедзькі інкрымінуюць фінансаванне экстрэмісцкай дзейнасці. Арцёма затрымалі ў канцы сакавіка і потым двойчы асудзілі на 15 сутак арышту, поле якіх яму выставілі абвінавачанне і перавялі ў СІЗА-1.
 Паводле версіі абвінавачання, Лябедзька ў 2020 годзе "па матывах ідэалагічнай варожасці" з выкарыстаннем разліковага рахунку аднаго з банкаў па тэлефоне зрабіў некалькі грашовых пераводаў тром фондам, якія прызнаны "экстрэмісцкімі фарміраваннямі". Паведамляецца, што сродкі пералічваліся праз плацежную сістэму папулярнай сацыяльнай сеткі "Фэйсбук". Як мяркуецца, гаворка ідзе, у тым ліку пра фонды BY_help і Беларускі фонд спартыўнай салідарнасці.
 На судзе палітвязень не прызнаў віну і заявіў, што яму і зусім не зразумелая сутнасць прад'яўленых абвінавачанняў і не разумее, за што ён на лаве падсудных.
 31.10.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
-    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
-[...1 lines deleted...]
-  <si>
     <t>3,5 гады пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
+  </si>
+  <si>
+    <t>Валянцін Уладзіміравіч Дуброўшчык</t>
+  </si>
+  <si>
+    <t>9 снежня 1969</t>
+  </si>
+  <si>
+    <t>Валянціна абвінавачваюць у абразлівых каментарах у дачыненні да Лукашэнкі, Караніка, а таксама расейскіх салдат, якія ваююць ва Украіне. Валерый працаваў вартаўніком садка.
+13.10.2023 года адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Таццяна Іванаўна Палубак</t>
   </si>
   <si>
     <t>9 снежня 1978</t>
   </si>
   <si>
     <t>Вядома, што супрацоўнікі ГУБАЗіКу расследуюць справу ў дачыненні да асоб, якія нібыта былі датычныя да тэлеграм-чата «партызаны Наваградка». Супраць іх заведзены крымінальныя справы па артыкуле экстрэмізм. З усіх, каго дапытвалі па справе, бяруць падпіску аб неразгалошваньні.
 СМІ паведамляюць , што па меншай меры шасцёра чалавек сярод тых, каго сілавікі затрымалі 15 дзён таму, не выйшлі пасля адбыцця адміністрацыйнага арышту, у тым ліку Таццяну.</t>
   </si>
   <si>
-    <t>Вырак суда 21.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+    <t>Вырак суда 21.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
+  </si>
+  <si>
+    <t>Даніэль-Ландэй Кейта</t>
+  </si>
+  <si>
+    <t>10 снежня 1999</t>
+  </si>
+  <si>
+    <t>Праўладны тэлеграм-канал "Пульс Гродна" апублікаваў відэа з затрыманым за ўдзел у пратэстах мінчуком.
+На відэа беларус кажа, што ў 2020 годзе ўдзельнічаў у пратэстах і пакідаў негатыўныя каментары ў бок улады і супрацоўнікаў міліцыі. Таксама затрыманы распавёў, што дрэнна ставіўся да расейскіх вайскоўцаў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.01.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Аліна Валянцінаўна Хмелеўская</t>
   </si>
   <si>
     <t>10 снежня 1984</t>
   </si>
   <si>
     <t>Аліна была асуджана ў ліпені 2024 года па артыкулах — "удзел на тэрыторыі замежнай дзяржавы ва ўзброеным фарміраванні або ўзброеным канфлікце" і "фінансаванне дзейнасці экстрэмісцкага фарміравання".
 Прысуд і сутнасць абвінавачання праваабаронцам невядомыя, аднак звычайна па першым артыкуле ў Беларусі судзяць за падтрымку Украіны ў вайне. За такі донат яе маглі пакараць тэрмінам ад пяці да дзесяці гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
-    <t>Вырак суда 30.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.11.2024: невядома.</t>
+    <t>Вырак суда 30.07.2024: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
   </si>
   <si>
-    <t>Сяргей Пятровіч Забеліч</t>
-[...33 lines deleted...]
-    <t>Яўген Аляксандравіч Глушкоў</t>
+    <t>Максім Уладзіміравіч Ралько</t>
+  </si>
+  <si>
+    <t>11 снежня 2001</t>
+  </si>
+  <si>
+    <t>Максіма паказалі ў прапагандысцкім фільме, здымкі праводзіліся ў турме.
+Вясной 2022 года ўступіў у добраахвотніцкі полк Каліноўскага, які быў сфарміраваны ў лютым таго ж года з мэтай абароны Украіны ад расійскага ўварвання.
+Па дадзеных праўладнага тэлеканала, Ралько ўдзельнічаў у баявых дзеяннях.
+У пачатку 2024-га Ралько звольніўся з Палка і вярнуўся ў Варшаву. Пачаў вывучаць тэсціраванне ў IT, хадзіў на акцыі пратэсту, працаваў ахоўнікам у «Бядронцы». Ён атрымаў статус дадатковай абароны. Праз пару месяцаў пасля вяртання з Украіны ў Польшчу Максім пасварыўся з сябрамі і знік. Аднаго з іх ён абвінаваціў у шпіянажы. Потым выйшаў на сувязь у траўні 2024 года. Максім паведаміў, што збег з лагера для бежанцаў і пакінуў усе дакументы, у тым ліку пашпарт.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:40:33</t>
+  </si>
+  <si>
+    <t>Вілен Сяргеевіч Тургуноў</t>
   </si>
   <si>
     <t>11 снежня 1968</t>
-  </si>
-[...12 lines deleted...]
-    <t>Вілен Сяргеевіч Тургуноў</t>
   </si>
   <si>
     <t>Прычына затрымання гамяльчаніна Вілена Тургунова - каментарыі ў інтэрнэце, у тым ліку негатыўныя ў бок міліцыі.
 Вілену Тургунову 55 гадоў. Ягоны бацька родам з Узбекістана, маці беларуска. Вілен скончыў універсітэт у расійскім Навазыбкаве (Бранская вобласць) па спецыяльнасці «правазнаўства». Працаваў Вілен Тургуноў у Чыгуначным РАУС абласнога цэнтру. Там былі сур'ёзныя праблемы. Яшчэ ў 2001 годзе атрымаў вымову за «безадказныя адносіны да службы», у 2002 годзе меў «няпоўную службовую неадпаведнасць», у 2004-м — вымову за «грубае парушэнне службовай дысцыпліны, парушэнне загаду МУС».
 Пазней былы міліцыянер працаваў у будаўніча-мантажным трэсце ў Гомелі.
 Затрыманы актыўна вёў старонкі ў розных сацыяльных сетках, дзе выказваўся пра палітычныя і сацыяльныя падзеі. За падтрымку Украіны іншыя карыстальнікі сетак называлі яго "бандэраўцам".
 Таксама адбывае пакаранне сваяк Вілена Тургунова, Ігар Казубаў.</t>
   </si>
   <si>
     <t>Вырак суда 20.08.2024: невядома. Апеляцыя 25.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
+    <t>Сяргей Пятровіч Забеліч</t>
+  </si>
+  <si>
+    <t>11 снежня 1972</t>
+  </si>
+  <si>
+    <t>51-гадовы Сяргей Забеліч з Мінска, скончыў Беларускі дзяржаўны ўніверсітэт інфарматыкі і радыёэлектронікі. Мяркуючы па Linkedin, ён не менш за дваццаць гадоў працаваў праграмістам. У верасні 2022-га перайшоў з кампаніі Nikta Technologies у кампанію Intrahealth, рэзідэнта ПВТ, якая працуе на канадскі рынак.
+Вядома, што Сяргея затрымлівалі 13 снежня 2020 года, калі людзі супольна выходзілі на дваровыя маршы. У гэты дзень затрымалі яшчэ 300 беларусаў.
+Яго абвінавачваюць па двух артыкулах - "фінансаванне экстрэмісцкай дзейнасці, здзейсненае паўторна» і "фінансаванне дзейнасці экстрэмісцкага фармавання". Яму пагражае да васьмі гадоў калоніі.
+07.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.04.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-02 13:51:41</t>
+  </si>
+  <si>
+    <t>Яўген Аляксандравіч Глушкоў</t>
+  </si>
+  <si>
+    <t>Яўген Глушкоў - былы магілёўскі журналіст, у 90-я і 2000-я працаваў на гарадскім тэлебачанні, пасля гэтага супрацоўнічаў з некалькімі гарадскімі парталамі.
+Глушкова затрымалі ў пачатку студзеня пры дапамозе штурму, паколькі мужчына не адчыніў дзверы сілавікам. Яго выцягнулі на вуліцу прама ў тым адзенні, у якім ён знаходзіўся дома.
+Па некаторых дадзеных устаноўлена, што крымінальная справа заведзена ў дачыненні да Глушкова за журналісцкую дзейнасць. Меркаваны артыкул - 361-1 КК РБ (стварэнне або ўдзел у экстрэмісцкім фарміраванні).</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.07.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-12 16:40:41</t>
+  </si>
+  <si>
+    <t>Ала Іванаўна Пучынская</t>
+  </si>
+  <si>
+    <t>11 снежня 1981</t>
+  </si>
+  <si>
+    <t>21 лютага 2024 года ў судзе Пінскага раёна суддзя Бычыла Андрэй разгледзеў справу па ч. 2 ст. 19.11 КаАП (Распаўсюджванне інфармацыйнай прадукцыі, уключанай у рэспубліканскі спіс экстрэмісцкіх матэрыялаў, а таксама выраб, выданне, захоўванне або перавозка з мэтай распаўсюджвання такой інфармацыйнай прадукцыі).
+Відаць, пасля гэтага была заведзеная крымінальная справа.</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.02.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-01-31 18:44:06</t>
+  </si>
+  <si>
     <t>Ілля Славаміровіч Гумбар</t>
   </si>
   <si>
     <t>12 снежня 1989</t>
   </si>
   <si>
     <t>Больш за дванаццаць гадоў Ілля працуе ў IT-кампаніі iTechArt. Гэта буйная кампанія, у якой больш за паўтары тысячы супрацоўнікаў. Ілля - Senior software engineer. Гумбар мае два вядомыя захапленні — спартыўны турызм і трэйлранінг. Трэйлранінг - гэта бег на вялікія дыстанцыі па перасечанай мясцовасці, часта гэта непралазныя лясы або высокія горы (у межах трасы перапады вышыні могуць дасягаць тысяч метраў). Ён займае другое месца ў Беларусі сярод мужчын па гэтай дысцыпліне паводле рэйтынгу UTMB.
 03.09.2024 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 08.07.2024: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 03.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
-  </si>
-[...29 lines deleted...]
-    <t>2023-10-19 23:13:30</t>
   </si>
   <si>
     <t>Ігар Яўстафіевіч Сідаровіч</t>
   </si>
   <si>
     <t>12 снежня 1972</t>
   </si>
   <si>
     <t>Ігар упершыню быў асуджаны за тое, што расцягнуў плакат з надпісам: "Пакуль у краіне беззаконне, супраціў — наш абавязак", перакрыўшы рух аўтамабільнага транспарту. Яму прысудзілі буйны штраф.
 Пазней яго паўторна асудзілі за абразу ўлады праз каментар у чаце "Маладзечна для жыцця" і прызначылі меру стрымання ў выглядзе "хатняй хіміі". Ігар мае інваліднасць, бо ў яго адсутнічае адна нага.
 У канцы 2024 года стала вядома, што Ігар зноўку быў затрыманы і змешчаны пад варту. У ліпені 2025 года яго асудзілі па артыкуле "Садзейнічанне экстрэмісцкай дзейнасці", прыгаварыўшы да пазбаўлення волі і буйнога штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 31.03.2021: 140 базавых велічынь штрафу. Вырак суда 02.06.2021: 1 год 6 месяцаў абмежаванні волі без накіравання, 1500 рублёў кампенсацыі. Вырак суда 22.07.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
+    <t>Уладзімір Мікалаевіч Марцінкевіч</t>
+  </si>
+  <si>
+    <t>12 снежня 1980</t>
+  </si>
+  <si>
+    <t>19.03.2024 адбыўся разгляд апеляцыйнай скаргі суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.01.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.03.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
+    <t>Леанід Валер'евіч Райчонак</t>
+  </si>
+  <si>
+    <t>12 снежня 1986</t>
+  </si>
+  <si>
+    <t>Паводле версіі абвінавачання , 17 мая 2022 года Леанід Райчонак перавёў 400 долараў на бронекамізэлькі беларускім добраахвотнікам, якія ваююць на баку Украіны. Другое ахвяраванне ён зрабіў на суму 150 долараў на карысць "Prague Support Team" (аб'яднанне беларусаў Прагі, якія збіраюць донаты і на іх закупляюць абмундзіраванне, часам на зброевыя аксэсуары для беларускіх добраахвотнікаў, якія ваююць на баку Украіны). Дзеянні брэстаўчаніна кваліфікавалі як "фінансаванне грамадзян Рэспублікі Беларусь для ўдзелу на тэрыторыі замежнай дзяржавы ва ўзброеным фарміраванні аднаго з бакоў, якія ўзнікаюць, ва ўзброеных канфліктах, ваенных дзеяннях".
+12.12.2023 года адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.10.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 12.12.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-10-19 23:13:30</t>
+  </si>
+  <si>
     <t>Вольга Віктараўна Калпакова</t>
   </si>
   <si>
     <t>13 снежня 1979</t>
   </si>
   <si>
     <t>Вырак суда 01.08.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
-  </si>
-[...22 lines deleted...]
-    <t>2021-10-22 20:20:55</t>
   </si>
   <si>
     <t>Андрэй Юр'евіч Савінскі</t>
   </si>
   <si>
     <t>14 снежня 1987</t>
   </si>
   <si>
     <t>Паводле матэрыялаў справы , Савінскі на працягу паўтара года перавёў суму, эквівалентную 50 доларам ЗША, на рахункі фондаў, прызнаных "экстрэмісцкімі". Пры гэтым ён неаднаразова карыстаўся сваім уліковым запісам у Facebook. Ён таксама стварыў і размясціў у адным з тэлеграм-чатаў 4 тэкставыя паведамленні, нібы накіраваных на "распальванне сацыяльнай варожасці ў грамадстве".
 12 студзеня 2024 года прайшло апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
-    <t>5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму</t>
+    <t>Вырак суда 15.11.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 200 базавых велічынь штрафу. Апеляцыя 12.01.2024: невядома.</t>
   </si>
   <si>
     <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
+    <t>Уладзіслаў Вадзімавіч Браўэр</t>
+  </si>
+  <si>
+    <t>14 снежня 1995</t>
+  </si>
+  <si>
+    <t>2025-07-20 12:14:16</t>
   </si>
   <si>
     <t>Канстанцін Сяргеевіч Прытуленка</t>
   </si>
   <si>
     <t>14 снежня 1979</t>
   </si>
   <si>
     <t>Былы памочнік пракурора Глускага раёна.
 У відэа, якое публікаваў СК, Прытуленка казаў, што адпраўляў у чат-бот "Чорнай кнігі Беларусі" дадзеныя супрацоўніка пракуратуры Глускага раёна і лекара.
 Па інфармацыі «Нашай Нівы», у 2005 годзе Канстанцін Прытуленка быў следчым, а пасля памочнікам пракурора раёна. Дзе Прытуленка працаваў да затрымання, невядома.
 Першапачаткова працэс быў адкрыты, але, па хадайніцтве пацярпелых чыноўнікаў і сілавікоў, яго закрылі.Усяго ў якасці пацярпелых праходзіць больш за дзесятак чалавек, сярод якіх былая намеснік старшыні Магілёўскага гарвыканкама, «галоўны ідэолаг горада»Ала Галушка. Сярод іншых пацярпелых - сябры выбарчых камісій, работнікі пракуратуры, сілавікі і іншыя прадстаўнікі ўлады.
 06.10.2023 адбылося апеляцыйнае пасяджэнне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 год пазбаўлення волі ў калоніі строгага рэжыму.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
+    <t>Аляксандр Яўгенавіч Сабалеўскі</t>
+  </si>
+  <si>
+    <t>15 снежня 1967</t>
+  </si>
+  <si>
+    <t>У Магілёве Сабалеўскі вядомы як адзін з фрылансераў, якія супрацоўнічалі да 2020 года з гарадскімі анлайн-выданнямі. Алеся два разы асуджалі за адміністратыўнае парушэньне на суткі, пасьля чаго ён не выйшаў на волю.</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.07.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-01-08 17:12:54</t>
+  </si>
+  <si>
+    <t>Аляксандр Анатольевіч Францкевіч</t>
+  </si>
+  <si>
+    <t>15 снежня 1988</t>
+  </si>
+  <si>
+    <t>Следчы камітэт называе яго актыўным удзельнікам дэструктыўных тэлеграм-каналаў і прадстаўніком "канапавых войскаў".
+Пацярпелымі па справе выступалі 26 чалавек.
+Францкевіч да суда ўтрымліваўся пад вартай.</t>
+  </si>
+  <si>
+    <t>4,5 гады пазбаўлення волі ў калоніі.</t>
+  </si>
+  <si>
+    <t>2022-06-28 16:49:54</t>
+  </si>
+  <si>
     <t>Вольга Уладзіміраўна Лацманава</t>
   </si>
   <si>
     <t>15 снежня 1972</t>
   </si>
   <si>
     <t>Затрымана ў выніку масавага рэйду сілавых структур 23-24 студзеня 2024 года на сваякоў палітвязняў і людзей, якія дасылалі пасылкі і лісты палітвязням.</t>
   </si>
   <si>
-    <t>Вырак суда 01.10.2024: невядома. Апеляцыя 10.12.2024: невядома.</t>
+    <t>Вырак суда 01.10.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 10.12.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-04 10:51:54</t>
   </si>
   <si>
     <t>Станіслаў Валянцінавіч Кузміцкі</t>
   </si>
   <si>
     <t>15 снежня 1986</t>
   </si>
   <si>
     <t>Па матэрыялах следства, Кузміцкі, «маючы перакручаныя каштоўнасці і скажонае разуменне слова «патрыятызм», мэтанакіравана ўступіў у тэрарыстычную арганізацыю і ўзначаліў асобныя рэсурсы сеткі «...97». Ён адміністраваў больш за 30 чатаў, якія пад жорсткім кантролем і кіраўніцтвам з-за мяжы напаўняў экстрэмісцкімі матэрыяламі. Мужчына фармаваў склад экстрэмісцкіх супольнасцяў, размяркоўваў ролі і арганізоўваў удзел іх членаў у акцыях пратэсту. Акрамя гэтага, ён прымаў меры па аб'яднанні і павелічэнні колькасці супольнасцяў: маральна падтрымліваў іх у гутарках прыватнага характару, арганізоўваў правядзенне сумеснага вольнага часу, распаўсюджванне агітацыйнай прадукцыі, нанясенне малюнкаў і надпісаў экстрэмісцкага характару на фасады збудаванняў».</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t xml:space="preserve">15 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму. </t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
-    <t>Аляксандр Яўгенавіч Сабалеўскі</t>
-[...11 lines deleted...]
-    <t>2024-01-08 17:12:54</t>
+    <t>Віктар Васільевіч Баркет</t>
+  </si>
+  <si>
+    <t>16 снежня 1973</t>
+  </si>
+  <si>
+    <t>Быў затрыманы за каментары пра расейскіх вайскоўцаў . Жыхар Ваўкавыска . На праўладных тэлеграм- каналах апублікавалі "пакаянае відэа " на якім мужчына кажа , што быў затрыманы за абразу ў Telegram расійскіх вайскоўцаў , якія "служаць ва Украіне ", абразу кіраўніка аблвыканкама і гродзенскага ваенкама.</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.02.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.05.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Алена Мікалаеўна Вярбіцкая</t>
   </si>
   <si>
     <t>16 снежня 1955</t>
   </si>
   <si>
     <t>Затрымана за дапамогу палітвязням 23 студзеня 2024 года, пасля чаго Алену адпусцілі, але зноў затрымалі ў красавіку таго ж года і змясцілі ў СІЗА.</t>
   </si>
   <si>
     <t>Вырак суда 26.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 22.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Максім Валер'евіч Солап</t>
   </si>
   <si>
     <t>17 снежня 1988</t>
   </si>
   <si>
     <t>Максіму Солапу 36 гадоў. Ён родам з Брэста. У 2012 скончыў фізфак Гомельскага дзяржаўнага ўніверсітэта імя Францыска Скарыны. Працаваў інжынерам у Брэсцкім інфармацыйным вылічальным цэнтры па экспарта-імпартных перавозках Беларускай чыгункі.
 Максім любіць падарожжы і актыўны адпачынак, а таксама займаецца рознымі відамі спорту і вядзе здаровы лад жыцця.
 Яго пачынаюць судзіць 24 лютага 2025 г. у Брэсцкім гарадскім судзе. Максіма абвінавачваюць у "закліках да дзеянняў, накіраваных на прычыненне шкоды нацыянальнай бяспецы Беларусі" (ч. 3 арт. 361 КК).</t>
   </si>
   <si>
     <t>Вырак суда 26.02.2025: невядома.</t>
   </si>
   <si>
     <t>2025-02-24 17:46:36</t>
-  </si>
-[...33 lines deleted...]
-    <t>2024-01-15 21:41:51</t>
   </si>
   <si>
     <t>Наталля Сяргееўна Мацвеева</t>
   </si>
   <si>
     <t>17 снежня 1983</t>
   </si>
   <si>
     <t>Наталля была затрымана ў чэрвені 2021 года па падазрэнні ў планаванні падпалу лесанарыхтоўчай тэхнікі. Затрыманне адбылося ўвечары прама на тэрыторыі лясгаса, куды яна прыбыла нібыта разам з саўдзельнікам Гардзеевым, які насамрэч выконваў заданне органаў дзяржаўнай бяспекі.
 Па версіі абвінавачання, увечары 8 чэрвеня 2021 года Наталля разам з гэтым чалавекам вырабіла кактэйлі Молатава, з дапамогай якіх планавалася падпаліць тэхніку. Аднак злачынства не было даведзена да канца — Наталлю затрымалі да здзяйснення падпалу.
 На судзе Наталля расказала, што апынулася ў складанай жыццёвай сітуацыі: у жніўні 2020 года быў затрыманы яе знаёмы, яна страціла бацьку і адчувала цяжкасці на працы. Яна таксама пацвердзіла, што сапраўды была ў чаце «АГСБ» і мела намер знішчыць лесанарыхтоўчую тэхніку ў лясгасе.
 У снежні 2022 года яе прызналі вінаватай і прыгаварылі да пазбаўлення волі ў калоніі агульнага рэжыму з прызначэннем буйнога штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 05.12.2022: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 400 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
+    <t>Павел Віктаравіч Мякіш</t>
+  </si>
+  <si>
+    <t>17 снежня 1987</t>
+  </si>
+  <si>
+    <t>Былы судмедэксперт. Вучыўся праграмаванню.</t>
+  </si>
+  <si>
+    <t>5,5 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
+  </si>
+  <si>
+    <t>Павел Уладзіміравіч Кунцэвіч</t>
+  </si>
+  <si>
+    <t>17 снежня 1985</t>
+  </si>
+  <si>
+    <t>Паўлу Кунцэвічу 39 гадоў. Ён мінчанін, вучыўся ў Мінскім дзяржаўным інстытуце экалогіі імя Сахарава на псіхолага. Працаваў на Чэрвеньскім рынку, дзе меў уласную гандлёвую кропку, а ў апошні час рабіў цяпліцы за грошы.
+Калі меркаваць па сацсетках, затрымалі яго восенню 2023-га. Вінавацілі яго па ч. 3 арт. 361 КК Беларусі - "заклікі да санкцый ці іншых дзеянняў, накіраваных на шкоду нацыянальнай бяспецы Беларусі». Па артыкуле яму пагражала да 12 гадоў калоніі.У Паўла вялікая сям'я-жонка і чацвёра дзяцей.
+01.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.01.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 01.03.2024: невядома. Вырак суда дата невядомая: 8 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-01-15 21:41:51</t>
+  </si>
+  <si>
     <t>Артур Ігаравіч Сыракваша</t>
   </si>
   <si>
     <t>18 снежня 1993</t>
   </si>
   <si>
     <t>Артур Сыракваша працаваў намеснікам начальніка памежнай заставы «Хойнікі», створанай у 2020 годзе. Гэта значыць, Артур працаваў на мяжы, праз якую расійская тэхніка ішла ва Украіну.
 Быў сакратаром мясцовага БРСМ. У анкеце Артура "УКантакце" пазначана , што ён родам з Менска, скончыў БДУ.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
+  </si>
+  <si>
+    <t>Яўген Анатольевіч Дарохаў</t>
+  </si>
+  <si>
+    <t>19 снежня 1980</t>
+  </si>
+  <si>
+    <t>Затрыманы за каментарыі.
+Працаваў энергетыкам на Белгра.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-09-12 14:21:44</t>
   </si>
   <si>
     <t>Аляксандр Мікалаевіч Трацэнка</t>
   </si>
   <si>
     <t>19 снежня 1971</t>
   </si>
   <si>
     <t>Вырак суда 26.09.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.12.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
   </si>
   <si>
     <t>Віталь Уладзіміравіч Лескавец</t>
   </si>
   <si>
     <t>20 снежня 1975</t>
   </si>
   <si>
     <t>Віталь - праграміст. Ён працаваў на Магілёўскім металургічным заводзе і адміністраваў сайт кампаніі, у праектным спецыялізаваным бюро, інжынерам-праграмістам у Цэнтры гарадскіх інфармацыйных сістэм Магілёва.
 Хобі мужчыны – фатаграфія. Ён фатаграфуе як на стужку, так і на лічбавыя фотаапараты. Аляксей рэгулярна здымае розныя гарадскія мерапрыемствы і дзеліцца фота ў сацсетках. Любіць ён і падарожнічаць як па Беларусі, так і па замежжы.
 Яго судзяць за донаты на дапамогу Украіне.</t>
   </si>
   <si>
     <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
   </si>
   <si>
     <t>Вырак суда 30.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-08-19 18:56:57</t>
   </si>
   <si>
+    <t>Яўген Уладзіміравіч Прапольскі</t>
+  </si>
+  <si>
+    <t>20 снежня 1994</t>
+  </si>
+  <si>
+    <t>Яўген быў затрыманы па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага напрамку".
+У траўні 2023 года ён быў паўторна асуджаны за "злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі".</t>
+  </si>
+  <si>
+    <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены. Вырак суда 03.05.2023: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:08:25</t>
+  </si>
+  <si>
     <t>Уладзімір Анатольевіч Баслык</t>
   </si>
   <si>
     <t>20 снежня 1981</t>
   </si>
   <si>
     <t xml:space="preserve">
 Справу пачынае разглядаць суддзя Анжаліка Данілава 29 ліпеня 2024 года ў Мінскім абласным судзе.
 </t>
   </si>
   <si>
     <t>Вырак суда 02.08.2024: невядома. Апеляцыя 18.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-09 23:16:04</t>
   </si>
   <si>
-    <t>Яўген Уладзіміравіч Прапольскі</t>
-[...15 lines deleted...]
-    <t>2021-02-26 22:08:25</t>
+    <t>Максім Паўлавіч Собалеў</t>
+  </si>
+  <si>
+    <t>20 снежня 1996</t>
+  </si>
+  <si>
+    <t>Затрыманы за стварэнне чата ў 2020 годзе, які потым быў прызнаны экстрэмісцкім.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.01.2023: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.06.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
   </si>
   <si>
     <t>Леанід Валянцінавіч Козыр</t>
   </si>
   <si>
     <t>Першы суд над Леанідам прайшоў восенню 2022 года, яго абвінавацілі па арт.369, прыгаварылі да абмежавання волі без накіравання.
 Аб другім судзе стала вядома ў жніўні 2024 года. Леаніда абвінавачваюць у "фінансаванні дзейнасці экстрэмісцкага фарміравання" (арт. 361-2 КК) і "вярбоўцы, навучанні або падрыхтоўцы да ўдзелу ў вайне, а таксама матэрыяльным забеспячэнні такой дзейнасці" (ч. 2 арт. 361-3 КК). Верагодна, у мужчыны знайшлі донат на ВСУ. Прысуд хутчэй за ўсё зьвязаны з пазбаўленьнем волі.
 У Леаніда вышэйшая адукацыя , яе апошняе месца працы — прыватнае прадпрыемства "Гомельстальстандарт ".</t>
   </si>
   <si>
     <t>Вырак суда 12.10.2022: невядома гадоў абмежаванні волі без накіравання. Вырак суда 22.08.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.10.2024: невядома.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
     <t>Ігар Міхайлавіч Сушко</t>
   </si>
   <si>
     <t>21 снежня 1978</t>
   </si>
   <si>
     <t>Ігара затрымалі 23 лістапада 2023 года. З відэа на праўладным канале, апублікаванага сілавікамі, вядома, што ён з'яўляўся сузаснавальнікам фірмы па гарадскіх маршрутных перавозках.
 На камеру Ігар кажа, што быў затрыманы за каментары ў Telegram-каналах пра беларускіх і расейскіх вайскоўцаў.</t>
   </si>
   <si>
     <t>Вырак суда 08.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Зміцер Сяргеевіч Асіюк</t>
   </si>
   <si>
     <t>21 снежня 1987</t>
   </si>
   <si>
-    <t>У чым канкрэтна абвінавачваюць Асіюка – невядома. Яму пагражае вялікі турэмны тэрмін.
-[...3 lines deleted...]
-    <t>Вырак суда 14.08.2024: невядома. Апеляцыя 16.01.2025: невядома.</t>
+    <t>Вядома, што справа Дзмітрыя шмат у чым сфабрыкаваная, некаторыя яго дзеянні былі спецыяльна справакаваныя супрацоўнікамі спецслужбаў.
+Праваабаронцам вядома , што пад вартай мужчына ўтрымліваецца прыкладна са снежня 2023 года. Адразу яго ўтрымлівалі ў мінскім СІЗА-1, а потым этапіравалі ў брэсцкае СІЗА. Яму прысудзілі 20 гадоў пазбаўлення волі, першыя 5 гадоў з іх на турэмным рэжыме.
+Вядома, што Асіюк жыў у Бярозе, у яго ёсць дачка.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.08.2024: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму). Апеляцыя 16.01.2025: невядома.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
     <t>Вячаслаў Мікалаевіч Рагашчук</t>
   </si>
   <si>
     <t>22 снежня 1985</t>
   </si>
   <si>
     <t>Вячаслаў быў затрыманы ў межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Пасля арышту яго збівалі на працягу трох дзён і не далі медыцынскую дапамогу, з-за чаго ён перанёс мікраінсульт. Яго асудзілі за ўдзел у "масавых беспарадках". Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, акрамя пакарання ў выглядзе пазбаўлення волі, запатрабавалі ад абвінавачаных каля 530 тысяч рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:50</t>
   </si>
   <si>
-    <t>Вікторыя Аляксандраўна Верас</t>
-[...15 lines deleted...]
-  <si>
     <t>Міхаіл Юр'евіч Нязнанаў</t>
   </si>
   <si>
     <t>22 снежня 1982</t>
   </si>
   <si>
     <t>Вырак суда 23.07.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
   </si>
   <si>
     <t>2025-02-24 23:50:24</t>
   </si>
   <si>
+    <t>Сяргей Аляксандравіч Чарнецкі</t>
+  </si>
+  <si>
+    <t>23 снежня 1985</t>
+  </si>
+  <si>
+    <t>Паводле абвінавачання ў дачыненні да Сяргея Чарнецкага, той пад пастом з фота Філатава ў тэлеграм-канале «Дошка ганьбы» пакінуў абразлівы каментар. 7 чэрвеня 2024 года ў судзе Лідскага раёна супраць Сяргея разгледжана справа "Аб замене абмежавання волі без накіравання ў папраўчую ўстанову адкрытага тыпу".</t>
+  </si>
+  <si>
+    <t>2 гады абмежавання волі без накіравання. Замена пакарання на пазбаўленне волі.</t>
+  </si>
+  <si>
+    <t>2022-06-20 18:02:33</t>
+  </si>
+  <si>
     <t>Ігар Міхайлавіч Клачко</t>
   </si>
   <si>
     <t>23 снежня 1997</t>
   </si>
   <si>
     <t>Ігар быў асуджаны за ўдзел у акцыі пратэсту, якая праходзіла 11 жніўня 2020 г. у горадзе Брэсце.</t>
   </si>
   <si>
     <t>ПУАТ-46, 213188, Магілёўская вобл., г.п. Круглае, вул.Савецкая, 96</t>
   </si>
   <si>
     <t>Хімія са скіраваннем</t>
   </si>
   <si>
     <t>Вырак суда 26.06.2025: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
     <t>Зміцер Віктаравіч Трухан</t>
   </si>
   <si>
     <t>23 снежня 1981</t>
   </si>
   <si>
     <t>08.12.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.08.2023: невядома. Пратэст пракурора 08.12.2023: невядома.</t>
   </si>
   <si>
     <t>2023-09-27 17:29:24</t>
   </si>
   <si>
-    <t>Сяргей Аляксандравіч Чарнецкі</t>
-[...23 lines deleted...]
-    <t>2025-10-03 22:09:53</t>
+    <t>Максім Іванавіч Собалеў</t>
+  </si>
+  <si>
+    <t>23 снежня 1998</t>
+  </si>
+  <si>
+    <t>Паводле версіі абвінавачання , з 10 па 11 жніўня 2020 года на той момант непаўналетнія Юлія Шаранава, Мікіта Вайцюк, Мікалай Нікіцюк, а таксама Васіль Аляксеюк, Глеб Клімовіч, Віталь Варфаламееў, Аляксандр Тысевіч, Максім Собалеў, знаходзячыся на праезнай частцы бульв. і Шаўчэнка, вул. Савецкай у Брэсце, " выкрыквалі лозунгі, дэманстравалі палотны бел-чырвона-белага колеру, груба парушаючы грамадскі парадак, наўмысна перашкаджалі руху транспартных сродкаў і нармальнаму функцыянаванню прадпрыемстваў і арганізацый" .
+У судовым паседжанні ўсе віну прызналі цалкам.
+Таксама вядома, што Максім Собалеў, Глеб Клімовіч, Юлія Шаранава асуджаныя, у тым ліку па "наркатычных" артыкулах.
+Максіму Собалеву па ч. 1 арт. 342 КК было прызначанае два гады пазбаўлення волі. Але паколькі, Максім быў ужо асуджаны па "наркатычным" ч. 4 арт. 328 КК, шляхам частковага складання асноўных пакаранняў і поўнага далучэння дадатковага пакарання, прызначанае 12 гадоў калоніі з адбываннем у папраўчай калоніі ва ўмовах узмоцненага рэжыму са штрафам у суме 3 200 рублёў.</t>
+  </si>
+  <si>
+    <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.05.2024: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.07.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:07:55</t>
+  </si>
+  <si>
+    <t>Аляксандр Віктаравіч Канавальчык</t>
+  </si>
+  <si>
+    <t>24 снежня 1979</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
   </si>
   <si>
     <t>Анатоль Віктаравіч Латушка</t>
   </si>
   <si>
     <t>24 снежня 1976</t>
   </si>
   <si>
     <t>Затрыманы за маляванне праз трафарэты "Пагоні".
 Анатоль Латушка - стрыечны брат палітыка Паўла Латушкі.
 22.03.2024 быў пераведзены на турэмны рэжым да канца тэрміну.</t>
   </si>
   <si>
-    <t>Вырак суда 20.09.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.12.2022: невядома. Суд па змене рэжыму 22.03.2024: невядома.</t>
+    <t>Вырак суда 20.09.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.12.2022: невядома. Суд па змене рэжыму 22.03.2024: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
+  </si>
+  <si>
+    <t>Зміцер Іванавіч Шаблыка</t>
+  </si>
+  <si>
+    <t>24 снежня 1996</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.08.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-10-03 22:09:53</t>
   </si>
   <si>
     <t>Анатоль Уладзіміравіч Валадзько</t>
   </si>
   <si>
     <t>25 снежня 1967</t>
   </si>
   <si>
     <t>Анатолю Валадзько 56 гадоў. Ён мінчанін. У мужчыны ёсць жонка, паўналетняя дачка і сын, якому неўзабаве споўніцца васямнаццаць гадоў. Больш за 20 гадоў Валадзько адпрацаваў праграмістам у кампаніі "Топ Софт". Яна займаецца стварэннем экасістэмы прадуктаў "Галактыка", патрэбнай для цыфравізацыі бізнесу. Цэнтральны офіс фірмы знаходзіцца ў Расіі, частку часу Анатоль прапрацаваў там.
 Дакладная дата затрымання мужчыны невядомая, але, верагодна, гэта 15 ці 16 студзеня 2024 года. Бо 17 студзеня яго разам з жонкай асудзілі за «дробнае хуліганства» — яго на 15 сутак, прысуд жонцы невядомы. Паводле паказанняў сілавікоў, Анатоль Валадзько «знаходзіўся ў грамадскім месцы і з хуліганскіх памкненняў гучна крычаў, нецэнзурна лаяўся, размахваў рукамі і паводзіў сябе. ». Мужчына віну не прызнаў і сказаў, што пасярод дня яго затрымалі ва ўласным доме. Нічога з таго, пра што казалі сведкі, ён не рабіў.Па словах сукамерніка Анатоля Валадзько, той адмовіўся выплачваць "ахвяраванні", якія супрацоўнікі КДБ пад пагрозамі прапануюць выплаціць тым, хто рабіў донаты. Наогул мужчына не прызнаў сваю віну. Сукамернік Анатоля сцвярджае, што гэта прычынілася далейшага пераследу - адміністрацыйнага і крымінальнага.
 27 жніўня 2024 г. у Анатоля адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 11.06.2024: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
+    <t>Анастасія Юр'еўна Грыцкевіч</t>
+  </si>
+  <si>
+    <t>25 снежня 1993</t>
+  </si>
+  <si>
+    <t>Анастасія родам з Мазыра, скончыла БДУФК па спецыяльнасці "турызм і гасціннасць", працавала ў "Мінск-Арэне". Шмат падарожнічала, любіла спорт - хакей і веласіпедны спорт.
+Дата затрымання Насты невядомая. Апошні раз яна нешта пісала ў тэлеграме ў лютым 2025 года. І менавіта ў тым месяцы актыўна ішлі арышты па справе Гаюна.
+З часу затрымання Грыцкевіч нідзе не была анлайн. Судзячы па гэтым, ёй прысудзілі пакаранне, звязанае з пазбаўленнем волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
     <t>Зміцер Мікалаевіч Хальцоў</t>
   </si>
   <si>
     <t>25 снежня 1987</t>
   </si>
   <si>
     <t>Зміцер Хальцоў-індывідуальны прадпрымальнік. У 2020 годзе ў рэпартажы пра мітынгі ў Гомелі пасля пахавання забітага міліцыянтамі Аляксандра Віхора, пра яго пісала выданне “Камсамольская праўда”. Зміцер за ўласныя грошы тады набыў мегафон, напісаў у мясцовым чаце прапанову сабрацца і адправіцца да аблвыканкаму. Тады людзі выклікалі на размову кіраўніка абласной улады.
 З-за закрытасці судовай сістэмы ад грамадства пакуль невядомая сутнасць прад'яўленых Дзмітрыю Хальцову абвінавачанняў і канкрэтны прысуд. Вядома толькі, што яго заключылі на рэальны тэрмін у калонію.</t>
   </si>
   <si>
     <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
   </si>
   <si>
     <t>2025-10-18 15:04:38</t>
   </si>
   <si>
     <t>Ігар Мікалаевіч Казлоў</t>
   </si>
   <si>
     <t>25 снежня 1975</t>
   </si>
   <si>
     <t>Жыхар Магілёўскай вобласці. Работнік «Бабруйскага завода трактарных дэталяў і агрэгатаў».
 Затрыманы за сабатаж чыгунка каля станцый г. Бабруйска, а таксама падпал стралковага ціра в/ч 5527. Затрыманы разам з жонкай.</t>
   </si>
   <si>
-    <t>14  гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
+    <t>Вырак суда 10.08.2022: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 25.10.2022: невядома.</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
     <t>Арцём Шырыновіч Насановіч</t>
   </si>
   <si>
     <t>25 снежня 1994</t>
   </si>
   <si>
     <t>З чым звязана такое суровае пакаранне, як і абставіны ўзбуджэння крымінальнай справы, да гэтага часу невядомыя.</t>
   </si>
   <si>
     <t>Вырак суда 25.03.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 14.06.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
     <t>Арцём Яўгеньевіч Пархамовіч</t>
   </si>
   <si>
     <t>26 снежня 1995</t>
   </si>
   <si>
     <t>Артём, супрацоўнік "Белтелекома", быў затрыманы 22 кастрычніка 2020 года і асуджаны за перадачу дадзеных супрацоўнікаў сілавых структур у Telegram.</t>
   </si>
   <si>
     <t>Вырак суда 08.02.2022: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 29.04.2022: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
+    <t>Вольга Дзмітрыеўна Аляксеева</t>
+  </si>
+  <si>
+    <t>27 снежня 1982</t>
+  </si>
+  <si>
+    <t>Меркавана затрымана за дапамогу палітвязням.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-15 21:15:27</t>
+  </si>
+  <si>
     <t>Вера Міхайлаўна Кананенка</t>
   </si>
   <si>
     <t>27 снежня 1974</t>
   </si>
   <si>
-    <t>Была затрымана у канцы кастрычніка 2024 года падчас чарговага "рэйду" супраць тых, каго падазраюць у салідарнасці з палітычнымі зняволенымі.
-Абвінавачваецца па некалькіх артыкулах Крымінальнага кодэкса за ўзаемадзеянне з "экстрэмісцкімі фармаваннямі".</t>
+    <t>Была затрымана   у канцы кастрычніка 2024 года падчас чарговага "рэйду" супраць тых, каго падазраюць у салідарнасці з палітычнымі зняволенымі.
+Абвінавачваецца па некалькіх артыкулах Крымінальнага кодэкса за ўзаемадзеянне з "экстрэмісцкімі фармаваннямі". Паводле следства, фігуранты справы з'яўляліся кур'ерамі ініцыятывы BYSOL, "у іх задачы ўваходзіла атрыманне і перадача грошай іншым удзельнікам фармавання, іх размеркаванне на патрэбы ўдзельнікаў незаконнай пратэстнай і экстрэмісцкай дзейнасці".
+Таксама быў затрыманы яе грамадзянскі муж Сяргей Кардаш .</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 12.02.2026: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
-    <t>Вольга Дзмітрыеўна Аляксеева</t>
-[...10 lines deleted...]
-  <si>
     <t>Андрэй Віктаравіч Вялікаселец</t>
   </si>
   <si>
     <t>27 снежня 1984</t>
   </si>
   <si>
     <t>14.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 18.03.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.06.2024: невядома.</t>
   </si>
   <si>
     <t>2024-02-16 18:17:37</t>
   </si>
   <si>
     <t>Вячаслаў Юр'евіч Малышаў</t>
   </si>
   <si>
     <t>29 снежня 1979</t>
   </si>
   <si>
     <t>Вырак суда 13.06.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
+  </si>
+  <si>
+    <t>Уладзімір Уладзіміравіч Кушнер</t>
+  </si>
+  <si>
+    <t>30 снежня 1974</t>
+  </si>
+  <si>
+    <t>Быў асуджаны за каментар пра Украіну, пакінуты ў 2022 годзе. Справа сушалася ў Менскім гарадскім судзе.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.08.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.10.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Алеся Вячаславаўна Шапкіна</t>
+  </si>
+  <si>
+    <t>30 снежня 1988</t>
+  </si>
+  <si>
+    <t>Праграмістка SamSolutions.
+15 верасня 2023 г. прайшоў разгляд апеляцыйнай скаргі.
+Летам 2025 г. перахварэла на запаленне лёгкіх, ляжала ў санчастцы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.06.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.06.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
   </si>
   <si>
     <t>Іосіф (Язэп) Іосіфавіч Дулеба</t>
   </si>
   <si>
     <t>30 снежня 1967</t>
   </si>
   <si>
     <t>3 мая 2024 года Камітэт дзяржаўнай бяспекі Беларусі ўнёс у спіс так званых «экстрэмісцкіх фармаванняў» шэраг медыя-рэсурсаў праекта FreeInfoBel, таксама былі пазначаныя канкрэтныя людзі, якія, на іх думку, маюць дачыненне да праекту - Вольгу Пашкевіч і Іосіфа Дулеба. Прычым аб унясенні FreeInfoBel па факце стала вядома толькі праз 5 дзён - 8 траўня.
 У дадзены момант невядома, па якой менавіта крымінальнай справе мужчына знаходзіцца пад вартай, але, можна меркаваць, што яна звязана з «экстрэмізмам». Удалося даведацца , што затрыманы Дулеба быў першапачаткова па адміністрацыйнай справе. Аднак, калі прыйшоў час вызвалення з ІЧУ, Дулеба на волю не выйшаў - яго перавялі ў СІЗА.
 Мужчына ў мінулым узначальваў Віцебскае падраздзяленне БНФ, але на пачатку 2000-х адышоў ад партыйных справаў.</t>
   </si>
   <si>
     <t>Вырак суда 26.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 04.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-05-22 19:29:24</t>
   </si>
   <si>
+    <t>Валерыя Барысаўна Касцюгова</t>
+  </si>
+  <si>
+    <t>Валерыя — паліталогія, заснавальніца і рэдактарка сайта экспертнай супольнасці "Наша думка", аўтарка і рэдактарка "Беларускага штогодніка", кіраўніца групы экспертаў па маніторынгу "Беларусь у фокусе".
+30 чэрвеня 2021 года пасля ператрусу ў яе доме, праведзенага супрацоўнікамі КДБ, Валерыю затрымалі і змясцілі ў ізалятар, пазней перавёўшы ў СІЗА.
+6 лютага 2023 года ў судзе пачалі разглядаць яе справу па абвінавачанні ў "дапамозе дзеянням, накіраваным на захоп улады", "заклікам да дзеянняў, якія наносяць шкоду нацыянальнай бяспецы" і "распальванні сацыяльнай варожасці". 17 сакавіка 2023 года суд у закрытым рэжыме прыгаварыў Валерыю да 10 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.03.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.07.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-07-02 15:40:50</t>
+  </si>
+  <si>
+    <t>Вольга Анатольеўна Осіпчык</t>
+  </si>
+  <si>
+    <t>30 снежня 1977</t>
+  </si>
+  <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t>2025-10-21 21:23:23</t>
+  </si>
+  <si>
     <t>Аляксандр Фёдаравіч Баравік</t>
   </si>
   <si>
     <t>30 снежня 1981</t>
   </si>
   <si>
     <t>Мужчыну абвінавацілі ў тым, што ён, на думку суда, пакінуў абразлівы каментар у тэлеграме ў бок міністра ўнутраных спраў Івана Кубракова і намесніка начальніка УУС адміністрацыі Цэнтральнага раёна Мінска, начальніка крымінальнай міліцыі Уладзіміра Кубракова. Аляксандр поўнасцю прызнаў віну і раскаяўся ў зробленым. Да суда мужчына знаходзіўся пад асабістым даручальніцтвам. Пасля абвяшчэння прысуду яго ўзялі пад варту ў зале суда.
 Аляксандр Баравік мае на ўтрыманні непаўналетняга дзіцяці. Працуе столярам-станочнікам.
 У студзені 2024 года стала вядома, што Павел зноў стаў абвінавачаным, але на гэты раз па арт. 130 КК РБ.</t>
   </si>
   <si>
     <t>Вырак суда 15.05.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 29.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.06.2024: невядома.</t>
   </si>
   <si>
     <t>2023-05-02 13:34:46</t>
   </si>
   <si>
-    <t>Уладзімір Уладзіміравіч Кушнер</t>
-[...52 lines deleted...]
-  <si>
     <t>Аляксей Аляксандравіч Кубракоў</t>
   </si>
   <si>
     <t>31 снежня 1981</t>
   </si>
   <si>
+    <t>Паводле следства , фігуранты справы з'яўляліся кур'ерамі ініцыятывы BYSOL, "у іх задачы ўваходзіла атрыманне і перадача грошай іншым удзельнікам фармавання, іх размеркаванне на патрэбы ўдзельнікаў незаконнай пратэстнай і экстрэмісцкай дзейнасці".</t>
+  </si>
+  <si>
+    <t>Вырак суда 10.11.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 12.02.2026: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
     <t>2025-10-20 21:23:33</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-03-13 22:04:59</t>
   </si>
   <si>
     <t>Вадзім Мікалаевіч Васільеў</t>
   </si>
   <si>
     <t>31 снежня 1994</t>
   </si>
   <si>
     <t>Затрыманы за адміністраванне чатаў «Віцебск -97%» і «Орша -97%».
 Мастак па свеце ТЗУ ў беларускім тэатры «Лялька».</t>
   </si>
   <si>
     <t>12 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
   </si>
   <si>
     <t>Вольга Рыгораўна Страева</t>
   </si>
   <si>
     <t>31 снежня 1959</t>
   </si>
   <si>
     <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Максім Валер'евіч Сандракула</t>
   </si>
   <si>
+    <t>31 снежня 1978</t>
+  </si>
+  <si>
     <t>Вырак суда 14.11.2024: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.01.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-10 22:59:06</t>
+  </si>
+  <si>
+    <t>Александр Вячеславович Сульжиц</t>
+  </si>
+  <si>
+    <t>31 снежня 1980</t>
+  </si>
+  <si>
+    <t>Кар'ера Аляксандра пачыналася з лагістыкі - працаваў менеджэрам па транспарце ў «Пінскдрэве», потым займаў пасады ў Belinterlogistik і ElektroEra. Пасля працаваў мэнэджэрам па закупках у міжнароднай кампаніі Exide Technologies.
+З 2019 па 2022 год Сульжыц працаваў у Rozum Robotics, дзе прайшоў шлях ад мэнэджэра па пастаўках да кіраўніка аддзела робататэхнічнай аўтаматызацыі. Апошнім месцам працы была 4RM Systems (май 2023 - май 2025), дзе Аляксандр займаўся распрацоўкай рашэння Stemma са штучным інтэлектам для аўтаматызацыі кас самаабслугоўвання ў рытэйле - менавіта касы ад 4RM Systems стаяць у многіх беларускіх крамах.
+Мужчына быў актыўным удзельнікам аўтасупольнасці.
+У яго ёсць жонка і двое дзяцей.</t>
+  </si>
+  <si>
+    <t>2026-02-08 00:47:20</t>
+  </si>
+  <si>
+    <t>Надзея Аляксандраўна Лескавец</t>
+  </si>
+  <si>
+    <t>Была затрымана 23 студзеня 2024 года падчас масавага рэйду сілавых структур па сваяках палітвязняў і па людзях, якія дапамагалі ім.</t>
+  </si>
+  <si>
+    <t>Вырак суда 11.07.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 01.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-03-13 22:04:59</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1710,51 +1847,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:I93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1902,2209 +2039,2444 @@
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>64</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
         <v>68</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>69</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>78</v>
       </c>
-      <c r="B14" t="s">
+      <c r="I14" t="s">
         <v>79</v>
-      </c>
-[...19 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="I15" t="s">
         <v>85</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>90</v>
       </c>
       <c r="I16" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>92</v>
       </c>
       <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>93</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>94</v>
-      </c>
-[...16 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>100</v>
+      </c>
+      <c r="B19" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>103</v>
       </c>
-      <c r="B19" t="s">
+      <c r="I19" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" t="s">
         <v>107</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>108</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>109</v>
       </c>
-      <c r="D20" t="s">
-[...11 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>111</v>
+      </c>
+      <c r="B21" t="s">
         <v>112</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>113</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>114</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" t="s">
         <v>117</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>118</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>89</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>119</v>
       </c>
-      <c r="D22" t="s">
-[...11 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>121</v>
+      </c>
+      <c r="B23" t="s">
         <v>122</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>123</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>124</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24" t="s">
         <v>127</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>128</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>129</v>
-      </c>
-[...13 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
         <v>131</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>132</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>108</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>133</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>124</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
+        <v>165</v>
+      </c>
+      <c r="C32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...16 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
+        <v>160</v>
+      </c>
+      <c r="C33" t="s">
+        <v>170</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>52</v>
+      </c>
+      <c r="E34" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>176</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>59</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
+        <v>185</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>70</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
         <v>190</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>61</v>
       </c>
       <c r="I37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E39" t="s">
+        <v>53</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>200</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>202</v>
+      </c>
+      <c r="B40" t="s">
         <v>203</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>204</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>205</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>207</v>
+      </c>
+      <c r="B41" t="s">
         <v>208</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>26</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
+        <v>54</v>
+      </c>
+      <c r="I41" t="s">
         <v>209</v>
-      </c>
-[...19 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>210</v>
+      </c>
+      <c r="B42" t="s">
+        <v>211</v>
+      </c>
+      <c r="C42" t="s">
+        <v>212</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>59</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>213</v>
       </c>
-      <c r="B42" t="s">
+      <c r="I42" t="s">
         <v>214</v>
-      </c>
-[...19 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>215</v>
+      </c>
+      <c r="B43" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
+        <v>218</v>
+      </c>
+      <c r="I43" t="s">
         <v>219</v>
-      </c>
-[...19 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>220</v>
+      </c>
+      <c r="B44" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" t="s">
+        <v>222</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>32</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
+        <v>223</v>
+      </c>
+      <c r="I44" t="s">
         <v>224</v>
-      </c>
-[...22 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>225</v>
+      </c>
+      <c r="B45" t="s">
+        <v>226</v>
+      </c>
+      <c r="C45" t="s">
+        <v>227</v>
+      </c>
+      <c r="D45" t="s">
+        <v>52</v>
+      </c>
+      <c r="E45" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
+        <v>228</v>
+      </c>
+      <c r="I45" t="s">
         <v>229</v>
-      </c>
-[...22 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>230</v>
+      </c>
+      <c r="B46" t="s">
+        <v>231</v>
+      </c>
+      <c r="C46" t="s">
+        <v>232</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>233</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>234</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>236</v>
+      </c>
+      <c r="B47" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" t="s">
+        <v>238</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>70</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>239</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" t="s">
+        <v>242</v>
+      </c>
+      <c r="C48" t="s">
+        <v>243</v>
+      </c>
+      <c r="D48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E48" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>244</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>246</v>
+      </c>
+      <c r="B49" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>108</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>249</v>
+      </c>
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...22 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
+        <v>252</v>
+      </c>
+      <c r="C50" t="s">
+        <v>253</v>
+      </c>
+      <c r="D50" t="s">
+        <v>52</v>
+      </c>
+      <c r="E50" t="s">
+        <v>53</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>254</v>
+      </c>
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>256</v>
+      </c>
+      <c r="B51" t="s">
+        <v>257</v>
+      </c>
+      <c r="C51" t="s">
+        <v>258</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>233</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>259</v>
       </c>
-      <c r="B51" t="s">
+      <c r="I51" t="s">
         <v>260</v>
-      </c>
-[...16 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>261</v>
+      </c>
+      <c r="B52" t="s">
+        <v>262</v>
+      </c>
+      <c r="C52" t="s">
         <v>263</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>264</v>
       </c>
-      <c r="C52" t="s">
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>265</v>
       </c>
-      <c r="D52" t="s">
-[...2 lines deleted...]
-      <c r="E52" t="s">
+      <c r="I52" t="s">
         <v>266</v>
-      </c>
-[...10 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>267</v>
+      </c>
+      <c r="B53" t="s">
+        <v>268</v>
+      </c>
+      <c r="C53" t="s">
         <v>269</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>65</v>
+      </c>
+      <c r="I53" t="s">
         <v>270</v>
-      </c>
-[...19 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>271</v>
+      </c>
+      <c r="B54" t="s">
+        <v>272</v>
+      </c>
+      <c r="C54" t="s">
+        <v>273</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>32</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>274</v>
       </c>
-      <c r="B54" t="s">
+      <c r="I54" t="s">
         <v>275</v>
-      </c>
-[...19 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B55" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
+      <c r="E55" t="s">
+        <v>26</v>
+      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="I55" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B56" t="s">
+        <v>281</v>
+      </c>
+      <c r="C56" t="s">
+        <v>282</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>283</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>284</v>
       </c>
-      <c r="B56" t="s">
+      <c r="I56" t="s">
         <v>285</v>
-      </c>
-[...16 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>286</v>
+      </c>
+      <c r="B57" t="s">
+        <v>287</v>
+      </c>
+      <c r="C57" t="s">
+        <v>288</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>289</v>
       </c>
-      <c r="B57" t="s">
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>290</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>291</v>
-      </c>
-[...13 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>292</v>
+      </c>
+      <c r="B58" t="s">
+        <v>293</v>
+      </c>
+      <c r="C58" t="s">
         <v>294</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>26</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>295</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>296</v>
-      </c>
-[...16 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>297</v>
+      </c>
+      <c r="B59" t="s">
         <v>298</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>299</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>26</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>300</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>302</v>
+      </c>
+      <c r="B60" t="s">
+        <v>293</v>
+      </c>
+      <c r="C60" t="s">
         <v>303</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>304</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
         <v>307</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>308</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>309</v>
       </c>
-      <c r="D61" t="s">
-[...2 lines deleted...]
-      <c r="E61" t="s">
+      <c r="I61" t="s">
         <v>310</v>
-      </c>
-[...10 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" t="s">
+        <v>312</v>
+      </c>
+      <c r="C62" t="s">
+        <v>313</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
         <v>314</v>
       </c>
-      <c r="B62" t="s">
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>315</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>316</v>
-      </c>
-[...16 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>317</v>
+      </c>
+      <c r="B63" t="s">
+        <v>318</v>
+      </c>
+      <c r="C63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>108</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
+        <v>16</v>
+      </c>
+      <c r="I63" t="s">
         <v>320</v>
-      </c>
-[...16 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>321</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>59</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>323</v>
+      </c>
+      <c r="I64" t="s">
         <v>324</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>325</v>
+      </c>
+      <c r="B65" t="s">
+        <v>326</v>
+      </c>
+      <c r="C65" t="s">
+        <v>327</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>328</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>329</v>
-      </c>
-[...19 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>330</v>
+      </c>
+      <c r="B66" t="s">
+        <v>331</v>
+      </c>
+      <c r="C66" t="s">
+        <v>332</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>333</v>
       </c>
-      <c r="B66" t="s">
+      <c r="F66" t="s">
         <v>334</v>
       </c>
-      <c r="C66" t="s">
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>335</v>
       </c>
-      <c r="D66" t="s">
-[...11 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
         <v>338</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>339</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>26</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>340</v>
       </c>
-      <c r="D67" t="s">
-[...2 lines deleted...]
-      <c r="E67" t="s">
+      <c r="I67" t="s">
         <v>341</v>
-      </c>
-[...10 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
         <v>343</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>344</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
         <v>345</v>
       </c>
-      <c r="D68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>346</v>
       </c>
       <c r="H68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="I68" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B69" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="C69" t="s">
         <v>350</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
+        <v>65</v>
+      </c>
+      <c r="I69" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>352</v>
+      </c>
+      <c r="B70" t="s">
         <v>353</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>354</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>32</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>355</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>357</v>
+      </c>
+      <c r="B71" t="s">
         <v>358</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>359</v>
       </c>
-      <c r="C71" t="s">
+      <c r="I71" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>361</v>
+      </c>
+      <c r="B72" t="s">
         <v>362</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>363</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>26</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>364</v>
-      </c>
-[...13 lines deleted...]
-        <v>61</v>
       </c>
       <c r="I72" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>366</v>
       </c>
       <c r="B73" t="s">
         <v>367</v>
       </c>
       <c r="C73" t="s">
         <v>368</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E73" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
         <v>369</v>
       </c>
       <c r="I73" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>371</v>
       </c>
       <c r="B74" t="s">
         <v>372</v>
       </c>
+      <c r="C74" t="s">
+        <v>373</v>
+      </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>81</v>
+        <v>374</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>373</v>
+        <v>93</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C75" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
+      <c r="E75" t="s">
+        <v>345</v>
+      </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="I75" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B76" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C76" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I76" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B77" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C77" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
+      <c r="E77" t="s">
+        <v>89</v>
+      </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B78" t="s">
-        <v>391</v>
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
+        <v>393</v>
       </c>
       <c r="D78" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E78" t="s">
-        <v>392</v>
+        <v>53</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
+      <c r="H78" t="s">
+        <v>394</v>
+      </c>
       <c r="I78" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B79" t="s">
-        <v>376</v>
+        <v>397</v>
       </c>
       <c r="C79" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D79" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E79" t="s">
-        <v>60</v>
+        <v>374</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="I79" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B80" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C80" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D80" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>201</v>
+        <v>404</v>
       </c>
       <c r="I80" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B81" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>392</v>
+        <v>70</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
+      <c r="H81" t="s">
+        <v>408</v>
+      </c>
       <c r="I81" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="B82" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="C82" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="D82" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>60</v>
+        <v>289</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="I82" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B83" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="C83" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E83" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="I83" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B84" t="s">
-        <v>416</v>
+        <v>421</v>
+      </c>
+      <c r="C84" t="s">
+        <v>422</v>
       </c>
       <c r="D84" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
+      <c r="H84" t="s">
+        <v>423</v>
+      </c>
       <c r="I84" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="B85" t="s">
-        <v>406</v>
+        <v>421</v>
+      </c>
+      <c r="C85" t="s">
+        <v>426</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E85" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="I85" t="s">
-        <v>420</v>
+        <v>428</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>429</v>
+      </c>
+      <c r="B86" t="s">
+        <v>430</v>
+      </c>
+      <c r="D86" t="s">
+        <v>52</v>
+      </c>
+      <c r="E86" t="s">
+        <v>431</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="I86" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>433</v>
+      </c>
+      <c r="B87" t="s">
+        <v>434</v>
+      </c>
+      <c r="C87" t="s">
+        <v>435</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" t="s">
+        <v>436</v>
+      </c>
+      <c r="I87" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>438</v>
+      </c>
+      <c r="B88" t="s">
+        <v>439</v>
+      </c>
+      <c r="C88" t="s">
+        <v>440</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>431</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>441</v>
+      </c>
+      <c r="I88" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>443</v>
+      </c>
+      <c r="B89" t="s">
+        <v>444</v>
+      </c>
+      <c r="C89" t="s">
+        <v>445</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" t="s">
+        <v>70</v>
+      </c>
+      <c r="F89" t="s">
+        <v>14</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>446</v>
+      </c>
+      <c r="I89" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>448</v>
+      </c>
+      <c r="B90" t="s">
+        <v>449</v>
+      </c>
+      <c r="D90" t="s">
+        <v>52</v>
+      </c>
+      <c r="E90" t="s">
+        <v>374</v>
+      </c>
+      <c r="F90" t="s">
+        <v>14</v>
+      </c>
+      <c r="G90" t="s">
+        <v>15</v>
+      </c>
+      <c r="I90" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>451</v>
+      </c>
+      <c r="B91" t="s">
+        <v>452</v>
+      </c>
+      <c r="D91" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" t="s">
+        <v>70</v>
+      </c>
+      <c r="F91" t="s">
+        <v>14</v>
+      </c>
+      <c r="G91" t="s">
+        <v>15</v>
+      </c>
+      <c r="H91" t="s">
+        <v>453</v>
+      </c>
+      <c r="I91" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>455</v>
+      </c>
+      <c r="B92" t="s">
+        <v>456</v>
+      </c>
+      <c r="C92" t="s">
+        <v>457</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>14</v>
+      </c>
+      <c r="G92" t="s">
+        <v>15</v>
+      </c>
+      <c r="H92" t="s">
+        <v>54</v>
+      </c>
+      <c r="I92" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>459</v>
+      </c>
+      <c r="B93" t="s">
+        <v>452</v>
+      </c>
+      <c r="C93" t="s">
+        <v>460</v>
+      </c>
+      <c r="D93" t="s">
+        <v>52</v>
+      </c>
+      <c r="E93" t="s">
+        <v>53</v>
+      </c>
+      <c r="F93" t="s">
+        <v>14</v>
+      </c>
+      <c r="G93" t="s">
+        <v>15</v>
+      </c>
+      <c r="H93" t="s">
+        <v>461</v>
+      </c>
+      <c r="I93" t="s">
+        <v>462</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">