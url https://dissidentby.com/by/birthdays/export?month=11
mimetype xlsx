--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="398">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -87,1353 +87,1238 @@
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
     <t>Кацярына Андрэеўна Бахвалава (Андрэева)</t>
   </si>
   <si>
     <t>2 лістапада 1993</t>
   </si>
   <si>
     <t>Кацярына, журналістка тэлеканала "Белсат", вяла прамы рэпартаж з двара "Плошчы перамен", дзе сабраліся мірныя пратэстоўцы на акцыю пратэсту, якая прайшла ў Мінску 15 лістапада 2020 года пад лозунгам "Я выходжу". Гэта былі апошнія словы забітага сілавікамі Рамана Бандарэнкі, і прысутныя прыйшлі ўшанаваць яго памяць. Кацярына была затрыманая разам са сваёй калегай Дар'яй Чульцовай падчас жорсткага разгону акцыі і пазней асуджаная за «ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак».
 У красавіку 2022 года супраць Кацярыны распачалі новую крымінальную справу, і ўжо ў ліпені таго ж года яе паўторна асудзілі, абвінаваціўшы ў "здрада дзяржаве" і прыгаварыўшы да васьмі гадоў пазбаўлення волі за тры месяцы да заканчэння тэрміну па першым прыгаворы.</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>Вырак суда 18.02.2021: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.04.2021: прысуд пакінуты без змены. Вырак суда 13.07.2022: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 20.09.2022: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
-    <t>Таццяна Аляксандраўна Шымко</t>
-[...8 lines deleted...]
-    <t>2024-11-11 21:48:21</t>
+    <t>Вадзім Уладзіміравіч Саскавец</t>
+  </si>
+  <si>
+    <t>3 лістапада 1986</t>
+  </si>
+  <si>
+    <t>30.06.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:53:59</t>
   </si>
   <si>
     <t>Яўген Аляксандравіч Ціханаў</t>
   </si>
   <si>
     <t>3 лістапада 1982</t>
   </si>
   <si>
     <t>Яўгену 40 гадоў, ён скончыў Акадэмію МУС больш за 15 гадоў таму і паспеў папрацаваць участковым, але звольніўся па ўласным жаданні. Пазней Аляксей перайшоў у ІТ. Пасля нейкі час пажыў у Еўропе, у Італіі. Яго затрымалі пры спробе ўезду ў Беларусь - мужчына хацеў прыехаць на дзень нараджэння маці і аформіць даверанасць. Супраць Яўгена Ціханава, як паведамляецца, заведзена крымінальная справа за каментары ў тэлеграме аб сілавіках і Лукашэнку па трох артыкулах.
 28.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2023-05-24 01:03:59</t>
   </si>
   <si>
-    <t>Вадзім Уладзіміравіч Саскавец</t>
-[...48 lines deleted...]
-  <si>
     <t>Андрэй Валер'евіч Фамін</t>
   </si>
   <si>
     <t>3 лістапада 1993</t>
   </si>
   <si>
     <t>Андрэю Фаміну 29 гадоў, ён родам з Магілёва, але жыў у Менску. Хлопец скончыў Беларускую дзяржаўную акадэмію мастацтваў. У пакаяльным відэа ён кажа, што нібыта быў рэдактарам і аўтарам артыкулаў для сеткі газет «Веснікі». Паводле інфармацыі ад актывістаў ініцыятывы ByProsvet, Андрэй не меў доступаў да акаўнтаў газет і не ведаў тых, хто распаўсюджвае іх у Беларусі.
 У выніку хлопцу прад'явілі абвінавачанне за ўдзел у Маршы 30 жніўня 2020 года і перавялі ў СІЗА-1. Андрэй прынцыпова не хацеў з'язджаць са сваёй краіны, піша кнігу, дамы яго чакаюць шэсць катоў.</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>7 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-10-27 23:30:20</t>
   </si>
   <si>
     <t>Аляксандр Іванавіч Піскуноў</t>
   </si>
   <si>
     <t>4 лістапада 1980</t>
   </si>
   <si>
     <t>26.01.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
   </si>
   <si>
     <t>Вырак суда 26.01.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.01.2024: невядома.</t>
   </si>
   <si>
     <t>2023-11-13 21:12:53</t>
-  </si>
-[...30 lines deleted...]
-    <t>2024-05-27 18:26:45</t>
   </si>
   <si>
     <t>Вольга Ігараўна Брыцікава</t>
   </si>
   <si>
     <t>4 лістапада 1971</t>
   </si>
   <si>
     <t>Лідэр незалежнага прафсаюзу "Нафтана". Вольга працавала на прадпрыемстве 16 гадоў і з-за сваёй пазіцыі была звольнена. У траўні 2022 года яна выйшла на волю пасля 75 сутак арышту за выказванні супраць вайны. Была затрымана 1 лістапада зноў па адміністрацыйным артыкуле.
 Праз два дні суд прызнаў яе вінаватай у распаўсюдзе «экстрэмісцкіх матэрыялаў» і прызначыў 15 сутак арышту. 11 лістапада яе зноў асудзілі на 15 сутак за "несанкцыянаваны пікет". Падставай для разбору стаў малюнак з надпісам "Не вайне", які Вольга апублікавала ў сацсетках. 21.11.2022 стала вядома, што Вольгу перавялі ў СІЗА ў Віцебску.
 За няпоўны 2022 год Брыцікава правяла за кратамі 105 сутак-з іх вясной 75 сутак запар.
 Была паўторна затрымана па арт.361 ч.2 КК РБ у жніўні 2023 года. Аднак увесну 2024 года адбыўся суд над Вольгай па арт.130 КК РБ.
 11.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.
 20 жніўня 2024 года над Вольгай адбыўся чарговы закрыты суд. Разглядаць яе справу быў прызначаны Яўген Буруноў у Віцебскім абласным судзе. Палітвязня абвінавачваюць па трох артыкулах. Вядома, што Вользе дадалі яшчэ тры гады калоніі.
 20 снежня 2024 г. адбыўся разгляд апеляцыйнай скаргі ў Вярхоўным судзе. Старшыня судовай калегіі Уладзімір Давыдаў. Згодна з рашэннем калегіі, тэрмін другога прысуду Вользе скарацілі на 1 год. Такім чынам, агульны тэрмін палітвязні складае 5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму. Па стане на пачатак студзеня 2025 года Вольга знаходзілася ў СІЗА, але ў канцы месяца пераведзена ў папраўчую калонію №4.</t>
   </si>
   <si>
     <t>Вырак суда 08.04.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 11.06.2024: невядома. Вырак суда 20.08.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.12.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-21 14:40:55</t>
   </si>
   <si>
     <t>Аляксей Генадзевіч Маеўскі</t>
   </si>
   <si>
     <t>4 лістапада 1981</t>
   </si>
   <si>
     <t>Прыгавор Гродзенскага абласнога суда набыў моц.</t>
   </si>
   <si>
     <t>2022-05-24 15:05:54</t>
   </si>
   <si>
+    <t>Дзяніс Аляксандравіч Краўчук</t>
+  </si>
+  <si>
+    <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.05.2024: 4 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2024-05-27 18:26:45</t>
+  </si>
+  <si>
     <t>Антон Міхайлавіч Быкоўскі</t>
   </si>
   <si>
     <t>Антон быў затрыманы, моцна збіты, а пазней асуджаны за пашкоджанне машыны жонкі міліцыянта ў Новай Баравой.
 Ягоная жонка з дзецьмі паспела пакінуць Беларусь.</t>
   </si>
   <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
     <t>Не</t>
   </si>
   <si>
     <t>Вырак суда 03.02.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 1845 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-02-28 00:34:11</t>
   </si>
   <si>
     <t>Валянцін Вячаслававіч Самасюк</t>
   </si>
   <si>
     <t>5 лістапада 1992</t>
   </si>
   <si>
     <t>Па версіі праўладных каналаў, затрыманы за фота ж/д транспарту. Раней быў арыштаваны паводле адміністрацыйнага артыкула. Грамадзянін Малдовы.</t>
   </si>
   <si>
     <t>2022-04-08 19:08:45</t>
+  </si>
+  <si>
+    <t>Міхаіл Аляксандравіч Фандо</t>
+  </si>
+  <si>
+    <t>5 лістапада 1988</t>
+  </si>
+  <si>
+    <t>Міхась родам з Барысава. але жыў у Менску. Ён вучыўся ў БДУ на мэнэджэра. Вядома, што Міхась гуляў у покер пад нікам Rattly. Ён адзначыўся ўдзелам у шматлікіх чэмпіянатах. Сярод іх - чэмпіянат Беларусі.
+Суд над Міхасём пачаўся 17 кастрычніка ў Менскім гарадскім судзе. Прэтэнзіі да яго, верагодна, узніклі з-за падтрымкі Украіны. Яму ставяць у віну ч. 2 арт. 361-3 КК (Дапамога ці іншае матэрыяльнае забеспячэнне вайны). Санкцыя артыкула прадугледжвае ад пяці да дзесяці гадоў калоніі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.10.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-25 19:38:56</t>
+  </si>
+  <si>
+    <t>Міхаіл Леанідавіч Галінскі</t>
+  </si>
+  <si>
+    <t>5 лістапада 1965</t>
+  </si>
+  <si>
+    <t>59-гадовага трэнера затрымалі ў чэрвені 2024 года. Спачатку яго судзілі па адміністрацыйнай справе - за «непадпарадкаванне супрацоўнікам міліцыі», а затым завялі і крымінальную справу па частцы 1 артыкула 361-3 КК РБ. Па гэтай частцы артыкула могуць судзіць тых, хто прымаў удзел у баявых дзеяннях у Украіне, але звычайна судзяць тых, хто толькі меў намер далучыцца да ВСУ.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.12.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:24:14</t>
+  </si>
+  <si>
+    <t>Сяргей Уладзіміравіч Саўчкоў</t>
+  </si>
+  <si>
+    <t>5 лістапада 1970</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
   </si>
   <si>
     <t>Андрэй Яўгенавіч Бурдзеня</t>
   </si>
   <si>
     <t>5 лістапада 1981</t>
   </si>
   <si>
     <t>Меркаваная дата затрымання Андрэя - 20 верасня 2023 года. У гэты дзень зьявілася “пакаяльнае” відэа, дзе мужчына кажа, што нібыта пісаў нэгатыўныя камэнтары на адрас Лукашэнкі, службовых асобаў, супрацоўнікаў міліцыі, расейскіх вайскоўцаў, а таксама пагражаў людзям, якія падтрымліваюць дзейную ўладу.
 44-гадовага Андрэя Бурдэню затрымалі за каментары ў тэлеграм-чатах, якіх ён пакінуў больш за тры сотні. Андрэй вучыўся ў школе №6, а пасля служыў у войску. Вядома, што зараз ён часова не працуе, але раней нейкі час працаваў у IT-сферы, а яшчэ раней займаўся вытворчасцю кухоннай мэблі і меў сваё ІП</t>
   </si>
   <si>
-    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
-[...2 lines deleted...]
-    <t>Вырак суда 08.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
+    <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.07.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-05-27 20:04:05</t>
-  </si>
-[...29 lines deleted...]
-    <t>2024-11-22 00:24:14</t>
   </si>
   <si>
     <t>Максім Уладзіміравіч Хвашчынскі</t>
   </si>
   <si>
     <t>6 лістапада 1995</t>
   </si>
   <si>
     <t>Жыхар Бабруйска быў затрыманы 26 лютага 2024 года, на наступны дзень пасля вяртання з Польшчы.
 Спачатку яго асудзілі па адміністрацыйным артыкуле 19.11 (распаўсюджванне экстрэмісцкіх матэрыялаў), а затым распачалі крымінальную справу па артыкуле 361-1 КК РБ (стварэнне экстрэмісцкага фармавання). Максіма меркавана лічаць датычным да стварэння экстрэмісцкага фармавання «Бабруйск 375».</t>
   </si>
   <si>
     <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
   </si>
   <si>
     <t>Вырак суда 27.09.2024: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 06.12.2024: невядома.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Марына Васільеўна Золатава</t>
-[...15 lines deleted...]
-    <t>2021-05-21 18:29:20</t>
+    <t>Аляксей Уладзіміравіч Шыловіч</t>
+  </si>
+  <si>
+    <t>6 лістапада 1975</t>
+  </si>
+  <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
+  </si>
+  <si>
+    <t>Сяргей Сяргеевіч Лагвіновіч</t>
+  </si>
+  <si>
+    <t>7 лістапада 1986</t>
+  </si>
+  <si>
+    <t>ПУАТ-46, 213188, Магілёўская вобл., г.п. Круглае, вул.Савецкая, 96</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, 500 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2026-01-19 21:00:56</t>
   </si>
   <si>
     <t>Аксана Віктараўна Малочка</t>
   </si>
   <si>
     <t>7 лістапада 1978</t>
   </si>
   <si>
     <t>27 лістапада 2023 года Аксана была прыцягнута да адміністрацыйнай адказнасці па ч. 2 арт. 19.11 КаАП. Пазней была змешчаная ў СІЗА-7.
-Улетку 2024 года сужэнцаў асудзілі па абвінавачанні ў "здрады дзяржаве" (ч. 1 арт. 356 КК). Зміцеру прысудзілі дванаццаць гадоў калоніі, а Аксане - восем гадоў. Сутнасць абвінавачанняў невядомая.</t>
+Улетку 2024 года сужэнцаў асудзілі па абвінавачанні ў "здрады дзяржаве" (ч. 1 арт. 356 КК). Іх асудзілі за "здраду дзяржаве" на 12 і 8 гадоў, а па факце за здымак цягніка з ваеннай тэхнікай на платформе без ніякага шпіёнскага намеру.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
   </si>
   <si>
-    <t>Ігар Іванавіч Сацюк</t>
-[...12 lines deleted...]
-    <t>2023-07-24 21:29:58</t>
+    <t>Антон Алегавіч Огій</t>
+  </si>
+  <si>
+    <t>8 лістапада 1985</t>
+  </si>
+  <si>
+    <t>Вырак суда 23.12.2022: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.03.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Афанасій Мікалаевіч Афанасенкаў</t>
   </si>
   <si>
     <t>8 лістапада 1989</t>
   </si>
   <si>
     <t>23.08.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу</t>
   </si>
   <si>
     <t>ПК-14 222125, Мінская вобл., с.н.п Навасады, вул.Міра, 1А</t>
   </si>
   <si>
     <t>Вырак суда 16.06.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.08.2023: невядома. Вырак суда 11.09.2024: невядома.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
-  </si>
-[...10 lines deleted...]
-    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Арцём Аляксандравіч Зубракоў</t>
   </si>
   <si>
     <t>9 лістапада 1990</t>
   </si>
   <si>
     <t>Арцём Зубракоў — супрацоўнік «Белагра», які быў затрыманы ў канцы верасня 2022 года разам з калегамі. Паведамлялася, што крымінальныя справы заведзены на чатырох з іх, а затрымана было каля 20. Праўладныя крыніцы пісалі, што супрацоўнікі прадпрыемства актыўна пратэставалі, пачынаючы з 2020 года.
 Падчас вобыску восенню 2022 года ў іх вынята атрыбутыка і мэбля ў БЧБ-кветках.
 Арцём Зубракоў адзначаў, што яго затрымалі за падпіскі на «забароненыя» тэлеграм-каналы і перасылку «экстрэмісцкіх» матэрыялаў.
 Суд адбываўся ў закрытым рэжыме.</t>
   </si>
   <si>
     <t>Вырак суда 27.01.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.04.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
-    <t>Віктар Дзмітрыевіч Бабарыка</t>
-[...63 lines deleted...]
-  <si>
     <t>Яўген Вітальевіч Бойка</t>
   </si>
   <si>
     <t>10 лістапада 1987</t>
   </si>
   <si>
     <t>Яўген былы IT-мэнэджар з Магілёва. Пасля выбараў 2006 года і некалькіх гадоў палітычнай актыўнасці яго адлічылі з гістарычнага факультэта Магілёўскага ўніверсітэта. Ён скончыў гістфак у Познані, працаваў мэнэджэрам у ІТ-кампаніі, займаўся пастаўкамі малочнай прадукцыі. У 2013 годзе Яўген вярнуўся ў Беларусь, адразу ажаніўся, а пасля пайшоў на працу. Прычым калі раней у асноўным займаўся грамадскай і навуковай дзейнасцю (у студэнцкім этнаграфічным таварыстве і ў архіве вуснай гісторыі), то зараз пайшоў у бізнес.
 А з пачатку 2017 года ў яго з'явіўся новы занятак - па замове кліентаў ён запісваў інтэрв'ю з іх вясковымі бабулямі і дзядулямі і манціраваў дакументальныя стужкі.
 Яго абвінавачваюць у садзейнічанні экстрэмісцкай дзейнасці.
 Яўгена чакаюць дома жонка і двое маленькіх дзяцей.</t>
   </si>
   <si>
     <t>Вырак суда 12.06.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 11.09.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-10-08 21:34:11</t>
   </si>
   <si>
-    <t>Крысціна Аляксандраўна Лапкоўская</t>
-[...11 lines deleted...]
-    <t>2025-05-26 11:51:54</t>
+    <t>Аляксандр Іванавіч Малькоў</t>
+  </si>
+  <si>
+    <t>10 лістапада 1969</t>
+  </si>
+  <si>
+    <t>Асуджаны за акцыю пратэсту, якая праходзіла з 10 на 11 жніўня 2020 года ў Бярозе.</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.08.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:47</t>
+  </si>
+  <si>
+    <t>Віялета Генадзеўна Вярбіцкая</t>
+  </si>
+  <si>
+    <t>10 лістапада 2001</t>
+  </si>
+  <si>
+    <t>Віялета скончыла школу ў Мінску і паступіла ў Варшаўскую акадэмію мастацтваў. Дзяўчына захапляецца фатаграфіяй і любіць падарожжы.
+Тры гады таму яна выйшла замуж і змяніла прозвішча. Пара праславілася тым, што хлопец, былы футбаліст Фёдар Вярбіцкі, зрабіў дзяўчыне прапанову проста на стадыёне пасля заканчэння гульні.
+Нагодай для крымінальнай справы стаў створаны сям'ёй відэаролік летам 2020 года з заклікам спыніць гвалт. Айцец Генадзь на судзе распавёў, што ў адзін з дзён лета 2020 года, на эмоцыях ад убачаных у інтэрнэце звестак аб ужытым з боку супрацоўнікаў гвалту ў дачыненні да пратэстоўцаў, вырашыў запісаць відэазапіс са зваротам да супрацоўнікаў з заклікам да абгрунтаванага прымянення сілы. Прыдумаў тэкст выступу, пасля чаго папрасіў сваю дачку яго прачытаць. Таксама ён папрасіў жонку выказацца аб выбарах. У гэты ж дзень ён выказаў на відэа пажаданні аб далейшым лёсе краіны, у канцы свайго выступу таксама паказаў сімвал у выглядзе сэрца. Пасля гэтага ён знайшоў у інтэрнэце відэаролікі і змантаваў відэа. У гэты ж дзень адправіў яго некалькім сваім знаёмым і сваякам.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.11.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:10:18</t>
+  </si>
+  <si>
+    <t>Наталля Георгіеўна Дароніна</t>
+  </si>
+  <si>
+    <t>10 лістапада 1973</t>
+  </si>
+  <si>
+    <t>У Наталлі праблемы з нагамі. Па правілах СІЗА на працягу дня нельга ляжаць, таму ў яе бываюць моцныя ацёкі.</t>
+  </si>
+  <si>
+    <t>2025-11-20 22:34:02</t>
   </si>
   <si>
     <t>Любоў Аляксандраўна Рэзановіч</t>
   </si>
   <si>
     <t>11 лістапада 1964</t>
   </si>
   <si>
     <t>Любоў, жонка праваслаўнага святара, была затрымана 1 снежня 2020 года разам з мужам і сынам у межах крымінальнай "справы Аўтуховіча". Мікалая Аўтуховіча ўлады назвалі "арганізатарам і кіраўніком тэрарыстычнай групоўкі". Паводле следства, яна дапамагала Аўтуховічу збіраць інфармацыю пра супрацоўнікаў праваахоўных органаў і давала жыллё, дзе ўдзельнікі “справы” захоўвалі зброю. Любоў асудзілі за "ўдзел у злачыннай арганізацыі", "акт тэрарызму", "замах на захоп улады" і "незаконныя дзеянні ў адносінах да агнястрэльнай зброі".</t>
   </si>
   <si>
     <t>Вырак суда 17.10.2022: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 600 базавых велічынь штрафу. Апеляцыя 31.03.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:12</t>
   </si>
   <si>
     <t>Станіслаў Аляксандравіч Пугачоў</t>
   </si>
   <si>
     <t>11 лістапада 1992</t>
   </si>
   <si>
     <t>Да падзеяў 2020 года ён працаваў следчым у Мінску. Пасяджэнні суда праходзілі ў закрытым рэжыме.</t>
   </si>
   <si>
     <t>7 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
+    <t>Дзмітрый Рыгоравіч Рэзановіч</t>
+  </si>
+  <si>
+    <t>12 лістапада 1989</t>
+  </si>
+  <si>
+    <t>Актывіст анархічнага руху быў затрыманы ў ноч з 28 на 29 кастрычніка 2020 года пры пераходзе мяжы Беларусі разам з партызанскай групай "Чорны Сцяг". Яго абвінавацілі ў падпалах аўтамабіляў службоўцаў, а таксама аддзялення ДАІ і дзяржаўнага камітэта судовай экспертызы.
+У красавіку 2024 года Зміцер быў паўторна асуджаны за "злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі". Па дадзеным артыкуле судзяць зняволеных, якія адмаўляюцца ад супрацоўніцтва з адміністрацыяй, за выдуманыя парушэнні. У выніку да ягонага 19-гадовага тэрміну дадалі яшчэ 9 месяцаў зняволення.</t>
+  </si>
+  <si>
+    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.12.2021: 19 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 11000 рублёў кампенсацыі. Апеляцыя 22.04.2022: прысуд пакінуты без змены. Вырак суда 26.04.2024: 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.06.2024: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:39:13</t>
+  </si>
+  <si>
+    <t>Андрэй Віктаравіч Валаханавіч</t>
+  </si>
+  <si>
+    <t>Быў затрыманы ў верасні 2023 года, як мяркуецца, за паведамленні ў чаце з сябрамі. Была заведзена крымінальная справа.</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.07.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 12.11.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:28:55</t>
+  </si>
+  <si>
+    <t>Уладзіслаў Віктаравіч Наважанцаў</t>
+  </si>
+  <si>
+    <t>12 лістапада 1981</t>
+  </si>
+  <si>
+    <t>22.12.2023 адбылося апеляійнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>3 гады пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
     <t>Арцём Міхайлавіч Коласаў</t>
   </si>
   <si>
     <t>12 лістапада 1997</t>
   </si>
   <si>
     <t>27.02.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 01.12.2023: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.02.2024: невядома.</t>
   </si>
   <si>
     <t>2023-10-31 14:52:53</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-10-09 23:58:50</t>
   </si>
   <si>
     <t>Андрэй Віктаравіч Шкляр</t>
   </si>
   <si>
     <t>12 лістапада 1984</t>
   </si>
   <si>
     <t>Працаваў інспектарам крымінальна-выканаўчай сістэмы Кастрычніцкага РАУС г. Гродна, незадоўга да арышту падаў рапарт на звальненне з-за нязгоды з тым, як працуе сістэма.
 Затрыманы па артыкуле: «Здрада дзяржаве».</t>
   </si>
   <si>
     <t>10 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-04-27 00:34:48</t>
   </si>
   <si>
-    <t>Дзмітрый Рыгоравіч Рэзановіч</t>
-[...26 lines deleted...]
-  <si>
     <t>Рычард Рычардавіч Логвінаў</t>
   </si>
   <si>
     <t>14 лістапада 1991</t>
   </si>
   <si>
     <t>Інжынер - тэхнолаг на заводзе. Маці Рычарда мае інваліднасць.</t>
   </si>
   <si>
-    <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
-[...2 lines deleted...]
-    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу.</t>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-04 19:16:26</t>
-  </si>
-[...37 lines deleted...]
-    <t>2022-10-26 22:38:17</t>
   </si>
   <si>
     <t>Елісей Сяргеевіч Кузняцоў</t>
   </si>
   <si>
     <t>14 лістапада 2003</t>
   </si>
   <si>
     <t>17-гадовы Елісей абвінавачваўся ў тым, што кінуў бутэльку з гаручай сумессю ў міліцэйскую машыну. За парушэнні на "хатняй хіміі" Елісею ўзмацнілі пакаранне да пазбаўлення волі і Елісей узяты пад варту 20 красавіка 2022 года і з 27 траўня малады чалавек знаходзіўся ў калоніі.
 17.12.2022 вызвалены поўнасцю адбыўшы тэрмін пакарання, прызначаны судом.
 Быў зноў затрыманы ў маі 2023 года і ў жніўні асуджаны за тое, што разам з сябрам сарваў тры дзяржаўныя флагі, устаноўленыя на фасадах установы адукацыі, гандлёвага аб'екта і аддзялення паштовай сувязі ў аграгарадку Войска Камянецкага раёна.
 18 снежня 2024 г. у судзе Барысаўскага раёна адбудзецца разгляд справы Елісея па ч. 1 арт. 411 (злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы ).</t>
   </si>
   <si>
     <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
   </si>
   <si>
     <t>Вырак суда 05.11.2020: 2 гады 6 месяцаў абмежаванні волі без накіравання. Суд па змене рэжыму 20.04.2022: 7 месяцаў 15 дзён пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 01.08.2023: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 18.12.2024: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-01-30 00:16:38</t>
   </si>
   <si>
-    <t>Рыта Юр'еўна Навумава</t>
-[...8 lines deleted...]
-    <t>2025-01-21 13:31:49</t>
+    <t>Павел Міхайлавіч Хітрык</t>
+  </si>
+  <si>
+    <t>14 лістапада 1987</t>
+  </si>
+  <si>
+    <t>20 снежня 2024 года Павел быў асуджаны па адміністрацыйным артыкуле "Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць". Пасля гэтага на яго завялі крымінальную справу за перасылку ў 2022 годзе ў чат-бот "Хартыя-97" дадзеных аб перамяшчэнні тэхнікі ў РФ падчас камандзіроўкі. У 2025 годзе ён быў асуджаны па артыкуле "Садзейнічанне экстрэмісцкай дзейнасці".</t>
+  </si>
+  <si>
+    <t>ПУАТ-39, г.Крупкі-2, 222002</t>
+  </si>
+  <si>
+    <t>Вырак суда 07.05.2025: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2025-06-03 13:49:33</t>
+  </si>
+  <si>
+    <t>Сяргей Лявонцьевіч Батвіч</t>
+  </si>
+  <si>
+    <t>14 лістапада 1990</t>
+  </si>
+  <si>
+    <t>У пачатку студзеня 2023 года ў адным з праўладных тэлеграм-каналаў, з'явіўся ролік з затрыманнем супрацоўнікамі ГУБАЗ і АМАП Сяргея, які нібы адміністраваў дваровыя чаты, сярод якіх "Гродна Цэнтр 97%"; удзельнічаў у пратэстных мітынгах і заклікаў іншых удзельнічаць у іх, а таксама прымяняць гвалт у дачыненні да міліцыянтаў, літаральна, "паліць аўтазакі".</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі з адбываннем пакарання ў папраўчай калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-10-26 22:38:17</t>
+  </si>
+  <si>
+    <t>Віталь Мікалаевіч Цынкель</t>
+  </si>
+  <si>
+    <t>15 лістапада 1974</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.11.2025: 2 гады 10 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:12:07</t>
   </si>
   <si>
     <t>Вераніка Мікалаеўна Казак</t>
   </si>
   <si>
     <t>15 лістапада 1990</t>
   </si>
   <si>
     <t>Вядома , што жанчыну затрымалі, калі яна вярнулася з Італіі.
 15 сакавіка 2024 г. адбыўся разгляд апеляцыйнай скаргі.</t>
   </si>
   <si>
     <t>Вырак суда 26.12.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.03.2024: невядома.</t>
   </si>
   <si>
     <t>2023-12-21 00:52:48</t>
   </si>
   <si>
-    <t>Віталь Цынкель</t>
-[...8 lines deleted...]
-    <t>2025-09-17 17:12:07</t>
+    <t>Аляксей Аляксандравіч Арлоў</t>
+  </si>
+  <si>
+    <t>15 лістапада 1992</t>
+  </si>
+  <si>
+    <t>Быў затрыманы 15 мая 2023 года па абвінавачанні ў фінансаванні экстрэмісцкай дзейнасці - за донаты арганізацыі, прызнанай экстрэмісцкім фарміраваннем. Да гэтага, у красавіку, Аляксея затрымліваў ГУБАЗіК, і затым яго прыгаварылі да арышту па адміністрацыйным артыкуле.</t>
+  </si>
+  <si>
+    <t>3 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-06-22 00:54:50</t>
   </si>
   <si>
     <t>Ігар Валер'евіч Казубаў</t>
   </si>
   <si>
     <t>15 лістапада 1968</t>
   </si>
   <si>
     <t>Кухар, жыхар Навабеліцы.
 У сацыяльных сетках Ігара даволі шмат пастоў і паведамленняў пра беларускіх сілавікоў і прадстаўнікоў улады. Таксама ён быў сярод 500 падпісчыкаў у 2019 годзе звароту да тагачаснага прэзідэнта Літвы Далі Грыбаўскайтэ, які тычыўся перапахавання астанкаў паўстанцаў 1863-1864 гадоў, павешаных царскімі ўладамі.
 Якое пакаранне прызначылі мужчыну - невядома. Але яно звязанае з пазбаўленнем волі.
 26.04.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2024-01-09 22:27:06</t>
   </si>
   <si>
-    <t>Аляксей Аляксандравіч Арлоў</t>
-[...11 lines deleted...]
-    <t>2023-06-22 00:54:50</t>
+    <t>Рыта Юр'еўна Навумава</t>
+  </si>
+  <si>
+    <t>15 лістапада 1967</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:31:49</t>
+  </si>
+  <si>
+    <t>Віталь Валер'евіч Саўко</t>
+  </si>
+  <si>
+    <t>16 лістапада 1990</t>
+  </si>
+  <si>
+    <t>Меркавана , гэта былы пракурор Воранаўскага раёна. Пракурору Саўко 33 гады. Ён родам з горада Дзятлава Гродзенскай вобласці. Пасля гэтага ён з'ехаў вучыцца ў Гродна і працаваць у пракуратуры. У 2022-2023 гадах мужчына займаў пасаду пракурора Воранаўскага раёна, затым працаваў старшым пракурорам у адным з аддзелаў пракуратуры Гродзенскай вобласці. "Наша Ніва" не знайшла доказаў таго, што Саўко быў датычны да рэпрэсій на сваёй пасадзе. Віталь актыўна даваў інтэрв'ю дзяржаўным СМІ. Апошняе было апублікавана ў ліпені 2023 года, хаця да гэтага публікаваліся рэгулярна, раз у адзін-два месяцы. Сацыяльныя сеткі мужчыны выдалены.</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 11.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:28:10</t>
+  </si>
+  <si>
+    <t>Карына Алегаўна Бардухай</t>
+  </si>
+  <si>
+    <t>16 лістапада 1995</t>
+  </si>
+  <si>
+    <t>Яшчэ студэнткай БДУІР Карына пачынала працу ў 2013 годзе аператарам на МАЗе, пазней працавала мерчандайзерам і рэдактарам сайтаў, паралельна асвойваючы бухгалтэрыю. У 2018 - м Бардухай перайшла ў кампанію «Армтэк» - гэта адзін з найбуйнейшых пастаўшчыкоў аўтазапчастак у краіне. За пяць гадоў дзяўчына вырасла ад радавога эканаміста да вядучага спецыяліста і эксперта ў сістэме SAP.
+Карына Бардухай - вядомая абаронца жывёл у Мінску. Яна дапамагае ратаваць вандроўных жывёл, збірае грошы на харчаванне для жывёл у прытулках і на ператрымках у іншых людзей. Таксама яна ўваходзіць у склад коннага клуба "Прадыус". Яна займаецца фатаграфіяй, у якой надае перавагу фатаграфіям жывёл і прыроды.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2026-02-13 18:44:03</t>
   </si>
   <si>
     <t>Зміцер Алегавіч Гудзееў</t>
   </si>
   <si>
     <t>16 лістапада 2001</t>
   </si>
   <si>
     <t>Зміцеру 21 год і, мяркуючы па ягоных сацыяльных сетках, у мінулым траўні ён скончыў тэрміновую службу ў вайсковай частцы 3214 у Менску. У траўні хлопца дадалі ў тэрарыстычны спіс “КДБ. Яму пагражае ад 8 да 12 гадоў калоніі.
 Падчас брутальнага затрымання Зміцер быў моцна збіты .</t>
   </si>
   <si>
     <t>9 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
-    <t>Віталь Валер'евіч Саўко</t>
-[...25 lines deleted...]
-  <si>
     <t>Арцём Віталевіч Сямёнаў</t>
   </si>
   <si>
     <t>17 лістапада 1990</t>
   </si>
   <si>
     <t>Супрацоўнік прадпрыемства "Пеленг". Працаваў юрысконсультам у Бюро мытна-ліцэнзійнага забеспячэння і экспартнага кантролю.
 Апошні раз ён быў анлайн у сацсетках у лістападзе 2024-га.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-09-07 00:18:46</t>
   </si>
   <si>
     <t>Яўген Уладзіміравіч Стральчэнь</t>
   </si>
   <si>
     <t>18 лістапада 1985</t>
   </si>
   <si>
     <t>Жыхара Гродна затрымалі за распаўсюджванне экстрэмісцкіх матэрыялаў і асабістых дадзеных больш за 2000 супрацоўнікаў міліцыі ў 2020 годзе. Ён удзельнічаў у акцыях пратэсту пасьля выбараў. Адміністраваў Instagram-старонку «Гродна для жыцця».</t>
   </si>
   <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2022-08-11 22:52:15</t>
+  </si>
+  <si>
+    <t>Мікалай Сяргеевіч Буневіч</t>
+  </si>
+  <si>
+    <t>18 лістапада 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
   </si>
   <si>
     <t>Сяргей Уладзіміравіч Белы</t>
   </si>
   <si>
     <t>18 лістапада 1972</t>
   </si>
   <si>
     <t>Сяргей родам з украінскага Херсона, але амаль усё жыццё пражыў у Беларусі. Усё жыццё працаваў на розных працоўных спецыяльнасцях. Мае двух непаўналетніх дзяцей.
 Мужчыну затрымалі ў лютым 2023 года. На праўладным відэа ён кажа, што пакідаў каментары ў тэлеграме і прайшоў рэгістрацыю ў чат-боте План "Перамога". Упершыню яго асудзілі ў кастрычніку 2023 года за "распальванне іншай сацыяльнай варожасці" (ч. 1 арт. 130 КК).
 08.12.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.
 Наступны суд над Сяргеем пачнецца 27 верасня 2024 г. у Мінскім гарадскім судзе. Яго абвінавачваюць па 4 артыкулах - "удзел у экстрэмісцкім фарміраванні" (ч. 3 арт. 361-1 КК), "распальванне іншай сацыяльнай варожасці"(ч. 1 арт. 130 КК), "Абраза прадстаўніка ўлады" (арт. 369 КК) і "абраза Лук. КК). Сяргею пагражае да пяці гадоў калоніі ў дадатак да мінулага тэрміну.</t>
   </si>
   <si>
     <t>Вырак суда 05.10.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 08.12.2023: прысуд пакінуты без змены. Вырак суда 27.09.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 06.12.2024: невядома. Вырак суда 04.02.2025: невядома.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
     <t>Аляксандр Цімафеевіч Мар'ясаў</t>
   </si>
   <si>
     <t>19 лістапада 1987</t>
   </si>
   <si>
     <t>Аляксандр быў затрыманы і асуджаны за спыненне таварнага цягніка, нанясенне чырвоных палос на рэкламныя лайтбоксы, пракол шын аўтамабіля супрацоўніка міліцыі, падпал кіёска "Табакерка", а таксама дзеянні з прадметамі, якія змяшчаюць гаручыя рэчывы. Ён патлумачыў свае ўчынкі пратэстам супраць сітуацыі ў краіне пасля прэзідэнцкіх выбараў 9 жніўня 2020 года, у прыватнасці, супраць беспадстаўных затрыманняў і катаванняў людзей сілавікамі.
 Грамадзянін РФ.</t>
   </si>
   <si>
     <t>Вырак суда 07.06.2021: 7 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 26.08.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-27 01:26:23</t>
   </si>
   <si>
+    <t>Ілля Анатольевіч Барыскевіч</t>
+  </si>
+  <si>
+    <t>2026-01-03 16:36:01</t>
+  </si>
+  <si>
     <t>Дзмітрый Васільевіч Загалавец</t>
   </si>
   <si>
     <t>19 лістапада 1982</t>
   </si>
   <si>
     <t>Паводле праўладных тэлеграм-каналаў затрыманы за шматлікія каментарыі ў сацсетках.
 31.10.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>3,5 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-01-24 02:22:31</t>
   </si>
   <si>
     <t>Васіль Міхайлавіч Якімаў</t>
   </si>
   <si>
     <t>19 лістапада 1999</t>
   </si>
   <si>
     <t>Да затрымання юнак працаваў вадзіцелем фуры, раней скончыў ПТВ у Ашмянах на прафесію вадзіцеля.
 Як паведамляе сайт Генпракуратуры, Якімаў з красавіка па лістапад 2022 года выказаў жаданне, а затым акрэсліў намер уступіць у адно з падраздзяленняў батальёна (палка) імя Кастуся Каліноўскага.
 З гэтай мэтай ён нібыта падаў свае персанальныя дадзеныя для прыёму ва ўзброенае фармаванне. Адначасова ажыццяўляў збор інфармацыі аб месцах набыцця ваеннай амуніцыі, абмундзіравання і іншай экіпіроўкі для выкарыстання ва ўмовах баявых дзеянняў.</t>
   </si>
   <si>
     <t>2 гады пазбаўлення волі ў калоніі ва ўмовахіх агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
+    <t>Вадзім Вячаслававіч Наўцэня</t>
+  </si>
+  <si>
+    <t>20 лістапада 1986</t>
+  </si>
+  <si>
+    <t>І, як вынікае з прэс-рэлізу суда , артыкул 342 ставіўся ў віну Навцэне за ўдзел у пратэстах, якія праходзілі ў Пінску з 9 на 10 жніўня 2020. Акрамя таго, яго абвінавацілі ў напісанні ў 2022 годзе абразлівых інтэрнэт-каментароў пра А.Лукашэнку, пра нейкая "службовая асоба, якая займае адказнае становішча", а таксама ў тым што ў 2022 годзе напісаў "якія распальваюць варожасць" каментары пра сілавікоў. "Дыскрэдытацыя Беларусі" таксама здарылася ў Інтэрнэце: у лістападзе 2022 года мужчына "размясціў негатыўны каментар, які фарміруе негатыўнае ўяўленне аб ваенным становішчы" ў Беларусі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 27.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 200 базавых велічынь штрафу. Апеляцыя 03.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-23 23:25:00</t>
+  </si>
+  <si>
+    <t>Аляксандр Святаслававіч Пімашэнка</t>
+  </si>
+  <si>
+    <t>20 лістапада 1984</t>
+  </si>
+  <si>
+    <t>Аляксандр быў асуджаны па артыкуле «Арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» за ўдзел у акцыях пратэсту, якія праходзілі ў Мінску ў 2020 годзе, і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>ПУАТ-47, г. Мсціслаўль, вул. Калініна, 31</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.02.2023: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 12.05.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-03-02 18:47:45</t>
+  </si>
+  <si>
     <t>Ірына Міхайлаўна Шумейка</t>
   </si>
   <si>
     <t>20 лістапада 1989</t>
   </si>
   <si>
-    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-02 14:00:41</t>
   </si>
   <si>
-    <t>Вадзім Вячаслававіч Наўцэня</t>
-[...41 lines deleted...]
-    <t>2024-09-23 20:30:12</t>
+    <t>Аляксей Ігаравіч Кердоль</t>
+  </si>
+  <si>
+    <t>21 лістапада 1991</t>
+  </si>
+  <si>
+    <t>Апошнія гады Аляксей працаваў барыстай у Гродне. Таксама з 2020 - га ў яго быў невялікі бізнэс-кампанія, сферай дзейнасці якой пазначана "прадастаўленне месцаў для пражывання на тэрыторыі кемпінгаў і лагераў".
+Затрыманы за каментарыі.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-30 10:29:58</t>
   </si>
   <si>
     <t>Сяргей Іванавіч Салаженцаў</t>
   </si>
   <si>
     <t>22 лістапада 1982</t>
   </si>
   <si>
     <t>Пасля заканчэння школы паступіў на факультэт прыкладной матэматыкі і інфарматыкі БДУ. З 2005 года працуе ў ІТ.
 У канцы 2021 года Сложанцы пераехаў у Варшаву. Тамака ён адкрыў ІП і ўладкаваўся ў кампанію RunMyLease, дзе займае пасаду Tech lead.
 Галоўнае хобі Сяргея - бальныя танцы. У 2024 годзе ён з партнёркай узялі два золаты і адно срэбра на танцавальных конкурсах у Польшчы ў катэгорыі 40+.
 Пасля Сяргей вярнуўся ў Беларусь. Невядома, калі менавіта гэта адбылося, але апошні раз ён выходзіў на сувязь у канцы кастрычніка 2024 года. Працэс над айцішнікам праходзіў у Гродзенскім абласным судзе. Мяркуючы па тым, што пасля суда Складанцы так і не з'явіўся анлайн, яму быў прызначаны тэрмін у калоніі.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-06-15 16:41:12</t>
   </si>
   <si>
     <t>Аляксандр Аляксандравіч Дарагакупец</t>
   </si>
   <si>
     <t>22 лістапада 1980</t>
   </si>
   <si>
     <t>44-гадоваму жыхару Іванава Аляксандру Дарагупцу інкрымінавалі пералік «экстрэмісцкім фармаванням», у тым ліку Палку Каліноўскага, грашовых сродкаў і крыптавалюты ў суме не менш за 11 тыс. рублёў.
 Падчас расследавання крымінальнай справы мужчына "добраахвотна пералічыў" Чэрвеньскаму дому-інтэрнату для дзяцей-інвалідаў з асаблівасцямі псіхафізічнага развіцця, Івянецкаму дому-інтэрнату для дзяцей-інвалідаў з асаблівасцямі фізічнага развіцця і Рэспубліканскаму цэнтру арганізацыі медыцынскага рэагавання 600 тысяч долараў ЗША.
 2 красавіка 2025 г. на АНТ выйшаў чарговы прапагандысцкі сюжэт "Цені. Кошт тэрору", дзе распавялі пра пераслед людзей за ахвяраванні і затрыманых за фінансаванне арганізацый, прызнаных уладамі "экстрэмісцкімі" ці "тэрарыстычнымі". У фільме паказалі некалькі асуджаных і тых, хто яшчэ чакае суда. Па сюжэце Аляксандра асудзілі, у тым ліку за донаты палку Каліноўскага, BySol, а таксама розным інфармацыйным рэсурсам. Прапагандысты называюць 18 данатаў на агульную суму не менш як тры тысячы еўра.</t>
   </si>
   <si>
     <t>Вырак суда 10.01.2025: 5 гадоў 5 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 50000 базавых велічынь штрафу. Апеляцыя 18.03.2025: невядома.</t>
   </si>
   <si>
     <t>2024-12-12 12:38:24</t>
   </si>
   <si>
-    <t>Уладзімір Уладзіміравіч Нікіцін</t>
-[...13 lines deleted...]
-    <t>2024-04-24 22:55:43</t>
+    <t>Максім Вітальевіч Мыслівец</t>
+  </si>
+  <si>
+    <t>22 лістапада 1997</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:30:12</t>
   </si>
   <si>
     <t>Зміцер Анатольевіч Удовін</t>
   </si>
   <si>
     <t>23 лістапада 1969</t>
   </si>
   <si>
     <t>Зміцер пачынаў у 1990-я ў Барысаве. Пасля 1998 года перайшоў у аддзел дазнання Жодзінскага ГАУС, а з 2004 па 2012 узначальваў яго. Далей працаваў у Следчым камітэце, адтуль пайшоў на пенсію. Пасля выхаду на пенсію працаваў на Смалявіцкім малаказаводзе і быў гарадскім дэпутатам у Жодзіне.
 У 2020 годзе ён і яшчэ 4 былыя супрацоўнікі Жодзінскага ГАУС запісалі зварот да калег, якія падчас пратэстаў працавалі ў жодзінскай міліцыі, і да ўсіх работнікаў праваахоўных органаў Беларусі.
 "Выконваючы тыя загады, якія аддаюць вашыя начальнікі, вы можаце аказацца саўдзельнікамі злачынстваў. Нельга збіваць людзей, якія проста вяртаюцца з працы ў начную змену. &lt;…&gt; Я ведаю выпадкі, калі людзей затрымлівалі ні за што і праяўлялі залішнюю жорсткасць — не трэба так рабіць», - сказаў Удовін у звароце.
 Па паведамленні СМІ , усе пяцёра былі затрыманыя ў пачатку лютага 2024 года.</t>
   </si>
   <si>
     <t>Вырак суда 03.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Іван Іванавіч Каваленка</t>
-[...21 lines deleted...]
-    <t>2023-07-24 19:06:47</t>
+    <t>Уладзімір Уладзіміравіч Нікіцін</t>
+  </si>
+  <si>
+    <t>23 лістапада 1977</t>
+  </si>
+  <si>
+    <t>Уладзімір праводзіў трэнінгі і адукацыйныя курсы па фінансавым менеджменце для кампаній. Апошняе вядомае месца працы – фінансавы кантралёр у Belkanton Group, буйной кампаніі па распаўсюджванні канцылярскіх тавараў, якая, апроч іншага, валодае сеткай крам Afiston і часопісам Office Life. Мяркуючы па Linkedin, Уладзімір звольніўся не пазней за ліпень 2023 года. Як мяркуецца, яго затрымалі пасля вяртання ў Беларусь пасля адпачынку. Дзейнасць ІП была прыпынена 5 лістапада 2023 года.
+Уладзіміра чакае дома сын (12 год).
+19.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.05.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.07.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-24 22:55:43</t>
   </si>
   <si>
     <t>Аляксандр Генадзьевіч Канаш</t>
   </si>
   <si>
-    <t>24 лістапада 1999</t>
+    <t>24 лістапада 2001</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
   </si>
   <si>
     <t>Уладзімір Мікалаевіч Раманоўскі</t>
   </si>
   <si>
     <t>25 лістапада 1975</t>
   </si>
   <si>
     <t>З прычыны закрытасці судовага працэсу сутнасць справы пакуль невядомая. Вядома толькі, што Уладзіміра Раманоўскага затрымлівалі ў Бабруйску падчас акцыі "кармлення галубоў" 9 мая 2020 года. Тады амапаўцы затрымалі ў горадзе каля 15 чалавек.
 Паводле прысуду , зараз Раманоўскі прызнаны вінаватым у публічнай абразе Лукашэнкі ў сацыяльных сетках і яму прызначанае пакаранне ў выглядзе пазбаўлення волі.
 06.02.2024 адбыўся разгляд апеляцыйнай скаргі суда, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>2 гады пазбаўлення свабоды ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-11-14 19:10:00</t>
   </si>
   <si>
     <t>Андрэй Віктаравіч Ярашэвіч</t>
   </si>
   <si>
     <t>25 лістапада 1983</t>
   </si>
   <si>
     <t>2025-09-23 14:58:07</t>
   </si>
   <si>
     <t>Яўген Сямёнавіч Кладоў</t>
   </si>
   <si>
     <t>26 лістапада 1982</t>
   </si>
   <si>
     <t>Па матэрыялах абвінавачання, Яўген скарбаў у сацыяльнай сетцы «Аднакласнікі» на сцяне профіля, даступнай для прагляду іншым карыстачам, " разлічваючы на наступнае ўспрыманне іншымі асобамі абразлівай інфармацыі «ўсведамляючы публічны і зневажальны характар сваёй публікацыі, наўмысна размясціў малюнак, супярэчнае агульначалавечай маралі , прынятым у грамадстве, тым самым публічна наўмысна прынізіў гонар і годнасць асобы Лукашэнкі ў сувязі з ажыццяўленнем ім сваіх паўнамоцтваў, выяўленае ў непрыстойнай форме».
 У справе - два аналагічныя эпізоды.
 У судовым паседжанні скарбаў фактычна віну не прызнаў і паказаў, што ён на сваёй старонцы выпадкова ў адкрытым доступе для ўсіх карыстальнікаў размясціў прагледжаныя ім у сетцы Інтэрнэт раней карцінкі з выявай Лукашэнкі. зрабіў гэта ён ненаўмысна, не ведаў, што гэтыя выявы захаваюцца ў стужцы яго старонкі , пасля яго адзнакі "клас".
 12.07.2024 стала вядома, што Яўгена ўнеслі ў пералік фізічных асоб, якія маюць дачыненне да тэрарыстычнай дзейнасці, як абвінавачанага па яшчэ трох артыкулах: арт.130, 361 і 293 КК РБ. Відаць, Яўгену прад'явілі новае абвінавачанне.</t>
   </si>
   <si>
     <t>1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
-    <t>Сяргей Віктаравіч Ляхновіч</t>
-[...42 lines deleted...]
-  <si>
     <t>Андрэй Віктаравіч Кудзік</t>
   </si>
   <si>
     <t>27 лістапада 1984</t>
   </si>
   <si>
     <t>Вілейскі актывіст. З 9 жніўня 2021 года яго ўтрымлівалі на "сутках" у ізалятарах Смалявіч і Вілейкі. 20.10.2021 стала вядома , што ён змешчаны ў ІЧУ на Акрэсціна і супраць яго ўзбуджана крымінальная справа.
 18.07.2023 года вызвалены поўнасцю адбыўшы тэрмін пакарання, прызначаны судом.
 15 лютага 2024 г. актывіст перастаў выходзіць на сувязь. Пазней стала вядома , што Кудзік знаходзіцца ў мясцовым ІЧУ, дзе адбывае 15 сутак адміністрацыйнага арышту. Але на волю па сканчэнні тэрміна ён не выйшаў - яго затрымалі ў рамках крымінальнай справы.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>4 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму</t>
   </si>
   <si>
     <t>2021-10-20 18:14:57</t>
   </si>
   <si>
-    <t>Генадзь Станіслававіч Саўрыцкі</t>
-[...43 lines deleted...]
-    <t>2022-11-28 23:42:54</t>
+    <t>Ілля Уладзіміравіч Сабко</t>
+  </si>
+  <si>
+    <t>27 лістапада 1995</t>
+  </si>
+  <si>
+    <t>Паводле паведамлення суда, сутнасць абвінавачання супраць усіх заключалася ў тым, што людзі 10 жніўня 2020 года ў Брэсце «выкрыквалі лозунгі, дэманстравалі палотны бел-чырвона-белага колеру, выходзілі на праезную частку» . Гэтым яны нібыта груба парушалі грамадскі парадак.</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.09.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.11.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-28 20:19:30</t>
+  </si>
+  <si>
+    <t>Сяргей Віктаравіч Ляхновіч</t>
+  </si>
+  <si>
+    <t>27 лістапада 1978</t>
+  </si>
+  <si>
+    <t>Дырэктар лагістычнай кампаніі. Судзяць за атаку на сайт БДМУ восенню 2020 года. 
+«Ведаць не ведаю! Ды ліхтара мне, судзяць — правільна судзяць, і ведаць не хачу!», — сказаў бацька Сяргея, Віктар Ляхновіч.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.03.2022: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.06.2022: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-03-18 19:47:24</t>
   </si>
   <si>
     <t>Артур Андрэевіч Радзівановіч</t>
   </si>
   <si>
     <t>28 лістапада 1992</t>
   </si>
   <si>
     <t>Следства ўстанавіла, што Артур Радзівановіч "па ўласнай ініцыятыве ўступіў у перапіску з прадстаўнікамі ўзброенага фарміравання "Полк К. Каліноўскага" праз Telegram". У ходзе размовы ён удакладніў парадак і ўмовы залічэння ў полк, а затым спланаваў перасячэнне дзяржаўнай граніцы Рэспублікі Беларусь з Рэспублікай Польшча і далейшы маршрут ва Украіну. Прыбыўшы 30 снежня 2023 года на міжнародны пункт пропуску "Брэст" для накіравання ва Украіну праз тэрыторыю Польшчы, абвінавачаны быў затрыманы супрацоўнікамі органаў унутраных спраў.</t>
   </si>
   <si>
     <t>Вырак суда 22.05.2024: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 06.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-05-02 19:10:11</t>
-  </si>
-[...15 lines deleted...]
-    <t>2023-12-22 01:24:42</t>
   </si>
   <si>
     <t>Сяргей Сяргеевіч Пляшкун</t>
   </si>
   <si>
     <t>28 лістапада 1987</t>
   </si>
   <si>
     <t>17 сакавіка КДБ паведаміў пра затрыманне групы беларусаў, якія рыхтавалі тэракт супраць расейскіх войскаў у Мазырскім раёне.
 Згодна з матэрыяламі справы, у перыяд са жніўня 2020 года па люты 2022 года Пляшкун і Сельвіч набылі кампаненты для вырабу «кактэйляў Молатава» і піратэхнічны выраб, якія захоўвалі і перавозілі ў розных транспартных сродках і месцах з мэтай іх наступнага выкарыстання пры здзяйсненні акту тэрарызму, нападзе на будынкі, установы, транспартныя сродкі, а таксама супрацоўнікаў праваахоўных органаў.
 Акрамя гэтага, Пляшкун нібыта сам вырабіў «кактэйлі Молатава» і сумесна з Сельвічам падрыхтаваліся да наўмыснага прывядзення ў непрыдатнасць транспартных сродкаў і шляхоў зносін, што магло пацягнуць смерць чалавека, крушэнне або аварыю.
 У Сяргея Пяшкуна двое малалетніх дзяцей.</t>
   </si>
   <si>
     <t>16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
-    <t>Ігар Пятровіч Сімашковіч</t>
-[...8 lines deleted...]
-    <t>2025-03-29 01:26:41</t>
+    <t>Георгій Адамовіч Чарэвака</t>
+  </si>
+  <si>
+    <t>28 лістапада 1968</t>
+  </si>
+  <si>
+    <t>Георгія Чараваку затрымалі ў жніўні пры вяртанні з ЗША. Асудзілі за данат у 21,29 даляра, які ён адправіў са свайго акаўнта PayPal у падтрымку Палка Каліноўскага. Да акаўнта была прывязана беларуская карта, з якой спісаліся сродкі. Улады палічылі гэта наўмыснымі дзеяннямі "з мэтай фінансавання дзейнасці па вярбоўцы, навучанні, іншай падрыхтоўцы" асоб да ўзброенага канфлікту ва Украіне.
+На судзе ён распавёў, што добраахвотна паведаміў супрацоўнікам, што затрымалі яго, што ён падпісаны на шматлікія «экстрэмісцкія» тэлеграм-каналы, прызнаўся, што зрабіў перавод на рахунак Палка Каліноўскага.
+Ён жа ўласнаручна даў супрацоўнікам паролі для ўваходу ў плацежную сістэму. Ён расказаў, што зрабіў донат, бо спадзяваўся, што гэтыя сродкі накіруюць на закупку касак, бронекамізэлек, медыкаментаў, аднак разумеў, што імі скарыстаюцца па сваім разуменні і, у тым ліку, купяць на іх зброю і боепрыпасы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.12.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-12-22 01:24:42</t>
+  </si>
+  <si>
+    <t>Артур Уладзіміравіч Пядзько</t>
+  </si>
+  <si>
+    <t>28 лістапада 1979</t>
+  </si>
+  <si>
+    <t>Доўгі час Артур працаваў у энергасетках — спачатку інжынерам на "Белэнергасетцыпраекце", а пасля ў "Мінскэнерга".  Артура абвінавачваюць у перадачы персанальных дадзеных больш за 500 службовых асоб тэлеграм-каналам.</t>
+  </si>
+  <si>
+    <t>2022-11-28 23:42:54</t>
+  </si>
+  <si>
+    <t>Генадзь Станіслававіч Саўрыцкі</t>
+  </si>
+  <si>
+    <t>28 лістапада 1963</t>
+  </si>
+  <si>
+    <t>Прадпрымальнік. Яго бізнэс - АТ "Анастан", буйная кампанія, якая займаецца вытворчасцю пенапласту.
+Нагодай для крымінальнай справы стаў створаны сям'ёй відэаролік летам 2020 года з заклікам спыніць гвалт. Генадзь на судзе распавёў, што ў адзін з дзён лета 2020 года, на эмоцыях ад убачаных у інтэрнэце звестак аб ужытым з боку супрацоўнікаў гвалту ў дачыненні да пратэстоўцаў, вырашыў запісаць відэазапіс са зваротам да супрацоўнікаў з заклікам да абгрунтаванага прымянення сілы. Прыдумаў тэкст выступу, пасля чаго папрасіў сваю дачку яго прачытаць. Таксама ён папрасіў жонку выказацца аб выбарах. У гэты ж дзень ён выказаў на відэа пажаданні аб далейшым лёсе краіны, у канцы свайго выступу таксама паказаў сімвал у выглядзе сэрца. Пасля гэтага ён знайшоў у інтэрнэце відэаролікі і змантаваў відэа. У гэты ж дзень адправіў яго некалькім сваім знаёмым і сваякам.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.11.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:09:18</t>
+  </si>
+  <si>
+    <t>Сяргей Леанідавіч Цвікевіч</t>
+  </si>
+  <si>
+    <t>29 лістапада 1980</t>
+  </si>
+  <si>
+    <t>Мужчына ўсё жыццё займаўся бізнэсам. У 2002 годзе ён адкрыў першую ІП. Адна са сфер дзейнасці ІП - «здача нерухомасці». У апошні час Цвікевіч быў дырэктарам ва ўласнай фірме.
+У Сяргея двое непаўналетніх сыноў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.10.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-11-24 22:01:29</t>
+  </si>
+  <si>
+    <t>Мікалай Іванавіч Галалюк</t>
+  </si>
+  <si>
+    <t>29 лістапада 1992</t>
+  </si>
+  <si>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.01.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-01-02 18:07:24</t>
   </si>
   <si>
     <t>Яўген Аляксеевіч Верхаводкін</t>
   </si>
   <si>
     <t>29 лістапада 1988</t>
   </si>
   <si>
     <t>Па справе адбылося не менш за дзевяць судовых пасяджэнняў. На судзе было шмат сведкаў, якія давалі паказанні супраць яго. Яўгена абвінавацілі ў тым, што ён, адмініструючы канал, заклікаў выходзіць беларусаў на акцыі пратэсту, рэдагаваў пасады і г.д.
 21.11.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 27.07.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 21.11.2023: невядома.</t>
   </si>
   <si>
     <t>2022-12-26 20:32:52</t>
   </si>
   <si>
-    <t>Сяргей Леанідавіч Цвікевіч</t>
-[...23 lines deleted...]
-  <si>
     <t>Аляксандр Станіслававіч Данілевіч</t>
   </si>
   <si>
     <t>30 лістапада 1974</t>
   </si>
   <si>
     <t>Адвакат. Спецыялізуецца на прадстаўленні інтарэсаў кліентаў у міжнародным камерцыйным арбітражы. Шматдзетны бацька.
 Незадоўга да затрымання ён падпісаў антываенны зварот адвакатаў і юрыстаў датычна дзеянняў ва Украіне. Адразу пасля падпісання ліста супраць вайны ў Данілевіча пачаліся праблемы ў адвакатуры - завялі дысцыплінарную вытворчасць. Таксама яго звольнілі з БДУ, дзе ён больш за 20 год выкладаў на факультэце міжнародных адносін. Суд прызначыў 10 гадоў пазбаўлення волі ў папраўчай калоніі строгага рэжыму. Аднак пасля апеляцыі тэрмін скарацілі да 6 гадоў.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў папраўчай калоніі строгага рэжыму.</t>
   </si>
   <si>
     <t>2022-06-17 23:18:52</t>
+  </si>
+  <si>
+    <t>Васіль Вадзімавіч Бачко</t>
+  </si>
+  <si>
+    <t>30 лістапада 1996</t>
+  </si>
+  <si>
+    <t>2025-08-18 23:08:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1737,51 +1622,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I86"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1836,2346 +1721,2166 @@
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
       <c r="D4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>58</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
         <v>73</v>
-      </c>
-[...16 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="I14" t="s">
         <v>78</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" t="s">
         <v>80</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
         <v>81</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>83</v>
+      </c>
+      <c r="B16" t="s">
+        <v>84</v>
+      </c>
+      <c r="C16" t="s">
         <v>85</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>86</v>
       </c>
-      <c r="C16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>92</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>93</v>
       </c>
       <c r="I17" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>95</v>
       </c>
       <c r="B18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>98</v>
       </c>
       <c r="I18" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>100</v>
       </c>
       <c r="B19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C20" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>109</v>
       </c>
       <c r="I20" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>111</v>
       </c>
       <c r="B21" t="s">
         <v>112</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>113</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>115</v>
+      </c>
+      <c r="B22" t="s">
         <v>116</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>117</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>119</v>
       </c>
       <c r="I22" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>121</v>
       </c>
       <c r="B23" t="s">
         <v>122</v>
       </c>
       <c r="C23" t="s">
         <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>124</v>
       </c>
       <c r="I23" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>126</v>
       </c>
       <c r="B24" t="s">
         <v>127</v>
       </c>
       <c r="C24" t="s">
         <v>128</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
+        <v>86</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>129</v>
       </c>
-      <c r="F24" t="s">
-[...5 lines deleted...]
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>131</v>
+      </c>
+      <c r="B25" t="s">
         <v>132</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>134</v>
       </c>
       <c r="I25" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>136</v>
       </c>
       <c r="B26" t="s">
         <v>137</v>
       </c>
       <c r="C26" t="s">
         <v>138</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>139</v>
       </c>
       <c r="I26" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>141</v>
       </c>
       <c r="B27" t="s">
         <v>142</v>
       </c>
       <c r="C27" t="s">
         <v>143</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E27" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="I27" t="s">
         <v>144</v>
-      </c>
-[...10 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>145</v>
+      </c>
+      <c r="B28" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>82</v>
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>148</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>150</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>61</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>153</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>155</v>
+      </c>
+      <c r="B30" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
         <v>158</v>
       </c>
-      <c r="C30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>159</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>161</v>
+      </c>
+      <c r="B31" t="s">
+        <v>156</v>
+      </c>
+      <c r="C31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>86</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
+        <v>166</v>
+      </c>
+      <c r="C32" t="s">
         <v>167</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>168</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>169</v>
-      </c>
-[...16 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>170</v>
+      </c>
+      <c r="B33" t="s">
+        <v>171</v>
+      </c>
+      <c r="C33" t="s">
         <v>172</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>61</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>173</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>175</v>
+      </c>
+      <c r="B34" t="s">
+        <v>176</v>
+      </c>
+      <c r="C34" t="s">
         <v>177</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>158</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>178</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>179</v>
-      </c>
-[...16 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>180</v>
+      </c>
+      <c r="B35" t="s">
+        <v>181</v>
+      </c>
+      <c r="C35" t="s">
         <v>182</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>183</v>
       </c>
-      <c r="C35" t="s">
+      <c r="I35" t="s">
         <v>184</v>
-      </c>
-[...16 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
         <v>187</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>188</v>
       </c>
-      <c r="C36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>189</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>191</v>
+      </c>
+      <c r="B37" t="s">
         <v>192</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>193</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>194</v>
       </c>
-      <c r="D37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>195</v>
       </c>
       <c r="I37" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>197</v>
       </c>
       <c r="B38" t="s">
         <v>198</v>
       </c>
       <c r="C38" t="s">
         <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B39" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
-      <c r="E39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>210</v>
       </c>
       <c r="I40" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>212</v>
       </c>
       <c r="B41" t="s">
         <v>213</v>
       </c>
       <c r="C41" t="s">
         <v>214</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
+        <v>43</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>215</v>
       </c>
-      <c r="F41" t="s">
+      <c r="I41" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>217</v>
+      </c>
+      <c r="B42" t="s">
+        <v>218</v>
+      </c>
+      <c r="C42" t="s">
         <v>219</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>61</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>220</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>221</v>
-      </c>
-[...16 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>222</v>
+      </c>
+      <c r="B43" t="s">
+        <v>223</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
+        <v>224</v>
+      </c>
+      <c r="I43" t="s">
         <v>225</v>
-      </c>
-[...22 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B44" t="s">
-        <v>232</v>
+        <v>227</v>
+      </c>
+      <c r="C44" t="s">
+        <v>228</v>
       </c>
       <c r="D44" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="I44" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="B45" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="C45" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="H45" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="I45" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>236</v>
+      </c>
+      <c r="B46" t="s">
+        <v>237</v>
+      </c>
+      <c r="C46" t="s">
+        <v>238</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>61</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
+        <v>239</v>
+      </c>
+      <c r="I46" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>241</v>
+      </c>
+      <c r="B47" t="s">
+        <v>242</v>
+      </c>
+      <c r="C47" t="s">
+        <v>243</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>244</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
+        <v>248</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
         <v>249</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B49" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>257</v>
+        <v>81</v>
       </c>
       <c r="I49" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C50" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
+      <c r="E50" t="s">
+        <v>37</v>
+      </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>260</v>
+      </c>
+      <c r="C51" t="s">
+        <v>261</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>228</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="I51" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B52" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
+      <c r="E52" t="s">
+        <v>97</v>
+      </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>271</v>
+        <v>244</v>
       </c>
       <c r="I52" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="B53" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="C53" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="I53" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="C54" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>52</v>
+        <v>158</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="I54" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="B55" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="C55" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="I55" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="B56" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="C56" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>58</v>
+        <v>284</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="I56" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>92</v>
+        <v>21</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>296</v>
+        <v>98</v>
       </c>
       <c r="I57" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B58" t="s">
-        <v>299</v>
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
+        <v>292</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>21</v>
+        <v>200</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="I58" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="B59" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C59" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="I59" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="B60" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="C60" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>310</v>
+        <v>200</v>
       </c>
       <c r="F60" t="s">
-        <v>216</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="I60" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="B61" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="I61" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="B62" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="C62" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="I62" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="B63" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="C63" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>222</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="I63" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="B64" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="H64" t="s">
-        <v>330</v>
+        <v>32</v>
       </c>
       <c r="I64" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="B65" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="C65" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
+      <c r="E65" t="s">
+        <v>61</v>
+      </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="I65" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="B66" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
+      <c r="E66" t="s">
+        <v>97</v>
+      </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="B67" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="C67" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>336</v>
+      </c>
+      <c r="C68" t="s">
+        <v>337</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
+      <c r="E68" t="s">
+        <v>338</v>
+      </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>31</v>
+        <v>339</v>
       </c>
       <c r="I68" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="B69" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="C69" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="I69" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="B70" t="s">
-        <v>354</v>
+        <v>347</v>
+      </c>
+      <c r="C70" t="s">
+        <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>150</v>
+        <v>37</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
+      <c r="H70" t="s">
+        <v>349</v>
+      </c>
       <c r="I70" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B71" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C71" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
+      <c r="E71" t="s">
+        <v>61</v>
+      </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="I71" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B72" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C72" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="I72" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B73" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C73" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
+      <c r="E73" t="s">
+        <v>37</v>
+      </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B74" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C74" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>300</v>
+        <v>239</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="C75" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>378</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="I75" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="B76" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="C76" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="I76" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="B77" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>144</v>
+        <v>382</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="I77" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="B78" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="C78" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>257</v>
+        <v>388</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>244</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
-[...158 lines deleted...]
-        <v>431</v>
+        <v>397</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">