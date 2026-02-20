--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,151 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="414">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
   </si>
   <si>
+    <t>Яўген Алегавіч Дзяменеў</t>
+  </si>
+  <si>
+    <t>1 кастрычніка 1988</t>
+  </si>
+  <si>
+    <t>Мужчынскі</t>
+  </si>
+  <si>
+    <t>У зняволенні</t>
+  </si>
+  <si>
+    <t>Так</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.11.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:29:44</t>
+  </si>
+  <si>
     <t>Алег Уладзіміравіч Кульпановіч</t>
   </si>
   <si>
     <t>1 кастрычніка 1965</t>
   </si>
   <si>
     <t>Алег быў затрыманы за каментары ў сацыяльных сетках у Мінскай вобласці, аграгарадок Калодзішчы</t>
   </si>
   <si>
-    <t>Мужчынскі</t>
-[...1 lines deleted...]
-  <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
-    <t>У зняволенні</t>
-[...4 lines deleted...]
-  <si>
     <t>Вырак суда 17.06.2025: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-10-30 17:01:45</t>
-  </si>
-[...45 lines deleted...]
-    <t>2022-11-03 21:04:56</t>
   </si>
   <si>
     <t>Павел Валер'евіч Макаранка</t>
   </si>
   <si>
     <t>3 кастрычніка 1980</t>
   </si>
   <si>
     <t>Мужчына не прызнаў віну. Акрамя тэрміну зняволення, суддзя пастанавіла канфіскаваць у даход дзяржавы мабільны тэлефон Макаранкі, які быў выкарыстаны "як сродак учынення злачынства".
 Вядома, што апеляцыя адбылася 7 траўня 2024 года: яна пакінула прысуд у сіле.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>Вырак суда 07.03.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.05.2024: невядома.</t>
   </si>
   <si>
     <t>2024-05-23 21:33:52</t>
   </si>
   <si>
     <t>Сяргей Фёдаравіч Петрушэнка</t>
   </si>
   <si>
     <t>4 кастрычніка 1986</t>
@@ -169,497 +134,491 @@
     <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
   </si>
   <si>
     <t>Вырак суда 03.08.2022: 6 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, пазбаўленне права займаць пэўныя пасады або займацца пэўнай дзейнасцю. Апеляцыя 14.10.2022: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-06-11 20:30:00</t>
   </si>
   <si>
     <t>Юры Алегавіч Залатухін</t>
   </si>
   <si>
     <t>4 кастрычніка 1989</t>
   </si>
   <si>
     <t>Верагодна, Юрыя затрымалі напрыканцы верасня 2024 года. Тады яго асудзілі па арт. 19.11 КаАП (распаўсюджванне экстрэмісцкіх матэрыялаў). Праз 15 сутак зноў адбыўся суд па гэтым самым артыкуле, таму, хутчэй за ўсё, яму двойчы прызначалі арышт, пасля чаго перазатрымалі ў межах крымінальнай справы.
 Мяркуючы па сацсетках, жонка Юрыя - украінка. Вядома, што Юры некаторы час працаваў на будоўлі, але інфармацыі пра ягонае апошняе месца працы няма.</t>
   </si>
   <si>
     <t>Вырак суда 25.02.2025: невядома.</t>
   </si>
   <si>
     <t>2025-01-27 15:48:38</t>
   </si>
   <si>
-    <t>Сяргей Пятровіч Паўлавіцкі</t>
-[...11 lines deleted...]
-    <t>2024-09-09 20:10:37</t>
+    <t>Раман Анатольевіч Канцавы</t>
+  </si>
+  <si>
+    <t>4 кастрычніка 1975</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-25 16:40:11</t>
+  </si>
+  <si>
+    <t>Пётр Мікалаевіч Ярмашук</t>
+  </si>
+  <si>
+    <t>4 кастрычніка 1987</t>
+  </si>
+  <si>
+    <t>Ярмошука ўпершыню па гэтай справе затрымалі 23 сакавіка 2023 года, пратрымалі трое сутак. Затым адпусцілі, але ўжо 11 чэрвеня 2023 г. зноў затрымалі і ўзялі пад варту.
+Паводле абвінавачання, Ярмашук 1 сакавіка 2022 г запампаваў з сайта ItArmy of Ukraine некалькі файлаў, якія дазваляюць праводзіць DDoS-напады. Затым "не менш за 8 разоў" запускаў на сваім кампутары праграму, з-за чаго "парушалася сістэма абароны ад DDoS-атак" і "была парушана праца неўстаноўленых інтэрнэт-рэсурсаў Расійскай Федэрацыі". Такім чынам, на думку дзяржабвінавачання, Ярмашук "выкарыстаў шкоднасныя патэнцыйна небяспечныя праграмы". Таксама 19 жніўня 2020 г. Ярмашук праз Facebook перавёў каля 60 $ ініцыятыве BySOL. Праз 7 месяцаў (12 сакавіка 2021) беларускія ўлады прызналі фонд BySOL «экстрэмісцкім фармаваннем». Той факт, што на момант пераводу грошай BySOL не быў «экстрэмісцкім фармаваннем», дзяржабвінавачанне не бянтэжыць.
+12.01.2024 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
+    <t>4 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-11-21 13:11:16</t>
+  </si>
+  <si>
+    <t>Таццяна Фёдараўна Стасева</t>
+  </si>
+  <si>
+    <t>6 кастрычніка 1966</t>
+  </si>
+  <si>
+    <t>Жаночы</t>
+  </si>
+  <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Яўген Іванавіч Грук</t>
   </si>
   <si>
     <t>6 кастрычніка 1991</t>
   </si>
   <si>
     <t>Паводле звестак КДБ, Яўгена Грука і Віктара Яскіча асудзілі па арт. 289 КК (акт тэрарызму) і арт. 295 КК (незаконныя дзеянні ў адносінах да агнястрэльнай зброі, боепрыпасаў і выбуховых рэчываў). Аб іх затрыманні стала вядома ў пачатку красавіка 2024 года з сюжэту АНТ. Як сцвярджалі прапагандысты, сілавікі затрымалі як мінімум 12 чалавек, сярод якіх Грук і Яскіч, абвінавачаныя ў кантрабандзе ўзрыўчаткі і планаванні тэрактаў. Па словах аўтара сюжэту, Грук быў інфарматарам СБУ: фатаграфаваў ваенную тэхніку і скідаў яе каардынаты. Пасля Груку далі каманду забраць узрыўчатку са схованкі. Да схованкі мужчыну падвёз Яскіч. Пасля яны абодва павінны былі раскласці ўзрыўчатку са схованкі ў новыя схованкі. У сюжэце не тлумачаць логіку такіх дзеянняў. Разам з Яўгенам была затрыманая і ягоная жонка — Лідзія Грук, але яе лёс невядомы. Аўтары сюжэту казалі, што ў сям'і засталіся чацвёра малалетніх дзяцей.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 24 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-09-09 15:11:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Яўген Генрыхавіч Блахінскі</t>
   </si>
   <si>
     <t>6 кастрычніка 1997</t>
   </si>
   <si>
     <t>Яўгена затрымалі 18 студзеня 2022 года, калі ён прыехаў у Гродна з Нямеччыны.
 На камеру сілавікам Яўген сказаў, што ў 2020-м годзе знаходзіўся ў чатах, прызнаных экстрэмісцкімі, дзе заклікаў да масавых беспарадкаў, забойстваў міліцыі, спальвання «Табакерак».
 Яўген мае сям'ю ў Даніі.</t>
   </si>
   <si>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
+  </si>
+  <si>
     <t>Вырак суда 04.05.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-05-02 14:33:00</t>
   </si>
   <si>
-    <t>Вадзім Аляксандравіч Жукоўскі</t>
-[...13 lines deleted...]
-    <t>2025-07-01 11:35:46</t>
+    <t>Аляксандр Уладзіміравіч Зайцаў</t>
+  </si>
+  <si>
+    <t>8 кастрычніка 1982</t>
+  </si>
+  <si>
+    <t>Затрыманы 22 жніўня 2021 года каля дачы старшыні Вярхоўнага суда РБ Сукала В.А. за спробу падпалу.
+Магчыма, быў справакаваны супрацоўнікам КДБ.</t>
+  </si>
+  <si>
+    <t>10 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-12-22 19:23:43</t>
   </si>
   <si>
     <t>Андрэй Міхайлавіч Бакурэнка</t>
   </si>
   <si>
     <t>8 кастрычніка 1981</t>
   </si>
   <si>
     <t>Затрыманы ў 2025 годзе па палітычных матывах.
 У кастрычніку 2020 года чацвёра афіцэраў запасу звярнуліся да вайскоўцаў сілавых ведамстваў: заклікалі задумацца, не губляць гонар і абараняць народ. У запісе прынялі ўдзел афіцэры запасу маёр Андрэй Дзічка, падпалкоўнік Сяргей Бендзь, падпалкоўнік Сяргей Шпак і маёр Андрэй Бакурэнка .</t>
   </si>
   <si>
-    <t>Вырак суда 21.10.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу.</t>
+    <t>Вырак суда 21.10.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 31.12.2025: адпраўлена на перагляд.</t>
   </si>
   <si>
     <t>2025-11-03 13:49:43</t>
-  </si>
-[...30 lines deleted...]
-    <t>2023-05-10 22:56:00</t>
   </si>
   <si>
     <t>Вадзім Андрэевіч Пацэнка</t>
   </si>
   <si>
     <t>9 кастрычніка 2000</t>
   </si>
   <si>
     <t>Хлопцу 22 гады, родам ён са Свіслачы, мястэчка ў Гродзенскай вобласці. Служыў у войску, а пасля пераехаў жыць у Гродна. Займаўся спортам, напрыклад, прадстаўляў родны горад на юніёрскім спартыўным мнагабор'і.
 Зараз хлопца затрыманы і змешчаны ў СІЗА . Яго абвінавачваюць у падрыхтоўцы да акту тэрарызму.
 Па легендзе КДБ, агучанай у праўладным фільме на АНТ, павінен быў здзейсніць дыверсію ў Гродне.
 На кадрах допыту ён кажа, што яму нібыта паставілі задачу падарваць нафтабазу з дапамогай робата са сваёй нагі і выбухоўкі.
 28.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
   </si>
   <si>
     <t>21 год пазбаўлення волі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2023-04-06 14:47:36</t>
   </si>
   <si>
+    <t>Віктар Ягоравіч Купрык</t>
+  </si>
+  <si>
+    <t>9 кастрычніка 1962</t>
+  </si>
+  <si>
+    <t>Быў асуджаны за тое, што кінуў кактэйль Молатава ў бок сілавікоў падчас акцыі пратэсту, якая прайшла 10 жніўня 2020 года ў Баранавічах.</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.11.2020: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-27 19:14:13</t>
+  </si>
+  <si>
+    <t>Юры Селівестравіч Хлебавец</t>
+  </si>
+  <si>
+    <t>9 кастрычніка 1982</t>
+  </si>
+  <si>
+    <t>Нагодай для крымінальнай справы сталі каментары ў чаце "Гродна 97".
+У кастрычніку 2023 года стала вядома, што ў ВУАТ-39 на Юрыя аказваўся ціск з боку адміністрацыі ўстановы, яму далі 4 спагнанні. 25.10.23 г. суд Крупскага раёна вынес рашэнне аб узмацненні жорсткасці рэжыму. Юрыя з ВУАТ накіравалі адбываць рэшту пакарання ў калонію.</t>
+  </si>
+  <si>
+    <t>1,5 гады абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2023-05-10 22:56:00</t>
+  </si>
+  <si>
     <t>Марэт Ахметаўна Валюк</t>
   </si>
   <si>
     <t>9 кастрычніка 1967</t>
   </si>
   <si>
     <t>Марэт была затрымана ў канцы кастрычніка 2024 года ў Смаргоні. Тады ўсяго пад "зачыстку" ў Смаргоні патрапілі каля 12 чалавек, большасць з іх выйшла на волю пасля "сутак".
 Мае 2-ю непрацоўную групу інваліднасці.</t>
   </si>
   <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
+  </si>
+  <si>
     <t>Вырак суда 14.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-11-12 20:11:39</t>
   </si>
   <si>
-    <t>Віктар Ягоравіч Купрык</t>
-[...14 lines deleted...]
-    <t>2021-02-27 19:14:13</t>
+    <t>Раман Сяргеевіч Шчарбакоў</t>
+  </si>
+  <si>
+    <t>11 кастрычніка 1997</t>
+  </si>
+  <si>
+    <t>18.07.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>невядома гадоў пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2023-07-12 16:30:13</t>
+  </si>
+  <si>
+    <t>Сяргей Васільевіч Гуня</t>
+  </si>
+  <si>
+    <t>11 кастрычніка 2001</t>
+  </si>
+  <si>
+    <t>11.08.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>7 гадоў пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2023-05-20 00:59:23</t>
+  </si>
+  <si>
+    <t>Аляксандр Анатольевіч Ганчароў</t>
+  </si>
+  <si>
+    <t>11 кастрычніка 1973</t>
+  </si>
+  <si>
+    <t>Паводле матэрыялаў абвінавачання , Аляксандр Ганчароў праз банкаўскі перавод перавёў грашовыя сродкі на фінансаванне дзейнасці “палка імя Кастуся Каліноўскага”.</t>
+  </si>
+  <si>
+    <t>Вырак суда 01.12.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-12-04 02:34:04</t>
   </si>
   <si>
     <t>Сяргей Рыгоравіч Нікіцін</t>
   </si>
   <si>
     <t>11 кастрычніка 1975</t>
   </si>
   <si>
     <t>Ваеннаслужачы (магчыма, і КДБ).
 14.10.2022 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
-    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
-[...1 lines deleted...]
-  <si>
     <t>6 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-06-29 15:22:35</t>
   </si>
   <si>
-    <t>Сяргей Васільевіч Гуня</t>
-[...43 lines deleted...]
-  <si>
     <t>Аляксандр Сяргеевіч Баркун</t>
   </si>
   <si>
     <t>11 кастрычніка 1978</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>Вырак суда 05.09.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-08-19 19:22:20</t>
+  </si>
+  <si>
+    <t>Зміцер Іванавіч Іванчыкаў</t>
+  </si>
+  <si>
+    <t>11 кастрычніка 1991</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.01.2025: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:40:52</t>
   </si>
   <si>
     <t>Ягор Аляксандравіч Дуднікаў</t>
   </si>
   <si>
     <t>11 кастрычніка 2000</t>
   </si>
   <si>
     <t>Ягор, грамадзянін Расіі, быў затрыманы 4 траўня 2021 года супрацоўнікамі ГУБАЗіКа на здымнай кватэры пасля ператрусу і падвергся жорсткаму збіццю. Цягам сямі месяцаў яго ўтрымлівалі ў СІЗА па абвінавачанні ў «арганізацыі дзеянняў, якія груба парушаюць грамадскі парадак» — за агучванне відэаролікаў і аўдыёпаведамленняў у тэлеграм-канале «АГСБ». Аднак у снежні таго ж года яго асудзілі па артыкулах «распальванне варожасці» і «заклікі да дзеянняў, накіраваных на прычыненне шкоды нацыянальнай бяспецы Беларусі», прызначыўшы максімальна магчымы тэрмін пазбаўлення волі.
 У чэрвені 2022 года ўмовы ўтрымання былі ўзмоцнены, і Ягора перавялі на турэмны рэжым.</t>
   </si>
   <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
     <t>Вырак суда 27.12.2021: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 25.02.2022: прысуд пакінуты без змены. Суд па змене рэжыму 15.06.2022: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-05-29 23:01:41</t>
-  </si>
-[...38 lines deleted...]
-    <t>2021-02-26 22:41:35</t>
   </si>
   <si>
     <t>Аляксандр Аляксандравіч Ігнацюк</t>
   </si>
   <si>
     <t>12 кастрычніка 1971</t>
   </si>
   <si>
     <t>Журналіст-фрылансер з Пінска, уладальнік сайта і старонкі ў TikTok "пра Столін".
 Аляксандр даўно жыў адзін на Палессі, таму пра яго затрыманне стала вядома выпадкова. Неабыякавыя людзі занепакоіліся, што ён даўно не выходзіць на сувязь. Аказалася, што Аляксандр змешчаны ў брэсцкае СІЗА-7. паводле неправеранай інфармацыі, яму інкрымінуюць "садзейнічанне экстрэмісцкай дзейнасці".
 Таксама Аляксандр - бацька хлопца, які "разабраў" вадамёт у Мінску на пратэстах 2020.
 Па версіі МУС , мужчына рабіў ролікі з кампраматам, паказваў іх мясцовым прадпрымальнікам і патрабаваў грошы за «маўчанне». Таксама ён нібыта "садзейнічаў дзейнасці экстрэмісцкага тэлеграм-канала, адміністратары якога знаходзяцца за мяжой».
 28.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 05.04.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.05.2024: невядома.</t>
   </si>
   <si>
     <t>2023-08-10 19:05:31</t>
   </si>
   <si>
+    <t>Аляксандр Сяргеевіч Рэзнік</t>
+  </si>
+  <si>
+    <t>12 кастрычніка 1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аляксандра затрымалі 29 верасня 2020 года па справе аб масавых беспарадках і абвінавацілі ва ўдзеле ў тэлеграм-каналах "радыкальнага кірунку", а таксама ў намеры пашкодзіць або знішчыць тры кіёскі "Табакерка".
+</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:41:35</t>
+  </si>
+  <si>
+    <t>Аляксандр Мікалаевіч Мураўёў</t>
+  </si>
+  <si>
+    <t>13 кастрычніка 1989</t>
+  </si>
+  <si>
+    <t>Аляксандр, кіроўца, быў затрыманы ў лістападзе 2021 года ў межах крымінальнай справы, звязанай з ініцыятывай «Буслы ляцяць». Некаторыя эпізоды абвінавачання тычыліся пашкоджання аўтамабіля суддзі Барысаўскага раёна. У выніку ён быў прыгавораны да працяглага тэрміну пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.09.2022: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.02.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:16:13</t>
+  </si>
+  <si>
+    <t>Вольга Уладзіміраўна Міраненка</t>
+  </si>
+  <si>
+    <t>13 кастрычніка 1970</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:26:29</t>
+  </si>
+  <si>
     <t>Алег Пятровіч Слабуха</t>
   </si>
   <si>
     <t>13 кастрычніка 1986</t>
   </si>
   <si>
     <t>Па адукацыі Алег інжынер. Любіць падарожнічаць і актыўна адпачываць.
 Больш за 10 гадоў Алег займаецца відэаграфіяй. У 2015-м ён адкрыў ІП і працуе на сябе. Алег спецыялізуецца на вясельнай і сямейнай фатаграфіі, але бярэцца і за персанальныя здымкі і сюжэтныя відэа.</t>
   </si>
   <si>
-    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 01.07.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-09-08 00:42:26</t>
-  </si>
-[...37 lines deleted...]
-    <t>2025-08-16 17:46:23</t>
   </si>
   <si>
     <t>Аляксандр Сяргеевіч Сяргееў</t>
   </si>
   <si>
     <t>14 кастрычніка 1985</t>
   </si>
   <si>
     <t>Затрыманы за ўдзел у акцыях пратэсту.
 17.10.2022 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2022-04-28 01:19:45</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-01-23 20:19:33</t>
   </si>
   <si>
     <t>Валянцін Канстанцінавіч Стэфановіч</t>
   </si>
   <si>
     <t>14 кастрычніка 1972</t>
   </si>
   <si>
     <t>Валянцін, сябра Рады “Вясны” і віцэ-прэзідэнт Міжнароднай федэрацыі за правы чалавека (FIDH), з'яўляецца адным з найбольш вядомых экспертаў і аналітыкаў у сферы правоў чалавека. Ён актыўна выступае за недыскрымінацыю і супраць смяротнага пакарання, удзельнічаў у міжнародных канферэнцыях, праваабарончых місіях і назіраннях за выбарамі ў краінах АБСЕ.
 14 ліпеня 2021 года пасля ператрусу ў кватэры яго павезлі на допыт, пасля чаго пакінулі пад арыштам у межах крымінальнай справы па артыкулах "нявыплата падаткаў" і "арганізацыя дзеянняў, якія груба парушаюць грамадскі парадак".
 У верасні 2022 года справа па артыкуле аб нявыплаце падаткаў была спынена, аднак супраць Валянціна вылучылі новыя абвінавачанні — у кантрабандзе і фінансаванні групавых дзеянняў, якія груба парушаюць грамадскі парадак.
 27 кастрычніка 2022 года, падчас 41-га Кангрэса Міжнароднай федэрацыі за правы чалавека (FIDH), Валянцін Стэфановіч быў пераабраны віцэ-прэзідэнтам арганізацыі.
 У сакавіку 2023 года ён быў асуджаны і прыгавораны да пазбаўлення волі, а таксама да выплаты буйной кампенсацыі. У судзе Валянцін сваёй віны не прызнаў.
 Паводле наяўнай інфармацыі, умовы ўтрымання былі ўцяжараныя, і яго перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 03.03.2023: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 3000 базавых велічынь штрафу, прыблізна 188110 рублёў кампенсацыі. Пратэст пракурора 21.04.2023: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-07-16 14:42:08</t>
   </si>
   <si>
+    <t>Мікалай Сяргеевіч Рой</t>
+  </si>
+  <si>
+    <t>14 кастрычніка 1981</t>
+  </si>
+  <si>
+    <t>Мікалай, інжынер-сістэматэхнік і былы супрацоўнік РУП «Белтэлекам», быў затрыманы ў жніўні 2021 года ў рамках крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму». У чэрвені 2023 года яго асудзілі па некалькіх крымінальных артыкулах, прызначыўшы вялікі тэрмін пазбаўлення волі.
+Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група, мэтай якой было здзяйсненне экстрэмісцкіх злачынстваў. У групе ўдзельнічалі радыкальна настроеныя асобы, у тым ліку былыя і дзейныя вайскоўцы, супрацоўнікі сілавых органаў, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам». Гэтая справа звязана з абвінавачваннямі ў спробе падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыі масавых беспарадкаў».</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-01-23 20:19:33</t>
+  </si>
+  <si>
+    <t>Сяргей Канстанцінавіч Рамашоў</t>
+  </si>
+  <si>
+    <t>14 кастрычніка 1960</t>
+  </si>
+  <si>
+    <t>Сяргей працаваў урачом УАЗ-дыягностыкі ў гарадской паліклініцы № 4 Гродна, а таксама ў медыцынскім цэнтры "Расмед". Яго прафесійны стаж - больш за 30 гадоў. Ён вядомы таксама як аматар шахмат - у 2022 годзе стаў пераможцам абласнога шахматнага турніру сярод медработнікаў. Невядомымі пакуль застаецца сутнасць абвінавачанняў і канкрэтны прысуд, вынесены Рамашову. Пакуль ёсць толькі інфармацыя, што яго прыгаварылі да пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-08-16 17:46:23</t>
+  </si>
+  <si>
     <t>Яраслава Валянцінаўна Хромчанкава</t>
   </si>
   <si>
     <t>15 кастрычніка 1997</t>
   </si>
   <si>
     <t>Мае грамадзянства РФ. Была затрыманая 23 красавіка 2025 года, у той самы дзень у яе адбыўся ператрус. Затрымана ў рамках крымінальнай справы аб паведамленнях у бот "Беларускага гаюна ".
 Яраслава родам з Рагачова. У нейкі момант дзяўчына пераехала ў Мазыр-верагодна, адразу пасля заканчэння ўніверсітэта.
 У апошнія гады працавала настаўніцай у вясковай школе. Яна выкладала нямецкую мову ў Майсееўскай базавай школе ў аднайменным невялікім аграгарадку. Была таксама педагогам-арганізатарам.</t>
   </si>
   <si>
     <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
   </si>
   <si>
     <t>Вырак суда 09.09.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.11.2025: невядома.</t>
   </si>
   <si>
     <t>2025-06-08 19:18:36</t>
   </si>
   <si>
     <t>Аляксандр Дзмітрыевіч Камлёнак</t>
   </si>
   <si>
     <t>15 кастрычніка 1981</t>
   </si>
@@ -699,86 +658,50 @@
     <t>Аляксандр, актывіст анархісцкага руху і сябра "Свабоднага прафсаюза", быў затрыманы ў сакавіку 2021 года ў межах крымінальнай справы, узбуджанай супраць анархістаў з Брэсцкай вобласці. Ён быў асуджаны за "ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак", і за "ўдзел у злачыннай арганізацыі". Вядома, што ў аснову абвінавачання лёг эпізод з перакрыццем дарог у Брэсце ў 2018 годзе, калі праходзіў пратэст супраць будаўніцтва завода АКБ.</t>
   </si>
   <si>
     <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
   </si>
   <si>
     <t>Вырак суда 06.09.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены. Вырак суда дата невядомая: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-03-07 16:12:06</t>
   </si>
   <si>
     <t>Анатоль Анатольевіч Мацулевіч</t>
   </si>
   <si>
     <t>16 кастрычніка 1969</t>
   </si>
   <si>
     <t>Асуджаны за стварэнне і адміністраванне тэлеграм-каналу «Полацк Наваполацк Краіна Для Жыцця Чат Свабоду Сяргею Ціханоўскаму».</t>
   </si>
   <si>
     <t>7,5 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-04-21 12:24:10</t>
-  </si>
-[...34 lines deleted...]
-    <t>2022-12-26 18:00:30</t>
   </si>
   <si>
     <t>Вячаслаў Яўгенавіч Ільіч</t>
   </si>
   <si>
     <t>18 кастрычніка 1963</t>
   </si>
   <si>
     <t>Былы намеснік начальніка Жодзінскага ГАУС, узначальваў крымінальную міліцыю і выйшаў у адстаўку ў 2008-м у званні падпалкоўніка. Пасля ён быў дырэктарам Жодзінскага гарадскога цэнтра культуры і забаў.
 У 2020 годзе ён і яшчэ 4 былыя супрацоўнікі Жодзінскага ГАУС запісалі зварот да калег, якія падчас пратэстаў працавалі ў жодзінскай міліцыі, і да ўсіх работнікаў праваахоўных органаў Беларусі.
 Вячаслаў у звароце кажа, што разумее, што супрацоўнікі нясуць службу ў вельмі цяжкіх умовах, але заклікае іх выконваць "службовы абавязак так, як вы хацелі б, каб яго выконвалі [у дачыненні да] вас і вашых блізкіх. Тады вы зможаце глядзець у вочы народу і зараз, падчас службы, і потым, знаходзячыся на заслужаным адпачынку».
 Па паведамленні СМІ , усе пяцёра былі затрыманыя ў пачатку лютага 2024 года.</t>
   </si>
   <si>
     <t>Вырак суда 03.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-01-06 14:36:11</t>
   </si>
   <si>
     <t>Аляксандр Юр'евіч Варонін</t>
   </si>
   <si>
     <t>18 кастрычніка 1985</t>
   </si>
@@ -801,642 +724,666 @@
     <t>працавала галоўным бібліёграфам навукова-даследчага аддзела кнігазнаўства Нацыянальнай бібліятэкі Беларусі да лістапада 2021 года. Затым пайшла ў ІТ.</t>
   </si>
   <si>
     <t>Вырак суда 12.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.11.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-06-17 23:16:24</t>
   </si>
   <si>
     <t>Маргарыта Якаўлеўна Рабіновіч (Ясэпкіна)</t>
   </si>
   <si>
     <t>18 кастрычніка 2002</t>
   </si>
   <si>
     <t>Маргарыта, старэйшая дачка Ціны Палынскай, разам з мамай была затрымана ў канцы траўня 2-25 гады. Абедзьве знаходзяцца пад вартай па крымінальнай справе.
 Падрабязнасці абвінавачання афіцыйна не раскрываюцца. Па ўскосных прыкметах ёсць меркаванне , што справа можа быць звязана з рашэннем КДБ прызнаць «Беларускую аналітычную майстэрню» прафесара Андрэя Вардамацкага экстрэмісцкім фармаваннем. Гэтая арганізацыя праводзіла сацыялагічныя апытанні сярод беларускіх грамадзян. На дадзены момант няма ніякіх пацверджанняў, што Ціна ці яе дачка сапраўды ўдзельнічалі ў даследаваннях БАМ. Але нават калі б такі ўдзел меў месца, ён не парушаў бы закон: на момант магчымага кантакту з майстэрняй яна яшчэ не была прызнана экстрэмісцкім фармаваннем.</t>
   </si>
   <si>
     <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
   </si>
   <si>
     <t>2025-06-04 16:10:13</t>
   </si>
   <si>
+    <t>Аляксандр Валянцінавіч Арановіч</t>
+  </si>
+  <si>
+    <t>19 кастрычніка 1982</t>
+  </si>
+  <si>
+    <t>Член каманды YouTube-канала «Краіна для жыцця», вадзіцель аўтадома, жыў у горадзе Старыя Дарогі Мінскай вобласці.
+Затрыманы падчас пікету па збору падпісаў за Святлану Ціханоўскую ў Гродне 29 мая 2020 года.
+13 ліпеня 2023 г. стала вядома, што палітвязня перавялі на турэмны рэжым тэрмінам на 2 гады. Аляксандру некалькі разоў прапанавалі пісаць заяву на памілаванне, але ён адмовіўся.</t>
+  </si>
+  <si>
+    <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
+  </si>
+  <si>
+    <t>Вырак суда 27.04.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 07.07.2023: 2 гады турэмнага рэжыму. Вырак суда 14.11.2024: 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-25 02:33:36</t>
+  </si>
+  <si>
     <t>Юры Пятровіч Лагадзюк</t>
   </si>
   <si>
     <t>19 кастрычніка 1960</t>
   </si>
   <si>
     <t>Больш за трыццаць гадоў ён працуе трэнерам па настольным тэнісе. Юры - адзіны суддзя міжнароднай катэгорыі па гэтай дысцыпліне ў Брэсцкай вобласці. Раней ён быў членам праўлення Беларускай федэрацыі настольнага тэніса.
 Таксама Лагадзюк вядомы як адзін з найлепшых трэнераў Беларусі па інваспорце. Ён трэніруе людзей з праблемамі апорна-рухальнага апарата. Ягоныя вучні нярэдка перамагаюць на чэмпіянатах як у Беларусі, так і ў іншых краінах. Мужчына дапамог сотням людзей з інваліднасцю жыць звычайным жыццём.
 Судзяць яго за "садзейнічанне экстрэмісцкай дзейнасці". Гэта можа быць як каментар «няправільнаму» рэсурсу, так і, напрыклад, перавод грошай палітвязню.</t>
   </si>
   <si>
     <t>Вырак суда 25.07.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 11.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-17 19:38:44</t>
   </si>
   <si>
-    <t>Аляксандр Валянцінавіч Арановіч</t>
-[...18 lines deleted...]
-  <si>
     <t>Аляксей Юр'евіч Мельнікаў</t>
   </si>
   <si>
     <t>20 кастрычніка 1993</t>
   </si>
   <si>
     <t>Аляксей быў затрыманы і асуджаны за захоўванне зброі і меркаваную падрыхтоўку да масавых беспарадкаў з яе выкарыстаннем. У інтэрв'ю ён заявіў, што прызнаў віну толькі ў захоўванні зброі і не разумее, чаму суд адбываўся ў закрытым рэжыме. Абвінавачанне ў падрыхтоўцы беспарадкаў Аляксей назваў "паляваннем на ведзьмаў".
 У канцы снежня 2021 года стала вядома аб узмацненні жорсткасці пакарання для Аляксея і яго пераводзе на турэмны рэжым.
 Зімой 2024 года над палітвязнем адбыўся суд па новай крымінальнай справе за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы". Па дадзеным артыкуле судзяць зняволеных, якія адмаўляюцца ад супрацоўніцтва з адміністрацыяй, за выдуманыя парушэнні.</t>
   </si>
   <si>
-    <t>Вырак суда дата невядомая: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 50 базавых велічынь штрафу. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму. Вырак суда 19.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 50 базавых велічынь штрафу. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму. Вырак суда дата невядомая: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-28 00:54:39</t>
+  </si>
+  <si>
+    <t>Аляксандр Віктаравіч Сысоеў</t>
+  </si>
+  <si>
+    <t>20 кастрычніка 1984</t>
+  </si>
+  <si>
+    <t>Сысоеў родам з Броннай гары, апошнія гады жыў у Бярозе (Брэсцкая вобласць). Па дадзеных з ужо выдаленага профіля ва «Вконтакте», у 2008 году скончыў БДУІР па спецыяльнасці «Штучны інтэлект». Да моманту арышту распрацоўваў камп'ютарную гульню. Мужчыну затрымалі 5 ліпеня 2023 г., з таго часу ён пад вартай.Мужчыну паставілі ў віну тое, што праз сацсетку "Facebook" выкарыстоўваючы плацежную сістэму "PayPal" ён пералічыў грошы палку Каліноўскага. Пераклад на суму 12,91 долараў ЗША быў з беларускай карты.12 лютага пракурор Богуш запатрабаваў для Сысоева 5 гадоў калоніі ўзмоцненага рэжыму. Прыгавор абвяшчалі 14 лютага. Дакладны прысуд на дадзены момант невядомы, аднак у абсалютнай большасці выпадкаў па палітычных справах брэсцкія суддзі прысуджаюць тое, што просяць пракуроры.</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.02.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-02-08 00:49:54</t>
   </si>
   <si>
     <t>Іван Аляксандравіч Саўцін</t>
   </si>
   <si>
     <t>20 кастрычніка 1978</t>
   </si>
   <si>
     <t>Іван, гомельскі актывіст і валанцёр «Краіны для жыцця», сябра Беларускай сацыял-дэмакратычнай партыі, пасля некалькіх затрыманняў, адміністрацыйнага арышту і ўзбуджэння дзвюх крымінальных спраў у 2020 годзе з'ехаў у Расію.
 Знаходзячыся ў Калінінградзе, у красавіку 2021 года Іван быў затрыманы пры спробе перасячы мяжу з Польшчай. Па запыце беларускіх праваахоўнікаў яму прад'явілі абвінавачанні ў рамках крымінальнай справы па чатырох артыкулах, у тым ліку «тэрарызм». Аднак пасля праверкі расійскі бок зняў тры з чатырох абвінавачанняў. Праз год, 26 красавіка 2022 года, Іван выйшаў на волю пад падпіску аб нявыездзе.
 27 траўня 2022 года яго зноў затрымалі, а напрыканцы чэрвеня экстрадавалі ў Беларусь. Згодна з матэрыяламі справы, у 2018 годзе ён нібыта прысвоіў больш за 68 тысяч рублёў. Следства таксама адзначыла, што ў 2020 годзе Іван удзельнічаў у акцыях пратэсту, здымаў відэа і звяртаўся ў дзяржаўныя структуры.
 У снежні 2022 года яго асудзілі за «махлярства». У красавіку 2024 года Івана зноў асудзілі па артыкуле «злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі».</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 29.03.2023: прысуд пакінуты без змены. Вырак суда 16.05.2024: невядома. Апеляцыя 08.08.2024: невядома.</t>
   </si>
   <si>
     <t>2021-04-29 16:58:20</t>
   </si>
   <si>
-    <t>Аляксандр Віктаравіч Сысоеў</t>
-[...11 lines deleted...]
-    <t>2024-02-08 00:49:54</t>
+    <t>Уладзімір Віктаравіч Мелікаеў</t>
+  </si>
+  <si>
+    <t>20 кастрычніка 1967</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-12-21 10:10:35</t>
   </si>
   <si>
     <t>Леанід Віктаравіч Кавалёў</t>
   </si>
   <si>
     <t>20 кастрычніка 1991</t>
   </si>
   <si>
     <t>Леанід быў затрыманы і асуджаны за тое, што, паводле версіі следства, вырабіў два «кактэйлі Молатава», перавёз іх у цэнтр Гомеля і схаваў. Увечары 10 жніўня 2020 года ён нібыта знайшоў двух выканаўцаў - Дзмітрыя Карнеева і Мікіту Залатарова - і перадаў ім бутэлькі, прапаноўваючы падпаліць будынак, аўтобус або аўтазак. Леанід віну не прызнаў.</t>
   </si>
   <si>
     <t>Вырак суда 22.02.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 23.04.2021: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-28 02:12:24</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-08-13 13:00:42</t>
   </si>
   <si>
     <t>Ігар Лявонцьевіч Карпіцкі</t>
   </si>
   <si>
     <t>21 кастрычніка 1969</t>
   </si>
   <si>
     <t>Згодна з матэрыяламі справы Ігар , выкарыстоўваючы ноўтбук, адправіў некалькі электронных паведамленняў на электронную паштовую скрыню афіцыйнага інтэрнэт-партала прэзідэнта Рэспублікі Беларусь , дзе выказаў пагрозы гвалту ў дачыненні да прэзідэнта. Ён жа адправіў электроннае паведамленне, даступнае для прагляду трэцім асобам, у тым ліку супрацоўнікам адміністрацыі прэзідэнта РБ, у тэксце якога выказаў абразы ў адрас прадстаўнікоў улады ў сувязі з выкананнем імі службовых абавязкаў — супрацоўнікаў органаў унутраных спраў РБ Івана Кубракова і Дзмітрыя Балабы. Падобныя зносіны з пагрозамі гвалту, знішчэння і пашкоджання маёмасці мужчына накіраваў і супрацоўнікам Следчага камітэта Рэспублікі Беларусь. Таксама Ігар удзельнічаў у пратэстах падчас паслявыбарчых акцый пратэсту ў Менску ў 2020 годзе.
 Згодна з заключэннем медыцынскай экспертызы, у перыяд учынення злачынстваў Карпіцкі пакутаваў на псіхічнае захворванне, але мог усведамляць фактычны характар і грамадскую небяспеку сваіх дзеянняў і кіраваць імі. У прымусовых мерах бяспекі і лячэнні не мае патрэбы. Мае непаўналетняе дзіця.</t>
   </si>
   <si>
     <t>7 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-10-26 19:09:48</t>
+  </si>
+  <si>
+    <t>Максім Мікалаевіч Куроўскі</t>
+  </si>
+  <si>
+    <t>21 кастрычніка 1981</t>
+  </si>
+  <si>
+    <t>Паводле матэрыялаў абвінавачання, Максім Куроўскі ў адным з чатаў мэсэнджэра “Telegram” наўмысна размяшчаў паведамленні ў дачыненні да прэзідэнта Лукашэнкі, непрыстойныя па форме і абразлівыя па змесце.
+Экспертызай устаноўлена, што паведамленні змяшчалі негатыўную ацэнку кіраўніка дзяржавы, прыніжалі яго гонар і годнасць. Прычым карыстаўся пры гэтым беларускай мовай. Былы следчы Пружанскага райаддзела СК. Звольніўся са службы ў 2020 годзе.
+12.06.2024 вызвалены цалкам адбыўшы тэрмін пакарання, прызначаны судом.</t>
+  </si>
+  <si>
+    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.10.2022: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.12.2022: прысуд пакінуты без змены. Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-10-18 22:14:36</t>
   </si>
   <si>
     <t>Яўген Алегавіч Клімаў</t>
   </si>
   <si>
     <t>21 кастрычніка 1996</t>
   </si>
   <si>
     <t>Асуджаны за адміністраванне канала «Петрыкаў 97%».
 У канале абмяркоўваліся пытанні выбараў, месца і час правядзення мірных мітынгаў для нязгодных з вынікамі падліку галасоў на выбарах ды іншыя пытанні.
 Яўгена Клімава таксама абвінавацілі ў распальванні сацыяльнай варожасці за рэпост паведамлення аб АМАПе з тэлеграм-канала «Nexta».</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму .</t>
   </si>
   <si>
     <t>2022-03-27 02:15:25</t>
   </si>
   <si>
-    <t>Максім Мікалаевіч Куроўскі</t>
-[...36 lines deleted...]
-    <t>2021-07-16 14:40:34</t>
+    <t>Дзяніс Валер'евіч Сакалоў</t>
+  </si>
+  <si>
+    <t>21 кастрычніка 1980</t>
+  </si>
+  <si>
+    <t>быў затрыманы ў межах крымінальнай справы, якую КДБ узбудзіў па факце "спробы ўчынення акта тэрарызму" ў Мачулішчах.
+Галоўны фігурант справы і, як сцвярджалі афіцыйныя органы і прапагандысты, выканаўца дыверсіі - Мікалай Швец, быў вызвалены ў чэрвені па абмене з Украінай. Але, нягледзячы на гэта, па справе ідзе суд і ягоным памагатым у Беларусі пагражаюць вялікія тэрміны зняволення. Завочна судзяць і самога Швеца.</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.10.2024: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 27.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-13 13:00:42</t>
+  </si>
+  <si>
+    <t>Іван Пятровіч Палевікоў</t>
+  </si>
+  <si>
+    <t>22 кастрычніка 2002</t>
+  </si>
+  <si>
+    <t>Спачатку Івана арыштавалі на 15 сутак , пасля змясцілі ў СІЗА па крымінальнай справе.</t>
+  </si>
+  <si>
+    <t>2025-03-04 20:10:16</t>
   </si>
   <si>
     <t>Яўген Іванавіч Гурыновіч</t>
   </si>
   <si>
     <t>22 кастрычніка 1992</t>
   </si>
   <si>
     <t>Галоўны інспектар на мытні.
-У Мінскім гарадскім судзе з 10 кастрычніка 2023 года ў закрытым рэжыме пачалі судзіць трох супрацоўніках мытнай службы Яўгена Гурыновіча, Віктара Новіка, Уладзіміра Журомскага. Агулам іх судзілі па васьмі артыкулах Крымінальнага кодэкса. Цяпер праваабаронцам стала вядома, што 27 лютага 2024 г. працягнуць судзіць па гэтай справе толькі 31-гадовага мытнага інспектара Яўгена Гурыновіча. Месца працэсу - СІЗА-1. Ці можа гэта быць са станам здароўя мужчыны - невядома. Верагодна, яго справа выдзелена ў асобную падступлівасць, але суд над іншымі пакуль не прызначаны.
+У Мінскім гарадскім судзе з 10 кастрычніка 2023 года ў закрытым рэжыме пачалі судзіць трох супрацоўніках мытнай службы Яўгена Гурыновіча, Віктара Новіка, Уладзіміра Журомскага. Агулам іх судзілі па васьмі артыкулах Крымінальнага кодэкса. Цяпер праваабаронцам стала вядома, што 27 лютага 2024 г. працягнуць судзіць па гэтай справе толькі 31-гадовага мытнага інспектара Яўгена Гурыновіча. Месца працэсу - СІЗА-1. Ці можа гэта быць са станам здароўя мужчыны - невядома. Верагодна, ягоная справа выдзелена ў асобную вытворчасць, але суд над іншымі пакуль не прызначаны.
+Пасля затрымання супрацоўнікі ўнутраных органаў моцна пашкодзілі Яўгену спіну, пасля чаго ён быў вымушаны перамяшчацца на мыліцах .
 24 траўня 2024 года ў Яўгена адбыўся разгляд апеляцыйнай скаргі.</t>
   </si>
   <si>
-    <t>Вырак суда 17.04.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 24.05.2024: прысуд пакінуты без змены. Апеляцыя 16.08.2024: невядома.</t>
+    <t>Вырак суда 17.04.2024: 13 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 24.05.2024: прысуд пакінуты без змены. Апеляцыя 16.08.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-10-10 00:23:21</t>
-  </si>
-[...28 lines deleted...]
-    <t>2022-08-23 00:03:24</t>
   </si>
   <si>
     <t>Міхаіл Аляксандравіч Лабань</t>
   </si>
   <si>
     <t>23 кастрычніка 1983</t>
   </si>
   <si>
     <t>Міхаіл, уладальнік ювелірнай майстэрні «Самародак», вырабляў упрыгожванні для ўдзельнікаў рэканструктарскіх клубаў і вывучаў гісторыю Сярэднявечча. У лютым 2022 года ён быў затрыманы і пазней асуджаны паводле абвінавачання ў «паклёпе і абразе Лукашэнкі», а таксама па артыкуле «абраза прадстаўніка ўлады».
 У траўні 2024 года адбылося новае судовае паседжанне, па выніках якога Міхаілу ўзмацнілі жорсткасць умовы ўтрымання, перавядучы яго на турэмны рэжым.
 У лютым 2025 года яго зноў асудзілі па артыкуле аб «фінансаванні дзейнасці экстрэмісцкага фарміравання».</t>
   </si>
   <si>
     <t>Вырак суда 20.05.2022: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 100 базавых велічынь штрафу. Суд па змене рэжыму 18.05.2024: турэмны рэжым да канца тэрміну. Вырак суда 12.02.2025: 2 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2022-05-11 01:06:30</t>
+  </si>
+  <si>
+    <t>Сяргей Міхайлавіч Шамецька</t>
+  </si>
+  <si>
+    <t>23 кастрычніка 1992</t>
+  </si>
+  <si>
+    <t>Сяргей, супрацоўнік ЗАТ «Атлант», быў затрыманы восенню 2021 года ў межах крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі страйк і ўваходзілі ў ініцыятыву «Рабочы рух». 21 верасня 2021 года гэтая ініцыятыва была прызнана экстрэмісцкай арганізацыяй, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні рабочых.
+У лютым 2023 года Сяргея прызналі вінаватым паводле артыкулаў «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-08-23 00:03:24</t>
   </si>
   <si>
     <t>Генадзь Фёдаравіч Васілюк</t>
   </si>
   <si>
     <t>23 кастрычніка 1966</t>
   </si>
   <si>
     <t>15 верасня 2023 года 57-гадоваму Генадзю Васілюку прызначылі штраф за "распаўсюджванне экстрэмісцкіх матэрыялаў". У Генадзя на старонцы ў "Аднакласніках" знайшлі падпіскі на "экстрэмісцкія" матэрыялы. Акрамя гэтага, Васілюка звольнілі з лакаматыўнага дэпо "па дамове бакоў".
 Сёмага снежня 2023 года Генадзя затрымалі ў межах крымінальнай справы за "паклёп на Лукашэнку" (ч. 1 арт. 367 КК) і змясцілі пад варту ў СІЗА. Справу разглядалі 22 і 26 лютага 2024 года.
 Мужчыну абвінавацілі ў тым, што ён 8, 9 і 17 чэрвеня 2022 года паставіў рэакцыю "клас" у сацсетцы "Аднакласнікі" пад трыма відэаролікамі з удзелам эканаміста Яраслава Раманчука.
 Генадзь прызнаў віну і паведаміў, што ў названыя дні чэрвеня ён ездзіў на вёску ў Жабінкаўскім раёне, што пацвярджае выпіска ад мабільнага аператара. Мужчына карыстаецца кнопкавым тэлефонам, таму ў вёсцы ён не мог заходзіць у "Аднакласнікі".
 Пракурор Ягор Кронда палічыў віну Генадзя цалкам даказанай і запытаў для яго адзін год і шэсць месяцаў пазбаўлення волі.
 Другі раз Генадзя асудзілі 16.09.2024 г. за ўдзел у пратэстах. Разам з ім таксама асудзілі ягоную жонку і яшчэ трох чалавек. Паводле паведамлення суда, сутнасць абвінавачання супраць усіх заключалася ў тым, што людзі 10 жніўня 2020 года ў Брэсце «выкрыквалі лозунгі, свісталі, пляскалі ў далоні, дэманстравалі палотны бел-чырвона-белага колеру, выходзілі на праезную частку» . Гэтым яны нібыта груба парушалі грамадскі парадак.
 Суд прызначыў Генадзю паўтара гады калоніі, але з улікам неадбытага папярэдняга (палітычнага) тэрміна канчаткова ўсяго - 2 гады калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>Вырак суда 22.02.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.04.2024: прысуд пакінуты без змены. Вырак суда 16.09.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-02-19 19:05:43</t>
   </si>
   <si>
+    <t>Валерый Васільевіч Іўчын</t>
+  </si>
+  <si>
+    <t>24 кастрычніка 1975</t>
+  </si>
+  <si>
+    <t>Валерый быў асуджаны за тое, што, на думку суда, у жніўні і верасні 2020 года ўдзельнічаў у паслявыбарных маршах у Мінску, а менавіта "выходзіў на праезную частку" і "блакаваў рух транспарту".</t>
+  </si>
+  <si>
+    <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.06.2024: 2 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 15.08.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-06-10 19:32:30</t>
+  </si>
+  <si>
     <t>Аксана Міхайлаўна Шаляпіна</t>
   </si>
   <si>
     <t>24 кастрычніка 1977</t>
   </si>
   <si>
     <t>Скончыла архітэктурны факультэт. Мастак. Кірунак - экспрэсіянізм. Тэхніка - пастозная жывапіс. Работы знаходзяцца ў прыватных калекцыях Амерыкі, Германіі, Казахстана, Расіі, Грузіі, Беларусі, Люксембурга, Фінляндыі, Італіі, а таксама ў галерэі Larus (USA). Тры персанальныя выставы. Член Саюза мастакоў "Майстар-Міратворац".
 Меркавана затрымана за дапамогу палітвязням.</t>
   </si>
   <si>
+    <t>Вырак суда 28.11.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
     <t>2025-07-22 18:12:39</t>
-  </si>
-[...19 lines deleted...]
-    <t>2024-06-10 19:32:30</t>
   </si>
   <si>
     <t>Максім Ігаравіч Мнацаканаў</t>
   </si>
   <si>
     <t>24 кастрычніка 1988</t>
   </si>
   <si>
     <t>Быў затрыманы за каментары ў сацсетках. Максіма дома чакае сын 10 гадоў.
 17.11.2023 адбылося апеляцыйнае паседжанне суда.</t>
   </si>
   <si>
     <t>7 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2023-02-27 01:16:43</t>
+  </si>
+  <si>
+    <t>Валерый Леанідавіч Раманоўскі</t>
+  </si>
+  <si>
+    <t>25 кастрычніка 1978</t>
+  </si>
+  <si>
+    <t>Валерыя абвінавачваюць у здрадзе дзяржаве. У снежні 2022 года тэлеканал "Беларусь 1" выпусціў фільм пра контрразведку КДБ, дзе расказалі пра беларусаў і грамадзян іншых краін, якіх абвінавачваюць у працы на замежныя спецслужбы. Валерыя Раманоўскага ў фільме назвалі "былым начальнікам службы паветранай разведкі". У сюжэце "Беларусь 1" гаворыцца, што падчас службы сваяк з Літвы "звёў" падазраванага з агентамі дэпартамента дзяржбяспекі краіны. Для іх Раманоўскі фатаграфаваў службовыя дакументы, а аднойчы перадаў спецслужбам звесткі аб будаўніцтве БелАЭС, сцвярджаецца ў фільме.</t>
+  </si>
+  <si>
+    <t>2023-05-05 00:12:29</t>
   </si>
   <si>
     <t>Сяргей Анатольевіч Шпак</t>
   </si>
   <si>
     <t>25 кастрычніка 1971</t>
   </si>
   <si>
     <t>Сяргей, падпалкоўнік запасу, які ўдзельнічаў у відэазвароце афіцэраў запасу да беларускіх вайскоўцаў, быў затрыманы 16 ліпеня 2021 года пасля ператрусу ў ягоным доме.
 Згодна з указам Лукашэнкі, ён быў пазбаўлены воінскага звання пасля 28 гадоў бездакорнай службы ва Узброеных Сілах. Сяргей — шматдзетны бацька чацвярых дзяцей, двое з якіх непаўналетнія.
 У снежні 2021 года яго абвінавацілі ў арганізацыі і падрыхтоўцы дзеянняў, якія груба парушаюць грамадскі парадак, або актыўным удзеле ў іх. Сяргея прыгаварылі да абмежавання волі без накіравання ў папраўчую ўстанову і вызвалілі ў зале суда.</t>
   </si>
   <si>
-    <t>Вырак суда 14.12.2021: 3 гады абмежаванні волі без накіравання. Вырак суда 21.10.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу.</t>
+    <t>Вырак суда 14.12.2021: 3 гады абмежаванні волі без накіравання. Вырак суда 21.10.2025: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2021-07-19 20:11:32</t>
-  </si>
-[...27 lines deleted...]
-    <t>2023-03-30 19:19:51</t>
   </si>
   <si>
     <t>Вячаслаў Аляксандравіч Бародзій</t>
   </si>
   <si>
     <t>26 кастрычніка 1978</t>
   </si>
   <si>
     <t>Грамадзянін Украіны.
 Падрабязнасці пераследу ўкраінскага егера сталі вядомы з прапагандысцкага фільма 11 верасня 2023 года, які паказалі адразу на ўсіх дзяржаўных каналах. У ім Вячаслава на следчых дзеяннях вадзілі на ланцугі. Камітэт дзяржбяспекі паведаміў, што затрымаў у Беларусі шэсць чалавек па абвінавачанні ў супрацоўніцтве з "Службай бяспекі Украіны" і "падрыхтоўцы тэрактаў". На відэа некаторыя з іх выглядаюць збітымі, некаторых на следчых дзеяннях водзяць на ланцугах, аднаго з затрыманых знялі ў СІЗА КДБ. У выніку трох чалавек абвінавацілі адразу па шасці артыкулах Крымінальнага кодэкса, у тым ліку "Здрада дзяржаве" і "агентурную дзейнасць".
 Украінскага егера Вячаслава Бародыя затрымалі 1 верасня 2023 года ў Ельскім раёне Беларусі, які мяжуе з Жытомірскай вобласцю Украіны. Вядома, што Вячаслаў нарадзіўся ў Жытомірскай вобласці, некаторы час жыў у Мазыры, а потым вярнуўся ва Украіну і працаваў егерам, выхоўвае трох дзяцей. У фільме расказалі, што Бародый пасля пачатку поўнамаштабнай вайны нібыта прайшоў падрыхтоўку ў навучальным цэнтры Галоўнага ўпраўлення разведкі Мінабароны Украіны і што "з сакавіка 2023 года, акрамя ГУР Мінабароны, ён стаў супрацоўнічаць яшчэ і са Службай бяспекі Украіны".</t>
   </si>
   <si>
     <t>Вырак суда 02.12.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 550 базавых велічынь штрафу. Апеляцыя 25.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-10 22:15:03</t>
   </si>
   <si>
+    <t>Антон Мікалаевіч Станкевіч</t>
+  </si>
+  <si>
+    <t>26 кастрычніка 1998</t>
+  </si>
+  <si>
+    <t>Затрыманы і асуджаны за донат у 100 уе.
+Скончыў філфак БДУ. Быў валанцёрам на ІІ Еўрапейскіх гульнях. Працаваў у Currency.com, правёў амаль год у Грузіі, працуючы ў падтрымцы на аддаленні. Пасля вярнуўся ў РБ.Захапляецца мовамі, гістарычнай рэканструкцыяй, цяжкай музыкай.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.07.2024: невядома. Апеляцыя 20.09.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-15 12:21:19</t>
+  </si>
+  <si>
     <t>Роберт Яўгеньевіч Кузняцоў</t>
   </si>
   <si>
     <t>26 кастрычніка 1983</t>
   </si>
   <si>
     <t>Асуджаны за тое, што ў лістападзе 2021 года ён размясціў у сетцы Інтэрнэт "абразлівыя" фотавыявы дзяржаўнага сцяга Рэспублікі Беларусь і каментары да яго.
 Адбываў пакаранне ў ВК-22, у снежні 2023 года быў пераведзены ў ВК-2.</t>
   </si>
   <si>
     <t>Вырак суда 10.08.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-07-27 15:51:49</t>
   </si>
   <si>
-    <t>Антон Мікалаевіч Станкевіч</t>
-[...14 lines deleted...]
-  <si>
     <t>Ігар Андрэевіч Федарэнка</t>
   </si>
   <si>
     <t>26 кастрычніка 1992</t>
   </si>
   <si>
-    <t xml:space="preserve"> Вырак суда 05.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.04.2024: прысуд пакінуты без змены.</t>
+    <t>Вырак суда 05.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.04.2024: прысуд пакінуты без змены. Вырак суда 03.06.2024: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 27.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-01-08 18:58:42</t>
   </si>
   <si>
     <t>Ларыса Аркадзьеўна Катовіч</t>
   </si>
   <si>
     <t>26 кастрычніка 1968</t>
   </si>
   <si>
     <t>Ларыса, рэпетытарка англійскай мовы, была затрымана ў канцы жніўня 2023 года. Спачатку яе асудзілі па адміністрацыйнай справе за «распаўсюджванне, выраб і захоўванне экстрэмісцкіх матэрыялаў», але пазней распачалі крымінальную справу, у межах якой яна была асуджаная за «садзейнічанне экстрэмісцкай дзейнасці».</t>
   </si>
   <si>
     <t>Вырак суда 01.04.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.06.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-12-22 17:34:26</t>
   </si>
   <si>
     <t>Зміцер Барысавіч Гулін</t>
   </si>
   <si>
     <t>27 кастрычніка 1969</t>
   </si>
   <si>
     <t>Былы вайсковец, тапограф. Як мяркуецца, затрыманы за ўдзел у пратэстных чатах. У фільме знятым праўладным тэлеканалам сцвярджаецца , што Зміцер нібыта ў 2020 зняў ролік-зварот да вайскоўцаў і сілавікоў, а яшчэ праз год звязаўся з арганізацыяй " Буслы ляцяць". Таксама па версіі тэлеканала, сёлета Гулін маніторыў чаты "Брэст-97", "Гомель-97", "Калінкавічы", "Лунінец" і сам актыўна пакідаў там каментарыі.
 Утрымліваўся ў СІЗА КДБ.
 Паколькі Зміцер 1 год і 3 месяцы правёў да суда ў шыза, то тэрмін быў пералічаны з улікам адбытага, у выніку засталося 12 гадоў пазбаўлення.</t>
   </si>
   <si>
     <t>14 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму</t>
   </si>
   <si>
     <t>2022-12-26 23:44:28</t>
   </si>
   <si>
-    <t>Віктар Віктаравіч Гладкоў</t>
-[...16 lines deleted...]
-  <si>
     <t>Эдуард Аляксандравіч Пальчыс</t>
   </si>
   <si>
     <t>28 кастрычніка 1990</t>
   </si>
   <si>
     <t>Вядомы беларускі палітычны блогер і грамадскі дзеяч, аўтар тэлеграм-канала Palchys. З'яўляўся арганізатарам акцый і канцэртаў "БНР-100", "БНР-101". Быў затрыманы 27 верасня 2020 года ў межах крымінальнай справы аб масавых беспарадках.
 У жніўні 2022 года быў пераведзены на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 17.12.2021: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 10.06.2022: прыблізна 575000 рублёў кампенсацыі. Суд па змене рэжыму 11.08.2022: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-25 11:31:09</t>
+  </si>
+  <si>
+    <t>Аляксандр Уладзіміравіч Бігель</t>
+  </si>
+  <si>
+    <t>28 кастрычніка 1981</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.12.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-12-19 22:48:57</t>
+  </si>
+  <si>
+    <t>Віктар Віктаравіч Гладкоў</t>
+  </si>
+  <si>
+    <t>28 кастрычніка 1977</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:02:40</t>
+  </si>
+  <si>
+    <t>Уладзімір Аляксандравіч Чмураў</t>
+  </si>
+  <si>
+    <t>28 кастрычніка 1979</t>
+  </si>
+  <si>
+    <t>2022-04-28 02:16:41</t>
   </si>
   <si>
     <t>Арцём Міхайлавіч Лапікаў</t>
   </si>
   <si>
     <t>28 кастрычніка 1992</t>
   </si>
   <si>
     <t>Стала вядома што, пасля выбараў у жніўні 2020 года, Лапікаў размясціў у сябе на старонцы ў Інстаграм пост з фатаграфіяй Аляксандра Лукашэнкі ў форме СС (ваенізаваная адукацыя нацыстаў, адказная, у тым ліку, за злачынствы супраць чалавечнасці). Публікацыя суправаджалася вершам, тэкст якога на дадзены момант невядомы.
 05.12.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-09-04 14:12:23</t>
   </si>
   <si>
     <t>Вадзім Мікалаевіч Гулевіч</t>
   </si>
   <si>
     <t>29 кастрычніка 1987</t>
   </si>
   <si>
     <t>Вадзім у жніўні і кастрычніку 2020 года адбываў адміністрацыйныя арышты. Чарговае затрыманне адбылося 28 чэрвеня 2021 года ў рамках крымінальнай справы па эпізодзе на аб'екце сувязі ВМФ РФ пад Вілейкай.
 Паводле версіі абвінавачання, агучанай у судзе, Вадзім разам з Аляксеем Глотавым, "апрануўшыся ў камуфляж і ўзброіўшыся агнястрэльнай зброяй, праніклі на тэрыторыю ваеннага аб'екта і ўсталявалі выбуховыя прылады з радыусам паражэння да 11 метраў". Адно з іх не спрацавала і было абясшкоджана. Экспертыза паказала, што ініцыяванне праходзіла з запаволеным дзеяннем.
 Урон ацанілі больш як у 26 тысяч рублёў. Таксама прагучала, што Вадзім "планаваў выехаць на тэрыторыю Украіны для праходжання ваеннай падрыхтоўкі".
 У снежні 2022 года яго прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі ўзмоцненага рэжыму і буйнога штрафу.
 У 2025 годзе адбылося судовае паседжанне па пытанні замены рэжыму адбывання пакарання, у выніку якога Вадзіма перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 05.12.2022: 18 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-07-20 22:30:23</t>
   </si>
   <si>
-    <t>Андрэй Цімафеевіч Валасач</t>
-[...17 lines deleted...]
-    <t>Зміцер Аляксандравіч Ковач</t>
+    <t>Зміцер Уладзіміравіч Барсукоў</t>
+  </si>
+  <si>
+    <t>30 кастрычніка 2002</t>
+  </si>
+  <si>
+    <t>ПУАТ-43, 212003, г. Магілёў, вул. Чалюскінцаў, 76А</t>
+  </si>
+  <si>
+    <t>Вырак суда 23.12.2024: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2024-12-16 21:47:47</t>
+  </si>
+  <si>
+    <t>Зміцер Міхайлавіч Ковач</t>
   </si>
   <si>
     <t>30 кастрычніка 1984</t>
   </si>
   <si>
     <t>У 2007 годзе скончыў Беларускі нацыянальны тэхнічны ўніверсітэт.
 З 2009 года Ковач пайшоў у сферу турызму. Апошнім часам працаваў візавым спецыялістам у адной з прыватных турыстычных фірм.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2025-11-21 13:57:34</t>
+  </si>
+  <si>
+    <t>Максім Сяргеевіч Фёдаравіч</t>
+  </si>
+  <si>
+    <t>30 кастрычніка 1991</t>
+  </si>
+  <si>
+    <t>Максім — каардынатар пошукавага атрада "Анёл ". Раней ён працаваў тэхнолагам на "Мінск -Крышталі ", але поўнасцю змяніў жыццё пасля таго, як у 2017 годзе далучыўся да руху пасля маштабных пошукаў Максіма Мархалюка ў Белавежскай пушчы.
+Быў асуджаны па "справе Гаюна" за 9 эпізодаў. Мае праблемы са здароўем.
+На момант затрымання дзіцяці Максіма быў 1 год і 3 месяцы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 07.10.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-10-07 18:28:18</t>
+  </si>
+  <si>
+    <t>Валерый Віктаравіч Хацкевіч</t>
+  </si>
+  <si>
+    <t>31 кастрычніка 1994</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.10.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-11-13 17:22:56</t>
   </si>
   <si>
     <t>Аляксандр Ігаравіч Рандарэнка</t>
   </si>
   <si>
     <t>31 кастрычніка 1986</t>
   </si>
   <si>
     <t>Аляксандр патрапіў у суд пасля ўдзелу ў чат-рулетцы. Ён з прыяцелем сталі суразмоўцамі правакатара «Гутаркі з Палычам» і падчас гутаркі, будучы нападпітку, выказаліся аб падзеях у «Крокус Сіці Холе», выказалі падтрымку Украіне і дапусцілі зігаванне.
 Аляксандра пры затрыманні сілавікі жорстка збівалі. Мужчыну быў асуджаны па адміністрацыйных артыкулах 5 разоў запар і, верагодна, адседзеў мінімум 75 сутак арышту. Пры гэтым некаторыя суткі яму далі проста за наяўнасць украінскага вымпела на стале і выгук "Слава Украіне" падчас трансляцыі ў чат-рулетцы.
 Але пасля сутак ён не вызваліўся. На яго пачалі крымінальную справу.</t>
   </si>
   <si>
     <t>Вырак суда 19.12.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.02.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-12-16 17:40:19</t>
   </si>
   <si>
-    <t>Валерый Віктаравіч Хацкевіч</t>
-[...5 lines deleted...]
-    <t>2025-11-13 17:22:56</t>
+    <t>Уладзімір Уладзіміравіч Зінавенка</t>
+  </si>
+  <si>
+    <t>31 кастрычніка 1976</t>
+  </si>
+  <si>
+    <t>Спачатку Уладзімір быў асуджаны на хатнюю хімію, аднак праз некаторы час справу аднавілі па пратэсту пракурора і перакваліфікавалі артыкул на ч.1 арт. 130 і асудзілі на 4 гады пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.12.2024: невядома гадоў абмежаванні волі без накіравання. Пратэст пракурора дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:05:45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1740,2393 +1687,2309 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I84"/>
+  <dimension ref="A1:I81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
       <c r="I6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>39</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H10" t="s">
         <v>58</v>
       </c>
       <c r="I10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>60</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>63</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>53</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H15" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C17" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="I17" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C18" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="I18" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C20" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="C22" t="s">
         <v>120</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C23" t="s">
         <v>125</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H23" t="s">
         <v>126</v>
       </c>
       <c r="I23" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>128</v>
       </c>
       <c r="B24" t="s">
         <v>129</v>
       </c>
+      <c r="C24" t="s">
+        <v>130</v>
+      </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B26" t="s">
-        <v>139</v>
+        <v>140</v>
+      </c>
+      <c r="C26" t="s">
+        <v>141</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>63</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>145</v>
+      </c>
+      <c r="C27" t="s">
+        <v>146</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E28" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="I28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I29" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H30" t="s">
         <v>160</v>
       </c>
       <c r="I30" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>162</v>
       </c>
       <c r="B31" t="s">
         <v>163</v>
       </c>
       <c r="C31" t="s">
         <v>164</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H31" t="s">
         <v>165</v>
       </c>
       <c r="I31" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>167</v>
       </c>
       <c r="B32" t="s">
         <v>168</v>
       </c>
+      <c r="C32" t="s">
+        <v>169</v>
+      </c>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>99</v>
+        <v>170</v>
       </c>
       <c r="I32" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E34" t="s">
+        <v>180</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>159</v>
+        <v>25</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C36" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="I36" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D37" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I37" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B38" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="I38" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>25</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="I40" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B41" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E41" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B42" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C42" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D42" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>222</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>13</v>
       </c>
       <c r="I42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B43" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C43" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D43" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>36</v>
+        <v>238</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="I45" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B46" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C46" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D46" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H46" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="I46" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C47" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D47" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>246</v>
+        <v>227</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>85</v>
+      </c>
+      <c r="H47" t="s">
+        <v>249</v>
       </c>
       <c r="I47" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B48" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H48" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="I48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B49" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>256</v>
+        <v>31</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I49" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="I51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>25</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B53" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C53" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>130</v>
+        <v>53</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>253</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>36</v>
+        <v>222</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>31</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
       <c r="C58" t="s">
         <v>302</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H58" t="s">
         <v>303</v>
       </c>
       <c r="I58" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>305</v>
       </c>
       <c r="B59" t="s">
         <v>306</v>
       </c>
       <c r="C59" t="s">
         <v>307</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>309</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="I59" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B60" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C60" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="I60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B61" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C61" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="I61" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B62" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C62" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>11</v>
       </c>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>102</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B63" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C63" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>131</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I63" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C64" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D64" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>63</v>
+        <v>180</v>
       </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H64" t="s">
+        <v>334</v>
       </c>
       <c r="I64" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B65" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C65" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>337</v>
+        <v>31</v>
       </c>
       <c r="F65" t="s">
-        <v>338</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
         <v>339</v>
       </c>
       <c r="I65" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>341</v>
       </c>
       <c r="B66" t="s">
         <v>342</v>
       </c>
       <c r="C66" t="s">
         <v>343</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H66" t="s">
         <v>344</v>
       </c>
       <c r="I66" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>346</v>
       </c>
       <c r="B67" t="s">
         <v>347</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>227</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" t="s">
         <v>348</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>350</v>
+      </c>
+      <c r="B68" t="s">
         <v>351</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>352</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>52</v>
+      </c>
+      <c r="E68" t="s">
+        <v>96</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" t="s">
         <v>353</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I68" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>355</v>
       </c>
       <c r="B69" t="s">
         <v>356</v>
       </c>
       <c r="C69" t="s">
         <v>357</v>
       </c>
       <c r="D69" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>225</v>
+        <v>47</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H69" t="s">
         <v>358</v>
       </c>
       <c r="I69" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>360</v>
       </c>
       <c r="B70" t="s">
         <v>361</v>
       </c>
       <c r="C70" t="s">
         <v>362</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>193</v>
+        <v>25</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H70" t="s">
         <v>363</v>
       </c>
       <c r="I70" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>365</v>
       </c>
       <c r="B71" t="s">
         <v>366</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>53</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" t="s">
         <v>367</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>369</v>
+      </c>
+      <c r="B72" t="s">
         <v>370</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>85</v>
+      </c>
+      <c r="H72" t="s">
+        <v>160</v>
+      </c>
+      <c r="I72" t="s">
         <v>371</v>
-      </c>
-[...19 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B73" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H73" t="s">
-        <v>377</v>
+        <v>160</v>
       </c>
       <c r="I73" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>375</v>
+      </c>
+      <c r="B74" t="s">
+        <v>376</v>
+      </c>
+      <c r="C74" t="s">
+        <v>377</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" t="s">
+        <v>378</v>
+      </c>
+      <c r="I74" t="s">
         <v>379</v>
-      </c>
-[...22 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>380</v>
+      </c>
+      <c r="B75" t="s">
+        <v>381</v>
+      </c>
+      <c r="C75" t="s">
+        <v>382</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>131</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" t="s">
+        <v>383</v>
+      </c>
+      <c r="I75" t="s">
         <v>384</v>
-      </c>
-[...22 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>385</v>
+      </c>
+      <c r="B76" t="s">
+        <v>386</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>387</v>
+      </c>
+      <c r="F76" t="s">
+        <v>309</v>
+      </c>
+      <c r="G76" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" t="s">
+        <v>388</v>
+      </c>
+      <c r="I76" t="s">
         <v>389</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>390</v>
+      </c>
+      <c r="B77" t="s">
+        <v>391</v>
+      </c>
+      <c r="C77" t="s">
         <v>392</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>308</v>
+      </c>
+      <c r="F77" t="s">
+        <v>309</v>
+      </c>
+      <c r="G77" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I77" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>395</v>
       </c>
       <c r="B78" t="s">
         <v>396</v>
       </c>
       <c r="C78" t="s">
         <v>397</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>36</v>
+        <v>131</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H78" t="s">
         <v>398</v>
       </c>
       <c r="I78" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>400</v>
       </c>
       <c r="B79" t="s">
         <v>401</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>131</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" t="s">
         <v>402</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>404</v>
+      </c>
+      <c r="B80" t="s">
         <v>405</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>406</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
+        <v>13</v>
+      </c>
+      <c r="H80" t="s">
         <v>407</v>
       </c>
-      <c r="D80" t="s">
-[...11 lines deleted...]
-      <c r="H80" t="s">
+      <c r="I80" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>409</v>
+      </c>
+      <c r="B81" t="s">
         <v>410</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>411</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>25</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
+        <v>13</v>
+      </c>
+      <c r="H81" t="s">
         <v>412</v>
       </c>
-      <c r="D81" t="s">
-[...11 lines deleted...]
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>413</v>
-      </c>
-[...79 lines deleted...]
-        <v>427</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">