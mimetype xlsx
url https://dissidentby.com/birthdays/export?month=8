--- v0 (2025-12-06)
+++ v1 (2026-01-31)
@@ -12,1552 +12,1448 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
-[...49 lines deleted...]
-    <t>6,5 roku więzienia</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>День рождения</t>
+  </si>
+  <si>
+    <t>Описание</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Адрес</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>ПЦ Весна</t>
+  </si>
+  <si>
+    <t>Приговор</t>
+  </si>
+  <si>
+    <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Илья Александрович Веремеев</t>
+  </si>
+  <si>
+    <t>1 августа 2003</t>
+  </si>
+  <si>
+    <t>19-летний парень осужден за сообщения в телеграм-чатах, которые оставил в феврале этого года. Предположительно, такие сообщения в групповом чате стали реакцией парня на начавшуюся вооруженную силами России войну в Украине, в том числе с территории Беларуси. </t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>6,5 лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2022-08-17 21:24:07</t>
   </si>
   <si>
-    <t>Roman Anatolyevich Bagnovets</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany.</t>
+    <t>Роман Анатольевич Багновец</t>
+  </si>
+  <si>
+    <t>1 августа 1984</t>
+  </si>
+  <si>
+    <t>Роман был задержан ночью 10 августа 2020 года в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 01:33:41</t>
   </si>
   <si>
-    <t>Sergey Alexandrovich Govsha</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 28.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: wyrok został podtrzymany.</t>
+    <t>Сергей Александрович Говша</t>
+  </si>
+  <si>
+    <t>1 августа 1981</t>
+  </si>
+  <si>
+    <t>Осужден за акцию протеста, которая проходила с 10 на 11 августа 2020 года в Березе на 2 года колонии (окончательно, с учетом некоей предыдущей судимости, 3 года колонии).</t>
+  </si>
+  <si>
+    <t>Решение суда 28.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 18.10.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-08-28 13:16:53</t>
   </si>
   <si>
-    <t>Irina Gennadievna Tokarczuk</t>
-[...14 lines deleted...]
-    <t>Decyzja sądu 14.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.10.2024: nieznany.</t>
+    <t>Артем Александрович Латышев</t>
+  </si>
+  <si>
+    <t>4 августа 1992</t>
+  </si>
+  <si>
+    <t>Задержан по уголовному делу за то, что облили красной краской два баннера с изображениями сотрудников ГАИ. После ИВС был сразу переведен в СИЗО.
+26 июля 2023 года состоялся суд об ужесточении наказания. Артем был переведен на тюремный режим.</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 25.04.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 02.08.2022: неизвестно. Суд по смене режима 26.06.2023: тюремный режим до конца срока. Решение суда 22.08.2025: 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-10-12 14:38:37</t>
+  </si>
+  <si>
+    <t>Ирина Геннадьевна Токарчук</t>
+  </si>
+  <si>
+    <t>4 августа 1960</t>
+  </si>
+  <si>
+    <t>Мама политзаключенной блогерки Ольги Токарчук (была освобождена в июне 2022 года после отбытия срока наказания). Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые отправляли посылки и письма политзаключенным. </t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда 14.08.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 15.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-06 12:36:40</t>
   </si>
   <si>
-    <t>Leonid Ivanovich Terebey</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 24.02.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Леонид Иванович Теребей</t>
+  </si>
+  <si>
+    <t>4 августа 1985</t>
+  </si>
+  <si>
+    <t>Причиной задержания Леонида и его жены Антонины стали протесты 2020 года. Провластные каналы сообщили, что Антонину оставили с ребенком - вероятно, под подпиской о невыезде. Также вероятно, ей вынесут наказание, не связанное с лишением свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.02.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-06-28 10:09:13</t>
   </si>
   <si>
-    <t>Valery Andreevich Popkov</t>
-[...45 lines deleted...]
-    <t xml:space="preserve"> Decyzja sądu 22.03.2023: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja 19.05.2023: nieznany.</t>
+    <t>Александр Фёдорович Троцкий</t>
+  </si>
+  <si>
+    <t>5 августа 1975</t>
+  </si>
+  <si>
+    <t>12 августа 2020 года Александра задержали, когда его машину остановили вооружённые люди. Он отказался выйти, и после угроз стрельбы попытался уехать. При задержании его избили и доставили в больницу с черепно-мозговой травмой, затем перевели в СИЗО. По версии следствия, он наехал на ногу милиционера. Суд признал его виновным в покушении на убийство.</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 05.03.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 10000 рублей компенсации.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:54</t>
+  </si>
+  <si>
+    <t>Сергей Леонидович Гневко</t>
+  </si>
+  <si>
+    <t>5 августа 1977</t>
+  </si>
+  <si>
+    <t>Сергей был осужден в суде за оскорбление Лукашенко. 5 мая 2023 года дело рассматривала судья Инна Сивец.
+В суде Оршанского района и Орши 4 июня 2024 г. рассмотрено еще одно уголовное дело Сергея. Его снова обвинили в оскорблении Лукашенко . Дело рассматривала судья Юлия Вершинина.
+Судом было установлено, что Сергей Гневко "являясь лицом, ранее судимым за публичное   оскорбление  Лукашенко и будучи доставленным в специзолятор Оршанского РУВД за совершение административного правонарушения, предусмотренного ст. 19. 1 КоАП (мелкое хулиганство), находясь в состоянии алкогольного опьянения, в присутствии сотрудников ОВД и работника специзолятора публично произнес высказывание, содержащее ненормативную форму речевого выражения, в адрес Александра Лукашенко в связи с осуществлением им своих полномочий".
+Суд признал Сергея Гневко виновным и по ч. 2 ст. 368 УК ему назначено наказание в виде лишения свободы на срок четыре года. По совокупности приговоров к назначенному наказанию суд частично присоединил  неотбытое наказание по предыдущему приговору и окончательно назначил наказание в виде лишения свободы на срок 4 года 6 месяцев .
+16.08.2024 состоялось апелляционное рассмотрение суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 05.05.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Решение суда 04.06.2024: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 16.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-06-06 15:46:04</t>
+  </si>
+  <si>
+    <t>Сергей Семенович Тимашенко</t>
+  </si>
+  <si>
+    <t>5 августа 1966</t>
+  </si>
+  <si>
+    <t>Сергей Тимошенко с 1986 по 1988 годы воевал в Афганистане. Он служил во 2-й десантно-штурмовой заставе керкинской десантно-штурмовой маневренной группы, руководил боевой группой.
+Сергей , судя по соцсетям, поддерживает Украину в войне против России. Похоже, что это и стало причиной обвинений. Он внезапно исчез из всех соцсетей в конце 2024 года, был задержан и помещен в СИЗО.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.09.2025: 12 лет лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-09-15 13:13:04</t>
+  </si>
+  <si>
+    <t>Юлия Викторовна Костюченко</t>
+  </si>
+  <si>
+    <t>5 августа 1995</t>
+  </si>
+  <si>
+    <t>Суд Рогачевского района посчитал, что  Юлия на своей общедоступной странице в социальной сети «Инстаграм» размещала сообщения и видеозаписи, которые «содержат оскорбление в адрес президента».
+02.12.2023 освобождена полностью отбыв срок наказания, назначенный судом.
+В январе, во время предвыборных облав Юлию Костюченко снова задержали и 22 января судили по части 2 статьи 19.11 Кодекса об административных правонарушениях якобы за распространение “экстремистских материалов”. 5 февраля состоялся второй суд над Юлией Костюченко по части 2 статьи 19.11 коп. Скорее всего, все это время Юлия содержалась в заключении и ей просто продлевали срок административного ареста, назначив первый раз 15 суток, а 5 февраля продлив еще раз арест. Всего Юлия пробыла в ИВС 90 суток, после чего была переведена в СИЗО -3.
+3 апреля 2025 года КГБ Беларуси признал "экстремистским формированием" страницу в соцсети Х с названием "че ваще происходит". При этом, причастной к этому ”формированию " каратели назвали Костюченко Юлию Викторовну 5 августа 1995 года рождения.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 22.03.2023: 1 год лишения свободы в колонии в условиях общего режима. Апелляция 19.05.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-03-16 22:57:54</t>
   </si>
   <si>
-    <t>Alexander Fedorovich Trotskij</t>
-[...65 lines deleted...]
-    <t>Decyzja sądu 18.12.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany.</t>
+    <t>Сергей Петрович Литвинко</t>
+  </si>
+  <si>
+    <t>6 августа 1976</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-12 18:53:31</t>
+  </si>
+  <si>
+    <t>Евгений Александрович Блинков</t>
+  </si>
+  <si>
+    <t>6 августа 1984</t>
+  </si>
+  <si>
+    <t>Решение суда 19.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-02 15:15:59</t>
+  </si>
+  <si>
+    <t>Иван Сергеевич Лихолат</t>
+  </si>
+  <si>
+    <t>6 августа 1992</t>
+  </si>
+  <si>
+    <t>Украинец, проживающий в Беларуси с 2013 года. В 2012-2013 году Иван проходил службу в разведывательных подразделениях ВСУ, утверждает БелТА. Следствие считает, что в январе этого года Лихолат вышел на связь с СБУ, где ему поручили взорвать железнодорожные пути. К заданию он привлек двух гродненцев, которые обладали профессиональными навыками минно-взрывного дела. Пухальского задержали, когда он забрал из тайника в Кобринском районе взрывное устройство и перевез его в Толочинский район. Лихолат и Бородич были задержаны в Гродно.
+Приговорен к 20 годам лишения свободы, при этом суд определил Ивану отбывать наказание в виде лишения свободы в тюрьме на протяжении первых трех лет.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.12.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-09-28 00:19:37</t>
   </si>
   <si>
-    <t>Natalia Anatolyevna Davydko</t>
-[...53 lines deleted...]
-    <t>Decyzja sądu 20.09.2024: nieznany. Apelacja 03.12.2024: nieznany.</t>
+    <t>Алексей Владимирович Киселев</t>
+  </si>
+  <si>
+    <t>8 августа 1990</t>
+  </si>
+  <si>
+    <t>Алексея Киселева  задержали жителя Верхнедвинска  по уголовному делу «Кадрового резерва для Новой Беларуси». Его «покаянное» видео опубликовал утром 13 марта пропагандистский телеграм-канал. Алексей сотрудник Верхнедвинского райисполкома.14 февраля Следственный комитет возбудил уголовное дело против представителей и участников инициативы «Кадровый резерв для Новой Беларуси», объявленной Объединенным переходным кабинетом. По телеканалу ОНТ позже показали 14 людей, задержанных по этому делу. Пропагандист Игорь Тур заявил, что вместе с силовиками он год слушал лекции для участников инициативы.
+Программа «Кадровый резерв для новой Беларуси» была запущена Объединенным переходным кабинетом в ноябре 2022 года. Целью проекта была подготовка профессионалов, которые смогут работать на государственных постах и проводить реформы.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.09.2024: неизвестно. Апелляция 03.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-13 11:59:37</t>
   </si>
   <si>
-    <t>Igor Ivanovich Shloma</t>
-[...22 lines deleted...]
-    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>Леонид Леонидович Шпец</t>
+  </si>
+  <si>
+    <t>9 августа 1978</t>
+  </si>
+  <si>
+    <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
+  </si>
+  <si>
+    <t>2025-09-08 19:52:22</t>
+  </si>
+  <si>
+    <t>Алексей Александрович Прохорчик</t>
+  </si>
+  <si>
+    <t>9 августа 1988</t>
+  </si>
+  <si>
+    <t>В 2010‑м закончил Высший государственный колледж связи на инженера по телекоммуникациям.
+В 2017‑м Прохорчик основал в России общество с ограниченной ответственностью «ЭСиС». Аббревиатура расшифровывается как «энергетические системы и сети».
+Основная сфера деятельности компании — электромонтажные работы и строительство. В «ЭСиС» работает более 40 человек. В прошлом году компания имела оборот около 4 миллионов долларов. </t>
   </si>
   <si>
     <t>2025-11-06 22:31:46</t>
   </si>
   <si>
-    <t>Leonid Leonidovich Shpets</t>
-[...17 lines deleted...]
-    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Андрей Мечиславович Стасюкевич</t>
+  </si>
+  <si>
+    <t>9 августа 1994</t>
+  </si>
+  <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:41:07</t>
+  </si>
+  <si>
+    <t>Иван Иванович Юшкевич</t>
+  </si>
+  <si>
+    <t>10 августа 1977</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2025-09-26 20:27:53</t>
   </si>
   <si>
-    <t>Vasily Alexandrovich Veremeychik</t>
-[...16 lines deleted...]
-    <t>Decyzja sądu data nieznana: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Василий Александрович Веремейчик</t>
+  </si>
+  <si>
+    <t>10 августа 1990</t>
+  </si>
+  <si>
+    <t> Бывший боец полка Калиновского, которого Вьетнам выдал Беларуси. 
+Сообщалось, что мужчина оказался в Азии, так как Литва признала его угрозой национальной безопасности и запретила въезд в Евросоюз. "Калиновца" доставили в Беларусь вечером 14 ноября под конвоем из трех человек. Василия доставили в Беларусь на рейсе а/к Белавиа (B2978) из Москвы вечером 14 ноября. Этот самолет приземлился в Национальном аэропорту "Минск" в 23:48. 
+Также известно, что видео с Веремейчиком, которое опубликовали пропагандисты, ожидаемо, является постановочны: оно снято в другом самолете и в другое время.
+За "участие в погромах и попытку поджога автомобиля сотрудников прокуратуры" в отношении него было возбуждено уголовное дело по ч. 1 ст. 366 (насилие либо угроза в отношении должностного лица, выполняющего служебные обязанности) Уголовного кодекса.
+Мужчина являлся членом Координационного совета. Офис Светланы Тихановской выразил решительный протест в этой связи.
+"Этот шаг является частью длительной репрессивной политики режима Лукашенко, который не останавливается перед ничем, чтобы преследовать своих оппонентов, в том числе тех, кто борется за свободу и демократию, а также тех, кто защищает Европу от агрессии России", — говорится в заявлении.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 13 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2024-11-28 02:13:24</t>
   </si>
   <si>
-    <t>Yana Sergeevna Tsaruk</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych, 690 jednostek bazowych kary.</t>
+    <t>Егор Александрович Борискевич</t>
+  </si>
+  <si>
+    <t>11 августа 1986</t>
+  </si>
+  <si>
+    <t>Решение суда 12.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 21.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-01-13 17:24:46</t>
+  </si>
+  <si>
+    <t>Яна Сергеевна Царук</t>
+  </si>
+  <si>
+    <t>11 августа 1994</t>
+  </si>
+  <si>
+    <t>Известно, что КГБ считает Яну причастной к проекту «Городской огород Марис Мар», который был признан "экстремистским формированием".</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима, 690 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-29 22:08:18</t>
   </si>
   <si>
-    <t>Ivan Ivanovich Jurski</t>
-[...9 lines deleted...]
-    <t>Nie</t>
+    <t>Иван Иванович Юрский</t>
+  </si>
+  <si>
+    <t>11 августа 1996</t>
+  </si>
+  <si>
+    <t>Иван из Нарочи (Кобыльника) — курортного поселка в Мядельском районе. В последнее время переехал в Минск и работал охранником.
+Непонятно, за что Юрского могли арестовать. Он вел сообщества «Шансон для души», где выкладывал эту специфическую музыку. В его соцсетях — православные храмы, он носит одежду с российским флагом и репостит шансон вроде Виктора Калины</t>
+  </si>
+  <si>
+    <t>Нет</t>
   </si>
   <si>
     <t>2025-10-31 17:37:50</t>
   </si>
   <si>
-    <t>Egor Alexandrovich Boriskevich</t>
-[...20 lines deleted...]
-    <t>Decyzja sądu 13.11.2025: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Виталий Михайлович Коваленко</t>
+  </si>
+  <si>
+    <t>11 августа 1992</t>
+  </si>
+  <si>
+    <t>Задержан в рамках уголовного дела за сообщения в бот "Белорусского гаюна".</t>
+  </si>
+  <si>
+    <t>Решение суда 13.11.2025: 3 года лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2025-06-08 18:53:33</t>
   </si>
   <si>
-    <t>Dmitry Vladimirovich Novozhilov</t>
-[...11 lines deleted...]
-    <t>6 lat więzienia w kolonii.</t>
+    <t>Николай Викторович Статкевич</t>
+  </si>
+  <si>
+    <t>12 августа 1956</t>
+  </si>
+  <si>
+    <t>Николай — лидер незарегистрированной Белорусской социал-демократической партии (Народная Грамада), бывший кандидат в президенты, подполковник запаса, кандидат технических наук. Один из основателей Белорусского объединения военных. Неоднократно был в заключении по политическим мотивам.
+В 1990-х организовал протесты, включая «Минскую весну» и марш 1999 года.
+В 2004 году возглавил уличные протесты против фальсификации референдума, после чего в 2005 году был осуждён на 3 года ограничения свободы. В связи с объявленной в честь 60-летия Победы амнистией срок наказания был сокращён на год. В 2010 году участвовал в президентской кампании и протестах в Минске, после чего был задержан и в 2011 году осуждён на 6 лет колонии усиленного режима. В январе 2012 года и в мае 2015 года условия наказания были ужесточены, в результате чего он находился на тюремном режиме. Освобождён в августе 2015 года в рамках помилования.
+После выхода продолжил политическую деятельность и участие в уличных акциях. В 2016 году по его инициативе был создан Белорусский национальный конгресс. В 2020 году выступил в поддержку жены другого незарегистрированного кандидата — социального блогера Сергея Тихановского — Светланы Тихановской. В очередной раз Николай был задержан 31 мая 2020 года по дороге на её предвыборный пикет. Изначально он получил 15 суток административного ареста, но так и не вышел на свободу. Впоследствии, в декабре 2021 года, его осудили по уголовному делу за «организацию массовых беспорядков».
+По данным правозащитников, фигуранты «дела» обязаны выплатить компенсацию в размере 29 миллионов рублей.
+11 сентября 2025 года стало известно, что 52 узника беларусского режима принудительно переместили на территорию Литвы.  В числе освобожденных Николай Статкевич. При этом, Николай отказался покидать территорию Беларуси, для этого ему пришлось выбить ногой двери в автобусе.  После нескольких часов ожидания на нейтральной полосе, он вернулся на территорию РБ. Как стало известно только через два месяца его снова заключили под стражу. Точное местонахождение неизвестно. </t>
+  </si>
+  <si>
+    <t>Решение суда 31.05.2005: 2 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 28.06.2005: приговор оставлен без изменения. Решение суда 26.05.2011: 6 лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 12.01.2012: 3 года тюремного режима. Суд по смене режима 04.05.2015: тюремный режим до конца срока. Решение суда 14.12.2021: 14 лет лишения свободы в колонии в условиях особого режима. Апелляция 01.06.2022: приговор оставлен без изменения. Решение суда 06.10.2022: приблизительно 29000000 рублей компенсации.</t>
+  </si>
+  <si>
+    <t>2021-02-27 02:42:12</t>
+  </si>
+  <si>
+    <t>Юрий Казимирович Жуковский</t>
+  </si>
+  <si>
+    <t>12 августа 1978</t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-05-23 19:28:46</t>
+  </si>
+  <si>
+    <t>Игорь Владимирович Коротков</t>
+  </si>
+  <si>
+    <t>12 августа 1988</t>
+  </si>
+  <si>
+    <t>Осужден за донат в 9 евро Полку Калиновского.</t>
+  </si>
+  <si>
+    <t>Решение суда 27.12.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 13.02.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:16:26</t>
+  </si>
+  <si>
+    <t>Дмитрий Владимирович Новожилов</t>
+  </si>
+  <si>
+    <t>12 августа 1972</t>
+  </si>
+  <si>
+    <t>Дмитрий, бывший директор информационного агентства «БелаПАН», был задержан 18 августа 2021 года после обыска и допроса в Следственном комитете. Изначально его поместили под стражу на 72 часа в рамках уголовного дела по статье «организация или подготовка действий, грубо нарушающих общественный порядок, либо участие в них», однако на свободу он не вышел и спустя 10 суток был переведён в СИЗО. Позднее обвинение было изменено на уклонение от уплаты налогов.
+В ноябре 2021 года стало известно, что Дмитрию также предъявили обвинение в «создании экстремистского формирования». В октябре 2022 года его признали виновным по статьям «участие в экстремистском формировании» и «уклонение от уплаты налогов и сборов», приговорили к лишению свободы, назначили крупный штраф и запретили занимать определённые должности сроком на пять лет.</t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>Решение суда 06.10.2022: 6 лет лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа, лишение права занимать определенные должности или заниматься определенной деятельностью. Апелляция 06.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-08-21 01:15:56</t>
   </si>
   <si>
-    <t>Igor Vladimirovich Korotkov</t>
-[...58 lines deleted...]
-    <t>Decyzja sądu 28.01.2022: 6 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 26.04.2022: wyrok został podtrzymany.</t>
+    <t>Ким Андреевич Самусенко</t>
+  </si>
+  <si>
+    <t>12 августа 1989</t>
+  </si>
+  <si>
+    <t>Член Совета общественного движения «Дзея» был задержан 3 ноября 2020 года и осужден по делу о взломе компьютерной системы Мингорисполкома.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 28.01.2022: 6 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 26.04.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:05:42</t>
   </si>
   <si>
-    <t>Vladimir Evgenievich Boltenkov</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 16.01.2023: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+    <t>Владимир Евгеньевич Болтенков</t>
+  </si>
+  <si>
+    <t>13 августа 1998</t>
+  </si>
+  <si>
+    <t>Владимира обвинили в том, что он оставил оскорбительный комментарий в соцсети «ВКонтакте» под постом о Лукашенко. В публикации было фото и текст выступления по теме военных действий на территории Республики Беларусь. Владимир написал комментарий со страницы и телефона своей сестры, когда был у неё в гостях. Вину он полностью признал.</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 16.01.2023: 3 года ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2023-01-10 19:15:54</t>
   </si>
   <si>
-    <t>Samir Zal Ogly Gulu-Zade</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu data nieznana: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Самир Зал оглы Гулу-Заде</t>
+  </si>
+  <si>
+    <t>13 августа 1987</t>
+  </si>
+  <si>
+    <t>По образованию строитель, окончил в Барановичах училище № 61, ездил на заработки в Россию. Когда вернулся в Беларусь, стал членом Движения «За свободу». 
+В 2020 году приговорен к 10 суткам ареста, хотя просил судью наказать его штрафом. В 2025 году осужден на лишение свободы за участие в акциях протеста 2020 года.</t>
   </si>
   <si>
     <t>2025-08-19 21:16:43</t>
   </si>
   <si>
-    <t>Vladimir Valerievich Makhnach</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 29.10.2024: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 03.01.2025: nieznany.</t>
+    <t>Евгений Евгеньевич Волыхин</t>
+  </si>
+  <si>
+    <t>14 августа 1973</t>
+  </si>
+  <si>
+    <t>Евгений сначала учился в России-в Магнитогорском индустриально — педагогическом техникуме, - а затем в белорусском коммерческом университете управления. У Евгения есть несовершеннолетний сын.
+У Волыхина собственный бизнес. Более 20 лет он занимается изготовлением и установкой ПВХ-окон, балконных рам и других подобных конструкций.
+В соцсетях мужчины-ностальгия по СССР, репосты о "героях Новороссии" и критика российских властей. В комментариях он называет украинского журналиста Гордона гондоном, украинцев - "хохлами» и т.д., а Зеленского — наркоманом. Правда, на его страницах присутствовала и критика Лукашенко.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-10-15 12:36:24</t>
+  </si>
+  <si>
+    <t>Владимир Валериевич Махнач</t>
+  </si>
+  <si>
+    <t>14 августа 1977</t>
+  </si>
+  <si>
+    <t>Решение суда 29.10.2024: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 03.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-21 17:20:59</t>
   </si>
   <si>
-    <t>Evgeny Evgenievich Volykhin</t>
-[...33 lines deleted...]
-    <t>14 sierpnia 1986</t>
+    <t>Татьяна Ивановна Трофимчик</t>
+  </si>
+  <si>
+    <t>14 августа 1986</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2022-11-17 18:47:58</t>
   </si>
   <si>
-    <t>Vitaly Vyacheslavovich Shishlov</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 02.07.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 24.09.2021: wyrok został podtrzymany. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Виталий Вячеславович Шишлов</t>
+  </si>
+  <si>
+    <t>15 августа 1993</t>
+  </si>
+  <si>
+    <t>Виталий был задержан 25 сентября 2020 года в рамках уголовного дела, возбужденного после акции протеста в Минске. По государственному телевидению его показали со связанными руками в лесу, где он признался в участии в массовых беспорядках.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.07.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 24.09.2021: приговор оставлен без изменения. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:49:06</t>
   </si>
   <si>
-    <t>Ilya Petrovich Kravchevsky</t>
-[...8 lines deleted...]
-    <t>8,5 roku więzienia.</t>
+    <t>Илья Петрович Кравчевский</t>
+  </si>
+  <si>
+    <t>15 августа 1996</t>
+  </si>
+  <si>
+    <t>На суде по ст. 342 и ст. 364 вину не признал.</t>
+  </si>
+  <si>
+    <t>8,5 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-09-17 11:38:09</t>
   </si>
   <si>
-    <t>Igor Nikolaevich Goltsov</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 14.05.2025: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.06.2025: nieznany.</t>
+    <t>Игорь Николаевич Гольцов</t>
+  </si>
+  <si>
+    <t>16 августа 1984</t>
+  </si>
+  <si>
+    <t>40-летний программист из Могилева. В 2013 году окончил Белорусско-российский университет, обучался на инженера. Специализируется на работе с платформой Magento, которая используется для создания интернет-магазинов и организации онлайн-торговли. У него есть маленькая дочь и жена.
+Игорь Гольцов перевел на YouTube-канал «Зеркало» около 50 долларов через «Патреон». Это произошло в 2023 году.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.05.2025: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 20.06.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-04-03 14:38:31</t>
   </si>
   <si>
-    <t>Alexander Sergeevich Yurchik</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
+    <t>Максим Васильевич Гелясин</t>
+  </si>
+  <si>
+    <t>16 августа 1986</t>
+  </si>
+  <si>
+    <t>Гражданин РФ.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2025-09-29 22:38:25</t>
+  </si>
+  <si>
+    <t>Александр Сергеевич Юрчик</t>
+  </si>
+  <si>
+    <t>16 августа 1969</t>
+  </si>
+  <si>
+    <t>Александр был задержан в январе 2021 года по делу о массовых беспорядках и осужден по обвинению в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».</t>
+  </si>
+  <si>
+    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-05-28 22:53:14</t>
   </si>
   <si>
-    <t>Maxim Vasilievich Gelyasin</t>
-[...23 lines deleted...]
-    <t>Decyzja sądu 26.12.2023: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Алексей Вячеславович Швецов</t>
+  </si>
+  <si>
+    <t>17 августа 1985</t>
+  </si>
+  <si>
+    <t>Был осужден на 5 лет лишения свободы за донаты полку Калиновского (первый-13,63 евро, второй-35 евро, всего 133 рубля 30 копеек).</t>
+  </si>
+  <si>
+    <t>Решение суда 26.12.2023: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-01-30 20:42:17</t>
   </si>
   <si>
-    <t>Nikita Valerievich Samarin</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 11.12.2020: 4 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego, 500 ruble odszkodowania. Protest prokuratora 25.03.2021: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 2000 ruble odszkodowania. Decyzja sądu data nieznana: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Никита Валерьевич Самарин</t>
+  </si>
+  <si>
+    <t>17 августа 1991</t>
+  </si>
+  <si>
+    <t>Никиту задержали за распыление газа в лицо сотруднику ОМОНа, когда он пытался защитить человека на протесте. Его избили, обрезали волосы ножом и распылили газ в лицо. В декабре 2020 года его приговорили к четырем годам ограничения свободы, но позже прокурор добился ужесточения наказания до двух с половиной лет лишения свободы. Никита не явился на суд, передав через друга, что в зале суда планировались произвольные задержания, угрожавшие ему и другим.
+Был в вынужденной эмиграции. 
+В конце марта 2025 года стало известно, что в Гродно задержали Никиту, который на тот момент уже четыре года скрывался от приговора. Как сообщило Министерство внутренних дел, мужчину остановили, документов при нем не было, поэтому ему предложили пройти в участок. Никита оказал сопротивление милиционерам и, как утверждается, сломал одному из них руку. Сообщается, что мужчина был в розыске за то, что в августе 20-го года якобы "распылил в лицо правоохранителям газовый баллончик". За это против него возбудили уголовное дело. Он уехал из страны, но потом нелегально вернулся в Беларусь.
+С 13 мая 2025 г. нет сведений о политзаключенном. Переписка и передачи ему запрещены. Также нет никакой информации о деле Никиты и дате суда. Кроме этого, сообщается, что следователю по делу политзаключенного запрещено информировать о состоянии и движении дела родных и близких Никиты.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.12.2020: 4 года ограничения свободы с направлением в учреждение открытого типа, 500 рублей компенсации. Протест прокурора 25.03.2021: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 2000 рублей компенсации. Решение суда дата неизвестна: 6 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-27 22:25:03</t>
   </si>
   <si>
-    <t>Anatoly Stepanovich Vasilevsky</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 03.10.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 24.12.2024: nieznany.</t>
+    <t>Анатолий Степанович Василевский</t>
+  </si>
+  <si>
+    <t>17 августа 1963</t>
+  </si>
+  <si>
+    <t>Решение суда 03.10.2024: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 24.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-25 19:45:52</t>
   </si>
   <si>
-    <t>Eugene Ivanovich Soroko</t>
-[...5 lines deleted...]
-    <t>Jewgienija aresztowano w grudniu 2024 r. i skazano na karę więzienia w czerwcu 2025 r.</t>
+    <t>Евгений Иванович Сороко</t>
+  </si>
+  <si>
+    <t>17 августа 1993</t>
+  </si>
+  <si>
+    <t> Евгений был задержан в декабре 2024 года и осужден в июне 2025 года на лишение свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-06-28 18:08:16</t>
   </si>
   <si>
-    <t>Sergey Prus</t>
-[...11 lines deleted...]
-    <t>5 lat kolonii karnej</t>
+    <t>Владислав Сергеевич Савин</t>
+  </si>
+  <si>
+    <t>18 августа 1978</t>
+  </si>
+  <si>
+    <t>Владислав, блогер, поэт и писатель, был задержан в апреле 2021 года и через год осужден по статье о мошенничестве — за то, что в 2015–2016 годах пообещал более 100 людям участие в первых в Беларуси реалити-шоу, но не выполнил обещание. Его также признали виновным в участии в трех Маршах 2020 года и организации протестов через Instagram. Сам Владислав признал только участие в митингах.
+В октябре 2022 года его вновь осудили — за оскорбление Лукашенко в стихотворной форме, включенной в апелляционную жалобу на приговор.
+На портале интернет-магазина Ridero.ru под псевдонимом Влад Савинн представлены его книги — повесть «Амбидекстр» и сборник стихов «Поэзия Навылет», доступные в печатном и электронном виде.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.03.2022: 8 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 26.10.2022: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 23.12.2022: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-05-12 14:09:33</t>
+  </si>
+  <si>
+    <t>Сергей Андреевич Прусс</t>
+  </si>
+  <si>
+    <t>18 августа 1988</t>
+  </si>
+  <si>
+    <t>Осужден вместе с Дмитрием Бондаревым за видео в Инстаграме, в котором призывали "бить ОМОН" под стенами могилевской тюрьмы, но сами на "стрелку" не явились, госпропаганда предало огласке их задержание, объявив молодых людей футбольными фанатами, которыми, по их словам, они не являются.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>5 лет колонии усиленного режима</t>
   </si>
   <si>
     <t>2021-09-28 12:50:41</t>
   </si>
   <si>
-    <t>Vladislav Sergeevich Savin</t>
-[...25 lines deleted...]
-    <t>Decyzja sądu 29.10.2024: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+    <t>Александр Викторович Крупников</t>
+  </si>
+  <si>
+    <t>Александр был осуждён осенью 2024 года по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-7, Пружанский район, д. Куплин, 225136</t>
+  </si>
+  <si>
+    <t>Решение суда 29.10.2024: 3 года ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2024-10-21 22:37:32</t>
   </si>
   <si>
-    <t>Vitaly Fedorovich Braginets</t>
-[...12 lines deleted...]
-    <t>8 lat więzienia w kolonii karnej w reżimie zaostrzonym.</t>
+    <t>Олег Николаевич Силич</t>
+  </si>
+  <si>
+    <t>19 августа 1972</t>
+  </si>
+  <si>
+    <t>3,5 года лишения свободы в колонии в условиях усиленного режима</t>
+  </si>
+  <si>
+    <t>2023-11-22 15:19:45</t>
+  </si>
+  <si>
+    <t>Павел Петрович Алексеев</t>
+  </si>
+  <si>
+    <t>19 августа 1988</t>
+  </si>
+  <si>
+    <t>Гражданин РФ.
+26.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.05.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 26.07.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:35:47</t>
+  </si>
+  <si>
+    <t>Виталий Федорович Брагинец</t>
+  </si>
+  <si>
+    <t>19 августа 1973</t>
+  </si>
+  <si>
+    <t>Юрист с 25-летним стажем. Ранее возглавлял собственную компанию «Брагинец и партнеры». В последнее время работал в юридической консультации Дзержинского района Минска.
+После задержания дома его доставили в Партизанское РУВД «для проверки на причастность к протестной деятельности». Оттуда он, как утверждалось в суде, «попытался уйти». В этом и проявилось неповиновение.
+На него составили протокол по ст. 24.3 КоАП и арестовали на 15 суток. На свободу он должен был выйти вечером 7 июня, но этого не произошло.
+Виталий – защитник адвоката Андрея Мочалова, против которого было сообщает возбуждено уголовное дело. 
+Суд проходил в закрытом режиме.</t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-07-13 13:02:22</t>
   </si>
   <si>
-    <t>Pavel Petrovich Alekseev</t>
-[...50 lines deleted...]
-    <t>Decyzja sądu 15.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.10.2024: nieznany.</t>
+    <t>Ирина Александровна Мельхер</t>
+  </si>
+  <si>
+    <t>20 августа 1955</t>
+  </si>
+  <si>
+    <t>Ирина была задержана в декабре 2020 года вместе с сыном в рамках уголовного «дела Автуховича». Николая Автуховича власти назвали «организатором и руководителем террористической группировки». Её обвинили в участии в «террористической организации», причастной к поджогам имущества сотрудников милиции. Ирина была осуждена за «участие в преступной организации», «акт терроризма», «покушение на захват власти», а также за участие в протестной акции, которая проходила в сентябре 2020 года в Бресте.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 17 лет лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:45:25</t>
+  </si>
+  <si>
+    <t>Александр Андреевич Кудревич</t>
+  </si>
+  <si>
+    <t>20 августа 1989</t>
+  </si>
+  <si>
+    <t>Подробности дела неизвестны. Александра задержали, вероятно, в январе 2024 года. По информации в его соцсетях, мужчина женат, в 2014 году окончил БГУИР.
+Вероятно, он работал в Департаменте криминальной разведки, который подал против Александра иск за причинение имущественного вреда. Отметим, что Департамент криминальной разведки МВД появился в Беларуси в апреле этого года — ранее он назывался Департаментом обеспечения оперативно-розыскной деятельности МВД. 
+Процесс будет проходить в закрытом режиме.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.12.2024: 15 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 11.03.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-12-02 14:32:26</t>
+  </si>
+  <si>
+    <t>Дмитрий Тахирович Сувханов</t>
+  </si>
+  <si>
+    <t>20 августа 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий Сувханов является родным братом Марата Сувханова, который в феврале 2023 года погиб в Украине, воюя на стороне российских оккупационных войск.
+Ведущей заседания в суде Светлогорского района снова была Кристина Касьянова. Она рассматривала обвинение Дмитрия Сувханова по ч. 2 ст. 367, которым власти наказывают за клевету на Лукашенко.
+Таким образом власти нарушили право Сувханова на рассмотрение его дела независимым и беспристрастным судом. Ведь гражданка Касьянова находится в состоянии трудовой зависимости от лица, на которое Сувханов якобы навел клевету: менавта Лукашенко своим указом назначил Касьянову на должность судьи и при недовольстве ее действиями только он же может ее с той должности уволить.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 02.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-16 18:09:01</t>
   </si>
   <si>
-    <t>Alexander Andreevich Kudrevich</t>
-[...37 lines deleted...]
-    <t>Po licznych aresztach administracyjnych, 21 listopada 2021 r. został ponownie aresztowany w sprawie karnej.</t>
+    <t>Евгений Анатольевич Люлькович</t>
+  </si>
+  <si>
+    <t>21 августа 1994</t>
+  </si>
+  <si>
+    <t>После многочисленных административных арестов 21 ноября 2021 его перезадержали по уголовному делу.</t>
   </si>
   <si>
     <t>2022-05-14 20:51:06</t>
   </si>
   <si>
-    <t>Yuri Lvovich Averkov</t>
-[...27 lines deleted...]
-    <t>Decyzja sądu 12.06.2025: 2 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 11.09.2025: nieznany.</t>
+    <t>Павел Николаевич Белоус</t>
+  </si>
+  <si>
+    <t>22 августа 1987</t>
+  </si>
+  <si>
+    <t>Создатель магазина Symbal.by, культурный менеджер.
+Был задержан 15 ноября 2021 года после вызова в милицию. После этого Павла трижды осудили по административным делам (на 15, 13 и 7 суток), а после уже по уголовному делу перевели в СИЗО.</t>
+  </si>
+  <si>
+    <t>13 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2021-12-29 15:27:44</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Якушков</t>
+  </si>
+  <si>
+    <t>22 августа 1956</t>
+  </si>
+  <si>
+    <t>Военный пенсионер, подполковник запаса, служивший в ракетных войсках стратегического назначения, бывший преподаватель Военного училища, партиец "Народной Грамады".
+Во время президентской избирательной кампании в 2020 г. Якушкова дважды судили "за участие в несанкционированных мероприятиях" - за участие в пикетах по сбору подписей за Светлану Тихановскую , оба раза суд наказывал мужчину "сутками".</t>
+  </si>
+  <si>
+    <t>Решение суда 12.06.2025: 2 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 11.09.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-21 22:55:48</t>
   </si>
   <si>
-    <t>Olga Vladimirovna Mayorova</t>
-[...12 lines deleted...]
-    <t>Decyzja sądu 17.10.2022: 20 lata więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu 05.03.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 29.05.2024: wyrok został podtrzymany.</t>
+    <t>Александр Владимирович Судникович</t>
+  </si>
+  <si>
+    <t>22 августа 1960</t>
+  </si>
+  <si>
+    <t>В конце мая 2024 года государственные СМИ сообщили о задержании на белорусско-литовской границе двух граждан Беларуси: один из них находился в международном розыске и пытался нелегально пересечь границу с Литвой, второй был водителем.
+Александр на «покаянном видео» признался, что в 2021 году оставлял комментарии с «одобрением» действий Андрея Зельцера, погибшего в перестрелке с сотрудником КГБ Дмитрием Федосюком. Известно, что Александр долгое время проживал в США.
+В феврале 2025 года его осудили по четырём уголовным статьям, однако результат приговора пока неизвестен. Также сообщается, что у него серьёзные проблемы со здоровьем.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-10-10 12:18:28</t>
+  </si>
+  <si>
+    <t>Ольга Владимировна Майорова</t>
+  </si>
+  <si>
+    <t>22 августа 1966</t>
+  </si>
+  <si>
+    <t>Известная общественная деятельница, ранее участвовавшая в Объединённой гражданской партии, была задержана 4 января 2021 года в рамках «дела Автуховича» и обвинена в участии в «террористической организации», связанной с поджогами имущества милиции. Ольга осуждена за «участие в преступной организации», «покушение на захват власти», «разжигание вражды», «призывы к санкциям» и «незаконные действия с оружием».
+В заключении у политзаключенной возникло подозрение на диабет. В марте 2024 года её повторно осудили за «злостное неповиновение требованиям администрации колонии».</t>
+  </si>
+  <si>
+    <t>ИК-24, ул. Производственная, д. 44, г.п. Заречье, Речицкий р-н, Гомельская область, 247526</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 20 лет лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда 05.03.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 29.05.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 00:48:39</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Sudnikovich</t>
-[...43 lines deleted...]
-    <t>5. 5 lat pozbawienia wolności w kolonii karnej.</t>
+    <t>Оксана Генриховна Лепко</t>
+  </si>
+  <si>
+    <t>22 августа 1974</t>
+  </si>
+  <si>
+    <t>Была осуждена за денежные переводы в СИЗО</t>
+  </si>
+  <si>
+    <t>Решение суда 20.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-06-03 18:46:04</t>
+  </si>
+  <si>
+    <t>Борис Борисович Пухальский</t>
+  </si>
+  <si>
+    <t>22 августа 1975</t>
+  </si>
+  <si>
+    <t>Следствие считает, что в январе этого года украинец Лихолат вышел на связь с СБУ, где ему поручили взорвать железнодорожные пути. К заданию он привлек двух гродненцев, которые обладали профессиональными навыками минно-взрывного дела. Пухальского Бориса задержали, когда он забрал из тайника в Кобринском районе взрывное устройство и перевез его в Толочинский район.
+Приговорен к 25 годам лишения свободы, при этом суд определил Борису отбывать наказание в виде лишения свободы в тюрьме на протяжении первых пяти лет.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.12.2024: 25 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.05.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-09-28 13:36:19</t>
+  </si>
+  <si>
+    <t>Светлана Викторовна Бычковская</t>
+  </si>
+  <si>
+    <t>22 августа 1977</t>
+  </si>
+  <si>
+    <t>Женщина работала в службе «Одно окно» Октябрьского района г. Минска.
+Подозревается в передаче телеграм-каналам личных данных силовиков.
+Суд проходил в закрытом режиме.</t>
+  </si>
+  <si>
+    <t>5. 5 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-04-19 18:19:59</t>
   </si>
   <si>
-    <t>Edward Vladimirovich Veremchuk</t>
-[...42 lines deleted...]
-    <t>24 sierpnia 1993</t>
+    <t>Анатолий Александрович Чуриков</t>
+  </si>
+  <si>
+    <t>24 августа 1988</t>
+  </si>
+  <si>
+    <t>Решение суда 19.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-13 12:15:02</t>
+  </si>
+  <si>
+    <t>Павел Владимирович Коренюхин</t>
+  </si>
+  <si>
+    <t>Был задержан в ноябре 2024 года в Жодино. 
+В это же время признали "экстремистскими материалами" сайт инициативы "письмо.бел", а также страницы ее в соцсетях. Еще через месяц КГБ признал инициативу "экстремистским формированием". По данным ведомства, Александр Мазур, а также Павел Коренюхин и Александр Лыкшин имеют отношение к "письмо.бел". Сейчас мужчины находятся в СТ-8, их обвиняют по ст. 361-1 Уголовного кодекса (Создание экстремистского формирования или участие в нем).</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция 25.11.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-29 21:56:28</t>
+  </si>
+  <si>
+    <t>Надежда Анатольевна Лаптенок</t>
+  </si>
+  <si>
+    <t>24 августа 1972</t>
+  </si>
+  <si>
+    <t>Известно, что Надежда имеет двух взрослых дочерей и несовершеннолетнего сына с инвалидностью.
+01.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2023-12-07 23:27:01</t>
+  </si>
+  <si>
+    <t>Андрей Анатольевич Кривошей</t>
+  </si>
+  <si>
+    <t>24 августа 1993</t>
   </si>
   <si>
     <t>2025-11-06 20:45:56</t>
   </si>
   <si>
-    <t>Anatoly Alexandrovich Churikov</t>
-[...53 lines deleted...]
-    <t>Decyzja sądu 07.03.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>Полина Александровна Питкевич</t>
+  </si>
+  <si>
+    <t>24 августа 1994</t>
+  </si>
+  <si>
+    <t>Когда в июне 2024 года КГБ Беларуси объявил проект Media IQ экстремистским формированием, то называл Питкевич среди его участников. Примерно в тоже время аккаунты Полины последний раз были онлайн.
+Полина Питкевич родилась в 1994 году. Окончила факультет журналистики БГУ (2016). Она увлекалась театром и какое-то время играла как актриса в Лаборатории социального театра в Минске. Как журналистка писала на культурные темы. Также Полина известна своей любовью к животным — на ее страницах в соцсетях можно найти множество объявлений о помощи бездомным хвостатым. По словам знакомых, у Полины у самой дома жил не один спасенный кот.</t>
+  </si>
+  <si>
+    <t>Решение суда 07.03.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-28 01:16:19</t>
   </si>
   <si>
-    <t>Artsem Nikolaevich Sakov</t>
-[...10 lines deleted...]
-    <t>Decyzja sądu 14.12.2021: 16 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 01.06.2022: wyrok został podtrzymany. Decyzja sądu 06.10.2022: około 29000000 ruble odszkodowania. Sąd zmiany reżimu 09.11.2022: nieznany lata więzienia.</t>
+    <t>Марина Александровна Петрожицкая</t>
+  </si>
+  <si>
+    <t>25 августа 1963</t>
+  </si>
+  <si>
+    <t>Работала завучем по воспитательной работе в минской гимназии № 34, которая находится около улицы Орловской, напротив Киевского сквера. Женщина окончила Белорусский государственный педагогический университет (тогда Минский государственный педагогический институт) в 1984 году, после чего преподавала математику около 40 лет.
+В июле 2021-го Петражицкой присудили 15 суток. У нее тогда провели обыск дома, забрали в КГБ, а потом оформили протокол за «неподчинение». Когда точно завуча уволили из школы, неизвестно.
+Учительницу арестовали в октябре 2024 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.07.2025: 2 года лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-26 14:58:15</t>
+  </si>
+  <si>
+    <t>Дмитрий Александрович Макеев</t>
+  </si>
+  <si>
+    <t>25 августа 1983</t>
+  </si>
+  <si>
+    <t>По образованию фармацевт. Дмитрия обвиняют по шести статьям уголовного кодекса. 
+По версии гособвинения, с августа 2020-го по февраль 2023 года мужчина перевел 68 евро на счета информационного ресурса «Белсат», а также 68 евро и 78 долларов на счета Фонда солидарности Bysol. Кроме этого, более года перечислял деньги медиаресурса - "материалы которого признаны экстремистскими", а также 33 евро на счета полка имени Кастуся Калиновского.
+Фигурант делал фотокопии ведомственных документов, которые поступали в адрес аптеки, и отправлял их в»Телеграмм «-каналы, которые служители Лукашенко называют»экстремистскими формированиями". Во время первого судебного заседания стало известно, что среди документов были информация о сверке карточек воинского учета военнообязанных, о том, что с белорусского рынка исчезнут некоторые медикаменты украинского производства, обращение Белорусского союза женщин в связи с ситуацией на границе, решение Минздрава. Кроме того, мужчина запечатлел видео с камер наружного видеонаблюдения аптеки с перемещением российской военной техники и также отправил в «телеграмм»-каналы.
+28.11.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии в условиях усиленного режима</t>
+  </si>
+  <si>
+    <t>2023-08-16 18:04:33</t>
+  </si>
+  <si>
+    <t>Артём Николаевич Саков</t>
+  </si>
+  <si>
+    <t>25 августа 1994</t>
+  </si>
+  <si>
+    <t>Артем — бывший пограничник, член инициативной группы по выдвижению Светланы Тихановской в президенты и один из видеооператоров YouTube-канала «Страна для жизни». Он участвовал в пикете по сбору подписей в Гродно 29 мая 2020 года. Позже его задержали и осудили за "организацию массовых беспорядков".
+В ноябре 2022 года его перевели на тюремный режим.
+По данным правозащитников, фигуранты "дела" обязаны выплатить компенсацию в размере 29 миллионов рублей.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.12.2021: 16 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 01.06.2022: приговор оставлен без изменения. Решение суда 06.10.2022: приблизительно 29000000 рублей компенсации. Суд по смене режима 09.11.2022: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:11:11</t>
   </si>
   <si>
-    <t>Marina Alexandrovna Petrozhitskaya</t>
-[...40 lines deleted...]
-    <t>Decyzja sądu 02.12.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 25.02.2025: nieznany.</t>
+    <t>Геннадий Михайлович Полейчук</t>
+  </si>
+  <si>
+    <t>25 августа 1974</t>
+  </si>
+  <si>
+    <t>Решение суда 02.12.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-22 00:12:46</t>
   </si>
   <si>
-    <t>Olga Alexandrovna Rodionova</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 10.12.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
+    <t>Александра Владимировна Дубровская</t>
+  </si>
+  <si>
+    <t>26 августа 1988</t>
+  </si>
+  <si>
+    <t>Александра окончила университет кардинала Стефана Вышинского в Варшаве. Работает учительницей английского языка в различных школах и Центрах детского развития Могилева. Имеет первую учительскую категорию.
+Женщина известна как любительница беларусской культуры, принимала участие в мероприятиях Товарищества белорусского языка и кружке народных танцев.
+Скорее всего дело связано с учатием Александры в протестных чатах.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 19.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-11-29 17:40:07</t>
+  </si>
+  <si>
+    <t>Дмитрий Юрьевич Равич</t>
+  </si>
+  <si>
+    <t>Задержан за акцию на железной дороге.
+Во время наступления российских войск на Киев с Гомельщины он вместе с Денисом Дикуном и Олегом Молчановым сжег на железной дороге шкаф с электронным оборудованием, чтобы замедлить подвоз российской военной техники к украинской границе. В результате были приведены в неисправное состояние светофоры и стрелочные переводы на одном из участков железной дороги Жлобин – Калинковичи, которая далее продолжается в Украину.
+Дмитрий работал в ВМУ РУП «ПО Белоруснефть» вышкомонтажником-электромантером.</t>
+  </si>
+  <si>
+    <t>22 года лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:12:13</t>
+  </si>
+  <si>
+    <t>Татьяна Владимировна Минец</t>
+  </si>
+  <si>
+    <t>26 августа 1979</t>
+  </si>
+  <si>
+    <t>Практикующий психолог и успешный бизнес-тренер в области профессионального и личностного роста. Является членом Белорусской ассоциации психотерапевтов.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: 2 года лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-11-26 19:12:09</t>
+  </si>
+  <si>
+    <t>Ольга Александровна Родионова</t>
+  </si>
+  <si>
+    <t>26 августа 1974</t>
+  </si>
+  <si>
+    <t>Ольга Родионова работала до 2020 года в KYKY.org, преимущественно для рубрики "Боль", также сотрудничала как фрилансерка с беларусскими и зарубежными медиа. 
+Во время содержания в СИЗО № 1 Ольгу направляли на психиатрическую экспертизу в больницу в Новинках. Больная мать Ольги, которой более 80 лет, нуждается в постоянном уходе.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.12.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-01 02:14:01</t>
   </si>
   <si>
-    <t>Alexandra Vladimirovna Dubrovskaya</t>
-[...45 lines deleted...]
-    <t>6,5 roku więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych.</t>
+    <t>Екатерина Николаевна Новикова</t>
+  </si>
+  <si>
+    <t>26 августа 1985</t>
+  </si>
+  <si>
+    <t>Предположительно задержана за интервью для иностранных СМИ.
+Известно, что Екатерину задержали в начале лета в одной ночнушке, в которой она находилась в СИЗО до первой передачи от родных. 
+В начале апреля 2024 г. источники "Белсата" передали редакции письмо от Екатерины. На куске туалетной бумаги она описала свое ужасное задержание и дальнейшее заключение:
+"Я упала со второго этажа кровати, головой об деревянную лавку. Снимок сделали, но больше месяца не сообщают результат".
+"Ставили на флаг, били всем кабинетом. Сказали, что за мои интервью, канал и за мои пламенные обращения."
+16 июля 2024 г. состоялось рассмотрение апелляционной жалобы.  </t>
+  </si>
+  <si>
+    <t>6,5 лет лишения ссвободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-07-19 22:46:33</t>
   </si>
   <si>
-    <t>Dmitry Yurievich Ravich</t>
-[...22 lines deleted...]
-    <t>7 lat więzienia w kolonii o zaostrzonym rygorze</t>
+    <t>Андрей Анатольевич Врублевский</t>
+  </si>
+  <si>
+    <t>27 августа 1971</t>
+  </si>
+  <si>
+    <t>Решение суда 04.03.2025: 4 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-04-08 09:55:08</t>
+  </si>
+  <si>
+    <t>Ирина Викторовна Кишкурно</t>
+  </si>
+  <si>
+    <t>27 августа 1962</t>
+  </si>
+  <si>
+    <t>Известно, что женщина работала библиотекарем, а последний год перед задержанием - в системе городских коммунальных предприятий Мингорисполкома.
+От людей, которые встречались с Ириной в заключении, стало известно, что она очень тяжело переживает арест. По ее словам, от нее отвернулись родственники и друзья. Кроме того, у Ирины серьезные проблемы со здоровьем: судебные заседания даже приходилось прерывать, так как женщине становилось плохо.</t>
+  </si>
+  <si>
+    <t>2025-08-23 23:03:35</t>
+  </si>
+  <si>
+    <t>Александр Дементьевич Назарович</t>
+  </si>
+  <si>
+    <t>27 августа 1983</t>
+  </si>
+  <si>
+    <t>Александр был задержан и осужден за остановку товарного поезда, нанесение красных полос на рекламные лайтбоксы, прокол шин автомобиля сотрудника милиции, поджог киоска «Табакерка», а также действия с предметами, содержащими горючие вещества. Он объяснил свои поступки протестом против ситуации в стране после президентских выборов 9 августа 2020 года, в частности, против безосновательных задержаний и пыток людей силовиками. Также был конфискован его автомобиль Opel Astra.</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 07.06.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.08.2021: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:24:17</t>
+  </si>
+  <si>
+    <t>Александр Геннадьевич Кордюков</t>
+  </si>
+  <si>
+    <t>27 августа 1979</t>
+  </si>
+  <si>
+    <t>Александр был задержан после акции протеста против результатов президентских выборов, которая проходила 11 августа 2020 года в Бресте. На этой акции в затылок был застрелен Геннадий Шутов, чему Александр стал свидетелем. Позднее его осудили за сопротивление и покушение на капитана Романа Гаврилова, застрелившего протестующего, и прапорщика Арсения Галицына, которые выступили в роли потерпевших.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.02.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 2642 рубля компенсации. Апелляция 14.05.2021: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:18:57</t>
+  </si>
+  <si>
+    <t>Михаил Игоревич Бабошко</t>
+  </si>
+  <si>
+    <t>27 августа 1992</t>
+  </si>
+  <si>
+    <t>01.12.2023 прошло апелляцционное заседание суда,  приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>7 лет заключения свободы в колонии усиленного режима</t>
   </si>
   <si>
     <t>2023-10-02 21:15:28</t>
   </si>
   <si>
-    <t>Alexander Dimentievich Nazarovich</t>
-[...59 lines deleted...]
-    <t>5,5 roku więzienia w więzieniu o zaostrzonym rygorze.</t>
+    <t>Степан Сергеевич Задойко</t>
+  </si>
+  <si>
+    <t>27 августа 1984</t>
+  </si>
+  <si>
+    <t>По сообщениям провластных каналов, задержан за более чем 1200 комментариев. Примечательно, что показанные силовиками комментарии написаны преимущественно на белорусском языке и в основном направлены на поддержку Украины. Все показанные комментарии - с ютуба.
+На видео на каналах силовиков на него набрасывается пятеро бойцов СОБР, а позже мужчина выглядит избитым: у него сильно подбит глаз и поцарапана до крови голова.
+Степан работает рабочим на одном из частных предприятий Гродно. Также мужчина регулярно ходит в зал и поддерживает себя в хорошей физической форме, если судить по фото в соцсетях.</t>
+  </si>
+  <si>
+    <t>5,5 лет лишения свободы в колорнии усиленного режима.</t>
   </si>
   <si>
     <t>2023-09-27 17:54:18</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Vrublevsky</t>
-[...22 lines deleted...]
-    <t>Decyzja sądu 29.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2024: nieznany.</t>
+    <t>Андрей Анатольевич Крейдич</t>
+  </si>
+  <si>
+    <t>28 августа 1977</t>
+  </si>
+  <si>
+    <t>После задержания был осужден по административной статье и после этого уже не вышел на свободу, находится в СИЗО, предъявлено обвинение за комментарии в соцсетях.
+До задержания проживал и работал в Европе.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.08.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 600 базовых величин штрафа. Апелляция 14.10.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-01-29 22:01:28</t>
+  </si>
+  <si>
+    <t>Людмила Андреевна Дейнека</t>
+  </si>
+  <si>
+    <t>28 августа 1983</t>
+  </si>
+  <si>
+    <t>Людмиле Дейнеко 40 лет. В 2005 году она окончила Полоцкий государственный университет по специальности «правоведение». Сначала работала в управлении внутренних дел Минского облисполкома, затем в управлении юстиции Минского горисполкома, консультантом в суде Заводского района Минска.
+Суд начинается 22 июля. Дейнеко обвиняют в «призывах к санкциям», «оскорблении Лукашенко» ,  «разжигании вражды или розни».
+У Людмилы двое несовершеннолетних детей.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-18 16:18:34</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Kreidich</t>
-[...21 lines deleted...]
-    <t>Wasilij pochodzi z Homla. Interesuje się samochodami i uwielbia majsterkować. Ukończył Akademię Wojskową i służył w brygadzie rakietowej. Służył w Siłach Zbrojnych Białorusi przez 15 lat i uzyskał stopień majora. Wiadomo, że latem 2021 roku odszedł ze służby i zajął się marketingiem sieciowym.</t>
+    <t>Василий Александрович Климович</t>
+  </si>
+  <si>
+    <t>29 августа 1988</t>
+  </si>
+  <si>
+    <t>Василий родом из Гомеля. Он интересуется автомобилями, любит мастерить что-то руками. Окончил Военную академию, служил в ракетной бригаде. 15 лет проработал в Вооруженных Силах Беларуси, получил звание майора. Известно, что летом 2021 года он ушел со службы и занялся сетевым маркетингом.</t>
   </si>
   <si>
     <t>2025-07-23 12:13:53</t>
   </si>
   <si>
-    <t>Eugene Viktorovich Kislov</t>
-[...24 lines deleted...]
-    <t>nieznany</t>
+    <t>Дмитрий Александрович Иванченко</t>
+  </si>
+  <si>
+    <t>30 августа 1986</t>
+  </si>
+  <si>
+    <t>Задержан за коментарии в соцсетях.</t>
+  </si>
+  <si>
+    <t>неизвестно</t>
   </si>
   <si>
     <t>2022-09-05 15:46:23</t>
   </si>
   <si>
-    <t>Tatiana Alexeychik</t>
-[...27 lines deleted...]
-    <t>Decyzja sądu 16.05.2025: 1 rok 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+    <t>Андрей Валерьевич Нестерович</t>
+  </si>
+  <si>
+    <t>31 августа 1989</t>
+  </si>
+  <si>
+    <t>Андрей, собственник гродненского этномагазина «Цудоўня», был задержан 6 февраля 2025 года в рамках уголовного дела, связанного с протестами 2020 года, и позднее приговорён к ограничению свободы.
+Он основал магазин в 2015 году. После выборов 2020 года бизнес столкнулся с штрафами и угрозой лишения помещения, но Андрей оставался в Беларуси и продолжал его поддерживать, считая важным для сохранения и развития белорусской культуры.</t>
+  </si>
+  <si>
+    <t>ИУОТ-9, 210034, г. Витебск, ул. 3-я Чепинская, 39</t>
+  </si>
+  <si>
+    <t>Решение суда 16.05.2025: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-02-17 17:03:14</t>
   </si>
   <si>
-    <t>Alexander Andreevich Levkovich</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 14.03.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>Руслан Николаевич Баранчик</t>
+  </si>
+  <si>
+    <t>31 августа 1976</t>
+  </si>
+  <si>
+    <t>Руслан Баранчик окончил математический факультет Гродненского государственного университета. 
+Какое-то время работал тестировщиком в EPAM Systems, программистом в "Интексофт" и даже обеспечивал работу программного обеспечения на гродненском автовокзале.
+Последние годы он работал дистанционно, занимаясь SEO-продвижением и копирайтингом.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-12-16 14:04:46</t>
+  </si>
+  <si>
+    <t>Александр Андреевич Левкович</t>
+  </si>
+  <si>
+    <t>31 августа 1990</t>
+  </si>
+  <si>
+    <t>Александр был осуждён весной 2025 года по статьям «оскорбление представителя власти» и «оскорбление Лукашенко» и приговорён к лишению свободы в колонии.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.03.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-03-11 21:34:35</t>
   </si>
   <si>
-    <t>Yuri Ivanovich Vlasov</t>
-[...12 lines deleted...]
-    <t>Decyzja sądu 04.05.2021: 6 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu 02.08.2023: 2 roku więzienia.</t>
+    <t>Юрий Иванович Власов</t>
+  </si>
+  <si>
+    <t>31 августа 1967</t>
+  </si>
+  <si>
+    <t>Доверенное лицо кандидата в президенты Светланы Тихановской по Гомелю и Гомельской области. Был задержан 6 августа 2020 года и обвинен в "массовых беспорядках" и планах по "захвату зданий".
+В 2023 году Юрия перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.05.2021: 6 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима 02.08.2023: 2 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:20:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1864,51 +1760,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1996,2559 +1892,2383 @@
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>37</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-        <v>12</v>
+      <c r="E6" t="s">
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I9" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
       </c>
       <c r="I12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>74</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>76</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
         <v>79</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>80</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>81</v>
       </c>
-      <c r="D14" t="s">
-[...11 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>85</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>86</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
         <v>89</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>90</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
+        <v>72</v>
+      </c>
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
         <v>93</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>94</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>72</v>
+      </c>
+      <c r="I17" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
         <v>102</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>56</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>103</v>
       </c>
-      <c r="C19" t="s">
+      <c r="I19" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" t="s">
         <v>107</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>112</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
         <v>115</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>116</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>38</v>
+      </c>
+      <c r="E22" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>117</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
         <v>121</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
         <v>122</v>
       </c>
-      <c r="C23" t="s">
+      <c r="H23" t="s">
+        <v>72</v>
+      </c>
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...16 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
         <v>126</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>67</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>127</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...13 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
         <v>131</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>132</v>
       </c>
-      <c r="D25" t="s">
-[...8 lines deleted...]
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" t="s">
         <v>135</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>136</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>137</v>
-      </c>
-[...16 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" t="s">
         <v>140</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...16 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" t="s">
+        <v>145</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
         <v>146</v>
       </c>
-      <c r="B28" t="s">
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
         <v>151</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>153</v>
       </c>
       <c r="I29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>155</v>
       </c>
       <c r="B30" t="s">
         <v>156</v>
       </c>
       <c r="C30" t="s">
         <v>157</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="H30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
+        <v>99</v>
+      </c>
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>167</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>168</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="F32" t="s">
+      <c r="I32" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>170</v>
+      </c>
+      <c r="B33" t="s">
+        <v>171</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>172</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>174</v>
+      </c>
+      <c r="B34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>38</v>
+      </c>
+      <c r="E34" t="s">
+        <v>39</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
+        <v>176</v>
+      </c>
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>146</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>182</v>
-      </c>
-[...16 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
+        <v>185</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="I36" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
         <v>190</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>21</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
       <c r="I37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>143</v>
+        <v>56</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>152</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>215</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>217</v>
+      </c>
+      <c r="B43" t="s">
         <v>218</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>219</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>152</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>220</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>222</v>
+      </c>
+      <c r="B44" t="s">
         <v>223</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>224</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>225</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>227</v>
+      </c>
+      <c r="B45" t="s">
         <v>228</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>229</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>163</v>
+        <v>230</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I45" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B46" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>163</v>
+        <v>235</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>216</v>
+        <v>236</v>
       </c>
       <c r="I46" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B47" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>239</v>
+        <v>50</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>240</v>
       </c>
       <c r="I47" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>242</v>
       </c>
       <c r="B48" t="s">
         <v>243</v>
       </c>
       <c r="C48" t="s">
         <v>244</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>13</v>
+        <v>152</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>245</v>
       </c>
       <c r="I48" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>247</v>
       </c>
       <c r="B49" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C49" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>249</v>
+        <v>50</v>
       </c>
       <c r="F49" t="s">
-        <v>169</v>
+        <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
         <v>250</v>
       </c>
       <c r="I49" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>252</v>
       </c>
       <c r="B50" t="s">
         <v>253</v>
       </c>
       <c r="C50" t="s">
         <v>254</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E50" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>255</v>
       </c>
       <c r="I50" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>257</v>
       </c>
       <c r="B51" t="s">
         <v>258</v>
       </c>
       <c r="C51" t="s">
         <v>259</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>260</v>
       </c>
       <c r="I51" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>262</v>
       </c>
       <c r="B52" t="s">
         <v>263</v>
       </c>
+      <c r="C52" t="s">
+        <v>264</v>
+      </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="I52" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>267</v>
+        <v>268</v>
+      </c>
+      <c r="C53" t="s">
+        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
+      <c r="E53" t="s">
+        <v>146</v>
+      </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>268</v>
+        <v>250</v>
       </c>
       <c r="I53" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B54" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C54" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
+      <c r="E54" t="s">
+        <v>50</v>
+      </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="I54" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B55" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C55" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>143</v>
+        <v>50</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I55" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B56" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C56" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D56" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I56" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B57" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C57" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E57" t="s">
-        <v>143</v>
+        <v>289</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>255</v>
+        <v>290</v>
       </c>
       <c r="I57" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B58" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C58" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>38</v>
+      </c>
+      <c r="E58" t="s">
+        <v>39</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="I58" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B59" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C59" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="I59" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B60" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C60" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D60" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E60" t="s">
-        <v>302</v>
+        <v>39</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="I60" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B61" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="I61" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B62" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C62" t="s">
         <v>312</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>60</v>
+        <v>230</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>313</v>
       </c>
       <c r="I62" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>315</v>
       </c>
       <c r="B63" t="s">
         <v>316</v>
       </c>
       <c r="C63" t="s">
         <v>317</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E63" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>318</v>
       </c>
       <c r="I63" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>320</v>
       </c>
       <c r="B64" t="s">
         <v>321</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
+        <v>220</v>
+      </c>
+      <c r="I64" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>323</v>
+      </c>
+      <c r="B65" t="s">
         <v>324</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>325</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E65" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>326</v>
       </c>
       <c r="I65" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>328</v>
       </c>
       <c r="B66" t="s">
         <v>329</v>
       </c>
       <c r="C66" t="s">
         <v>330</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>38</v>
+      </c>
+      <c r="E66" t="s">
+        <v>39</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>331</v>
       </c>
       <c r="I66" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>333</v>
       </c>
       <c r="B67" t="s">
         <v>334</v>
       </c>
+      <c r="C67" t="s">
+        <v>335</v>
+      </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
+      <c r="E67" t="s">
+        <v>146</v>
+      </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>216</v>
+        <v>336</v>
       </c>
       <c r="I67" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B68" t="s">
-        <v>337</v>
+        <v>339</v>
+      </c>
+      <c r="C68" t="s">
+        <v>340</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>230</v>
+      </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="I68" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B69" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>342</v>
+        <v>21</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I69" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B70" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C70" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D70" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E70" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="I70" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B71" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C71" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D71" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I71" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B72" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C72" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E72" t="s">
-        <v>239</v>
+        <v>39</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I72" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B73" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C73" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D73" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E73" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I73" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B74" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C74" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E74" t="s">
-        <v>143</v>
+        <v>39</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="I74" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B75" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
         <v>21</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I75" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B76" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C76" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D76" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E76" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>377</v>
+        <v>359</v>
       </c>
       <c r="I76" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>379</v>
       </c>
       <c r="B77" t="s">
         <v>380</v>
       </c>
       <c r="C77" t="s">
         <v>381</v>
       </c>
       <c r="D77" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>33</v>
+        <v>382</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
-        <v>129</v>
+        <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="I77" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B78" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C78" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D78" t="s">
-        <v>32</v>
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>152</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="I78" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B79" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C79" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D79" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="I79" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B80" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="C80" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>163</v>
+        <v>98</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="I80" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B81" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C81" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>143</v>
+        <v>50</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="I81" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B82" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C82" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E82" t="s">
-        <v>406</v>
+        <v>39</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I82" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B83" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C83" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>163</v>
+        <v>230</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>412</v>
+        <v>220</v>
       </c>
       <c r="I83" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>414</v>
       </c>
       <c r="B84" t="s">
         <v>415</v>
       </c>
       <c r="C84" t="s">
         <v>416</v>
       </c>
       <c r="D84" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>387</v>
+        <v>417</v>
       </c>
       <c r="I84" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B85" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C85" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="I85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B86" t="s">
-        <v>425</v>
+        <v>426</v>
+      </c>
+      <c r="C86" t="s">
+        <v>427</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="I86" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B87" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C87" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D87" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="I87" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B88" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C88" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I88" t="s">
-        <v>437</v>
-[...6 lines deleted...]
-      <c r="B89" t="s">
         <v>439</v>
-      </c>
-[...184 lines deleted...]
-        <v>472</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">