--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -68,1379 +68,1384 @@
   <si>
     <t>1 августа 2003</t>
   </si>
   <si>
     <t>19-летний парень осужден за сообщения в телеграм-чатах, которые оставил в феврале этого года. Предположительно, такие сообщения в групповом чате стали реакцией парня на начавшуюся вооруженную силами России войну в Украине, в том числе с территории Беларуси. </t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
     <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
   </si>
   <si>
     <t>В заключении</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>6,5 лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2022-08-17 21:24:07</t>
   </si>
   <si>
-    <t>Роман Анатольевич Багновец</t>
-[...5 lines deleted...]
-    <t>Роман был задержан ночью 10 августа 2020 года в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
+    <t>Сергей Александрович Говша</t>
+  </si>
+  <si>
+    <t>1 августа 1981</t>
+  </si>
+  <si>
+    <t>Осужден за акцию протеста, которая проходила с 10 на 11 августа 2020 года в Березе на 2 года колонии (окончательно, с учетом некоей предыдущей судимости, 3 года колонии).</t>
+  </si>
+  <si>
+    <t>Решение суда 28.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 18.10.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:16:53</t>
+  </si>
+  <si>
+    <t>Александр Александрович Хозеев</t>
+  </si>
+  <si>
+    <t>3 августа 2000</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-02-03 10:40:08</t>
+  </si>
+  <si>
+    <t>Леонид Иванович Теребей</t>
+  </si>
+  <si>
+    <t>4 августа 1985</t>
+  </si>
+  <si>
+    <t>Причиной задержания Леонида и его жены Антонины стали протесты 2020 года. Провластные каналы сообщили, что Антонину оставили с ребенком - вероятно, под подпиской о невыезде. Также вероятно, ей вынесут наказание, не связанное с лишением свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.02.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-06-28 10:09:13</t>
+  </si>
+  <si>
+    <t>Ирина Геннадьевна Токарчук</t>
+  </si>
+  <si>
+    <t>4 августа 1960</t>
+  </si>
+  <si>
+    <t>Мама политзаключенной блогерки Ольги Токарчук (была освобождена в июне 2022 года после отбытия срока наказания). Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые отправляли посылки и письма политзаключенным. </t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда 14.08.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 15.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-06 12:36:40</t>
+  </si>
+  <si>
+    <t>Александр Фёдорович Троцкий</t>
+  </si>
+  <si>
+    <t>5 августа 1975</t>
+  </si>
+  <si>
+    <t>12 августа 2020 года Александра задержали, когда его машину остановили вооружённые люди. Он отказался выйти, и после угроз стрельбы попытался уехать. При задержании его избили и доставили в больницу с черепно-мозговой травмой, затем перевели в СИЗО. По версии следствия, он наехал на ногу милиционера. Суд признал его виновным в покушении на убийство.</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 05.03.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 10000 рублей компенсации.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:54</t>
+  </si>
+  <si>
+    <t>Сергей Семенович Тимашенко</t>
+  </si>
+  <si>
+    <t>5 августа 1966</t>
+  </si>
+  <si>
+    <t>Сергей Тимошенко с 1986 по 1988 годы воевал в Афганистане. Он служил во 2-й десантно-штурмовой заставе керкинской десантно-штурмовой маневренной группы, руководил боевой группой.
+Сергей , судя по соцсетям, поддерживает Украину в войне против России. Похоже, что это и стало причиной обвинений. Он внезапно исчез из всех соцсетей в конце 2024 года, был задержан и помещен в СИЗО.</t>
   </si>
   <si>
     <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
   </si>
   <si>
-    <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения.</t>
-[...90 lines deleted...]
-    <t>2021-02-26 22:37:54</t>
+    <t>Решение суда 10.09.2025: 12 лет лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-09-15 13:13:04</t>
+  </si>
+  <si>
+    <t>Юлия Викторовна Костюченко</t>
+  </si>
+  <si>
+    <t>5 августа 1995</t>
+  </si>
+  <si>
+    <t>Суд Рогачевского района посчитал, что  Юлия на своей общедоступной странице в социальной сети «Инстаграм» размещала сообщения и видеозаписи, которые «содержат оскорбление в адрес президента».
+02.12.2023 освобождена полностью отбыв срок наказания, назначенный судом.
+В январе, во время предвыборных облав Юлию Костюченко снова задержали и 22 января судили по части 2 статьи 19.11 Кодекса об административных правонарушениях якобы за распространение “экстремистских материалов”. 5 февраля состоялся второй суд над Юлией Костюченко по части 2 статьи 19.11 коп. Скорее всего, все это время Юлия содержалась в заключении и ей просто продлевали срок административного ареста, назначив первый раз 15 суток, а 5 февраля продлив еще раз арест. Всего Юлия пробыла в ИВС 90 суток, после чего была переведена в СИЗО -3.
+3 апреля 2025 года КГБ Беларуси признал "экстремистским формированием" страницу в соцсети Х с названием "че ваще происходит". При этом, причастной к этому ”формированию " каратели назвали Костюченко Юлию Викторовну 5 августа 1995 года рождения.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 22.03.2023: 1 год лишения свободы в колонии в условиях общего режима. Апелляция 19.05.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-03-16 22:57:54</t>
   </si>
   <si>
     <t>Сергей Леонидович Гневко</t>
   </si>
   <si>
     <t>5 августа 1977</t>
   </si>
   <si>
     <t>Сергей был осужден в суде за оскорбление Лукашенко. 5 мая 2023 года дело рассматривала судья Инна Сивец.
 В суде Оршанского района и Орши 4 июня 2024 г. рассмотрено еще одно уголовное дело Сергея. Его снова обвинили в оскорблении Лукашенко . Дело рассматривала судья Юлия Вершинина.
 Судом было установлено, что Сергей Гневко "являясь лицом, ранее судимым за публичное   оскорбление  Лукашенко и будучи доставленным в специзолятор Оршанского РУВД за совершение административного правонарушения, предусмотренного ст. 19. 1 КоАП (мелкое хулиганство), находясь в состоянии алкогольного опьянения, в присутствии сотрудников ОВД и работника специзолятора публично произнес высказывание, содержащее ненормативную форму речевого выражения, в адрес Александра Лукашенко в связи с осуществлением им своих полномочий".
 Суд признал Сергея Гневко виновным и по ч. 2 ст. 368 УК ему назначено наказание в виде лишения свободы на срок четыре года. По совокупности приговоров к назначенному наказанию суд частично присоединил  неотбытое наказание по предыдущему приговору и окончательно назначил наказание в виде лишения свободы на срок 4 года 6 месяцев .
 16.08.2024 состоялось апелляционное рассмотрение суда, приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
   </si>
   <si>
     <t>Решение суда 05.05.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Решение суда 04.06.2024: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 16.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-06 15:46:04</t>
   </si>
   <si>
-    <t>Сергей Семенович Тимашенко</t>
-[...35 lines deleted...]
-  <si>
     <t>Сергей Петрович Литвинко</t>
   </si>
   <si>
     <t>6 августа 1976</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-07-12 18:53:31</t>
   </si>
   <si>
-    <t>Евгений Александрович Блинков</t>
-[...8 lines deleted...]
-    <t>2024-08-02 15:15:59</t>
+    <t>Сергей Викторович Пахомов</t>
+  </si>
+  <si>
+    <t>6 августа 1988</t>
+  </si>
+  <si>
+    <t>В 2013 году он окончил Гродненский университет имени Янки Купалы и пошел работать учителем истории в школу в Жемыславле. Вскоре  Сергей стал первым секретарем Ивьевского районного комитета БРСМ и даже попал в резерв руководящих кадров местного исполкома. В интервью государственной прессе он хвалил белорусскую стабильность и устраивал патриотические акции.
+Однако после 2017-го он ушел из образования. В феврале 2025 года Пахомов зарегистрировался как индивидуальный предприниматель, основным видом деятельности обозначил кровельные работы.
+Зимой 2026 года стало известно, что 37-летний мужчина находится в СИЗО. Ему предъявлено обвинение по статье 130 УК РБ («разжигание расовой, национальной, религиозной либо иной социальной вражды»). Хотя приговор еще не вынесен, КГБ уже включил его в список «террористов».
+Что именно стало причиной уголовного преследования, пока неизвестно. Вероятно, это комментарии в телеграмме с незащищенного аккаунта.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:10:52</t>
   </si>
   <si>
     <t>Иван Сергеевич Лихолат</t>
   </si>
   <si>
     <t>6 августа 1992</t>
   </si>
   <si>
     <t>Украинец, проживающий в Беларуси с 2013 года. В 2012-2013 году Иван проходил службу в разведывательных подразделениях ВСУ, утверждает БелТА. Следствие считает, что в январе этого года Лихолат вышел на связь с СБУ, где ему поручили взорвать железнодорожные пути. К заданию он привлек двух гродненцев, которые обладали профессиональными навыками минно-взрывного дела. Пухальского задержали, когда он забрал из тайника в Кобринском районе взрывное устройство и перевез его в Толочинский район. Лихолат и Бородич были задержаны в Гродно.
 Приговорен к 20 годам лишения свободы, при этом суд определил Ивану отбывать наказание в виде лишения свободы в тюрьме на протяжении первых трех лет.</t>
   </si>
   <si>
     <t>Решение суда 18.12.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-09-28 00:19:37</t>
   </si>
   <si>
+    <t>Сергей Владимирович Скибинский</t>
+  </si>
+  <si>
+    <t>7 августа 1983</t>
+  </si>
+  <si>
+    <t>Сергею Скибинскому 41 год. Он дизайнер. Ранее был директором дизайн-агентства poligraf.bу, существовавшее до 2020 года. Сергей также имеет ИП в области дизайна, делает собственные иллюстрации и проекты. 
+Сергея будут судить за "содействие экстремизму" и участие в протестах.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.10.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-23 14:55:04</t>
+  </si>
+  <si>
+    <t>Олег Николаевич Горелов</t>
+  </si>
+  <si>
+    <t>8 августа 1975</t>
+  </si>
+  <si>
+    <t>Горелов был руководителем дирекции Белинвестбанка по Гомельской области. Последняя новость о нем датируется февралем 2023, а в декабре 2023 главой вместо него назначили Павла Юрковца, бывшего главу Белинвестбанка по Мозырю.
+Суд над Олегом Гореловым начался 8 февраля в Гомельском областном суде. 
+14.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 25.03.2024: 10 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-10 14:47:15</t>
+  </si>
+  <si>
     <t>Алексей Владимирович Киселев</t>
   </si>
   <si>
     <t>8 августа 1990</t>
   </si>
   <si>
     <t>Алексея Киселева  задержали жителя Верхнедвинска  по уголовному делу «Кадрового резерва для Новой Беларуси». Его «покаянное» видео опубликовал утром 13 марта пропагандистский телеграм-канал. Алексей сотрудник Верхнедвинского райисполкома.14 февраля Следственный комитет возбудил уголовное дело против представителей и участников инициативы «Кадровый резерв для Новой Беларуси», объявленной Объединенным переходным кабинетом. По телеканалу ОНТ позже показали 14 людей, задержанных по этому делу. Пропагандист Игорь Тур заявил, что вместе с силовиками он год слушал лекции для участников инициативы.
 Программа «Кадровый резерв для новой Беларуси» была запущена Объединенным переходным кабинетом в ноябре 2022 года. Целью проекта была подготовка профессионалов, которые смогут работать на государственных постах и проводить реформы.</t>
   </si>
   <si>
     <t>Решение суда 20.09.2024: неизвестно. Апелляция 03.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-13 11:59:37</t>
   </si>
   <si>
-    <t>Леонид Леонидович Шпец</t>
-[...10 lines deleted...]
-  <si>
     <t>Алексей Александрович Прохорчик</t>
   </si>
   <si>
     <t>9 августа 1988</t>
   </si>
   <si>
     <t>В 2010‑м закончил Высший государственный колледж связи на инженера по телекоммуникациям.
 В 2017‑м Прохорчик основал в России общество с ограниченной ответственностью «ЭСиС». Аббревиатура расшифровывается как «энергетические системы и сети».
-Основная сфера деятельности компании — электромонтажные работы и строительство. В «ЭСиС» работает более 40 человек. В прошлом году компания имела оборот около 4 миллионов долларов. </t>
+Основная сфера деятельности компании — электромонтажные работы и строительство. В «ЭСиС» работает более 40 человек. В прошлом году компания имела оборот около 4 миллионов долларов. 
+Алексея осудили за помощь политзаключенным.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
   </si>
   <si>
     <t>2025-11-06 22:31:46</t>
   </si>
   <si>
+    <t>Леонид Леонидович Шпец</t>
+  </si>
+  <si>
+    <t>9 августа 1978</t>
+  </si>
+  <si>
+    <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
+  </si>
+  <si>
+    <t>2025-09-08 19:52:22</t>
+  </si>
+  <si>
     <t>Андрей Мечиславович Стасюкевич</t>
   </si>
   <si>
     <t>9 августа 1994</t>
   </si>
   <si>
-    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
-[...2 lines deleted...]
-    <t>Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Гражданин РФ</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-12-17 22:41:07</t>
   </si>
   <si>
     <t>Иван Иванович Юшкевич</t>
   </si>
   <si>
     <t>10 августа 1977</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2025-09-26 20:27:53</t>
   </si>
   <si>
+    <t>Виталий Михайлович Коваленко</t>
+  </si>
+  <si>
+    <t>11 августа 1992</t>
+  </si>
+  <si>
+    <t>Задержан в рамках уголовного дела за сообщения в бот "Белорусского гаюна".</t>
+  </si>
+  <si>
+    <t>Решение суда 13.11.2025: 3 года лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-06-08 18:53:33</t>
+  </si>
+  <si>
+    <t>Глеб Николаевич Сахар</t>
+  </si>
+  <si>
+    <t>11 августа 1982</t>
+  </si>
+  <si>
+    <t>19.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.04.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.07.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:58:40</t>
+  </si>
+  <si>
+    <t>Егор Александрович Борискевич</t>
+  </si>
+  <si>
+    <t>11 августа 1986</t>
+  </si>
+  <si>
+    <t>Решение суда 12.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 21.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-01-13 17:24:46</t>
+  </si>
+  <si>
+    <t>Яна Сергеевна Царук</t>
+  </si>
+  <si>
+    <t>11 августа 1994</t>
+  </si>
+  <si>
+    <t>Известно, что КГБ считает Яну причастной к проекту «Городской огород Марис Мар», который был признан "экстремистским формированием".</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа. Апелляция 16.12.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-12-29 22:08:18</t>
+  </si>
+  <si>
     <t>Василий Александрович Веремейчик</t>
   </si>
   <si>
-    <t>10 августа 1990</t>
+    <t>11 августа 1990</t>
   </si>
   <si>
     <t> Бывший боец полка Калиновского, которого Вьетнам выдал Беларуси. 
 Сообщалось, что мужчина оказался в Азии, так как Литва признала его угрозой национальной безопасности и запретила въезд в Евросоюз. "Калиновца" доставили в Беларусь вечером 14 ноября под конвоем из трех человек. Василия доставили в Беларусь на рейсе а/к Белавиа (B2978) из Москвы вечером 14 ноября. Этот самолет приземлился в Национальном аэропорту "Минск" в 23:48. 
 Также известно, что видео с Веремейчиком, которое опубликовали пропагандисты, ожидаемо, является постановочны: оно снято в другом самолете и в другое время.
 За "участие в погромах и попытку поджога автомобиля сотрудников прокуратуры" в отношении него было возбуждено уголовное дело по ч. 1 ст. 366 (насилие либо угроза в отношении должностного лица, выполняющего служебные обязанности) Уголовного кодекса.
 Мужчина являлся членом Координационного совета. Офис Светланы Тихановской выразил решительный протест в этой связи.
 "Этот шаг является частью длительной репрессивной политики режима Лукашенко, который не останавливается перед ничем, чтобы преследовать своих оппонентов, в том числе тех, кто борется за свободу и демократию, а также тех, кто защищает Европу от агрессии России", — говорится в заявлении.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 13 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2024-11-28 02:13:24</t>
   </si>
   <si>
-    <t>Егор Александрович Борискевич</t>
-[...74 lines deleted...]
-    <t>2021-02-27 02:42:12</t>
+    <t>Игорь Владимирович Коротков</t>
+  </si>
+  <si>
+    <t>12 августа 1988</t>
+  </si>
+  <si>
+    <t>Осужден за донат в 9 евро Полку Калиновского.</t>
+  </si>
+  <si>
+    <t>Решение суда 27.12.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 13.02.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:16:26</t>
   </si>
   <si>
     <t>Юрий Казимирович Жуковский</t>
   </si>
   <si>
     <t>12 августа 1978</t>
   </si>
   <si>
     <t>8 лет лишения свободы в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-05-23 19:28:46</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-02-12 19:16:26</t>
   </si>
   <si>
     <t>Дмитрий Владимирович Новожилов</t>
   </si>
   <si>
     <t>12 августа 1972</t>
   </si>
   <si>
     <t>Дмитрий, бывший директор информационного агентства «БелаПАН», был задержан 18 августа 2021 года после обыска и допроса в Следственном комитете. Изначально его поместили под стражу на 72 часа в рамках уголовного дела по статье «организация или подготовка действий, грубо нарушающих общественный порядок, либо участие в них», однако на свободу он не вышел и спустя 10 суток был переведён в СИЗО. Позднее обвинение было изменено на уклонение от уплаты налогов.
 В ноябре 2021 года стало известно, что Дмитрию также предъявили обвинение в «создании экстремистского формирования». В октябре 2022 года его признали виновным по статьям «участие в экстремистском формировании» и «уклонение от уплаты налогов и сборов», приговорили к лишению свободы, назначили крупный штраф и запретили занимать определённые должности сроком на пять лет.</t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>Решение суда 06.10.2022: 6 лет лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа, лишение права занимать определенные должности или заниматься определенной деятельностью. Апелляция 06.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-08-21 01:15:56</t>
   </si>
   <si>
     <t>Ким Андреевич Самусенко</t>
   </si>
   <si>
     <t>12 августа 1989</t>
   </si>
   <si>
     <t>Член Совета общественного движения «Дзея» был задержан 3 ноября 2020 года и осужден по делу о взломе компьютерной системы Мингорисполкома.</t>
   </si>
   <si>
-    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 28.01.2022: 6 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 26.04.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:05:42</t>
-  </si>
-[...16 lines deleted...]
-    <t>2023-01-10 19:15:54</t>
   </si>
   <si>
     <t>Самир Зал оглы Гулу-Заде</t>
   </si>
   <si>
     <t>13 августа 1987</t>
   </si>
   <si>
     <t>По образованию строитель, окончил в Барановичах училище № 61, ездил на заработки в Россию. Когда вернулся в Беларусь, стал членом Движения «За свободу». 
 В 2020 году приговорен к 10 суткам ареста, хотя просил судью наказать его штрафом. В 2025 году осужден на лишение свободы за участие в акциях протеста 2020 года.</t>
   </si>
   <si>
+    <t>Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
     <t>2025-08-19 21:16:43</t>
+  </si>
+  <si>
+    <t>Владимир Евгеньевич Болтенков</t>
+  </si>
+  <si>
+    <t>13 августа 1998</t>
+  </si>
+  <si>
+    <t>Владимира обвинили в том, что он оставил оскорбительный комментарий в соцсети «ВКонтакте» под постом о Лукашенко. В публикации было фото и текст выступления по теме военных действий на территории Республики Беларусь. Владимир написал комментарий со страницы и телефона своей сестры, когда был у неё в гостях. Вину он полностью признал.</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 16.01.2023: 3 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2023-01-10 19:15:54</t>
+  </si>
+  <si>
+    <t>Владимир Валериевич Махнач</t>
+  </si>
+  <si>
+    <t>14 августа 1977</t>
+  </si>
+  <si>
+    <t>Решение суда 29.10.2024: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 03.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-21 17:20:59</t>
+  </si>
+  <si>
+    <t>Татьяна Ивановна Трофимчик</t>
+  </si>
+  <si>
+    <t>14 августа 1986</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2022-11-17 18:47:58</t>
   </si>
   <si>
     <t>Евгений Евгеньевич Волыхин</t>
   </si>
   <si>
     <t>14 августа 1973</t>
   </si>
   <si>
     <t>Евгений сначала учился в России-в Магнитогорском индустриально — педагогическом техникуме, - а затем в белорусском коммерческом университете управления. У Евгения есть несовершеннолетний сын.
 У Волыхина собственный бизнес. Более 20 лет он занимается изготовлением и установкой ПВХ-окон, балконных рам и других подобных конструкций.
 В соцсетях мужчины-ностальгия по СССР, репосты о "героях Новороссии" и критика российских властей. В комментариях он называет украинского журналиста Гордона гондоном, украинцев - "хохлами» и т.д., а Зеленского — наркоманом. Правда, на его страницах присутствовала и критика Лукашенко.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-10-15 12:36:24</t>
   </si>
   <si>
-    <t>Владимир Валериевич Махнач</t>
-[...22 lines deleted...]
-  <si>
     <t>Виталий Вячеславович Шишлов</t>
   </si>
   <si>
     <t>15 августа 1993</t>
   </si>
   <si>
     <t>Виталий был задержан 25 сентября 2020 года в рамках уголовного дела, возбужденного после акции протеста в Минске. По государственному телевидению его показали со связанными руками в лесу, где он признался в участии в массовых беспорядках.</t>
   </si>
   <si>
     <t>Решение суда 02.07.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 24.09.2021: приговор оставлен без изменения. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:49:06</t>
   </si>
   <si>
     <t>Илья Петрович Кравчевский</t>
   </si>
   <si>
     <t>15 августа 1996</t>
   </si>
   <si>
     <t>На суде по ст. 342 и ст. 364 вину не признал.</t>
   </si>
   <si>
     <t>8,5 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-09-17 11:38:09</t>
+  </si>
+  <si>
+    <t>Максим Васильевич Гелясин</t>
+  </si>
+  <si>
+    <t>16 августа 1986</t>
+  </si>
+  <si>
+    <t>Гражданин РФ.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2025-09-29 22:38:25</t>
+  </si>
+  <si>
+    <t>Александр Сергеевич Юрчик</t>
+  </si>
+  <si>
+    <t>16 августа 1969</t>
+  </si>
+  <si>
+    <t>Александр был задержан в январе 2021 года по делу о массовых беспорядках и осужден по обвинению в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».</t>
+  </si>
+  <si>
+    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-05-28 22:53:14</t>
   </si>
   <si>
     <t>Игорь Николаевич Гольцов</t>
   </si>
   <si>
     <t>16 августа 1984</t>
   </si>
   <si>
     <t>40-летний программист из Могилева. В 2013 году окончил Белорусско-российский университет, обучался на инженера. Специализируется на работе с платформой Magento, которая используется для создания интернет-магазинов и организации онлайн-торговли. У него есть маленькая дочь и жена.
 Игорь Гольцов перевел на YouTube-канал «Зеркало» около 50 долларов через «Патреон». Это произошло в 2023 году.</t>
   </si>
   <si>
     <t>Решение суда 14.05.2025: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 20.06.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-04-03 14:38:31</t>
   </si>
   <si>
-    <t>Максим Васильевич Гелясин</t>
-[...41 lines deleted...]
-    <t>2024-01-30 20:42:17</t>
+    <t>Евгений Иванович Сороко</t>
+  </si>
+  <si>
+    <t>17 августа 1993</t>
+  </si>
+  <si>
+    <t> Евгений был задержан в декабре 2024 года и осужден в июне 2025 года на лишение свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-06-28 18:08:16</t>
+  </si>
+  <si>
+    <t>Чеслав Эдуардович Герасимович</t>
+  </si>
+  <si>
+    <t>17 августа 1986</t>
+  </si>
+  <si>
+    <t>Чеславу Герасимовичу 37 лет. Он минчанин.
+Какое-то время в 2022-м Герасимович работал в Вильнюсе, но под осень 2022-го вернулся в Минск. 
+26 июня Чеслава осудили за «неповиновение милиционеру» по административному делу.
+Судя по видео ГУБОПиК, Герасимовича обвиняют в том, что он четыре раза пожертвовал «экстремистскому формированию». Вероятно, его обвиняют по статье 361-2 УК.
+Герасимович в соцсетях пишет, что более 15 лет проводил тренинги по психотерапии. С 2011-го стал работать тестировщиком. Увлекается музыкой и играет на гитаре, а также пишет стихи и малую прозу.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.12.2024: 5 лет лишения свободы в колонии в условиях общего режима, 300 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-08-03 17:12:06</t>
   </si>
   <si>
     <t>Никита Валерьевич Самарин</t>
   </si>
   <si>
     <t>17 августа 1991</t>
   </si>
   <si>
     <t>Никиту задержали за распыление газа в лицо сотруднику ОМОНа, когда он пытался защитить человека на протесте. Его избили, обрезали волосы ножом и распылили газ в лицо. В декабре 2020 года его приговорили к четырем годам ограничения свободы, но позже прокурор добился ужесточения наказания до двух с половиной лет лишения свободы. Никита не явился на суд, передав через друга, что в зале суда планировались произвольные задержания, угрожавшие ему и другим.
 Был в вынужденной эмиграции. 
 В конце марта 2025 года стало известно, что в Гродно задержали Никиту, который на тот момент уже четыре года скрывался от приговора. Как сообщило Министерство внутренних дел, мужчину остановили, документов при нем не было, поэтому ему предложили пройти в участок. Никита оказал сопротивление милиционерам и, как утверждается, сломал одному из них руку. Сообщается, что мужчина был в розыске за то, что в августе 20-го года якобы "распылил в лицо правоохранителям газовый баллончик". За это против него возбудили уголовное дело. Он уехал из страны, но потом нелегально вернулся в Беларусь.
 С 13 мая 2025 г. нет сведений о политзаключенном. Переписка и передачи ему запрещены. Также нет никакой информации о деле Никиты и дате суда. Кроме этого, сообщается, что следователю по делу политзаключенного запрещено информировать о состоянии и движении дела родных и близких Никиты.</t>
   </si>
   <si>
     <t>Решение суда 11.12.2020: 4 года ограничения свободы с направлением в учреждение открытого типа, 500 рублей компенсации. Протест прокурора 25.03.2021: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 2000 рублей компенсации. Решение суда дата неизвестна: 6 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-27 22:25:03</t>
   </si>
   <si>
+    <t>Алексей Вячеславович Швецов</t>
+  </si>
+  <si>
+    <t>17 августа 1985</t>
+  </si>
+  <si>
+    <t>Был осужден на 5 лет лишения свободы за донаты полку Калиновского (первый-13,63 евро, второй-35 евро, всего 133 рубля 30 копеек).</t>
+  </si>
+  <si>
+    <t>Решение суда 26.12.2023: 5 лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-01-30 20:42:17</t>
+  </si>
+  <si>
     <t>Анатолий Степанович Василевский</t>
   </si>
   <si>
     <t>17 августа 1963</t>
   </si>
   <si>
     <t>Решение суда 03.10.2024: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 24.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-25 19:45:52</t>
   </si>
   <si>
-    <t>Евгений Иванович Сороко</t>
-[...11 lines deleted...]
-    <t>2025-06-28 18:08:16</t>
+    <t>Александр Викторович Крупников</t>
+  </si>
+  <si>
+    <t>18 августа 1978</t>
+  </si>
+  <si>
+    <t>Александр был осуждён осенью 2024 года по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-7, Пружанский район, д. Куплин, 225136</t>
+  </si>
+  <si>
+    <t>Решение суда 29.10.2024: 3 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:37:32</t>
   </si>
   <si>
     <t>Владислав Сергеевич Савин</t>
-  </si>
-[...1 lines deleted...]
-    <t>18 августа 1978</t>
   </si>
   <si>
     <t>Владислав, блогер, поэт и писатель, был задержан в апреле 2021 года и через год осужден по статье о мошенничестве — за то, что в 2015–2016 годах пообещал более 100 людям участие в первых в Беларуси реалити-шоу, но не выполнил обещание. Его также признали виновным в участии в трех Маршах 2020 года и организации протестов через Instagram. Сам Владислав признал только участие в митингах.
 В октябре 2022 года его вновь осудили — за оскорбление Лукашенко в стихотворной форме, включенной в апелляционную жалобу на приговор.
 На портале интернет-магазина Ridero.ru под псевдонимом Влад Савинн представлены его книги — повесть «Амбидекстр» и сборник стихов «Поэзия Навылет», доступные в печатном и электронном виде.</t>
   </si>
   <si>
     <t>Решение суда 30.03.2022: 8 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 26.10.2022: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 23.12.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-05-12 14:09:33</t>
   </si>
   <si>
-    <t>Сергей Андреевич Прусс</t>
-[...60 lines deleted...]
-    <t>Виталий Федорович Брагинец</t>
+    <t>Виталий Фёдорович Брагинец</t>
   </si>
   <si>
     <t>19 августа 1973</t>
   </si>
   <si>
     <t>Юрист с 25-летним стажем. Ранее возглавлял собственную компанию «Брагинец и партнеры». В последнее время работал в юридической консультации Дзержинского района Минска.
 После задержания дома его доставили в Партизанское РУВД «для проверки на причастность к протестной деятельности». Оттуда он, как утверждалось в суде, «попытался уйти». В этом и проявилось неповиновение.
 На него составили протокол по ст. 24.3 КоАП и арестовали на 15 суток. На свободу он должен был выйти вечером 7 июня, но этого не произошло.
 Виталий – защитник адвоката Андрея Мочалова, против которого было сообщает возбуждено уголовное дело. 
 Суд проходил в закрытом режиме.</t>
   </si>
   <si>
     <t>8 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-07-13 13:02:22</t>
   </si>
   <si>
-    <t>Ирина Александровна Мельхер</t>
-[...11 lines deleted...]
-    <t>2021-02-27 00:45:25</t>
+    <t>Павел Петрович Алексеев</t>
+  </si>
+  <si>
+    <t>19 августа 1988</t>
+  </si>
+  <si>
+    <t>Гражданин РФ.
+26.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.05.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 26.07.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:35:47</t>
+  </si>
+  <si>
+    <t>Олег Николаевич Силич</t>
+  </si>
+  <si>
+    <t>19 августа 1972</t>
+  </si>
+  <si>
+    <t>3,5 года лишения свободы в колонии в условиях усиленного режима</t>
+  </si>
+  <si>
+    <t>2023-11-22 15:19:45</t>
+  </si>
+  <si>
+    <t>Дмитрий Тахирович Сувханов</t>
+  </si>
+  <si>
+    <t>20 августа 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий Сувханов является родным братом Марата Сувханова, который в феврале 2023 года погиб в Украине, воюя на стороне российских оккупационных войск.
+Ведущей заседания в суде Светлогорского района снова была Кристина Касьянова. Она рассматривала обвинение Дмитрия Сувханова по ч. 2 ст. 367, которым власти наказывают за клевету на Лукашенко.
+Таким образом власти нарушили право Сувханова на рассмотрение его дела независимым и беспристрастным судом. Ведь гражданка Касьянова находится в состоянии трудовой зависимости от лица, на которое Сувханов якобы навел клевету: менавта Лукашенко своим указом назначил Касьянову на должность судьи и при недовольстве ее действиями только он же может ее с той должности уволить.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 02.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-16 18:09:01</t>
   </si>
   <si>
     <t>Александр Андреевич Кудревич</t>
   </si>
   <si>
     <t>20 августа 1989</t>
   </si>
   <si>
     <t>Подробности дела неизвестны. Александра задержали, вероятно, в январе 2024 года. По информации в его соцсетях, мужчина женат, в 2014 году окончил БГУИР.
 Вероятно, он работал в Департаменте криминальной разведки, который подал против Александра иск за причинение имущественного вреда. Отметим, что Департамент криминальной разведки МВД появился в Беларуси в апреле этого года — ранее он назывался Департаментом обеспечения оперативно-розыскной деятельности МВД. 
 Процесс будет проходить в закрытом режиме.</t>
   </si>
   <si>
     <t>Решение суда 30.12.2024: 15 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 11.03.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-12-02 14:32:26</t>
   </si>
   <si>
-    <t>Дмитрий Тахирович Сувханов</t>
-[...13 lines deleted...]
-    <t>2024-07-16 18:09:01</t>
+    <t>Ирина Александровна Мельхер</t>
+  </si>
+  <si>
+    <t>20 августа 1955</t>
+  </si>
+  <si>
+    <t>Ирина была задержана в декабре 2020 года вместе с сыном в рамках уголовного «дела Автуховича». Николая Автуховича власти назвали «организатором и руководителем террористической группировки». Её обвинили в участии в «террористической организации», причастной к поджогам имущества сотрудников милиции. Ирина была осуждена за «участие в преступной организации», «акт терроризма», «покушение на захват власти», а также за участие в протестной акции, которая проходила в сентябре 2020 года в Бресте.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 17 лет лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:45:25</t>
   </si>
   <si>
     <t>Евгений Анатольевич Люлькович</t>
   </si>
   <si>
-    <t>21 августа 1994</t>
+    <t>21 августа 1984</t>
   </si>
   <si>
     <t>После многочисленных административных арестов 21 ноября 2021 его перезадержали по уголовному делу.</t>
   </si>
   <si>
     <t>2022-05-14 20:51:06</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Якушков</t>
+  </si>
+  <si>
+    <t>22 августа 1956</t>
+  </si>
+  <si>
+    <t>Военный пенсионер, подполковник запаса, служивший в ракетных войсках стратегического назначения, бывший преподаватель Военного училища, партиец "Народной Грамады".
+Во время президентской избирательной кампании в 2020 г. Якушкова дважды судили "за участие в несанкционированных мероприятиях" - за участие в пикетах по сбору подписей за Светлану Тихановскую , оба раза суд наказывал мужчину "сутками".</t>
+  </si>
+  <si>
+    <t>Решение суда 12.06.2025: 2 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 11.09.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:55:48</t>
+  </si>
+  <si>
+    <t>Борис Борисович Пухальский</t>
+  </si>
+  <si>
+    <t>22 августа 1975</t>
+  </si>
+  <si>
+    <t>Следствие считает, что в январе этого года украинец Лихолат вышел на связь с СБУ, где ему поручили взорвать железнодорожные пути. К заданию он привлек двух гродненцев, которые обладали профессиональными навыками минно-взрывного дела. Пухальского Бориса задержали, когда он забрал из тайника в Кобринском районе взрывное устройство и перевез его в Толочинский район.
+Приговорен к 25 годам лишения свободы, при этом суд определил Борису отбывать наказание в виде лишения свободы в тюрьме на протяжении первых пяти лет.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.12.2024: 25 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.05.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-09-28 13:36:19</t>
+  </si>
+  <si>
+    <t>Светлана Викторовна Бычковская</t>
+  </si>
+  <si>
+    <t>22 августа 1977</t>
+  </si>
+  <si>
+    <t>Женщина работала в службе «Одно окно» Октябрьского района г. Минска.
+Подозревается в передаче телеграм-каналам личных данных силовиков.
+Суд проходил в закрытом режиме.</t>
+  </si>
+  <si>
+    <t>5. 5 лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2022-04-19 18:19:59</t>
+  </si>
+  <si>
+    <t>Оксана Генриховна Лепко</t>
+  </si>
+  <si>
+    <t>22 августа 1974</t>
+  </si>
+  <si>
+    <t>Была осуждена за денежные переводы в СИЗО</t>
+  </si>
+  <si>
+    <t>Решение суда 20.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-06-03 18:46:04</t>
   </si>
   <si>
     <t>Павел Николаевич Белоус</t>
   </si>
   <si>
     <t>22 августа 1987</t>
   </si>
   <si>
     <t>Создатель магазина Symbal.by, культурный менеджер.
 Был задержан 15 ноября 2021 года после вызова в милицию. После этого Павла трижды осудили по административным делам (на 15, 13 и 7 суток), а после уже по уголовному делу перевели в СИЗО.</t>
   </si>
   <si>
     <t>13 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-12-29 15:27:44</t>
   </si>
   <si>
-    <t>Александр Владимирович Якушков</t>
-[...12 lines deleted...]
-    <t>2024-10-21 22:55:48</t>
+    <t>Ольга Владимировна Майорова</t>
+  </si>
+  <si>
+    <t>22 августа 1966</t>
+  </si>
+  <si>
+    <t>Известная общественная деятельница, ранее участвовавшая в Объединённой гражданской партии, была задержана 4 января 2021 года в рамках «дела Автуховича» и обвинена в участии в «террористической организации», связанной с поджогами имущества милиции. Ольга осуждена за «участие в преступной организации», «покушение на захват власти», «разжигание вражды», «призывы к санкциям» и «незаконные действия с оружием».
+В заключении у политзаключенной возникло подозрение на диабет. В марте 2024 года её повторно осудили за «злостное неповиновение требованиям администрации колонии».</t>
+  </si>
+  <si>
+    <t>ИК-24, ул. Производственная, д. 44, г.п. Заречье, Речицкий р-н, Гомельская область, 247526</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 20 лет лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда 05.03.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 29.05.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:48:39</t>
   </si>
   <si>
     <t>Александр Владимирович Судникович</t>
   </si>
   <si>
     <t>22 августа 1960</t>
   </si>
   <si>
     <t>В конце мая 2024 года государственные СМИ сообщили о задержании на белорусско-литовской границе двух граждан Беларуси: один из них находился в международном розыске и пытался нелегально пересечь границу с Литвой, второй был водителем.
 Александр на «покаянном видео» признался, что в 2021 году оставлял комментарии с «одобрением» действий Андрея Зельцера, погибшего в перестрелке с сотрудником КГБ Дмитрием Федосюком. Известно, что Александр долгое время проживал в США.
 В феврале 2025 года его осудили по четырём уголовным статьям, однако результат приговора пока неизвестен. Также сообщается, что у него серьёзные проблемы со здоровьем.</t>
   </si>
   <si>
     <t>Решение суда 04.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-10-10 12:18:28</t>
   </si>
   <si>
-    <t>Ольга Владимировна Майорова</t>
-[...66 lines deleted...]
-    <t>Анатолий Александрович Чуриков</t>
+    <t>Павел Владимирович Коренюхин</t>
   </si>
   <si>
     <t>24 августа 1988</t>
-  </si>
-[...7 lines deleted...]
-    <t>Павел Владимирович Коренюхин</t>
   </si>
   <si>
     <t>Был задержан в ноябре 2024 года в Жодино. 
 В это же время признали "экстремистскими материалами" сайт инициативы "письмо.бел", а также страницы ее в соцсетях. Еще через месяц КГБ признал инициативу "экстремистским формированием". По данным ведомства, Александр Мазур, а также Павел Коренюхин и Александр Лыкшин имеют отношение к "письмо.бел". Сейчас мужчины находятся в СТ-8, их обвиняют по ст. 361-1 Уголовного кодекса (Создание экстремистского формирования или участие в нем).</t>
   </si>
   <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
     <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция 25.11.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-29 21:56:28</t>
+  </si>
+  <si>
+    <t>Андрей Анатольевич Кривошей</t>
+  </si>
+  <si>
+    <t>24 августа 1993</t>
+  </si>
+  <si>
+    <t>2025-11-06 20:45:56</t>
+  </si>
+  <si>
+    <t>Анатолий Александрович Чуриков</t>
+  </si>
+  <si>
+    <t>Решение суда 19.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-13 12:15:02</t>
+  </si>
+  <si>
+    <t>Полина Александровна Питкевич</t>
+  </si>
+  <si>
+    <t>24 августа 1994</t>
+  </si>
+  <si>
+    <t>Когда в июне 2024 года КГБ Беларуси объявил проект Media IQ экстремистским формированием, то называл Питкевич среди его участников. Примерно в тоже время аккаунты Полины последний раз были онлайн.
+Полина Питкевич родилась в 1994 году. Окончила факультет журналистики БГУ (2016). Она увлекалась театром и какое-то время играла как актриса в Лаборатории социального театра в Минске. Как журналистка писала на культурные темы. Также Полина известна своей любовью к животным — на ее страницах в соцсетях можно найти множество объявлений о помощи бездомным хвостатым. По словам знакомых, у Полины у самой дома жил не один спасенный кот.</t>
+  </si>
+  <si>
+    <t>Решение суда 07.03.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:16:19</t>
   </si>
   <si>
     <t>Надежда Анатольевна Лаптенок</t>
   </si>
   <si>
     <t>24 августа 1972</t>
   </si>
   <si>
     <t>Известно, что Надежда имеет двух взрослых дочерей и несовершеннолетнего сына с инвалидностью.
 01.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2023-12-07 23:27:01</t>
-  </si>
-[...40 lines deleted...]
-    <t>2025-07-26 14:58:15</t>
   </si>
   <si>
     <t>Дмитрий Александрович Макеев</t>
   </si>
   <si>
     <t>25 августа 1983</t>
   </si>
   <si>
     <t>По образованию фармацевт. Дмитрия обвиняют по шести статьям уголовного кодекса. 
 По версии гособвинения, с августа 2020-го по февраль 2023 года мужчина перевел 68 евро на счета информационного ресурса «Белсат», а также 68 евро и 78 долларов на счета Фонда солидарности Bysol. Кроме этого, более года перечислял деньги медиаресурса - "материалы которого признаны экстремистскими", а также 33 евро на счета полка имени Кастуся Калиновского.
 Фигурант делал фотокопии ведомственных документов, которые поступали в адрес аптеки, и отправлял их в»Телеграмм «-каналы, которые служители Лукашенко называют»экстремистскими формированиями". Во время первого судебного заседания стало известно, что среди документов были информация о сверке карточек воинского учета военнообязанных, о том, что с белорусского рынка исчезнут некоторые медикаменты украинского производства, обращение Белорусского союза женщин в связи с ситуацией на границе, решение Минздрава. Кроме того, мужчина запечатлел видео с камер наружного видеонаблюдения аптеки с перемещением российской военной техники и также отправил в «телеграмм»-каналы.
 28.11.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2023-08-16 18:04:33</t>
   </si>
   <si>
     <t>Артём Николаевич Саков</t>
   </si>
   <si>
     <t>25 августа 1994</t>
   </si>
   <si>
     <t>Артем — бывший пограничник, член инициативной группы по выдвижению Светланы Тихановской в президенты и один из видеооператоров YouTube-канала «Страна для жизни». Он участвовал в пикете по сбору подписей в Гродно 29 мая 2020 года. Позже его задержали и осудили за "организацию массовых беспорядков".
 В ноябре 2022 года его перевели на тюремный режим.
 По данным правозащитников, фигуранты "дела" обязаны выплатить компенсацию в размере 29 миллионов рублей.</t>
   </si>
   <si>
     <t>Решение суда 14.12.2021: 16 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 01.06.2022: приговор оставлен без изменения. Решение суда 06.10.2022: приблизительно 29000000 рублей компенсации. Суд по смене режима 09.11.2022: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:11:11</t>
   </si>
   <si>
+    <t>Марина Александровна Петрожицкая</t>
+  </si>
+  <si>
+    <t>25 августа 1963</t>
+  </si>
+  <si>
+    <t>Работала завучем по воспитательной работе в минской гимназии № 34, которая находится около улицы Орловской, напротив Киевского сквера. Женщина окончила Белорусский государственный педагогический университет (тогда Минский государственный педагогический институт) в 1984 году, после чего преподавала математику около 40 лет.
+В июле 2021-го Петражицкой присудили 15 суток. У нее тогда провели обыск дома, забрали в КГБ, а потом оформили протокол за «неподчинение». Когда точно завуча уволили из школы, неизвестно.
+Учительницу арестовали в октябре 2024 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.07.2025: 2 года лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-26 14:58:15</t>
+  </si>
+  <si>
     <t>Геннадий Михайлович Полейчук</t>
   </si>
   <si>
     <t>25 августа 1974</t>
   </si>
   <si>
     <t>Решение суда 02.12.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-22 00:12:46</t>
-  </si>
-[...44 lines deleted...]
-    <t>2024-11-26 19:12:09</t>
   </si>
   <si>
     <t>Ольга Александровна Родионова</t>
   </si>
   <si>
     <t>26 августа 1974</t>
   </si>
   <si>
     <t>Ольга Родионова работала до 2020 года в KYKY.org, преимущественно для рубрики "Боль", также сотрудничала как фрилансерка с беларусскими и зарубежными медиа. 
 Во время содержания в СИЗО № 1 Ольгу направляли на психиатрическую экспертизу в больницу в Новинках. Больная мать Ольги, которой более 80 лет, нуждается в постоянном уходе.</t>
   </si>
   <si>
     <t>Решение суда 10.12.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-01 02:14:01</t>
+  </si>
+  <si>
+    <t>Татьяна Владимировна Минец</t>
+  </si>
+  <si>
+    <t>26 августа 1979</t>
+  </si>
+  <si>
+    <t>Практикующий психолог и успешный бизнес-тренер в области профессионального и личностного роста. Является членом Белорусской ассоциации психотерапевтов.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: 2 года лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-11-26 19:12:09</t>
   </si>
   <si>
     <t>Екатерина Николаевна Новикова</t>
   </si>
   <si>
     <t>26 августа 1985</t>
   </si>
   <si>
     <t>Предположительно задержана за интервью для иностранных СМИ.
 Известно, что Екатерину задержали в начале лета в одной ночнушке, в которой она находилась в СИЗО до первой передачи от родных. 
 В начале апреля 2024 г. источники "Белсата" передали редакции письмо от Екатерины. На куске туалетной бумаги она описала свое ужасное задержание и дальнейшее заключение:
 "Я упала со второго этажа кровати, головой об деревянную лавку. Снимок сделали, но больше месяца не сообщают результат".
 "Ставили на флаг, били всем кабинетом. Сказали, что за мои интервью, канал и за мои пламенные обращения."
 16 июля 2024 г. состоялось рассмотрение апелляционной жалобы.  </t>
   </si>
   <si>
     <t>6,5 лет лишения ссвободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-07-19 22:46:33</t>
   </si>
   <si>
-    <t>Андрей Анатольевич Врублевский</t>
-[...69 lines deleted...]
-    <t>2023-10-02 21:15:28</t>
+    <t>Александра Владимировна Дубровская</t>
+  </si>
+  <si>
+    <t>26 августа 1988</t>
+  </si>
+  <si>
+    <t>Александра окончила университет кардинала Стефана Вышинского в Варшаве. Работает учительницей английского языка в различных школах и Центрах детского развития Могилева. Имеет первую учительскую категорию.
+Женщина известна как любительница беларусской культуры, принимала участие в мероприятиях Товарищества белорусского языка и кружке народных танцев.
+Скорее всего дело связано с учатием Александры в протестных чатах.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 19.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-11-29 17:40:07</t>
+  </si>
+  <si>
+    <t>Дмитрий Юрьевич Равич</t>
+  </si>
+  <si>
+    <t>Задержан за акцию на железной дороге.
+Во время наступления российских войск на Киев с Гомельщины он вместе с Денисом Дикуном и Олегом Молчановым сжег на железной дороге шкаф с электронным оборудованием, чтобы замедлить подвоз российской военной техники к украинской границе. В результате были приведены в неисправное состояние светофоры и стрелочные переводы на одном из участков железной дороги Жлобин – Калинковичи, которая далее продолжается в Украину.
+Дмитрий работал в ВМУ РУП «ПО Белоруснефть» вышкомонтажником-электромантером.</t>
+  </si>
+  <si>
+    <t>22 года лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:12:13</t>
+  </si>
+  <si>
+    <t>Никита Сергеевич Нечаев</t>
+  </si>
+  <si>
+    <t>26 августа 1994</t>
+  </si>
+  <si>
+    <t>Никита закончил факультет радиофизики и компьютерных технологий  в 2019 году. Был признан лучшим студентом в номинации "Лучший выпускник БГУ" .
+Имеет 7-летний опыт работы над передовыми научно-исследовательскими проектами в различных областях ( в том числе в области статистики, теории вероятностей и линейной алгебры, полупроводниковой и теплофизической физики).</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 03.02.2026: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-11-13 13:44:32</t>
   </si>
   <si>
     <t>Степан Сергеевич Задойко</t>
   </si>
   <si>
     <t>27 августа 1984</t>
   </si>
   <si>
     <t>По сообщениям провластных каналов, задержан за более чем 1200 комментариев. Примечательно, что показанные силовиками комментарии написаны преимущественно на белорусском языке и в основном направлены на поддержку Украины. Все показанные комментарии - с ютуба.
 На видео на каналах силовиков на него набрасывается пятеро бойцов СОБР, а позже мужчина выглядит избитым: у него сильно подбит глаз и поцарапана до крови голова.
 Степан работает рабочим на одном из частных предприятий Гродно. Также мужчина регулярно ходит в зал и поддерживает себя в хорошей физической форме, если судить по фото в соцсетях.</t>
   </si>
   <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
     <t>5,5 лет лишения свободы в колорнии усиленного режима.</t>
   </si>
   <si>
     <t>2023-09-27 17:54:18</t>
   </si>
   <si>
-    <t>Андрей Анатольевич Крейдич</t>
-[...12 lines deleted...]
-    <t>2025-01-29 22:01:28</t>
+    <t>Александр Диментьевич Назарович</t>
+  </si>
+  <si>
+    <t>27 августа 1983</t>
+  </si>
+  <si>
+    <t>Александр был задержан и осужден за остановку товарного поезда, нанесение красных полос на рекламные лайтбоксы, прокол шин автомобиля сотрудника милиции, поджог киоска «Табакерка», а также действия с предметами, содержащими горючие вещества. Он объяснил свои поступки протестом против ситуации в стране после президентских выборов 9 августа 2020 года, в частности, против безосновательных задержаний и пыток людей силовиками. Также был конфискован его автомобиль Opel Astra.</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 07.06.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.08.2021: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:24:17</t>
+  </si>
+  <si>
+    <t>Александр Геннадьевич Кордюков</t>
+  </si>
+  <si>
+    <t>27 августа 1979</t>
+  </si>
+  <si>
+    <t>Александр был задержан после акции протеста против результатов президентских выборов, которая проходила 11 августа 2020 года в Бресте. На этой акции в затылок был застрелен Геннадий Шутов, чему Александр стал свидетелем. Позднее его осудили за сопротивление и покушение на капитана Романа Гаврилова, застрелившего протестующего, и прапорщика Арсения Галицына, которые выступили в роли потерпевших.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.02.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 2642 рубля компенсации. Апелляция 14.05.2021: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:18:57</t>
+  </si>
+  <si>
+    <t>Андрей Анатольевич Врублевский</t>
+  </si>
+  <si>
+    <t>27 августа 1971</t>
+  </si>
+  <si>
+    <t>Решение суда 04.03.2025: 4 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-04-08 09:55:08</t>
+  </si>
+  <si>
+    <t>Ирина Викторовна Кишкурно</t>
+  </si>
+  <si>
+    <t>27 августа 1962</t>
+  </si>
+  <si>
+    <t>Известно, что женщина работала библиотекарем, а последний год перед задержанием - в системе городских коммунальных предприятий Мингорисполкома.
+От людей, которые встречались с Ириной в заключении, стало известно, что она очень тяжело переживает арест. По ее словам, от нее отвернулись родственники и друзья. Кроме того, у Ирины серьезные проблемы со здоровьем: судебные заседания даже приходилось прерывать, так как женщине становилось плохо.</t>
+  </si>
+  <si>
+    <t>2025-08-23 23:03:35</t>
+  </si>
+  <si>
+    <t>Михаил Игоревич Бабошко</t>
+  </si>
+  <si>
+    <t>27 августа 1992</t>
+  </si>
+  <si>
+    <t>01.12.2023 прошло апелляцционное заседание суда,  приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>7 лет заключения свободы в колонии усиленного режима</t>
+  </si>
+  <si>
+    <t>2023-10-02 21:15:28</t>
   </si>
   <si>
     <t>Людмила Андреевна Дейнека</t>
   </si>
   <si>
     <t>28 августа 1983</t>
   </si>
   <si>
     <t>Людмиле Дейнеко 40 лет. В 2005 году она окончила Полоцкий государственный университет по специальности «правоведение». Сначала работала в управлении внутренних дел Минского облисполкома, затем в управлении юстиции Минского горисполкома, консультантом в суде Заводского района Минска.
 Суд начинается 22 июля. Дейнеко обвиняют в «призывах к санкциям», «оскорблении Лукашенко» ,  «разжигании вражды или розни».
 У Людмилы двое несовершеннолетних детей.</t>
   </si>
   <si>
-    <t>Решение суда 29.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2024: неизвестно.</t>
+    <t>Решение суда 29.07.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-18 16:18:34</t>
   </si>
   <si>
+    <t>Андрей Анатольевич Крейдич</t>
+  </si>
+  <si>
+    <t>28 августа 1977</t>
+  </si>
+  <si>
+    <t>После задержания был осужден по административной статье и после этого уже не вышел на свободу, находится в СИЗО, предъявлено обвинение за комментарии в соцсетях.
+До задержания проживал и работал в Европе.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.08.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 600 базовых величин штрафа. Апелляция 14.10.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-01-29 22:01:28</t>
+  </si>
+  <si>
     <t>Василий Александрович Климович</t>
   </si>
   <si>
     <t>29 августа 1988</t>
   </si>
   <si>
     <t>Василий родом из Гомеля. Он интересуется автомобилями, любит мастерить что-то руками. Окончил Военную академию, служил в ракетной бригаде. 15 лет проработал в Вооруженных Силах Беларуси, получил звание майора. Известно, что летом 2021 года он ушел со службы и занялся сетевым маркетингом.</t>
   </si>
   <si>
     <t>2025-07-23 12:13:53</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Андрей Валерьевич Нестерович</t>
   </si>
   <si>
     <t>31 августа 1989</t>
   </si>
   <si>
     <t>Андрей, собственник гродненского этномагазина «Цудоўня», был задержан 6 февраля 2025 года в рамках уголовного дела, связанного с протестами 2020 года, и позднее приговорён к ограничению свободы.
 Он основал магазин в 2015 году. После выборов 2020 года бизнес столкнулся с штрафами и угрозой лишения помещения, но Андрей оставался в Беларуси и продолжал его поддерживать, считая важным для сохранения и развития белорусской культуры.</t>
   </si>
   <si>
     <t>ИУОТ-9, 210034, г. Витебск, ул. 3-я Чепинская, 39</t>
   </si>
   <si>
     <t>Решение суда 16.05.2025: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-02-17 17:03:14</t>
   </si>
   <si>
     <t>Руслан Николаевич Баранчик</t>
   </si>
   <si>
     <t>31 августа 1976</t>
   </si>
   <si>
     <t>Руслан Баранчик окончил математический факультет Гродненского государственного университета. 
 Какое-то время работал тестировщиком в EPAM Systems, программистом в "Интексофт" и даже обеспечивал работу программного обеспечения на гродненском автовокзале.
 Последние годы он работал дистанционно, занимаясь SEO-продвижением и копирайтингом.</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: неизвестно.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-16 14:04:46</t>
   </si>
   <si>
-    <t>Александр Андреевич Левкович</t>
-[...11 lines deleted...]
-    <t>2025-03-11 21:34:35</t>
+    <t>Дмитрий Александрович Иванченко</t>
+  </si>
+  <si>
+    <t>31 августа 1986</t>
+  </si>
+  <si>
+    <t>Задержан за коментарии в соцсетях.</t>
+  </si>
+  <si>
+    <t>неизвестно</t>
+  </si>
+  <si>
+    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Юрий Иванович Власов</t>
   </si>
   <si>
     <t>31 августа 1967</t>
   </si>
   <si>
     <t>Доверенное лицо кандидата в президенты Светланы Тихановской по Гомелю и Гомельской области. Был задержан 6 августа 2020 года и обвинен в "массовых беспорядках" и планах по "захвату зданий".
 В 2023 году Юрия перевели на тюремный режим.</t>
   </si>
   <si>
     <t>Решение суда 04.05.2021: 6 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима 02.08.2023: 2 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:20:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1839,699 +1844,693 @@
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...13 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
         <v>59</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
         <v>64</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="C11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...16 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
+        <v>25</v>
+      </c>
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...19 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
         <v>78</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...13 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
         <v>84</v>
       </c>
-      <c r="C15" t="s">
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="I16" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>92</v>
       </c>
       <c r="B17" t="s">
         <v>93</v>
       </c>
       <c r="C17" t="s">
         <v>94</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="I17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="I18" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>101</v>
       </c>
       <c r="B19" t="s">
         <v>102</v>
       </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>56</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B20" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>108</v>
       </c>
       <c r="I20" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>110</v>
       </c>
       <c r="B21" t="s">
         <v>111</v>
       </c>
+      <c r="C21" t="s">
+        <v>112</v>
+      </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C22" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D22" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B23" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C23" t="s">
         <v>121</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="I23" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>124</v>
       </c>
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E24" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>127</v>
       </c>
       <c r="I24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>129</v>
       </c>
       <c r="B25" t="s">
         <v>130</v>
       </c>
       <c r="C25" t="s">
         <v>131</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>132</v>
       </c>
       <c r="I25" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>134</v>
       </c>
       <c r="B26" t="s">
         <v>135</v>
       </c>
+      <c r="C26" t="s">
+        <v>136</v>
+      </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
         <v>13</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B27" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C27" t="s">
         <v>140</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>13</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>141</v>
       </c>
       <c r="I27" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>143</v>
       </c>
@@ -2552,184 +2551,184 @@
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>147</v>
       </c>
       <c r="I28" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>149</v>
       </c>
       <c r="B29" t="s">
         <v>150</v>
       </c>
       <c r="C29" t="s">
         <v>151</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="F29" t="s">
-[...5 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
         <v>155</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>156</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>48</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="D30" t="s">
-[...2 lines deleted...]
-      <c r="F30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
         <v>161</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
         <v>162</v>
       </c>
-      <c r="C31" t="s">
+      <c r="G31" t="s">
+        <v>84</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>99</v>
       </c>
       <c r="I31" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>165</v>
       </c>
       <c r="B32" t="s">
         <v>166</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
         <v>170</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" t="s">
+        <v>36</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
         <v>174</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>175</v>
       </c>
       <c r="D34" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>176</v>
       </c>
       <c r="I34" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>178</v>
       </c>
       <c r="B35" t="s">
         <v>179</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35" t="s">
@@ -2743,1520 +2742,1523 @@
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>181</v>
       </c>
       <c r="I35" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>183</v>
       </c>
       <c r="B36" t="s">
         <v>184</v>
       </c>
       <c r="C36" t="s">
         <v>185</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>186</v>
       </c>
       <c r="I36" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>191</v>
       </c>
       <c r="I37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>56</v>
+        <v>95</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
+      <c r="C42" t="s">
+        <v>215</v>
+      </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I42" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B43" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C43" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>152</v>
+        <v>60</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I43" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B44" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="C44" t="s">
         <v>224</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>225</v>
       </c>
       <c r="I44" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>227</v>
       </c>
       <c r="B45" t="s">
         <v>228</v>
       </c>
       <c r="C45" t="s">
         <v>229</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
         <v>230</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>231</v>
       </c>
       <c r="I45" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>233</v>
       </c>
       <c r="B46" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>235</v>
       </c>
-      <c r="F46" t="s">
-[...5 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>237</v>
+      </c>
+      <c r="B47" t="s">
         <v>238</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>239</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>240</v>
       </c>
       <c r="I47" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>242</v>
       </c>
       <c r="B48" t="s">
         <v>243</v>
       </c>
       <c r="C48" t="s">
         <v>244</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>245</v>
       </c>
       <c r="I48" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>247</v>
       </c>
       <c r="B49" t="s">
         <v>248</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>249</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
         <v>252</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>253</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>254</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>256</v>
+      </c>
+      <c r="B51" t="s">
         <v>257</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>146</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
+        <v>259</v>
+      </c>
+      <c r="I51" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>261</v>
+      </c>
+      <c r="B52" t="s">
         <v>262</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>263</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>35</v>
+      </c>
+      <c r="E52" t="s">
+        <v>36</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>264</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>266</v>
+      </c>
+      <c r="B53" t="s">
         <v>267</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
         <v>146</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="I53" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
         <v>271</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>272</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>273</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>275</v>
+      </c>
+      <c r="B55" t="s">
         <v>276</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>277</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>278</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B56" t="s">
         <v>281</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>282</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>35</v>
+      </c>
+      <c r="E56" t="s">
+        <v>36</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>283</v>
       </c>
-      <c r="D56" t="s">
-[...11 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>285</v>
+      </c>
+      <c r="B57" t="s">
         <v>286</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>287</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>35</v>
+      </c>
+      <c r="E57" t="s">
+        <v>36</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...10 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
         <v>292</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>293</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>294</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>295</v>
+      </c>
+      <c r="B59" t="s">
+        <v>296</v>
+      </c>
+      <c r="C59" t="s">
         <v>297</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>35</v>
+      </c>
+      <c r="E59" t="s">
         <v>298</v>
       </c>
-      <c r="C59" t="s">
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>299</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>301</v>
+      </c>
+      <c r="B60" t="s">
         <v>302</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>303</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>48</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>304</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
         <v>307</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>308</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
+      <c r="E61" t="s">
+        <v>309</v>
+      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="I61" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B62" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
-      <c r="E62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>313</v>
+        <v>206</v>
       </c>
       <c r="I62" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>315</v>
       </c>
       <c r="B63" t="s">
+        <v>307</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>316</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>318</v>
+      </c>
+      <c r="B64" t="s">
+        <v>319</v>
+      </c>
+      <c r="C64" t="s">
         <v>320</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>35</v>
+      </c>
+      <c r="E64" t="s">
+        <v>36</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>321</v>
-      </c>
-[...10 lines deleted...]
-        <v>220</v>
       </c>
       <c r="I64" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>323</v>
       </c>
       <c r="B65" t="s">
         <v>324</v>
       </c>
       <c r="C65" t="s">
         <v>325</v>
       </c>
       <c r="D65" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E65" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>326</v>
       </c>
       <c r="I65" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>328</v>
       </c>
       <c r="B66" t="s">
         <v>329</v>
       </c>
       <c r="C66" t="s">
         <v>330</v>
       </c>
       <c r="D66" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>39</v>
+        <v>146</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>331</v>
       </c>
       <c r="I66" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>333</v>
       </c>
       <c r="B67" t="s">
         <v>334</v>
       </c>
       <c r="C67" t="s">
         <v>335</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>146</v>
+        <v>309</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>336</v>
       </c>
       <c r="I67" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>338</v>
       </c>
       <c r="B68" t="s">
         <v>339</v>
       </c>
       <c r="C68" t="s">
         <v>340</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E68" t="s">
-        <v>230</v>
+        <v>36</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>341</v>
       </c>
       <c r="I68" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>343</v>
       </c>
       <c r="B69" t="s">
         <v>344</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>345</v>
       </c>
       <c r="I69" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>347</v>
       </c>
       <c r="B70" t="s">
         <v>348</v>
       </c>
       <c r="C70" t="s">
         <v>349</v>
       </c>
       <c r="D70" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E70" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>350</v>
       </c>
       <c r="I70" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>352</v>
       </c>
       <c r="B71" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C71" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E71" t="s">
-        <v>152</v>
+        <v>36</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="I71" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B72" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C72" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D72" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E72" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I72" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B73" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C73" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D73" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E73" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I73" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B74" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
         <v>369</v>
       </c>
       <c r="I74" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>371</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
+      <c r="C75" t="s">
+        <v>373</v>
+      </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>21</v>
+        <v>309</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="I75" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B76" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C76" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D76" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>39</v>
+        <v>379</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>359</v>
+        <v>380</v>
       </c>
       <c r="I76" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B77" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C77" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="I77" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B78" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C78" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="I78" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B79" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="I79" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B80" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C80" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E80" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>398</v>
+        <v>355</v>
       </c>
       <c r="I80" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B81" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C81" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="I81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B82" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C82" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D82" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E82" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I82" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B83" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C83" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>230</v>
+        <v>42</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>220</v>
+        <v>414</v>
       </c>
       <c r="I83" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B84" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C84" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>309</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>417</v>
+        <v>206</v>
       </c>
       <c r="I84" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B85" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C85" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F85" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="I85" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B86" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C86" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="I86" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>430</v>
       </c>
       <c r="B87" t="s">
         <v>431</v>
       </c>
       <c r="C87" t="s">
         <v>432</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
         <v>433</v>
       </c>
       <c r="I87" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>435</v>
       </c>
       <c r="B88" t="s">
         <v>436</v>
       </c>
       <c r="C88" t="s">
         <v>437</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>438</v>
       </c>
       <c r="I88" t="s">
         <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>