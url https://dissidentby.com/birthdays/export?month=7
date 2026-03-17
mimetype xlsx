--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -12,449 +12,400 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="466">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Даниил Юрьевич Гарасим</t>
+  </si>
+  <si>
+    <t>1 июля 2005</t>
+  </si>
+  <si>
+    <t>По версии авторов провластного фильма, Даниил Гарасим 2005 года рождения в декабре 2023 года по заданию "украинского куратора", контакт с которым был установлен в экстремистском Telegram-чате, произвел съемку места дислокации ракетной бригады Вооруженных сил Белоруссии в городе Осиповичи Могилевской области. Но примечательно, что из первого же задания силовики делали оперативную съемку-возникает вопрос, от кого же то задание поступило.</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>Решение суда 19.09.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 03.12.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-04-30 00:32:30</t>
+  </si>
+  <si>
+    <t>Алексей Борисович Иванисов</t>
+  </si>
+  <si>
+    <t>1 июля 1968</t>
+  </si>
+  <si>
+    <t>Алексей, бывший военный, связист и директор компании по установке и ремонту гаражных электроворот и шлагбаумов, был задержан в сентябре 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы и штрафу.
+У Алексея трое детей, один из них — несовершеннолетний.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 28.09.2022: 14 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-11-15 15:51:15</t>
+  </si>
+  <si>
+    <t>Виталий Васильевич Новиков</t>
+  </si>
+  <si>
+    <t>1 июля 1983</t>
+  </si>
+  <si>
+    <t>2026-02-16 13:34:53</t>
   </si>
   <si>
     <t>Павел Сергеевич Резанович</t>
   </si>
   <si>
     <t>1 июля 1993</t>
   </si>
   <si>
     <t>Павел, сын православного священника и сотрудник отдела принудительного исполнения Ленинского района города Бреста, был задержан 1 декабря 2020 года вместе с родителями в рамках уголовного «дела Автуховича». Николая Автуховича власти назвали «организатором и руководителем террористической группировки». Павел был осуждён за «участие в преступной организации», «акт терроризма», «покушение на захват власти» и «незаконные действия в отношении огнестрельного оружия».
 В октябре 2023 года его перевели на тюремный режим.</t>
   </si>
   <si>
-    <t>Мужской</t>
-[...1 lines deleted...]
-  <si>
     <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
   </si>
   <si>
-    <t>В заключении</t>
-[...4 lines deleted...]
-  <si>
     <t>Решение суда 17.10.2022: 19 лет лишения свободы в колонии в условиях строгого режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Суд по смене режима 30.10.2023: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:54</t>
   </si>
   <si>
-    <t>Алексей Борисович Иванисов</t>
-[...35 lines deleted...]
-  <si>
     <t>Артур Игоревич Голубев</t>
   </si>
   <si>
     <t>3 июля 1990</t>
   </si>
   <si>
     <t>16.01.2024 г. состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2023-10-31 14:49:43</t>
   </si>
   <si>
     <t>Виталий Александрович Василевич</t>
   </si>
   <si>
     <t>3 июля 1993</t>
   </si>
   <si>
     <t>Виталий был задержан и осужден за остановку товарного поезда, нанесение красных полос на рекламные лайтбоксы, прокол шин автомобиля сотрудника милиции, поджог киоска «Табакерка», а также действия с предметами, содержащими горючие вещества. Он объяснил свои поступки протестом против ситуации в стране после президентских выборов 9 августа 2020 года, в частности, против безосновательных задержаний и пыток людей силовиками.</t>
   </si>
   <si>
     <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
   </si>
   <si>
     <t>Решение суда 07.06.2021: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 26.08.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 01:27:10</t>
   </si>
   <si>
-    <t>Александр Васильевич Сумар</t>
-[...38 lines deleted...]
-  <si>
     <t>Сергей Анатольевич Резанович</t>
   </si>
   <si>
     <t>4 июля 1968</t>
   </si>
   <si>
     <t>Православный священник, настоятель храма святого Архангела Михаила в агрогородке Степанки Жабинковского района Брестской области, был задержан 1 декабря 2020 года вместе с женой и сыном в рамках уголовного «дела Автуховича». Николая Автуховича власти назвали «организатором и руководителем террористической группировки». Сергея осудили за «участие в преступной организации», «акт терроризма» и «покушение на захват власти».</t>
   </si>
   <si>
     <t>Решение суда 17.10.2022: 16 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 00:42:21</t>
   </si>
   <si>
     <t>Евгений Александрович Малюгин</t>
   </si>
   <si>
     <t>5 июля 1980</t>
   </si>
   <si>
     <t>Евгений был осуждён весной 2024 года в рамках уголовного дела, возбужденного по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них», и приговорён к ограничению свободы с направлением.</t>
   </si>
   <si>
     <t>ИУОТ-29, г. Волковыск, Рокоссовского, 118е, 230415</t>
   </si>
   <si>
     <t>Химия с направлением</t>
   </si>
   <si>
     <t>Решение суда 21.05.2024: 2 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 07.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-30 20:25:36</t>
+  </si>
+  <si>
+    <t>Дмитрий Игоревич Хоменков</t>
+  </si>
+  <si>
+    <t>5 июля 1989</t>
+  </si>
+  <si>
+    <t>39-летний гомельчанин. Он программист. Местом последней работы Хаменкова в Linkedin указана Expert Software Development. Он не захотел релоцироваться в 2022 году.
+По данным из фильма ОНТ, Хаменкова обвиняют в «финансировании экстремистской деятельности». Он делал переводы в криптовалюте. Сообщается, что его задержали в конце 2024 года, пока парень за решеткой, у него умерла бабушка.</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-04-03 17:39:10</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Близнец</t>
+  </si>
+  <si>
+    <t>5 июля 1988</t>
+  </si>
+  <si>
+    <t>Александр работал инженером на одном из предприятий города. Был осужден в закрытом режиме в Гомельском областном суде.
+02.08.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 02.05.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 02.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-24 22:36:28</t>
   </si>
   <si>
     <t>Юрий Александрович Храмеев</t>
   </si>
   <si>
     <t>5 июля 1990</t>
   </si>
   <si>
     <t>Юрий в 2016‑м получил диплом программиста в Белорусском государственном университете информатики и радиоэлектроники.
 В 2011 году устроился программистом в компанию XB Software, позже работал в ActiveCloud. А с 2014 года перешел в стартап ActivePlatform, где прошел путь от разработчика до бизнес-аналитика и руководителя продукта.
 Вне работы Юрий любит путешествовать. В соцсетях он постил фото с активного отдыха в горах и поездок в различные города.</t>
   </si>
   <si>
     <t>Решение суда 18.11.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-12-08 16:53:51</t>
   </si>
   <si>
     <t>Павел Владимирович Харитонов</t>
   </si>
   <si>
     <t>5 июля 1978</t>
   </si>
   <si>
     <t>Осудили за один донат в размере 20 долларов в одну из инициатив, которую в дальнейшем признали "экстремистским формированием". Пожертвование на помощь, предположительно, пострадавшим от репрессий, было сделано еще в 2021 году, когда инициатова не была еще признана "экстремистским формированием". По делу состоялось всего восемь заседаний, ее рассматривали два месяца-с ноября по январь. 28.04.2023 приговор вступил в силу после апелляционного суда.</t>
   </si>
   <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
     <t>5 лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2022-12-06 01:16:36</t>
   </si>
   <si>
-    <t>Дмитрий Игоревич Хоменков</t>
-[...36 lines deleted...]
-  <si>
     <t>Иван Григорьевич Омрейчик</t>
   </si>
   <si>
     <t>6 июля 2001</t>
   </si>
   <si>
     <t>Задержан за участие в акции протеста 10 августа 2020 года в Бресте.</t>
   </si>
   <si>
     <t>Решение суда 05.08.2024: 2 года 3 месяца лишения свободы в колонии в условиях общего режима. Апелляция 08.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-24 00:13:42</t>
   </si>
   <si>
     <t>Иван Юрьевич Ясников</t>
   </si>
   <si>
     <t>6 июля 1989</t>
   </si>
   <si>
     <t>Сообщается, что мужчина был задержан за события августа 2020 года, однако в его телефоне силовики нашли фотографии военной техники, которые он еще 23 февраля загрузил в телеграм-канал «Калинковичи для жизни».</t>
   </si>
   <si>
     <t>неизвестно</t>
   </si>
   <si>
     <t>2022-04-05 00:52:53</t>
-  </si>
-[...33 lines deleted...]
-    <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Иван Александрович Янчук</t>
   </si>
   <si>
     <t>7 июля 1996</t>
   </si>
   <si>
     <t xml:space="preserve">Иван сначала занимал должность следователя в Малорите, после перевелся следователем в Кобринский РОВД. Имел звание старшего лейтенанта.
 По информации из видео ГУБОПиКа, он уволился из силовых структур и занялся майнингом криптовалют. Как утверждают силовики, Иван передавал информацию о своих коллегах разным телеграм-каналам. 
 28.11.2023 состоялось рассмотрение апелляционной жалобы приговор вступил в силу.
 </t>
   </si>
   <si>
     <t>7 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-09-26 17:57:51</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Королев</t>
+  </si>
+  <si>
+    <t>7 июля 1963</t>
+  </si>
+  <si>
+    <t>30 мая 2023 прошло апеллционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>1,5 года лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2023-02-27 23:21:22</t>
+  </si>
+  <si>
+    <t>Андрей Владимирович Любецкий</t>
+  </si>
+  <si>
+    <t>7 июля 1975</t>
+  </si>
+  <si>
+    <t>Андрей, челюстно-лицевой хирург детской больницы, был задержан в мае 2021 года после обыска в рамках уголовного дела, возбужденного по статье об «оскорблении президента». Его супруга вместе с детьми была вынуждена покинуть страну. Позднее Андрею были предъявлены обвинения в «участии в групповых действиях, грубо нарушающих общественный порядок», а также в «участии в массовых беспорядках».
+В апреле 2022 года Андрей был осужден по четырем уголовным статьям за участие в протестных акциях, проходивших в Минске в 2020 году, и за публикации в социальных сетях, которые были квалифицированы как оскорбления и разжигание вражды.
+В июне 2024 года ему ужесточили меру наказания, переведя на тюремный режим до конца срока.</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 18.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 21.06.2022: приговор оставлен без изменения. Суд по смене режима 26.06.2024: тюремный режим до конца срока. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Олег Анатольевич Коновалов (Шутов)</t>
   </si>
   <si>
     <t>8 июля 1995</t>
   </si>
   <si>
     <t>Олег — владелец YouTube-канала «Третий регион Беларусь», был задержан в январе 2022 года, когда вернулся в Беларусь на новогодние праздники.
 Олега обвинили в деанонимизации силовиков и в том, что, находясь за границей, он якобы продолжал «размещать в соцсетях информацию антигосударственного характера и пропагандировать сопротивление представителям власти». На своём канале он публиковал видео с акций солидарности белорусов в Киеве, где жил с 2020 года. Также ему вменили «циничные комментарии» о погибшем сотруднике КГБ Дмитрии Федосюке.
 В сентябре 2022 года он был осуждён по нескольким статьям Уголовного кодекса, включая «разжигание расовой, национальной, религиозной либо иной социальной вражды или розни». Суд приговорил его к лишению свободы в колонии усиленного режима и обязал выплатить крупную компенсацию.
 В июле 2023 года Олега повторно осудили за «злостное неповиновение требованиям администрации исправительного учреждения» — обвинение, часто применяемое к политзаключённым, которые отказываются сотрудничать с тюремной администрацией. В сентябре того же года появилась информация, что его перевели на тюремный режим.
 Стало известно, что в первой половине лета 2025 года в отношении Олега состоялось ещё одно судебное заседание по той же статье за «неповиновение». Рассмотрение апелляционной жалобы должно было состояться в середине июля.</t>
   </si>
   <si>
     <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
   </si>
   <si>
     <t>Решение суда 07.09.2022: 5 лет лишения свободы в колонии в условиях усиленного режима, 5000 рублей компенсации, 100 базовых величин штрафа. Решение суда 18.07.2023: 1 год лишения свободы в колонии в условиях усиленного режима. Апелляция 26.09.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
-    <t>Иван Владимирович Морозов</t>
-[...19 lines deleted...]
-  <si>
     <t>Иван Леонидович Фолитар</t>
   </si>
   <si>
     <t>8 июля 1977</t>
   </si>
   <si>
     <t>Иван окончил Минский государственный машиностроительный колледж в 1996 году. Долгое время Иван занимался организацией и проведением праздников, был основателем минской студии «МиФ». На его счету сотни свадеб, выпускных вечеров и корпоративов. У него было ИП в сфере фотографии, которое с 2018 года находится в процессе ликвидации.
 Позже Иван еще занялся фермерством. Он стал разводить птицу и продавать мясо индейки на минской Комаровке.
 Также он занимается музыкой: сам придумывает и записывает треки, а также делает аранжировки треков и биты для других музыкантов. Участвовал в музыкальном проекте «Белый и Карантин».</t>
   </si>
   <si>
     <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
   </si>
   <si>
     <t>Решение суда 17.10.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-07-11 11:27:00</t>
   </si>
   <si>
     <t>Евгений Александрович Рубашко</t>
   </si>
   <si>
     <t>9 июля 1989</t>
   </si>
@@ -469,111 +420,111 @@
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
     <t>Борис Михайлович Витко</t>
   </si>
   <si>
     <t>9 июля 1954</t>
   </si>
   <si>
     <t>68-летнему Борису Витко вменялось в вину то, что 30 сентября 2021 года в телеграм-канале "Ляховичи 97" он написал оскорбительный комментарий в отношении судьи Николая Кмиты. 
 Приговор суда 20.01.2023 : 2 года ограничения свободы без направления.
 В конце мая 2023 года стало известно, что Борис был снова задержан. Об этом сообщил провластный телеграм-канал. Сотрудники ОМОН в бронежилетах с дробовиками задержали мужчину на территории частного дома. На опубликованном видео Борис говорит, что его задержали по подозрению в оскорблении Лукашенко (ст. 368 Уголовного кодекса). По месту проживания в д. Медведичи Ляховичского района был проведен обыск.
 Позже правозащитникам стало известно, что какое-то время Бориса Витко удерживали в ляховичском ИВС, затем перевели в барановичское СИЗО. Сейчас он находится в СИЗО-7 Бреста в ожидании суда.  В ноябре 2023 года Бориса внесли в список террористов. Суд начался в начале января 2024 года. На первом суде Борису Витко вменялось в вину то, что 30 сентября 2021 года в телеграм-канале "Ляховичи 97" он написал оскорбительный комментарий в отношении судьи Николая Кмиты. По совокупности приговоров путем частичного сложения неотбытой части наказания окончательно обвиняемому Борису Витко назначено наказание в виде лишения свободы на срок семь лет и три месяца с отбыванием в исправительной колонии в условиях усиленного режима со штрафом в доход государства в размере 300 базовых величин в сумме 12 000 рублей.
 Борис имеет проблемы с сердцем, постоянно должен принимать лекарства.</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>Решение суда 20.01.2022: 2 года ограничения свободы без направления. Решение суда 20.05.2024: 7 лет 3 месяца лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 06.08.2024: неизвестно. Апелляция 02.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
+  </si>
+  <si>
+    <t>Тамаз Важевич Пипия</t>
+  </si>
+  <si>
+    <t>10 июля 1994</t>
+  </si>
+  <si>
+    <t>Футбольный фанат клуба "МТЗ-РИПО" был задержан 26 сентября 2020 года и осужден за участие в акциях протеста.
+Надзиратели колонии №1 неоднократно наказывали Томаза штрафным изолятором и переводом в помещение камерного типа (ПКТ). Всего антифашист получил не менее девяти взысканий, в том числе за отказ "мыть унитазы". На основании этого против него было возбуждено новое уголовное дело по статье о "злостном неповиновении требованиям администрации", и в сентябре 2024 года его приговорили к дополнительному сроку лишения свободы.</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 02.07.2021: 5 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 24.09.2021: приговор оставлен без изменения. Решение суда 05.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:06:12</t>
+  </si>
+  <si>
+    <t>Сергей Григорьевич Юнчиц</t>
+  </si>
+  <si>
+    <t>10 июля 1974</t>
+  </si>
+  <si>
+    <t>Сергей был задержан за солидарность с репрессированными.
+Юнчицу 50 лет, он родился в деревне Подвосье Житковичского района. С 90-х занимался бизнесом. По информации «Зеркала», мужчина до 2023 года управлял семейной компанией «Юнико-дентал», которая занимается поставками стоматологических материалов, инструментов и оборудования. </t>
+  </si>
+  <si>
+    <t>Решение суда 09.10.2024: 5 лет лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 10.01.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-06-19 23:22:29</t>
   </si>
   <si>
     <t>Андрей Алексеевич Бурак</t>
   </si>
   <si>
     <t>10 июля 1972</t>
   </si>
   <si>
     <t>Водитель-дальнобойщик. Мужчину изначально обвиняли в хулиганстве (ч. 3 ст. 339 УК) и создании экстремистского формирования, либо участии в нем (ч. 3 ст. 361-1 УК).
 Минский городской суд завершил 29 февраля 2024 года рассмотрение уголовного дела. Бурако признали виновным и назначили ему наказание в виде лишения свободы сроком на пять лет по ч. 3 ст. 361-1 УК. Обвинение в хулиганстве было снято. 
 Согласно следствию, вечером 11 мая 2023 года на автодороге М-5 «Минск-Гомель» вблизи деревни Ясень, что возле Бобруйска, "водитель автомобиля DAF, проезжавшего мимо остановленной военной транспортной колонны, произвел подрыв неустановленного устройства, самостоятельно изготовленного из пиротехнических изделий, бросив его в сторону военнослужащих и военной техники. А потом попытался скрыться.
 Однако в ходе преследования его автомобиль был блокирован военными, а он сам-задержан".
 Установлено, что в кабине автомобиля была наклеена "экстремистская" символика, а в мобильном телефоне – несколько подписок на радикальные каналы, признанные экстремистскими, в том числе и на план "победа".
 12.04.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.
 Летом 2024 г. переведен из ПК № 1 в ПК № 8.</t>
   </si>
   <si>
     <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
-    <t>Тамаз Важевич Пипия</t>
-[...33 lines deleted...]
-  <si>
     <t>Алексей Владиславович Исаев</t>
   </si>
   <si>
     <t>10 июля 1978</t>
   </si>
   <si>
     <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-10-18 16:40:13</t>
   </si>
   <si>
     <t>Евгений Сергеевич Глушков</t>
   </si>
   <si>
     <t>11 июля 1990</t>
   </si>
   <si>
     <t>Стало известно о задержании жителя деревни Зябровка Гомельского района Евгения Глушкова. По информации некоторых СМИ, в ночь с 10 на 11 августа на аэродроме в Зябровке случился инцидент, о котором много писали СМИ, то начались проверки местных.
 У Евгения в телефоне нашли старый снимок аэродрома, который он делал с дрона. И еще нашли контакты разных украинцев. Этого было достаточно, чтобы его задержать. Парень перед задержанием работал ветеринаром в одной из клиник Гомеля, имеет исключительно положительные характеристики от работодателей. До начала российской агрессии в отношении Украины Евгений жил длительное время за границей. В последние годы -- в Китае, где занимался музыкой и планировал остаться жить. Но из-за эпидемии коронавируса остался без источников доходов и был вынужден вернуться на родину.</t>
   </si>
   <si>
@@ -594,276 +545,254 @@
   <si>
     <t>ИУОТ-55, ул. Социалистическая 7, Минск, 220021</t>
   </si>
   <si>
     <t>Решение суда 09.11.2023: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2023-11-06 21:02:37</t>
   </si>
   <si>
     <t>Александр Николаевич Яцукевич</t>
   </si>
   <si>
     <t>11 июля 1986</t>
   </si>
   <si>
     <t>01.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 17.01.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 01.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-11 17:15:20</t>
   </si>
   <si>
-    <t>Дмитрий Дмитриевич Мостовой</t>
-[...25 lines deleted...]
-По сведениям правозащитников, она лишена права на свидания, и ей разрешено получить только одну маленькую бандероль в год. Письма от Татьяны приходят крайне редко. К тому же, у нее возникли проблемы с позвоночником.</t>
+    <t>Ольга Петровна Войтехович</t>
+  </si>
+  <si>
+    <t>12 июля 1974</t>
+  </si>
+  <si>
+    <t>Ольга была задержана в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осуждена по нескольким уголовным статьям.
+Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
-    <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 2 года тюремного режима. Суд по смене режима дата неизвестна: 1 год тюремного режима.</t>
-[...2 lines deleted...]
-    <t>2021-02-25 11:20:37</t>
+    <t>Решение суда 21.06.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Артур Григорьевич Тарасов</t>
+  </si>
+  <si>
+    <t>13 июля 1987</t>
+  </si>
+  <si>
+    <t>Артур был задержан в мае 2025 года, предположительно в рамках уголовного дела, связанного с мониторинговым OSINT-проектом «Беларускі Гаюн».
+В июле 2025 года у Артура родилась вторая дочь.</t>
+  </si>
+  <si>
+    <t>2025-05-11 15:43:26</t>
   </si>
   <si>
     <t>Александр Эдуардович Масевич</t>
   </si>
   <si>
     <t>13 июля 1989</t>
   </si>
   <si>
     <t>Решение суда 22.12.2022: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 21.03.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-11-17 18:32:49</t>
+  </si>
+  <si>
+    <t>Дмитрий Сергеевич Неверкевич</t>
+  </si>
+  <si>
+    <t>13 июля 1982</t>
+  </si>
+  <si>
+    <t>Дмитрий, директор компании «Europcar», партнёра «Uber» в Минске, впервые был задержан в ноябре 2020 года по административной статье за участие в протестных акциях, проходивших против результатов президентских выборов. Во второй раз он был задержан в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма».
+Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа, целью которой было совершение экстремистских преступлений. В группу входили радикально настроенные лица, в том числе бывшие и действующие военные, сотрудники силовых структур, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём».
+Это дело связано с обвинениями в попытке поджога дома депутата Олега Гайдукевича в июне 2021 года и «организации массовых беспорядков».
+Дмитрия осудили по нескольким уголовным статьям, ему был назначен большой срок лишения свободы и штраф, а также он был лишён права занимать должности, связанные с организационно-распорядительными и административно-хозяйственными обязанностями, на пять лет.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 11 лет лишения свободы в колонии в условиях усиленного режима, лишение права занимать определенные должности или заниматься определенной деятельностью, 3000 базовых величин штрафа. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-01-23 17:13:44</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильевич Слук</t>
+  </si>
+  <si>
+    <t>13 июля 1988</t>
+  </si>
+  <si>
+    <t>34-летний бобруйчанин. После 10 суток в изоляторе на Окрестина его перевели в СИЗО №1.
+Мужчине предъявили обвинение за донаты организации, признанной террористической в Беларуси. Ему грозит от 8 до 12 лет лишения свободы.
+Дмитрий Слук не обжаловал приговор, этапирован для отбытия наказания в одну из беларусских колоний. 
+24.06.2024 прошел по ужесточению условий содержания, Дмитрия перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>8.5 лет лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2023-02-22 15:31:31</t>
+  </si>
+  <si>
+    <t>Вячеслав Александрович Березовец</t>
+  </si>
+  <si>
+    <t>13 июля 1991</t>
+  </si>
+  <si>
+    <t>Cупругов (Вячеслав Березовец и Татьяна Данилюк) поместили под стражу за то, что 10 августа 2020 года в Кобрине те принимали участие в протестах, женщина "показывала милиции неприличные жесты" , а ее муж "приспустил штаны и демонстрировал оголенные ягодицы".
+При этом Вячеслава уже осудили за эпизод с "показом ягодиц" милиционерам. Суд прошел еще в 2020 году, тогда мужчине вменили за это административную статью.
+На свободе у пары осталась трое малолетних детей.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.03.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-04 11:35:32</t>
+  </si>
+  <si>
+    <t>Павел Васильевич Прохоров</t>
+  </si>
+  <si>
+    <t>13 июля 1996</t>
+  </si>
+  <si>
+    <t>Задержан вместе со всей семьей (мать, отец, сестра) по подозрению в "госизмене".  Сестру позже, судя по всему, отпустили. Павлу 27 лет. Он родился в Грабовке. Работал в строительстве. 
+Участники закрытого процесса имеют подписки о неразглашении. Из неофициального источника известно, что уголовное дело касается фотографирования различных объектов на территории Беларуси, а за фигурантами дела какое-то время перед арестом следили спецслужбы.
+Семья Прохоровых долгое время жила в деревне Грабовка Гомельского района. На момент задержания они жили в деревне Уза Гомельского района, куда переехали два года назад.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: 8 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
   </si>
   <si>
     <t>Людмила Юрьевна Чекина</t>
   </si>
   <si>
     <t>13 июля 1973</t>
   </si>
   <si>
     <t>Людмила — бывшая генеральная директорка TUT.BY. Работала в TUT.BY с 2008 года: сначала — юрисконсультом, позже — директоркой. В 2017 году возглавила «Тут Бай Медиа».
 В мае 2021 года ее задержали в рамках уголовного дела, возбужденного по обвинению в уклонении от уплаты налогов.
 В октябре 2022 года КГБ внес Людмилу в список «причастных к террористической деятельности». Позже ей также предъявили обвинения в «разжигании вражды» и «призывах к действиям против национальной безопасности».
 Судебный процесс проходил в закрытом режиме и длился более двух месяцев — всего состоялось 37 заседаний. В марте 2023 года Людмила была приговорена к длительному сроку лишения свободы и крупному штрафу.</t>
   </si>
   <si>
     <t>Решение суда 17.03.2023: 12 лет лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 31.07.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-05-24 13:42:27</t>
   </si>
   <si>
-    <t>Вячеслав Александрович Березовец</t>
-[...84 lines deleted...]
-  <si>
     <t>Наталья Сергеевна Романенко</t>
   </si>
   <si>
     <t>14 июля 1981</t>
   </si>
   <si>
     <t>Решение суда 07.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-27 18:07:44</t>
   </si>
   <si>
     <t>Руслан Теймуразович Зубков</t>
   </si>
   <si>
     <t>14 июля 1998</t>
   </si>
   <si>
     <t>Руслану Зубкову 26 лет. Судя по соцсетям, он в последние годы жил и работал в Польше.
 В декабре 2023 года Зубкова внесли в список участников экстремистского формирования «Россия — это зло». Это небольшой Телеграм-чат на 135 человек, где активны сейчас только три человека. В феврале 2024 года Руслана объявляли в розыск на территории Беларуси и России — это значит, что на тот момент он еще был на свободе.
 Когда Руслан был задержан-тоже неизвестно. В первый раз его судили в июне 2024 года за «оскорбление Лукашенко» в Каменецком районном суде. Приговор неизвестен.</t>
   </si>
   <si>
     <t>СИЗО-7, Брест ул. Советских Пограничников 37, 224030</t>
   </si>
   <si>
     <t>Решение суда 19.06.2024: неизвестно. Решение суда 17.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
     <t>Павел Андреевич Сологуб</t>
   </si>
   <si>
     <t>14 июля 1989</t>
   </si>
   <si>
     <t>3 года лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2023-06-29 09:53:27</t>
   </si>
   <si>
+    <t>Максим Александрович Левша</t>
+  </si>
+  <si>
+    <t>15 июля 1983</t>
+  </si>
+  <si>
+    <t>Решение суда 14.11.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 21.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:18:30</t>
+  </si>
+  <si>
     <t>Николай Геннадьевич Гмырак</t>
   </si>
   <si>
     <t>15 июля 1979</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Решение суда 08.10.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 18.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-26 00:31:52</t>
-  </si>
-[...10 lines deleted...]
-    <t>2024-11-02 16:18:30</t>
   </si>
   <si>
     <t>Павел Юрьевич Неделин</t>
   </si>
   <si>
     <t>15 июля 1975</t>
   </si>
   <si>
     <t>31.03.2023 прошло апелляцционное заседание суда. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>неизвестно лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-09-07 18:30:18</t>
   </si>
   <si>
     <t>Константин Владимирович Глотов</t>
   </si>
   <si>
     <t>16 июля 1975</t>
   </si>
   <si>
     <t>Решение суда 19.08.2024: неизвестно. Апелляция 18.10.2024: неизвестно.</t>
   </si>
@@ -875,267 +804,288 @@
   </si>
   <si>
     <t>17 июля 1983</t>
   </si>
   <si>
     <t> Кирилл с 2007 года служил в милиции. Оперуполномоченный, уволился из органов в августе 2020 года и перешел в IT. Известно, что его задержали 19 февраля 2023 прямо на границе: он полгода жил в Польше, а в Брест приезжал навестить жену и маленького ребенка.Про уголовное дело против Кирилла известно немного: суд проходил в закрытом режиме. Известно лишь, что дело было связано с «Черной книгой Беларуси».
 10.10.2023 должно пройти апелляционное заседание суда.</t>
   </si>
   <si>
     <t>8 лет колонии усиленного режима..</t>
   </si>
   <si>
     <t>2023-07-14 11:30:32</t>
   </si>
   <si>
     <t>Иван Францевич Вербицкий</t>
   </si>
   <si>
     <t>17 июля 1965</t>
   </si>
   <si>
     <t>Иван, имеющий два высших образования, ранее работал художником-дизайнером, а затем стал мультипликатором, режиссером и монтажером видео. Он также является художником и автором рассказов. 21 октября 2020 года его задержали и осудили по версии обвинения за размещение в Telegram-канале призывов к дестабилизации общественного порядка, включая поджог зданий КГБ и прокуратуры Ошмянского района.
 В декабре 2022 года его повторно судили за "неповиновение требованиям администрации". В мае 2024 года Иван снова был осужден за "злостное неповиновение" и дополнительно лишен свободы на 2 года.</t>
   </si>
   <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
     <t>Решение суда 15.03.2021: 8 лет 1 месяц лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 30.09.2021: неизвестно лет тюремного режима. Решение суда 20.12.2022: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.03.2023: неизвестно. Решение суда 08.05.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.07.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 23:12:05</t>
   </si>
   <si>
     <t>Виталий Викторович Чопик</t>
   </si>
   <si>
     <t>По данным, полученным в разное время от источников, известно что у мужчины проводили обыск 1 декабря 2021 года. А в сентябре 2022 года Чопика задержали сперва по статье 19.11 КоАП, но когда оказалось что у мужчины просто нет телефона где могут быть какие-то «экстремистские материалы», то составили протокол уже по ст.24.23 КоАП. Предлогом для протокола стал бчб-флаг, приклеенный скотчем изнутри к окну дома — вот только сам мужчина утверждал, что флаг появился уже после того, как его задержали и доставили в ИВС.Последний виток эскалации между Чопиком и силовиками случился в начале марта 2024 года: брестчанина снова задержали. После задержания мужчину доставляли на скорую со следами сильного избиения, а цвет лица Чопика был желтым (что может говорить о повреждении печени из-за избиения). 28 марта 2024 года, МВД объявило что поместило брестчанина в СИЗО. По возрасту, и по истории мужчины («систематически посещал суды по уголовным делам») можно сделать вывод, что речь именно про Виталия Чопика. Его подозревают в «содействии экстремистской деятельности».</t>
   </si>
   <si>
     <t>Решение суда 15.11.2024: 7 лет лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция 04.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-28 21:57:44</t>
   </si>
   <si>
-    <t>Игорь Владимирович Ильяш</t>
-[...96 lines deleted...]
-  <si>
     <t>Елена Николаевна Лазарчик</t>
   </si>
   <si>
-    <t>19 июля 1974</t>
+    <t>17 июля 1974</t>
   </si>
   <si>
     <t>Активистка «Европейской Беларуси», была задержана 30 декабря 2021 года по уголовному делу о групповых действиях, грубо нарушающих общественный порядок.
 7 января 2022 года женщину перевели в СИЗО.
 У Елены есть маленький сын.
 В январе 2023 г. Елену перевели в гомельскую женскую колонию № 4. К политзаключенной долгое время не может попасть адвокат, ее помещали в ШИЗО.
 В октябре 2023 г. стало известно, что для Елены в августе не приняли передачу. Это, скорее всего, свидетельствует о том, что ее лишили передач. Последнее письмо от Елены пришло в начале сентября, с тех пор писем от нее нет. С момента перевода Лазарчик в колонию ни разу не было получено разрешение от администрации учреждения на встречу с адвокатом. Что сейчас происходит с Еленой, в каком она состоянии — неизвестно. Елена в колонии испытывает проблемы с зубами, она похудела. 
 В середине ноября 2023 года правозащитникам стало известно, что Елену снова помещали в ШИЗО.
 По свидетельствам бывшей политзаключенной, Елена отсидела более 90 суток в ШИЗО, более 60 дней в ПКТ.
 Весной 2025 г. Елену осудили по ч. 2 ст. 411 Уголовного кодекса (злостное неповиновение законным требованиям администрации колонии) и назначили еще полтора года колонии в дополнение к восьми годам заключения. Когда был вынесен приговор, неизвестно. Известно, что на суде Елена отказалась от услуг адвоката.</t>
   </si>
   <si>
     <t>ИК-24, ул. Производственная, д. 44, г.п. Заречье, Речицкий р-н, Гомельская область, 247526</t>
   </si>
   <si>
     <t>Решение суда 19.09.2022: 8 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: приговор оставлен без изменения. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-01-11 16:06:03</t>
   </si>
   <si>
+    <t>Антон Васильевич Лисичкин</t>
+  </si>
+  <si>
+    <t>18 июля 1999</t>
+  </si>
+  <si>
+    <t>Антону 25 лет. Из соцсетей парня следует, что в 2016 году он окончил школу, в 2019 — отслужил в армии.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.08.2024: неизвестно. Апелляция 08.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Дарья Алексеевна Пучило</t>
+  </si>
+  <si>
+    <t>18 июля 1998</t>
+  </si>
+  <si>
+    <t>Дарья Пучило окончила юридический факультет Минского инновационного университета в 2019 году. В университете она участвовала в студенческих юридических олимпиадах.
+Дарья Пучило — фотограф. В январе и феврале 2024 Дарья искала заказы на веб-дизайн. На одном из сайтов она писала, что начинающий специалист, ищет работу в Варшаве и готова переехать, рассмотрит любые предложения.
+Дарья сделала последний пост в инстаграме в декабре 2024 года. ВКонтакте была онлайн в последний раз 7 февраля 2025 года — это был день, когда начались задержания по делу Гаюна.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-11-07 18:09:13</t>
+  </si>
+  <si>
+    <t>Игорь Константинович Губаревич</t>
+  </si>
+  <si>
+    <t>18 июля 1968</t>
+  </si>
+  <si>
+    <t>Вероятно, Игорь Константинович - старший преподаватель в университете ГрГУ им. Янки Купалы.</t>
+  </si>
+  <si>
+    <t>ИУОТ-43, 212003, г. Могилев, ул. Челюскинцев, 76А</t>
+  </si>
+  <si>
+    <t>Решение суда 27.11.2024: 2 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:26:09</t>
+  </si>
+  <si>
+    <t>Алексей Игоревич Санчук</t>
+  </si>
+  <si>
+    <t>18 июля 1990</t>
+  </si>
+  <si>
+    <t>Алексея задержали 4 ноября 2020 года в Минске вместе с барабанщиками. При задержании его избили, а затем приговорили к 15 суткам административного ареста. Позже его обвинили в подготовке к участию в "массовых беспорядках" и участии в протестных акциях. Также был конфискован его автомобиль.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.05.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, 161900 рублей компенсации. Апелляция 13.08.2021: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
+  </si>
+  <si>
+    <t>Игорь Владимирович Ильяш</t>
+  </si>
+  <si>
+    <t>18 июля 1988</t>
+  </si>
+  <si>
+    <t>Игорь — журналист «Белсат», ранее работал в газете «Белорусы и рынок» и в белорусской службе «Радыё Свабода», публиковался в российских и украинских изданиях. Вместе с женой, журналисткой Екатериной Андреевой, он написал книгу «Белорусский Донбасс» — исследование о роли белорусов в войне на востоке Украины.
+Впервые его задержали 16 июля 2021 года во время массовых обысков у независимых журналистов по делу об «организации и подготовке действий, грубо нарушающих общественный порядок либо активном участии в них». В квартире журналиста провели обыск, изъяли технику и книги, после чего его поместили в ИВС. На свободу он вышел 26 июля.
+В октябре 2024 года стало известно о его повторном задержании. Провластные телеграм-каналы опубликовали фото Игоря в наручниках и видео, где он заявил, что его преследуют за интервью медиа, признанным в Беларуси «экстремистскими». Незадолго до ареста в комментарии телеканалу «Дождь» он отметил, что «Путин взял курс на резкую эскалацию и ведёт страну к тотальной войне», а Лукашенко, по его мнению, «вероятнее всего, не хочет напрямую участвовать в ней, но вынужден сталкиваться с усиливающимся давлением Кремля».
+В феврале 2025 года Игорю предъявили обвинения в «дискредитации Беларуси» и «содействии экстремистской деятельности». Судебный процесс начался 21 февраля в Минске. Ходатайство о независимой экспертизе суд отклонил, а 5 сентября того же года журналиста признали виновным и приговорили к лишению свободы в колонии.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.09.2025: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 05.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-07-20 20:49:54</t>
+  </si>
+  <si>
+    <t>Валентин Иванович Толкач</t>
+  </si>
+  <si>
+    <t>19 июля 1996</t>
+  </si>
+  <si>
+    <t>Валентин окончил юридический факультет БГУ, где изучал хозяйственное право, а затем получил степень магистра в Ягеллонском университете в Кракове по специальности «Интеллектуальная собственность и новые технологии».
+Карьеру начинал в Национальном центре интеллектуальной собственности, где представлял интересы организации в Верховном суде. Позже работал юристом в IT-компании Brightum, занимаясь правовым сопровождением финтех-проектов и криптовалютных стартапов.
+Через некоторое время Валентин решил радикально сменить профессию. В своем профиле он писал, что увлекался играми более 20 лет и решил превратить хобби в работу.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.10.2025: 3 года лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:07:20</t>
+  </si>
+  <si>
     <t>Сергей Дмитриевич Жигалев</t>
   </si>
   <si>
     <t>19 июля 2005</t>
   </si>
   <si>
     <t>Сергей был задержан прямо в колледже во время занятий в конце декабря 2023 года. В провластном фильме (апрель 2024 года) рассказали, что шесть подростков якобы объединились в "анархистскую ячейку "Черные соловьи", которую" под руководством Национальной освободительной армии Украины " создала 16-летняя гражданка Украины Мария Мисюк.
 Сотрудники ОНТ утверждают, что подростки объединились, чтобы делать диверсии по наводке в Беларуси, а после — в России. Марию обвиняют по ч. 2 ст. 289 УК (акт терроризма). Согласно сюжету, 16-летняя Мария Мисюк в 2022 году переехала вместе с семьей из Украины в Беларусь, где создала "анархистскую ячейку для подготовки терактов". Среди задержанных-учащиеся колледжей в Барановичах, Несвиже, Мире, Минске и Лунинце. Это Трофим Борисов, Сергей Жигалев, Дмитрий Захорошко, Анастасия Клименко и Александра Пулинович. Как утверждают сотрудники ОНТ, молодые люди собирались на Барановичской квартире, чтобы подготовиться к своей первой серьезной акции-собрать взрывчатку и взорвать Барановичское отделение милиции или прокуратуру. По каким статьям обвиняют остальных пяти участников, неизвестно. Как и неизвестны их статусы и местоположение.</t>
   </si>
   <si>
-    <t>Решение суда 09.10.2025: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.02.2026: неизвестно.</t>
+    <t>Решение суда 09.10.2025: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 09.02.2026: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-04-30 23:23:41</t>
   </si>
   <si>
-    <t>Алексей Леонидович Шпаковский</t>
-[...35 lines deleted...]
-    <t>2024-02-02 14:35:39</t>
+    <t>Игорь Юрьевич Соловей</t>
+  </si>
+  <si>
+    <t>19 июля 1983</t>
+  </si>
+  <si>
+    <t>Игорь, активист движения «За свободу», был задержан в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.
+В январе 2022 года он был переведен на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения. Суд по смене режима 26.01.2022: 2 года тюремного режима. Суд по смене режима дата неизвестна: тюремный режим до конца срока.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:41:03</t>
   </si>
   <si>
     <t>Виктор Адамович Снегур</t>
   </si>
   <si>
     <t>20 июля 1988</t>
   </si>
   <si>
     <t>Виктор был задержан 4 января 2020 года в рамках уголовного «дела Автуховича» и обвинен в участии в «террористической организации», причастной к поджогам имущества сотрудников милиции. Его осудили за «участие в преступной организации», «покушение на захват власти», «незаконные действия в отношении огнестрельного оружия» и «незаконное перемещение огнестрельного оружия через таможенную границу».
 В 2024 году Виктора повторно осудили за «злостное неповиновение требованиям администрации колонии». С февраля 2025 года он находился в помещении камерного типа (ПКТ), а в мае того же года стало известно о новом приговоре по той же статье, которую часто применяют к заключенным за отказ сотрудничать с администрацией. В результате общий срок лишения свободы составил 22 года и 6 месяцев.
 3 июля 2025 года была рассмотрена апелляционная жалоба Виктора.
 В декабре 2025 года Виктора вероятнее всего осудили очередной раз по 411 статье.</t>
   </si>
   <si>
     <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
   </si>
   <si>
     <t>Решение суда 17.10.2022: 19 лет лишения свободы в колонии в условиях строгого режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда дата неизвестна: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 11.10.2024: приговор оставлен без изменения. Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 01.07.2025: приговор оставлен без изменения. Решение суда дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
+    <t>Виктор Юрьевич Никифоров</t>
+  </si>
+  <si>
+    <t>20 июля 1980</t>
+  </si>
+  <si>
+    <t>06.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.12.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.02.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-02 14:35:39</t>
+  </si>
+  <si>
+    <t>Алексей Леонидович Шпаковский</t>
+  </si>
+  <si>
+    <t>20 июля 1996</t>
+  </si>
+  <si>
+    <t>Судя по статье, Алексея судят за протесты, которые проходили после выборов 9 августа 2020 года в Пинске.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 11.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-28 23:26:50</t>
+  </si>
+  <si>
+    <t>Светлана Олеговна Метельская</t>
+  </si>
+  <si>
+    <t>20 июля 1982</t>
+  </si>
+  <si>
+    <t>2024-11-20 16:54:12</t>
+  </si>
+  <si>
     <t>Эдуард Ашотович Кошецян</t>
   </si>
   <si>
     <t>21 июля 1991</t>
   </si>
   <si>
     <t>Минчанин с армянскими корнями, гражданин РФ. Был задержан в сентябре 2023 года, предположительно за сообщения в чате с друзьями. Было заведено уголовное дело. При задержании был сильно избит.
 По специальности челюстно-лицевой хирург.</t>
   </si>
   <si>
     <t>Решение суда 26.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-12 22:35:54</t>
   </si>
   <si>
     <t>Игорь Юрьевич Шумилов</t>
   </si>
   <si>
     <t>21 июля 1986</t>
   </si>
   <si>
     <t>Активист из Баранович. Игорь имеет инвалидность 3-ей группы, т.к. 10 лет назад попал в ДТП и ему ампутировали ногу. Он был арестован 23 февраля 2023, осужден на 15 суток, затем перевед в СИЗО по уголовной статье.
 Согласно следствию, в разный период времени с 1 мая 2020 года по 23 мая 2022 года Шумилов опубликовал четыре поста в Одноклассниках с сатирическими изображениями, в которых следствие рассмотрело оскорбление Лукашенко и представителей власти, а также клевету на Лукашенко. Известно, что на одном из изображений Лукашенко вместе с перечисленными лицами изображен в виде арестантов, которые содержатся в тюремной камере.На суде Игорь полностью признал свою вину. Он пояснил, что публикации на его странице появились только после того, как онпоставил "лайк" под этими постами. Сам он не понимал на тот момент, что эти рисунки могут быть расценены как оскорбление.</t>
   </si>
@@ -1181,397 +1131,433 @@
   <si>
     <t>Владимир Олегович Ситкович</t>
   </si>
   <si>
     <t>23 июля 1967</t>
   </si>
   <si>
     <t>Владимиру Ситковичу 57 лет. Родом он из малой деревни Пуща Шарковщинского района Витебской области. В 1991 году окончил Полоцкий государственный университет. Долгое время Владимир работал и жил в Витебске, а последние годы руководил котельной на Витебском маслоэкстракционном заводе.
 Владимир-байкер, участвовал в местных байкерских заездах.
 В 2016, 2018 и 2019 годах он был наблюдателем на местных и парламентских выборах. О другой политической активности Владимира неизвестно, соцсети мужчины также нейтральны.</t>
   </si>
   <si>
     <t>Решение суда 14.10.2024: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
     <t>Сергей Иванович Хлыстов</t>
   </si>
   <si>
     <t>Адвокат Гомельской областной коллегии адвокатов. Его задержали вместе с двумя коллегами, включая заведующего юридической констультацией. Позже двоих адвокатов освободили, но заведующего юрконсультацией уволили с должности. А против Сергея Хлыстова возбудили уголовное дело.
 Суть обвинений и вынесенный приговор неизвестен. Известно лишь, что Сергея Хлыстова лишили свободы.</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-16 15:51:21</t>
+  </si>
+  <si>
+    <t>Сергей Сергеевич Шелест</t>
+  </si>
+  <si>
+    <t>24 июля 1992</t>
+  </si>
+  <si>
+    <t>Сергей, бывший аппаратчик цеха «Аммиак-3» на предприятии Гродно Азот, был задержан осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух», которая 21 сентября 2021 года была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Сергея признали виновным по статьям «клевета», «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы.
+Осенью 2024 года состоялось очередное судебное заседание, по итогам которого Сергея перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:37:03</t>
   </si>
   <si>
     <t>Сергей Евгеньевич Захаренко</t>
   </si>
   <si>
     <t>24 июля 1980</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель. Суть обвинения пока неизвестна.
 17.01.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 27.10.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-10-13 20:47:32</t>
   </si>
   <si>
-    <t>Сергей Сергеевич Шелест</t>
-[...12 lines deleted...]
-    <t>2021-09-26 12:37:03</t>
+    <t>Юрий Александрович Минин</t>
+  </si>
+  <si>
+    <t>26 июля 1993</t>
+  </si>
+  <si>
+    <t>Задержан за комментарии 2020 года в телеграм-чатах.
+22.12.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.
+Вероятнее всего приговор связан с лишением свободы.</t>
+  </si>
+  <si>
+    <t>2023-10-08 20:07:26</t>
   </si>
   <si>
     <t>Алексей Витальевич Горин</t>
   </si>
   <si>
     <t>26 июля 1979</t>
   </si>
   <si>
     <t>Решение суда 16.01.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
   </si>
   <si>
+    <t>Александр Николаевич Рудковский</t>
+  </si>
+  <si>
+    <t>27 июля 1986</t>
+  </si>
+  <si>
+    <t>Решение суда 10.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-10-07 20:49:33</t>
+  </si>
+  <si>
     <t>Владимир Владимирович Ивашкевич</t>
   </si>
   <si>
     <t>27 июля 1988</t>
   </si>
   <si>
     <t>Владимир был осуждён летом 2024 года по статье «Оскорбление представителя власти» и приговорён к лишению свободы.</t>
   </si>
   <si>
     <t>Решение суда 11.06.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 13.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-10 19:03:38</t>
   </si>
   <si>
     <t>Владислав Геннадьевич Горский</t>
   </si>
   <si>
     <t>27 июля 2005</t>
   </si>
   <si>
     <t>ИУОТ-48, г. Осиповичи, ул. Сумченко, 38, 213763</t>
   </si>
   <si>
     <t>Решение суда 15.09.2025: неизвестно лет ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-10-07 15:49:21</t>
-  </si>
-[...10 lines deleted...]
-    <t>2024-10-07 20:49:33</t>
   </si>
   <si>
     <t>Юлия Николаевна Шаронова</t>
   </si>
   <si>
     <t>27 июля 2004</t>
   </si>
   <si>
     <t>Согласно версии обвинения, с 10 по 11 августа 2020 года на тот момент несовершеннолетние Юлия Шаранова, Никита Войтюк, Николай Никитюк, а также Василий Алексеюк, Глеб Климович, Виталий Варфаламеев, Александр Тысевич, Максим Соболев, находясь на проезжей части проспекта Машерова, бульваров Космонавтов и Шевченко, ул. Советской в Бресте, "выкрикивали лозунги, демонстрировали полотна бело-красно-белого цвета, грубо нарушая общественный порядок, умышленно препятствовали движению транспортных средств и нормальному функционированию предприятий и организаций".
 В судебном заседании все вину признали полностью.
 Сообщается, что Юлии Шарановой участвовала в акциях протеста 16-летней. Также известно, что Максим Соболев, Глеб Климович, Юлия Шаранова осуждены, в том числе по "наркотическим" статьям.
 Юлию Шаранову за участие в августовской акции протеста осудили на полтора года лишения свободы. Но из-за того, что она была осуждена по ч. 4 ст. 328 УК, ей в итоге назначено 13 лет колонии в условиях общего режима со штрафом в сумме 3 700 рублей.</t>
   </si>
   <si>
     <t>Решение суда 20.05.2024: 13 лет лишения свободы в колонии в условиях общего режима. Апелляция 23.07.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-08 18:06:37</t>
   </si>
   <si>
-    <t>Сергей Сергеевич Тихонов</t>
-[...12 lines deleted...]
-    <t>2024-10-21 22:20:00</t>
+    <t>Василий Николаевич Гречихо</t>
+  </si>
+  <si>
+    <t>28 июля 1985</t>
+  </si>
+  <si>
+    <t>Бывший воин полка Калиновского. О его задержании стало известно из выпуска новостей на государственном телевидении "Беларусь 1" пятого мая 2025 года. 
+По информации из социальных сетей, он окончил Белорусскую государственную сельскохозяйственную академию (БГСХА), где обучался на землеустроительном факультете. Его специальность — кадастр и земельное право.
+Проходил службу в 38-й отдельной мотозащитной бригаде Беларуси — воинской части десантников в Бресте, которую в свое время возглавлял Валерий Сахащик. На фото из соцсетей видно, что в квартире гречихи висел вымпел бригады.
+По информации пресс-службы Полка Калиновского, Василий присоединился к ним в мае 2022 года, но покинул подразделение уже в июне того же года по собственному желанию.
+Согласно видеоролику, его задержали где-то в болотистой местности вне города несколько сотрудников КГБ с автоматами. Мужчину перевозили вертолетом. Во время транспортировки он был с черным мешком на голове, а руки были сцеплены спереди пластиковой стяжкой. Калиновца доставили вертолетом на аэродром. 
+Как сообщается в ролике, Василий родился 28 июля 1981 года. В феврале 2022 года он уехал на заработки в Польшу, а через три месяца присоединился к Полку Калиновского. Подготовку проходил в Киеве. Обстоятельства его задержания неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2025-12-30 13:25:40</t>
+  </si>
+  <si>
+    <t>Кирилл Александрович Казей</t>
+  </si>
+  <si>
+    <t>28 июля 1983</t>
+  </si>
+  <si>
+    <t>Кирилл был задержан 28 октября 2020 года и подвергся жестокому обращению, угрозам и издевательствам со стороны сотрудников правоохранительных органов. Позже его осудили по нескольким уголовным статьям, включая незаконное хранение боеприпасов, которые, как утверждается, были подброшены в его автомобиль после ареста.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.03.2021: 7 лет лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа. Апелляция 20.07.2021: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:22:11</t>
+  </si>
+  <si>
+    <t>Сергей Михайлович Грибович</t>
+  </si>
+  <si>
+    <t>28 июля 1969</t>
+  </si>
+  <si>
+    <t>Задержан якобы за регистрацию добровольцем в марте 2022 года, о задержании стало известно 14 марта из провластных тг-каналов. </t>
+  </si>
+  <si>
+    <t>4,5 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2022-03-15 02:10:15</t>
   </si>
   <si>
     <t>Василий Николаевич Гречиха</t>
   </si>
   <si>
     <t>28 июля 1981</t>
   </si>
   <si>
     <t> Бывший воин полка Калиновского. О его задержании стало известно из выпуска новостей на государственном телевидении "Беларусь 1" пятого мая 2025 года. 
 По информации из социальных сетей, он окончил Белорусскую государственную сельскохозяйственную академию (БГСХА). Его специальность — кадастр и земельное право.
 Проходил службу в 38-й отдельной мотозащитной бригаде Беларуси — воинской части десантников в Бресте, которую в свое время возглавлял Валерий Сахащик. На фото из соцсетей видно, что в квартире гречихи висел вымпел бригады.
 По информации пресс-службы Полка Калиновского, Василий присоединился к ним в мае 2022 года, но покинул подразделение уже в июне того же года по собственному желанию.
 Согласно видеоролику, его задержали где-то в болотистой местности вне города несколько сотрудников КГБ с автоматами. Мужчину перевозили вертолетом. Во время транспортировки он был с черным мешком на голове, а руки были сцеплены спереди пластиковой стяжкой.
 Как сообщается в ролике, Василий родился 28 июля 1981 года. В феврале 2022 года он уехал на заработки в Польшу, а через три месяца присоединился к Полку Калиновского. Подготовку проходил в Киеве. Обстоятельства его задержания неизвестны.</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях усиленного режима.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
-    <t>Сергей Михайлович Грибович</t>
-[...60 lines deleted...]
-    <t>2021-02-27 00:38:30</t>
+    <t>Сергей Сергеевич Тихонов</t>
+  </si>
+  <si>
+    <t>28 июля 1992</t>
+  </si>
+  <si>
+    <t>Родом он из города Славгород Могилевской области. После школы отслужил в армии и окончил профессионально-технический лицей №3 по специальности «Техническое обеспечение сельскохозяйственного производства». Всю жизнь работал на стройке.
+Могилевчанину грозит от десяти до двадцати лет колонии. Дата задержания и суть обвинений неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.10.2024: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:20:00</t>
+  </si>
+  <si>
+    <t>Вячеслав Витальевич Семенов</t>
+  </si>
+  <si>
+    <t>29 июля 2005</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:56:38</t>
   </si>
   <si>
     <t>Ольга Ивановна Соломеник</t>
   </si>
   <si>
     <t>29 июля 1967</t>
   </si>
   <si>
     <t>Задержана по делу А. Храловича.  Подробности дела неизвестны, так как процесс проходил в закрытом режиме, а на самом уголовном деле — гриф секретности.
 Подробности задержания осужденной известны из пропагандистского фильма «Операция КГБ «Манкурты»», который ОНТ показал в 2021 году.
 Известно, что Ольгу год удерживали в СИЗО КГБ, где она держала голодовку. Потом ее перевели в СИЗО-1.
 «Она была совершенно седая. Она долго держала голодовку — ее даже кормили через вены на руках, поэтому они у нее были надувшие, как лесные коряги».
 Начала отбывать наказание.</t>
   </si>
   <si>
     <t>7,5 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-11-04 17:54:31</t>
   </si>
   <si>
-    <t>Руслан Андреевич Прохоренко</t>
-[...12 lines deleted...]
-    <t>2024-05-08 18:31:03</t>
+    <t>Александр Федорович Биндей</t>
+  </si>
+  <si>
+    <t>29 июля 1966</t>
+  </si>
+  <si>
+    <t>Решение суда 28.11.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 28.02.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-11-27 00:41:28</t>
   </si>
   <si>
     <t>Андрей Владиславович Григорьев</t>
   </si>
   <si>
     <t>29 июля 1994</t>
   </si>
   <si>
     <t>15 мая 2023 года на ОНТ вышел пропагандистский фильм "Убойная посылка" смерти: кто и как хотел совершить теракт в День Победы", где рассказали подробности дела. Там сообщалось, что якобы КГБ в канун Дня победы 9 мая 2023 года "предотвратил теракт под кураторством Киева". Там заявили, что взрывчатка находилась в электрических плитах, которые прислали задержанным через посылки. Организатором акции назвали 23-летнего белоруса Валерия Водина, который воевал в Украине.
 В видео рассказали о том, что посылки с электроплитами, в которых была взрывчатка, доставили в минский пункт СДЭК в Каменной Горке 21 марта 2023 года из Киева через Италию. 29-летняя Виктория Волчек подтвердила на допросе, что она получила посылку — ее попросил получить посылку Валерий Водин. Студентка БГУ Анна Савочкина и ее мать Татьяна Русак взяли плитку у Волчек и закопали ее на кладбище в Колодищах. Вторую плитку забрал зубной техник Андрей Григорьев и отвез в садовое товарищество "Авторемонтник 124" под Олехновичами.
 Андрею 29 лет, родился в Минске. Закончил столичные среднюю школу и медицинский колледж. До задержания неофициально работал зубным техником в частном стоматологическом центре.</t>
   </si>
   <si>
     <t>Решение суда 09.08.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-18 00:53:01</t>
   </si>
   <si>
-    <t>Вячеслав Витальевич Семенов</t>
-[...17 lines deleted...]
-    <t>2022-11-27 00:41:28</t>
+    <t>Дмитрий Николаевич Дубовский</t>
+  </si>
+  <si>
+    <t>29 июля 1986</t>
+  </si>
+  <si>
+    <t>Активист анархического движения был задержан при пересечении границы Беларуси в ночь с 28 на 29 октября 2020 года и обвинён в «поджогах» и «терроризме».
+В сентябре 2022 года против Дмитрия возбудили новое уголовное дело и приговорили к пяти годам лишения свободы. С учётом предыдущего приговора его окончательно осудили на 20 лет в колонии усиленного режима.
+В августе 2023 года Дмитрия перевели на тюремный режим за «нарушение правил распорядка».</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2021: 18 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 25.11.2022: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 07.02.2023: приговор оставлен без изменения. Суд по смене режима 28.07.2023: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:38:30</t>
+  </si>
+  <si>
+    <t>Дмитрий Михайлович Филиппович</t>
+  </si>
+  <si>
+    <t>29 июля 1997</t>
+  </si>
+  <si>
+    <t>Задержан вместе с другими молодыми людьми в Барановичах (в конце декабря 2023 года).
+А пресс-служба суда сообщила про приговор (не называя имён, но под обстоятельства подходят под данную группу людей). О сути обвинений сказано коротко: находились на проезжей части в Барановичах, выкрикивали лозунги, демонстрировали бело-красно-белые флаги, «умышленно препятствовали движению транспорта и нормальному функционированию предприятий и организаций». Даже не указана точная дата, когда проходили протесты, просто называется «август 2020 года».
+Таким образом, в 2024 году вынесли приговоры уже 25 жителям Барановичей за протесты августа 2020 года. Всем присудили колонию на срок от 1 до 3 лет (единственное исключение — женщине с ребенком в возрасте до 3 лет присудили колонию с отсрочкой исполнения наказания).</t>
+  </si>
+  <si>
+    <t>Решение суда 31.05.2024: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 09.08.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:58:11</t>
+  </si>
+  <si>
+    <t>Руслан Андреевич Прохоренко</t>
+  </si>
+  <si>
+    <t>29 июля 1972</t>
+  </si>
+  <si>
+    <t>Проходит по делу о госизмене вместе с семьей Прохоровых из Грабовки. 
+Участники закрытого процесса имеют подписки о неразглашении. Из неофициального источника известно, что уголовное дело касается фотографирования различных объектов на территории Беларуси, а за фигурантами дела какое-то время перед арестом следили спецслужбы.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.08.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
+  </si>
+  <si>
+    <t>Андрей Юрьевич Бесов</t>
+  </si>
+  <si>
+    <t>30 июля 1973</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2025-08-13 19:35:18</t>
+  </si>
+  <si>
+    <t>Александр Александрович Сырица</t>
+  </si>
+  <si>
+    <t>30 июля 1985</t>
+  </si>
+  <si>
+    <t>В апреле 2024 прошел суд  "Об изменении принудительных мер безопасности и лечения". После чего Александр, судя по всему, был отправлен в колонию. Отбывает наказание в ИК -1.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.05.2022: принудительное лечение в психиатрическом стационаре. Суд по смене режима 29.04.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-06-21 17:42:22</t>
   </si>
   <si>
     <t>Валерий Степанович Мефодиенко</t>
   </si>
   <si>
     <t>30 июля 1976</t>
   </si>
   <si>
     <t>Как индивидуальный предприниматель занимался ремонтом и обслуживанием компьютерного оборудования.</t>
   </si>
   <si>
     <t>Решение суда 22.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 03.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:56:59</t>
   </si>
   <si>
-    <t>Александр Александрович Сырица</t>
-[...25 lines deleted...]
-  <si>
     <t>Александр Иванович Калин</t>
   </si>
   <si>
     <t>30 июля 1969</t>
   </si>
   <si>
     <t>Был задержан за участие в протестах 2020 года и за активную публичную критику противоправных действий государственных структур и режима в целом. Позже были задержаны его дочь и сын за участие в акциях протеста, им удалось потом выехать за рубеж. Также вместе в Александром были задержаны еще три человека, которых  в конце мая осудили за участие в акциях протеста.</t>
   </si>
   <si>
     <t>6,5 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2023-08-28 16:09:45</t>
   </si>
   <si>
     <t>Ольга Валерьевна Чукарева</t>
   </si>
   <si>
     <t>31 июля 1975</t>
   </si>
   <si>
-    <t>Была осуждена по нескольким политическим статьям. В СИЗО перенесла инсульт на фоне стресса, после чего почти полностью утратила зрение. Несмотря на это Ольгу осудили на 4 года лишения свободы.</t>
+    <t>Была осуждена по нескольким политическим статьям. В СИЗО перенесла инсульт на фоне стресса, после чего почти полностью утратила зрение. Несмотря на это Ольгу осудили на 4 года лишения свободы.
+У Ольги есть дочь-подросток, ее отправили в интернат, старший сын в армии, а также у Ольги есть мать-инвалид 1 группы, которая прикована к постели.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-09-28 14:21:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1983,2500 +1969,2491 @@
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...16 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...16 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...19 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...10 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>65</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>66</v>
       </c>
-      <c r="C11" t="s">
+      <c r="I11" t="s">
         <v>67</v>
-      </c>
-[...16 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
         <v>70</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="C12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>76</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>77</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="I13" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
         <v>81</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>82</v>
       </c>
-      <c r="C14" t="s">
+      <c r="I14" t="s">
         <v>83</v>
-      </c>
-[...16 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>84</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>87</v>
       </c>
-      <c r="B15" t="s">
+      <c r="I15" t="s">
         <v>88</v>
-      </c>
-[...19 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>89</v>
+      </c>
+      <c r="B16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>92</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>93</v>
-      </c>
-[...16 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>94</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
+      <c r="I17" t="s">
         <v>98</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>102</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>103</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
+      <c r="I19" t="s">
         <v>110</v>
-      </c>
-[...16 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>114</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>115</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" t="s">
         <v>119</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>108</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>124</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
+      <c r="I22" t="s">
         <v>127</v>
-      </c>
-[...16 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>130</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>132</v>
       </c>
-      <c r="C23" t="s">
+      <c r="I23" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>114</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
+        <v>141</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>143</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>144</v>
-      </c>
-[...16 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" t="s">
+        <v>53</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="B26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...19 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
+        <v>152</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
+        <v>153</v>
+      </c>
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...22 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>157</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>158</v>
+      </c>
+      <c r="F28" t="s">
+        <v>53</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>159</v>
       </c>
-      <c r="B28" t="s">
+      <c r="I28" t="s">
         <v>160</v>
-      </c>
-[...16 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>161</v>
+      </c>
+      <c r="B29" t="s">
+        <v>162</v>
+      </c>
+      <c r="C29" t="s">
+        <v>163</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>41</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>164</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>165</v>
-      </c>
-[...19 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>166</v>
+      </c>
+      <c r="B30" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30" t="s">
+        <v>168</v>
+      </c>
+      <c r="D30" t="s">
         <v>169</v>
       </c>
-      <c r="B30" t="s">
+      <c r="E30" t="s">
         <v>170</v>
       </c>
-      <c r="C30" t="s">
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>171</v>
       </c>
-      <c r="D30" t="s">
-[...2 lines deleted...]
-      <c r="E30" t="s">
+      <c r="I30" t="s">
         <v>172</v>
-      </c>
-[...10 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>173</v>
+      </c>
+      <c r="B31" t="s">
+        <v>174</v>
+      </c>
+      <c r="C31" t="s">
         <v>175</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
+        <v>60</v>
+      </c>
+      <c r="I31" t="s">
         <v>176</v>
-      </c>
-[...19 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>114</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
+        <v>179</v>
+      </c>
+      <c r="I32" t="s">
         <v>180</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C33" t="s">
+        <v>183</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>41</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
+        <v>184</v>
+      </c>
+      <c r="I33" t="s">
         <v>185</v>
-      </c>
-[...22 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
+        <v>188</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="I34" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C35" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D35" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="I35" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B36" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="C36" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
+      <c r="E36" t="s">
+        <v>76</v>
+      </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="I36" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C37" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="E37" t="s">
-        <v>38</v>
+        <v>170</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="I37" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="I38" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="C39" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>213</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="I39" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B40" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
-      <c r="E40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
+      <c r="H40" t="s">
+        <v>218</v>
+      </c>
       <c r="I40" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B41" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D41" t="s">
-        <v>188</v>
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>21</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="I41" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
-      <c r="E42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>226</v>
       </c>
       <c r="H42" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
+        <v>230</v>
+      </c>
+      <c r="C43" t="s">
+        <v>231</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
+      <c r="E43" t="s">
+        <v>76</v>
+      </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
+      <c r="E44" t="s">
+        <v>21</v>
+      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>242</v>
+        <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="I44" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>246</v>
+        <v>239</v>
+      </c>
+      <c r="C45" t="s">
+        <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="C46" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>44</v>
+        <v>246</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="I46" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="B47" t="s">
-        <v>255</v>
+        <v>239</v>
+      </c>
+      <c r="C47" t="s">
+        <v>250</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="I47" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
+        <v>254</v>
+      </c>
+      <c r="C48" t="s">
+        <v>255</v>
+      </c>
+      <c r="D48" t="s">
+        <v>169</v>
+      </c>
+      <c r="E48" t="s">
+        <v>256</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
+        <v>257</v>
+      </c>
+      <c r="I48" t="s">
         <v>258</v>
-      </c>
-[...22 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>259</v>
+      </c>
+      <c r="B49" t="s">
+        <v>260</v>
+      </c>
+      <c r="C49" t="s">
+        <v>261</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>41</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>262</v>
+      </c>
+      <c r="I49" t="s">
         <v>263</v>
-      </c>
-[...22 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>264</v>
+      </c>
+      <c r="B50" t="s">
+        <v>265</v>
+      </c>
+      <c r="C50" t="s">
+        <v>266</v>
+      </c>
+      <c r="D50" t="s">
+        <v>169</v>
+      </c>
+      <c r="E50" t="s">
+        <v>170</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>267</v>
+      </c>
+      <c r="I50" t="s">
         <v>268</v>
-      </c>
-[...19 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>269</v>
+      </c>
+      <c r="B51" t="s">
+        <v>270</v>
+      </c>
+      <c r="C51" t="s">
+        <v>271</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
         <v>272</v>
       </c>
-      <c r="B51" t="s">
+      <c r="F51" t="s">
+        <v>53</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>273</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>274</v>
-      </c>
-[...16 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>275</v>
+      </c>
+      <c r="B52" t="s">
+        <v>276</v>
+      </c>
+      <c r="C52" t="s">
         <v>277</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>125</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>278</v>
       </c>
-      <c r="C52" t="s">
+      <c r="I52" t="s">
         <v>279</v>
-      </c>
-[...16 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>280</v>
+      </c>
+      <c r="B53" t="s">
+        <v>281</v>
+      </c>
+      <c r="C53" t="s">
         <v>282</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>59</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>283</v>
       </c>
-      <c r="C53" t="s">
+      <c r="I53" t="s">
         <v>284</v>
-      </c>
-[...16 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>285</v>
+      </c>
+      <c r="B54" t="s">
+        <v>286</v>
+      </c>
+      <c r="C54" t="s">
         <v>287</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>21</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>288</v>
       </c>
-      <c r="C54" t="s">
+      <c r="I54" t="s">
         <v>289</v>
-      </c>
-[...16 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>290</v>
+      </c>
+      <c r="B55" t="s">
+        <v>291</v>
+      </c>
+      <c r="C55" t="s">
         <v>292</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>114</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>293</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>294</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>295</v>
+      </c>
+      <c r="B56" t="s">
+        <v>296</v>
+      </c>
+      <c r="C56" t="s">
         <v>297</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>246</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>298</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>299</v>
-      </c>
-[...16 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>300</v>
+      </c>
+      <c r="B57" t="s">
+        <v>301</v>
+      </c>
+      <c r="C57" t="s">
         <v>302</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>303</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>304</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>305</v>
-      </c>
-[...10 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>306</v>
+      </c>
+      <c r="B58" t="s">
+        <v>307</v>
+      </c>
+      <c r="C58" t="s">
         <v>308</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>21</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>309</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>310</v>
-      </c>
-[...16 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>311</v>
+      </c>
+      <c r="B59" t="s">
+        <v>312</v>
+      </c>
+      <c r="C59" t="s">
         <v>313</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>314</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>315</v>
-      </c>
-[...13 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>316</v>
+      </c>
+      <c r="B60" t="s">
+        <v>317</v>
+      </c>
+      <c r="D60" t="s">
+        <v>169</v>
+      </c>
+      <c r="E60" t="s">
+        <v>59</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="I60" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>319</v>
+      </c>
+      <c r="B61" t="s">
+        <v>320</v>
+      </c>
+      <c r="C61" t="s">
         <v>321</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>322</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>324</v>
+      </c>
+      <c r="B62" t="s">
+        <v>325</v>
+      </c>
+      <c r="C62" t="s">
         <v>326</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>125</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>327</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>328</v>
-      </c>
-[...16 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>329</v>
+      </c>
+      <c r="B63" t="s">
+        <v>330</v>
+      </c>
+      <c r="C63" t="s">
+        <v>331</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>76</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>332</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>333</v>
-      </c>
-[...16 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>334</v>
+      </c>
+      <c r="B64" t="s">
+        <v>335</v>
+      </c>
+      <c r="C64" t="s">
+        <v>336</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>337</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>339</v>
+      </c>
+      <c r="B65" t="s">
+        <v>340</v>
+      </c>
+      <c r="C65" t="s">
+        <v>341</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>114</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>342</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>343</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>344</v>
+      </c>
+      <c r="B66" t="s">
+        <v>340</v>
+      </c>
+      <c r="C66" t="s">
+        <v>345</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>125</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>346</v>
+      </c>
+      <c r="I66" t="s">
         <v>347</v>
-      </c>
-[...22 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>348</v>
+      </c>
+      <c r="B67" t="s">
+        <v>349</v>
+      </c>
+      <c r="C67" t="s">
+        <v>350</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>351</v>
+      </c>
+      <c r="I67" t="s">
         <v>352</v>
-      </c>
-[...22 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>353</v>
+      </c>
+      <c r="B68" t="s">
+        <v>354</v>
+      </c>
+      <c r="C68" t="s">
+        <v>355</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>65</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>356</v>
+      </c>
+      <c r="I68" t="s">
         <v>357</v>
-      </c>
-[...22 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>358</v>
+      </c>
+      <c r="B69" t="s">
+        <v>359</v>
+      </c>
+      <c r="C69" t="s">
+        <v>360</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>30</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>87</v>
+      </c>
+      <c r="I69" t="s">
         <v>361</v>
-      </c>
-[...22 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B70" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="I70" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B71" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="I71" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B72" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="C72" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="I72" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B73" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="F73" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="I73" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B74" t="s">
-        <v>386</v>
+        <v>381</v>
+      </c>
+      <c r="C74" t="s">
+        <v>382</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="E74" t="s">
-        <v>145</v>
+        <v>170</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>226</v>
       </c>
       <c r="H74" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="I74" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>385</v>
+      </c>
+      <c r="B75" t="s">
+        <v>386</v>
+      </c>
+      <c r="C75" t="s">
+        <v>387</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>114</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
+        <v>388</v>
+      </c>
+      <c r="I75" t="s">
         <v>389</v>
-      </c>
-[...22 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>390</v>
+      </c>
+      <c r="B76" t="s">
+        <v>391</v>
+      </c>
+      <c r="C76" t="s">
+        <v>392</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>21</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>393</v>
+      </c>
+      <c r="I76" t="s">
         <v>394</v>
-      </c>
-[...22 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>395</v>
+      </c>
+      <c r="B77" t="s">
+        <v>396</v>
+      </c>
+      <c r="C77" t="s">
+        <v>397</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>76</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>398</v>
+      </c>
+      <c r="I77" t="s">
         <v>399</v>
-      </c>
-[...22 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="B78" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="C78" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>407</v>
+        <v>388</v>
       </c>
       <c r="I78" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B79" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C79" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="I79" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B80" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="I80" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="B81" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C81" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="E81" t="s">
-        <v>27</v>
+        <v>170</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="I81" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B82" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="D82" t="s">
-        <v>188</v>
+        <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>189</v>
+        <v>125</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="I82" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="B83" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="C83" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="I83" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="B84" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="C84" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>13</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="I84" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="B85" t="s">
-        <v>439</v>
+        <v>433</v>
+      </c>
+      <c r="C85" t="s">
+        <v>434</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>359</v>
+        <v>435</v>
       </c>
       <c r="I85" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>437</v>
+      </c>
+      <c r="B86" t="s">
+        <v>438</v>
+      </c>
+      <c r="C86" t="s">
+        <v>439</v>
+      </c>
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>440</v>
+      </c>
+      <c r="I86" t="s">
         <v>441</v>
-      </c>
-[...19 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>442</v>
+      </c>
+      <c r="B87" t="s">
+        <v>443</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>114</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" t="s">
+        <v>444</v>
+      </c>
+      <c r="I87" t="s">
         <v>445</v>
-      </c>
-[...19 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>446</v>
+      </c>
+      <c r="B88" t="s">
+        <v>447</v>
+      </c>
+      <c r="C88" t="s">
+        <v>448</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>41</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>449</v>
+      </c>
+      <c r="I88" t="s">
         <v>450</v>
-      </c>
-[...22 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>451</v>
+      </c>
+      <c r="B89" t="s">
+        <v>452</v>
+      </c>
+      <c r="C89" t="s">
+        <v>453</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>14</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>454</v>
+      </c>
+      <c r="I89" t="s">
         <v>455</v>
-      </c>
-[...19 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>456</v>
+      </c>
+      <c r="B90" t="s">
+        <v>457</v>
+      </c>
+      <c r="C90" t="s">
+        <v>458</v>
+      </c>
+      <c r="D90" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" t="s">
+        <v>65</v>
+      </c>
+      <c r="F90" t="s">
+        <v>14</v>
+      </c>
+      <c r="G90" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" t="s">
         <v>459</v>
       </c>
-      <c r="B90" t="s">
+      <c r="I90" t="s">
         <v>460</v>
-      </c>
-[...19 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>461</v>
+      </c>
+      <c r="B91" t="s">
+        <v>462</v>
+      </c>
+      <c r="C91" t="s">
+        <v>463</v>
+      </c>
+      <c r="D91" t="s">
+        <v>169</v>
+      </c>
+      <c r="E91" t="s">
+        <v>170</v>
+      </c>
+      <c r="F91" t="s">
+        <v>14</v>
+      </c>
+      <c r="G91" t="s">
+        <v>15</v>
+      </c>
+      <c r="H91" t="s">
         <v>464</v>
       </c>
-      <c r="B91" t="s">
+      <c r="I91" t="s">
         <v>465</v>
-      </c>
-[...19 lines deleted...]
-        <v>468</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">