--- v0 (2025-12-06)
+++ v1 (2026-01-31)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
   </si>
   <si>
     <t>Игорь Олегович Мойсеенко</t>
   </si>
   <si>
     <t>1 июня 1993</t>
   </si>
   <si>
     <t>Бывший сотрудник МЧС.</t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
-    <t>ИК-22, а/я 20,  Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
   </si>
   <si>
     <t>В заключении</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Решение суда 21.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: приговор оставлен без изменения. Решение суда 14.05.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-11 21:41:19</t>
   </si>
   <si>
     <t>Владимир Валентинович Журомский</t>
   </si>
   <si>
     <t>1 июня 1989</t>
   </si>
   <si>
     <t>Сотрудник государственного таможенного комитета.</t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
@@ -163,417 +163,410 @@
   </si>
   <si>
     <t>Дмитрий Иванович Полторак</t>
   </si>
   <si>
     <t>1 июня 1987</t>
   </si>
   <si>
     <t>Дмитрий был осуждён в августе 2022 года в рамках уголовного дела по статье «Организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» за участие в мирных акциях протеста, проходивших в 2020 году в Минске. Дмитрий попал на видео журналиста с акций протеста в первые дни после выборов.
 В мае 2023 года стало известно, что Дмитрия задержали в исправительном учреждении и судили по административной статье за «распространение экстремистских материалов», приговорив к административному аресту, который он отбывал в Гомельском ИВС.
 В июле того же года состоялось судебное заседание по вопросу замены ограничения свободы на лишение свободы в колонии; итог заседания неизвестен.</t>
   </si>
   <si>
     <t>ИУОТ-17, г. Гомель, ул. Борисенко, 13, индекс 246020</t>
   </si>
   <si>
     <t>Химия с направлением</t>
   </si>
   <si>
     <t>Решение суда 05.08.2022: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 08.11.2022: приговор оставлен без изменения. Суд по смене режима 11.07.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-04-06 14:47:35</t>
   </si>
   <si>
-    <t>Роман Юрьевич Парфёнов</t>
-[...31 lines deleted...]
-  <si>
     <t>Дмитрий Николаевич Ивашков</t>
   </si>
   <si>
     <t>2 июня 1981</t>
   </si>
   <si>
     <t>Член инициативной группы кандидата в президенты Светланы Тихановской был задержан 27 сентября 2020 года в Гомеле на мирной акции протеста и обвинён в участии в "массовых беспорядках" и планировании "захвата зданий".
 Зимой 2023 года Дмитрий был переведен на тюремный режим.</t>
   </si>
   <si>
     <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
   </si>
   <si>
     <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
+  </si>
+  <si>
+    <t>Николай Николаевич Лепешко</t>
+  </si>
+  <si>
+    <t>2 июня 1977</t>
+  </si>
+  <si>
+    <t>47-летний отец Николай был задержан вместе с 46-летней женой Еленой и их 24-летним сыном Никитой за участие в акция простеста 2020 года.</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 03.02.2025: неизвестно лет ограничения свободы без направления.</t>
+  </si>
+  <si>
+    <t>2025-01-31 20:22:02</t>
+  </si>
+  <si>
+    <t>Роман Юрьевич Парфёнов</t>
+  </si>
+  <si>
+    <t>2 июня 1982</t>
+  </si>
+  <si>
+    <t>Согласно сообщению суда, суть обвинения против всех заключалась в том, что люди 10 августа 2020 года в Бресте «выкрикивали лозунги, свистели, хлопали в ладони, демонстрировали полотна бело-красно-белого цвета, выходили на проезжую часть». Этим они якобы грубо нарушали общественный порядок.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 15.11.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
+    <t>Юрий Геннадьевич Ольховик</t>
+  </si>
+  <si>
+    <t>3 июня 1987</t>
+  </si>
+  <si>
+    <t>Бизнесмен, задержанный осенью 2023 года за призывы к санкциям. Против Юрия возбуждено уголовное дело, он заключен под стражу (место содержания уточняется).
+В эфире провластного телеканала "Беларусь 1" Юрий Ольховик представлен как «соучредитель компании — официального дистрибьютора мировых производителей». Сам он рассказал, что занимался поставками оборудования неразрушающего контроля и химического анализа, испытательного оборудования. Он написал письмо в европейскую компанию с просьбой о прекращении сотрудничества с белорусской компанией, внесенной в санкционный список.</t>
+  </si>
+  <si>
+    <t>2024-01-03 01:34:38</t>
   </si>
   <si>
     <t>Алексей Фирдовсович Кудасов</t>
   </si>
   <si>
     <t>3 июня 1998</t>
   </si>
   <si>
     <t>Алексей был задержан 1 июля 2021 года в Минске сотрудниками ГУБОПиК. На следующий день суд назначил ему 15 суток административного ареста, однако вместо освобождения его перевели в СИЗО — он стал фигурантом уголовного дела о групповых действиях, грубо нарушающих общественный порядок.
 Дело рассматривалось по четырём статьям УК: «организация массовых беспорядков», «создание экстремистского формирования», «разжигание социальной вражды» и «оскорбление представителя власти». Суд проходил в закрытом режиме, детали обвинений неизвестны.
 В апреле 2022 года суд приговорил Алексея к 11 годам лишения свободы. После суда в провластных каналах было опубликовано видео, где утверждалось, что Алексей был администратором телеграм-чата «Каскад». Ранее про него также снимали видео на TUT.BY.
 В июле 2023 года стало известно, что он находится в СИЗО, и 11 августа 2023 года его вновь признали виновным по новому делу о «создании экстремистского формирования», добавив к сроку ещё 6 месяцев.</t>
   </si>
   <si>
     <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
   </si>
   <si>
     <t>Решение суда 25.04.2022: 11 лет лишения свободы в колонии в условиях строгого режима. Решение суда 11.08.2023: 7 лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Юрий Геннадьевич Ольховик</t>
-[...11 lines deleted...]
-  <si>
     <t>Андрей Сергеевич Загорский</t>
   </si>
   <si>
     <t>4 июня 1988</t>
   </si>
   <si>
     <t>Андрей родом из Докшиц. После школы в 2006 поступил в Беларусский государственный университет информатики и радиоэлектроники, учился на факультете компьютерных систем и сетей. Прописан в Копище. Во время учебы Андрей начал работать в EPAM. Судя по Linkedin, он в последнее время работал в должности Lead Software Engineer — руководил частью команды разработки на проекте. Неизвестно, жил он в последнее время в Беларуси или нет, но много путешествовал.</t>
   </si>
   <si>
     <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
   </si>
   <si>
     <t>Решение суда 01.04.2025: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
+    <t>Дмитрий Дмитриевич Корнеев</t>
+  </si>
+  <si>
+    <t>5 июня 1995</t>
+  </si>
+  <si>
+    <t>Дмитрий был задержан и осужден за то, что 10 августа 2020 года бросил «коктейль Молотова» в сторону военнослужащих. Бутылки, по версии следствия, были перевезены в центр Гомеля Леонидом Ковалёвым, который спрятал их, а вечером того же дня передал Дмитрию и Никите Золотореву с предложением поджечь здание, автобус или автозак. Дмитрий частично признал свою вину, объяснив, что бросил «коктейль» для того, чтобы выиграть время и избежать задержания.
+В декабре 2021 года был переведен на тюремный режим за «злостное неповиновение требованиям администрации исправительного учреждения».</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 22.02.2021: 8 лет лишения свободы в колонии в условиях строгого режима. Апелляция 23.04.2021: приговор оставлен без изменения. Суд по смене режима 08.12.2021: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:13:22</t>
+  </si>
+  <si>
+    <t>Алексей Петрович Камович</t>
+  </si>
+  <si>
+    <t>5 июня 1979</t>
+  </si>
+  <si>
+    <t>Банковский менеджер. Имеет 15-летний опыт руководства региональными подразделениями банков.
+Последнее место работы банк РРБ.</t>
+  </si>
+  <si>
+    <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:00:07</t>
+  </si>
+  <si>
+    <t>Ольга Анатольевна Николаева</t>
+  </si>
+  <si>
+    <t>Провластные СМИ в декабре 2024 года выложили аудио с Ольгой, которую обвиняют в участии в чате «Белые крылья Барановичей». Когда КГБ объявил чат «Белые крылья Барановичи» — совсем маленький и давно неактивный районный чат — экстремистским формированием, среди числа участников была названа Ольга. Вышли на Ольгу через незащищенный аккаунт. Он был привязан к собственному номеру девушки. Вероятнее всего Ольгу до суда содержали в СИЗО.
+Ольга играет на барабанах и в студенчестве была ударницей в любительских музыкальных группах. Вместе с мужем они любят путешествовать.</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
+    <t>Сергей Юрьевич Манжос</t>
+  </si>
+  <si>
+    <t>5 июня 1991</t>
+  </si>
+  <si>
+    <t>Решение суда 20.10.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Светлана Ивановна Кашкель</t>
+  </si>
+  <si>
+    <t>5 июня 1963</t>
+  </si>
+  <si>
+    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Витольд Стэфанович Шалкевич</t>
+  </si>
+  <si>
+    <t>5 июня 1980</t>
+  </si>
+  <si>
+    <t>Витольду Шалкевичу 44 года. Он родом из крупного городка Порозово Свислочского района. У мужчины есть жена и две несовершеннолетние дочери.
+Витольда задержали в августе 2023 года прямо на работе. Сначала присудили арест за»распространение экстремистских материалов". После губопиковцы сняли с ним видео и перевели из СИЗО. По данным провластных телеграм-каналов, Шалкевич оставил несколько тысяч комментариев в разных чатах.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Алексей Сергеевич Резников</t>
+  </si>
+  <si>
+    <t>5 июня 1988</t>
+  </si>
+  <si>
+    <t>Житель Витебска, задержан за репосты в социальных сетях. Суд закрытый, родственников у молодого человека нет. Известно, что ему около 30 лет, он уезжал на заработки, в Беларуси его задержали по возвращении. Через три дня после задержания умерла его мать. Больше родственников не осталось.</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 26.08.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
     <t>Наталья Олеговна Лобацевич</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 июня 1963</t>
   </si>
   <si>
     <t>Татьяну Францкевич и Наталью Лобацевич задержали 19 июля 2024 года, когда Татьяну вызвали в следственный комитет подписать подписку о не выезде из города Полоцк, а Наталья поехала вместе с ней поддержать.
 Против Татьяны Францкевич, матери осужденного анархиста Александра Францкевича, и ее сестры Натальи Лобацевич, матери бывшего политзаключенного Ильи Лобацевича, завели уголовное дело и поместили в СИЗО Витебска.</t>
   </si>
   <si>
-    <t>Женский</t>
-[...1 lines deleted...]
-  <si>
     <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
   </si>
   <si>
     <t>Решение суда 18.02.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 15.04.2025: отправлено на пересмотр. Решение суда 16.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-07-25 20:42:36</t>
-  </si>
-[...115 lines deleted...]
-    <t>2024-12-02 17:55:42</t>
   </si>
   <si>
     <t>Денис Евгеньевич Ивашин</t>
   </si>
   <si>
     <t>6 июня 1979</t>
   </si>
   <si>
     <t>Денис — журналист и редактор-волонтёр белорусской версии InformNapalm, внештатный корреспондент «Новага Часу». Его расследования касались влияния «русского мира» на Беларусь и Сирию, застройки в Куропатах и перехода бывших украинских беркутовцев в силовые структуры Беларуси.
 В марте 2021 года его задержали сотрудники КГБ по обвинению во «вмешательстве в деятельность милиции». Обыски прошли в его квартире, у матери и 95-летней бабушки. В 2022 году стало известно, что ему также инкриминируют сотрудничество с украинской разведкой.
 В сентябре 2022 года Дениса осудили по статьям об «измене государству» и «вмешательстве в деятельность сотрудника внутренних дел», однако позже последнее обвинение заменили на «незаконный сбор или распространение данных о личной жизни».
 В июне 2023 года его перевели на строгий тюремный режим без уведомления родственников и адвоката.
 В апреле 2024 года политзаключенного лишили передач, а отправка витаминов теперь требует разрешения тюремного врача.</t>
   </si>
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>Решение суда 14.09.2022: 13 лет 1 месяц лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа, 18000 рублей компенсации. Апелляция 20.12.2022: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
     <t>Денис Валентинович Сальманович</t>
   </si>
   <si>
     <t>6 июня 1991</t>
   </si>
   <si>
     <t>Сначала находился на Окрестина. Затем был арестован по УК. Близкие отмечают, что Денис хороший, честный, справедливый и отзывчивый парень. На провластных каналах Дениса называют «главным визуальным редактором» роликов движения «Супраціў». На видео Сальманович говорит, что задержан сотрудниками милиции из-за того, что «состоял в деструктивных телеграм-каналах», «сотрудничал с "Буслы ляцяць"» и участвовал в акциях протеста в 2020 году.
 Апелляционный суд сократил срок отбывания наказания с 10 до 9.5 лет лишения свободы.
 У Дениса тяжелое заболевание — хронический гломерулонефрит после геморрагического васкулита. Летом 2024 года мужчину из колонии забрала скорая помощь. Сальмановича прооперировали — вырезали желчный пузырь. После операции мужчина еще неделю находился в санчасти колонии, пока ему не сняли швы.
 Мама политзаключенного говорит, что последний раз Денис выходил с ней на связь в середине ноября 2024 года. После звонка мужчину сразу же забрали в ШИЗО, где он находится до сих пор (январь 2024 года).
 В апреле 2025 года ему ужесточили вид наказания и перевели на тюремный режим.</t>
   </si>
   <si>
     <t>Решение суда 30.09.2022: 10 лет лишения свободы в колонии в условиях усиленного режима, 6400 рублей компенсации. Апелляция 23.12.2022: 9 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 6400 рублей компенсации. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-10-26 19:13:17</t>
   </si>
   <si>
-    <t>Сергей Александрович Романов</t>
-[...18 lines deleted...]
-  <si>
     <t>Никита Александрович Грушевский</t>
   </si>
   <si>
     <t>7 июня 2000</t>
   </si>
   <si>
     <t>О Никите Грушевском известно, что он в 2022 году окончил Гомельский государственный технический университет имени П. Сухого. Работал вахтовым образом в России.
 По информации, которой обладают правозащитники, Никита Грушевский высказывал свои мнения, в том числе о лицах, которые сейчас нелегально удерживают власть в Беларуси, в интернет-комментариях в сообществах в соцсетях. 
 В том числе его осудили за то, что он входил в число некоего сообщества, которое режим объявил “экстремистским формированием” .
 Суд над Никитой Грушевским проходил в закрытом от общества режиме.</t>
   </si>
   <si>
     <t>Решение суда 23.09.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Владислав Александрович Яценко</t>
-[...11 lines deleted...]
-    <t>2023-01-16 01:51:37</t>
+    <t>Сергей Александрович Романов</t>
+  </si>
+  <si>
+    <t>7 июня 1994</t>
+  </si>
+  <si>
+    <t>Активист анархического движения был задержан при пересечении границы Беларуси в ночь с 28 на 29 октября 2020 года и обвинён в «поджогах» и «терроризме». Ранее он отбывал наказание в виде 5 лет лишения свободы по статье 295-3 УК РБ и был освобождён в 2019 году.
+29 октября 2021 года в Гомеле Сергея приговорили к 1 году лишения свободы за «нарушение условий надзора» по предыдущей политической статье. В марте 2023 года и сентябре 2024 года он дважды был осуждён за «злостное неповиновение требованиям администрации колонии». По данной статье судят заключённых, отказывающихся от сотрудничества с администрацией, за вымышленные нарушения. В результате его общий срок лишения свободы составил 22 года и 11 месяцев.
+Осенью 2025 года стало известно, что недавно Сергей Романов попал в больницу, где ему сделали операцию. Операция была плановой и прошла без осложнений. Вскоре его вновь должны перевести в колонию. </t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2021: 20 лет лишения свободы в колонии в условиях строгого режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 23.03.2023: 11 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 06.06.2023: приговор оставлен без изменения. Решение суда 25.09.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.11.2024: приговор оставлен без изменения. Решение суда 19.05.2025: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Ирина Алексеевна Саврицкая</t>
   </si>
   <si>
     <t>8 июня 1966</t>
   </si>
   <si>
     <t>Ирина работала специалистом по продажам, а затем менеджером в «Анастане». Была осуждена вместе с дочерью и мужем.
 Поводом для уголовного дела стал созданный семьей видеоролик летом 2020 года с призывом прекратить насилие. Муж Геннадий на суде рассказал, что в один из дней лета 2020 года, на эмоциях от увиденных в интернете данных о примененном со стороны сотрудников насилии в отношении протестующих, решил записать видеозапись с обращением к сотрудникам с призывом к обоснованному применению силы. Придумал текст выступления, после чего попросил свою дочь его прочитать. Также он попросил жену высказаться о выборах. В этот же день он высказал на видео пожелания о дальнейшей судьбе страны, в конце своего выступления также показал символ в виде сердца. После этого он нашел в интернете видеоролики и смонтировал видео. В этот же день отправил его нескольким своим знакомым и родственникам. </t>
   </si>
   <si>
     <t>Решение суда 21.11.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>София Ивановна Бачуринская</t>
-[...12 lines deleted...]
-    <t>2025-07-26 15:25:04</t>
+    <t>Валерий Игоревич Заливако</t>
+  </si>
+  <si>
+    <t>8 июня 1991</t>
+  </si>
+  <si>
+    <t>16.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.04.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 16.07.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
+  </si>
+  <si>
+    <t>Ярослав Петрович Сакович</t>
+  </si>
+  <si>
+    <t>9 июня 1980</t>
+  </si>
+  <si>
+    <t>По версии следствия, задержан за то, что передавал данные ВСУ Украины. Жена-украинка. Проживал в Украине, вернулся в Беларусь в 2021 году из-за больных родителей. Был задержан КГБ, его пытали всю ночь, чтобы он признался в том, что воевал ранее в Украине, звонили жене и обещали выслать его голову. После этого Ярослава отпустили. Спустя год его снова задержали, теперь он находится в СИЗО. 
+4 мая 2023 осужден по двум статьям (370 и 295 УК) к 2 годам лишения свободы, после протеста прокурора увеличили срок наказания в 2 раза. Находится в СИЗО, т.к. возбуждено ещё два уголовных дела. Его обвиняют по статье об измене государству (часть 1 статьи 356 УК) за «перадачу данных ВСУ».
+Летом 2024 года стало известно, что Ярослава снова перевели в СИЗО-1.</t>
+  </si>
+  <si>
+    <t>11 лет лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Максим Михайлович Матырко</t>
   </si>
   <si>
     <t>9 июня 1977</t>
   </si>
   <si>
     <t>Гражданин РФ, 16 лет живет в Минске.
 По данным провластных каналов, задержан за участие в акциях протеста в 2020 году.
 Осужден за участие в акциях протеста и поджоге машины (точная информация по обвинению неизвестна).
 Стало известно, что Максима 12.05.2023 года судили по ч. 2 ст. 411 УК . Приговор неизвестен.</t>
   </si>
   <si>
     <t>Решение суда 06.04.2022: 9 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 12.05.2023: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 10.09.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
     <t>Иван Владимирович Котов</t>
   </si>
   <si>
     <t>9 июня 1998</t>
   </si>
@@ -591,197 +584,182 @@
     <t>Юрий Михайлович Палюхович</t>
   </si>
   <si>
     <t>9 июня 1986</t>
   </si>
   <si>
     <t>Юрий был сначала осуждён на три года «домашней химии», а затем в ноябре 2021 года — на три года ограничения свободы с направлением в исправительное учреждение открытого типа. Оба эпизода касались обвинений по статье об оскорблении представителей власти.
 В 2022 году против него возбудили третье уголовное дело по статьям «насилие либо угроза применения насилия в отношении сотрудника милиции», «оскорбление представителя власти» и «оскорбление судьи». В декабре того же года Юрию назначили пять лет ограничения свободы с направлением.</t>
   </si>
   <si>
     <t>ИУОТ-21, 247783 Гомельская область, г. Мозырь, б-р Юности, 24</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 3 года ограничения свободы без направления. Апелляция дата неизвестна: приговор оставлен без изменения. Решение суда 23.11.2021: 3 года ограничения свободы с направлением в учреждение открытого типа. Решение суда 23.12.2022: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция 24.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-01-30 21:53:18</t>
   </si>
   <si>
     <t>Павел Николаевич Чуркин</t>
   </si>
   <si>
     <t>9 июня 1987</t>
   </si>
   <si>
-    <t>житель Могилева, осужден за оскорбление Лукашенко.
-[...7 lines deleted...]
-    <t>Решение суда 24.05.2021: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 19.12.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.01.2025: неизвестно.</t>
+    <t>Павел впервые был осуждён в мае 2021 года за «оскорбление Лукашенко» и приговорён к лишению свободы в колонии. В мае 2022 года он был освобождён, полностью отбыв назначенный судом срок наказания.
+Повторно Павла задержали весной 2024 года по подозрению в сотрудничестве с Главным управлением разведки Министерства обороны Украины. Об этом сообщили в передаче «Всё по делу» на государственном телеканале «Беларусь 4. Могилёв». На опубликованном видео Павел говорит, что снимал размещение «Искандеров», чтобы передать записи ВСУ, а также зачитывает текст, представленный как присяга Украине.
+В ноябре 2024 года в отношении него прошёл ряд судебных заседаний по статьям «участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте, военных действиях, вербовка либо подготовка лиц к такому участию» и «измена государству». Итог рассмотрения дел неизвестен.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.05.2021: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 19.11.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2021-09-03 13:56:39</t>
   </si>
   <si>
-    <t>Ярослав Петрович Сакович</t>
-[...15 lines deleted...]
-  <si>
     <t>Юрий Александрович Моисеенко</t>
   </si>
   <si>
     <t>10 июня 1998</t>
   </si>
   <si>
     <t>17.04.2024 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
   </si>
   <si>
     <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
+  </si>
+  <si>
+    <t>Данила Максимович Чибисов</t>
+  </si>
+  <si>
+    <t>10 июня 2003</t>
+  </si>
+  <si>
+    <t>Данила-студент Гомельского государственного университета имени Франциска Скорины. 18 октября 2024 года в суде Новобелицкого района Гомеля его вместе с матерью Еленой Чибисовой осудили по ч. 2 ст. 19.11 КоАП (рапсовое распространение экстремистских материалов). Итог того судебного заседания неизвестен. После этого было заведено уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда 03.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
   </si>
   <si>
     <t>Денис Сергеевич Сидорок</t>
   </si>
   <si>
     <t>10 июня 1989</t>
   </si>
   <si>
     <t>Предположительно задержан за участие в акциях протеста в 2020.
 14.03.2023 года состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии общего режима</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
     <t>Виктор Турченик</t>
   </si>
   <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
     <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-09-17 17:45:43</t>
   </si>
   <si>
-    <t>Данила Максимович Чибисов</t>
-[...11 lines deleted...]
-    <t>2025-02-10 18:24:41</t>
+    <t>Сергей Васильевич Чижевский</t>
+  </si>
+  <si>
+    <t>10 июня 1978</t>
+  </si>
+  <si>
+    <t>31.05.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.03.2024: 2 года 8 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 31.05.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
   </si>
   <si>
     <t>Владислав Дмитриевич Пудяк</t>
   </si>
   <si>
     <t>10 июня 1985</t>
   </si>
   <si>
     <t>Начальник цеха "Гомсельмаш".
 08.09.2023 состоялось рассмотрение апелляционное заседание, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 20.06.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 08.09.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-06-03 22:39:05</t>
   </si>
   <si>
-    <t>Сергей Васильевич Чижевский</t>
-[...29 lines deleted...]
-  <si>
     <t>Ольга Петровна Войтехович</t>
   </si>
   <si>
     <t>12 июня 1974</t>
   </si>
   <si>
     <t>Ольга была задержана в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осуждена по нескольким уголовным статьям.
 Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
   </si>
   <si>
     <t>Решение суда 21.06.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Владимир Иванович Журавко</t>
+  </si>
+  <si>
+    <t>13 июня 1985</t>
+  </si>
+  <si>
+    <t>Бывший оператор ГПУ цеха "Аммиак-3". По предварительной информации задержан в рамках статей 356 и 357 УК РБ ( "измена государству" и "заговор или иные действия, совершенные с целью захвата государственной власти").
+Владимира поместили в СИЗО КГБ, затем перевели в СИЗО-3.
+9 ноября 2022 г. в Гомельском областном суде началось рассмотрение "дела Рабочага Руху", фигурантами которого проходят сразу десять политзаключенных. На второй день процесса все фигуранты дела заявили суду, что свою вину в госизмене и создании экстремистского формирования не признают. Все фигуранты "дела Рабочага Руху" на суде отказались давать показания. 27 декабря процесс закрыли до вынесению приговора, хотя до этого он проходил в открытом режиме.
+16 ноября 2023 года Владимиру изменили режим на тюремный и он будет переведён в тюрьму №4 г. Могилёва.</t>
+  </si>
+  <si>
+    <t>15 лет колонии в условиях усиленного режима</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:51:26</t>
   </si>
   <si>
     <t>Сергей Владимирович Чаботько</t>
   </si>
   <si>
     <t>13 июня 1983</t>
   </si>
   <si>
     <t>Владельц популярного сайта s13.ru . Сергея судили 25 октября за "распространение экстремистских материалов". Итогом рассмотрения стали также 15 суток административного ареста. В тот день стало известно, что суд по заявлению прокурора города Гродно признал "экстремистскими материалами" сайт s13.ru, который существовал почти два десятилетия. После первого заключения Сергея обвинили в "нарушение порядка организации или проведения массовых мероприятий". Административное дело в среду рассматривал суд Ленинского района ,судья Наталья Горбач присудила еще 15 суток.
 В итоге Сергея Чаботько судили трижды-за распространение экстремистских материалов и "пикет" в интернете. 
 Сергей не вышел на свободу и после 45 суток административного ареста. Вероятно, мужчину взяли под стражу. 
 Сайт s13.ru КГБ Беларуси признал "экстремистским формированием", поэтому вероятно дело Сергея связано с этим.</t>
   </si>
   <si>
     <t>Решение суда 31.10.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
     <t>Дмитрий Владимирович Сосновский</t>
   </si>
   <si>
     <t>13 июня 1990</t>
   </si>
@@ -822,726 +800,656 @@
 20.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 22.08.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 20.10.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-10-12 17:00:37</t>
   </si>
   <si>
     <t>Сергей Андреевич Батура</t>
   </si>
   <si>
     <t>13 июня 2001</t>
   </si>
   <si>
     <t>Был задержан в рамках уголовного дела 9 ноября 2021 года за участие в протестах. Сначала его поместили в СИЗО КГБ, затем перевели в СИЗО-1.
 Также его обвинили в получении из-за границы телескопических дубинок, электрошокеров и других средств.</t>
   </si>
   <si>
     <t>Решение суда 01.07.2022: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
   </si>
   <si>
-    <t>Владимир Иванович Журавко</t>
-[...16 lines deleted...]
-  <si>
     <t>Сергей Ромуальдович Плонис</t>
   </si>
   <si>
     <t>14 июня 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Сергей, системный администратор в сфере локальных сетей и видеонаблюдения, был задержан 2 октября 2020 года по делу о массовых беспорядках и обвинён в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
 </t>
   </si>
   <si>
     <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
     <t>Антон Владимирович Денейко</t>
   </si>
   <si>
     <t>14 июня 1991</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
   </si>
   <si>
+    <t>Александр Чумаков</t>
+  </si>
+  <si>
+    <t>14 июня 1981</t>
+  </si>
+  <si>
+    <t>Его объявили членом "экстремистского формирования "  "Да Зораў". По мнению КГБ, туда входят он, а также Семен Малашенков.
+Он известен как музыкант, мастер по изготовлению гуслей и участник группы «Старый Ольса». С 2002 года Чумаков играл и пел в группе средневековой музыки «старый Ольса», используя гусли, свирели и другие древние инструменты. В 2005 году он основал группу «бокал кола», которая исполняла белорусские народные танцы под дуду и гусли, однако проект просуществовал недолго. Время от времени музыкант выступал сольно с танцевальной народной программой.
+Кроме того, Алесь переводил ирландскую героическую поэзию на белорусский язык. В группе Ceilidh Ceol, созданной в середине 2000-х, он исполнял старинные ирландские песни по-беларуски, посвященные свободе и памяти предков. В 2020 году его вокал прозвучал в белорусской озвучке сериала «Ведьмак» от Netflix — он исполнил известную песню Toss a Coin to Your Witcher в белорусском переводе.</t>
+  </si>
+  <si>
+    <t>2025-12-16 19:40:03</t>
+  </si>
+  <si>
     <t>Артём Игоревич Косаковский</t>
   </si>
   <si>
     <t>14 июня 1998</t>
   </si>
   <si>
     <t>Артём работал оптиком на Лидском заводе «Оптик». Он получил образование в физико-математическом лицее Гродно и Лидском политехническом колледже. Его задержали 27 сентября 2020 года по делу о массовых беспорядках и обвинили в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
 В мае 2022 года Артёма повторно осудили за участие в акциях протеста, проходивших в 2020 году в Лиде.</t>
   </si>
   <si>
     <t>Решение суда 19.07.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 23.05.2022: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
     <t>Елена Валерьевна Добыш</t>
   </si>
   <si>
     <t>15 июня 1981</t>
   </si>
   <si>
     <t>Была задержана в марте 2025 года в рамках уголовного дела, связанного с "экстремистской деятельностью".</t>
   </si>
   <si>
+    <t>Решение суда 22.10.2025: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
+  </si>
+  <si>
     <t>2025-03-27 00:27:54</t>
+  </si>
+  <si>
+    <t>Валерий Тадеушевич Вискирский</t>
+  </si>
+  <si>
+    <t>15 июня 1986</t>
+  </si>
+  <si>
+    <t>Первоначальная причина задержания - распространение экстремистских материалов в рамках административного политически мотивированного дела.
+В ходе ареста мужчине были предъявлены обвинения по уголовному делу за многочисленные лайки в "Одноклассниках".
+4 июля 2023 г. состоялось рассмотрение апелляционной жалобы. приовор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.03.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.07.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-07-04 02:34:41</t>
   </si>
   <si>
     <t>Алексей Владимирович Кузьмин</t>
   </si>
   <si>
     <t>15 июня 1980</t>
   </si>
   <si>
     <t>Начальник отдела предбиллинга и тарификации МТС. 
 Согласно материалам следствия, Кузьмин имел доступ к личной информации клиентов МТС и с 9 августа 2020 года до 8 апреля 2021 года «сливал» ее в телеграм-каналы «Черная книга Беларуси», «Каратели Беларуси» и «Все нарушения!».
 Потерпевших набралось 57 человек — это силовики, пропагандисты, чиновники, судьи, прокуроры и члены их семей. Кроме того, следствие считает, что «совместные действия Кузьмина с иными лицами» повлекли нарушения работы транспорта и предприятий «с причинением „Минсктранс“ ущерба в размере чуть более 22 500 рублей».
 Среди потерпевших числятся в частности сотрудница «СБ. Беларусь сегодня» Людмила Гладкая, а также член белорусской компартии и депутат Сергей Клишевич.</t>
   </si>
   <si>
     <t>Решение суда 18.09.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Валерий Тадеушевич Вискирский</t>
-[...39 lines deleted...]
-  <si>
     <t>Ольга Прокопчик</t>
   </si>
   <si>
     <t>15 июня 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
     <t>Евгений Александрович Краснянский</t>
   </si>
   <si>
     <t>16 июня 1982</t>
   </si>
   <si>
     <t>43-летнему Евгению вынесли приговор за социологическое исследование о ковиде в Беларуси.
 Ранее Следственный комитет сообщал подробности преследования Краснянского. Ведомство утверждало, что мужчина подготовил для одной из иностранных организаций исследование, содержащее "заведомо ложные сведения о политике страны в области здравоохранения в части принимаемых мер по борьбе с коронавирусной инфекцией". Известно, что вместе с Евгением Краснянским были задержаны две женщины: минчанки 37 и 43 лет. Они якобы проводили социологическое исследование о наличии преимуществ среди граждан в развитии страны посредством интеграции со странами Европейского союза. Чтобы прийти к желательному результату, женщины якобы опрашивали представителей фокус-группы, имеющих "заведомо негативное отношение к имеющейся в государстве политической системе и конституционному строю". Приговоры женщинам неизвестны.</t>
-  </si>
-[...1 lines deleted...]
-    <t>СИЗО-6, Барановичи ул. Брестская 258 В, 225413</t>
   </si>
   <si>
     <t>Решение суда 08.08.2025: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 595 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-08-18 14:56:18</t>
   </si>
   <si>
     <t>Павел Сергеевич Кабарчук</t>
   </si>
   <si>
     <t>16 июня 1993</t>
   </si>
   <si>
     <t>15 февраля 2024 в Лельчицком районе Гомельской области на границе с Украиной ввели режим «контртеррористической операции». Население просили «сохранять спокойствие и подчиняться требованиям сотрудников силовых структур». В КГБ утверждают, что задержали участников «диверсионно-разведывательной группы», в состав которой входили граждане Украины и Беларуси. Среди задержанных - граждане Украины отец и сын Сергей и Павел Кабарчуки. Сергей Кабарчук 1963 года рождения из Ковельского района Волынской области. Отец и сын были задержаны в феврале 2024 года в Лельчицком районе. При них обнаружили «взрывные устройства и иные средства поражения». КГБ «установило», что взрывные устройства предназначались для терактов в Беларуси и России, а «заброску группы» организовала Службы безопасности Украины.
 Тогда же задержали и жителя Бреста Виталия Власюка 1970 года рождения. Его обвинили в контрабанде (часть 3 статьи 228 УК).
 В СИЗО КГБ подвергался пыткам. После задержания несколько дней удерживали в СИЗО КГБ без еды.</t>
   </si>
   <si>
     <t>Решение суда 23.10.2024: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
-    <t>Екатерина Александровна Мендрик</t>
-[...16 lines deleted...]
-  <si>
     <t>Сергей Михайлович Ярошевич</t>
   </si>
   <si>
     <t>Администратор телеграм-канала "Армия с народом" и муж политзаключённой Антонины Коноваловой был задержан 2 октября 2020 года и осуждён за «подготовку к участию в массовых беспорядках».
 В январе 2023 года Сергей был повторно осуждён за «злостное неповиновение требованиям администрации исправительного учреждения».</t>
   </si>
   <si>
     <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
   </si>
   <si>
     <t>Решение суда 07.05.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 30.07.2021: приговор оставлен без изменения. Решение суда 26.01.2023: 9 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
     <t>Алексей Сергеевич Бородко</t>
   </si>
   <si>
     <t>17 июня 1998</t>
   </si>
   <si>
     <t>Адвокат был задержан в конце января и находится в СИЗО-1 на Володарского. После задержания профиль адвоката удалили с сайта Республиканской коллегии адвокатов. Позже стало известно, что 21 апреля 2023 года его лишили лицензии.
 08.09.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 19.05.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
+  </si>
+  <si>
+    <t>Александр Александрович Чиж</t>
+  </si>
+  <si>
+    <t>18 июня 1983</t>
+  </si>
+  <si>
+    <t>Решение суда 19.06.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-06-17 19:24:12</t>
   </si>
   <si>
     <t>Андрей Сергеевич Раптунович</t>
   </si>
   <si>
     <t>18 июня 2002</t>
   </si>
   <si>
     <t>Работает в центре доп. образования «Маяк», вел художественный кружок. Провластные телеграм-каналы сообщали, что он якобы собирался поехать в Украину и присоединиться к батальону Калиновского. Задержан за регистрацию в чат-боте «Перамога».
 Воспитывался в семейном детском доме.
 Суд проходил в закрытом режиме, поэтому подробности судебного заседания и позиция политзаключенного по делу неизвестны.</t>
   </si>
   <si>
     <t>Решение суда 14.11.2022: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-06-20 16:01:58</t>
   </si>
   <si>
     <t>Владимир Михайлович Морозов</t>
   </si>
   <si>
     <t>19 июня 1980</t>
   </si>
   <si>
     <t>Вероятнее всего был задержан 26.01.2023  за распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность. После чего было открыто уголовное дело по многочисленным статьям. До суда, предположительно, находился в заключении в тюрьме в Жодино.
 26.01.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 15.11.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.01.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
-    <t>Сергей Владимирович Тулинов</t>
-[...10 lines deleted...]
-  <si>
     <t>Дмитрий Петрович Морозов</t>
   </si>
   <si>
     <t>19 июня 1972</t>
   </si>
   <si>
     <t>Решение суда 22.11.2023: неизвестно. Апелляция 14.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-07 14:50:08</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-02 11:50:43</t>
   </si>
   <si>
     <t>Глеб Олегович Дудко</t>
   </si>
   <si>
     <t>20 июня 1988</t>
   </si>
   <si>
     <t>Глеб Дудко известен в музыкальной среде не только Гомеля, но и далеко за его пределами. Совместив свои таланты музыканта и программиста, он запустил, как минимум, два музыкальных IT-стартапа.
 Отец Глеба Олег Дудко — известный в Гомеле оперный певец и бывший солист филармонии.
 В 2018-м Глеб вместе с программистом Максимом Гриневичем запустил проект ConcertMaster. Идея проекта — создать программу, которая могла бы автоматически аккомпанировать вокалистам.
 Глеба задержали в марте 2024 года в Добруше и присудили ему арест за "распространение экстремистских материалов". После этого мужчину перевели в СИЗО.
 Из публикаций в социальных сетях Глеба Дудко можно понять, что в 2022 году он осудил военную агрессию в отношении Украины. Что именно послужило основанием для политического преследования гомельчанина неизвестно.</t>
   </si>
   <si>
     <t>Решение суда 09.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Валентина Владимировна Полоз</t>
   </si>
   <si>
     <t>21 июня 1974</t>
   </si>
   <si>
     <t>Комитет госбезопасности в пропагандистском фильме 11 сентября 2023 года сообщил, что задержал в Беларуси шесть человек по обвинению в сотрудничестве с "Службой безопасности Украины" и "подготовке терактов". На видео некоторые из них выглядят избитыми, некоторых на следственных действиях водят на цепях, одного из задержанных сняли в СИЗО КГБ. В итоге трех человек, в том числе Валентину, обвинили сразу по шести статьям Уголовного кодекса, включая "Измена государству"и" агентурную деятельность".
 Валентина, по утверждению провластных СМИ, вместе с Лосовским Николаем забирала посылку, в которой были оружие и взрывчатка, ее нужно было закопать в Мозырском районе. Выполнить задание они не успели, так как были задержаны.</t>
   </si>
   <si>
     <t>Решение суда 02.12.2024: 9 лет лишения свободы в колонии в условиях общего режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Николай Александрович Лис</t>
-[...62 lines deleted...]
-  <si>
     <t>Маргарита Александровна Щирец</t>
   </si>
   <si>
     <t>22 июня 1985</t>
   </si>
   <si>
     <t>Работала контролером на заводе «Сфера», который входит в состав холдинга БелОМО.
 Маргарита долгое время была членом Либерально-демократической партии Беларуси. Она была в инициативной группе Сергея Гайдукевича на президентских выборах-2010. а в 2014-м  баллотировалась в Минский городской совет депутатов от партии-естественно, проиграла. После этого в публичном поле не появлялось.
 Предположительно она была задержана за комментарии. Судя по фото из соцсетей, у женщины есть ребенок.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-15 13:04:05</t>
   </si>
   <si>
+    <t>Дмитрий Николаевич Сидоренко</t>
+  </si>
+  <si>
+    <t>22 июня 1973</t>
+  </si>
+  <si>
+    <t>Решение суда 14.01.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 04.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-20 19:38:36</t>
+  </si>
+  <si>
+    <t>Сергей Владимирович Бойко</t>
+  </si>
+  <si>
+    <t>22 июня 1986</t>
+  </si>
+  <si>
+    <t>Гражданин Украины. С 8 по 21 июня 2023 года дело в закрытом формате рассматривал судья Анатолий Сотников.
+29.08.2023 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.08.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-07-11 10:20:50</t>
+  </si>
+  <si>
+    <t>Наталья Васильевна Левая</t>
+  </si>
+  <si>
+    <t>38-летяя иллюстраторка. Она уволилась с работы в PL в большой IТ-компании. Коллеги в шоке отговаривали — решила вернуться домой. Говорила, что у нее уже есть справка из КГБ об уплаченном в кратном размере донате за 2020-й. Устала без дома. Задержали на границе. Согласно версии обвинения, которую озвучила пресс-служба Генеральной прокуратуры, Наталья Левая в 2021-2022 годы перевела на банковские счета и виртуальные кошельки, "находившиеся в пользовании представителей экстремистских формирований, в том числе вооруженных, например, "Полк Калиновского", денежные средства и криптовалюту в общей сумме не менее четырех тысяч и четырехсот рублей (на сегодня это около 1275 евро). Кроме этого, ее оштрафовали на 1000 базовых величин  — почти на такую сумму, которую Наталья задонатила в инициативы и фонды. Именно такое наказание запросило на суде государственное обвинение. Суд проходил в закрытом режиме.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.07.2024: 6 лет лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 04.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:08:39</t>
+  </si>
+  <si>
+    <t>Виталий Викторович Краснов</t>
+  </si>
+  <si>
+    <t>22 июня 1987</t>
+  </si>
+  <si>
+    <t>01.03.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:08:51</t>
+  </si>
+  <si>
+    <t>Сергей Викторович Евдокименко</t>
+  </si>
+  <si>
+    <t>23 июня 1987</t>
+  </si>
+  <si>
+    <t>Как следует из пресс-релиза Брестоблсуда, Евдокименко вменяли то, что с августа по декабрь 2020 года он передал «персональные и иные личные данные сотрудников органов внутренних дел для публичного распространения в сети Интернет». При этом данные брал из баз, к которым имел доступ по работе. Предположительно он работал в Брестском БТИ.
+10.10.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.07.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-07-20 13:03:39</t>
+  </si>
+  <si>
     <t>Андрей Владимирович Погерило</t>
   </si>
   <si>
     <t>23 июня 1991</t>
   </si>
   <si>
     <t>Бывший слесарь-ремонтник цеха "Аммиак-3". 
 9 ноября 2022 г. в Гомельском областном суде началось рассмотрение "дела Рабочага Руху", фигурантами которого проходят сразу десять политзаключенных. На второй день процесса все фигуранты дела заявили суду, что свою вину в госизмене и создании экстремистского формирования не признают. Андрей Погерило согласился только с обвинением в клевете. Все фигуранты "дела Рабочага Руху" на суде отказались давать показания. 27 декабря процесс закрыли до вынесения приговора, хотя до этого он проходил в открытом режиме.</t>
   </si>
   <si>
     <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: неизвестно.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
+  </si>
+  <si>
+    <t>Александр Евгеньевич Дулеба</t>
+  </si>
+  <si>
+    <t>23 июня 1988</t>
+  </si>
+  <si>
+    <t>2025-08-26 22:21:40</t>
   </si>
   <si>
     <t>Денис Михайлович Урад</t>
   </si>
   <si>
     <t>Денис, спецсвязист Генштаба Вооружённых Сил, был задержан в марте 2021 года и осужден за то, что, по информации провластных СМИ, сфотографировал секретное письмо от министра внутренних дел к министру обороны и «передал его польскому Telegram-каналу».
 Суд проходил в закрытом режиме, а приговор не подлежал обжалованию или пересмотру в апелляционном порядке. Помимо длительного срока лишения свободы, Дениса также лишили воинского звания.
 В августе 2022 года ему ужесточили вид наказания и перевели на тюремный режим.</t>
   </si>
   <si>
     <t>Решение суда 14.05.2021: 18 лет лишения свободы в колонии в условиях усиленного режима, ограничение по военной службе. Суд по смене режима 22.08.2022: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
-    <t>Сергей Викторович Евдокименко</t>
-[...37 lines deleted...]
-    <t>2021-12-21 14:22:23</t>
+    <t>Павел Николаевич Иванов</t>
+  </si>
+  <si>
+    <t>24 июня 1982</t>
+  </si>
+  <si>
+    <t>Был задержан после того, как телеграм-чат "Атолино" был признан "экстремистским формированием". МВД назвал несколько "участников формирования", кроме Павла, это Дмитрий Тикунов, Евгения Мостовая (Григорик), Павел Белоницкий, Алексей Семенов, Юрий Антонович, Александр Зайцев и Владимир Полех.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Тина Захаровна Палынская</t>
   </si>
   <si>
     <t>24 июня 1973</t>
   </si>
   <si>
     <t>Журналистка, католическая верующая из Полоцка.Тина давно не занималась журналистикой, воспитывала 2-х дочерей, работала в архивах, в том числе российских, выполняя частные заказы по созданию биографических очерков, семейных книг, историй об участниках Второй мировой войны.
 Ранее, в 2022 году, журналистку судили по административной статье и подвергали крупному штрафу за желтую и голубую ленты на сумке, а Следственный комитет проводил разбирательство относительно ее поста в Facebook и устраивал обыск в доме журналистки.
 С конца мая 2025 перестала выходить на связь.Тина и её старшая дочь Маргарита, 22 года, находятся под стражей по уголовному делу. У Тины также есть младшая несовершеннолетняя дочь — ей 14 лет.
 Подробности обвинения официально не раскрываются. По косвенным признакам есть предположение, что дело может быть связано с решением КГБ признать «Беларускую аналітычную майстэрню» профессора Андрея Вардомацкого экстремистским формированием. Эта организация проводила социологические опросы среди белорусских граждан. На данный момент нет никаких подтверждений, что Тина или её дочь действительно участвовали в исследованиях БАМ. Но даже если бы такое участие имело место, оно не нарушало бы закон: на момент возможного контакта с майстэрняй она ещё не была признана экстремистским формированием. </t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
+    <t>Татьяна Николаевна Карпович</t>
+  </si>
+  <si>
+    <t>24 июня 1997</t>
+  </si>
+  <si>
+    <t>Жительница Витебска.
+Девушке предъявлено обвинение по ст. 130 Уголовного кодекса (Разжигание социальной вражды) за передачу данных силовиков, учителей, судей в телеграм-канал «Черная книга Беларуси».</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>2021-12-21 14:22:23</t>
+  </si>
+  <si>
     <t>Денис Николаевич Ворозов</t>
   </si>
   <si>
     <t>25 июня 1981</t>
   </si>
   <si>
     <t>Задержан за вывешивание БЧБ-флага и флаг Украины в 19-этажном доме по улице Леси Украинки.
 После их задержания канал в мобильном приложении Zello, через который они общались во время проведения акции, был признан экстремистским формированием.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Айрат Эрнестович Халиков</t>
   </si>
   <si>
     <t>26 июня 1996</t>
   </si>
   <si>
     <t>Гражданин Российской Федерации, в Беларуси живет с 2019 года. Работал водителем на "Аліварыі". Задержан в мае 2025 года по "делу Гаюна"</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
-    <t>Игорь Петрович Христофоров</t>
-[...13 lines deleted...]
-  <si>
     <t>Владимир Юрьевич Исаев</t>
   </si>
   <si>
     <t>26 июня 1984</t>
   </si>
   <si>
     <t>Был осужден осенью 2022 года на дишение свободы за " оскорбление Лукашенко". Результаты апелляции неизвестны.
 В июне 2025 года стало известно, что Владимир задержан. Детали дела устанавливаются. Осенью был осужден на лишение свободы.</t>
   </si>
   <si>
     <t>Решение суда 31.10.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: снятие всех обвинений. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
+    <t>Игорь Петрович Христофоров</t>
+  </si>
+  <si>
+    <t>26 июня 1973</t>
+  </si>
+  <si>
+    <t>15.11.2022 состоялось рассмотрение апелляционной жалобы.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
     <t>Николай Степанович Лосовский</t>
   </si>
   <si>
     <t>27 июня 1966</t>
   </si>
   <si>
     <t>Комитет госбезопасности в пропагандистском фильме 11 сентября 2023 года сообщил, что задержал в Беларуси шесть человек по обвинению в сотрудничестве с "Службой безопасности Украины" и "подготовке терактов". На видео некоторые из них выглядят избитыми, некоторых на следственных действиях водят на цепях, одного из задержанных сняли в СИЗО КГБ. В итоге трех человек, в том числе Николая, обвинили сразу по шести статьям Уголовного кодекса, включая "Измена государству"и" агентурную деятельность".
 Николай, по утверждению провластных СМИ,  по заданию украинских спецслужб проверял схроны, а также за деньги выполнял и другие поручения.</t>
   </si>
   <si>
     <t>Решение суда 02.12.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Алексей Александрович Герман</t>
-[...13 lines deleted...]
-  <si>
     <t>Петр Филиппович Филипович</t>
   </si>
   <si>
     <t>27 июня 1953</t>
   </si>
   <si>
-    <t>Решение суда 16.12.2024: неизвестно. Апелляция 18.02.2025: неизвестно.</t>
+    <t>Решение суда 16.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-02 17:53:29</t>
+  </si>
+  <si>
+    <t>Анатолий Анатольевич Косило</t>
+  </si>
+  <si>
+    <t>28 июня 1985</t>
+  </si>
+  <si>
+    <t>Анатолий был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2024: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 21.01.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
+  </si>
+  <si>
+    <t>Алексей Васильевич Семенок</t>
+  </si>
+  <si>
+    <t>28 июня 1975</t>
+  </si>
+  <si>
+    <t>В основу приговора были положены комментарии Алексея в интернете.
+Сразу по прибытии в колонию Алексея Семенко бросили в штрафной изолятор-это место пыток заключенных с нечеловеческими условиями пребывания.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.03.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-03-11 21:32:16</t>
+  </si>
+  <si>
+    <t>Алексей Сергеевич Самойлюк</t>
+  </si>
+  <si>
+    <t>28 июня 1989</t>
+  </si>
+  <si>
+    <t>К Алексею домой ворвался отряд спецназа, мужчину повалили на пол и один силовик сел коленями на тело (одним коленом на шею Самойлюка).
+На провластном канале утверждают, что Самойлюк "кидал камни в милиционеров во время массовых беспорядков". В той публикации на том же канале также выложили фотографии: на одном снимке два человека в капюшонах и масках, один держит украинский флаг, второй — лист бумаги с текстом "брестчане с Украиной". </t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 08.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-03-18 20:51:34</t>
   </si>
   <si>
     <t>Олег Николаевич Горелов</t>
   </si>
   <si>
     <t>28 июня 2024</t>
   </si>
   <si>
     <t>Горелов был руководителем дирекции Белинвестбанка по Гомельской области. Последняя новость о нем датируется февралем 2023, а в декабре 2023 главой вместо него назначили Павла Юрковца, бывшего главу Белинвестбанка по Мозырю.
 Суд над Олегом Гореловым начался 8 февраля в Гомельском областном суде. 
 14.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 25.03.2024: 10 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-10 14:47:15</t>
   </si>
   <si>
-    <t>Алексей Васильевич Семенок</t>
-[...30 lines deleted...]
-  <si>
     <t>Яна Витальевна Пинчук</t>
   </si>
   <si>
     <t>28 июня 1997</t>
   </si>
   <si>
     <t>Задержана 1 ноября 2021 года в Санкт-Петербурге за события в Беларуси. В России она работала официанткой и жила на две страны. Последний раз девушка была на родине около года назад. По данным следствия, подозреваемая с сентября 2020 по ноябрь 2021 года администрировала три телеграм-канала. В мае 2022 года суд РФ отказал белоруске Яне Пинчук в предоставлении временного убежища в России.
 09.08.2022 была экстрадирована из РФ в РБ немостря на запрет экстрадиции Комитета по правам человека ООН.</t>
   </si>
   <si>
     <t>12 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2021-11-03 17:48:25</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Кирилл Романович Ашурак</t>
   </si>
   <si>
     <t>29 июня 1999</t>
   </si>
   <si>
     <t>Кирилл был задержан 23 июня 2021 года в рамках уголовного дела по эпизоду на объекте связи ВМФ РФ под Вилейкой. В пропагандистском фильме ОНТ он представлен как первоначальный исполнитель задания по подрыву объекта, однако отказался от участия и только помог разведать местность.
 Лукашенко упоминал Кирилла в числе людей, которые якобы хотели сбежать в Украину и Литву, но были задержаны группой КГБ «Альфа».
 Известно также, что Кирилл ранее задерживался и был жестко избит 9 августа 2020 года.
 В декабре 2022 года его признали виновным и приговорили к лишению свободы в колонии усиленного режима и крупному штрафу.</t>
   </si>
   <si>
     <t>Решение суда 05.12.2022: 13 лет лишения свободы в колонии в условиях усиленного режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
   </si>
   <si>
     <t>Павел Владимирович Вабищевич</t>
   </si>
   <si>
     <t>30 июня 1986</t>
   </si>
@@ -1895,51 +1803,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2119,2479 +2027,2317 @@
         <v>45</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
       <c r="I13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
       <c r="C14" t="s">
         <v>83</v>
       </c>
       <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>91</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>97</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>101</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>110</v>
       </c>
-      <c r="B19" t="s">
+      <c r="I19" t="s">
         <v>111</v>
-      </c>
-[...19 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>116</v>
       </c>
-      <c r="B20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>121</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>122</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>127</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I22" t="s">
         <v>128</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>132</v>
       </c>
-      <c r="C23" t="s">
+      <c r="I23" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
+        <v>141</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>143</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
         <v>147</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>95</v>
+      </c>
+      <c r="E26" t="s">
+        <v>96</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
         <v>152</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>153</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
         <v>157</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>158</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>159</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
         <v>162</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>163</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>166</v>
+      </c>
+      <c r="C30" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="I30" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" t="s">
         <v>172</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F31" t="s">
         <v>45</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="I31" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>179</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C33" t="s">
         <v>183</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>184</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
         <v>188</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>189</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I35" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>192</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>197</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>198</v>
       </c>
-      <c r="B36" t="s">
-[...14 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
         <v>201</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>202</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>78</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>203</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" t="s">
         <v>206</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
         <v>38</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
+        <v>208</v>
+      </c>
+      <c r="I38" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>210</v>
+      </c>
+      <c r="B39" t="s">
         <v>211</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>212</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>95</v>
+      </c>
+      <c r="E39" t="s">
+        <v>96</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>213</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>215</v>
+      </c>
+      <c r="B40" t="s">
         <v>216</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>217</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>218</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>220</v>
+      </c>
+      <c r="B41" t="s">
         <v>221</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>222</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>223</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>225</v>
+      </c>
+      <c r="B42" t="s">
         <v>226</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>227</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>228</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>230</v>
+      </c>
+      <c r="B43" t="s">
         <v>231</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>232</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" t="s">
+        <v>96</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>233</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>235</v>
+      </c>
+      <c r="B44" t="s">
         <v>236</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>237</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>238</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>240</v>
+      </c>
+      <c r="B45" t="s">
         <v>241</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>242</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>115</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>243</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>245</v>
+      </c>
+      <c r="B46" t="s">
         <v>246</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>247</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>248</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>250</v>
+      </c>
+      <c r="B47" t="s">
         <v>251</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>78</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
+        <v>33</v>
+      </c>
+      <c r="I47" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
+        <v>254</v>
+      </c>
+      <c r="C48" t="s">
+        <v>255</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...22 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
+        <v>258</v>
+      </c>
+      <c r="C49" t="s">
+        <v>259</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>260</v>
+      </c>
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>95</v>
+      </c>
+      <c r="E50" t="s">
+        <v>57</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>265</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>266</v>
-      </c>
-[...16 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
+        <v>268</v>
+      </c>
+      <c r="C51" t="s">
         <v>269</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>78</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>270</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>271</v>
-      </c>
-[...13 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
         <v>273</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
         <v>78</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
+        <v>275</v>
+      </c>
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
         <v>278</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>95</v>
+      </c>
+      <c r="E53" t="s">
+        <v>197</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>198</v>
+      </c>
+      <c r="I53" t="s">
         <v>279</v>
-      </c>
-[...19 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>280</v>
+      </c>
+      <c r="B54" t="s">
+        <v>281</v>
+      </c>
+      <c r="C54" t="s">
+        <v>282</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
       </c>
-      <c r="B54" t="s">
-[...14 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
         <v>286</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>288</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>290</v>
+      </c>
+      <c r="B56" t="s">
+        <v>281</v>
+      </c>
+      <c r="C56" t="s">
         <v>291</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>292</v>
       </c>
-      <c r="D56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>199</v>
+        <v>293</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>21</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>302</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>304</v>
+      </c>
+      <c r="B59" t="s">
         <v>305</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>306</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>307</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>309</v>
+      </c>
+      <c r="B60" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
+        <v>78</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>312</v>
       </c>
-      <c r="F60" t="s">
-[...5 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>314</v>
+      </c>
+      <c r="B61" t="s">
         <v>315</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>84</v>
+      </c>
+      <c r="H61" t="s">
         <v>316</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>318</v>
+      </c>
+      <c r="B62" t="s">
+        <v>319</v>
+      </c>
+      <c r="C62" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>323</v>
+      </c>
+      <c r="B63" t="s">
+        <v>324</v>
+      </c>
+      <c r="C63" t="s">
         <v>325</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>95</v>
+      </c>
+      <c r="E63" t="s">
+        <v>96</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>326</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>328</v>
+      </c>
+      <c r="B64" t="s">
+        <v>329</v>
+      </c>
+      <c r="C64" t="s">
         <v>330</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>95</v>
+      </c>
+      <c r="E64" t="s">
+        <v>96</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>331</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>333</v>
+      </c>
+      <c r="B65" t="s">
         <v>334</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>335</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" t="s">
         <v>338</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>339</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
         <v>343</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>95</v>
+      </c>
+      <c r="E67" t="s">
+        <v>96</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>344</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>78</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>184</v>
+      </c>
+      <c r="I68" t="s">
         <v>349</v>
-      </c>
-[...16 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>350</v>
+      </c>
+      <c r="B69" t="s">
+        <v>351</v>
+      </c>
+      <c r="C69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>115</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>353</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>354</v>
-      </c>
-[...13 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70" t="s">
         <v>356</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>357</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>78</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>358</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>360</v>
+      </c>
+      <c r="B71" t="s">
         <v>361</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>57</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
+        <v>356</v>
+      </c>
+      <c r="C72" t="s">
+        <v>364</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>365</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...13 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>370</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" t="s">
         <v>373</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>374</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>95</v>
+      </c>
+      <c r="E74" t="s">
+        <v>120</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...16 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
         <v>378</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>95</v>
+      </c>
+      <c r="E75" t="s">
+        <v>96</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>380</v>
-      </c>
-[...16 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>381</v>
+      </c>
+      <c r="B76" t="s">
+        <v>382</v>
+      </c>
+      <c r="C76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>38</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>386</v>
+      </c>
+      <c r="B77" t="s">
         <v>387</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>388</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>57</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>390</v>
+      </c>
+      <c r="B78" t="s">
+        <v>391</v>
+      </c>
+      <c r="C78" t="s">
         <v>392</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>38</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I78" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>395</v>
       </c>
       <c r="B79" t="s">
         <v>396</v>
       </c>
       <c r="C79" t="s">
         <v>397</v>
       </c>
       <c r="D79" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>398</v>
       </c>
       <c r="I79" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>400</v>
       </c>
       <c r="B80" t="s">
         <v>401</v>
       </c>
       <c r="C80" t="s">
         <v>402</v>
       </c>
       <c r="D80" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
+      <c r="H80" t="s">
+        <v>403</v>
+      </c>
       <c r="I80" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B81" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>406</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
         <v>407</v>
       </c>
       <c r="I81" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>409</v>
       </c>
       <c r="B82" t="s">
         <v>410</v>
       </c>
       <c r="C82" t="s">
         <v>411</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>84</v>
+      </c>
+      <c r="H82" t="s">
+        <v>412</v>
       </c>
       <c r="I82" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B83" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C83" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
+      <c r="E83" t="s">
+        <v>292</v>
+      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="I83" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B84" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C84" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I84" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B85" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C85" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H85" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I85" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B86" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C86" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>95</v>
+      </c>
+      <c r="E86" t="s">
+        <v>96</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I86" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B87" t="s">
-        <v>434</v>
+        <v>435</v>
+      </c>
+      <c r="C87" t="s">
+        <v>436</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
+      <c r="E87" t="s">
+        <v>78</v>
+      </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I87" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B88" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C88" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="I88" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B89" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C89" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E89" t="s">
-        <v>312</v>
+        <v>96</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I89" t="s">
-        <v>446</v>
-[...6 lines deleted...]
-      <c r="B90" t="s">
         <v>448</v>
-      </c>
-[...161 lines deleted...]
-        <v>476</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">