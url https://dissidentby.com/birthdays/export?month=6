--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,267 +12,267 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
   </si>
   <si>
-    <t>Игорь Олегович Мойсеенко</t>
-[...5 lines deleted...]
-    <t>Бывший сотрудник МЧС.</t>
+    <t>Владимир Валентинович Журомский</t>
+  </si>
+  <si>
+    <t>1 июня 1989</t>
+  </si>
+  <si>
+    <t>Сотрудник государственного таможенного комитета.</t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
-    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>В заключении</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
-    <t>Решение суда 21.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: приговор оставлен без изменения. Решение суда 14.05.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
-[...16 lines deleted...]
-  <si>
     <t>12 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-10-10 00:21:52</t>
+  </si>
+  <si>
+    <t>Дмитрий Иванович Полторак</t>
+  </si>
+  <si>
+    <t>1 июня 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий был осуждён в августе 2022 года в рамках уголовного дела по статье «Организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» за участие в мирных акциях протеста, проходивших в 2020 году в Минске. Дмитрий попал на видео журналиста с акций протеста в первые дни после выборов.
+В мае 2023 года стало известно, что Дмитрия задержали в исправительном учреждении и судили по административной статье за «распространение экстремистских материалов», приговорив к административному аресту, который он отбывал в Гомельском ИВС.
+В июле того же года состоялось судебное заседание по вопросу замены ограничения свободы на лишение свободы в колонии; итог заседания неизвестен.</t>
+  </si>
+  <si>
+    <t>ИУОТ-17, г. Гомель, ул. Борисенко, 13, индекс 246020</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2022: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 08.11.2022: приговор оставлен без изменения. Суд по смене режима 11.07.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Дмитрий Валерьевич Головач</t>
   </si>
   <si>
     <t>1 июня 1982</t>
   </si>
   <si>
     <t>Музыкант группы TOR BAND , задержан вместе с Евгением Бурло, также были задержаны их жены. Жене Головача присудили штраф, жене Бурло – административный арест.
 В конце ноября 2022 Дмитрий и Евгений были осуждены третий раз на 15 суток. TOR BAND стал популярной в Беларуси группой на волне протестов 2020 годе. Многие песни стали хитами на разных платформах. Информационную продукцию, социальные сети и логотип группы TOR BAND признали «экстремистскими», а также их вышеперечисленные песни.</t>
   </si>
   <si>
     <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
   </si>
   <si>
     <t>9 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-12-06 20:51:07</t>
   </si>
   <si>
     <t>Артур Геннадьевич Хлус</t>
   </si>
   <si>
     <t>1 июня 1998</t>
   </si>
   <si>
     <t>Артур родом из Пинска. Учился в Слонимский медицинском колледже, закончил с красным дипломом и по окончанию был распределён в Гродно. Поступил в ГрГМУ, помимо этого работал фельдшером выездной бригады в скорой помощи.
 Согласно провластным телеграм-каналам был задержан за регистрацию в плане "Перамога", а также участвовал в "несанкционированных массовых мероприятиях ".
 17.08.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии усиленного режима</t>
   </si>
   <si>
     <t>2022-11-02 13:53:09</t>
   </si>
   <si>
+    <t>Игорь Олегович Мойсеенко</t>
+  </si>
+  <si>
+    <t>1 июня 1993</t>
+  </si>
+  <si>
+    <t>Бывший сотрудник МЧС.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 21.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: приговор оставлен без изменения. Решение суда 14.05.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:41:19</t>
+  </si>
+  <si>
     <t>Захар Олегович Таразевич</t>
   </si>
   <si>
     <t>1 июня 2003</t>
   </si>
   <si>
     <t>Лицеист МВД. Задержан вместе с гражданином РФ Антоном Лысовым. Обвиняется в поджоге автомобиля главы комитета судэкспертиз Алексея Волкова.</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>7,5 лет лишения свободы в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-09-09 14:45:35</t>
-  </si>
-[...21 lines deleted...]
-    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Дмитрий Николаевич Ивашков</t>
   </si>
   <si>
     <t>2 июня 1981</t>
   </si>
   <si>
     <t>Член инициативной группы кандидата в президенты Светланы Тихановской был задержан 27 сентября 2020 года в Гомеле на мирной акции протеста и обвинён в участии в "массовых беспорядках" и планировании "захвата зданий".
 Зимой 2023 года Дмитрий был переведен на тюремный режим.</t>
   </si>
   <si>
-    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
-[...2 lines deleted...]
-    <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
+    <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
+  </si>
+  <si>
+    <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима. Решение суда дата неизвестна: 1 год лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
   </si>
   <si>
+    <t>Роман Юрьевич Парфёнов</t>
+  </si>
+  <si>
+    <t>2 июня 1982</t>
+  </si>
+  <si>
+    <t>Согласно сообщению суда, суть обвинения против всех заключалась в том, что люди 10 августа 2020 года в Бресте «выкрикивали лозунги, свистели, хлопали в ладони, демонстрировали полотна бело-красно-белого цвета, выходили на проезжую часть». Этим они якобы грубо нарушали общественный порядок.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 15.11.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
     <t>Николай Николаевич Лепешко</t>
   </si>
   <si>
     <t>2 июня 1977</t>
   </si>
   <si>
     <t>47-летний отец Николай был задержан вместе с 46-летней женой Еленой и их 24-летним сыном Никитой за участие в акция простеста 2020 года.</t>
   </si>
   <si>
     <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
   </si>
   <si>
     <t xml:space="preserve"> Решение суда 03.02.2025: неизвестно лет ограничения свободы без направления.</t>
   </si>
   <si>
     <t>2025-01-31 20:22:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-28 22:07:42</t>
   </si>
   <si>
     <t>Юрий Геннадьевич Ольховик</t>
   </si>
   <si>
     <t>3 июня 1987</t>
   </si>
   <si>
     <t>Бизнесмен, задержанный осенью 2023 года за призывы к санкциям. Против Юрия возбуждено уголовное дело, он заключен под стражу (место содержания уточняется).
 В эфире провластного телеканала "Беларусь 1" Юрий Ольховик представлен как «соучредитель компании — официального дистрибьютора мировых производителей». Сам он рассказал, что занимался поставками оборудования неразрушающего контроля и химического анализа, испытательного оборудования. Он написал письмо в европейскую компанию с просьбой о прекращении сотрудничества с белорусской компанией, внесенной в санкционный список.</t>
   </si>
   <si>
     <t>2024-01-03 01:34:38</t>
   </si>
   <si>
-    <t>Алексей Фирдовсович Кудасов</t>
+    <t>Алексей Фирдавсович Кудасов</t>
   </si>
   <si>
     <t>3 июня 1998</t>
   </si>
   <si>
     <t>Алексей был задержан 1 июля 2021 года в Минске сотрудниками ГУБОПиК. На следующий день суд назначил ему 15 суток административного ареста, однако вместо освобождения его перевели в СИЗО — он стал фигурантом уголовного дела о групповых действиях, грубо нарушающих общественный порядок.
 Дело рассматривалось по четырём статьям УК: «организация массовых беспорядков», «создание экстремистского формирования», «разжигание социальной вражды» и «оскорбление представителя власти». Суд проходил в закрытом режиме, детали обвинений неизвестны.
 В апреле 2022 года суд приговорил Алексея к 11 годам лишения свободы. После суда в провластных каналах было опубликовано видео, где утверждалось, что Алексей был администратором телеграм-чата «Каскад». Ранее про него также снимали видео на TUT.BY.
 В июле 2023 года стало известно, что он находится в СИЗО, и 11 августа 2023 года его вновь признали виновным по новому делу о «создании экстремистского формирования», добавив к сроку ещё 6 месяцев.</t>
   </si>
   <si>
     <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
   </si>
   <si>
     <t>Решение суда 25.04.2022: 11 лет лишения свободы в колонии в условиях строгого режима. Решение суда 11.08.2023: 7 лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
     <t>Андрей Сергеевич Загорский</t>
   </si>
   <si>
     <t>4 июня 1988</t>
   </si>
@@ -286,562 +286,539 @@
     <t>Решение суда 01.04.2025: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
     <t>Дмитрий Дмитриевич Корнеев</t>
   </si>
   <si>
     <t>5 июня 1995</t>
   </si>
   <si>
     <t>Дмитрий был задержан и осужден за то, что 10 августа 2020 года бросил «коктейль Молотова» в сторону военнослужащих. Бутылки, по версии следствия, были перевезены в центр Гомеля Леонидом Ковалёвым, который спрятал их, а вечером того же дня передал Дмитрию и Никите Золотореву с предложением поджечь здание, автобус или автозак. Дмитрий частично признал свою вину, объяснив, что бросил «коктейль» для того, чтобы выиграть время и избежать задержания.
 В декабре 2021 года был переведен на тюремный режим за «злостное неповиновение требованиям администрации исправительного учреждения».</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Решение суда 22.02.2021: 8 лет лишения свободы в колонии в условиях строгого режима. Апелляция 23.04.2021: приговор оставлен без изменения. Суд по смене режима 08.12.2021: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-28 02:13:22</t>
   </si>
   <si>
+    <t>Витольд Стэфанович Шалкевич</t>
+  </si>
+  <si>
+    <t>5 июня 1980</t>
+  </si>
+  <si>
+    <t>Витольду Шалкевичу 44 года. Он родом из крупного городка Порозово Свислочского района. У мужчины есть жена и две несовершеннолетние дочери.
+Витольда задержали в августе 2023 года прямо на работе. Сначала присудили арест за»распространение экстремистских материалов". После губопиковцы сняли с ним видео и перевели из СИЗО. По данным провластных телеграм-каналов, Шалкевич оставил несколько тысяч комментариев в разных чатах.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Сергей Юрьевич Манжос</t>
+  </si>
+  <si>
+    <t>5 июня 1991</t>
+  </si>
+  <si>
+    <t>Решение суда 20.10.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Светлана Ивановна Кашкель</t>
+  </si>
+  <si>
+    <t>5 июня 1963</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Алексей Сергеевич Резников</t>
+  </si>
+  <si>
+    <t>5 июня 1988</t>
+  </si>
+  <si>
+    <t>Житель Витебска, задержан за репосты в социальных сетях. Суд закрытый, родственников у молодого человека нет. Известно, что ему около 30 лет, он уезжал на заработки, в Беларуси его задержали по возвращении. Через три дня после задержания умерла его мать. Больше родственников не осталось.</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 26.08.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
+    <t>Наталья Олеговна Лобацевич</t>
+  </si>
+  <si>
+    <t>Татьяну Францкевич и Наталью Лобацевич задержали 19 июля 2024 года, когда Татьяну вызвали в следственный комитет подписать подписку о не выезде из города Полоцк, а Наталья поехала вместе с ней поддержать.
+Против Татьяны Францкевич, матери осужденного анархиста Александра Францкевича, и ее сестры Натальи Лобацевич, матери бывшего политзаключенного Ильи Лобацевича, завели уголовное дело и поместили в СИЗО Витебска.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.02.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 15.04.2025: отправлено на пересмотр. Решение суда 16.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-07-25 20:42:36</t>
+  </si>
+  <si>
+    <t>Ольга Анатольевна Николаева</t>
+  </si>
+  <si>
+    <t>Провластные СМИ в декабре 2024 года выложили аудио с Ольгой, которую обвиняют в участии в чате «Белые крылья Барановичей». Когда КГБ объявил чат «Белые крылья Барановичи» — совсем маленький и давно неактивный районный чат — экстремистским формированием, среди числа участников была названа Ольга. Вышли на Ольгу через незащищенный аккаунт. Он был привязан к собственному номеру девушки. Вероятнее всего Ольгу до суда содержали в СИЗО.
+Ольга играет на барабанах и в студенчестве была ударницей в любительских музыкальных группах. Вместе с мужем они любят путешествовать.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
     <t>Алексей Петрович Камович</t>
   </si>
   <si>
     <t>5 июня 1979</t>
   </si>
   <si>
     <t>Банковский менеджер. Имеет 15-летний опыт руководства региональными подразделениями банков.
 Последнее место работы банк РРБ.</t>
   </si>
   <si>
     <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-09-14 23:00:07</t>
   </si>
   <si>
-    <t>Ольга Анатольевна Николаева</t>
-[...89 lines deleted...]
-    <t>2024-07-25 20:42:36</t>
+    <t>Денис Валентинович Сальманович</t>
+  </si>
+  <si>
+    <t>6 июня 1991</t>
+  </si>
+  <si>
+    <t>Сначала находился на Окрестина. Затем был арестован по УК. Близкие отмечают, что Денис хороший, честный, справедливый и отзывчивый парень. На провластных каналах Дениса называют «главным визуальным редактором» роликов движения «Супраціў». На видео Сальманович говорит, что задержан сотрудниками милиции из-за того, что «состоял в деструктивных телеграм-каналах», «сотрудничал с "Буслы ляцяць"» и участвовал в акциях протеста в 2020 году.
+Апелляционный суд сократил срок отбывания наказания с 10 до 9.5 лет лишения свободы.
+У Дениса тяжелое заболевание — хронический гломерулонефрит после геморрагического васкулита. Летом 2024 года мужчину из колонии забрала скорая помощь. Сальмановича прооперировали — вырезали желчный пузырь. После операции мужчина еще неделю находился в санчасти колонии, пока ему не сняли швы.
+Мама политзаключенного говорит, что последний раз Денис выходил с ней на связь в середине ноября 2024 года. После звонка мужчину сразу же забрали в ШИЗО, где он находится до сих пор (январь 2024 года).
+В апреле 2025 года ему ужесточили вид наказания и перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 30.09.2022: 10 лет лишения свободы в колонии в условиях усиленного режима, 6400 рублей компенсации. Апелляция 23.12.2022: 9 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 6400 рублей компенсации. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:13:17</t>
   </si>
   <si>
     <t>Денис Евгеньевич Ивашин</t>
   </si>
   <si>
     <t>6 июня 1979</t>
   </si>
   <si>
     <t>Денис — журналист и редактор-волонтёр белорусской версии InformNapalm, внештатный корреспондент «Новага Часу». Его расследования касались влияния «русского мира» на Беларусь и Сирию, застройки в Куропатах и перехода бывших украинских беркутовцев в силовые структуры Беларуси.
 В марте 2021 года его задержали сотрудники КГБ по обвинению во «вмешательстве в деятельность милиции». Обыски прошли в его квартире, у матери и 95-летней бабушки. В 2022 году стало известно, что ему также инкриминируют сотрудничество с украинской разведкой.
 В сентябре 2022 года Дениса осудили по статьям об «измене государству» и «вмешательстве в деятельность сотрудника внутренних дел», однако позже последнее обвинение заменили на «незаконный сбор или распространение данных о личной жизни».
 В июне 2023 года его перевели на строгий тюремный режим без уведомления родственников и адвоката.
 В апреле 2024 года политзаключенного лишили передач, а отправка витаминов теперь требует разрешения тюремного врача.</t>
   </si>
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>Решение суда 14.09.2022: 13 лет 1 месяц лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа, 18000 рублей компенсации. Апелляция 20.12.2022: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
-    <t>Денис Валентинович Сальманович</t>
-[...15 lines deleted...]
-    <t>2021-10-26 19:13:17</t>
+    <t>Сергей Александрович Романов</t>
+  </si>
+  <si>
+    <t>7 июня 1994</t>
+  </si>
+  <si>
+    <t>Активист анархического движения был задержан при пересечении границы Беларуси в ночь с 28 на 29 октября 2020 года и обвинён в «поджогах» и «терроризме». Ранее он отбывал наказание в виде 5 лет лишения свободы по статье 295-3 УК РБ и был освобождён в 2019 году.
+29 октября 2021 года в Гомеле Сергея приговорили к 1 году лишения свободы за «нарушение условий надзора» по предыдущей политической статье. В марте 2023 года и сентябре 2024 года он дважды был осуждён за «злостное неповиновение требованиям администрации колонии». По данной статье судят заключённых, отказывающихся от сотрудничества с администрацией, за вымышленные нарушения. В результате его общий срок лишения свободы составил 22 года и 11 месяцев.
+Осенью 2025 года стало известно, что недавно Сергей Романов попал в больницу, где ему сделали операцию. Операция была плановой и прошла без осложнений. Вскоре его вновь должны перевести в колонию. </t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2021: 20 лет лишения свободы в колонии в условиях строгого режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 23.03.2023: 11 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 06.06.2023: приговор оставлен без изменения. Решение суда 25.09.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.11.2024: приговор оставлен без изменения. Решение суда 19.05.2025: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Никита Александрович Грушевский</t>
   </si>
   <si>
     <t>7 июня 2000</t>
   </si>
   <si>
     <t>О Никите Грушевском известно, что он в 2022 году окончил Гомельский государственный технический университет имени П. Сухого. Работал вахтовым образом в России.
 По информации, которой обладают правозащитники, Никита Грушевский высказывал свои мнения, в том числе о лицах, которые сейчас нелегально удерживают власть в Беларуси, в интернет-комментариях в сообществах в соцсетях. 
 В том числе его осудили за то, что он входил в число некоего сообщества, которое режим объявил “экстремистским формированием” .
 Суд над Никитой Грушевским проходил в закрытом от общества режиме.</t>
   </si>
   <si>
     <t>Решение суда 23.09.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Сергей Александрович Романов</t>
-[...16 lines deleted...]
-    <t>2021-02-27 00:40:05</t>
+    <t>Валерий Игоревич Заливако</t>
+  </si>
+  <si>
+    <t>8 июня 1991</t>
+  </si>
+  <si>
+    <t>16.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.04.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 16.07.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
   </si>
   <si>
     <t>Ирина Алексеевна Саврицкая</t>
   </si>
   <si>
     <t>8 июня 1966</t>
   </si>
   <si>
     <t>Ирина работала специалистом по продажам, а затем менеджером в «Анастане». Была осуждена вместе с дочерью и мужем.
 Поводом для уголовного дела стал созданный семьей видеоролик летом 2020 года с призывом прекратить насилие. Муж Геннадий на суде рассказал, что в один из дней лета 2020 года, на эмоциях от увиденных в интернете данных о примененном со стороны сотрудников насилии в отношении протестующих, решил записать видеозапись с обращением к сотрудникам с призывом к обоснованному применению силы. Придумал текст выступления, после чего попросил свою дочь его прочитать. Также он попросил жену высказаться о выборах. В этот же день он высказал на видео пожелания о дальнейшей судьбе страны, в конце своего выступления также показал символ в виде сердца. После этого он нашел в интернете видеоролики и смонтировал видео. В этот же день отправил его нескольким своим знакомым и родственникам. </t>
   </si>
   <si>
     <t>Решение суда 21.11.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Валерий Игоревич Заливако</t>
-[...11 lines deleted...]
-    <t>2024-04-12 17:45:06</t>
+    <t>Юрий Михайлович Палюхович</t>
+  </si>
+  <si>
+    <t>9 июня 1986</t>
+  </si>
+  <si>
+    <t>Юрий был сначала осуждён на три года «домашней химии», а затем в ноябре 2021 года — на три года ограничения свободы с направлением в исправительное учреждение открытого типа. Оба эпизода касались обвинений по статье об оскорблении представителей власти.
+В 2022 году против него возбудили третье уголовное дело по статьям «насилие либо угроза применения насилия в отношении сотрудника милиции», «оскорбление представителя власти» и «оскорбление судьи». В декабре того же года Юрию назначили пять лет ограничения свободы с направлением.</t>
+  </si>
+  <si>
+    <t>ИУОТ-21, 247783 Гомельская область, г. Мозырь, б-р Юности, 24</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года ограничения свободы без направления. Апелляция дата неизвестна: приговор оставлен без изменения. Решение суда 23.11.2021: 3 года ограничения свободы с направлением в учреждение открытого типа. Решение суда 23.12.2022: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция 24.01.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-01-30 21:53:18</t>
+  </si>
+  <si>
+    <t>Павел Николаевич Чуркин</t>
+  </si>
+  <si>
+    <t>9 июня 1987</t>
+  </si>
+  <si>
+    <t>Павел впервые был осуждён в мае 2021 года за «оскорбление Лукашенко» и приговорён к лишению свободы в колонии. В мае 2022 года он был освобождён, полностью отбыв назначенный судом срок наказания.
+Повторно Павла задержали весной 2024 года по подозрению в сотрудничестве с Главным управлением разведки Министерства обороны Украины. Об этом сообщили в передаче «Всё по делу» на государственном телеканале «Беларусь 4. Могилёв». На опубликованном видео Павел говорит, что снимал размещение «Искандеров», чтобы передать записи ВСУ, а также зачитывает текст, представленный как присяга Украине.
+В ноябре 2024 года в отношении него прошёл ряд судебных заседаний по статьям «участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте, военных действиях, вербовка либо подготовка лиц к такому участию» и «измена государству». Итог рассмотрения дел неизвестен.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.05.2021: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 19.11.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2021-09-03 13:56:39</t>
   </si>
   <si>
     <t>Ярослав Петрович Сакович</t>
   </si>
   <si>
     <t>9 июня 1980</t>
   </si>
   <si>
     <t>По версии следствия, задержан за то, что передавал данные ВСУ Украины. Жена-украинка. Проживал в Украине, вернулся в Беларусь в 2021 году из-за больных родителей. Был задержан КГБ, его пытали всю ночь, чтобы он признался в том, что воевал ранее в Украине, звонили жене и обещали выслать его голову. После этого Ярослава отпустили. Спустя год его снова задержали, теперь он находится в СИЗО. 
 4 мая 2023 осужден по двум статьям (370 и 295 УК) к 2 годам лишения свободы, после протеста прокурора увеличили срок наказания в 2 раза. Находится в СИЗО, т.к. возбуждено ещё два уголовных дела. Его обвиняют по статье об измене государству (часть 1 статьи 356 УК) за «перадачу данных ВСУ».
 Летом 2024 года стало известно, что Ярослава снова перевели в СИЗО-1.</t>
   </si>
   <si>
     <t>11 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Максим Михайлович Матырко</t>
   </si>
   <si>
     <t>9 июня 1977</t>
   </si>
   <si>
     <t>Гражданин РФ, 16 лет живет в Минске.
 По данным провластных каналов, задержан за участие в акциях протеста в 2020 году.
 Осужден за участие в акциях протеста и поджоге машины (точная информация по обвинению неизвестна).
 Стало известно, что Максима 12.05.2023 года судили по ч. 2 ст. 411 УК . Приговор неизвестен.</t>
   </si>
   <si>
     <t>Решение суда 06.04.2022: 9 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 12.05.2023: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 10.09.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
-    <t>Иван Владимирович Котов</t>
-[...48 lines deleted...]
-    <t>2021-09-03 13:56:39</t>
+    <t>Данила Максимович Чибисов</t>
+  </si>
+  <si>
+    <t>10 июня 2003</t>
+  </si>
+  <si>
+    <t>Данила-студент Гомельского государственного университета имени Франциска Скорины. 18 октября 2024 года в суде Новобелицкого района Гомеля его вместе с матерью Еленой Чибисовой осудили по ч. 2 ст. 19.11 КоАП (рапсовое распространение экстремистских материалов). Итог того судебного заседания неизвестен. После этого было заведено уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда 03.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
+  </si>
+  <si>
+    <t>Виктор Васильевич Турченик</t>
+  </si>
+  <si>
+    <t>10 июня 1989</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:45:43</t>
+  </si>
+  <si>
+    <t>Сергей Васильевич Чижевский</t>
+  </si>
+  <si>
+    <t>10 июня 1978</t>
+  </si>
+  <si>
+    <t>31.05.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.03.2024: 2 года 8 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 31.05.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
+  </si>
+  <si>
+    <t>Павел Валерьевич Шпак</t>
+  </si>
+  <si>
+    <t>10 июня 1985</t>
+  </si>
+  <si>
+    <t>Павел ученый-физик. В 2007 году он окончил магистратуру Белорусского государственного университета по специальности «Лазерная физика», имеет степень кандидата физико-математических наук. Два года назад он нашел работу в Польше и получил рабочий вид на жительство, но время от времени ездил домой. Во время одной из поездок его задержали.
+Почти 16 лет (с 2007 по 2023 год) мужчина работал в Институте физики Национальной академии наук Беларуси, пройдя путь от младшего научного сотрудника до исследователя. В его научном портфолио — 33 публикации и участие в разработке лазерных систем, оптоэлектроники.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:12:55</t>
   </si>
   <si>
     <t>Юрий Александрович Моисеенко</t>
   </si>
   <si>
     <t>10 июня 1998</t>
   </si>
   <si>
     <t>17.04.2024 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
   </si>
   <si>
     <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
   </si>
   <si>
-    <t>Данила Максимович Чибисов</t>
-[...11 lines deleted...]
-    <t>2025-02-10 18:24:41</t>
+    <t>Владислав Дмитриевич Пудяк</t>
+  </si>
+  <si>
+    <t>Начальник цеха "Гомсельмаш".
+08.09.2023 состоялось рассмотрение апелляционное заседание, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.06.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 08.09.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-06-03 22:39:05</t>
   </si>
   <si>
     <t>Денис Сергеевич Сидорок</t>
-  </si>
-[...1 lines deleted...]
-    <t>10 июня 1989</t>
   </si>
   <si>
     <t>Предположительно задержан за участие в акциях протеста в 2020.
 14.03.2023 года состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии общего режима</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
-    <t>Виктор Турченик</t>
-[...57 lines deleted...]
-  <si>
     <t>Владимир Иванович Журавко</t>
   </si>
   <si>
     <t>13 июня 1985</t>
   </si>
   <si>
-    <t>Бывший оператор ГПУ цеха "Аммиак-3". По предварительной информации задержан в рамках статей 356 и 357 УК РБ ( "измена государству" и "заговор или иные действия, совершенные с целью захвата государственной власти").
-[...5 lines deleted...]
-    <t>15 лет колонии в условиях усиленного режима</t>
+    <t>Владимир, бывший оператор ДПУ цеха «Аммиак-3» на предприятии Гродно Азот, был задержан осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух». 21 сентября 2021 года эта инициатива была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Владимира признали виновным по статьям «клевета», «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы.
+В ноябре 2023 года состоялось очередное судебное заседание, по итогам которого Владимира перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 15 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: приговор оставлен без изменения. Суд по смене режима 16.11.2023: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-09-26 12:51:26</t>
   </si>
   <si>
     <t>Сергей Владимирович Чаботько</t>
   </si>
   <si>
     <t>13 июня 1983</t>
   </si>
   <si>
     <t>Владельц популярного сайта s13.ru . Сергея судили 25 октября за "распространение экстремистских материалов". Итогом рассмотрения стали также 15 суток административного ареста. В тот день стало известно, что суд по заявлению прокурора города Гродно признал "экстремистскими материалами" сайт s13.ru, который существовал почти два десятилетия. После первого заключения Сергея обвинили в "нарушение порядка организации или проведения массовых мероприятий". Административное дело в среду рассматривал суд Ленинского района ,судья Наталья Горбач присудила еще 15 суток.
 В итоге Сергея Чаботько судили трижды-за распространение экстремистских материалов и "пикет" в интернете. 
 Сергей не вышел на свободу и после 45 суток административного ареста. Вероятно, мужчину взяли под стражу. 
 Сайт s13.ru КГБ Беларуси признал "экстремистским формированием", поэтому вероятно дело Сергея связано с этим.</t>
   </si>
   <si>
     <t>Решение суда 31.10.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
+    <t>Роман Олегович Цыганков</t>
+  </si>
+  <si>
+    <t>13 июня 1994</t>
+  </si>
+  <si>
+    <t>Задержан за участие в акциях протеста в 2020 году.
+20.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.08.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 20.10.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-10-12 17:00:37</t>
+  </si>
+  <si>
     <t>Дмитрий Владимирович Сосновский</t>
   </si>
   <si>
     <t>13 июня 1990</t>
   </si>
   <si>
     <t>Дмитрий был задержан в июле 2021 года в рамках уголовного дела о покушении на пропагандиста Григория Азаренка по статье «акт терроризма». По версии обвинения, он предпринял «умышленные действия, направленные на подготовку к акту терроризма в отношении Азаренка». Рассматривались разные варианты, в том числе — насильственное принуждение к записи видеообращения.
 Дмитрий стал единственным фигурантом дела, кто не признал вину. На суде он заявил, что в преступление его втянули в ходе следственного эксперимента. По его словам, после задержания к нему применяли насилие и пытки, заставив подписать чистосердечное признание. Во время допросов ему нанесли серьёзные травмы рук, из-за чего он теперь не может полноценно работать. На первом заседании он также заявил о желании отказаться от гражданства Беларуси, так как «не имеет отношения к терроризму».
 В декабре 2022 года Дмитрия признали виновным и приговорили к лишению свободы в колонии усиленного режима, а также к крупному штрафу.</t>
   </si>
   <si>
     <t>Решение суда 05.12.2022: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-08-04 12:30:46</t>
   </si>
   <si>
-    <t>Елена Геннадьевна Рудая</t>
-[...29 lines deleted...]
-  <si>
     <t>Сергей Андреевич Батура</t>
   </si>
   <si>
     <t>13 июня 2001</t>
   </si>
   <si>
     <t>Был задержан в рамках уголовного дела 9 ноября 2021 года за участие в протестах. Сначала его поместили в СИЗО КГБ, затем перевели в СИЗО-1.
 Также его обвинили в получении из-за границы телескопических дубинок, электрошокеров и других средств.</t>
   </si>
   <si>
     <t>Решение суда 01.07.2022: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
+  </si>
+  <si>
+    <t>Елена Геннадьевна Артюш (Рудая)</t>
+  </si>
+  <si>
+    <t>13 июня 1969</t>
+  </si>
+  <si>
+    <t>Пульмонолог с 30-летним стажем. Работала в 10-й больнице Минска (1992-2022), заведовала отделением.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.07.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-27 21:00:10</t>
   </si>
   <si>
     <t>Сергей Ромуальдович Плонис</t>
   </si>
   <si>
     <t>14 июня 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Сергей, системный администратор в сфере локальных сетей и видеонаблюдения, был задержан 2 октября 2020 года по делу о массовых беспорядках и обвинён в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
 </t>
   </si>
   <si>
     <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
     <t>Антон Владимирович Денейко</t>
   </si>
   <si>
     <t>14 июня 1991</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
@@ -855,201 +832,196 @@
   <si>
     <t>Его объявили членом "экстремистского формирования "  "Да Зораў". По мнению КГБ, туда входят он, а также Семен Малашенков.
 Он известен как музыкант, мастер по изготовлению гуслей и участник группы «Старый Ольса». С 2002 года Чумаков играл и пел в группе средневековой музыки «старый Ольса», используя гусли, свирели и другие древние инструменты. В 2005 году он основал группу «бокал кола», которая исполняла белорусские народные танцы под дуду и гусли, однако проект просуществовал недолго. Время от времени музыкант выступал сольно с танцевальной народной программой.
 Кроме того, Алесь переводил ирландскую героическую поэзию на белорусский язык. В группе Ceilidh Ceol, созданной в середине 2000-х, он исполнял старинные ирландские песни по-беларуски, посвященные свободе и памяти предков. В 2020 году его вокал прозвучал в белорусской озвучке сериала «Ведьмак» от Netflix — он исполнил известную песню Toss a Coin to Your Witcher в белорусском переводе.</t>
   </si>
   <si>
     <t>2025-12-16 19:40:03</t>
   </si>
   <si>
     <t>Артём Игоревич Косаковский</t>
   </si>
   <si>
     <t>14 июня 1998</t>
   </si>
   <si>
     <t>Артём работал оптиком на Лидском заводе «Оптик». Он получил образование в физико-математическом лицее Гродно и Лидском политехническом колледже. Его задержали 27 сентября 2020 года по делу о массовых беспорядках и обвинили в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
 В мае 2022 года Артёма повторно осудили за участие в акциях протеста, проходивших в 2020 году в Лиде.</t>
   </si>
   <si>
     <t>Решение суда 19.07.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 23.05.2022: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
-    <t>Елена Валерьевна Добыш</t>
-[...11 lines deleted...]
-    <t>2025-03-27 00:27:54</t>
+    <t>Максим Валерьевич Лукашевич</t>
+  </si>
+  <si>
+    <t>15 июня 1989</t>
+  </si>
+  <si>
+    <t>Решение суда 16.12.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 14.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-13 11:59:34</t>
   </si>
   <si>
     <t>Валерий Тадеушевич Вискирский</t>
   </si>
   <si>
     <t>15 июня 1986</t>
   </si>
   <si>
     <t>Первоначальная причина задержания - распространение экстремистских материалов в рамках административного политически мотивированного дела.
 В ходе ареста мужчине были предъявлены обвинения по уголовному делу за многочисленные лайки в "Одноклассниках".
 4 июля 2023 г. состоялось рассмотрение апелляционной жалобы. приовор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 14.03.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.07.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-07-04 02:34:41</t>
   </si>
   <si>
     <t>Алексей Владимирович Кузьмин</t>
   </si>
   <si>
     <t>15 июня 1980</t>
   </si>
   <si>
     <t>Начальник отдела предбиллинга и тарификации МТС. 
 Согласно материалам следствия, Кузьмин имел доступ к личной информации клиентов МТС и с 9 августа 2020 года до 8 апреля 2021 года «сливал» ее в телеграм-каналы «Черная книга Беларуси», «Каратели Беларуси» и «Все нарушения!».
 Потерпевших набралось 57 человек — это силовики, пропагандисты, чиновники, судьи, прокуроры и члены их семей. Кроме того, следствие считает, что «совместные действия Кузьмина с иными лицами» повлекли нарушения работы транспорта и предприятий «с причинением „Минсктранс“ ущерба в размере чуть более 22 500 рублей».
 Среди потерпевших числятся в частности сотрудница «СБ. Беларусь сегодня» Людмила Гладкая, а также член белорусской компартии и депутат Сергей Клишевич.</t>
   </si>
   <si>
     <t>Решение суда 18.09.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Ольга Прокопчик</t>
+    <t>Ольга Анатольевна Прокопчик</t>
   </si>
   <si>
     <t>15 июня 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
-    <t>Евгений Александрович Краснянский</t>
-[...12 lines deleted...]
-    <t>2025-08-18 14:56:18</t>
+    <t>Елена Валерьевна Добыш</t>
+  </si>
+  <si>
+    <t>15 июня 1981</t>
+  </si>
+  <si>
+    <t>Была задержана в марте 2025 года в рамках уголовного дела, связанного с "экстремистской деятельностью".</t>
+  </si>
+  <si>
+    <t>Решение суда 22.10.2025: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-03-27 00:27:54</t>
   </si>
   <si>
     <t>Павел Сергеевич Кабарчук</t>
   </si>
   <si>
     <t>16 июня 1993</t>
   </si>
   <si>
     <t>15 февраля 2024 в Лельчицком районе Гомельской области на границе с Украиной ввели режим «контртеррористической операции». Население просили «сохранять спокойствие и подчиняться требованиям сотрудников силовых структур». В КГБ утверждают, что задержали участников «диверсионно-разведывательной группы», в состав которой входили граждане Украины и Беларуси. Среди задержанных - граждане Украины отец и сын Сергей и Павел Кабарчуки. Сергей Кабарчук 1963 года рождения из Ковельского района Волынской области. Отец и сын были задержаны в феврале 2024 года в Лельчицком районе. При них обнаружили «взрывные устройства и иные средства поражения». КГБ «установило», что взрывные устройства предназначались для терактов в Беларуси и России, а «заброску группы» организовала Службы безопасности Украины.
 Тогда же задержали и жителя Бреста Виталия Власюка 1970 года рождения. Его обвинили в контрабанде (часть 3 статьи 228 УК).
 В СИЗО КГБ подвергался пыткам. После задержания несколько дней удерживали в СИЗО КГБ без еды.</t>
   </si>
   <si>
-    <t>Решение суда 23.10.2024: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
+    <t>Решение суда 23.10.2024: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
     <t>Сергей Михайлович Ярошевич</t>
+  </si>
+  <si>
+    <t>16 июня 1982</t>
   </si>
   <si>
     <t>Администратор телеграм-канала "Армия с народом" и муж политзаключённой Антонины Коноваловой был задержан 2 октября 2020 года и осуждён за «подготовку к участию в массовых беспорядках».
 В январе 2023 года Сергей был повторно осуждён за «злостное неповиновение требованиям администрации исправительного учреждения».</t>
   </si>
   <si>
     <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
   </si>
   <si>
     <t>Решение суда 07.05.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 30.07.2021: приговор оставлен без изменения. Решение суда 26.01.2023: 9 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
+    <t>Евгений Александрович Краснянский</t>
+  </si>
+  <si>
+    <t>43-летнему Евгению вынесли приговор за социологическое исследование о ковиде в Беларуси.
+Ранее Следственный комитет сообщал подробности преследования Краснянского. Ведомство утверждало, что мужчина подготовил для одной из иностранных организаций исследование, содержащее "заведомо ложные сведения о политике страны в области здравоохранения в части принимаемых мер по борьбе с коронавирусной инфекцией". Известно, что вместе с Евгением Краснянским были задержаны две женщины: минчанки 37 и 43 лет. Они якобы проводили социологическое исследование о наличии преимуществ среди граждан в развитии страны посредством интеграции со странами Европейского союза. Чтобы прийти к желательному результату, женщины якобы опрашивали представителей фокус-группы, имеющих "заведомо негативное отношение к имеющейся в государстве политической системе и конституционному строю". Приговоры женщинам неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.08.2025: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 595 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-08-18 14:56:18</t>
+  </si>
+  <si>
     <t>Алексей Сергеевич Бородко</t>
   </si>
   <si>
     <t>17 июня 1998</t>
   </si>
   <si>
     <t>Адвокат был задержан в конце января и находится в СИЗО-1 на Володарского. После задержания профиль адвоката удалили с сайта Республиканской коллегии адвокатов. Позже стало известно, что 21 апреля 2023 года его лишили лицензии.
 08.09.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 19.05.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
     <t>Александр Александрович Чиж</t>
   </si>
   <si>
     <t>18 июня 1983</t>
   </si>
   <si>
     <t>Решение суда 19.06.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-06-17 19:24:12</t>
-  </si>
-[...15 lines deleted...]
-    <t>2022-06-20 16:01:58</t>
   </si>
   <si>
     <t>Владимир Михайлович Морозов</t>
   </si>
   <si>
     <t>19 июня 1980</t>
   </si>
   <si>
     <t>Вероятнее всего был задержан 26.01.2023  за распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность. После чего было открыто уголовное дело по многочисленным статьям. До суда, предположительно, находился в заключении в тюрьме в Жодино.
 26.01.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 15.11.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.01.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
     <t>Дмитрий Петрович Морозов</t>
   </si>
   <si>
     <t>19 июня 1972</t>
   </si>
   <si>
     <t>Решение суда 22.11.2023: неизвестно. Апелляция 14.03.2024: неизвестно.</t>
@@ -1071,403 +1043,361 @@
 Из публикаций в социальных сетях Глеба Дудко можно понять, что в 2022 году он осудил военную агрессию в отношении Украины. Что именно послужило основанием для политического преследования гомельчанина неизвестно.</t>
   </si>
   <si>
     <t>Решение суда 09.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Валентина Владимировна Полоз</t>
   </si>
   <si>
     <t>21 июня 1974</t>
   </si>
   <si>
     <t>Комитет госбезопасности в пропагандистском фильме 11 сентября 2023 года сообщил, что задержал в Беларуси шесть человек по обвинению в сотрудничестве с "Службой безопасности Украины" и "подготовке терактов". На видео некоторые из них выглядят избитыми, некоторых на следственных действиях водят на цепях, одного из задержанных сняли в СИЗО КГБ. В итоге трех человек, в том числе Валентину, обвинили сразу по шести статьям Уголовного кодекса, включая "Измена государству"и" агентурную деятельность".
 Валентина, по утверждению провластных СМИ, вместе с Лосовским Николаем забирала посылку, в которой были оружие и взрывчатка, ее нужно было закопать в Мозырском районе. Выполнить задание они не успели, так как были задержаны.</t>
   </si>
   <si>
     <t>Решение суда 02.12.2024: 9 лет лишения свободы в колонии в условиях общего режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Маргарита Александровна Щирец</t>
-[...27 lines deleted...]
-  <si>
     <t>Сергей Владимирович Бойко</t>
   </si>
   <si>
     <t>22 июня 1986</t>
   </si>
   <si>
     <t>Гражданин Украины. С 8 по 21 июня 2023 года дело в закрытом формате рассматривал судья Анатолий Сотников.
 29.08.2023 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 21.06.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.08.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-11 10:20:50</t>
   </si>
   <si>
-    <t>Наталья Васильевна Левая</t>
-[...10 lines deleted...]
-  <si>
     <t>Виталий Викторович Краснов</t>
   </si>
   <si>
     <t>22 июня 1987</t>
   </si>
   <si>
     <t>01.03.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>2024-02-28 21:08:51</t>
   </si>
   <si>
     <t>Сергей Викторович Евдокименко</t>
   </si>
   <si>
     <t>23 июня 1987</t>
   </si>
   <si>
     <t>Как следует из пресс-релиза Брестоблсуда, Евдокименко вменяли то, что с августа по декабрь 2020 года он передал «персональные и иные личные данные сотрудников органов внутренних дел для публичного распространения в сети Интернет». При этом данные брал из баз, к которым имел доступ по работе. Предположительно он работал в Брестском БТИ.
 10.10.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 31.07.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-07-20 13:03:39</t>
   </si>
   <si>
     <t>Андрей Владимирович Погерило</t>
   </si>
   <si>
     <t>23 июня 1991</t>
   </si>
   <si>
-    <t>Бывший слесарь-ремонтник цеха "Аммиак-3". 
-[...3 lines deleted...]
-    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: неизвестно.</t>
+    <t>Андрей, бывший слесарь-ремонтник цеха «Аммиак-3» на предприятии Гродно Азот, был задержан осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух». 21 сентября 2021 года эта инициатива была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Андрея признали виновным по статьям «клевета», «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-08-26 22:21:40</t>
   </si>
   <si>
     <t>Денис Михайлович Урад</t>
   </si>
   <si>
     <t>Денис, спецсвязист Генштаба Вооружённых Сил, был задержан в марте 2021 года и осужден за то, что, по информации провластных СМИ, сфотографировал секретное письмо от министра внутренних дел к министру обороны и «передал его польскому Telegram-каналу».
 Суд проходил в закрытом режиме, а приговор не подлежал обжалованию или пересмотру в апелляционном порядке. Помимо длительного срока лишения свободы, Дениса также лишили воинского звания.
 В августе 2022 года ему ужесточили вид наказания и перевели на тюремный режим.</t>
   </si>
   <si>
     <t>Решение суда 14.05.2021: 18 лет лишения свободы в колонии в условиях усиленного режима, ограничение по военной службе. Суд по смене режима 22.08.2022: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
     <t>Павел Николаевич Иванов</t>
   </si>
   <si>
     <t>24 июня 1982</t>
   </si>
   <si>
     <t>Был задержан после того, как телеграм-чат "Атолино" был признан "экстремистским формированием". МВД назвал несколько "участников формирования", кроме Павла, это Дмитрий Тикунов, Евгения Мостовая (Григорик), Павел Белоницкий, Алексей Семенов, Юрий Антонович, Александр Зайцев и Владимир Полех.</t>
   </si>
   <si>
     <t>Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Тина Захаровна Палынская</t>
   </si>
   <si>
     <t>24 июня 1973</t>
   </si>
   <si>
     <t>Журналистка, католическая верующая из Полоцка.Тина давно не занималась журналистикой, воспитывала 2-х дочерей, работала в архивах, в том числе российских, выполняя частные заказы по созданию биографических очерков, семейных книг, историй об участниках Второй мировой войны.
 Ранее, в 2022 году, журналистку судили по административной статье и подвергали крупному штрафу за желтую и голубую ленты на сумке, а Следственный комитет проводил разбирательство относительно ее поста в Facebook и устраивал обыск в доме журналистки.
 С конца мая 2025 перестала выходить на связь.Тина и её старшая дочь Маргарита, 22 года, находятся под стражей по уголовному делу. У Тины также есть младшая несовершеннолетняя дочь — ей 14 лет.
-Подробности обвинения официально не раскрываются. По косвенным признакам есть предположение, что дело может быть связано с решением КГБ признать «Беларускую аналітычную майстэрню» профессора Андрея Вардомацкого экстремистским формированием. Эта организация проводила социологические опросы среди белорусских граждан. На данный момент нет никаких подтверждений, что Тина или её дочь действительно участвовали в исследованиях БАМ. Но даже если бы такое участие имело место, оно не нарушало бы закон: на момент возможного контакта с майстэрняй она ещё не была признана экстремистским формированием. </t>
+Подробности обвинения официально не раскрываются. По косвенным признакам есть предположение, что дело может быть связано с решением КГБ признать «Беларускую аналітычную майстэрню» профессора Андрея Вардомацкого экстремистским формированием. Эта организация проводила социологические опросы среди белорусских граждан. На данный момент нет никаких подтверждений, что Тина или её дочь действительно участвовали в исследованиях БАМ. Но даже если бы такое участие имело место, оно не нарушало бы закон: на момент возможного контакта с майстэрняй она ещё не была признана экстремистским формированием. 
+13 октября 2025 года стало известно, что умер муж Тины — писатель Алесь Полынский.</t>
+  </si>
+  <si>
+    <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
     <t>Татьяна Николаевна Карпович</t>
   </si>
   <si>
     <t>24 июня 1997</t>
   </si>
   <si>
     <t>Жительница Витебска.
 Девушке предъявлено обвинение по ст. 130 Уголовного кодекса (Разжигание социальной вражды) за передачу данных силовиков, учителей, судей в телеграм-канал «Черная книга Беларуси».</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2021-12-21 14:22:23</t>
   </si>
   <si>
     <t>Денис Николаевич Ворозов</t>
   </si>
   <si>
     <t>25 июня 1981</t>
   </si>
   <si>
     <t>Задержан за вывешивание БЧБ-флага и флаг Украины в 19-этажном доме по улице Леси Украинки.
 После их задержания канал в мобильном приложении Zello, через который они общались во время проведения акции, был признан экстремистским формированием.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Айрат Эрнестович Халиков</t>
   </si>
   <si>
     <t>26 июня 1996</t>
   </si>
   <si>
     <t>Гражданин Российской Федерации, в Беларуси живет с 2019 года. Работал водителем на "Аліварыі". Задержан в мае 2025 года по "делу Гаюна"</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
+    <t>Игорь Петрович Христофоров</t>
+  </si>
+  <si>
+    <t>26 июня 1973</t>
+  </si>
+  <si>
+    <t>Был осуждён за более трехсот комментариев.  при этом часть комментариев были датированы 2015 годом. 
+Судебный процесс был прерван из-за обострившейся болезни позвоночника и потери способности ходить.
+15.11.2022 состоялось рассмотрение апелляционной жалобы.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.08.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 15.11.2022: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
     <t>Владимир Юрьевич Исаев</t>
   </si>
   <si>
     <t>26 июня 1984</t>
   </si>
   <si>
     <t>Был осужден осенью 2022 года на дишение свободы за " оскорбление Лукашенко". Результаты апелляции неизвестны.
 В июне 2025 года стало известно, что Владимир задержан. Детали дела устанавливаются. Осенью был осужден на лишение свободы.</t>
   </si>
   <si>
     <t>Решение суда 31.10.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: снятие всех обвинений. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
-    <t>Игорь Петрович Христофоров</t>
-[...11 lines deleted...]
-    <t>2022-09-02 22:29:38</t>
+    <t>Петр Филиппович Филипович</t>
+  </si>
+  <si>
+    <t>27 июня 1953</t>
+  </si>
+  <si>
+    <t>Решение суда 16.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:53:29</t>
   </si>
   <si>
     <t>Николай Степанович Лосовский</t>
   </si>
   <si>
     <t>27 июня 1966</t>
   </si>
   <si>
     <t>Комитет госбезопасности в пропагандистском фильме 11 сентября 2023 года сообщил, что задержал в Беларуси шесть человек по обвинению в сотрудничестве с "Службой безопасности Украины" и "подготовке терактов". На видео некоторые из них выглядят избитыми, некоторых на следственных действиях водят на цепях, одного из задержанных сняли в СИЗО КГБ. В итоге трех человек, в том числе Николая, обвинили сразу по шести статьям Уголовного кодекса, включая "Измена государству"и" агентурную деятельность".
 Николай, по утверждению провластных СМИ,  по заданию украинских спецслужб проверял схроны, а также за деньги выполнял и другие поручения.</t>
   </si>
   <si>
     <t>Решение суда 02.12.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Петр Филиппович Филипович</t>
-[...23 lines deleted...]
-    <t>2024-10-21 21:48:13</t>
+    <t>Яна Витальевна Пинчук</t>
+  </si>
+  <si>
+    <t>28 июня 1997</t>
+  </si>
+  <si>
+    <t>Задержана 1 ноября 2021 года в Санкт-Петербурге за события в Беларуси. В России она работала официанткой и жила на две страны. Последний раз девушка была на родине около года назад. По данным следствия, подозреваемая с сентября 2020 по ноябрь 2021 года администрировала три телеграм-канала. В мае 2022 года суд РФ отказал белоруске Яне Пинчук в предоставлении временного убежища в России.
+09.08.2022 была экстрадирована из РФ в РБ немостря на запрет экстрадиции Комитета по правам человека ООН.</t>
+  </si>
+  <si>
+    <t>12 лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2021-11-03 17:48:25</t>
   </si>
   <si>
     <t>Алексей Васильевич Семенок</t>
   </si>
   <si>
     <t>28 июня 1975</t>
   </si>
   <si>
     <t>В основу приговора были положены комментарии Алексея в интернете.
 Сразу по прибытии в колонию Алексея Семенко бросили в штрафной изолятор-это место пыток заключенных с нечеловеческими условиями пребывания.</t>
   </si>
   <si>
     <t>Решение суда 12.03.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-03-11 21:32:16</t>
   </si>
   <si>
     <t>Алексей Сергеевич Самойлюк</t>
   </si>
   <si>
     <t>28 июня 1989</t>
   </si>
   <si>
     <t>К Алексею домой ворвался отряд спецназа, мужчину повалили на пол и один силовик сел коленями на тело (одним коленом на шею Самойлюка).
 На провластном канале утверждают, что Самойлюк "кидал камни в милиционеров во время массовых беспорядков". В той публикации на том же канале также выложили фотографии: на одном снимке два человека в капюшонах и масках, один держит украинский флаг, второй — лист бумаги с текстом "брестчане с Украиной". </t>
   </si>
   <si>
     <t>Решение суда 05.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 08.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-18 20:51:34</t>
   </si>
   <si>
-    <t>Олег Николаевич Горелов</t>
-[...29 lines deleted...]
-    <t>2021-11-03 17:48:25</t>
+    <t>Анатолий Анатольевич Косило</t>
+  </si>
+  <si>
+    <t>28 июня 1985</t>
+  </si>
+  <si>
+    <t>Анатолий был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2024: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 21.01.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Кирилл Романович Ашурак</t>
   </si>
   <si>
     <t>29 июня 1999</t>
   </si>
   <si>
     <t>Кирилл был задержан 23 июня 2021 года в рамках уголовного дела по эпизоду на объекте связи ВМФ РФ под Вилейкой. В пропагандистском фильме ОНТ он представлен как первоначальный исполнитель задания по подрыву объекта, однако отказался от участия и только помог разведать местность.
 Лукашенко упоминал Кирилла в числе людей, которые якобы хотели сбежать в Украину и Литву, но были задержаны группой КГБ «Альфа».
 Известно также, что Кирилл ранее задерживался и был жестко избит 9 августа 2020 года.
 В декабре 2022 года его признали виновным и приговорили к лишению свободы в колонии усиленного режима и крупному штрафу.</t>
   </si>
   <si>
     <t>Решение суда 05.12.2022: 13 лет лишения свободы в колонии в условиях усиленного режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
+  </si>
+  <si>
+    <t>Марина Николаевна Алисеенко</t>
+  </si>
+  <si>
+    <t>29 июня 1984</t>
+  </si>
+  <si>
+    <t>Марина Алексеенко 40 лет. Она из Минска, окончила Минский государственный лингвистический университет в 2008 году. После этого работала переводчиком, но в 2012 году устроилась в элитный пятизвездочный минский отель Crowne Plaza. За два года она из ассистента менеджера по продажам стала руководителем отдела продаж и маркетинга. 
+Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. </t>
+  </si>
+  <si>
+    <t>Решение суда 18.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-06-18 14:02:34</t>
   </si>
   <si>
     <t>Павел Владимирович Вабищевич</t>
   </si>
   <si>
     <t>30 июня 1986</t>
   </si>
   <si>
     <t>Павла Вабищевича и Андрея Зиненко, как утверждалось в пропагандистском фильме ОНТ, задержали в ночь с 26 на 27 августа 2023 года на железной дороге в Столбцовском районе недалеко от нефтебазы и остановочного пункта Синява.
 В пропагандистском фильме осенью 2023 года утверждалось, что их задержали за попытку поставить на железной дороге в Столбцовском районе взрывное устройство,»которое должно было бы сработать по команде куратора из СБУ". Пропагандисты рассказали, что Вабищевич попал во внимание силовиков, когда доносчик сообщил о нем в чат-бот КГБ, что на вокзале в Орше он фотографировал железнодорожные пути и составы.</t>
   </si>
   <si>
     <t>Решение суда 06.02.2025: 23 года лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
     <t>Жанна Николаевна Дашкевич</t>
   </si>
   <si>
     <t>30 июня 1969</t>
   </si>
   <si>
     <t>Жанне Дашкевич 54 года. Родом она из деревни Сватки Мядельского района Минской области. Жанна окончила Бобруйский медицинский техникум в 1987-м, а в возрасте 41 год поступила в Белорусский государственный педагогический университет на психолога. Неизвестно, когда Жанну Дашкевич задержали и за что. Но она перестала быть онлайн с октября 2023-го года, хотя ранее активно вела соцсети.
@@ -1803,51 +1733,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1886,167 +1816,167 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
@@ -2056,78 +1986,78 @@
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
       <c r="I8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>57</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
@@ -2218,2126 +2148,1990 @@
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>84</v>
       </c>
       <c r="H14" t="s">
         <v>85</v>
       </c>
       <c r="I14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
       <c r="C15" t="s">
         <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>94</v>
       </c>
-      <c r="D16" t="s">
+      <c r="I16" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
         <v>99</v>
       </c>
-      <c r="B17" t="s">
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>100</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
         <v>103</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
         <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>110</v>
       </c>
       <c r="I19" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>112</v>
       </c>
       <c r="B20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>114</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
         <v>123</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>124</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>125</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>126</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
         <v>129</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>130</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>132</v>
       </c>
       <c r="I23" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
         <v>136</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
+      <c r="E24" t="s">
+        <v>137</v>
+      </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>143</v>
       </c>
       <c r="I25" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>145</v>
       </c>
       <c r="B26" t="s">
         <v>146</v>
       </c>
       <c r="C26" t="s">
         <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>148</v>
       </c>
       <c r="I26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>150</v>
       </c>
       <c r="B27" t="s">
         <v>151</v>
       </c>
       <c r="C27" t="s">
         <v>152</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E27" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>153</v>
       </c>
       <c r="I27" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>155</v>
       </c>
       <c r="B28" t="s">
         <v>156</v>
       </c>
       <c r="C28" t="s">
         <v>157</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>158</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="F31" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>174</v>
       </c>
       <c r="I31" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>176</v>
       </c>
       <c r="B32" t="s">
         <v>177</v>
       </c>
       <c r="C32" t="s">
         <v>178</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>179</v>
       </c>
       <c r="I32" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>181</v>
       </c>
       <c r="B33" t="s">
         <v>182</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>183</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34" t="s">
         <v>186</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>187</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>188</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>190</v>
+      </c>
+      <c r="B35" t="s">
         <v>191</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>192</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>193</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
         <v>196</v>
       </c>
-      <c r="B36" t="s">
-        <v>192</v>
+      <c r="C36" t="s">
+        <v>197</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>198</v>
       </c>
       <c r="I36" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>200</v>
       </c>
       <c r="B37" t="s">
+        <v>191</v>
+      </c>
+      <c r="C37" t="s">
         <v>201</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>202</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>182</v>
+      </c>
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...16 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>45</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>216</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>217</v>
-      </c>
-[...16 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>39</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="C41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>105</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>231</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>232</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
         <v>235</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>98</v>
+      </c>
+      <c r="E44" t="s">
+        <v>99</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>236</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>237</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
+        <v>239</v>
+      </c>
+      <c r="C45" t="s">
         <v>240</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
+        <v>244</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>78</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
+        <v>34</v>
+      </c>
+      <c r="I46" t="s">
         <v>245</v>
-      </c>
-[...22 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B47" t="s">
-        <v>251</v>
+        <v>247</v>
+      </c>
+      <c r="C47" t="s">
+        <v>248</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>250</v>
+      </c>
+      <c r="B48" t="s">
+        <v>251</v>
+      </c>
+      <c r="C48" t="s">
+        <v>252</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>28</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>255</v>
+      </c>
+      <c r="B49" t="s">
+        <v>256</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>28</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>84</v>
+      </c>
+      <c r="H49" t="s">
         <v>257</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>258</v>
-      </c>
-[...19 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
+        <v>260</v>
+      </c>
+      <c r="C50" t="s">
+        <v>261</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>262</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>263</v>
-      </c>
-[...19 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B51" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C51" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="I51" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E52" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>183</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>273</v>
+      </c>
+      <c r="C53" t="s">
+        <v>274</v>
       </c>
       <c r="D53" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E53" t="s">
-        <v>197</v>
+        <v>99</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>198</v>
+        <v>275</v>
       </c>
       <c r="I53" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>277</v>
+      </c>
+      <c r="B54" t="s">
+        <v>278</v>
+      </c>
+      <c r="C54" t="s">
+        <v>279</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>125</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>280</v>
       </c>
-      <c r="B54" t="s">
+      <c r="I54" t="s">
         <v>281</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>282</v>
+      </c>
+      <c r="B55" t="s">
+        <v>283</v>
+      </c>
+      <c r="C55" t="s">
+        <v>284</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
         <v>285</v>
       </c>
-      <c r="B55" t="s">
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>286</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>287</v>
-      </c>
-[...16 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>288</v>
+      </c>
+      <c r="B56" t="s">
+        <v>283</v>
+      </c>
+      <c r="C56" t="s">
+        <v>289</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>290</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>291</v>
-      </c>
-[...16 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" t="s">
+        <v>293</v>
+      </c>
+      <c r="C57" t="s">
+        <v>294</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...19 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
+        <v>298</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>299</v>
+      </c>
+      <c r="I58" t="s">
         <v>300</v>
-      </c>
-[...16 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>301</v>
+      </c>
+      <c r="B59" t="s">
+        <v>302</v>
+      </c>
+      <c r="C59" t="s">
+        <v>303</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>78</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>304</v>
       </c>
-      <c r="B59" t="s">
+      <c r="I59" t="s">
         <v>305</v>
-      </c>
-[...19 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>306</v>
+      </c>
+      <c r="B60" t="s">
+        <v>307</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>39</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>84</v>
+      </c>
+      <c r="H60" t="s">
+        <v>308</v>
+      </c>
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...22 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
+        <v>311</v>
+      </c>
+      <c r="C61" t="s">
+        <v>312</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>28</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>313</v>
+      </c>
+      <c r="I61" t="s">
         <v>314</v>
-      </c>
-[...19 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" t="s">
+        <v>316</v>
+      </c>
+      <c r="C62" t="s">
+        <v>317</v>
+      </c>
+      <c r="D62" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>318</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>320</v>
+      </c>
+      <c r="B63" t="s">
+        <v>321</v>
+      </c>
+      <c r="C63" t="s">
+        <v>322</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>28</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>323</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>324</v>
-      </c>
-[...19 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>325</v>
+      </c>
+      <c r="B64" t="s">
+        <v>326</v>
+      </c>
+      <c r="C64" t="s">
+        <v>327</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>78</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>198</v>
+      </c>
+      <c r="I64" t="s">
         <v>328</v>
-      </c>
-[...22 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>329</v>
+      </c>
+      <c r="B65" t="s">
+        <v>330</v>
+      </c>
+      <c r="C65" t="s">
+        <v>331</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>105</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>332</v>
+      </c>
+      <c r="I65" t="s">
         <v>333</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>334</v>
+      </c>
+      <c r="B66" t="s">
+        <v>335</v>
+      </c>
+      <c r="C66" t="s">
+        <v>336</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>78</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>337</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>339</v>
+      </c>
+      <c r="B67" t="s">
+        <v>335</v>
+      </c>
+      <c r="C67" t="s">
+        <v>340</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>28</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>341</v>
+      </c>
+      <c r="I67" t="s">
         <v>342</v>
-      </c>
-[...22 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>98</v>
+      </c>
+      <c r="E69" t="s">
         <v>351</v>
       </c>
-      <c r="C69" t="s">
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>352</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
         <v>355</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>356</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>98</v>
+      </c>
+      <c r="E70" t="s">
+        <v>99</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
         <v>360</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>361</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
+      <c r="H71" t="s">
+        <v>362</v>
+      </c>
       <c r="I71" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B72" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="C72" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
+      <c r="H74" t="s">
+        <v>376</v>
+      </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D75" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B76" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C76" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B77" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C77" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E77" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
+      <c r="H77" t="s">
+        <v>390</v>
+      </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B78" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C78" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>38</v>
+        <v>285</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
+      <c r="E79" t="s">
+        <v>28</v>
+      </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
+        <v>408</v>
+      </c>
+      <c r="C81" t="s">
+        <v>409</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
+      <c r="E81" t="s">
+        <v>78</v>
+      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="I81" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B82" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C82" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E82" t="s">
+        <v>99</v>
       </c>
       <c r="F82" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="I82" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B83" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C83" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>292</v>
+        <v>28</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="I83" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B84" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C84" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E84" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="I84" t="s">
-        <v>423</v>
-[...9 lines deleted...]
-      <c r="C85" t="s">
         <v>426</v>
-      </c>
-[...129 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">