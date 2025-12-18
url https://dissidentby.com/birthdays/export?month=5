--- v0 (2025-12-06)
+++ v1 (2025-12-18)
@@ -12,1369 +12,1243 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="412">
-[...47 lines deleted...]
-    <t>19 лет лишения свободы в колонии в условиях усиленного режима.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
+  <si>
+    <t>Cognome e nome</t>
+  </si>
+  <si>
+    <t>Compleanno</t>
+  </si>
+  <si>
+    <t>Descrizione</t>
+  </si>
+  <si>
+    <t>Genere</t>
+  </si>
+  <si>
+    <t>Indirizzo</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>L'ONG "Viasna"</t>
+  </si>
+  <si>
+    <t>Frase</t>
+  </si>
+  <si>
+    <t>Data di inserimento sul sito</t>
+  </si>
+  <si>
+    <t>Konstantin Valerievich Medvedev</t>
+  </si>
+  <si>
+    <t>2 maggio 1988</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>2025-11-27 16:04:33</t>
+  </si>
+  <si>
+    <t>Paul Evgenyevich Kuchinsky</t>
+  </si>
+  <si>
+    <t>2 maggio 1992</t>
+  </si>
+  <si>
+    <t>Un ex militare, residente a Minsk, costretto dai servizi speciali sotto tortura a partecipare ad una provocazione, nell'ambito della quale quest'ultimo ha contattato i rappresentanti di BYPOL e si è offerto di intraprendere azioni dirette. Tutte le trattative e la corrispondenza sono state registrate.
+Il 19 marzo 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>19 anni di reclusione in una colonia in condizioni di sicurezza rafforzate.</t>
   </si>
   <si>
     <t>2023-09-22 00:34:45</t>
   </si>
   <si>
-    <t>Константин Валерьевич Медведев</t>
-[...29 lines deleted...]
-    <t>Решение суда 20.11.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Anna Baginskaya</t>
+  </si>
+  <si>
+    <t>2 maggio 1978</t>
+  </si>
+  <si>
+    <t>Arrestato all'inizio di maggio 2025 nell'ambito del "caso Gayun" - per aver trasmesso dati al canale telegrafico "Belarusian Gayun" relativi al movimento di equipaggiamento militare.</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.11.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
-    <t>Анна Евгеньевна Савочкина</t>
-[...13 lines deleted...]
-    <t>Решение суда 09.08.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
+    <t>Anna Evgenievna Savochkina</t>
+  </si>
+  <si>
+    <t>3 maggio 1999</t>
+  </si>
+  <si>
+    <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, ventisettenne bielorusso, che ha combattuto in Ucraina.
+Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.
+Anna Savochkina ha completato tre corsi presso la Facoltà di Economia della BSU, ma da settembre 2022 è entrata nel primo anno della Facoltà di Biologia della BSU ed è a capo del gruppo. Prima dell'istituto, si è diplomata al Gymnasium-College of Arts intitolato a I.O. Akhremchika si specializza in musica. Detenuta insieme a sua madre.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.08.2024: 7 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
-    <t>Олег Степанович Кинев</t>
-[...9 lines deleted...]
-    <t>Решение суда дата неизвестна: неизвестно.</t>
+    <t>Alexander Mateyuk</t>
+  </si>
+  <si>
+    <t>3 maggio 1982</t>
+  </si>
+  <si>
+    <t>Attivista del “Paese per la vita” e membro del team di Svetlana Tikhanovskaya, Alexander è stato ripetutamente detenuto ai sensi di articoli amministrativi politici. È stato arrestato insieme a un altro attivista, Oleg Boroznaya, notoriamente sotto sorveglianza dall'autunno del 2020. Alexander è stato successivamente condannato per accuse inventate legate alla droga.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.10.2021: 9 anni di reclusione in una colonia del regime potenziato, 100 unità di base di multa, 1108 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-04-05 12:35:41</t>
+  </si>
+  <si>
+    <t>Oleg Stepanovich Kinev</t>
+  </si>
+  <si>
+    <t>3 maggio 1969</t>
+  </si>
+  <si>
+    <t>Oleg vive nella città agricola di Pervomayskaya (Bluden), nel distretto di Berezovsky, nella regione di Brest.
+È un imprenditore e un costruttore di tetti. È specializzato nella realizzazione di cupole per chiese ortodosse. Oleg è in questo settore dagli anni 2000. Inizialmente, lavorava come operaio a contratto con una squadra e, qualche anno dopo, ha aperto la propria attività. Kinev ha ricostruito la cupola della Rappresentanza Patriarcale della Chiesa Ortodossa Russa, ha creato una cupola per una chiesa in una base militare a Slonim, ha costruito un ponte di quercia, un molo e un gazebo su un'isola vicino alla tenuta del conte Hutten-Chapski a Stankovo e una cappella allo zoo. Nel complesso, i suoi lavori sono distribuiti in diverse città e villaggi della Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-05 13:19:42</t>
   </si>
   <si>
-    <t>Александр Михайлович Матеюк</t>
-[...24 lines deleted...]
-Ранее про Кирилла Кравцова много писали в госСМИ как об участнике акции «С табуретом к океану», во время которой беларус объехал пол-мира, путешествуя автостопом. </t>
+    <t>Kirill Valentinovich Kravtsov</t>
+  </si>
+  <si>
+    <t>4 maggio 1979</t>
+  </si>
+  <si>
+    <t>Kirill è noto per essere il fondatore dell'originale villaggio artistico " Chyrvony Kastrychnik" (Ottobre Rosso nel distretto di Rechitsa). Qui visse, praticò l'artigianato, aprì il suo laboratorio di ceramica e organizzò festival e incontri creativi. Insieme ai suoi amici appassionati, Kirill acquistò diverse case nel villaggio e lo salvò dall'estinzione fondandovi un eco-villaggio.
+Kirill Kravtsov era già stato ampiamente citato dai media statali come partecipante alla campagna "Con uno sgabello verso l'oceano", durante la quale il bielorusso aveva viaggiato per metà del mondo facendo l'autostop.</t>
   </si>
   <si>
     <t>2025-07-24 09:10:34</t>
   </si>
   <si>
-    <t>Олег Викторович Ефременко</t>
-[...15 lines deleted...]
-    <t>Решение суда 09.12.2020: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 рублей компенсации. Суд по смене режима 30.09.2021: неизвестно лет тюремного режима. Решение суда 15.08.2022: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 10.11.2022: приговор оставлен без изменения. Решение суда 25.07.2023: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 19.10.2023: приговор оставлен без изменения. Решение суда 24.09.2024: неизвестно. Апелляция 13.12.2024: неизвестно.</t>
+    <t>Svetlana Vyacheslavovna Yakubovich</t>
+  </si>
+  <si>
+    <t>4 maggio 1974</t>
+  </si>
+  <si>
+    <t>Nel gennaio 2022, il futuro marito di Svetlana, Stanislav, è stato condannato a tre anni di carcere ai sensi degli articoli 342 e 364 del Codice penale della Repubblica di Bielorussia. Svetlana, profondamente preoccupata per la sua sorte, gli ha portato dei pacchi. Il 24 febbraio 2022, Svetlana Yakubovich ha sposato Stanislav, che all'epoca era ancora in carcere. Nel dicembre 2023, Stanislav è stato rilasciato, dopo aver scontato completamente la pena. Un anno dopo, la coppia è stata arrestata con una nuova accusa penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.11.2025: 5 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-11-20 14:42:46</t>
+  </si>
+  <si>
+    <t>Oleg Viktorovich Efremenko</t>
+  </si>
+  <si>
+    <t>4 maggio 1981</t>
+  </si>
+  <si>
+    <t>Oleg è stato arrestato e condannato per aver “picchiato” un poliziotto durante una marcia di strada a Vitebsk il 13 settembre 2020. Nel settembre 2021 è stato trasferito in regime carcerario per “violazione delle norme”.
+Nell'agosto 2022, Oleg è stato nuovamente condannato per "disobbedienza dolosa ai requisiti dell'amministrazione di un istituto correzionale" e gli è stato aggiunto un altro anno di reclusione.
+Il 25 luglio 2023, il prigioniero politico è stato nuovamente giudicato colpevole di “disobbedienza alle richieste dell’amministrazione” e condannato ad un altro anno di prigione.
+Nel settembre 2024 si è svolta un'altra udienza del procedimento penale contro Oleg per "disobbedienza dolosa ai requisiti dell'amministrazione dell'istituto correzionale" - un'accusa che viene spesso applicata ai prigionieri che si sono rifiutati di collaborare con l'amministrazione penitenziaria.
+Durante l'intero periodo di reclusione, Oleg è costantemente sotto pressione. Viene regolarmente mandato in una cella di punizione, dove viene tenuto in isolamento per decine di giorni.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.12.2020: 4 anni 6 mesi di reclusione in una colonia del regime generale, 1000 rubli di risarcimento. Tribunale per il cambio di regime 30.09.2021: sconosciuto anni di regime carcerario. Sentenza del tribunale 15.08.2022: 1 anno di reclusione in una colonia del regime rigoroso. Appello 10.11.2022: il verdetto è stato confermato. Sentenza del tribunale 25.07.2023: 1 anno di reclusione in una colonia del regime rigoroso. Appello 19.10.2023: il verdetto è stato confermato. Sentenza del tribunale 24.09.2024: sconosciuto. Appello 13.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Светлана Вячеславовна Якубович</t>
-[...24 lines deleted...]
-    <t>Решение суда 23.09.2024: неизвестно.</t>
+    <t>Irina Nikolaevna Klezovich</t>
+  </si>
+  <si>
+    <t>5 maggio 1966</t>
+  </si>
+  <si>
+    <t>Arrestati a seguito di un massiccio raid delle forze di sicurezza, avvenuto il 23 e 24 gennaio 2024, ai danni di parenti di prigionieri politici e di persone che avevano inviato pacchi e lettere ai prigionieri politici.
+Irina è stata processata come "persona che ha commesso un atto socialmente pericoloso". Ciò significa che, secondo la decisione del tribunale, nei suoi confronti avrebbero dovuto essere applicate misure mediche obbligatorie. Il suo processo si è svolto il 18 e il 23 settembre 2024. Non si sa dove si trovi.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
   </si>
   <si>
-    <t>Вячеслав Николаевич Колоусов</t>
-[...10 lines deleted...]
-    <t>Решение суда 10.07.2024: 3 года лишения свободы в колонии в условиях строгого режима. Апелляция 27.09.2024: неизвестно.</t>
+    <t>Valery Valerievich Zhukov</t>
+  </si>
+  <si>
+    <t>5 maggio 1974</t>
+  </si>
+  <si>
+    <t>È stato arrestato nel novembre 2024 e condannato ai sensi della Parte 2 dell'Articolo 19.11 del Codice degli illeciti amministrativi della Repubblica di Bielorussia (Distribuzione, produzione, archiviazione, trasporto di prodotti informativi contenenti incitamenti ad attività estremiste o che promuovono tali attività), dopodiché è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
+  </si>
+  <si>
+    <t>Vyacheslav Nikolaevich Kolousov</t>
+  </si>
+  <si>
+    <t>5 maggio 1984</t>
+  </si>
+  <si>
+    <t>Il 15 giugno 2023 è stato condannato ai sensi dell'art. 205 (Furto) a 2 anni e 6 mesi di reclusione.
+Il 14 giugno 2024 si è aperto il dibattimento di un procedimento penale ex art. 342 cp ( Partecipazione attiva ad atti collettivi che violano gravemente l'ordine pubblico ). Su questo verranno giudicati Vyacheslav e altre otto persone .
+Sommando le condanne di questo e del precedente procedimento penale, è stato infine condannato a 3 anni di reclusione di massima sicurezza.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.07.2024: 3 anni di reclusione in una colonia del regime rigoroso. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
-    <t>Валерий Валерьевич Жуков</t>
-[...26 lines deleted...]
-    <t>Решение суда 31.03.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа. Апелляция 20.07.2021: приговор оставлен без изменения.</t>
+    <t>Yury Slavomirovich Sergey</t>
+  </si>
+  <si>
+    <t>6 maggio 1988</t>
+  </si>
+  <si>
+    <t>Yuri è stato arrestato e condannato per diverse accuse, tra cui il possesso illegale di armi da taglio. Tutto è iniziato con un video in cui un guidatore di una BMW picchiava un uomo con una bandiera bianco-rosso-bianca. Il video è stato condiviso sui social network ed è stato pubblicato l'indirizzo dell'autista, Dmitry Davydyuk. Secondo gli inquirenti, tre residenti di Minsk hanno deciso di “dare una lezione all’autista” forando le gomme della sua auto.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.03.2021: 6 anni di reclusione in una colonia del regime potenziato, 150 unità di base di multa. Appello 20.07.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
   </si>
   <si>
-    <t>Сергей Александрович Пасюк</t>
-[...29 lines deleted...]
-    <t xml:space="preserve"> Решение суда 06.09.2022: 17 лет лишения свободы в колонии в условиях строгого режима, 700 базовых величин штрафа, приблизительно 1200 рублей компенсации. Апелляция 28.02.2023: 16 лет 9 месяцев лишения свободы в колонии в условиях строгого режима, 700 базовых величин штрафа, приблизительно 1200 рублей компенсации. Решение суда 24.06.2024: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 24.09.2024: неизвестно. Суд по смене режима 05.08.2025: 3 года тюремного режима.</t>
+    <t>Alexander Vladimirovich Frantskevich</t>
+  </si>
+  <si>
+    <t>6 maggio 1990</t>
+  </si>
+  <si>
+    <t>L'attivista del movimento anarchico Alexander è stato arrestato il 12 agosto 2020 e condannato per una serie di accuse penali. In precedenza, nel 2010, stava già scontando una pena nel “caso anarchico”.
+Nel 2022 è stato condannato a 17 anni di carcere e nel febbraio 2023 la Corte Suprema ha ridotto la pena di 3 mesi.
+Nel giugno 2024, Alexander è stato nuovamente accusato di “disobbedienza dolosa ai requisiti dell’amministrazione della colonia” e gli è stato concesso un altro anno di reclusione.
+Nel luglio 2024, sua madre, Tatyana Frantskevich, è stata arrestata con l'accusa di "partecipazione a un gruppo estremista". Insieme a lei è stata detenuta sua sorella Natalya Lobatsevich, madre dell'ex prigioniero politico Ilya Lobatsevich.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 06.09.2022: 17 anni di reclusione in una colonia del regime rigoroso, 700 unità di base di multa, circa 1200 rubli di risarcimento. Appello 28.02.2023: 16 anni 9 mesi di reclusione in una colonia del regime rigoroso, 700 unità di base di multa, circa 1200 rubli di risarcimento. Sentenza del tribunale 24.06.2024: 1 anno di reclusione in una colonia del regime rigoroso. Appello 24.09.2024: sconosciuto. Tribunale per il cambio di regime 05.08.2025: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-26 21:21:02</t>
   </si>
   <si>
-    <t>Евгений Михайлович Пугач</t>
-[...8 lines deleted...]
-    <t>Решение суда 03.12.2024: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
+    <t>Andrey Sergeevich Sachevko</t>
+  </si>
+  <si>
+    <t>6 maggio 1996</t>
+  </si>
+  <si>
+    <t>Per la prima volta, Andrei è stato arrestato dal GUBOPiK per aver pubblicato materiale "estremista" sulla sua pagina VKontakte. Si riferivano al video del giuramento di Lukashenko nel 1994 sotto la bandiera bianco-rosso-bianco, che Sachevko ha condiviso sulla pagina.
+È stato condannato per aver partecipato alle Marche di Grodno e per i commenti nella chat.
+L'uomo non ha ammesso la colpa, ma ha solo confermato il fatto di aver scritto commenti l'11 e il 12 agosto 2020. La partecipazione dell'uomo alle Marche di Grodno non è stata confermata dopo aver visto i video degli eventi avvenuti in città.
+Si è saputo che nel giugno 2022 è stato effettuato un esame di laboratorio e forense. Ha confermato la malattia mentale di Andrei. Tuttavia, è stato comunque condannato e incluso anche nell'elenco delle persone e delle organizzazioni coinvolte in attività terroristiche.
+Nell'agosto 2023 è stata trasferita al regime carcerario.</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>6 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-07-22 18:14:24</t>
+  </si>
+  <si>
+    <t>Eugene Mikhailovich Pugach</t>
+  </si>
+  <si>
+    <t>6 maggio 1984</t>
+  </si>
+  <si>
+    <t>representative of the Minsk startup hub "Imaguru". A graduate of the EHU Master's program "European Studies", after which he worked in a number of NGOs and the private sector with business. Created and developed startup ecosystems in Belarus.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.12.2024: 4 anni 6 mesi di reclusione in una colonia del regime generale, 500 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-08-28 19:37:47</t>
   </si>
   <si>
-    <t>Андрей Сергеевич Сачевко</t>
-[...24 lines deleted...]
-    <t>7 мая 1990</t>
+    <t>Dmitriy Ivanovich Lapets</t>
+  </si>
+  <si>
+    <t>7 maggio 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
-Известно, что его задержали за участие в протестах в 2020 году, предъявив фото с одного из маршей.
+È noto che è stato arrestato per aver partecipato alle proteste del 2020, presentando una foto di una delle marce.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
-    <t>Михаил Анатольевич Тарасевич</t>
-[...8 lines deleted...]
-    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+    <t>Michael Anatolyevich Tarasevich</t>
+  </si>
+  <si>
+    <t>7 maggio 1976</t>
+  </si>
+  <si>
+    <t>Oltre alla reclusione, a Mikhail è stato ordinato di risarcire il danno morale alle vittime e il danno "causato da una fermata del trasporto pubblico" per un importo di 49.000 rubli, ovvero quasi 20.000 dollari.</t>
+  </si>
+  <si>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>2022-11-19 00:34:39</t>
   </si>
   <si>
-    <t>Александр Михайлович Шарабайко</t>
-[...12 lines deleted...]
-    <t>Решение суда 14.09.2023: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.11.2023: неизвестно. Решение суда 05.06.2024: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2024: неизвестно.</t>
+    <t>Alexander Mikhailovich Sharabaiko</t>
+  </si>
+  <si>
+    <t>7 maggio 1971</t>
+  </si>
+  <si>
+    <t>Culturista, storico locale In precedenza, un uomo era stato arrestato per aver partecipato alle proteste. Il 16 marzo 2023 è stato arrestato per “distribuzione di materiale estremista” e condannato a 10 giorni. L'uomo non è uscito ed è stato trasferito in un centro di custodia cautelare. L'accusa originale era di aver insultato Lukashenko.
+Nel maggio 2024, è stato trasferito in un centro di custodia cautelare per un nuovo procedimento penale; il suo processo è ricominciato il 7 maggio 2024. Oltre a lui, nel caso sono stati coinvolti anche Andrei Stabulyanets e Denis Tsybulsky, che è stato condannato. un anno fa per aver partecipato alle proteste a Minsk (articolo 342 del codice penale).</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.09.2023: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 17.11.2023: sconosciuto. Sentenza del tribunale 05.06.2024: 6 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-26 23:12:21</t>
   </si>
   <si>
-    <t>Александр Евгеньевич Сезень</t>
-[...12 lines deleted...]
-    <t>Решение суда 12.06.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+    <t>Alexander Evgenievich Sezen</t>
+  </si>
+  <si>
+    <t>8 maggio 1970</t>
+  </si>
+  <si>
+    <t>Il 13 novembre Alexander Sezen è stato arrestato . È stata effettuata una perquisizione nel suo appartamento in un condominio in via Gorbatov. Secondo alcuni rapporti, una perquisizione è avvenuta anche nella tarda notte, quando lo stesso Sezen, che ha notevoli problemi di salute, era in ospedale. Di cosa lo accuseranno ancora non si sa.
+Alexander è stato ripetutamente arrestato dalla polizia anche prima del 2020, era in causa con varie agenzie governative e ha scritto denunce.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.06.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
-    <t>Николай Иванович Снытко</t>
-[...24 lines deleted...]
-    <t>8 лет лишения свободы в колонии в условиях усиленного режима</t>
+    <t>Evgeniy Valerievich Burlo</t>
+  </si>
+  <si>
+    <t>9 maggio 1991</t>
+  </si>
+  <si>
+    <t>Il musicista del gruppo TOR BAND è stato arrestato insieme a Dmitry Golovach, anche le loro mogli sono state arrestate. La moglie di Golovach è stata multata, la moglie di Burlo - arresto amministrativo.
+Alla fine di novembre 2022, Dmitry ed Evgeny sono stati condannati per la terza volta a 15 giorni. TOR BAND è diventata una band popolare in Bielorussia sulla scia delle proteste del 2020. Molte canzoni sono diventate hit su diverse piattaforme. I prodotti informativi, i social network e il logo del gruppo TOR BAND sono stati riconosciuti come "estremisti", così come le loro canzoni sopra elencate.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>8 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2022-12-06 21:04:39</t>
   </si>
   <si>
-    <t>Максим Сергеевич Дробница</t>
-[...10 lines deleted...]
-    <t>8 лет лишения свободы в колонии усиленного режима.</t>
+    <t>Maksim Sergeevich Drobnitsa</t>
+  </si>
+  <si>
+    <t>9 maggio 2001</t>
+  </si>
+  <si>
+    <t>Residente di 22 anni a Svetlogorsk. Maxim è sotto processo “per aver organizzato le attività di un’organizzazione terroristica e aver partecipato alle attività di tale organizzazione”. Maxim è stato giudicato colpevole di essersi unito a una “formazione estremista” (il piano “Vittoria”) e di aver pianificato di far saltare in aria la ferrovia nella regione di Svetlogorsk. La pubblicazione statale scrive che per fermare la guerra in Ucraina la miniatura “era pronta a tutto”. Quando il ragazzo è arrivato alla ferrovia, è caduto in un'imboscata da parte delle forze di sicurezza ed è stato arrestato.
+Le agenzie governative non hanno segnalato nulla su questo caso. Il processo è chiuso.
+Il 19 settembre 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>8 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
-    <t>Александр Петрович Горшунов</t>
-[...8 lines deleted...]
-    <t>Решение суда 05.03.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Ivan Alexandrovich Zenko</t>
+  </si>
+  <si>
+    <t>10 maggio 1982</t>
+  </si>
+  <si>
+    <t>Un singolo imprenditore è stato arrestato e condannato con tre capi d'accusa per aver partecipato a un evento avvenuto durante la dispersione delle persone l'11 ottobre 2020 vicino alla stazione della metropolitana Pushkinskaya.
+Nell'aprile 2022 Ivan è stato nuovamente condannato per aver partecipato a una protesta, ma ciò non ha influito sulla sentenza definitiva. Tuttavia, nel novembre dello stesso anno, gli fu concesso un altro anno di reclusione, giudicato colpevole di “disobbedienza ai requisiti dell’amministrazione dell’istituto correzionale”.
+Nel settembre 2023 è stato condannato ad altri 3 anni di carcere per “violenza contro un funzionario”.
+Nel marzo 2024 è stato trasferito in carcere per 3 anni.</t>
+  </si>
+  <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.04.2021: 5 anni di reclusione in una colonia del regime generale, circa 28000 rubli di risarcimento. Sentenza del tribunale 07.04.2022: 2 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 09.11.2022: 1 anno di reclusione in una colonia del regime generale. Appello 09.02.2023: il verdetto è stato confermato. Sentenza del tribunale 14.09.2023: 3 anni di reclusione in una colonia del regime generale. Appello 19.12.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 12.03.2024: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-26 20:57:57</t>
+  </si>
+  <si>
+    <t>Alexander Petrovich Gorshunov</t>
+  </si>
+  <si>
+    <t>10 maggio 1979</t>
+  </si>
+  <si>
+    <t>Ha lavorato come programmatore presso lo stabilimento "Atlant" di Minsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.03.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-05-26 01:52:20</t>
   </si>
   <si>
-    <t>Иван Александрович Зенько</t>
-[...45 lines deleted...]
-    <t>3 года ограничения свободы с направлением в исправительное учреждение открытого типа.</t>
+    <t>Oleg Valerievich Kekukh</t>
+  </si>
+  <si>
+    <t>11 maggio 1983</t>
+  </si>
+  <si>
+    <t>Nell’estate del 2023 si è svolto un processo per inasprire la condanna di Oleg. Dopo la corte d'appello, il 5 settembre 2023, Oleg è stato trasferito in una colonia.</t>
+  </si>
+  <si>
+    <t>3 anni di restrizione della libert&amp;agrave; con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
   </si>
   <si>
-    <t>Ростислав Олегович Стефанович</t>
-[...8 lines deleted...]
-    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
+    <t>Eric Erikovich Kolosovsky</t>
+  </si>
+  <si>
+    <t>12 maggio 2000</t>
+  </si>
+  <si>
+    <t>Detenuto insieme ad altri giovani a Baranavichy (fine dicembre 2023).
+E il servizio stampa del tribunale ha annunciato il verdetto (senza fare nomi, ma le circostanze si adattano a questo gruppo di persone). L’essenza delle accuse è brevemente espressa: erano sulla carreggiata di Baranavichy, gridando slogan, esponendo bandiere bianco-rosse-bianche, “ostacolando deliberatamente la circolazione del traffico e il normale funzionamento delle imprese e delle organizzazioni”. Non è nemmeno indicata la data esatta in cui hanno avuto luogo le proteste, si chiama semplicemente “agosto 2020”.
+Così, nel 2024, 25 residenti di Baranavichy sono già stati condannati per le proteste dell'agosto 2020. Tutti sono stati condannati a una colonia carceraria per un periodo da 1 a 3 anni (l'unica eccezione è stata che una donna con un bambino di età inferiore a 3 anni è stata condannata a una pena sospesa).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.05.2024: 2 anni di reclusione in una colonia del regime generale. Appello 09.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:49:47</t>
+  </si>
+  <si>
+    <t>Eugene Vladimirovich Filippovich</t>
+  </si>
+  <si>
+    <t>12 maggio 1997</t>
+  </si>
+  <si>
+    <t>Secondo l'atto d'accusa, nel marzo 2021 Evgeny avrebbe "trasferito 29,35 euro su un conto bancario utilizzato dai rappresentanti della BYPOL tramite Internet e PayPal per sostenere attività estremiste".</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 43. 212003, Mahilioŭ, vulica Čaliuskincaŭ 76a</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.12.2023: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2023-12-27 14:53:00</t>
+  </si>
+  <si>
+    <t>Rostislav Olegovich Stefanovich</t>
+  </si>
+  <si>
+    <t>12 maggio 1988</t>
+  </si>
+  <si>
+    <t>Un membro del Consiglio di coordinamento allargato è stato arrestato il 29 settembre 2020 in relazione a disordini di massa, picchiato dalla polizia antisommossa e accusato di aver partecipato a canali telegrafici “radicali”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 21:12:27</t>
   </si>
   <si>
-    <t>Эрик Эрикович Колосовский</t>
-[...51 lines deleted...]
-    <t>Решение суда 22.02.2021: 6 лет лишения свободы в воспитательной колонии в условиях общего режима. Апелляция 23.04.2021: приговор оставлен без изменения. Решение суда 14.07.2021: 1 год 6 месяцев лишения свободы в воспитательной колонии в условиях общего режима, 1000 рублей компенсации. Суд по смене режима 21.06.2022: тюремный режим до конца срока. Решение суда 11.07.2024: неизвестно лет лишения свободы в колонии в условиях строгого режима. Апелляция 15.10.2024: неизвестно.</t>
+    <t>Nikita Mikhailovich Zolotоrev</t>
+  </si>
+  <si>
+    <t>12 maggio 2004</t>
+  </si>
+  <si>
+    <t>Nikita è stato arrestato e condannato, secondo gli investigatori, per aver lanciato una bottiglia Molotov contro il personale militare il 10 agosto 2020. L'accusa ha affermato che le bottiglie erano state nascoste e consegnategli da Leonid Kovalev con la proposta di appiccare il fuoco a un edificio, un autobus o una risaia. Nikita ha rifiutato di testimoniare, non ha ammesso la colpa e ha denunciato pressioni fisiche e psicologiche nel centro di custodia cautelare. Aveva 16 anni al momento del suo arresto e soffriva di epilessia.
+Nel luglio 2021 è stato nuovamente condannato ai sensi dell'articolo di "violenza o minaccia di violenza" per un incidente con i dipendenti del centro di custodia cautelare. Nel giugno 2022, Nikita è stato trasferito in una colonia per adulti dopo aver compiuto 18 anni e nell'agosto dello stesso anno la punizione è stata inasprita, mandandolo in prigione.
+Nel luglio 2024, un prigioniero politico è stato processato per “disobbedienza dolosa all’amministrazione della colonia”, un articolo spesso applicato ai prigionieri che si rifiutano di collaborare con l’amministrazione.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.02.2021: 6 anni di reclusione in una colonia correttiva del regime generale. Appello 23.04.2021: il verdetto è stato confermato. Sentenza del tribunale 14.07.2021: 1 anno 6 mesi di reclusione in una colonia correttiva del regime generale, 1000 rubli di risarcimento. Tribunale per il cambio di regime 21.06.2022: regime carcerario fino alla fine della pena. Sentenza del tribunale 11.07.2024: sconosciuto anni di reclusione in una colonia del regime rigoroso. Appello 15.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-28 02:14:22</t>
   </si>
   <si>
-    <t>Сергей Юрьевич Горлов</t>
-[...9 lines deleted...]
-    <t>Решение суда 09.12.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Eugene Alexandrovich Belkevich</t>
+  </si>
+  <si>
+    <t>13 maggio 1975</t>
+  </si>
+  <si>
+    <t>Il 13.02.2025 è stato condannato ai sensi di un articolo amministrativo (Parte 2 dell'articolo 10.1 del Codice degli illeciti amministrativi della Repubblica di Bielorussia - Lesioni personali intenzionali e altre azioni violente o violazione di un ordine di protezione), in seguito al quale è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 6. 225413, Baranavičy, vulica Bresckaja 258B</t>
+  </si>
+  <si>
+    <t>2025-06-02 23:55:41</t>
+  </si>
+  <si>
+    <t>Sergey Yuryevich Gorlov</t>
+  </si>
+  <si>
+    <t>13 maggio 1979</t>
+  </si>
+  <si>
+    <t>Sergei è stato arrestato nel febbraio 2024. All'inizio gli è stata concessa una giornata per "distribuire materiale estremista", poi è stato aperto un procedimento penale ed è stato trasferito in un centro di custodia cautelare. Probabilmente è colpa dei commenti. Sergei rischia da quattro a dodici anni di carcere.L'hobby di Sergei è la musica. Negli anni 2000 ha suonato nel gruppo “Forest Radio”. Ha partecipato a numerosi altri progetti, ha tradotto canzoni straniere in bielorusso.
+Sergei Yurievich Gorlov ha studiato all'Università linguistica statale di Minsk e successivamente si è laureato all'Università umanistica europea. Ha lavorato come traduttore e tutor di inglese. Il suo ultimo luogo di lavoro conosciuto è stato l'Istituto Sacharov di Minsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.12.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
   </si>
   <si>
-    <t>Евгений Александрович Белькевич</t>
-[...25 lines deleted...]
-    <t xml:space="preserve">6,5 лет лишения свободы в колонии </t>
+    <t>Sergey Danilovich Mityushkin</t>
+  </si>
+  <si>
+    <t>14 maggio 1969</t>
+  </si>
+  <si>
+    <t>Sergei, artigiano di Baranovichi, è stato arrestato nel febbraio 2025. Inizialmente è stato condannato a 24 ore di carcere ai sensi dell'articolo 19.11 del Codice dei reati amministrativi, poi è stato incriminato ai sensi dell'articolo 188 del Codice penale della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
+  </si>
+  <si>
+    <t>2025-10-16 18:32:46</t>
+  </si>
+  <si>
+    <t>Alexey Andreevich Tkachuk</t>
+  </si>
+  <si>
+    <t>14 maggio 1987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aleksey è stato condannato con false accuse di possesso di munizioni da addestramento. Nell'agosto 2020, l'uomo ha scritto una lettera di dimissioni dall'esercito ed è stato licenziato a novembre.
+È stato arrestato per caso di esportazione di documenti del Ministero della Difesa della Repubblica di Bielorussia. Durante le indagini, sono stati portati in un procedimento penale separato ai sensi della parte 2 dell'art. 295 cp, perché durante una perquisizione nell'appartamento sarebbe stato rinvenuto dell'esplosivo.
+Il tribunale della città di Minsk nell'agosto 2022 ha emesso un verdetto. Anche Alexei è stato privato del grado militare e multato: 500 unità base. Il processo si è svolto a porte chiuse.
+</t>
+  </si>
+  <si>
+    <t>2022-12-04 01:33:09</t>
+  </si>
+  <si>
+    <t>Anatoly Anatolevich Starosvetskii</t>
+  </si>
+  <si>
+    <t>14 maggio 1990</t>
+  </si>
+  <si>
+    <t>Ex marito della prigioniera politica Vitalia Bondarenko. È stato arrestato dopo un breve incontro con Vitalia, proprio all'uscita dalla colonia, ed è stato prima collocato in un centro di detenzione temporanea a Gomel, dopo di che è stato trasferito al centro di detenzione preventiva-3.
+Il 4 giugno 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.03.2024: 4 anni di reclusione in una colonia del regime potenziato. Appello 04.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
+    <t>Pavel Anatolyevich Lashchenko</t>
+  </si>
+  <si>
+    <t>14 maggio 1972</t>
+  </si>
+  <si>
+    <t>Imprenditore , direttore della società di revisione Ernst&amp;Young.
+Pavel è stato arrestato e posto in un centro di custodia cautelare con l'accusa di aver pubblicato uno degli articoli politici. È noto che per gli eventi del 2020 è stato aperto un procedimento penale. Nel 2020, al culmine dei pestaggi dei cittadini da parte della polizia, è stata inviata una lettera firmata da Lashchenko ai responsabili delle forze dell'ordine e delle agenzie governative , in cui esprimeva dubbi sulle cifre fornite da Yermoshina e invitava tutti a tornare in sé e allo stato di diritto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:38:03</t>
+  </si>
+  <si>
+    <t>Tatiana Gennadievna Kolos</t>
+  </si>
+  <si>
+    <t>14 maggio 1981</t>
+  </si>
+  <si>
+    <t>Tatyana è accusata di aver presumibilmente trasferito i suoi dati personali al canale Telegram Black Book of Belarus. Il 27 giugno 2022, i canali telegrafici filogovernativi hanno riferito che la donna lavorava in una delle società statali e aveva accesso ai dati personali delle forze di sicurezza. Prima del processo era agli arresti domiciliari.</t>
+  </si>
+  <si>
+    <t>6,5 anni di carcere</t>
   </si>
   <si>
     <t>2022-06-28 15:06:11</t>
   </si>
   <si>
-    <t>Антон Владимирович Козельский</t>
-[...12 lines deleted...]
-    <t>3 года лишения свободы в колонии</t>
+    <t>Anton Vladimirovich Kozelsky</t>
+  </si>
+  <si>
+    <t>14 maggio 1986</t>
+  </si>
+  <si>
+    <t>A giudicare dai social network, l'uomo ha 38 anni. È noto che ha vissuto per qualche tempo in Russia, ma più recentemente a Minsk. L'uomo ha moglie e figlio.
+Kozelsky ha lavorato a lungo come operatore presso l'ONT. Ad esempio, nel novembre 2022, ha insegnato al Dipartimento di Sicurezza del Ministero degli Affari Interni a lavorare con i media statali. L’ultimo rapporto di Kozelsky è stato pubblicato nell’ottobre 2023.
+Non si sa esattamente quando l'operatore sia stato arrestato, ma è successo più di sei mesi fa.
+Il problema potrebbe essere nei commenti di Telegram che ha lasciato. Anton commentava molto in vari gruppi politici, ma cancellava lui stesso i commenti. Li puoi trovare solo indirettamente, attraverso le risposte di altri utenti e le tracce degli uomini nei gruppi.
+Il 13 agosto 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 28.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 13.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
   </si>
   <si>
-    <t>Павел Анатольевич Лащенко</t>
-[...70 lines deleted...]
-    <t>Решение суда 09.08.2024: 8 лет лишения свободы в колонии в условиях усиленного режима, 50 базовых величин штрафа. Апелляция 01.11.2024: неизвестно.</t>
+    <t>Victor Aleksandrovich Savashevich</t>
+  </si>
+  <si>
+    <t>15 maggio 1982</t>
+  </si>
+  <si>
+    <t>L'uomo è stato incaricato della creazione e amministrazione del canale nel telegramma "‎23.34"‎, che conteneva informazioni sui giudici bielorussi.
+Viktor è stato anche accusato di "complicità nelle azioni deliberate di amministratori e membri di una serie di altri canali Telegram distruttivi volti a incitare l'odio sociale e la discordia sulla base di una diversa appartenenza sociale e comportare gravi conseguenze", secondo il canale Telegram di l'Ufficio del Procuratore Generale.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>11 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-12-23 23:41:33</t>
+  </si>
+  <si>
+    <t>Dmitry Mikhailovich Sonchik</t>
+  </si>
+  <si>
+    <t>15 maggio 1984</t>
+  </si>
+  <si>
+    <t>È noto che Sonchik ha lavorato a lungo come autista e, più recentemente, come camionista. Dmitry è interessato agli sport motoristici e ai radioamatori.
+Il video con Sonchik è stato pubblicato il 7 maggio 2024 sul canale GUBOPiK è stato arrestato al ritorno dall'estero; Lo hanno bombardato di commenti in un telegramma, hanno detto che ne ha lasciati più di mille.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.01.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-12-19 16:37:31</t>
+  </si>
+  <si>
+    <t>Timur Aleksandrovich Lazko</t>
+  </si>
+  <si>
+    <t>15 maggio 1983</t>
+  </si>
+  <si>
+    <t>Il 2 febbraio 2024, un canale Telegram vicino al GUBOPiK di Brest ha pubblicato un video pentito con Timur Lozko.Nel video, le forze di sicurezza hanno mostrato come uomini con scudi e armi, in alta uniforme, hanno fatto irruzione in casa. Segue un filmato in cui Timur Aleksandrovich, con le mani dietro la schiena, afferma di essere stato trovato con abbonamenti a Nekhta e che ha anche donato a questo canale Telegram. L'uomo racconta anche di lavorare al Lode come anestesista e rianimatore.Su Internet si legge che Lozko era stato arrestato nell’ottobre 2020 (e in solidarietà con lui altri medici a Brest sono usciti per protestare con la scritta “Io/noi siamo Timur”). E durante il referendum del febbraio 2022, è stato nuovamente detenuto e, ai sensi dell'articolo 24.23 del Codice degli illeciti amministrativi, "picchettaggio illegale", ha prima prestato servizio in una struttura di detenzione temporanea, e poi ha ricevuto una multa di 50 b.v.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.08.2024: 8 anni di reclusione in una colonia del regime potenziato, 50 unità di base di multa. Appello 01.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-03 12:54:26</t>
   </si>
   <si>
-    <t>Юрий Анатольевич Гаркач</t>
-[...8 lines deleted...]
-    <t>Решение суда дата неизвестна: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2022: неизвестно.</t>
+    <t>Yuri Anatolyevich Garkach</t>
+  </si>
+  <si>
+    <t>15 maggio 1977</t>
+  </si>
+  <si>
+    <t>Tenente colonnello del KGB, vice comandante dell'unità "A" del KGB della Repubblica di Bielorussia. Nell'agosto 2020 ha presieduto l'Associazione dei veterani del Gruppo A, a nome della quale ha firmato un appello di condanna della violenza e della repressione. Nell'autunno del 2020 è stato arrestato dagli agenti del KGB e posto in custodia cautelare. Il procedimento penale è classificato come "segreto".</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 7 anni di reclusione in una colonia del regime potenziato. Appello 27.12.2022: sconosciuto.</t>
   </si>
   <si>
     <t>2022-10-03 15:45:01</t>
   </si>
   <si>
-    <t>Виктор Александрович Савашевич</t>
-[...41 lines deleted...]
-    <t>Решение суда 20.09.2021: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Vladimir Alekseevich Dudarev</t>
+  </si>
+  <si>
+    <t>16 maggio 1977</t>
+  </si>
+  <si>
+    <t>Nel 2020, Vladimir ha coordinato il gruppo regionale di Viktor Babariko. Dopo la laurea presso l'Università tecnica statale di Mogilev nel 2001, ha lavorato nel comitato esecutivo della città di Mogilev e nel 2018 ne è diventato il vice, responsabile dell'edilizia, degli alloggi e dei servizi comunali. Nell'ottobre 2019 ha lasciato il suo incarico.
+L'11 giugno 2020, i dipendenti del Dipartimento per le indagini finanziarie hanno perquisito l'ufficio della Belgazprombank e le persone associate a Babariko, dopo di che Vladimir è stato arrestato. Nel settembre 2021 il tribunale lo ha ritenuto colpevole di abuso di potere e frode, ma non ha ammesso la sua colpevolezza.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.09.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
-    <t>Александр Николаевич Поливко</t>
-[...10 lines deleted...]
-    <t>Решение суда 04.03.2024: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Alexander Nikolaevich Polivko</t>
+  </si>
+  <si>
+    <t>16 maggio 1987</t>
+  </si>
+  <si>
+    <t>Arrestato per commenti sui social network. Alexander è accusato di “appelli estremisti che incitano all’odio sociale” e di “insulto a funzionari governativi”. Il canale filogovernativo Telegram ha mostrato screenshot di messaggi che implicano Polivko. Ad esempio: "Collaboratori e schiavi, è disgustoso guardare! Così che si arrabbiano tutti e impalano questo fascista baffuto".
+Pertanto, secondo l'accusa, il 14 giugno 2021, sotto la pubblicazione del canale telegrafico "La Bielorussia del cervello", Alexander ha scritto un messaggio in cui affermava che una volta lavorava a casa di Lukashenko e uno dei suoi colleghi parlava del suo conversazione con la guardia di sicurezza di Lukashenko. E secondo la guardia, Lukashenko personalmente, a causa di errori da parte della guardia, avrebbe potuto metterli in fila e "dare un pugno al compensato" (colpire con tutte le sue forze al petto o allo stomaco in modo che la persona si pieghi dall'alto). un colpo del genere). A quanto pare, questo commento è stato scritto sotto un post dal titolo "BYPOL: Roman Protasevich è stato picchiato personalmente dal dittatore" (tutti i commenti sotto il post sono stati cancellati al momento). Al processo, a Polivko è stato chiesto di nominare che tipo di collega avesse raccontato una storia del genere, ma l'uomo non riusciva a ricordare né il suo nome né altri dettagli personali, perché. ha lavorato presso la residenza per un periodo molto lungo, intorno al 2008-2009. Ma trovare un ex collega basandosi sui documenti sarebbe irrealistico, perché... lavoravano senza impiego ufficiale. È stato condannato anche per altri 4 commenti ai sensi di vari articoli del codice penale della Repubblica di Bielorussia.
+L'uomo ha lasciato due figli minorenni (hanno 14 e 4 anni).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.03.2024: 7 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
   </si>
   <si>
-    <t>Никита Андреевич Яхимович</t>
-[...25 lines deleted...]
-    <t>Решение суда 20.05.2024: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.08.2024: неизвестно.</t>
+    <t>Basil Vasilevich Prokhorov</t>
+  </si>
+  <si>
+    <t>18 maggio 1969</t>
+  </si>
+  <si>
+    <t>È stato arrestato insieme a tutta la sua famiglia (moglie, figlia, figlio) con l'accusa di "tradimento". Pare che la figlia sia stata successivamente rilasciata. Vasily Prokhorov ha 54 anni. Viene dalla città di Chernobyl, che ospitava la famigerata centrale nucleare. È noto che è rimasto ferito nell'incidente di Chernobyl. Prokhorov prestò servizio nelle truppe aviotrasportate. Poi ha lavorato nei cantieri edili e ha lavorato come trasportatore di merci al chiaro di luna, oltre a scrivere un piccolo blog.
+I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.
+La famiglia Prokhorov ha vissuto a lungo nel villaggio di Grabovka, nella regione di Gomel. Al momento del loro arresto, vivevano nel villaggio di Uza, nella regione di Gomel, dove si erano trasferiti due anni fa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 11 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
   </si>
   <si>
-    <t>Николай Петрович Демченко</t>
-[...5 lines deleted...]
-    <t>Решение суда 30.09.2024: неизвестно. Апелляция 10.12.2024: неизвестно.</t>
+    <t>Yuriy Vladimirovich Selvich</t>
+  </si>
+  <si>
+    <t>19 maggio 1977</t>
+  </si>
+  <si>
+    <t>Il 17 marzo 2022, il KGB ha annunciato l'arresto di un gruppo di bielorussi che stavano preparando un attacco terroristico contro le truppe russe nella regione di Mozyr.
+Secondo le indagini,Sergey Pleshkun e Yury Selvich pianificarono di distruggere l'equipaggiamento militare della Federazione Russa mentre si muoveva attraverso il territorio della regione di Mozyr. Per fare questo, hanno preparato delle molotov.
+Dal video BT, ne consegue che i Mozyr sono stati attentamente monitorati: hanno mostrato filmati da una telecamera nascosta nel garage, dove gli uomini discutono dei loro piani. Sul nastro parlano della prospettiva di danni alla ferrovia.
+Il processo si è svolto a porte chiuse.</t>
+  </si>
+  <si>
+    <t>14 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-03-18 19:51:08</t>
+  </si>
+  <si>
+    <t>Nikolay Petrovich Demchenko</t>
+  </si>
+  <si>
+    <t>19 maggio 1988</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.09.2024: sconosciuto. Appello 10.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-06 18:18:11</t>
   </si>
   <si>
-    <t>Юрий Владимирович Сельвич</t>
-[...26 lines deleted...]
-    <t>Решение суда 16.03.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 04.10.2021: приблизительно 1340 рублей компенсации. Решение суда 19.10.2021: приблизительно 1600 рублей компенсации.</t>
+    <t>Igor Vladimirovich Brodko</t>
+  </si>
+  <si>
+    <t>20 maggio 1983</t>
+  </si>
+  <si>
+    <t>Igor è originario di Smilovichi (distretto di Červenskij), ma ha vissuto a lungo a Vitebsk. Lui e la sua ex moglie hanno un figlio minorenne. Igor ha lavorato come soccorritore per molti anni. In seguito, ha lavorato come autista, fornendo servizi di trasporto e taxi. Brodko è scomparso dai social media e dalle app di messaggistica dopo febbraio 2025. È probabile che sia stato arrestato in quel periodo.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:48:50</t>
+  </si>
+  <si>
+    <t>Pavel Nikolaevich Spirin</t>
+  </si>
+  <si>
+    <t>20 maggio 1984</t>
+  </si>
+  <si>
+    <t>Pavel è stato arrestato nel settembre 2020 dopo aver pubblicato un nuovo video. Aveva intenzione di candidarsi alla presidenza, ma la Commissione elettorale centrale ha rifiutato di registrarlo. Pavel divenne un confidente di Svetlana Tikhanovskaya. È stato accusato di “incitamento alla discordia sociale” per un video che criticava funzionari governativi, inclusi pubblici ministeri, giudici e polizia.
+Nel novembre 2024 si è svolto un altro processo contro il prigioniero politico. Secondo gli attivisti per i diritti umani, Pavel avrebbe dovuto essere rilasciato a dicembre dopo aver terminato il suo mandato, ma su iniziativa dell'amministrazione della colonia n. 2 di Bobruisk, è stato aperto un procedimento penale contro di lui per "disobbedienza dolosa ai requisiti dell'amministrazione dell’istituto penitenziario”.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.02.2021: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.04.2021: il verdetto è stato confermato. Sentenza del tribunale 20.11.2024: 1 anno di reclusione in una colonia del regime generale. Appello 23.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:47:48</t>
+  </si>
+  <si>
+    <t>Sergey Ivanovich Belsky</t>
+  </si>
+  <si>
+    <t>20 maggio 1982</t>
+  </si>
+  <si>
+    <t>Non ha comprato il biglietto del filobus mentre era ubriaco e ha insultato il presidente con parole oscene. Il controllore ha chiamato la polizia e Sergei è stato arrestato.</t>
+  </si>
+  <si>
+    <t>2,6 anni di reclusione in una colonia di massima sicurezza.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:46:46</t>
+  </si>
+  <si>
+    <t>Anton Alexandrovich Ilyin</t>
+  </si>
+  <si>
+    <t>20 maggio 1987</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.12.2024: 6 anni di reclusione in una colonia in condizioni di regime speciale. Appello 19.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-02 18:16:42</t>
+  </si>
+  <si>
+    <t>Alexey Gennadievich Melnikov</t>
+  </si>
+  <si>
+    <t>20 maggio 1991</t>
+  </si>
+  <si>
+    <t>Alexey è stato arrestato il 4 dicembre 2020 nell'ambito di un procedimento penale relativo a disordini di massa e condannato per aver partecipato a una protesta avvenuta nell'agosto 2020 vicino al centro commerciale Riga a Minsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.03.2021: 5 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 04.10.2021: circa 1340 rubli di risarcimento. Sentenza del tribunale 19.10.2021: circa 1600 rubli di risarcimento.</t>
   </si>
   <si>
     <t>2021-02-26 22:30:24</t>
   </si>
   <si>
-    <t>Глеб Панасюк</t>
-[...3 lines deleted...]
-Как стало известно, Глеб отбыл арест в изоляторе временного содержания Гомеля по какому-то административному делу, после чего его перевели в СИЗО-№  и предъявили обыинение по уголовному делу. Правозащитники располагают информацией, что его заключение имеет политическую мотивацию.</t>
+    <t>Gleb Panasyuk</t>
+  </si>
+  <si>
+    <t>L'8 ottobre, Gleb Panasyuk lasciò la Polonia, dove aveva vissuto e lavorato negli ultimi anni, per recarsi nella sua città natale, Svetlogorsk, per far visita ai genitori. Il 9 ottobre, chiamò i suoi amici in Polonia da Brest per dire che aveva attraversato il confine e che stava per prendere un treno per Svetlogorsk. Ma dopo questo, i contatti con il giovane si persero .
+A quanto pare , Gleb ha scontato la pena in un centro di detenzione temporanea a Gomel, in base a un'accusa amministrativa, dopodiché è stato trasferito al centro di detenzione preventiva n. 1 e accusato di un reato penale. Gli attivisti per i diritti umani hanno informazioni secondo cui la sua detenzione sarebbe motivata da motivi politici.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
-    <t>Игорь Владимирович Бродко</t>
-[...66 lines deleted...]
-    <t>Решение суда 14.04.2023: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 27.06.2023: неизвестно.</t>
+    <t>Vladimir Vladimirovich Astapchik</t>
+  </si>
+  <si>
+    <t>21 maggio 1992</t>
+  </si>
+  <si>
+    <t>Condannato per essere l'amministratore di un canale Telegram che pubblicava filmati di proteste alla stazione della metropolitana. Pushkinskaya a Minsk. In precedenza, lo stesso Vladimir era in ritardo, di cui ha parlato nel video. Durante una delle proteste è stato arrestato e gli sono stati concessi 10-12 giorni, la sua casa è stata perquisita e le attrezzature e un telefono sono stati confiscati. Qualche tempo dopo il suo rilascio, è stato nuovamente detenuto per un giorno ed è stato rilasciato dietro suo riconoscimento. È stato aperto un procedimento penale contro di lui, ma è stato preso in custodia solo un anno dopo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.04.2023: 4 anni di reclusione in una colonia del regime generale. Appello 27.06.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-08-01 23:54:15</t>
   </si>
   <si>
-    <t>Николай Альбинович Витковский</t>
-[...6 lines deleted...]
-В сентябре 2025 года был задержан по уголовной статье. Его обвиняют в измене государству.</t>
+    <t>Nikolay Albinovich Vitkovsky</t>
+  </si>
+  <si>
+    <t>22 maggio 1967</t>
+  </si>
+  <si>
+    <t>Nikolai veniva costantemente detenuto per reati amministrativi.
+Nel settembre 2025 fu arrestato con l'accusa di tradimento.</t>
   </si>
   <si>
     <t>2022-04-05 00:41:34</t>
   </si>
   <si>
-    <t>Владимир Владимирович Короткий</t>
-[...9 lines deleted...]
-    <t>2 года лишеня свободы в колонии строгого режима.</t>
+    <t>Vladimir Vladimirovich Korotkiy</t>
+  </si>
+  <si>
+    <t>22 maggio 1984</t>
+  </si>
+  <si>
+    <t>L'uomo è stato accusato di aver strappato una bandiera rossa e verde da un negozio della città mentre era ubriaco. Ha ammesso pienamente la sua colpa.
+L'abitante della cittadina era già stato processato nove volte. Oltre alla reclusione, a Vladimir è stato prescritto un trattamento obbligatorio per l'alcolismo.</t>
+  </si>
+  <si>
+    <t>2 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
-    <t>Александр Станиславович Терешко</t>
-[...24 lines deleted...]
-    <t>Решение суда 17.01.2025: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Andrey Vitalievich Verevkin</t>
+  </si>
+  <si>
+    <t>23 maggio 1991</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:18:36</t>
+  </si>
+  <si>
+    <t>Victoria Valentinovna Domostoy</t>
+  </si>
+  <si>
+    <t>24 maggio 1979</t>
+  </si>
+  <si>
+    <t>La prima volta che è stata detenuta dal KGB alla fine di gennaio 2024 (durante le detenzioni di massa di parenti e amici di prigionieri politici) per aver scritto lettere e trasferito denaro sui conti dei prigionieri politici nel centro di custodia cautelare del carcere n. 1. Quindi è stato aperto un procedimento penale contro di lei ai sensi dell'art. 361-2 (finanziamento di attività estremiste), ma la donna non è stata presa in custodia.
+Durante la perquisizione le sono stati sequestrati attrezzature e denaro. Dopo aver esaminato la tecnica, sarebbero stati scoperti commenti indesiderati sui social network e su di essi è stato poi effettuato un esame. Dopo aver ricevuto i risultati dell'esame, il 20 aprile 2024, Victoria è stata nuovamente detenuta e collocata in una struttura di detenzione temporanea, e successivamente in un centro di detenzione preventiva.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.01.2025: 5 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: 4 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
   </si>
   <si>
-    <t>Ольга Олеговна Олешкевич</t>
-[...5 lines deleted...]
-    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Sergei Nikolaevich Leonyuk</t>
+  </si>
+  <si>
+    <t>25 maggio 1971</t>
+  </si>
+  <si>
+    <t>Arrestato per commenti sui social network.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.09.2023: 5 anni di reclusione in una colonia del regime generale. Appello 17.11.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-02-08 02:03:58</t>
+  </si>
+  <si>
+    <t>Olga Olegovna Oleshkevich</t>
+  </si>
+  <si>
+    <t>25 maggio 1984</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-08-22 19:24:35</t>
   </si>
   <si>
-    <t>Александр Викторович Корзюк</t>
-[...10 lines deleted...]
-    <t>Решение суда 12.07.2024: 13 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 20.12.2024: приговор оставлен без изменения.</t>
+    <t>Alexander Viktorovich Korzyuk</t>
+  </si>
+  <si>
+    <t>25 maggio 1968</t>
+  </si>
+  <si>
+    <t>Fino a poco tempo fa, Alexander Korzyuk era a capo del Dipartimento Finanze per l'Edilizia Abitativa e i Servizi Pubblici, i Trasporti e le Comunicazioni del Ministero delle Finanze. Non ha mai rilasciato interviste pubbliche. Si sa solo che è un bravo giocatore di scacchi.
+Il processo si è svolto a porte chiuse.
+Secondo ex prigionieri politici che hanno scontato la pena con Alexander nella stessa colonia penale, quest'ultimo è stato registrato come incline all'estremismo e privato di pacchi e visite da parte della sua famiglia. Si è dichiarato non colpevole.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.07.2024: 13 anni di reclusione in una colonia del regime potenziato. Appello 20.12.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
-    <t>Сергей Николаевич Леонюк</t>
-[...23 lines deleted...]
-    <t>Решение суда 12.03.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 1740 рублей компенсации.</t>
+    <t>Emin Givami Ogly Adygezalov</t>
+  </si>
+  <si>
+    <t>26 maggio 1978</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly è stato arrestato e condannato per aver appiccato il fuoco a una roccaforte a Bobruisk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.03.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 1740 rubli di risarcimento.</t>
   </si>
   <si>
     <t>2021-03-12 20:57:51</t>
   </si>
   <si>
-    <t>Владимир Владимирович Горох</t>
-[...26 lines deleted...]
-    <t>Решение суда 01.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
+    <t>Vadim Vladimirovich Lutsevich</t>
+  </si>
+  <si>
+    <t>26 maggio 1992</t>
+  </si>
+  <si>
+    <t>Specialista IT altamente qualificato.
+Padre di due figli, di 8 e 6 anni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 03.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
   </si>
   <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
-    <t>27 мая 1961</t>
-[...7 lines deleted...]
-    <t>3 года лишения свободы в колонии в условиях общего режима</t>
+    <t>27 maggio 1961</t>
+  </si>
+  <si>
+    <t>È stato arrestato dalla polizia il 19 ottobre 2023. Dopo il suo arresto, ha scontato due arresti amministrativi di 15 giorni ciascuno. Gli attivisti per i diritti umani sanno che il secondo di loro è stato nominato il 3 novembre dal tribunale del distretto centrale di Minsk. Poi il giudice Yuliana Shcherba ha dichiarato Marchenko, 63 anni, colpevole di “distribuzione di materiale estremista” (ai sensi della parte 2 dell'articolo 19.11 del Codice amministrativo).
+Il processo di Alexander è iniziato il 25 marzo 2024 presso il tribunale della città di Minsk.
+Il 4 giugno 2024 è stato preso in considerazione l'appello di Alexander. Il reclamo è rimasto insoddisfatto.</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
   </si>
   <si>
-    <t>Виктор Игоревич Иванькович</t>
-[...20 lines deleted...]
-    <t>Решение суда 04.10.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 06.12.2024: неизвестно.</t>
+    <t>Pavel Mikhailovich Sava</t>
+  </si>
+  <si>
+    <t>27 maggio 1974</t>
+  </si>
+  <si>
+    <t>Pavel è stato arrestato il 1° dicembre 2020 insieme a Mikalai Autukhovich, che le autorità hanno immediatamente dichiarato "l'organizzatore e leader di un gruppo terroristico". È stato condannato per “partecipazione a un’organizzazione criminale” e “atto di terrorismo”.
+Nel febbraio 2024 si è svolto un processo per modificare le condizioni del regime, ma il risultato è ancora sconosciuto. Nella primavera dello stesso anno, a Pavel e ad altri due imputati nel "caso" per danni alle proprietà dei poliziotti furono recuperati più di 40mila rubli a titolo di risarcimento.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2022: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 12.02.2024: 2 anni di regime carcerario. Sentenza del tribunale 26.04.2024: circa 13400 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
+  </si>
+  <si>
+    <t>Vladislav Nikolaevich Navarich</t>
+  </si>
+  <si>
+    <t>27 maggio 1996</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.10.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 06.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-23 23:25:44</t>
   </si>
   <si>
-    <t>Илья Олегович Нарышкин</t>
-[...10 lines deleted...]
-    <t>Решение суда 14.08.2024: 15 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
+    <t>Ilya Olegovych Naryshkin</t>
+  </si>
+  <si>
+    <t>27 maggio 2003</t>
+  </si>
+  <si>
+    <t>Ilya Naryshkin ha 21 anni. È originario di Slonim, ma ha trascorso parte della sua infanzia a Grodno. Il padre di Ilya è ucraino, nato a Krivoy Rog. Si è diplomato in una scuola di aviazione in epoca sovietica, ma ha lavorato come ingegnere meccanico in diversi paesi. Non vivono insieme alla madre del ragazzo da molto tempo.
+Ilya è entrata all'Accademia del Ministero degli affari interni. Ora avrebbe dovuto completare il terzo anno presso la Facoltà di penitenza. È noto che durante i suoi studi ha vissuto una vita attiva - si è esibito in vari concorsi e ha anche partecipato a un gioco intellettuale del canale televisivo Bielorussia-2, chiamato "Torre". Le ultime informazioni pubbliche su di lui risalgono a marzo 2023.
+Forse Ilya Naryshkin, 21 anni, voleva unirsi ai volontari bielorussi in Ucraina. Le accuse mosse di recente contro di lui sono state spesso utilizzate per giudicare persone che hanno espresso l'intenzione di andare a combattere dalla parte dell'Ucraina, sia online che offline. Alcune di queste persone corrispondevano con falsi robot del reggimento Kalinovsky, creati dai servizi speciali della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.08.2024: 15 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-07-10 15:36:04</t>
   </si>
   <si>
-    <t>Павел Михайлович Сава</t>
-[...27 lines deleted...]
-    <t>Решение суда 20.05.2021: 3 года лишения свободы в колонии в условиях общего режима. Решение суда 17.10.2022: 18 лет лишения свободы в колонии в условиях усиленного режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда 17.04.2023: 2 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 06.06.2023: приговор оставлен без изменения. Суд по смене режима 10.10.2023: 3 года тюремного режима.</t>
+    <t>Vladimir Tadeushevich Gundar</t>
+  </si>
+  <si>
+    <t>28 maggio 1960</t>
+  </si>
+  <si>
+    <t>Vladimir è stato arrestato il 30 dicembre 2020 nell’ambito del procedimento penale “Autukhovich” con l’accusa di “preparazione di un attacco terroristico”, ma questa accusa è stata successivamente ritirata. Nel maggio 2021 è stato condannato per “violenza contro un funzionario”. Secondo l'indagine, durante il suo arresto avrebbe minacciato gli investigatori e avrebbe rotto il suo cellulare.
+L’esame del “caso Autukhovich” è iniziato nel maggio 2022. Durante il processo, Vladimir è stato rimosso più volte dalle udienze e inviato in una cella di punizione. In uno degli incontri di giugno, è stato messo in una gabbia con solo la biancheria intima e le mani ammanettate alle sbarre. In risposta, Vladimir ha iniziato uno sciopero della fame, che ha mantenuto per 11 giorni. In questo caso, è stato condannato per “creazione di un’organizzazione criminale” e “tentato sequestro di potere”.
+Nel dicembre 2022, Vladimir è stato accusato di aver insultato il pubblico ministero Lyudmila Gerasimenko, che rappresentava l’accusa nel “caso Autukhovich”, ed è stata aggiunta un’ulteriore condanna. Di conseguenza, è stato condannato a 20 anni in una colonia di massima sicurezza.
+Nell'ottobre 2023 è stato trasferito in regime carcerario.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2021: 3 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 17.10.2022: 18 anni di reclusione in una colonia del regime potenziato, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale 17.04.2023: 2 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 06.06.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 10.10.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Александр Шульга</t>
-[...17 lines deleted...]
-    <t>Решение суда 03.11.2025: 2 года 8 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Natalia Kravchuk</t>
+  </si>
+  <si>
+    <t>29 maggio 1969</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 8 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
-    <t>Александр Владимирович Лопух</t>
-[...8 lines deleted...]
-    <t>Решение суда 06.07.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 03.09.2021: приговор оставлен без изменения.</t>
+    <t>Alexander Vladimirovich Lopukh</t>
+  </si>
+  <si>
+    <t>30 maggio 1982</t>
+  </si>
+  <si>
+    <t>Alexander è stato arrestato nell'ambito di un procedimento penale avviato dopo una protesta avvenuta a Pinsk nella notte tra il 9 e il 10 agosto 2020 contro le falsificazioni nelle elezioni presidenziali. È stato condannato per aver partecipato a "rivolte di massa".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.07.2021: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 03.09.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
   </si>
   <si>
-    <t>Олег Борисович Лойко</t>
-[...13 lines deleted...]
-    <t>Решение суда 20.08.2025: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
+    <t>Oleg Borisovich Loiko</t>
+  </si>
+  <si>
+    <t>31 maggio 1976</t>
+  </si>
+  <si>
+    <t>Oleg Loiko, pastore evangelico del distretto di Khoyniki, è accusato di aver trasmesso informazioni sul movimento di equipaggiamento militare russo attraverso la Bielorussia.
+Oleg Loiko, 48 anni, è pastore di una chiesa cristiana evangelica nel villaggio di Nebytov, nel distretto di Khoyniki. Lo scorso dicembre è stato arrestato e condannato a 10 giorni di reclusione per "diffusione di estremismo".
+Il pastore ha dedicato molti anni alla riabilitazione di persone con tossicodipendenza attraverso la missione "Return". Grazie al suo lavoro, centinaia di persone sono tornate a una vita normale. In passato ha ricevuto numerose recensioni entusiastiche dai media statali.
+Un ministro della Chiesa è stato condannato a tre anni e mezzo di carcere di massima sicurezza per aver fornito informazioni sul trasferimento di equipaggiamento militare russo al progetto di monitoraggio bielorusso di Gayun. Il processo si è svolto a porte chiuse.
+Il pastore Oleg non ammette di aver commesso crimini e ritiene di avere la coscienza pulita davanti a Dio.
+La sua condanna è stata nuovamente emessa nell'ottobre 2025.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.08.2025: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
   </si>
   <si>
-    <t>Анастасия Владимировна Лазаренко</t>
-[...11 lines deleted...]
-    <t>6 лет лишения свободы в колонии в условиях общего режима</t>
+    <t>Tatiana Nikolaevna Rusak</t>
+  </si>
+  <si>
+    <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, venticinquenne bielorusso, che ha combattuto in Ucraina.
+Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.</t>
+  </si>
+  <si>
+    <t>2024-07-20 13:28:29</t>
+  </si>
+  <si>
+    <t>Anastasia Vladimirovna Lazarenko</t>
+  </si>
+  <si>
+    <t>31 maggio 1982</t>
+  </si>
+  <si>
+    <t>Avvocato. È stata arrestata all'inizio di giugno 2022, due giorni dopo il suo 40esimo compleanno, per aver fatto trapelare dati ai canali di Telegram. Le forze di sicurezza sono venute a trattenere una donna con mitragliatrici e giubbotti antiproiettile: si sono arrampicate sulle finestre e hanno sfondato la porta.
+Nel marzo 2023 si è saputo che era stata accusata anche ai sensi dell'art. 203-1 del codice penale (Azioni illecite riguardanti informazioni sulla vita privata) e parte 1 dell'art. 342 cp. Secondo gli investigatori, avrebbe organizzato un "evento di massa non autorizzato" quando ha tenuto un consulto vicino ad Akrestsina nell'agosto 2020.
+In natura ha lasciato un padre anziano e un figlio di 19 anni che soffre del morbo di Crohn dall'età di 16 anni.</t>
+  </si>
+  <si>
+    <t>6 anni di reclusione in una colonia in condizioni generali di regime</t>
   </si>
   <si>
     <t>2022-08-26 15:26:58</t>
-  </si>
-[...23 lines deleted...]
-    <t>2024-07-20 13:28:29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1678,2294 +1552,2080 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>73</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>85</v>
       </c>
       <c r="I15" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>87</v>
       </c>
       <c r="B16" t="s">
         <v>88</v>
       </c>
       <c r="C16" t="s">
         <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>90</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>91</v>
       </c>
       <c r="I16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>96</v>
       </c>
       <c r="I17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>98</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
       <c r="C18" t="s">
         <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="I18" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+      <c r="I19" t="s">
         <v>106</v>
-      </c>
-[...13 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" t="s">
         <v>108</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>109</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>110</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="I20" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>113</v>
       </c>
       <c r="B21" t="s">
         <v>114</v>
       </c>
       <c r="C21" t="s">
         <v>115</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>116</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>120</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>121</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>122</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>127</v>
       </c>
       <c r="I23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>129</v>
       </c>
       <c r="B24" t="s">
         <v>130</v>
       </c>
       <c r="C24" t="s">
         <v>131</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>132</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
       <c r="C26" t="s">
         <v>142</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
       <c r="I26" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>145</v>
       </c>
       <c r="B27" t="s">
         <v>146</v>
       </c>
       <c r="C27" t="s">
         <v>147</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>148</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>150</v>
+      </c>
+      <c r="B28" t="s">
         <v>151</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>152</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
         <v>153</v>
       </c>
-      <c r="D28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>78</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>79</v>
+        <v>165</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>132</v>
+        <v>171</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>169</v>
+        <v>43</v>
       </c>
       <c r="I31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C32" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>176</v>
       </c>
       <c r="I32" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>178</v>
       </c>
       <c r="B33" t="s">
         <v>179</v>
       </c>
       <c r="C33" t="s">
         <v>180</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>181</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>183</v>
+      </c>
+      <c r="B34" t="s">
         <v>184</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>185</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
+        <v>91</v>
+      </c>
+      <c r="I34" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>187</v>
+      </c>
+      <c r="B35" t="s">
+        <v>188</v>
+      </c>
+      <c r="C35" t="s">
         <v>189</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>190</v>
       </c>
-      <c r="C35" t="s">
+      <c r="I35" t="s">
         <v>191</v>
-      </c>
-[...16 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>192</v>
+      </c>
+      <c r="B36" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" t="s">
         <v>194</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>121</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>195</v>
       </c>
-      <c r="C36" t="s">
+      <c r="I36" t="s">
         <v>196</v>
-      </c>
-[...16 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>197</v>
+      </c>
+      <c r="B37" t="s">
+        <v>198</v>
+      </c>
+      <c r="C37" t="s">
         <v>199</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" t="s">
+        <v>31</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>200</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>201</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>202</v>
+      </c>
+      <c r="B38" t="s">
+        <v>203</v>
+      </c>
+      <c r="C38" t="s">
         <v>204</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>205</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>206</v>
-      </c>
-[...16 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>207</v>
+      </c>
+      <c r="B39" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" t="s">
         <v>209</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
       <c r="I39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>213</v>
       </c>
       <c r="B40" t="s">
         <v>214</v>
       </c>
       <c r="C40" t="s">
         <v>215</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>216</v>
       </c>
       <c r="I40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>218</v>
       </c>
       <c r="B41" t="s">
         <v>219</v>
       </c>
       <c r="C41" t="s">
         <v>220</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I41" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>223</v>
       </c>
       <c r="B42" t="s">
         <v>224</v>
       </c>
       <c r="C42" t="s">
         <v>225</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>121</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
+        <v>226</v>
       </c>
       <c r="H42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>132</v>
+        <v>210</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B45" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C45" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>105</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I45" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B46" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C46" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B47" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
         <v>254</v>
       </c>
       <c r="C48" t="s">
         <v>255</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
+        <v>43</v>
+      </c>
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>259</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>261</v>
       </c>
       <c r="I49" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>263</v>
       </c>
       <c r="B50" t="s">
         <v>264</v>
       </c>
+      <c r="C50" t="s">
+        <v>265</v>
+      </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B51" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="C51" t="s">
         <v>269</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>270</v>
       </c>
       <c r="I51" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>272</v>
       </c>
       <c r="B52" t="s">
         <v>273</v>
       </c>
       <c r="C52" t="s">
         <v>274</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>275</v>
       </c>
       <c r="I52" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>277</v>
       </c>
       <c r="B53" t="s">
         <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
       <c r="I53" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>280</v>
       </c>
       <c r="B54" t="s">
         <v>281</v>
       </c>
       <c r="C54" t="s">
         <v>282</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>37</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>38</v>
+        <v>283</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>90</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="I55" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>289</v>
       </c>
       <c r="B56" t="s">
         <v>290</v>
       </c>
       <c r="C56" t="s">
         <v>291</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>292</v>
       </c>
-      <c r="F56" t="s">
-[...5 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>294</v>
+      </c>
+      <c r="B57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>90</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
+        <v>68</v>
+      </c>
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...13 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
+        <v>298</v>
+      </c>
+      <c r="C58" t="s">
         <v>299</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>24</v>
+      </c>
+      <c r="E58" t="s">
+        <v>31</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>300</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59" t="s">
+        <v>303</v>
+      </c>
+      <c r="C59" t="s">
         <v>304</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
         <v>305</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>306</v>
-      </c>
-[...13 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>307</v>
+      </c>
+      <c r="B60" t="s">
         <v>308</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>24</v>
+      </c>
+      <c r="E60" t="s">
+        <v>132</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
         <v>309</v>
       </c>
-      <c r="C60" t="s">
+      <c r="I60" t="s">
         <v>310</v>
-      </c>
-[...13 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>311</v>
+      </c>
+      <c r="B61" t="s">
+        <v>312</v>
+      </c>
+      <c r="C61" t="s">
         <v>313</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>78</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>226</v>
+      </c>
+      <c r="H61" t="s">
         <v>314</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>315</v>
-      </c>
-[...16 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>316</v>
+      </c>
+      <c r="B62" t="s">
+        <v>317</v>
+      </c>
+      <c r="C62" t="s">
         <v>318</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>260</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>226</v>
+      </c>
+      <c r="H62" t="s">
         <v>319</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>320</v>
-      </c>
-[...16 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>321</v>
+      </c>
+      <c r="B63" t="s">
+        <v>322</v>
+      </c>
+      <c r="C63" t="s">
         <v>323</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>105</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>324</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>326</v>
+      </c>
+      <c r="B64" t="s">
         <v>327</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>328</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>37</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>329</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>331</v>
+      </c>
+      <c r="B65" t="s">
         <v>332</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>333</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
         <v>334</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>336</v>
+      </c>
+      <c r="B66" t="s">
         <v>337</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>338</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>339</v>
-      </c>
-[...16 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>340</v>
+      </c>
+      <c r="B67" t="s">
+        <v>341</v>
+      </c>
+      <c r="C67" t="s">
         <v>342</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>121</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>343</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>344</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>345</v>
+      </c>
+      <c r="B68" t="s">
+        <v>346</v>
+      </c>
+      <c r="C68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>90</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="I68" t="s">
         <v>349</v>
-      </c>
-[...16 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>350</v>
+      </c>
+      <c r="B69" t="s">
+        <v>351</v>
+      </c>
+      <c r="D69" t="s">
+        <v>24</v>
+      </c>
+      <c r="E69" t="s">
+        <v>132</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
+        <v>355</v>
+      </c>
+      <c r="C70" t="s">
+        <v>356</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...19 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
+        <v>360</v>
+      </c>
+      <c r="C71" t="s">
+        <v>361</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>105</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>362</v>
       </c>
-      <c r="B71" t="s">
+      <c r="I71" t="s">
         <v>363</v>
-      </c>
-[...13 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>364</v>
+      </c>
+      <c r="B72" t="s">
+        <v>360</v>
+      </c>
+      <c r="C72" t="s">
+        <v>365</v>
+      </c>
+      <c r="D72" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" t="s">
+        <v>31</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>32</v>
+      </c>
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...22 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
+        <v>369</v>
+      </c>
+      <c r="D73" t="s">
+        <v>24</v>
+      </c>
+      <c r="E73" t="s">
+        <v>31</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>370</v>
+      </c>
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...245 lines deleted...]
-        <v>411</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">