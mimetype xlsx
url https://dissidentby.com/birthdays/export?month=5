--- v1 (2025-12-18)
+++ v2 (2026-03-17)
@@ -12,1243 +12,1432 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
-[...43 lines deleted...]
-    <t>Si</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>День рождения</t>
+  </si>
+  <si>
+    <t>Описание</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Адрес</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>ПЦ Весна</t>
+  </si>
+  <si>
+    <t>Приговор</t>
+  </si>
+  <si>
+    <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Дмитрий Александрович Хотянович</t>
+  </si>
+  <si>
+    <t>1 мая 1978</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 08.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-01-02 00:30:08</t>
+  </si>
+  <si>
+    <t>Наталья Николаевна Жигар</t>
+  </si>
+  <si>
+    <t>2 мая 1956</t>
+  </si>
+  <si>
+    <t>Дело Натальи Жигар, предположительно, связано с поддержкой людей, содержавшихся в СИЗО. До пенсии она работала в канцелярии Брестского суда.
+До суда женщина была под домашним арестом.
+Дело рассматривали в Гродненском областном суде. Известно, что сначала оно было отправлено на доработку.
+Судья Валерий Романовский начал рассматривать дело Натальи 19 августа 2024 г., заседания продолжились 20, 24, 30 сентября.
+27 декабря 2024 г. в Верховном суде состоялось рассмотрение апелляционной жалобы Натальи. </t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>Решение суда 30.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:18:12</t>
+  </si>
+  <si>
+    <t>Константин Валерьевич Медведев</t>
+  </si>
+  <si>
+    <t>2 мая 1988</t>
   </si>
   <si>
     <t>2025-11-27 16:04:33</t>
   </si>
   <si>
-    <t>Paul Evgenyevich Kuchinsky</t>
-[...30 lines deleted...]
-    <t>Sentenza del tribunale 20.11.2025: 3 anni di reclusione in una colonia del regime generale.</t>
+    <t>Анна Александровна Багинская</t>
+  </si>
+  <si>
+    <t>2 мая 1978</t>
+  </si>
+  <si>
+    <t>Задержана в начале мая 2025 года по "делу Гаюна" - за передачу данных телеграм-каналу "Беларускі Гаюн" о перемещении военная техники. </t>
+  </si>
+  <si>
+    <t>Решение суда 20.11.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
-    <t>Anna Evgenievna Savochkina</t>
-[...13 lines deleted...]
-    <t>Sentenza del tribunale 09.08.2024: 7 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
+    <t>Анна Евгениевна Савочкина</t>
+  </si>
+  <si>
+    <t>3 мая 1999</t>
+  </si>
+  <si>
+    <t>15 мая 2023 года на ОНТ вышел пропагандистский фильм "Убойная посылка" смерти: кто и как хотел совершить теракт в День Победы", где рассказали подробности дела. Там сообщалось, что якобы КГБ в канун Дня победы 9 мая 2023 года "предотвратил теракт под кураторством Киева". Там заявили, что взрывчатка находилась в электрических плитах, которые прислали задержанным через посылки. Организатором акции назвали 23-летнего белоруса Валерия Водина, который воевал в Украине.
+В видео рассказали о том, что посылки с электроплитами, в которых была взрывчатка, доставили в минский пункт СДЭК в Каменной Горке 21 марта 2023 года из Киева через Италию. 29-летняя Виктория Волчек подтвердила на допросе, что она получила посылку — ее попросил получить посылку Валерий Водин. Студентка БГУ Анна Савочкина и ее мать Татьяна Русак взяли плитку у Волчек и закопали ее на кладбище в Колодищах. Вторую плитку забрал зубной техник Андрей Григорьев и отвез в садовое товарищество "Авторемонтник 124" под Олехновичами.
+Анна Савочкина закончила три курса экономического факультета БГУ, но с сентября 2022 года поступила на первый курс биологического факультета БГУ, староста группы. До института закончила гимназию-колледж искусств имени И.О. Ахремчика по специальности музыка. Задержана вместе с матерью.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.08.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
-    <t>Alexander Mateyuk</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 05.10.2021: 9 anni di reclusione in una colonia del regime potenziato, 100 unità di base di multa, 1108 rubli di risarcimento.</t>
+    <t>Олег Степанович Кинев</t>
+  </si>
+  <si>
+    <t>3 мая 1969</t>
+  </si>
+  <si>
+    <t>Олег живет в агрогородке Первомайская (Блудень) в Березовском районе Брестской области.
+Он предприниматель, занимается кровельными работами. Его специализация — изготовление куполов для православных церквей. Олег занимается этим с 2000-х. Сначала он работал с бригадой как наёмный работник, а через несколько лет открыл своё дело. Кинев реконструировал купол Патриаршего представительства РПЦ, создавал купол для церкви военной части в Слониме, делал дубовый мост, пристань и беседку на островке рядом с усадьбой графа Гуттен-Чапского в Станькове и часовню в зоопарке. В целом его работы разбросаны по разным городам и деревням Беларуси.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-10-05 13:19:42</t>
+  </si>
+  <si>
+    <t>Александр Михайлович Матеюк</t>
+  </si>
+  <si>
+    <t>3 мая 1982</t>
+  </si>
+  <si>
+    <t>Активист «Страны для жизни» и член команды Светланы Тихановской, Александр неоднократно подвергался задержаниям по политическим административным статьям. Его задержали вместе с другим активистом, Олегом Борозной, за которыми, как известно, следили с осени 2020 года. Впоследствии Александр был осужден по сфабрикованному уголовному делу, связанному с наркотиками.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 05.10.2021: 9 лет лишения свободы в колонии в условиях усиленного режима, 100 базовых величин штрафа, 1108 рублей компенсации.</t>
   </si>
   <si>
     <t>2021-04-05 12:35:41</t>
   </si>
   <si>
-    <t>Oleg Stepanovich Kinev</t>
-[...37 lines deleted...]
-    <t>Sentenza del tribunale 26.11.2025: 5 anni di reclusione in una colonia del regime generale.</t>
+    <t>Светлана Вячеславовна Якубович</t>
+  </si>
+  <si>
+    <t>4 мая 1974</t>
+  </si>
+  <si>
+    <t>В январе 2022 года будущего мужа Светланы Станислава осудили на три года по ст. 342 УК и ст. 364 УК РБ. Светлана, которая переживала его судьбу, носила ему передачи. 24 февраля 2022 года Светлана Якубович вышла замуж за Станислава, в тот момент все еще находился в заключении. В декабре 2023 года, Станислав вышел на свободу, полностью отбыв назначенный судом срок наказания. А через год пару задержали по новому уголовному делу.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>Решение суда 26.11.2025: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-20 14:42:46</t>
   </si>
   <si>
-    <t>Oleg Viktorovich Efremenko</t>
-[...15 lines deleted...]
-    <t>Sentenza del tribunale 09.12.2020: 4 anni 6 mesi di reclusione in una colonia del regime generale, 1000 rubli di risarcimento. Tribunale per il cambio di regime 30.09.2021: sconosciuto anni di regime carcerario. Sentenza del tribunale 15.08.2022: 1 anno di reclusione in una colonia del regime rigoroso. Appello 10.11.2022: il verdetto è stato confermato. Sentenza del tribunale 25.07.2023: 1 anno di reclusione in una colonia del regime rigoroso. Appello 19.10.2023: il verdetto è stato confermato. Sentenza del tribunale 24.09.2024: sconosciuto. Appello 13.12.2024: sconosciuto.</t>
+    <t>Олег Викторович Ефременко</t>
+  </si>
+  <si>
+    <t>4 мая 1981</t>
+  </si>
+  <si>
+    <t>Олег был задержан и осужден за «подсечку» милиционеру во время уличного шествия в Витебске 13 сентября 2020 года. В сентябре 2021 года его перевели на тюремный режим за «нарушение правил распорядка».
+В августе 2022 года Олега повторно осудили за «злостное неповиновение требованиям администрации исправительного учреждения» и добавили ещё один год лишения свободы.
+25 июля 2023 года политзаключённого снова осудили за «неповиновение требованиям администрации» и приговорили к ещё одному году лишения свободы.
+В сентябре 2024 года состоялось очередное рассмотрение уголовного дела против Олега за «злостное неповиновение требованиям администрации исправительного учреждения» — обвинение, которое часто применяется к заключённым, отказавшимся сотрудничать с тюремной администрацией.
+На протяжении всего срока заключения на Олега постоянно оказывают давление. Его регулярно отправляют в ШИЗО, где он содержится в изоляции на протяжении десятков дней.</t>
+  </si>
+  <si>
+    <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
+  </si>
+  <si>
+    <t>Решение суда 09.12.2020: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 рублей компенсации. Суд по смене режима 30.09.2021: неизвестно лет тюремного режима. Решение суда 15.08.2022: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 10.11.2022: приговор оставлен без изменения. Решение суда 25.07.2023: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 19.10.2023: приговор оставлен без изменения. Решение суда 24.09.2024: неизвестно. Апелляция 13.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Irina Nikolaevna Klezovich</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 23.09.2024: sconosciuto.</t>
+    <t>Ирина Николаевна Клезович</t>
+  </si>
+  <si>
+    <t>5 мая 1966</t>
+  </si>
+  <si>
+    <t>Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. 
+Ирину судили, как "Лицо, совершившее общественно опасное деяние". Это означает что, по решению суда, к ней должны были быть применены принудительные меры медицинского характера. Суд над ней состоялся 18 и 23 сентября 2024 года. Её местонахождение неизвестно.</t>
+  </si>
+  <si>
+    <t>Решение суда 23.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
   </si>
   <si>
-    <t>Valery Valerievich Zhukov</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+    <t>Валерий Валерьевич Жуков</t>
+  </si>
+  <si>
+    <t>5 мая 1974</t>
+  </si>
+  <si>
+    <t>Был задержан в ноябре 2024 года и осужден по административной ч. 2 ст. 19.11 КоАП РБ  (Распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность), после чего завели уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-06-26 18:20:21</t>
   </si>
   <si>
-    <t>Vyacheslav Nikolaevich Kolousov</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 10.07.2024: 3 anni di reclusione in una colonia del regime rigoroso. Appello 27.09.2024: sconosciuto.</t>
+    <t>Вячеслав Николаевич Колоусов</t>
+  </si>
+  <si>
+    <t>5 мая 1984</t>
+  </si>
+  <si>
+    <t>15 июня 2023 года был осужден по ст. 205 (Кража) к 2 годам и 6 месяцам лишения свободы. 
+14 июня 2024 в суде Барановичей и Барановичского района началось рассмотрение уголовного дела по ст. 342 УК (Активное участие в групповых действиях, грубо нарушающих общественный порядок). По ней судят Вячеслава и еще восемь человек. 
+Путём сложения приговоров по этому и прошлому уголовному делу, ему окончательно назначили 3 года лишения свободы строгого режима.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.07.2024: 3 года лишения свободы в колонии в условиях строгого режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
-    <t>Yury Slavomirovich Sergey</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 31.03.2021: 6 anni di reclusione in una colonia del regime potenziato, 150 unità di base di multa. Appello 20.07.2021: il verdetto è stato confermato.</t>
+    <t>Юрий Славомирович Сергей</t>
+  </si>
+  <si>
+    <t>6 мая 1988</t>
+  </si>
+  <si>
+    <t>Юрий был задержан и осужден по нескольким статьям, включая незаконное хранение холодного оружия. Всё началось с видео, где водитель BMW избивает мужчину с бело-красно-белым флагом. Видео разошлось в соцсетях, и был опубликован адрес водителя Дмитрия Давыдюка. По версии следствия, трое минчан решили «проучить» водителя, проколов шины его автомобиля.</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 31.03.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа. Апелляция 20.07.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Frantskevich</t>
-[...14 lines deleted...]
-    <t xml:space="preserve"> Sentenza del tribunale 06.09.2022: 17 anni di reclusione in una colonia del regime rigoroso, 700 unità di base di multa, circa 1200 rubli di risarcimento. Appello 28.02.2023: 16 anni 9 mesi di reclusione in una colonia del regime rigoroso, 700 unità di base di multa, circa 1200 rubli di risarcimento. Sentenza del tribunale 24.06.2024: 1 anno di reclusione in una colonia del regime rigoroso. Appello 24.09.2024: sconosciuto. Tribunale per il cambio di regime 05.08.2025: 3 anni di regime carcerario.</t>
+    <t>Александр Владимирович Францкевич</t>
+  </si>
+  <si>
+    <t>6 мая 1990</t>
+  </si>
+  <si>
+    <t>Активист анархистского движения Александр был задержан 12 августа 2020 года и осуждён по ряду уголовных статей. Ранее, в 2010 году, он уже отбывал наказание по "делу анархистов".
+В 2022 году его приговорили к 17 годам колонии, а в феврале 2023 года Верховный суд сократил срок на 3 месяца.
+В июне 2024 года Александра снова обвинили по статье за "злостное неповиновение требованиям администрации колонии", и ему добавили ещё один год заключения.
+В июле 2024 года была задержана его мать, Татьяна Францкевич, по обвинению в "участии в экстремистском формировании". Вместе с ней задержали ее сестру Наталью Лобацевич, мать бывшего политзаключенного Ильи Лобацевича.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 06.09.2022: 17 лет лишения свободы в колонии в условиях строгого режима, 700 базовых величин штрафа, приблизительно 1200 рублей компенсации. Апелляция 28.02.2023: 16 лет 9 месяцев лишения свободы в колонии в условиях строгого режима, 700 базовых величин штрафа, приблизительно 1200 рублей компенсации. Решение суда 24.06.2024: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 24.09.2024: неизвестно. Суд по смене режима 05.08.2025: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:21:02</t>
   </si>
   <si>
-    <t>Andrey Sergeevich Sachevko</t>
-[...15 lines deleted...]
-    <t>6 anni di carcere in una colonia penale.</t>
+    <t>Евгений Михайлович Пугач</t>
+  </si>
+  <si>
+    <t>6 мая 1984</t>
+  </si>
+  <si>
+    <t>представитель минского стартап-хаба "Имагуру". Выпускник магистерской программы ЕГУ "Европейские исследования", после этого работал в ряде НГО и частном секторе с бизнесом. Создавал и развивал стартап-экосистемы Беларуси.</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 03.12.2024: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-08-28 19:37:47</t>
+  </si>
+  <si>
+    <t>Андрей Сергеевич Сачевко</t>
+  </si>
+  <si>
+    <t>6 мая 1996</t>
+  </si>
+  <si>
+    <t>Впервые Андрея задержал ГУБОПиК за размещение "экстремистских" материалов на своей странице "ВКонтакте". Под ними имелось в виду видео с принятия Лукашенко присяги в 1994 году под бело-красно-белым флагом, которым Сачевко поделился на странице.
+Был осужден за участие в гродненских Маршах и комментарии в чате.
+Мужчина не признал вину, а подтвердил лишь факт написания комментариев 11 и 12 августа 2020 года. Участие мужчины в гродненских Маршах не подтвердилось после просмотра видеозаписей с мероприятий в городе.
+Стало известно, что в июне 2022 года была проведена лабораторно-судебная экспертиза. Она подтвердила психическое заболевание Андрея. Однако он все равно был осужден, а также включен в перечень физических лиц и организаций, причастных к террористической деятельности.
+В августе 2023 года была переведен на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
-    <t>Eugene Mikhailovich Pugach</t>
-[...17 lines deleted...]
-    <t>7 maggio 1990</t>
+    <t>Александр Михайлович Шарабайко</t>
+  </si>
+  <si>
+    <t>7 мая 1971</t>
+  </si>
+  <si>
+    <t>Бодибилдер, краевед.Ранее мужчина задерживался за участие в акциях протеста. 16 марта 2023 его арестовали за «распространение экстремистких материалов» и осудили на 10 суток. Мужчина не вышел и был переведен в СИЗО. Первоначальная статья обвинения была за оскорбление Лукашенко.
+В мае 2024 переведен в СИЗО по новому уголовному делу его снова начали судить 7 мая 2024 г. Кроме него по делу проходили еще Андрей Стабулянец и Денис Цыбульский, которого год назад осудили за участие в акциях протеста в Минске (cт. 342 УК).</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 14.09.2023: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.11.2023: неизвестно. Решение суда 05.06.2024: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-03-26 23:12:21</t>
+  </si>
+  <si>
+    <t>Михаил Анатольевич Тарасевич</t>
+  </si>
+  <si>
+    <t>7 мая 1976</t>
+  </si>
+  <si>
+    <t>Кроме лишения свободы Михаилу присудили выплатить компенсации морального вреда пострадавшим и ущерб, "нанесенный остановкой общественного транспорта" в размере 49 тысяч рублей, что составляет почти 20 тысяч долларов.</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>2022-11-19 00:34:39</t>
+  </si>
+  <si>
+    <t>Дмитрий Иванович Лапец</t>
+  </si>
+  <si>
+    <t>7 мая 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
-È noto che è stato arrestato per aver partecipato alle proteste del 2020, presentando una foto di una delle marce.
+Известно, что его задержали за участие в протестах в 2020 году, предъявив фото с одного из маршей.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
-    <t>Michael Anatolyevich Tarasevich</t>
-[...43 lines deleted...]
-    <t>Sentenza del tribunale 12.06.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+    <t>Александр Евгеньевич Сезень</t>
+  </si>
+  <si>
+    <t>8 мая 1970</t>
+  </si>
+  <si>
+    <t>13 ноября был задержан Александр Сезень. В его квартире в многоквартирном доме, что по улице Горбатова, был проведен обыск. По некоторым сведениям состоялся также более поздний ночной обыск, когда сам Сезень, имеющий значительные проблемы со здоровьем, находился в больнице. Что ему собираются инкриминировать-пока неизвестно.
+Александр неоднократно задерживался милицией еще до 2020 года, он вел тяжбу с различными государственными структурами и писал жалобы.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.06.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
-    <t>Evgeniy Valerievich Burlo</t>
-[...12 lines deleted...]
-    <t>8 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
+    <t>Сергей Владимирович Васюкевич</t>
+  </si>
+  <si>
+    <t>8 мая 1983</t>
+  </si>
+  <si>
+    <t>Последние 11 лет Сергей был заместителем директора по коммерции в столичном офисе «Изоком Пласт».
+Для Дятловщины группа компаний «Изоком» и «Изоком Пласт» — это важный завод. Предприятие выросло на месте заброшенного завода деревянных конструкций и превратилось в гиганта, где работают 270 человек — большая цифра для райцентра.
+Там выпускают гибкие изолированные трубы, которые экспортируются в Россию и используются в госпрограммах. В 2025 году, когда Сергей уже был под преследованием, компания получила награду «Лидер энергоэффективности».</t>
+  </si>
+  <si>
+    <t>2026-01-27 21:04:19</t>
+  </si>
+  <si>
+    <t>Евгений Валерьевич Бурло</t>
+  </si>
+  <si>
+    <t>9 мая 1991</t>
+  </si>
+  <si>
+    <t>Музыкант группы TOR BAND , задержан вместе с Дмитрием Головачем, также были задержаны их жены. Жене Головача присудили штраф, жене Бурло – административный арест.
+В конце ноября 2022 Дмитрий и Евгений были осуждены третий раз на 15 суток. TOR BAND стал популярной в Беларуси группой на волне протестов 2020 годе. Многие песни стали хитами на разных платформах. Информационную продукцию, социальные сети и логотип группы TOR BAND признали «экстремистскими», а также их вышеперечисленные песни.</t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-12-06 21:04:39</t>
   </si>
   <si>
-    <t>Maksim Sergeevich Drobnitsa</t>
-[...10 lines deleted...]
-    <t>8 anni di reclusione in una colonia penale.</t>
+    <t>Максим Сергеевич Дробница</t>
+  </si>
+  <si>
+    <t>9 мая 2001</t>
+  </si>
+  <si>
+    <t>22-летний житель Светлогорска. Максима судят «за организацию деятельности террористической организации и участие в деятельности такой организации». Максима признали виновным в том, что он вступил в "экстремистское формирование" (план "Победа") и планировал взорвать железную дорогу в Светлогорском районе. Государственное издание пишет, что, чтобы остановить войну в Украине, миниатюра "была готова на все". Когда же парень приехал к железной дороге, то попал там в засаду силовиков и был задержан.
+Госорганы об этом деле ничего не сообщали. Судебный процесс закрытый.
+19.09.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.07.2023: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 19.09.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
-    <t>Ivan Alexandrovich Zenko</t>
-[...14 lines deleted...]
-    <t>Sentenza del tribunale 02.04.2021: 5 anni di reclusione in una colonia del regime generale, circa 28000 rubli di risarcimento. Sentenza del tribunale 07.04.2022: 2 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 09.11.2022: 1 anno di reclusione in una colonia del regime generale. Appello 09.02.2023: il verdetto è stato confermato. Sentenza del tribunale 14.09.2023: 3 anni di reclusione in una colonia del regime generale. Appello 19.12.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 12.03.2024: 3 anni di regime carcerario.</t>
+    <t>Александр Петрович Горшунов</t>
+  </si>
+  <si>
+    <t>10 мая 1979</t>
+  </si>
+  <si>
+    <t>Работал программистом на минском заводе «Атлант».</t>
+  </si>
+  <si>
+    <t>Решение суда 05.03.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-05-26 01:52:20</t>
+  </si>
+  <si>
+    <t>Артем Витальевич Шинкевич</t>
+  </si>
+  <si>
+    <t>10 мая 1992</t>
+  </si>
+  <si>
+    <t>ИУОТ-45, 225073, Брестская обл., Каменецкий р-н., д. Сушки, ул.Центральная, 1</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет ограничения свободы с направлением в учреждение открытого типа. Апелляция 20.01.2026: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-23 11:44:37</t>
+  </si>
+  <si>
+    <t>Иван Александрович Зенько</t>
+  </si>
+  <si>
+    <t>10 мая 1982</t>
+  </si>
+  <si>
+    <t>Индивидуальный предприниматель был задержан и осужден по трем уголовным статьям за участие в событии, которое произошло во время разгона людей 11 октября 2020 года возле станции метро "Пушкинская".
+В апреле 2022 года Ивана вновь осудили за участие в акции протеста, но на итоговый срок это не повлияло. Однако в ноябре этого же года ему добавили еще один год лишения свободы, осудив за "неповиновение требованиям администрации исправительного учреждения".
+В сентябре 2023 года был осужден дополнительно на 3 года лишения свободы за "насилие в отношении должностного лица".
+В марте 2024 года переведен на тюремный режим на 3 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.04.2021: 5 лет лишения свободы в колонии в условиях общего режима, приблизительно 28000 рублей компенсации. Решение суда 07.04.2022: 2 года лишения свободы в колонии в условиях общего режима. Решение суда 09.11.2022: 1 год лишения свободы в колонии в условиях общего режима. Апелляция 09.02.2023: приговор оставлен без изменения. Решение суда 14.09.2023: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 19.12.2023: приговор оставлен без изменения. Суд по смене режима 12.03.2024: 3 года тюремного режима. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
-    <t>Alexander Petrovich Gorshunov</t>
-[...23 lines deleted...]
-    <t>3 anni di restrizione della libert&amp;agrave; con trasferimento in un istituto penitenziario aperto.</t>
+    <t>Владимир Иванович Янковский</t>
+  </si>
+  <si>
+    <t>11 мая 1972</t>
+  </si>
+  <si>
+    <t>Владимира задержали весной 2025 года в рамках уголовного дела по статье «содействие экстремистской деятельности», а осенью того же года он был признан виновным и приговорён к ограничению свободы с направлением и штрафу.</t>
+  </si>
+  <si>
+    <t>ИУОТ-43, 212003, г. Могилев, ул. Челюскинцев, 76А</t>
+  </si>
+  <si>
+    <t>Решение суда 03.09.2025: 2 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа, 500 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-08-21 10:19:58</t>
+  </si>
+  <si>
+    <t>Олег Валерьевич Кекух</t>
+  </si>
+  <si>
+    <t>11 мая 1983</t>
+  </si>
+  <si>
+    <t>Летом 2023 года прошел суд по ужесточению наказания Олегу. После апелляционного суда 05.09.2023 Олега перевели в колонию.</t>
+  </si>
+  <si>
+    <t>3 года ограничения свободы с направлением в исправительное учреждение открытого типа.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
   </si>
   <si>
-    <t>Eric Erikovich Kolosovsky</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 31.05.2024: 2 anni di reclusione in una colonia del regime generale. Appello 09.08.2024: il verdetto è stato confermato.</t>
+    <t>Ростислав Олегович Стефанович</t>
+  </si>
+  <si>
+    <t>12 мая 1988</t>
+  </si>
+  <si>
+    <t>Член расширенного Координационного совета был задержан 29 сентября 2020 года по делу о массовых беспорядках, избит сотрудниками ОМОНа и обвинён в участии в телеграм-каналах "радикального направления".</t>
+  </si>
+  <si>
+    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
+  </si>
+  <si>
+    <t>Никита Михайлович Золоторев</t>
+  </si>
+  <si>
+    <t>12 мая 2004</t>
+  </si>
+  <si>
+    <t>Никита был задержан и осужден за то, что, по версии следствия, 10 августа 2020 года бросил «коктейль Молотова» в сторону военнослужащих. Обвинение утверждало, что бутылки были спрятаны и переданы ему Леонидом Ковалёвым с предложением поджечь здание, автобус или автозак. Никита отказался давать показания, не признал вину и заявил о физическом и психологическом давлении в СИЗО. На момент задержания ему было 16 лет, и он страдает эпилепсией.
+В июле 2021 года его вновь осудили по статье о «насилии или угрозе насилия» за инцидент с сотрудниками СИЗО. В июне 2022 года Никиту перевели во взрослую колонию после достижения 18 лет, а в августе того же года ужесточили наказание, отправив на тюремный режим.
+В июле 2024 года политзаключенного судили за «злостное неповиновение администрации колонии» — статью, часто применяемую к заключённым, которые отказываются сотрудничать с администрацией.</t>
+  </si>
+  <si>
+    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
+  </si>
+  <si>
+    <t>Решение суда 22.02.2021: 6 лет лишения свободы в воспитательной колонии в условиях общего режима. Апелляция 23.04.2021: приговор оставлен без изменения. Решение суда 14.07.2021: 1 год 6 месяцев лишения свободы в воспитательной колонии в условиях общего режима, 1000 рублей компенсации. Суд по смене режима 21.06.2022: тюремный режим до конца срока. Решение суда 11.07.2024: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 15.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:14:22</t>
+  </si>
+  <si>
+    <t>Эрик Эрикович Колосовский</t>
+  </si>
+  <si>
+    <t>12 мая 2000</t>
+  </si>
+  <si>
+    <t>Задержан вместе с другими молодыми людьми в Барановичах (в конце декабря 2023 года).
+А пресс-служба суда сообщила про приговор (не называя имён, но под обстоятельства подходят под данную группу людей). О сути обвинений сказано коротко: находились на проезжей части в Барановичах, выкрикивали лозунги, демонстрировали бело-красно-белые флаги, «умышленно препятствовали движению транспорта и нормальному функционированию предприятий и организаций». Даже не указана точная дата, когда проходили протесты, просто называется «август 2020 года».
+Таким образом, в 2024 году вынесли приговоры уже 25 жителям Барановичей за протесты августа 2020 года. Всем присудили колонию на срок от 1 до 3 лет (единственное исключение — женщине с ребенком в возрасте до 3 лет присудили колонию с отсрочкой исполнения наказания).</t>
+  </si>
+  <si>
+    <t>Решение суда 31.05.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 09.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
-    <t>Eugene Vladimirovich Filippovich</t>
-[...64 lines deleted...]
-    <t>Pre-trial detention center No. 6. 225413, Baranavičy, vulica Bresckaja 258B</t>
+    <t>Владислав Владимирович Настюшкин</t>
+  </si>
+  <si>
+    <t>12 мая 1996</t>
+  </si>
+  <si>
+    <t>28 лет, сперва окончил колледж как техник-программист, потом отучился в БарГУ (Барановичском государственном университете). В некоторых соцсетях текущим городом указан Брест, в других Кобрин. На Яндекс.Услугах предлагает услуги по разработке сайтов и ремонту компьютеров в Бресте и Кобрине. Вёл стримы по ПК-играм на Youtube-канале «Dog Chain».За какие именно протесты судили Владислава, на данный момент неизвестно. Однако судя по статье и по тому, что суд проходит в Кобрине, почти наверняка это суд за кобринские протесты, которые проходили после выборов 9 августа 2020 года</t>
+  </si>
+  <si>
+    <t>Решение суда 13.11.2024: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 28.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-02 15:58:45</t>
+  </si>
+  <si>
+    <t>Евгений Александрович Белькевич</t>
+  </si>
+  <si>
+    <t>13 мая 1975</t>
+  </si>
+  <si>
+    <t>13.02.2025 был осужден по административной статье (ч. 2 ст. 10.1 КоАП РБ - Умышленное причинение телесного повреждения и иные насильственные действия либо нарушение защитного предписания), после чего было заведено уголовное дело.</t>
+  </si>
+  <si>
+    <t>СИЗО-6, Барановичи ул. Брестская 258 В, 225413</t>
   </si>
   <si>
     <t>2025-06-02 23:55:41</t>
   </si>
   <si>
-    <t>Sergey Yuryevich Gorlov</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 09.12.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
+    <t>Сергей Юрьевич Горлов</t>
+  </si>
+  <si>
+    <t>13 мая 1979</t>
+  </si>
+  <si>
+    <t>Сергея задержали в феврале 2024 года. Сначала ему дали сутки за "распространение экстремистских материалов", а после завели уголовное дело и перевели в СИЗО. Вероятно, дело касается комментариев. Сергею грозит от четырех до двенадцати лет колонии.Хобби Сергея-музыка. В нулевых он играл в группе «Лесное радио». Участвовал еще в нескольких проектах, переводил на белорусский язык зарубежные песни.
+Сергей Юрьевич Горлов учился в Минском государственном лингвистическом университете, позже окончил Европейский гуманитарный университет. Работал переводчиком и репетитором английского языка. Последнее известное место его работы-Институт имени Сахарова в Минске.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.12.2024: 4 года лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
   </si>
   <si>
-    <t>Sergey Danilovich Mityushkin</t>
-[...8 lines deleted...]
-    <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
+    <t>Сергей Данилович Митюшкин</t>
+  </si>
+  <si>
+    <t>14 мая 1969</t>
+  </si>
+  <si>
+    <t>Ремесленник из Барановичей. Сергей был задержан в феврале 2025 года. Сначала его посадили на "сутки" по административному ст. 19.11 КоАП, затем обвинили по ст. 188 УК РБ.</t>
+  </si>
+  <si>
+    <t>СИЗО-7, Брест ул. Советских Пограничников 37, 224030</t>
   </si>
   <si>
     <t>2025-10-16 18:32:46</t>
   </si>
   <si>
-    <t>Alexey Andreevich Tkachuk</t>
-[...7 lines deleted...]
-Il tribunale della città di Minsk nell'agosto 2022 ha emesso un verdetto. Anche Alexei è stato privato del grado militare e multato: 500 unità base. Il processo si è svolto a porte chiuse.
+    <t>Дмитрий Павлович Капуза</t>
+  </si>
+  <si>
+    <t>14 мая 1989</t>
+  </si>
+  <si>
+    <t>36-летние Дмитрий и Ольга Капузы были задержаны 16 января 2024 года. Муж с женой родом из Дрогичинского района, жили возле беларусско-украинской границы. После задержания на гостелевидении вышел пропагандистский видеоролик "Зачистка. Борьба с диверсантами и агентами спецслужб Украины в Беларуси", в котором их обвиняли в контрабанде из Украины. Тогда в общем задержали группу из 12 человек. По версии пропагандистов, пара якобы работала на спецслужбы Украины. Утверждалось, что жители Дрогичинского района помогали Службе безопасности Украины — забирали взрывчатку и делали тайники на территории Беларуси
+В пропагандистском видео показали, как Дмитрию при задержании прострелили бедро. А позже — как он передвигается на костылях. Брата Дмитрия сразу после задержания сотрудники КГБ избивали по голове.
+Один из освобожденных политзаключенных, который сидел вместе с Капузой в СИЗО-7, рассказал, что сначала обвинение шло по ст. 289 УК РБ - обвинение в терроризме. Но по этой статье нужно, чтобы было совершение взрыва, поджога или других действий, создающих опасность гибели людей. Потом сотрудники КГБ переквалифицировали дело на ст. 356 УК - "Измена государству".                 Как объяснял сам Капуза однокамернику, у него был дом в деревне Сварынь в Дрогичинском районе, недалеко от границы с Украиной. И вот он там занимался контрабандой: янтарь, сигареты, водка. Мог сразу перевезти товар, а мог спрятать и перевозить частями для безопасности. По-видимому, одно из хранилищ стало известно сотрудникам КГБ и в него подбросили взрывчатку. О чем Капуза узнал после ареста. Во время задержания из бусика выскочили люди, подбежали к его автомобилю, открыли дверцу и без единого слова дважды выстрелили в ногу. Дмитрий получил минимальную медпомощь. Повезло, что не началась гангрена, что нога уцелела. Дмитрий, на то время вины не признал, поэтому его очень сильно избивали для получения признания.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 24 года лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2025-07-16 19:00:11</t>
+  </si>
+  <si>
+    <t>Анатолий Анатольевич Старосветский</t>
+  </si>
+  <si>
+    <t>14 мая 1990</t>
+  </si>
+  <si>
+    <t>Бывший муж политзаключенной Виталии Бондаренко. Его задержали после краткосрочного свидания с Виталией, прямо у выхода из колонии и поместили сначала в ИВС Гомеля, после чего перевели в СИЗО-3.
+04.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.03.2024: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 04.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
+    <t>Павел Анатольевич Лащенко</t>
+  </si>
+  <si>
+    <t>14 мая 1972</t>
+  </si>
+  <si>
+    <t>Бизнесмен, руководитель аудиторской компании Ernst&amp;Young. 
+Павла задержали и поместили в СИЗО по обвинению в одной из политических статей. Известно, что уголовное дело возбуждено за события 2020 года. В 2020 году, в разгар избиения граждан милицией, за подписью Лащенко вышло письмо к руководителям силовых и государственных органов, в котором он выразил сомнение в озвученных Ермошиной цифрах, а также призвал всех одуматься и вернуться к законности.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:38:03</t>
+  </si>
+  <si>
+    <t>Алексей Андреевич Ткачук</t>
+  </si>
+  <si>
+    <t>14 мая 1987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Алексея приговорили по надуманному обвинению в хранении учебного боеприпаса . В августе 2020 года мужчина написал рапорт на увольнение из армии и в ноябре был уволен. 
+Был задержан по делу о вывозе документов Министерства обороны РБ. В процессе следствия вывели в отдельное уголовное дело по ч. 2 ст. 295 Уголовного кодекса, потому что во время обыска в квартире якобы обнаружили взрывчатые вещества. 
+Минский городской суд в августе 2022 г вынес приговор. Также Алексея лишили воинского звания и назначили штраф: 500 базовых величин. Суд проходил в закрытом режиме.
 </t>
   </si>
   <si>
     <t>2022-12-04 01:33:09</t>
   </si>
   <si>
-    <t>Anatoly Anatolevich Starosvetskii</t>
-[...59 lines deleted...]
-    <t>Sentenza del tribunale 28.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 13.08.2024: il verdetto è stato confermato.</t>
+    <t>Антон Владимирович Козельский</t>
+  </si>
+  <si>
+    <t>14 мая 1986</t>
+  </si>
+  <si>
+    <t>Судя по соцсетям, мужчине 38 лет. Известно, что какое-то время он жил в России, но в последнее время — в Минске. У мужчины есть жена и ребенок.
+Козельский долгое время работал оператором на ОНТ. Например, еще в ноябре 2022-го он учил Департамент охраны МВД работать с госСМИ. Последний репортаж Козельского вышел в октябре 2023 года.
+Неизвестно точно, когда оператора задержали, но это произошло более полугода назад. 
+Дело может быть в оставленных им телеграм-комментариях. Антон раньше много комментировал в разных политических группах, но сами комментарии он удалил. Найти них можно только косвенно, через ответы других пользователей и следы мужчины в группах.
+13 августа 2024 г. состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.05.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 13.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
   </si>
   <si>
-    <t>Victor Aleksandrovich Savashevich</t>
-[...12 lines deleted...]
-    <t>11 anni di carcere in una colonia penale.</t>
+    <t>Виктор Александрович Савашевич</t>
+  </si>
+  <si>
+    <t>15 мая 1982</t>
+  </si>
+  <si>
+    <t>Мужчине вменили в вину создание и администрирование канала в телеграмме «‎23.34»‎, в котором размещалась информация о белорусских судьях.
+Также Виктора обвинили в «‎пособничестве умышленным действиям администраторов и участников ряда других деструктивных Telegram-каналов, направленным на возбуждение социальной вражды и розни по признаку иной социальной принадлежности и повлекшим тяжкие последствия»‎, сообщается в телеграм-канале Генеральной прокуратуры.</t>
+  </si>
+  <si>
+    <t>11 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
   </si>
   <si>
-    <t>Dmitry Mikhailovich Sonchik</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 13.01.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+    <t>Дмитрий Михайлович Сончик</t>
+  </si>
+  <si>
+    <t>15 мая 1984</t>
+  </si>
+  <si>
+    <t>Известно, что Сончик долгое время работал водителем, в последнее время — дальнобойщиком. Дмитрий увлекается мотоспортом, а еще радиолюбительством.
+Видео с Сончиком вышло 7 мая 2024 года на канале ГУБОПиК, его задержали по возвращении из-за границы. Ему закидали комментарии в телеграмме-говорили, что он оставил их более тысячи.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.01.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-12-19 16:37:31</t>
   </si>
   <si>
-    <t>Timur Aleksandrovich Lazko</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 09.08.2024: 8 anni di reclusione in una colonia del regime potenziato, 50 unità di base di multa. Appello 01.11.2024: sconosciuto.</t>
+    <t>Юрий Анатольевич Гаркач</t>
+  </si>
+  <si>
+    <t>15 мая 1977</t>
+  </si>
+  <si>
+    <t>Подполковник КГБ, заместитель командира подразделения " А " КГБ Республики Беларусь. В августе 2020 года возглавлял Ассоциацию ветеранов группы "А", от имени которой подписал обращение с осуждением насилия и репрессий. Осенью 2020 года был задержан сотрудниками КГБ и помещен под стражу. Уголовное дело под грифом "секретно". </t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2022: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
+  </si>
+  <si>
+    <t>Тимур Александрович Лозко</t>
+  </si>
+  <si>
+    <t>15 мая 1983</t>
+  </si>
+  <si>
+    <t>2 февраля 2024 близкий к брестскому ГУБОПиК телеграм-канал опубликовал покаянное видео с Лозко Тимуром.На видео силовики показали, как со щитами и оружием, в полном обмундировании, врываются в дом мужчины. Далее следуют кадры, где с заведенными за спину руками Тимур Александрович рассказывает, что у него нашли подписки на «Нехту», кроме того он донатил этому телеграм-каналу. Также мужчина говорит, что работает в «Лодэ» анестизиологом-реаниматологом.В интернете можно найти, что Лозко еще в октябре 2020 года задерживался (и в солидарность с ним другие медики в Бресте вышли на протест с надписями «Я/мы Тимур»). А во время референдума в феврале 2022 года снова был задержан, и по статье 24.23 КоАП «Незаконное пикетирование» сначала отсидел в ИВС, а потом получил штраф 50 б.в.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.08.2024: 8 лет лишения свободы в колонии в условиях усиленного режима, 50 базовых величин штрафа. Апелляция 01.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-03 12:54:26</t>
   </si>
   <si>
-    <t>Yuri Anatolyevich Garkach</t>
-[...27 lines deleted...]
-    <t>Sentenza del tribunale 20.09.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato.</t>
+    <t>Владимир Алексеевич Дударев</t>
+  </si>
+  <si>
+    <t>16 мая 1977</t>
+  </si>
+  <si>
+    <t>В 2020 году Владимир координировал региональную группу Виктора Бабарико. После окончания Могилёвского государственного технического университета в 2001 году он работал в Могилёвском горисполкоме, а в 2018 году стал его заместителем, отвечая за строительство и ЖКХ. В октябре 2019 года покинул пост.
+11 июня 2020 года сотрудники Департамента финансовых расследований провели обыск в офисе Белгазпромбанка и у лиц, связанных с Бабарико, после чего Владимира задержали. В сентябре 2021 года суд признал его виновным в злоупотреблении служебными полномочиями и мошенничестве, однако он не признал свою вину.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.09.2021: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
-    <t>Alexander Nikolaevich Polivko</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 04.03.2024: 7 anni di reclusione in una colonia del regime potenziato.</t>
+    <t>Александр Николаевич Поливко</t>
+  </si>
+  <si>
+    <t>16 мая 1987</t>
+  </si>
+  <si>
+    <t>Задержан за комментарии в соцсетях. Александра обвиняют в «экстремистских призывах, разжигающих социальную вражду» и «оскорблении представителей власти». Провластный телеграм-канал показал скриншоты сообщений, которые вменяют Поливко. Например: " Коллаборационисты и рабы, противно смотреть!  Чтоб они все обозлились и этого фашиста усатого накол пасадили." 
+Так, согласно обвинению, 14 июня 2021 года под публикацией телеграм-канала «Беларусь головного мозга» Александр написал сообщение, где рассказывал что когда-то работал на резиденции Лукашенко, и один его коллега рассказывал про свой разговор с охранником Лукашенко. И вот согласно охраннику, лично Лукашенко из-за провинностей со стороны охраны мог поставить их в ряд и «пробивать фанеру» (со всей силы нанести удар в грудь или живот, чтобы человек согнулся от такого удара). Видимо, данный комментарий был написан под постом с названием «BYPOL: Романа Протасевича избивал лично диктатор» (в данный момент все комментарии под постом удалены). На суде от Поливко предлагалось назвать, что за коллега рассказал такую историю — но мужчина не смог вспомнить ни имени, ни других личных данных, т.к. он работал на резиденции уже очень давно, где-то в 2008-2009 году. А найти экс-коллегу по документам было бы нереально, т.к. они работали без официального трудоустройства. Также его осудили еще за 4 комментария по разным статьям УК РБ.
+У мужчины остались двое несовершеннолетних детей (им 14 лет и 4 года).</t>
+  </si>
+  <si>
+    <t>Решение суда 04.03.2024: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
   </si>
   <si>
-    <t>Basil Vasilevich Prokhorov</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 20.05.2024: 11 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
+    <t>Иван Петрович Супрунчик</t>
+  </si>
+  <si>
+    <t>17 мая 1988</t>
+  </si>
+  <si>
+    <t>Согласно обвинению, Иван передал администраторам «декструктивного» Telegram-канала информацию о личной жизни близкого родственника сотрудника милиции. «Собирание и распространение» этих сведений без разрешения якобы привели к «причинению вреда правам, свободам и законным интересам потерпевшего». 
+15.11.2022 прошо апелляционное заседание суда приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
+  </si>
+  <si>
+    <t>Василий Васильевич Прохоров</t>
+  </si>
+  <si>
+    <t>18 мая 1969</t>
+  </si>
+  <si>
+    <t>Задержан вместе со всей семьей (жена, дочь, сын) по подозрению в "госизмене". Дочь позже, судя по всему, отпустили. Василию Прохорову 54 года. Он родом из города Чернобыль, в котором находилась печально известная атомная электростанция. Известно, что он пострадавший в аварии на ЧАЭС. Прохоров служил в десантных войсках. Потом работал на стройках и подрабатывал грузоперевозками, а также вел небольшой блог.
+Участники закрытого процесса имеют подписки о неразглашении. Из неофициального источника известно, что уголовное дело касается фотографирования различных объектов на территории Беларуси, а за фигурантами дела какое-то время перед арестом следили спецслужбы.
+Семья Прохоровых долгое время жила в деревне Грабовка Гомельского района. На момент задержания они жили в деревне Уза Гомельского района, куда переехали два года назад.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.08.2024: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
   </si>
   <si>
-    <t>Yuriy Vladimirovich Selvich</t>
-[...11 lines deleted...]
-    <t>14 anni di carcere in una colonia penale.</t>
+    <t>Николай Петрович Демченко</t>
+  </si>
+  <si>
+    <t>19 мая 1988</t>
+  </si>
+  <si>
+    <t>Решение суда 30.09.2024: неизвестно. Апелляция 10.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:18:11</t>
+  </si>
+  <si>
+    <t>Юрий Владимирович Сельвич</t>
+  </si>
+  <si>
+    <t>19 мая 1977</t>
+  </si>
+  <si>
+    <t>17 марта 2022 года КГБ сообщил о задержании группы беларусов, готовивших теракт против российских войск в Мозырском районе.
+По данным следствия, Сергей Плешкун и Юрий Сельвич планировали уничтожать военную технику Российской Федерации при ее перемещении по территории Мозырьского района. Для этого они подготовили бутылки с зажигательной смесью.
+Из видеосюжета «БТ» следует, что следили за мозырянами пристально: показали кадры со скрытой камеры в гараже, где мужчины обсуждают свои планы. На записи они говорят о перспективах повреждения рельс.
+Суд проходил в закрытом режиме.</t>
+  </si>
+  <si>
+    <t>14 лет лишения свободы в колонии  усиленного режима.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
-    <t>Nikolay Petrovich Demchenko</t>
-[...17 lines deleted...]
-    <t>Igor è originario di Smilovichi (distretto di Červenskij), ma ha vissuto a lungo a Vitebsk. Lui e la sua ex moglie hanno un figlio minorenne. Igor ha lavorato come soccorritore per molti anni. In seguito, ha lavorato come autista, fornendo servizi di trasporto e taxi. Brodko è scomparso dai social media e dalle app di messaggistica dopo febbraio 2025. È probabile che sia stato arrestato in quel periodo.</t>
+    <t>Сергей Иванович Бельский</t>
+  </si>
+  <si>
+    <t>20 мая 1982</t>
+  </si>
+  <si>
+    <t>В троллейбусе не купил талон будучи в нетрезвом состоянии и обругал президента нецензурными словами. Контролёр вызвал милицию и Сергей был задержан.</t>
+  </si>
+  <si>
+    <t>2,6 года лишения свободы в колонии строгого режима.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:46:46</t>
+  </si>
+  <si>
+    <t>Игорь Владимирович Бродко</t>
+  </si>
+  <si>
+    <t>20 мая 1983</t>
+  </si>
+  <si>
+    <t>Игорь родом из Смиловичей (Червенский район), но долгое время жил в Витебске. У него с бывшей женой есть несовершеннолетний ребенок. Игорь много лет работал спасателем. После этого он был водителем — занимался перевозками и такси. Бродко исчез из соцсетей и мессенджеров после февраля 2025 года. Вероятно, тогда он и был задержан.</t>
   </si>
   <si>
     <t>2025-10-18 16:48:50</t>
   </si>
   <si>
-    <t>Pavel Nikolaevich Spirin</t>
-[...39 lines deleted...]
-    <t>Sentenza del tribunale 12.12.2024: 6 anni di reclusione in una colonia in condizioni di regime speciale. Appello 19.02.2025: sconosciuto.</t>
+    <t>Сергей Михайлович Шкодин</t>
+  </si>
+  <si>
+    <t>Осужден  по "делу Гаюна", за 7 эпизодов. </t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 13.01.2026: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-10-27 12:31:47</t>
+  </si>
+  <si>
+    <t>Антон Александрович Ильин</t>
+  </si>
+  <si>
+    <t>20 мая 1987</t>
+  </si>
+  <si>
+    <t>Решение суда 12.12.2024: 6 лет лишения свободы в колонии в условиях особого режима. Апелляция 19.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-02 18:16:42</t>
   </si>
   <si>
-    <t>Alexey Gennadievich Melnikov</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 16.03.2021: 5 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 04.10.2021: circa 1340 rubli di risarcimento. Sentenza del tribunale 19.10.2021: circa 1600 rubli di risarcimento.</t>
+    <t>Глеб Панасюк</t>
+  </si>
+  <si>
+    <t>20 мая 1991</t>
+  </si>
+  <si>
+    <t>8 октября Глеб Панасюк уехал из Польши, где он жил и работал последние годы, в родной Светлогорск, чтобы проведать родителей. 9 октября он позвонил из Бреста своим друзьям в Польше, что прошел границу и собирается пересекать на поезд в сторону Светлогорска. Но после этого связь с молодым человеком исчезла.
+Как стало известно, Глеб отбыл арест в изоляторе временного содержания Гомеля по какому-то административному делу, после чего его перевели в СИЗО-№  и предъявили обыинение по уголовному делу. Правозащитники располагают информацией, что его заключение имеет политическую мотивацию.</t>
+  </si>
+  <si>
+    <t>2025-12-02 16:09:30</t>
+  </si>
+  <si>
+    <t>Алексей Геннадьевич Мельников</t>
+  </si>
+  <si>
+    <t>Алексей был задержан 4 декабря 2020 года в рамках уголовного дела о массовых беспорядках и осужден за участие в акции протеста, которая проходила в августе 2020 года возле ТЦ "Рига" в Минске.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.03.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 04.10.2021: приблизительно 1340 рублей компенсации. Решение суда 19.10.2021: приблизительно 1600 рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-26 22:30:24</t>
   </si>
   <si>
-    <t>Gleb Panasyuk</t>
-[...31 lines deleted...]
-Nel settembre 2025 fu arrestato con l'accusa di tradimento.</t>
+    <t>Николай Альбинович Витковский</t>
+  </si>
+  <si>
+    <t>22 мая 1967</t>
+  </si>
+  <si>
+    <t>Николай постоянно задерживался по административным статьям . 
+В сентябре 2025 года был задержан по уголовной статье. Его обвиняют в измене государству.</t>
   </si>
   <si>
     <t>2022-04-05 00:41:34</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Korotkiy</t>
-[...9 lines deleted...]
-    <t>2 anni di reclusione in una colonia di massima sicurezza.</t>
+    <t>Антон Иосифович Раван</t>
+  </si>
+  <si>
+    <t>22 мая 1985</t>
+  </si>
+  <si>
+    <t> Антон осужден за комментарии , а также по "делу Гаюна".
+У Антона 2 несовершеннолетних ребенка, он едиственный кормилец в семье, потому что его жена находится в декретном отпуске.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.10.2025: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-11-12 14:49:09</t>
+  </si>
+  <si>
+    <t>Владимир Владимирович Короткий</t>
+  </si>
+  <si>
+    <t>22 мая 1984</t>
+  </si>
+  <si>
+    <t>Мужчину обвинили в том, что он в нетрезвом состоянии сорвал со здания магазина в городке красно-зеленый флаг. Он полностью признал вину.
+Ранее городчанина уже судили девять раз. Кроме лишения свободы, Владимиру назначили принудительное лечение от алкоголизма.</t>
+  </si>
+  <si>
+    <t>2 года лишеня свободы в колонии строгого режима.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
-    <t>Andrey Vitalievich Verevkin</t>
-[...2 lines deleted...]
-    <t>23 maggio 1991</t>
+    <t>Игорь Олегович Кисляк</t>
+  </si>
+  <si>
+    <t>23 мая 1970</t>
+  </si>
+  <si>
+    <t>Подполковник милиции, бывший заместитель начальника отдела ГУБОП МВД Республики Беларусь, прослуживший долгое время начальником криминальной милиции Жодинского ГОВД. В 2012 году он уволился, а в 2014-м стал предпринимателем.
+Игорь говорит, что они служили за идею защиты людей и борьбы с преступностью. Он возмущается тем, что силовики избивают людей, отмечая, что «есть незначительное количество провокаторов, но вы можете их изолировать своими силами, а не выступать карателями и противопоставлять себя нашему спокойному трудолюбивому народу». Он призывает силовиков вспомнить, что они давали присягу народу. «Надеемся на ваше понимание и вашу офицерскую честь», — подытоживает мужчина.
+В 2020 году он и еще 4 бывших сотрудника Жодинского ГОВД записали обращение к коллегам, которые во время протестов работали в жодинской милиции, и ко всем работникам правоохранительных органов Беларуси.
+По сообщению СМИ, все пятеро были задержаны в начале февраля 2024 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 03.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:21:32</t>
+  </si>
+  <si>
+    <t>Андрей Витальевич Верёвкин</t>
+  </si>
+  <si>
+    <t>23 мая 1991</t>
   </si>
   <si>
     <t>2025-12-08 04:18:36</t>
   </si>
   <si>
-    <t>Victoria Valentinovna Domostoy</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 17.01.2025: 5 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: 4 anni di reclusione in una colonia del regime generale.</t>
+    <t>Виктория Валентиновна Домостой</t>
+  </si>
+  <si>
+    <t>24 мая 1979</t>
+  </si>
+  <si>
+    <t>Первый раз была задержана КГБ в конце января 2024 года (во время массовых задержаний родных и близких политзаключенных) за то, что писала письма и переводила деньги на счета политзаключенных в СИЗО тюрьмы №1. Тогда на нее завели уголовное дело по ст. 361-2 (финансирование экстремистской деятельности), но под стражу женщину не взяли.
+Во время обыска у нее изъяли технику и деньги. После исследования техники якобы были обнаружены нежелательные комментарии в соцсетях, и по ним затем провели экспертизу. После получения результатов экспертизы, 20 апреля 2024 года, Виктория была повторно задержана и помещена в ИВС, а в последствии в СИЗО.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.01.2025: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
   </si>
   <si>
-    <t>Sergei Nikolaevich Leonyuk</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 22.09.2023: 5 anni di reclusione in una colonia del regime generale. Appello 17.11.2023: sconosciuto.</t>
+    <t>Александр Викторович Корзюк</t>
+  </si>
+  <si>
+    <t>25 мая 1968</t>
+  </si>
+  <si>
+    <t>Александр Корзюк до недавнего времени возглавлял управление финансов ЖКХ, транспорта и связи Министерства финансов. Александр ни разу не давал публичных интервью. Известно лишь, что он хорошо играет в шахматы.
+Суд проходил в закрытом режиме. 
+Как рассказали бывшие политзаключенные, отбывавшие с Александром срок в одной колонии, его поставили на учет, как склонного к экстремизму, а также лишили передач и свиданий с родными. Вину не признал.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.07.2024: 13 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 20.12.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-12-22 13:22:50</t>
+  </si>
+  <si>
+    <t>Ольга Олеговна Олешкевич</t>
+  </si>
+  <si>
+    <t>25 мая 1984</t>
+  </si>
+  <si>
+    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:24:35</t>
+  </si>
+  <si>
+    <t>Сергей Николаевич Леонюк</t>
+  </si>
+  <si>
+    <t>25 мая 1971</t>
+  </si>
+  <si>
+    <t>Задержан за комментарии в соцсетях.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.09.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 17.11.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-02-08 02:03:58</t>
   </si>
   <si>
-    <t>Olga Olegovna Oleshkevich</t>
-[...37 lines deleted...]
-    <t>Sentenza del tribunale 12.03.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 1740 rubli di risarcimento.</t>
+    <t>Эмин Гивами Оглы Адыгезалов</t>
+  </si>
+  <si>
+    <t>26 мая 1978</t>
+  </si>
+  <si>
+    <t>Эмин Гивами Оглы был задержан и осуждён за поджог опорного пункта в Бобруйске.
+У Эмина проблемы с ногами, он передвигается с палкой.</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 12.03.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 1740 рублей компенсации. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2021-03-12 20:57:51</t>
   </si>
   <si>
-    <t>Vadim Vladimirovich Lutsevich</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 01.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 03.09.2024: il verdetto è stato confermato.</t>
+    <t>Вадим Владимирович Луцевич</t>
+  </si>
+  <si>
+    <t>26 мая 1992</t>
+  </si>
+  <si>
+    <t>Высококвалифицированный IT-специалист.
+Отец двоих детей 8 и 6 лет.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
   </si>
   <si>
+    <t>Илья Олегович Нарышкин</t>
+  </si>
+  <si>
+    <t>27 мая 2003</t>
+  </si>
+  <si>
+    <t>Илье Нарышкину 21 год. Родом он из Слонима, но часть детства провел в Гродно. Отец Ильи-украинец, родился в Кривом Роге. Он еще в советское время окончил авиационное училище, но работал инженером-механиком в разных странах. С матерью парня они очень давно не живут вместе.
+Илья поступил в академию Министерства внутренних дел. Сейчас он должен был бы закончить третий курс уголовно-исполнительного факультета. Известно, что во время учебы он жил активной жизнью-выступал в различных конкурсах и даже участвовал в интеллектуальной игре от телеканала «Беларусь-2», которая называется «Башня». Последние публичные данные о нем датируются мартом 2023-го.
+Возможно, 21-летний Илья Нарышкин хотел присоединиться к белорусским добровольцам в Украине. По статьям, которые ему предъявляют в последнее время чаще всего судили людей, которые выражали намерение поехать воевать на стороне Украины, выражали онлайн или оффлайн. Некоторые из этих людей переписывались с фейковыми ботами полка Калиновского, созданными спецслужбами РБ.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.08.2024: 15 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-07-10 15:36:04</t>
+  </si>
+  <si>
+    <t>Павел Михайлович Сава</t>
+  </si>
+  <si>
+    <t>27 мая 1974</t>
+  </si>
+  <si>
+    <t>Павел был задержан 1 декабря 2020 года вместе с Николаем Автуховичем, которого власти сразу объявили «организатором и руководителем террористической группировки». Его осудили за «участие в преступной организации» и «акт терроризма».
+В феврале 2024 года состоялся суд по вопросу изменения условий режима, но результат пока неизвестен. Весной того же года с Павла и двух других фигурантов «дела» взыскали более 40 тысяч рублей компенсации за повреждение имущества милиционеров.
+У Павла часто бывает высокое давление и плохое самочувствие, опухают сильно ноги, так что он не может надеть обувь.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Суд по смене режима 12.02.2024: 2 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
+  </si>
+  <si>
+    <t>Никита Игоревич Стороженко</t>
+  </si>
+  <si>
+    <t>27 мая 1993</t>
+  </si>
+  <si>
+    <t>Бывший следователь. Уволился после выборов 2020 года в знак протеста против действующей власти. После увольнения Никита работал юристом.
+Впервые был задержан 23 апреля 2021 за "несанкционированное пикетирование", и отсидел 15 суток в тюрьме, согласно ч.1 ст.24.23 КоАП. Вышел на свободу 8 мая 2021 года.
+4 мая 2021 года Стороженко, как и другие уволившиеся в знак протеста представители правоохранительных органов, был лишен Лукашенко звания старшего лейтенанта юстиции запаса.
+Никита был задержан повторно 1 февраля 2022 года в торговом центре в городе Минске. На видео, опубликованном на телеграм-канале МВД, он говорит, что передал контакты двух сотрудников ГУБОПиКа и заместителя начальника СК по Минску одному из «протестных телеграм-каналов».
+Судебный процесс прошел 15 ноября 2022 г. в Минском городском суде. Никиту судили за "разжигание иной социальной вражды и розни" по ч. 3 ст. 130 УК, а также за "незаконный сбор и распространение информации о частной жизни" (ч. 1 ст. 179 УК).
+2 декабря 2022 года он был приговорен к семи лет колонии в условиях усиленного режима. Также Никита обязан выплатить штраф 5000 BYN в качестве моральной компенсации сотрудникам, данные которых, согласно обвинению, он передал "протестным телеграм-каналам".</t>
+  </si>
+  <si>
+    <t>Решение суда 02.12.2022: 7 лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 11.01.2025: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2022-02-11 19:13:39</t>
+  </si>
+  <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
-    <t>27 maggio 1961</t>
-[...7 lines deleted...]
-    <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
+    <t>27 мая 1961</t>
+  </si>
+  <si>
+    <t>Он был задержан сотрудниками милиции 19 октября 2023 года. После ареста он отбывал два административных ареста по 15 суток каждый. Правозащитникам известно, что второй из них был назначен 3 ноября судом Центрального района Минска. Тогда судья Юлиана Щерба признала 63-летнего Марченко виновным в "распространении экстремистских материалов" (по части 2 статьи 19.11 КоАП).
+Судить Александра начали 25 марта 2024 года в Минском городском суде.
+4 июня 2024 г. состоялось рассмотрение апелляционной жалобы Александра. Жалобу оставили без удовлетворения.</t>
+  </si>
+  <si>
+    <t>3 года лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
   </si>
   <si>
-    <t>Pavel Mikhailovich Sava</t>
-[...56 lines deleted...]
-    <t>Sentenza del tribunale 20.05.2021: 3 anni di reclusione in una colonia del regime generale. Sentenza del tribunale 17.10.2022: 18 anni di reclusione in una colonia del regime potenziato, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale 17.04.2023: 2 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 06.06.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 10.10.2023: 3 anni di regime carcerario.</t>
+    <t>Владимир Тадеушевич Гундарь</t>
+  </si>
+  <si>
+    <t>28 мая 1960</t>
+  </si>
+  <si>
+    <t>Владимир был задержан 30 декабря 2020 года в рамках уголовного «дела Автуховича» по обвинению в «подготовке теракта», однако позже это обвинение было снято. В мае 2021 года его осудили за «насилие в отношении должностного лица». Следствие утверждало, что при задержании он угрожал следователям и разбил свой мобильный телефон.
+Рассмотрение «дела Автуховича» началось в мае 2022 года. Во время суда Владимира несколько раз удаляли с заседаний и отправляли в карцер. На одном из июньских заседаний его поместили в клетку в одном белье, пристегнув руки наручниками к решетке. В ответ Владимир объявил голодовку, которую держал 11 дней. По этому делу он был осуждён за «создание преступной организации» и «покушение на захват власти».
+В декабре 2022 года Владимиру предъявили новое обвинение за оскорбление прокурора Людмилы Герасименко, представлявшей обвинение по «делу Автуховича», и добавили дополнительный срок. В итоге его приговорили к 20 годам колонии усиленного режима.
+В октябре 2023 года переведен на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2021: 3 года лишения свободы в колонии в условиях общего режима. Решение суда 17.10.2022: 18 лет лишения свободы в колонии в условиях усиленного режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда 17.04.2023: 2 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 06.06.2023: приговор оставлен без изменения. Суд по смене режима 10.10.2023: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Natalia Kravchuk</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 03.11.2025: 2 anni 8 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+    <t>Дмитрий Валерьевич Калиновский</t>
+  </si>
+  <si>
+    <t>28 мая 1977</t>
+  </si>
+  <si>
+    <t>С 2000 года Дмитрий работал системным администратором на Белорусской железной дороге. По работе он занимался настройкой сетевого оборудования.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 11.02.2026: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-03-02 20:40:16</t>
+  </si>
+  <si>
+    <t>Павел Александрович Вересковский</t>
+  </si>
+  <si>
+    <t>28 мая 1998</t>
+  </si>
+  <si>
+    <t>Решение суда 28.11.2025: 4 года лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-12-11 13:17:41</t>
+  </si>
+  <si>
+    <t>Наталья Эдуардовна Кравчак</t>
+  </si>
+  <si>
+    <t>29 мая 1969</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 8 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Lopukh</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 06.07.2021: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 03.09.2021: il verdetto è stato confermato.</t>
+    <t>Ольга Александровна Барунова</t>
+  </si>
+  <si>
+    <t>30 мая 1978</t>
+  </si>
+  <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2026-01-23 13:20:24</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Лопух</t>
+  </si>
+  <si>
+    <t>30 мая 1982</t>
+  </si>
+  <si>
+    <t>Александр был задержан в рамках уголовного дела, возбужденного после акции протеста, которая проходила в Пинске в ночь с 9 на 10 августа 2020 года против фальсификаций на президентских выборах. Его осудили за участие в «массовых беспорядках».</t>
+  </si>
+  <si>
+    <t>Решение суда 06.07.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 03.09.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
   </si>
   <si>
-    <t>Oleg Borisovich Loiko</t>
-[...13 lines deleted...]
-    <t>Sentenza del tribunale 20.08.2025: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato.</t>
+    <t>Андрей Николаевич Быков</t>
+  </si>
+  <si>
+    <t>30 мая 1971</t>
+  </si>
+  <si>
+    <t>Осужден  за комментарии в интернете.</t>
+  </si>
+  <si>
+    <t>5 лет колонии в условиях усиленного режима, а также лишения звания подполковника запаса.</t>
+  </si>
+  <si>
+    <t>2022-11-24 17:48:26</t>
+  </si>
+  <si>
+    <t>Роман Николаевич Карпов</t>
+  </si>
+  <si>
+    <t>30 мая 1981</t>
+  </si>
+  <si>
+    <t>Предположительно задержан по политическим мотивам, находится в СИЗО-1 примерно с апреля 2025 года.</t>
+  </si>
+  <si>
+    <t>2025-07-28 14:00:13</t>
+  </si>
+  <si>
+    <t>Елена Васильевна Змушко</t>
+  </si>
+  <si>
+    <t>31 мая 1986</t>
+  </si>
+  <si>
+    <t>Елена ехала вместе с сыном навещать своих родителей. Была задержана за помощь политзаключенным.
+Последние годы она с семьей жила в Варшаве. Там в феврале 2021 года Елена стала соучредителем и ведущим бизнес-аналитиком стартапа GlobalTips, который помогает ведомствам перейти в «цифру». Через их сервис можно оставить безналичные чаевые официантам по QR-коду.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.11.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-14 13:04:55</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильевич Данильчик</t>
+  </si>
+  <si>
+    <t>31 мая 1991</t>
+  </si>
+  <si>
+    <t>Известно, что Данильчика задержали в Слониме в августе 2023 года и первоначально арестовали на 15 суток, после чего было возбуждено уголовное дело.
+Согласно материалам обвинения, Данильчик "неоднократно размещал в экстремистских чатах мессенджера Telegram и в публичных чатах видеохостинга YouTube информацию оскорбительного характера в отношении Лукашенко, унижающую его честь, достоинство личности и авторитет. Он же в феврале 2022 года по июль 2023 года разместил в сети интернет в неприличные по форме и унизительные по направленности сообщения и комментарии в отношении представителей власти в связи с исполнением ими служебных обязанностей".</t>
+  </si>
+  <si>
+    <t>Решение суда 30.05.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 18.07.2024: неизвестно. Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-09-11 12:56:46</t>
+  </si>
+  <si>
+    <t>Анастасия Владимировна Лазаренко</t>
+  </si>
+  <si>
+    <t>31 мая 1982</t>
+  </si>
+  <si>
+    <t>Адвокат. Была задержана в начале июня 2022 года, через два дня после 40-летия, за слив данных телеграм-каналам. Силовики приехали задерживать женщину с автоматами и в бронежилетах — они залезли в окна и выломали дверь.
+В марте 2023 г. стало известно, что ее также обвиняют по ст. 203-1 УК (Незаконные действия в отношении информации о частной жизни) и ч. 1 ст. 342 УК. По версии следствия, она якобы организовала «несанкционированное массовое мероприятие», когда проводила консультацию под Окрестина в августе 2020 года.
+На воле у нее остались престарелый отец и 19-летний сын, который с 16 лет страдает от болезни Крона.
+03.10.2023 состоялось рассмотрение апелляционной жалобы.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2022-08-26 15:26:58</t>
+  </si>
+  <si>
+    <t>Татьяна Николаевна Русак</t>
+  </si>
+  <si>
+    <t>31 мая 1976</t>
+  </si>
+  <si>
+    <t>15 мая 2023 года на ОНТ вышел пропагандистский фильм "Убойная посылка" смерти: кто и как хотел совершить теракт в День Победы", где рассказали подробности дела. Там сообщалось, что якобы КГБ в канун Дня победы 9 мая 2023 года "предотвратил теракт под кураторством Киева". Там заявили, что взрывчатка находилась в электрических плитах, которые прислали задержанным через посылки. Организатором акции назвали 23-летнего белоруса Валерия Водина, который воевал в Украине.
+В видео рассказали о том, что посылки с электроплитами, в которых была взрывчатка, доставили в минский пункт СДЭК в Каменной Горке 21 марта 2023 года из Киева через Италию. 29-летняя Виктория Волчек подтвердила на допросе, что она получила посылку — ее попросил получить посылку Валерий Водин. Студентка БГУ Анна Савочкина и ее мать Татьяна Русак взяли плитку у Волчек и закопали ее на кладбище в Колодищах. Вторую плитку забрал зубной техник Андрей Григорьев и отвез в садовое товарищество "Авторемонтник 124" под Олехновичами.</t>
+  </si>
+  <si>
+    <t>2024-07-20 13:28:29</t>
+  </si>
+  <si>
+    <t>Олег Борисович Лойко</t>
+  </si>
+  <si>
+    <t>Евангельского пастора из Хойникского района Олега Лойко обвиняют в передаче информации о перемещении российской военной техники по территории Беларуси.
+48-летний Олег Лойко является пастором церкви христиан веры евангельской в деревне Небытов Хойникского района. Известно, что в декабре прошлого года он был арестован на 10 суток за «распространение экстремизма».
+Пастор много лет занимался реабилитацией людей с наркотической зависимостью в рамках миссии «Возвращение». Благодаря его деятельности сотни человек вернулись к нормальной жизни. О мужчине ранее неоднократно с восторгом писали государственные СМИ.
+Служителя церкви приговорили к трем с половиной годам лишения свободы в условиях усиленного режима за предоставление информации о перемещении российской военной техники мониторинговому проекту «Беларускі Гаюн». Суд проходил в закрытом режиме.
+Пастор Олег не признает, что совершал преступления, и считает свою совесть чистой перед Богом.
+Был осужден повторно в октябре 2025 г. 
+В колонии у Олега обострилась болезнь сердца и из-за межпозвонковых грыж ему очень трудно стало ходить.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
-  </si>
-[...25 lines deleted...]
-    <t>2022-08-26 15:26:58</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1552,51 +1741,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I73"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1608,2024 +1797,2348 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
       <c r="I2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...10 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>22</v>
+      </c>
+      <c r="H18" t="s">
+        <v>104</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H19" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>22</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H22" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="I22" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>124</v>
       </c>
       <c r="B23" t="s">
         <v>125</v>
       </c>
       <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
+      <c r="E23" t="s">
+        <v>127</v>
+      </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>142</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H26" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C27" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
-      <c r="E27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F28" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="G28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H28" t="s">
         <v>155</v>
       </c>
       <c r="I28" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>157</v>
       </c>
       <c r="B29" t="s">
         <v>158</v>
       </c>
       <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H29" t="s">
         <v>160</v>
       </c>
       <c r="I29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>162</v>
       </c>
       <c r="B30" t="s">
         <v>163</v>
       </c>
       <c r="C30" t="s">
         <v>164</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
+        <v>79</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30" t="s">
         <v>165</v>
       </c>
-      <c r="F30" t="s">
-[...5 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I31" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>173</v>
       </c>
       <c r="B32" t="s">
         <v>174</v>
       </c>
       <c r="C32" t="s">
         <v>175</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
+      <c r="E32" t="s">
+        <v>127</v>
+      </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H32" t="s">
         <v>176</v>
       </c>
       <c r="I32" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>178</v>
       </c>
       <c r="B33" t="s">
         <v>179</v>
       </c>
       <c r="C33" t="s">
         <v>180</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>181</v>
+        <v>79</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
+      </c>
+      <c r="H33" t="s">
+        <v>181</v>
       </c>
       <c r="I33" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>183</v>
       </c>
       <c r="B34" t="s">
         <v>184</v>
       </c>
       <c r="C34" t="s">
         <v>185</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>37</v>
+        <v>186</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H34" t="s">
-        <v>91</v>
+        <v>41</v>
       </c>
       <c r="I34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B35" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
+      <c r="E35" t="s">
+        <v>109</v>
+      </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H35" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="I35" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>121</v>
+        <v>196</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>22</v>
       </c>
       <c r="I36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D37" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
-      <c r="E38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>210</v>
+        <v>127</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H39" t="s">
         <v>211</v>
       </c>
       <c r="I39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>213</v>
       </c>
       <c r="B40" t="s">
         <v>214</v>
       </c>
       <c r="C40" t="s">
         <v>215</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
+      <c r="E40" t="s">
+        <v>46</v>
+      </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H40" t="s">
+        <v>98</v>
+      </c>
+      <c r="I40" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>217</v>
+      </c>
+      <c r="B41" t="s">
         <v>218</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>219</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>79</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41" t="s">
         <v>220</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>222</v>
+      </c>
+      <c r="B42" t="s">
         <v>223</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>224</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>91</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" t="s">
         <v>225</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" t="s">
+      <c r="I42" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>227</v>
+      </c>
+      <c r="B43" t="s">
+        <v>228</v>
+      </c>
+      <c r="C43" t="s">
         <v>229</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" t="s">
         <v>230</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>231</v>
-      </c>
-[...16 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>232</v>
+      </c>
+      <c r="B44" t="s">
+        <v>233</v>
+      </c>
+      <c r="C44" t="s">
         <v>234</v>
       </c>
-      <c r="B44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="I44" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>237</v>
+      </c>
+      <c r="B45" t="s">
+        <v>238</v>
+      </c>
+      <c r="C45" t="s">
         <v>239</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45" t="s">
         <v>240</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>242</v>
+      </c>
+      <c r="B46" t="s">
+        <v>243</v>
+      </c>
+      <c r="C46" t="s">
         <v>244</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>91</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46" t="s">
         <v>245</v>
       </c>
-      <c r="C46" t="s">
+      <c r="I46" t="s">
         <v>246</v>
-      </c>
-[...16 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
+        <v>248</v>
+      </c>
+      <c r="C47" t="s">
         <v>249</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>46</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47" t="s">
         <v>250</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>252</v>
+      </c>
+      <c r="B48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>103</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I48" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>257</v>
       </c>
       <c r="B49" t="s">
         <v>258</v>
       </c>
       <c r="C49" t="s">
         <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
+        <v>97</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49" t="s">
         <v>260</v>
       </c>
-      <c r="F49" t="s">
-[...5 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
         <v>263</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50" t="s">
         <v>264</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>265</v>
-      </c>
-[...13 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>266</v>
+      </c>
+      <c r="B51" t="s">
+        <v>267</v>
+      </c>
+      <c r="C51" t="s">
         <v>268</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>46</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51" t="s">
         <v>269</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
         <v>272</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>273</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" t="s">
         <v>274</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>276</v>
+      </c>
+      <c r="B53" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>278</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>226</v>
+        <v>22</v>
+      </c>
+      <c r="H53" t="s">
+        <v>41</v>
       </c>
       <c r="I53" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>280</v>
       </c>
       <c r="B54" t="s">
+        <v>277</v>
+      </c>
+      <c r="C54" t="s">
         <v>281</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" t="s">
         <v>282</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>284</v>
+      </c>
+      <c r="B55" t="s">
         <v>285</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>79</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55" t="s">
         <v>286</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>287</v>
-      </c>
-[...13 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>288</v>
+      </c>
+      <c r="B56" t="s">
         <v>289</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>290</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
         <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>52</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
-      <c r="H56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" t="s">
+        <v>289</v>
+      </c>
+      <c r="C57" t="s">
+        <v>293</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>79</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" t="s">
         <v>294</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>295</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>296</v>
+      </c>
+      <c r="B58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>298</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>97</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="I58" t="s">
         <v>299</v>
-      </c>
-[...16 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59" t="s">
         <v>303</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>304</v>
-      </c>
-[...16 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" t="s">
         <v>307</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60" t="s">
         <v>308</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
         <v>311</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>312</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61" t="s">
         <v>313</v>
       </c>
-      <c r="D61" t="s">
-[...11 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" t="s">
         <v>316</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>97</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" t="s">
+        <v>69</v>
+      </c>
+      <c r="I62" t="s">
         <v>317</v>
-      </c>
-[...19 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>318</v>
+      </c>
+      <c r="B63" t="s">
+        <v>319</v>
+      </c>
+      <c r="C63" t="s">
+        <v>320</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63" t="s">
         <v>321</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>322</v>
-      </c>
-[...19 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B64" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C64" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="I64" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>328</v>
+      </c>
+      <c r="B65" t="s">
+        <v>329</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" t="s">
+        <v>330</v>
+      </c>
+      <c r="I65" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>332</v>
+      </c>
+      <c r="B66" t="s">
+        <v>333</v>
+      </c>
+      <c r="C66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>46</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" t="s">
+        <v>335</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
         <v>345</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>109</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="C68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...16 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>127</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69" t="s">
         <v>351</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>353</v>
+      </c>
+      <c r="B70" t="s">
         <v>354</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>355</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>85</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70" t="s">
         <v>356</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>358</v>
+      </c>
+      <c r="B71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>360</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>97</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71" t="s">
         <v>361</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="C72" t="s">
         <v>365</v>
       </c>
       <c r="D72" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H72" t="s">
-        <v>32</v>
+        <v>366</v>
       </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>31</v>
+        <v>97</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73" t="s">
+        <v>371</v>
+      </c>
+      <c r="I73" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>373</v>
+      </c>
+      <c r="B74" t="s">
+        <v>374</v>
+      </c>
+      <c r="C74" t="s">
+        <v>375</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
         <v>14</v>
       </c>
-      <c r="H73" t="s">
-[...3 lines deleted...]
-        <v>371</v>
+      <c r="H74" t="s">
+        <v>376</v>
+      </c>
+      <c r="I74" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>378</v>
+      </c>
+      <c r="B75" t="s">
+        <v>379</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75" t="s">
+        <v>380</v>
+      </c>
+      <c r="I75" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>21</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76" t="s">
+        <v>384</v>
+      </c>
+      <c r="I76" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>386</v>
+      </c>
+      <c r="B77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>388</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77" t="s">
+        <v>389</v>
+      </c>
+      <c r="I77" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
+        <v>393</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>46</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78" t="s">
+        <v>394</v>
+      </c>
+      <c r="I78" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>396</v>
+      </c>
+      <c r="B79" t="s">
+        <v>397</v>
+      </c>
+      <c r="C79" t="s">
+        <v>398</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>46</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79" t="s">
+        <v>399</v>
+      </c>
+      <c r="I79" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>401</v>
+      </c>
+      <c r="B80" t="s">
+        <v>402</v>
+      </c>
+      <c r="C80" t="s">
+        <v>403</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80" t="s">
+        <v>211</v>
+      </c>
+      <c r="I80" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>405</v>
+      </c>
+      <c r="B81" t="s">
+        <v>406</v>
+      </c>
+      <c r="C81" t="s">
+        <v>407</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>21</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" t="s">
+        <v>408</v>
+      </c>
+      <c r="I81" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>410</v>
+      </c>
+      <c r="B82" t="s">
+        <v>411</v>
+      </c>
+      <c r="C82" t="s">
+        <v>412</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" t="s">
+        <v>413</v>
+      </c>
+      <c r="I82" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>415</v>
+      </c>
+      <c r="B83" t="s">
+        <v>416</v>
+      </c>
+      <c r="C83" t="s">
+        <v>417</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>21</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" t="s">
+        <v>418</v>
+      </c>
+      <c r="I83" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>420</v>
+      </c>
+      <c r="B84" t="s">
+        <v>421</v>
+      </c>
+      <c r="C84" t="s">
+        <v>422</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" t="s">
+        <v>36</v>
+      </c>
+      <c r="I84" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>424</v>
+      </c>
+      <c r="B85" t="s">
+        <v>421</v>
+      </c>
+      <c r="C85" t="s">
+        <v>425</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>109</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85" t="s">
+        <v>426</v>
+      </c>
+      <c r="I85" t="s">
+        <v>427</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">