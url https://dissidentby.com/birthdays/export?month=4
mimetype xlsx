--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="411">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
@@ -68,1472 +68,1345 @@
   <si>
     <t>1 апреля 1969</t>
   </si>
   <si>
     <t>Согласно материалам следствия Николай король с февраля 2021 года по октябрь 2022 года со своего мобильного телефона разместил в различных мессенджерах сообщения, в которых изложил «клеветнические измышления в отношении Лукашенко, публично оскорбил его, а также руководителей Центризбиркома и Совета Республики Национального собрания, ряд других государственных служащих и судью".
 Он же 11 октября 2022 года «в целях содействия деятельности деструктивного Telegram-канала, информационная продукция которого ранее была признана судом экстремистскими материалами, произвел и отправил сообщение о перемещении военных самолетов в районе Бреста.
 У Николая есть жена и годовалый сын.</t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>В заключении</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t xml:space="preserve">4 года лишения свободы в колонии </t>
   </si>
   <si>
     <t>2023-02-17 00:24:43</t>
-  </si>
-[...36 lines deleted...]
-    <t>2022-02-03 18:52:00</t>
   </si>
   <si>
     <t>Алексей Владимирович Глотов</t>
   </si>
   <si>
     <t>3 апреля 1978</t>
   </si>
   <si>
     <t>Алексей был задержан 30 июня 2021 года в рамках уголовного дела по эпизоду на объекте связи ВМФ РФ под Вилейкой.
 Согласно версии обвинения, озвученной в суде, Алексей вместе с Вадимом Гулевичем, «одевшись в камуфляж и вооружившись огнестрельным оружием, проникли на территорию военного объекта и установили взрывные устройства с радиусом поражения до 11 метров». Одно из них не сработало и было обезврежено. Экспертиза показала, что инициирование происходило с замедленным действием.
 Ущерб оценили более чем в 26 тысяч рублей. В декабре 2022 года его признали виновным и приговорили к лишению свободы в колонии усиленного режима и крупному штрафу.
 В августе 2023 года состоялось судебное заседание по вопросу замены режима наказания, в результате которого Алексея перевели на тюремный режим.</t>
   </si>
   <si>
     <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
   </si>
   <si>
     <t>Решение суда 05.12.2022: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения. Суд по смене режима 04.08.2023: 3 года тюремного режима. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2022-08-28 22:21:39</t>
   </si>
   <si>
     <t>Владимир Станиславович Козловский</t>
   </si>
   <si>
     <t>3 апреля 1962</t>
   </si>
   <si>
-    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-01-21 13:27:30</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Александр Павлович Сидоренко</t>
   </si>
   <si>
     <t>4 апреля 1991</t>
   </si>
   <si>
     <t>Александр, заведующий магазином York, был задержан в ноябре 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы.
 В сентябре 2023 года стало известно, что Александра перевели в больницу для осуждённых в посёлке Колядичи под Минском для проведения плановой операции. В конце октября того же года он был обратно переведён в исправительную колонию.</t>
   </si>
   <si>
     <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
   </si>
   <si>
     <t>Решение суда 28.09.2022: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-05-26 01:16:45</t>
   </si>
   <si>
     <t>Олег Георгиевич Хоменко</t>
   </si>
   <si>
     <t>4 апреля 1967</t>
   </si>
   <si>
     <t>Олег Хоменко — музыкант, лидер группы "Палац". 
 О задержании стало известно 30 июня 2025 года. Как сейчас известно, в отношении него возбуждено уголовное дело за сотрудничество с независимым беларусским медиа, которое находится в списке так называемых "экстремистских формирований" (конкретная статья Уголовного кодекса на данный момент неизвестна).
 Олег Хоменко — музыкант, композитор, радиоведущий. В 1992 году основал фолк-рок группу "Палац". Группа выпустила шесть студийных альбомов, Хоменко также выступал сольно, записывал аудиокниги. В 2008-м принимал участие в национальном отборе на "Евровидение" с песней "Кола грукатала". После 2020 года "Палац" остался в стране и иногда выступал.</t>
   </si>
   <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>Решение суда 04.03.2026: 3 года лишения свободы в колонии в условиях общего режима, 450 базовых величин штрафа.</t>
+  </si>
+  <si>
     <t>2025-07-09 20:45:12</t>
+  </si>
+  <si>
+    <t>Людмила Владимировна Шрубок</t>
+  </si>
+  <si>
+    <t>4 апреля 1977</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Анатолий Францевич Леоник</t>
   </si>
   <si>
     <t>5 апреля 1986</t>
   </si>
   <si>
     <t>Анатолий был осужден за оставленные в своем профиле в «‎Одноклассниках»‎ публикации, которые содержали унизительную информацию о Лукашенко. Согласно позиции обвинения, их целью было публично нанести ущерб авторитету государственной власти и распространить заведомо ложные сведения, унижающие Лукашенко.
 Анатолий признал вину полностью.</t>
   </si>
   <si>
     <t>2,5 года лишения свободы в колонии общего режима</t>
   </si>
   <si>
     <t>2023-01-20 16:09:40</t>
   </si>
   <si>
     <t>Александра Викторовна Каско</t>
   </si>
   <si>
     <t>5 апреля 1993</t>
   </si>
   <si>
     <t>Александра была задержана в феврале 2023 года по возвращении в Беларусь и на следующий день осуждена по административной статье за «распространение экстремистских материалов» на 10 суток. Однако после отбытия ареста она так и не вышла на свободу, так как против неё возбудили уголовное дело за два интервью информационному ресурсу, признанному «экстремистским формированием».
 Её обвинили в содействии «экстремистским формированиям», администрировании Telegram-каналов, разжигании вражды, оскорблении властей, распространении персональных данных, а также в клевете на Лукашенко, и осудили по восьми уголовным статьям.
 В марте 2024 года суд рассмотрел апелляционную жалобу и сократил срок её заключения на один год, без права на дальнейшее обжалование.
 В мае 2024 года стало известно, что её повторно осудили за «оскорбление представителя власти и судьи».
 Весной 2025 года появились сведения о том, что против Александры возбудили очередное уголовное дело, и её перевели в СИЗО.</t>
   </si>
   <si>
     <t>СИЗО-6, Барановичи ул. Брестская 258 В, 225413</t>
   </si>
   <si>
     <t>Решение суда 19.12.2023: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 21.03.2024: 9 лет лишения свободы в колонии в условиях общего режима. Решение суда 31.05.2024: 2 года ограничения свободы с направлением в учреждение открытого типа, 100 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2023-03-02 20:04:59</t>
   </si>
   <si>
+    <t>Александр Фаддеевич Хомчик</t>
+  </si>
+  <si>
+    <t>6 апреля 1965</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 19.09.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-10-29 23:35:20</t>
+  </si>
+  <si>
     <t>Дмитрий Петрович Корнейчик</t>
   </si>
   <si>
     <t>6 апреля 1982</t>
   </si>
   <si>
     <t>Суть обвинений пока выясняется, но наиболее вероятно, что заключили Дмитрия по громкому делу мониторингового канала "белорусский Гаюн", который отслеживал действия российских войск в Беларуси перед и во время их вооруженной агрессии против Украины. О Дмитрии Корнейчике известно, что последним местом его работы была торговая сеть ОАО "Автоспэйс", которая занимается торговлей автозапчастями и вытратными материалами и имеет магазины в разных городах Беларуси. Ранее он был индивидуальным предпринимателем в сфере профессиональных фотоуслуг.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-12-28 21:24:09</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-10-29 23:35:20</t>
   </si>
   <si>
     <t>Иван Замятин</t>
   </si>
   <si>
     <t>7 апреля 2003</t>
   </si>
   <si>
     <t>Прокуратура Брестской области перечислила, за какие действия парня преследуют по 4 статьям: это 9 донатов на ютуб-канал, «используемый для информационной поддержки» Полка Калиновского. Кроме того, в 2024 году молодой человек написал в телеграм-чатах некие сообщения с «публичными оскорблениями» А.Лукашенко, а также сообщения, якобы подходящие под статью 361 УК (Призывы к санкциям). Наконец, в октябре 2024 брестчанин, судя по всему, пытался присоединиться к плану «Перамога» («активировал переписку с телеграм-ботом, заполнил предложенную анкету, в которой указал сведения о себе и своих навыках, тем самым войдя в его состав» и выполнил некое «тестовое задание»).</t>
   </si>
   <si>
     <t>СИЗО-7, Брест ул. Советских Пограничников 37, 224030</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 7 лет 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Владимир Александрович Аврамцев</t>
   </si>
   <si>
     <t>7 апреля 1994</t>
   </si>
   <si>
     <t>Владимир, выпускник Бобруйского училища олимпийского резерва и БГАТУ, занимался борьбой и работал тренером в фитнес-центре «Ева».
 Его задержали 30 марта 2022 года по обвинению в диверсии на железной дороге. Несмотря на то, что он не оказал сопротивления, спецназ применил силу и оружие. Позже его осудили по пяти тяжким статьям Уголовного кодекса.
 В сентябре 2024 года Владимира перевели на строгий тюремный режим.</t>
   </si>
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>Решение суда 10.02.2023: 22 года лишения свободы в колонии в условиях усиленного режима, 350 базовых величин штрафа, приблизительно 13000 рублей компенсации. Апелляция 26.04.2023: приговор оставлен без изменения. Суд по смене режима 25.09.2024: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2022-04-06 19:33:48</t>
+  </si>
+  <si>
+    <t>Станислав Валерьевич Мочалов</t>
+  </si>
+  <si>
+    <t>8 апреля 1976</t>
+  </si>
+  <si>
+    <t>Станислав, активист из Гомеля, был задержан 28 мая 2021 года после того, как в его квартире, где он проживал с родителями, силовики провели обыск. До этого он трижды отбывал административный арест по статье 24.23 КоАП РБ за участие в акциях протеста.
+Станислава осудили по двум уголовным статьям за участие в сцепке на Марше солидарности, который прошел 20 сентября 2020 года в Гомеле. Он отказался подписывать прошение о помиловании и отстаивал свои права даже в тяжелых условиях заключения, несмотря на проблемы со здоровьем. Без его попечения остались несовершеннолетняя дочь и престарелые родители, отец — инвалид.
+Освобожден в декабре 2023 года, полностью отбыв назначенный судом срок наказания.
+В декабре 2024 года стало известно, что Станислав снова задержан по новому уголовному делу.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>Решение суда 03.01.2022: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 23.03.2022: приговор оставлен без изменения. Решение суда 26.11.2025: 4 года лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-06-01 03:07:17</t>
+  </si>
+  <si>
+    <t>Андрей Владимирович Осипенко</t>
+  </si>
+  <si>
+    <t>8 апреля 1967</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-09-09 20:34:41</t>
   </si>
   <si>
     <t>Олег Александрович Дегтеренко</t>
   </si>
   <si>
     <t>8 апреля 2002</t>
   </si>
   <si>
     <t>Суть обвинения правозащитникам пока неизвестна.
 Суд, длившийся с 9 февраля, признал Дегтеренко виновным во "вхождении в состав экстремистского формирования" и по ч. 3 ст. 361-1 УК ему назначено наказание в виде лишения свободы на срок три года.
 Он же признан виновным в "предоставлении средств любым способом в целях использования в террористической деятельности, материального обеспечения и иной поддержки", лицом, ранее совершившим преступление, предусмотренное ст. 361-1 УК, и по ч. 2 ст. 290-1 УК (в редакции Закона Республики Беларусь от 09.01.2019 №171-З) ему назначено наказание в виде лишения свободы на срок 8 лет со штрафом в размере 100 базовых величин.
 Путем частичного сложения наказаний, окончательно обвиняемому назначено наказание в виде лишения свободы на срок 8 лет 6 месяцев.
 10.05.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>Решение суда 07.03.2024: 8 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 10.05.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-02-08 00:37:52</t>
   </si>
   <si>
-    <t>Станислав Валерьевич Мочалов</t>
-[...29 lines deleted...]
-    <t>2025-09-09 20:34:41</t>
+    <t>Сергей Петрович Харитонович</t>
+  </si>
+  <si>
+    <t>9 апреля 1979</t>
+  </si>
+  <si>
+    <t>Водитель такси. Согласно провластным телеграм-каналам задержан за комментарии в соцсетях. На "покаянном видео" беларус рассказывает, что в 2020-ом году участвовал в протестах, а с 2020-го до середины 2023-го года в чатах оставил более 2000 «оскорбительных комментариев» в адрес Лукашенко, работников прокуратуры и милиционеров. При задержании Сергею сломали руку. Его со сломанной рукой держали 35 дней в карцере на Окрестина. Начальник ИВС выражал предвзятое отношение конкретно к нему, через "комментаторскую" статью.
+2 августа 2024 года будет рассмотрена апелляция на приговор.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 02.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-01-24 15:04:49</t>
+  </si>
+  <si>
+    <t>Александр Фёдорович Горбель</t>
+  </si>
+  <si>
+    <t>9 апреля 1978</t>
+  </si>
+  <si>
+    <t>08.08.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.
+Известно, что 15 февраля 2024 года против Александра был рассмотрен административный протокол по ч. 2 ст. 19.11 КоАП (Распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность). Судья Тарабуева Татьяна подвергла Александра административному взысканию в виде административного ареста сроком на 15 суток. Александр на собственной странице в Одноклассниках разместил информационную продукцию в виде видеозаписи «Посмотрите что осталось от одного ...» телеканала Белсат.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.06.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 08.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-02 15:12:37</t>
   </si>
   <si>
     <t>Егор Анатольевич Волков</t>
   </si>
   <si>
     <t>9 апреля 1969</t>
   </si>
   <si>
     <t>Егору Волкову 55 лет. Он минчанин, учился в 50-й школе. После окончил Минский радиотехнический институт (ныне-Белорусский государственный университет информатики и радиоэлектроники).
 С 1990-х Волков начал заниматься бизнесом. Известно, что его сфера-это грузоперевозки, включая жидкие грузы. Бизнес мужчины довольно крупный, автопарк его фирмы-до сотни грузовых авто.
 По утверждению провластных СМИ Егора судили за пожертвования в Полк Калиновского с 2022 по 2023 года в криптовалюте на сумму 11100 уе , а также за фото с протестов.
 23.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 03.05.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 23.07.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-24 23:21:58</t>
   </si>
   <si>
-    <t>Александр Фёдорович Горбель</t>
-[...33 lines deleted...]
-  <si>
     <t>Игорь Александрович Калуев</t>
   </si>
   <si>
     <t>9 апреля 1974</t>
   </si>
   <si>
     <t>Судя по соцсетям, мужчина работал на разных рабочих специальностях в родном городе.
 Суть обвинений неизвестна, но почти наверняка связана с его активностью в соцсетях. </t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: 6 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-10-02 23:15:53</t>
   </si>
   <si>
-    <t>Олег Анатольевич Кацапов</t>
-[...17 lines deleted...]
-    <t>2023-11-21 14:54:06</t>
+    <t>Андрей Андреевич Лавринович</t>
+  </si>
+  <si>
+    <t>10 апреля 1981</t>
+  </si>
+  <si>
+    <t>10.11.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно  лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Валерий Феликсович Познякевич</t>
   </si>
   <si>
     <t>10 апреля 1968</t>
   </si>
   <si>
     <t>Валерий - беларусский поэт. Состоит в беларусском Союзе журналистов. Печатался во всех известных белорусских журналах и газетах. В 1998 году его стихи были напечатаны в хрестоматии для средних школ и четырех антологиях.
 В 1994 году стал дипломантом Первого Республиканского фестиваля белорусской бардовской песни. Многие стихи положены на музыку.
 Несколько раз задерживался по политически мотивированным административам. По уголовному делу  был задержан летом 2025 года. До суда был под подпиской о невыезде.
 У Валерия лежачая мама-инвалид, которая нуждается в постоянном уходе.</t>
   </si>
   <si>
     <t>ИУОТ-43, 212003, г. Могилев, ул. Челюскинцев, 76А</t>
   </si>
   <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
     <t>Решение суда 14.08.2025: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 24.10.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-11-25 18:51:34</t>
+  </si>
+  <si>
+    <t>Михаил Михайлович Горбач</t>
+  </si>
+  <si>
+    <t>Михаил в 2003 году окончил факультет радиофизики и компьютерных технологий БГУ. С 2014 года Михаил работал как индивидуальный предприниматель: занимался техническим обслуживанием офисной техники. Также он был системным администратором в нескольких компаниях в Минске.
+Михаил — любитель футбола. Он ездил на различные международные соревнования, в том числе был на чемпионате Европы в 2012-м. В сентябре 2024 года мужчина отдыхал в Египте. Вскоре после этого он исчез из соцсетей.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-02-08 19:54:45</t>
   </si>
   <si>
     <t>Вячеслав Валентинович Кандыба</t>
   </si>
   <si>
     <t>10 апреля 1977</t>
   </si>
   <si>
     <t>Вячеслав был задержан летом 2021 года в рамках уголовного дела, возбужденного по статьям «разжигание вражды или розни» и «незаконный сбор и распространение сведений о частной жизни».
 В марте 2022 года он был осуждён за передачу данных о представителях силовых ведомств оппозиционному телеграм-каналу. Вячеслав также лишился специального звания «подполковник юстиции» запаса.</t>
   </si>
   <si>
     <t>Решение суда 15.03.2022: 7 лет лишения свободы в колонии в условиях усиленного режима, ограничение по военной службе.</t>
   </si>
   <si>
     <t>2021-09-06 18:28:41</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Степан Сергеевич Латыпов</t>
   </si>
   <si>
     <t>11 апреля 1980</t>
   </si>
   <si>
     <t>Арборист и директор компании "Беларбо", проживающий возле "Площади Перемен", был задержан 15 сентября 2020 года в рамках уголовного дела о массовых беспорядках и признан виновным по трем статьям УК РБ.
 В сентябре 2022 года Степану было ужесточено наказание, и его перевели на тюремный режим на два года.
 Осенью 2024 Степана снова этапировали в ИК - 22.</t>
   </si>
   <si>
-    <t>Решение суда 16.08.2021: 8 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 16.11.2021: приговор оставлен без изменения. Суд по смене режима 15.09.2022: 2 года тюремного режима.</t>
+    <t>Решение суда 16.08.2021: 8 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 16.11.2021: приговор оставлен без изменения. Суд по смене режима 15.09.2022: 2 года тюремного режима. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:59</t>
   </si>
   <si>
     <t>Ольга Викторовна Петух</t>
   </si>
   <si>
     <t>11 апреля 1993</t>
   </si>
   <si>
     <t>Ольга, работавшая арт-директором в отеле «Европа» в Минске, была задержана в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осуждена по нескольким уголовным статьям.
 Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
     <t>Решение суда 21.06.2023: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-08-09 02:20:58</t>
   </si>
   <si>
     <t>Алексей Николаевич Мандик</t>
   </si>
   <si>
     <t>12 апреля 1993</t>
   </si>
   <si>
     <t>28-летнего Алексея Мандика задержали в ноябре 2021 года. Он — работник пятой городской поликлиники, заведующий отделением профилактики, врач-терапевт.
 Причина задержания ГУБОПом — участие в «деструктивных Telegram-каналах», где писал «деструктивные и оскорбительные комментарии» в адрес сотрудников ОВД.
 На провластном ресурсе было опубликовано его покаяльное письмо.</t>
   </si>
   <si>
     <t>7 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-02-17 23:45:14</t>
   </si>
   <si>
     <t>Юрий Алексеевич Редьков</t>
   </si>
   <si>
     <t>12 апреля 1976</t>
   </si>
   <si>
     <t>Обозреватель, режиссёр, организатор медовых ярмарок и директор компании «Царь-мед».
 Осужден за участие в акциях протеста 23.08.2020 года в качестве обозревателяю
 Осенью 2024 года Юрию заменили режим и отправили добывать срок в колонию.
 Осенью 2025 года стало известно, что Юрия осудили еще по одному уголовному делу и присудили лишение свободы. Подробности дела неизвестны.</t>
   </si>
   <si>
     <t>Решение суда 15.09.2022: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 29.11.2022: приговор оставлен без изменения. Суд по смене режима 30.09.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2022-09-14 21:36:42</t>
   </si>
   <si>
+    <t>Александр Анатольевич Лытин</t>
+  </si>
+  <si>
+    <t>13 апреля 1993</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2022: 10 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-12-13 14:55:40</t>
+  </si>
+  <si>
     <t>Иван Александрович Губчик</t>
   </si>
   <si>
     <t>13 апреля 1987</t>
   </si>
   <si>
     <t>Как утверждают в Генпрокуратуре, житель Витебска с 16 июля по 12 августа 2020 года «в состоянии алкогольного опьянения со своей страницы в TikTok для пробуждения социальной вражды разместил в публичном доступе три видеозаписи». «Представленный в них материал формировал негативное отношение к работникам милиции и представителям командного состава армии, поощряя к насильственно-агрессивным действиям», — отмечается в пресс-релизе.
 В Генпрокуратуре также заявляют, что 34-летний мужчины ранее был 10 раз судим.</t>
   </si>
   <si>
     <t>4,5 года лишения свободы в условиях строгого режима.</t>
   </si>
   <si>
     <t>2022-01-29 03:21:21</t>
-  </si>
-[...67 lines deleted...]
-    <t>2025-06-23 14:47:53</t>
   </si>
   <si>
     <t>Евгений Михайлович Ермак</t>
   </si>
   <si>
     <t>14 апреля 1991</t>
   </si>
   <si>
     <t>11 марта 2022 года Евгения задержали за комментарии в "Карателях".
 При обыске у него нашли гашиш. Евгений рассказал, что купил его для себя и своего знакомого-коллеги Юрия, с которым ранее неоднократно употреблял его.
 Мужчину задержали и поместили под стражу, вменив ему статьи за оскорбление четырёх милиционеров, судьи и незаконный оборот наркотиков .
 27.09.2022 состоялось рассмотрение апелляционной жалобы.</t>
   </si>
   <si>
+    <t>Нет</t>
+  </si>
+  <si>
     <t>Решение суда 22.07.2022: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2022-07-14 17:00:49</t>
   </si>
   <si>
-    <t>Дмитрий Леонидович Кохановский</t>
-[...56 lines deleted...]
-    <t>2023-06-14 14:00:21</t>
+    <t>Денис Анатольевич Петров</t>
+  </si>
+  <si>
+    <t>14 апреля 1986</t>
+  </si>
+  <si>
+    <t>Денис был осуждён в 2025 году в рамках уголовного дела, возбужденного по статье «разжигание вражды и розни», и приговорён к ограничению свободы с направлением.</t>
+  </si>
+  <si>
+    <t>ИУОТ-29, г. Волковыск, Рокоссовского, 118е, 230415</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2025-06-23 14:47:53</t>
+  </si>
+  <si>
+    <t>Иван Николаевич Бородич</t>
+  </si>
+  <si>
+    <t>14 апреля 1974</t>
+  </si>
+  <si>
+    <t>Следствие считает, что в январе 2023  года Иван Лихолат вышел на связь с СБУ, где ему поручили взорвать железнодорожные пути. К заданию он привлек двух гродненцев, которые обладали профессиональными навыками минно-взрывного дела. Один из них был Бородич Иван.
+Лихолат и Бородич были задержаны в Гродно.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.12.2024: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-09-27 21:12:08</t>
   </si>
   <si>
     <t>Василий Иванович Демидович</t>
   </si>
   <si>
     <t>15 апреля 1952</t>
   </si>
   <si>
     <t>Ранее привлекался к административной ответственности за участие в акциях протеста.
 По данным следствия, Василий с сентября 2021 года по январь 2022 года размещал в деструктивных Telegram-каналах сообщения с оскорблениями представителей власти, в том числе высших должностных лиц Республики Беларусь.
 Также он выражал угрозы применения насилия в отношении сотрудников правоохранительной и судебной систем, при этом публично унижая их честь и достоинство. Кроме того, мужчина призвал граждан к действиям, направленным на организацию массовых беспорядков. В экстремистских Telegram-каналах он искал людей, готовых совершать "преступления", однако не довел свое намерение до конца, поскольку был задержан сотрудниками правоохранительных органов.
 С обвиняемого в пользу потерпевших также взыскана денежная компенсация морального вреда на общую сумму 32 000 белорусских рублей.
 31 января 2023 г. в Дзержинске начался очередной суд над пенсионером. На этот раз его обвинили по ст. 369 УК (Оскорбление представителя власти).
 13.02.2023 был озвучен второй приговор.
 В суде Дрогичинского района 23 марта 2023 г. начали рассматривать дело политзаключенного по ст. 369 УК РБ Василия Демидовича поместили в дрогичинский ИВС.
 В апреле политзаключенного перевели в гомельский СИЗО-3. В суде Советского района Гомеля 20 апреля 2023 года начали рассматривать очередное дело пенсионера. Ему инкриминируется ст. 369 УК РБ и ст. 391 УК РБ. 2 мая был вынесен очередной приговор.
 5 мая 2023 г. над Демидовичем начнется уже пятый суд — мужчину обвиняют снова по ст. 369 УК. Процесс состоится в Пуховичах, судья — Ольга Бабук.
 Очередное заседание назначено на 24 мая 2023 г. в Пуховичах.
 5 июля 2023 г. в Гомельском областном суде рассматривала апелляционная жалоба политзаключённого судьёй Русланом Царуком.
 В суде Несвижского района 23 августа 2023 г. рассматривалось шестое уголовное дело против политзаключённого.
 В Старых Дорогах 19 октября 2023 года начнется уже седьмой суд над Василием. Всего Василия осудили на 7 лет лишения свободы, при этом результат последних двух судов пока неизвестен.
 В связи с тем, что политзаключенного внесли в "список террористов", ему нельзя делать денежные переводы. Кроме того, у Василия нет родственников которые могли бы его поддержать. За последний год он пережил десятки этапов. Этапируют политзаключенных в тяжелых условиях, это оставляет очень плохой отпечаток на здоровье Василия.
 15 декабря 2023 г. в Старых Дорогах возобновился начавшийся в октябре суд над Василием.
 В конце июня 2025 года на торгах на площадке «БелЮрОбеспечение» был продан жилой дом Василия.</t>
   </si>
   <si>
     <t>1) 6 лет лишения свободы в колонии усиленного режима.
 2) 1 год заключения со штрафом в размере 30 базовых величин. 
 Путем частичного сложения наказаний, окончательно его приговорили к 6,5 годам колонии в условиях усиленного режима.
 3) 2,5 года лишения свободы в колонии.
 Путем частичного сложения окончательно пенсионеру назначили 7 лет лишения свободы.</t>
   </si>
   <si>
     <t>2022-07-19 00:27:34</t>
   </si>
   <si>
-    <t>Елена Владимировна Морозова</t>
-[...11 lines deleted...]
-    <t>2024-03-08 00:00:02</t>
+    <t>Александр Анатольевич Невар</t>
+  </si>
+  <si>
+    <t>15 апреля 1985</t>
+  </si>
+  <si>
+    <t>Решение суда 20.11.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 14.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-11 22:02:36</t>
+  </si>
+  <si>
+    <t>Дмитрий Леонидович Кохановский</t>
+  </si>
+  <si>
+    <t>15 апреля 1991</t>
+  </si>
+  <si>
+    <t>Работник могилёвского отделения Белтелеком. Задержан на рабочем месте 28 октября 2021 года. Предварительно обвиняется в распространении данных сотрудников силовых структур.</t>
+  </si>
+  <si>
+    <t>6,5 лет лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:58:21</t>
+  </si>
+  <si>
+    <t>Михаил Валентинович Мекеко</t>
+  </si>
+  <si>
+    <t>15 апреля 1993</t>
+  </si>
+  <si>
+    <t>Жил и работал в Польше полтора года и вернулся в Беларусь, где и был задержан в конце ноября 2022 года. По версии силовиков, именно в Польше он зарегистрировался в плане "Перамога". Также он якобы писал сообщения с угрозами силовикам.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.08.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 03.11.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-06-14 14:00:21</t>
+  </si>
+  <si>
+    <t>Сергей Викторович Сацук</t>
+  </si>
+  <si>
+    <t>15 апреля 1968</t>
+  </si>
+  <si>
+    <t>Журналист-расследователь, редактор белорусского портала «Ежедневник» (ej.by).
+Был задержан 8 декабря 2021 года. Ранее Сергей был задержан с 25 марта по 4 апреля 2020 года по этому же делу.
+Часть правозащитных организаций расценело репрессии как свидетельство о наличии политического мотива в преследовании журналиста, направленного на принуждение к прекращению или изменению характера его деятельности по распространению информации о коррупции. 
+Основанием для преследования журналиста, по мнению коллег Сацука, стали громкие расследования, в первую очередь касающиеся масштабной коррупции в медицинской сфере. На основании полученных фактов он рассказал о беспрецедентных «откатах» за поставку дорогого оборудования; о закупке незарегистрированной вакцины, которую фактически опробовали на белорусских детях; о фальсификации данных по распространению COVID-19 в Беларуси. И все это при одобрении контрольного ведомства — Министерства здравоохранения.</t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2021-12-15 15:37:54</t>
+  </si>
+  <si>
+    <t>Андрей Станиславович Почобут</t>
+  </si>
+  <si>
+    <t>16 апреля 1973</t>
+  </si>
+  <si>
+    <t>Андрей — гродненский журналист, публицист и член «Союза поляков Беларуси». В 2011 году его осудили на 3 года лишения свободы с отсрочкой исполнения наказания на 2 года по обвинению в клевете на Лукашенко. Он был освобожден в зале суда под подписку о невыезде. В 2012 году против него возбудили новое уголовное дело за публикации в СМИ, но в 2013 году оно было закрыто за отсутствием состава преступления. Осенью того же года он был освобожден от отбывания наказания по первому делу.
+25 марта 2021 года Андрея вновь задержали. Его обвинили в разжигании вражды и призывах к санкциям. В обвинении фигурировали статьи о белорусских протестах 2020 года, защите польского меньшинства и публикации о нападении СССР на Польшу в 1939 году. Он провел в СИЗО более 1,5 лет и был осужден в феврале 2023 года.
+Известно, что Андрей отказался писать прошение о помиловании. В настоящее время он продолжает подвергаться давлению, лишен свиданий и передач. Также от него нет звонков.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.07.2011: 3 года лишения свободы в колонии в условиях общего режима (с отсрочкой 2 года). Решение суда 08.02.2023: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.05.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Елена Николаевна Топоркова</t>
   </si>
   <si>
     <t>16 апреля 1970</t>
   </si>
   <si>
     <t>Елене Топорковой 54 года. Окончила Белорусскую государственную политехническую академию (ныне — БНТУ).
 Вероятно, Елену задержали во время рейда на солидарных с политзаключенными, который состоялся в конце января 2024 года.
 Люди, попавшие под облаву на солидарных с политзаключенными, которая состоялась с 23 по 24 января, говорят, что число тех, на кого завели уголовные дела, может быть гораздо больше, чем известно правозащитникам. Абсолютно непубличные люди просто делали переводы или отправляли посылки политзаключенным из собственных средств.</t>
   </si>
   <si>
     <t>Решение суда 12.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 05.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-05 13:35:28</t>
   </si>
   <si>
+    <t>Елена Владимировна Морозова</t>
+  </si>
+  <si>
+    <t>16 апреля 1979</t>
+  </si>
+  <si>
+    <t>Согласно провластным телеграм-канал была задержана вместе с сыном за участие в акциях протеста 2020 года. 06.03.2024 была осуждена по административной статье ( ст. 19.1 КоАП РБ - Мелкое хулиганство). После ей выдвинули обвинения по уголовным статьям.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 25.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-03-08 00:00:02</t>
+  </si>
+  <si>
     <t>Владимир Николаевич Лисица</t>
   </si>
   <si>
     <t>16 апреля 1968</t>
   </si>
   <si>
     <t>Бывший "афганец" и человек с принципиальной гражданской позицией, а его жена Оксана Лисица – директор Высочанской базовой школы и депутат райсовета 28-го созыва. Владимир Лисица родился в Украине и вместо аватарки на его странице в» Одноклассниках " - украинский флаг. Содержание этой страницы, который сейчас по большей части удален, изучала Лиозненская районная прокуратура, и она решила, что «информационная продукция на персональной странице "Владимир Лисица" в социальной сети «Одноклассники» содержит признаки деятельности, направленной на содействие осуществлению экстремистской деятельности, прохождение обучения или иной подготовки для участия в такой деятельности". Согласно следствию, Владимир Лисица оставил комментарии и в адрес еще несколько известных в Беларуси лиц: "публично непристойные комментарии прозвучали в адрес военного комиссара Гомельской области А. В. Кривоносова, депутата Палаты представителей Национального собрания РБ А. С. Гайдукевича, председателя Глубокского райисполкома А. Н.Шубского и А. Г. Лукашенко".Согласно судебному приговору, господин Лисица должен отбыть три года в исправительной колонии в условиях общего режима, а также выплатить 7 400 рублей штрафа и компенсацию моральной школы двум истцам – Генеральному Прокурору Республики Беларусь А. Шведу и депутату Новополоцкого городского Совета депутатов И. Медведскому-по 3 000 рублей каждому. 
 05.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 19.12.2023: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 05.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-09 01:16:25</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Андрей Николаевич Ханевич</t>
   </si>
   <si>
     <t>16 апреля 1975</t>
   </si>
   <si>
     <t>Председатель первичной профсоюзной организации Белорусского Независимого профсоюза работников ОАО "Гродно Азот".
 Причиной возбуждения уголовного дела против профсоюзного лидера, по версии государственного обвинителя — стала его беседа с журналистом телеканала «Белсат», во время которой он ей «передал некие сведения».
 Телефон Андрея прослушивали, а разговоры записывали сотрудники спецслужб. После его увольнения с завода, на него было возбуждено уголовное дело.
 Его обвиняют в содействии экстремистской деятельности и дискредитации Республики Беларусь. Ранее экстремистской признали первичную организацию Белорусского Независимого профсоюза работников ОАО «Гродно Азот». Гродненский областной суд принял решение о запрете деятельности организации и ее ликвидации.
 Был взят под стражу в зале суда, до этого находился под подпиской о невыезде.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-11-16 15:17:34</t>
   </si>
   <si>
-    <t>Юрий Иосифович Станевский</t>
-[...74 lines deleted...]
-  <si>
     <t>Кирилл Олегович Крошкин</t>
   </si>
   <si>
     <t>17 апреля 1977</t>
   </si>
   <si>
     <t>Родом из Витебска, учился в Гомеле, но в последнее время жил в Гродно. По профессии — инженер, в последнее время работал системным администратором в компании Whitebird. Судя по соцсетям, жил в Варшаве.
 Также мужчина — радиолюбитель. Входит в Белорусскую федерацию радиолюбителей и радиоспортсменов.
 В январе 2024 началось рассмотрение дела, последнее заседание прошло 29.03.2024</t>
   </si>
   <si>
     <t>Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 25.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-12-10 10:51:57</t>
   </si>
   <si>
-    <t>Андрей Витальевич Слизевич</t>
+    <t>Владислав Игоревич Якубовский</t>
+  </si>
+  <si>
+    <t>17 апреля 1996</t>
+  </si>
+  <si>
+    <t>Решение суда 19.12.2025: 3 года лишения свободы в колонии в условиях общего режима, неизвестно базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-12-22 22:06:53</t>
+  </si>
+  <si>
+    <t>Александр Валерьевич Яворский</t>
+  </si>
+  <si>
+    <t>17 апреля 1986</t>
+  </si>
+  <si>
+    <t>Об Александре известно, что он из Петрикова, где занимался предпринимательской деятельностью в сфере торговли пищевыми продуктами, напитками и табаком, владел магазином «Салеман».
+В октябре 2020 года мужчина присоединился к общенациональной забастовке, объявленной Светланой Тихановской — и даже записал по этому поводу видеообращение. Одна из государственных пропагандистских газет тогда еще с издевательством цитировала его слова из видео.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-01-23 16:39:23</t>
+  </si>
+  <si>
+    <t>Егор Викторович Лебедок</t>
+  </si>
+  <si>
+    <t>17 апреля 1982</t>
+  </si>
+  <si>
+    <t>Военному аналитику Егору Лебедку присудили 15 суток административного ареста по статье 24.3 КоАП. После суток Егор не вышел и был задержан по уголовному делу о содействии экстремистской деятельности за комментарии для "Еврорадио".
+В октябре провластные каналы сообщили, что против Егора возбудили еще одно уголовное дело по признаку повторности, и отмечали, что "каждое интервью экстремистом образует отдельный состав преступления".</t>
+  </si>
+  <si>
+    <t>Решение суда 23.12.2022: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 21.03.2023: приговор оставлен без изменения. Суд по смене режима 11.12.2024: тюремный режим до конца срока.</t>
+  </si>
+  <si>
+    <t>2022-07-30 00:15:40</t>
+  </si>
+  <si>
+    <t>Юрий Иосифович Станевский</t>
+  </si>
+  <si>
+    <t>Согласно версии обвинения с 15 июля по 27 декабря 2021 года под публикациями размещал комментарии в деструктивных чатах, где оскорблял Лукашенко и других представителей власти и их близких, а также угрозы в отношении должностных лиц, выполняющих свои служебные обязанности.
+В публикациях были сообщения, связанные с надругательством над Государственным гимном Республики Беларусь и Государственным флагом Республики Беларусь.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.10.2022: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 16.12.2022: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-07-22 17:59:47</t>
+  </si>
+  <si>
+    <t>Андрей Васильевич Слизевич</t>
   </si>
   <si>
     <t>18 апреля 1982</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель. По версии обвинения, он якобы оставлял негативные комментарии о России после теракта в» Крокус Холле " и призвал бомбить российские города.
 Андрея задержали в марте. Провластные каналы публиковали с ним "покаяльное " видео.</t>
   </si>
   <si>
     <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
   </si>
   <si>
     <t>Решение суда 04.12.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 18.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-27 14:19:39</t>
   </si>
   <si>
     <t>Роман Брониславович Марусов</t>
   </si>
   <si>
     <t>19 апреля 1996</t>
   </si>
   <si>
     <t>Роман был задержан в марте 2021 года в рамках уголовного дела по статье «пособничество в умышленных действиях, направленных на возбуждение иной социальной вражды и розни по признаку иной социальной принадлежности, совершённых группой лиц». Он был осуждён за передачу информации BYPOL.
 «18 марта 2021 года Роман пришёл к дому сотрудника милиции, чтобы проверить опубликованный в интернете адрес и сообщить его деструктивному ресурсу. Он проник в подъезд, позвонил в домофон, встретил супруга милиционера и скрылся. Дома отправил сообщение в Telegram-канал с подтверждением адреса», — сказано в материалах следствия.
 Осенью 2023 года условия его содержания были ужесточены, и Роман был переведён на тюремный режим.
 В сентябре 2024 года состоялось судебное заседание по статье «злостное неповиновение требованиям администрации исправительного учреждения», в рамках которого Роману могли добавить до двух лет лишения свободы; результат заседания неизвестен.</t>
   </si>
   <si>
     <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 6 лет лишения свободы в колонии в условиях общего режима. Суд по смене режима 17.10.2023: 2 года тюремного режима. Решение суда 27.09.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2021-08-11 11:38:58</t>
   </si>
   <si>
-    <t>Анатолий Сергеевич Кирейчик</t>
-[...24 lines deleted...]
-    <t>2024-03-06 13:51:10</t>
+    <t>Игорь Николаевич Шуканов</t>
+  </si>
+  <si>
+    <t>19 апреля 1963</t>
+  </si>
+  <si>
+    <t>62-летний сотрудник лаборатории информатики и связи Мозырского нефтеперерабатывающего завода.
+Игоря Шуканова показательно жестко задерживали 1 августа 2024 года. За ним из Минска приехал ГУБОП. Его задержали прямо на рабочем месте. Затем заводским автомобилем «УАЗ-Patriot» вывезли за проходную завода. Недалеко от автобусной остановки, на парковке около главной проходной завода, где в то время были люди, губопиковцы устроили показательное избиение Шуканова — вытащили из УАЗа, бросили лицом на асфальт и, надавив коленом на голову, надели наручники.
+Примечательно, что утром того дня Игоря судили по административной статье за распространение «экстремизма». Ему дали штраф и отпустили — чтобы через несколько часов арестовать.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.02.2025: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-17 16:29:03</t>
   </si>
   <si>
     <t>Геннадий Марьянович Жукель</t>
   </si>
   <si>
     <t>20 апреля 1961</t>
   </si>
   <si>
     <t>Мужчина позвонил в районную милицию и высказался в сторону Лукашенко, когда разговаривал с дежурным. Известно, что в этот момент он был в состоянии алкогольного опьянения. Ранее его уже судили за хулиганство и несколько раз привлекали к административной ответственности.
 29.02.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.
 В июле 2024 года освобожден, полностью отбыв наказание, назначенное судом.
 В январе 2025 года Геннадия снова судили за оскорбление Лукашенко А.Г.</t>
   </si>
   <si>
     <t>Решение суда 27.12.2023: 1 год лишения свободы в колонии в условиях общего режима. Апелляция 29.02.2024: приговор оставлен без изменения. Решение суда 09.01.2025: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-10-10 00:01:50</t>
   </si>
   <si>
+    <t>Сергей Степанович Бувака</t>
+  </si>
+  <si>
+    <t>20 апреля 1965</t>
+  </si>
+  <si>
+    <t>Сергея обвинили в том, что он написал несколько сообщений в мессенджере Telegram, и приговорили к ограничению свободы с направлением. Заседание проходило в здании Берёзовского комбината кооперативной промышленности. После суда прокурор прочитал работникам лекцию и «напомнил об ответственности за преступления экстремистской направленности». До суда Сергей находился под домашним арестом.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.03.2024: 3 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2024-03-26 21:48:30</t>
+  </si>
+  <si>
+    <t>Константин Владимирович Шестов</t>
+  </si>
+  <si>
+    <t>20 апреля 1978</t>
+  </si>
+  <si>
+    <t>Решение суда 14.03.2024: 8 лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:51:10</t>
+  </si>
+  <si>
+    <t>Анатолий Сергеевич Кирейчик</t>
+  </si>
+  <si>
+    <t>20 апреля 1949</t>
+  </si>
+  <si>
+    <t>По данным следствия, с октября 2020 года по февраль 2022 года 74-летний мужчина систематически размещал комментарии под фотографиями представителей власти, где, «не стесняясь в выражениях, оскорблял, публично унижал и порочил их честь и достоинство». Во время обыска у него дома нашли боеприпасы. Пенсионер рассказал следователям, что коллекционировал их.
+Утверждается, что Кирейчик "оскорбил" аж 135 посадочных лиц-сотрудников КГБ, прокуратуры, милиции, Следственного комитета, Министерства обороны и судебной системы.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.06.2024: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 16.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:44:11</t>
+  </si>
+  <si>
     <t>Алексей Юрьевич Драб</t>
   </si>
   <si>
     <t>20 апреля 1986</t>
   </si>
   <si>
     <t>Александр был задержан в октябре 2020 года и обвинён в участии в событиях, произошедших 11 октября 2020 года возле станции метро «Пушкинская», когда люди пытались защитить мирного протестующего от избиения ОМОНом. Во время задержания ему угрожали, заставляли дать показания на видео, а также сломали ногу в пяти местах. В СИЗО он поступил с гипсом после допросов.</t>
   </si>
   <si>
     <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
   </si>
   <si>
     <t>Решение суда 02.04.2021: 5 лет лишения свободы в колонии в условиях общего режима, приблизительно 21000 рублей компенсации.</t>
   </si>
   <si>
     <t>2021-03-19 02:23:39</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-03-26 21:48:30</t>
   </si>
   <si>
     <t>Владимир Валерьевич Фишман</t>
   </si>
   <si>
     <t>22 апреля 1987</t>
   </si>
   <si>
     <t>Владимир интересуется городской застройкой и архитектурой около 20 лет. Он создал уникальную базу с тысячами фотографий различных зданий в Беларуси и за ее пределами — photobuildings.com  . 
 В видео, которое показали на ОНТ, Владимир рассказывает, что якобы зарегистрировался в чате плана «Перамога», а в ноябре 2022 года с ним якобы связался Александр Азаров. 
 27.02.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 05.01.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 27.02.2024: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-11-13 19:42:07</t>
   </si>
   <si>
     <t>Наталья Николаевна Лащ</t>
   </si>
   <si>
     <t>23 апреля 1993</t>
   </si>
   <si>
     <t>Юристка 2 класса, бывшая сотрудница прокуратуры Фрунзенского района Минска, некоторое время работала HR-специалисткой в IT-компании. Наталью обвиняют в сливе информации в «Черную книгу Беларуси». </t>
   </si>
   <si>
     <t>Решение суда 01.03.2023: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.05.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-08-19 22:28:41</t>
   </si>
   <si>
     <t>Сергей Ильич Дзюба</t>
   </si>
   <si>
     <t>24 апреля 1976</t>
   </si>
   <si>
-    <t>Сотрудник БЖД. По предварительной информации задержан в рамках статей 356 и 357 УК РБ ( "измена государству" и "заговор или иные действия, совершенные с целью захвата государственной власти").</t>
-[...2 lines deleted...]
-    <t>12 лет колонии в условиях усиленного режима</t>
+    <t>Сергей, сотрудник БЖД, был задержан осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух». 21 сентября 2021 года эта инициатива была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Сергея признали виновным по статьям «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-26 14:08:50</t>
   </si>
   <si>
-    <t>Ирина Викторовна Злобина</t>
+    <t>Виктор Витальевич Яскич</t>
   </si>
   <si>
     <t>25 апреля 1989</t>
-  </si>
-[...72 lines deleted...]
-    <t>Виктор Витальевич Яскич</t>
   </si>
   <si>
     <t>Работал таксистом. Многодетный отец, от двух браков имеет 6 детей.
 Задержан по делу о терроризме. На допросах был сильно избит (Виктору даже сломали руку). По данным КГБ,  Виктора Яскича  и Евгения Грука осудили по ст. 289 УК (акт терроризма) и ст. 295 УК (незаконные действия в отношении огнестрельного оружия, боеприпасов и взрывчатых веществ). Об их задержании стало известно в начале апреля 2024 года из сюжета ОНТ. Как утверждали пропагандисты, силовики задержали как минимум 12 человек, среди которых Грук и Яскич, обвиняемые в контрабанде взрывчатки и планировании терактов. По словам автора сюжета, Грук был информатором СБУ: фотографировал военную технику и сбрасывал ее координаты. После Груку дали команду забрать взрывчатку из тайника. К тайнику мужчину подвез Яскич. Впоследствии они оба должны были разложить взрывчатку из тайника в новые тайники. В сюжете не объясняют логику таких действий.
 Суд состоялся в мае 2025 года. Приговор незвестен, до суда Виктор находился в СИЗО.</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-16 23:01:33</t>
   </si>
   <si>
-    <t>Дмитрий Александрович Щемер</t>
-[...8 lines deleted...]
-    <t>2024-03-16 18:46:18</t>
+    <t>Павел Александрович Шпетный</t>
+  </si>
+  <si>
+    <t>25 апреля 1997</t>
+  </si>
+  <si>
+    <t>Павел, активист анархистского движения, был задержан в марте 2021 года в рамках уголовного дела, возбужденного против анархистов из Брестской области. Он был осужден за «участие в групповых действиях, грубо нарушающих общественный порядок», и за «участие в преступной организации». Известно, что в основу обвинения лег эпизод, связанный с «Маршем нетунеядцев», который состоялся 5 марта 2017 года, а также события, произошедшие у здания Брестского ГУБОПиКа в 2016 году.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.09.2022: 6 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения. Решение суда 08.10.2025: 2 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:16:29</t>
+  </si>
+  <si>
+    <t>Дмитрий Иосифович Подрез</t>
+  </si>
+  <si>
+    <t>25 апреля 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий, стрит-арт-художник и IT-специалист, был задержан в июле 2021 года в рамках уголовного дела, возбужденного по трём статьям, включая «вмешательство в деятельность сотрудника органов внутренних дел». Известно, что при задержании сотрудники ГУБОПиК избивали Дмитрия и издевались над ним.
+В марте 2022 года Дмитрия признали виновным в передаче данных представителей силовых ведомств телеграм-каналу «Чёрная книга Беларуси», приговорив к лишению свободы в колонии и выплате морального вреда «потерпевшим».</t>
+  </si>
+  <si>
+    <t>Решение суда 15.03.2022: 7 лет лишения свободы в колонии в условиях усиленного режима, 11000 рублей компенсации.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:25:31</t>
+  </si>
+  <si>
+    <t>Артем Сергеевич Янковский</t>
+  </si>
+  <si>
+    <t>25 апреля 2003</t>
+  </si>
+  <si>
+    <t>13 августа 2023 года был задержан за " распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность". После этого против него возбудили уголовное дело. После задержания с Артемом публиковали "покаявшееся" видео, где он говорил, что в 2020-м году предлагал забрасывать сотрудников милиции «коктейлями Молотова» и отправлял инструкцию по их изготовлению друзьям. </t>
+  </si>
+  <si>
+    <t>неизвестно</t>
+  </si>
+  <si>
+    <t>2023-11-13 12:48:28</t>
+  </si>
+  <si>
+    <t>Ирина Викторовна Злобина</t>
+  </si>
+  <si>
+    <t>Ирина окончила факультет философии и социальных наук БГУ и в последние годы занималась своим небольшим бизнесом, связанным с цветами и производством сувениров. Она была задержана 12 января 2021 года вместе с Андреем Александровым. Ирину обвиняли в "финансировании протестной деятельности" и оплате штрафов участникам протестов. Её осудили за "измену государству" и "участие в групповых действиях, грубо нарушающих общественный порядок".
+1 сентября 2022 года пара поженилась в СИЗО-1.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.10.2022: 9 лет лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция 06.01.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:11</t>
+  </si>
+  <si>
+    <t>Виталий Павлович Борисевич</t>
+  </si>
+  <si>
+    <t>25 апреля 1984</t>
+  </si>
+  <si>
+    <t>Был задержан 24 ноября 2021 года. В телеграм-канале МВД Беларуси появилось сообщение о том, что Виталий якобы в августе прошлого года принимал активное участие в массовых беспорядках в районе торгового центра «Рига».</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2021-12-14 16:57:25</t>
   </si>
   <si>
     <t>Владимир Владимирович Цыганович</t>
   </si>
   <si>
     <t>26 апреля 1980</t>
   </si>
   <si>
     <t>Владимир — блогер и автор YouTube-канала MozgON. Он начинал с обсуждения экономических и общественных новостей, позже перешел на политические темы, освещая различные акции, включая пикеты Сергея Тихановского.
 В июне 2020 года его задержали для отбытия административного ареста, но позже обвинили в подготовке "массовых беспорядков" и осудили по "делу Тихановского". По данным правозащитников, фигуранты дела обязаны выплатить компенсацию в размере 29 миллионов рублей.
 В 2022 году Владимира перевели на тюремный режим. В 2023 году его дважды судили за "злостное неповиновение требованиям администрации исправительного учреждения". Осенью 2023 года состоялось третье судебное заседание по новому делу за "злостное неповиновение".</t>
   </si>
   <si>
     <t>Решение суда 14.12.2021: 15 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 01.06.2022: приговор оставлен без изменения. Решение суда 06.10.2022: приблизительно 29000000 рублей компенсации. Суд по смене режима 24.10.2022: 3 года тюремного режима. Решение суда 10.04.2023: 1 год лишения свободы в колонии в условиях усиленного режима. Решение суда 30.11.2023: неизвестно. Апелляция 08.02.2024: неизвестно. Решение суда 05.09.2024: неизвестно. Апелляция 06.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2021-02-26 21:25:03</t>
   </si>
   <si>
+    <t>Дмитрий Русланович Захорошко</t>
+  </si>
+  <si>
+    <t>26 апреля 2006</t>
+  </si>
+  <si>
+    <t>В провластном фильме (апрель 2024 года) рассказали, что шесть подростков якобы объединились в "анархистскую ячейку "Черные соловьи", которую" под руководством Национальной освободительной армии Украины " создала 16-летняя гражданка Украины Мария Мисюк.
+Сотрудники ОНТ утверждают, что подростки объединились, чтобы делать диверсии по наводке в Беларуси, а после — в России. Марию обвиняют по ч. 2 ст. 289 УК (акт терроризма). Согласно сюжету, 16-летняя Мария Мисюк в 2022 году переехала вместе с семьей из Украины в Беларусь, где создала "анархистскую ячейку для подготовки терактов". Среди задержанных-учащиеся колледжей в Барановичах, Несвиже, Мире, Минске и Лунинце. Это Трофим Борисов, Сергей Жигалев, Дмитрий Захорошко, Анастасия Клименко и Александра Пулинович. Как утверждают сотрудники ОНТ, молодые люди собирались на Барановичской квартире, чтобы подготовиться к своей первой серьезной акции-собрать взрывчатку и взорвать Барановичское отделение милиции или прокуратуру. По каким статьям обвиняют остальных пяти участников, неизвестно. Как и неизвестны их статусы и местоположение.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.11.2025: 10 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 09.02.2026: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:50:52</t>
+  </si>
+  <si>
     <t>Татьяна Сергеевна Кузина</t>
   </si>
   <si>
     <t>26 апреля 1973</t>
   </si>
   <si>
     <t>Татьяна — соучредительница школы молодых менеджеров публичного администрирования Sympa, экспертка исследовательского проекта Bipart, магистер политологии.
 Она была задержана в Минске ночью с 28 на 29 июня 2021 года в аэропорту при прохождении паспортного контроля на выезд из страны. Известно, что Татьяна собиралась лететь ночным рейсом в Тбилиси. Позже стало известно, что она была задержана в связи с возбужденным уголовным делом. Татьяну доставили в ИВС на Окрестина, а через несколько дней перевели в СИЗО.
 6 февраля 2023 года в суде начали рассматривать её дело по обвинению в «пособничестве действиям, направленным на захват власти», «призывам к действиям, наносящим вред национальной безопасности» и «разжигании социальной вражды». 17 марта того же года суд в закрытом режиме приговорил Татьяну к 10 годам лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>Решение суда 17.03.2023: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 25.07.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-20 20:17:19</t>
   </si>
   <si>
+    <t>Дмитрий Александрович Щемер</t>
+  </si>
+  <si>
+    <t>26 апреля 1994</t>
+  </si>
+  <si>
+    <t> Провластные каналы утверждают, что его задержали случайно — из-за чехла на телефоне с надписью «молитесь за Беларусь» на английском языке и изображением национальной символики. После задержания в телефоне Дмитрия якобы отыскали видео с протестов, а также фото из дворового чата, где он предлагает людям макеты протестных наклеек. Известно, что парень долгое время занимался плаванием и имеет разряд кандидата в мастера спорта.</t>
+  </si>
+  <si>
+    <t>2024-03-16 18:46:18</t>
+  </si>
+  <si>
     <t>Евгений Александрович Гормаш</t>
   </si>
   <si>
     <t>26 апреля 1987</t>
   </si>
   <si>
     <t>Суд над ним начался 4 сентября 2023 года в Минском городском суде. Это тот самый минчанин, которого люди "отбили" от задержания на пикете по сбору подписей 31 мая 2020 года после того, как тот крикнул сотрудниками ГАИ "Ганьба!". Сейчас Евгения судят в рамках уголовного дела.
 17.11.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 07.09.2023: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 17.11.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-08-30 15:43:18</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-04-30 23:50:52</t>
   </si>
   <si>
     <t>Александр Иосифович Плескацевич</t>
   </si>
   <si>
     <t>26 апреля 1974</t>
   </si>
   <si>
     <t>Обвинялся в том, что он дважды разукрашивал бело-красной краской дома, столбы и здания в своей деревне и признавался в любви к Светлане Тихановской.
 В СИЗО мужчина находился с 18 сентября 2021 года. С марта 2022 года мужчина начал отбывать наказание. В июне 2022 года Александра помещали в Могилевскую тюрьму № 4.За время отбывания наказания мужчина помещался в ШИЗО и подвергался избиениям.
 Освобожден 16 февраля 2023 года. 
 28 ноября 2023 г. У Александра начался еще один суд, в Брестском областном суде. Мужчине инкриминируют две статьи: 130 прим. 1 ч. 1 (реабилитация нацизма), 339 ч. 2 (хулиганство).
 30.01.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t xml:space="preserve">1) 2 года ограничения свободы с направлением в исправительное учреждение открытого типа
 2) 3 года лишения свободы в колонии </t>
   </si>
   <si>
     <t>2021-12-07 21:43:03</t>
   </si>
   <si>
-    <t>Никита Игоревич Стороженко</t>
-[...18 lines deleted...]
-  <si>
     <t>Сергей Николаевич Пацукевич</t>
   </si>
   <si>
     <t>27 апреля 1990</t>
   </si>
   <si>
     <t>Сергей был задержан 17 ноября 2020 года и осуждён за участие в акциях протеста, которые проходили 9-10 августа 2020 года в Минске. По версии следствия, он «бросил не менее одного камня в сторону транспорта МВД», находился на месте строительства баррикад, перекрывал движение и выкрикивал лозунги.</t>
   </si>
   <si>
     <t>Решение суда 21.07.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 6000 рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:41</t>
   </si>
   <si>
     <t>Тарас Игоревич Мачинский</t>
   </si>
   <si>
     <t>28 апреля 1981</t>
   </si>
   <si>
     <t>Бывший украинец. Белорусское гражданство получил в 2010 году, часто бывает в приграничье.
 В сюжете на провластном канале утверждается, что он передавал Куприенко (обвиняется в шпионаже), например, данные о расположении военной техники, движении колонн. </t>
   </si>
   <si>
     <t>10 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-12-27 00:38:46</t>
-  </si>
-[...30 lines deleted...]
-    <t>2022-12-24 00:06:41</t>
   </si>
   <si>
     <t>Станислав Викторович Таспаев</t>
   </si>
   <si>
     <t>28 апреля 1976</t>
   </si>
   <si>
     <t>Активист из Мядельского района.
 В декабре 2021 года стало известно, что Таспаева осудили на два года домашней химии за «клевету»  (Ст. 188 УК). Согласно расписанию судов, за последние полгода его дважды судили по административным делам-за нарушение правил содержания животных в мае 2023 года и за нарушение порядка проведения массовых мероприятий в мае 2024 года.
 Суд над Станиславом, но уже по уголовному делу, начнется 4 октября 2024 года в суде Мядельского района. Как сообщила пресс-служба прокуратуры, Станислав является администратором YouTube-канала «Инициатива Курорта Нарочь» (признан экстремистским 12 июня 2024 года), в котором "с марта 2017 года по июль 2024 года в 36 сообщениях на видеозаписях он распространил заведомо ложные сведения о политическом, экономическом и социальном положении Республики Беларусь, правовом положении ее граждан, деятельности государственных органов, дискредитирующих страну перед неограниченным кругом лиц".
 Мужчина увлекается фотографией, и это был один из источников его дохода. Зарабатывает и компьютерными услугами. Также Станислав был районным координатором проекта "IT-страна", который финансировала ИТ-компания «Белхард». Кроме работы, Станислав занимался экологическими проблемами Мяделя и окрестностей, защищал природу.</t>
   </si>
   <si>
     <t>Решение суда 15.12.2021: 2 года ограничения свободы без направления. Решение суда 01.11.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-11-29 00:04:02</t>
   </si>
   <si>
+    <t>Александр Сергеевич Шустовский</t>
+  </si>
+  <si>
+    <t>28 апреля 1967</t>
+  </si>
+  <si>
+    <t>Был осужден в конце 2022 года на химию с направлением за участие в акциях потеста, после чего в 2024 году был осужден за мошеничество и отправлен отбывать в ИК -2.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.12.2022: неизвестно лет ограничения свободы с направлением в учреждение открытого типа. Решение суда 24.05.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-12-24 00:06:41</t>
+  </si>
+  <si>
+    <t>Михаил Александрович Разуванов</t>
+  </si>
+  <si>
+    <t>28 апреля 1999</t>
+  </si>
+  <si>
+    <t>За участие в протестах ГУБОПиК задержал брата и сестру — Михаила и Александру Александровичей Разувановых. По словам ГУБОПиКа, Михаил и Александра в 2020 году участвовали в послевыборных акциях протеста. Судя по сообщению силовиков, против брата и сестры возбудили уголовное дело.
+23.06.2023 прошло апелляционное заседаения суда, приговор вступил в силу.
+По информации правозащитников апреле 2024 Михаил снова был заключен в СИЗО-1. Возможно это связано с новым уголовным делом.</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2022-12-26 20:38:27</t>
+  </si>
+  <si>
     <t>Руслан Иссаевич Волков</t>
   </si>
   <si>
     <t>29 апреля 1999</t>
   </si>
   <si>
     <t>Руслан впервые был задержан 10 августа 2020 года во время акции протеста в Бресте против фальсификаций на президентских выборах. После жестокого избиения он попал в больницу, а затем был осужден на 7 суток административного ареста. Позже в отношении него возбудили уголовное дело, но во время следствия он покинул страну.
 Вернувшись в Беларусь, Руслан попытался пересечь границу с Евросоюзом, однако был задержан. В ноябре 2021 года его осудили за участие в «массовых беспорядках».
 В июле 2024 года он был вновь осужден — на этот раз за «злостное неповиновение требованиям администрации исправительного учреждения». По этой статье судят заключенных, отказывающихся от сотрудничества с администрацией, на основании вымышленных нарушений.</t>
   </si>
   <si>
     <t>Решение суда 08.11.2021: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 14.01.2022: приговор оставлен без изменения. Решение суда 01.07.2024: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-07-05 01:07:37</t>
   </si>
   <si>
-    <t>Григорий Владимирович Гунько</t>
-[...21 lines deleted...]
-    <t>2025-11-13 14:54:02</t>
+    <t>Юрий Короткевич</t>
+  </si>
+  <si>
+    <t>29 апреля 1994</t>
+  </si>
+  <si>
+    <t>Осужден за участие в акциях протеста.</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии общего режима</t>
+  </si>
+  <si>
+    <t>2022-09-14 18:13:42</t>
   </si>
   <si>
     <t>Наталья Ивановна Ладутько</t>
   </si>
   <si>
     <t>29 апреля 1964</t>
   </si>
   <si>
     <t>Наталья была задержана во время массового рейда силовых структур 23–24 января 2024 года, направленного против родственников политзаключённых и людей, выражавших им солидарность. Её осудили в рамках уголовного дела, возбужденного по статье «содействие экстремистской деятельности».</t>
   </si>
   <si>
     <t>Решение суда 11.02.2025: 4 года лишения свободы в колонии в условиях общего режима, 600 базовых величин штрафа. Апелляция 08.04.2025: 4 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-02-05 18:58:53</t>
-  </si>
-[...43 lines deleted...]
-    <t>2021-02-26 21:27:51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1837,51 +1710,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1910,2440 +1783,2220 @@
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I22" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="C23" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="I25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C26" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>43</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C27" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="I27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
+      <c r="E31" t="s">
+        <v>160</v>
+      </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="H31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="I31" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>173</v>
+        <v>175</v>
+      </c>
+      <c r="C32" t="s">
+        <v>176</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="I32" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B33" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I33" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B34" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C34" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>174</v>
+        <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="I34" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B35" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="F35" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>192</v>
       </c>
       <c r="I35" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>194</v>
       </c>
       <c r="B36" t="s">
         <v>195</v>
       </c>
       <c r="C36" t="s">
         <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>197</v>
       </c>
       <c r="I36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>199</v>
       </c>
       <c r="B37" t="s">
         <v>200</v>
       </c>
       <c r="C37" t="s">
         <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>202</v>
       </c>
       <c r="I37" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>204</v>
       </c>
       <c r="B38" t="s">
         <v>205</v>
       </c>
       <c r="C38" t="s">
         <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>207</v>
       </c>
       <c r="I38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>209</v>
       </c>
       <c r="B39" t="s">
         <v>210</v>
       </c>
+      <c r="C39" t="s">
+        <v>211</v>
+      </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E40" t="s">
-        <v>174</v>
+        <v>43</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E41" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C42" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B45" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>174</v>
+        <v>130</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>241</v>
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
         <v>244</v>
       </c>
       <c r="C46" t="s">
         <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>246</v>
       </c>
       <c r="I46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>248</v>
       </c>
       <c r="B47" t="s">
         <v>249</v>
       </c>
       <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
+        <v>244</v>
+      </c>
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>98</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="C49" t="s">
         <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>260</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>270</v>
+      </c>
+      <c r="C51" t="s">
+        <v>271</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>265</v>
+        <v>82</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I51" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>72</v>
+        <v>266</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I53" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B54" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C54" t="s">
         <v>285</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
+        <v>98</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>286</v>
       </c>
-      <c r="F54" t="s">
-[...5 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>288</v>
+      </c>
+      <c r="B55" t="s">
         <v>289</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>290</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>291</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>293</v>
+      </c>
+      <c r="B56" t="s">
         <v>294</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>295</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>116</v>
+        <v>296</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I56" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B57" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C57" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I57" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B58" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C58" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E58" t="s">
-        <v>306</v>
+        <v>43</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>307</v>
       </c>
       <c r="I58" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>309</v>
       </c>
       <c r="B59" t="s">
         <v>310</v>
       </c>
       <c r="C59" t="s">
         <v>311</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>92</v>
+      </c>
       <c r="F59" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>312</v>
       </c>
       <c r="I59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>314</v>
       </c>
       <c r="B60" t="s">
         <v>315</v>
       </c>
       <c r="C60" t="s">
         <v>316</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
+        <v>131</v>
+      </c>
+      <c r="I60" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>318</v>
+      </c>
+      <c r="B61" t="s">
         <v>319</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>320</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>260</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>321</v>
       </c>
-      <c r="D61" t="s">
-[...11 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>323</v>
+      </c>
+      <c r="B62" t="s">
         <v>324</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>325</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>326</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>328</v>
+      </c>
+      <c r="B63" t="s">
         <v>329</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>330</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>331</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>333</v>
+      </c>
+      <c r="B64" t="s">
+        <v>315</v>
+      </c>
+      <c r="C64" t="s">
         <v>334</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>42</v>
+      </c>
+      <c r="E64" t="s">
+        <v>43</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>335</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>337</v>
+      </c>
+      <c r="B65" t="s">
+        <v>338</v>
+      </c>
+      <c r="C65" t="s">
         <v>339</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>98</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>340</v>
       </c>
-      <c r="C65" t="s">
+      <c r="I65" t="s">
         <v>341</v>
-      </c>
-[...16 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>342</v>
+      </c>
+      <c r="B66" t="s">
+        <v>343</v>
+      </c>
+      <c r="C66" t="s">
         <v>344</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>266</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>345</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>346</v>
-      </c>
-[...16 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>347</v>
+      </c>
+      <c r="B67" t="s">
+        <v>348</v>
+      </c>
+      <c r="C67" t="s">
         <v>349</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>70</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>350</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>351</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>352</v>
+      </c>
+      <c r="B68" t="s">
+        <v>353</v>
+      </c>
+      <c r="C68" t="s">
         <v>354</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>42</v>
+      </c>
+      <c r="E68" t="s">
+        <v>43</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>355</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>357</v>
+      </c>
+      <c r="B69" t="s">
         <v>358</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>359</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>76</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>361</v>
+      </c>
+      <c r="B70" t="s">
         <v>362</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>363</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>160</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>364</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>366</v>
+      </c>
+      <c r="B71" t="s">
         <v>367</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>368</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>369</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>371</v>
+      </c>
+      <c r="B72" t="s">
         <v>372</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>373</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>92</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>374</v>
       </c>
-      <c r="D72" t="s">
-[...11 lines deleted...]
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>376</v>
+      </c>
+      <c r="B73" t="s">
         <v>377</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>378</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>160</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>379</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>381</v>
+      </c>
+      <c r="B74" t="s">
         <v>382</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>383</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>59</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>384</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>386</v>
+      </c>
+      <c r="B75" t="s">
         <v>387</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>388</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>59</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>171</v>
+      </c>
+      <c r="H75" t="s">
         <v>389</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>391</v>
+      </c>
+      <c r="B76" t="s">
         <v>392</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>393</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>394</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>396</v>
+      </c>
+      <c r="B77" t="s">
         <v>397</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>398</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>21</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>399</v>
       </c>
-      <c r="D77" t="s">
-[...11 lines deleted...]
-      <c r="H77" t="s">
+      <c r="I77" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>401</v>
+      </c>
+      <c r="B78" t="s">
         <v>402</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>403</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>59</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>404</v>
       </c>
-      <c r="D78" t="s">
-[...11 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>406</v>
+      </c>
+      <c r="B79" t="s">
         <v>407</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>408</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>42</v>
+      </c>
+      <c r="E79" t="s">
+        <v>43</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>409</v>
       </c>
-      <c r="D79" t="s">
-[...11 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>410</v>
-      </c>
-[...227 lines deleted...]
-        <v>449</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">