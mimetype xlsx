--- v0 (2025-12-06)
+++ v1 (2026-01-31)
@@ -12,702 +12,692 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Сергей Сергеевич Шатилович</t>
+  </si>
+  <si>
+    <t>1 марта 1990</t>
+  </si>
+  <si>
+    <t>Сергей был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>ИУОТ-21, 247783 Гомельская область, г. Мозырь, б-р Юности, 24</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>Решение суда 11.03.2025: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Владимир Владимирович Лазаревич</t>
   </si>
   <si>
     <t>1 марта 2001</t>
   </si>
   <si>
     <t>19.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.
 13.08.2024 должен начаться новый суд над Александром по ст. 361-3 ч.2</t>
   </si>
   <si>
-    <t>Мужской</t>
-[...1 lines deleted...]
-  <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>В заключении</t>
   </si>
   <si>
-    <t>Да</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 19.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.07.2024: неизвестно. Решение суда 14.08.2024: неизвестно. Апелляция 15.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-12 23:08:59</t>
-  </si>
-[...19 lines deleted...]
-    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Руслан Игоревич Слуцкий</t>
   </si>
   <si>
     <t>2 марта 1983</t>
   </si>
   <si>
     <t>Руслан был задержан в январе 2021 года и осужден за изготовление и распространение «ежей» перед колонной автомобилей, участвовавших в провластном автопробеге осенью 2020 года. Также он был обвинён в попытке повредить железнодорожные пути, соединив рельсы металлической проволокой, что могло задержать движение поездов.
 Руслан увлекается экстримом и арбористикой. Он любит высоту и получает драйв, сидя на крыше или обнимая верхушки деревьев. В тюрьме он открыл для себя способности к рисованию. В личной жизни занимается работой с деревом, выращиванием картофеля, держит свиней и любит лошадей.
 У Руслана доброкачественная опухоль головного мозга, а также сильные боли в спине, из-за которых он иногда не мог встать с постели.</t>
   </si>
   <si>
     <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
   </si>
   <si>
     <t>Решение суда 20.01.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-03-17 17:05:03</t>
   </si>
   <si>
-    <t>Елена Антоновна Борисюк</t>
-[...8 lines deleted...]
-В октябре 2024 года её осудили по статье «разжигание вражды или розни» за комментарии о Лукашенко, силовиках и участниках войны в Украине, приговорив к лишению свободы.</t>
+    <t>Александр Александрович Залатаревич</t>
+  </si>
+  <si>
+    <t>2 марта 1987</t>
+  </si>
+  <si>
+    <t>Работал психологом.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 17.09.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:28:55</t>
+  </si>
+  <si>
+    <t>Станислав Вячеславович Омельянюк</t>
+  </si>
+  <si>
+    <t>2 марта 2006</t>
+  </si>
+  <si>
+    <t>неизвестно лет ограничения свободы без направления. Замена наказание на лишение свободы.</t>
+  </si>
+  <si>
+    <t>2023-06-19 14:11:57</t>
+  </si>
+  <si>
+    <t>Любовь Николаевна Драгель</t>
+  </si>
+  <si>
+    <t>3 марта 1998</t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
-    <t>Решение суда 21.12.2022: неизвестно. Апелляция 10.02.2023: неизвестно. Решение суда 10.03.2023: 1 год 6 месяцев ограничения свободы без направления, 3700 рублей компенсации. Решение суда 24.04.2024: неизвестно. Решение суда 21.10.2024: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.12.2024: приговор оставлен без изменения.</t>
-[...14 lines deleted...]
-    <t>2023-06-19 14:11:57</t>
+    <t>Решение суда 12.06.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 11.09.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-05-31 00:32:30</t>
   </si>
   <si>
     <t>Валерия Андреевна Глинская</t>
   </si>
   <si>
     <t>3 марта 1995</t>
   </si>
   <si>
     <t>Задержана вместе с матерью.
 Обыск в квартире был проведен по ст. 364 УК РБ. Затем статья обвинения была переквалифицирована на ч.3 ст. 130 УК РБ.
 Предварительно обвиняется в распространении личных данных сотрудников МВД.</t>
   </si>
   <si>
     <t>Решение суда 20.01.2023: 6 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 28.04.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-01-07 01:48:15</t>
   </si>
   <si>
-    <t>Владимир Валерьевич Порошков</t>
-[...44 lines deleted...]
-  <si>
     <t>Ирина Флорьяновна Добрынович</t>
   </si>
   <si>
     <t>4 марта 1966</t>
   </si>
   <si>
     <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
   </si>
   <si>
     <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-09-17 18:43:15</t>
   </si>
   <si>
+    <t>Олег Аминович Тимошенков</t>
+  </si>
+  <si>
+    <t>5 марта 1976</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 02.04.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-04-03 01:39:51</t>
+  </si>
+  <si>
     <t>Сергей Юрьевич Лисовский</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 марта 1976</t>
   </si>
   <si>
     <t>Сергей был арестован в августе 2021 года по обвинению в терроризме, выдвинутому на политической почве за его ненасильственную деятельность. По имеющимся данным, он общался с сотрудниками МВД, убеждая их отказаться от выполнения преступных приказов, а также помогал тем, кто уходил со службы и боялся преследования.
 Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа, целью которой было совершение экстремистских преступлений. В группе участвовали радикально настроенные лица, в том числе бывшие и действующие военные, сотрудники силовых органов, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём». Это дело связано с обвинениями в попытке поджога дома депутата Олега Гайдукевича в июне 2021 года и «организации массовых беспорядков».
 Сергея осудили по многочисленным уголовным статьям на большой срок лишения свободы, первые пять из которых — тюремный режим. Также его лишили воинского звания.</t>
   </si>
   <si>
     <t>Решение суда 21.06.2023: 20 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима), ограничение по военной службе. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-02-11 19:21:58</t>
   </si>
   <si>
-    <t>Олег Аминович Тимошенков</t>
-[...10 lines deleted...]
-  <si>
     <t>Павел Олегович Овчаров</t>
   </si>
   <si>
     <t>6 марта 1996</t>
   </si>
   <si>
     <t>Павел был задержан в рамках уголовного дела, возбужденного после акции протеста, которая прошла 23 сентября 2020 года в Минске. Его осудили по трем уголовным статьям, включая «сопротивление сотруднику милиции». Согласно обвинению, он призывал к участию в массовых беспорядках, которые якобы были заранее спланированы под видом массовых мероприятий, блокировал коммуникации, а сопротивление выразилось в неповиновении требованиям открыть дверь, отказе выйти из машины и удерживании руками за сиденье.
 В июле 2022 года Павел был повторно осужден за «злостное неповиновение требованиям администрации исправительного учреждения» — по этой статье судят заключенных, которые отказываются сотрудничать с администрацией, за вымышленные нарушения.</t>
   </si>
   <si>
-    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 20.05.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 13.07.2022: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:29:25</t>
+  </si>
+  <si>
+    <t>Людмила Вячеславовна Автушко</t>
+  </si>
+  <si>
+    <t>6 марта 1976</t>
+  </si>
+  <si>
+    <t>Решение суда 23.12.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 21.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-16 22:53:08</t>
   </si>
   <si>
     <t>Игорь Григорьевич Иванов</t>
   </si>
   <si>
     <t>6 марта 1971</t>
   </si>
   <si>
     <t>Предположительно осужден за активность (комментарии и лайки) в соцсетях.
 21.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
   </si>
   <si>
     <t>Решение суда 21.12.2023: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 21.02.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-09-12 18:41:28</t>
   </si>
   <si>
     <t>Артур Николаевич Халимончик</t>
   </si>
   <si>
     <t>7 марта 1989</t>
   </si>
   <si>
     <t>Артур был задержан в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
   </si>
   <si>
     <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:47</t>
   </si>
   <si>
-    <t>Сергей Владимирович Скибинский</t>
+    <t>Андрей Васильевич Зиненко</t>
   </si>
   <si>
     <t>7 марта 1983</t>
-  </si>
-[...11 lines deleted...]
-    <t>Андрей Васильевич Зиненко</t>
   </si>
   <si>
     <t>Павла Вабищевича и Андрея Зиненко, как утверждалось в пропагандистском фильме ОНТ, задержали в ночь с 26 на 27 августа 2023 года на железной дороге в Столбцовском районе недалеко от нефтебазы и остановочного пункта Синява.
 В пропагандистском фильме осенью 2023 года утверждалось, что их задержали за попытку поставить на железной дороге в Столбцовском районе взрывное устройство,»которое должно было бы сработать по команде куратора из СБУ".
 40-летний Андрей Зиненко-бывший коллега Вабищевича, который "работал на руководящей должности и получал высокую зарплату", подчеркивают государственные медиа. Такой акцент на " высокой зарплате " нередок у лукашенковской пропаганды.  Зиненко на кадрах выглядит избитым.</t>
   </si>
   <si>
     <t>Решение суда 06.02.2025: 12 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-11 23:59:11</t>
+  </si>
+  <si>
+    <t>Виталий Иванович Петручук</t>
+  </si>
+  <si>
+    <t>7 марта 1975</t>
+  </si>
+  <si>
+    <t>Решение суда 30.01.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:24:34</t>
+  </si>
+  <si>
+    <t>Сергей Владимирович Скибинский</t>
+  </si>
+  <si>
+    <t>Сергею Скибинскому 41 год. Он дизайнер. Ранее был директором дизайн-агентства poligraf.bу, существовавшее до 2020 года. Сергей также имеет ИП в области дизайна, делает собственные иллюстрации и проекты. 
+Сергея будут судить за "содействие экстремизму" и участие в протестах.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.10.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-23 14:55:04</t>
   </si>
   <si>
     <t>Максим Анатольевич Лопатин</t>
   </si>
   <si>
     <t>8 марта 1979</t>
   </si>
   <si>
     <t>Задержан вместе с женой по делу диверсии в Мачулищах.
 Правозащитники получили информацию о том, что 3 марта сотрудниками КГБ по делу диверсии в Мачулищах был задержан Максим Лопатин. Мужчину держат в СИЗО КГБ.
 Лопатина сильно избили при задержании. На ОНТ вышел фильм, в котором рассказывается про некоторые громкие задержания, в том числе упоминается Максим. Якобы его знакомая психотерапевтка Евгения Точинская, проживающая в Польше, попросила привезти 27 февраля «украинского агента» Швеца из Столина на Логойскую трассу.
 На видео видно, что у него стоят протезы на челюсти, что может значить, что её сломали. После шинирования должен быть серьёзный этап реабилитации с приёмом пищи и воды через трубочку.
 23 марта задержали и жену Максима — Людмилу Лопатину. 
 Стоит отметить, что у супругов двое несовершеннолетних детей.</t>
   </si>
   <si>
     <t>Решение суда 03.10.2024: 8 лет лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция 27.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-03-28 16:23:05</t>
   </si>
   <si>
+    <t>Андрей Леонтьевич Логвиненко</t>
+  </si>
+  <si>
+    <t>8 марта 1983</t>
+  </si>
+  <si>
+    <t>Андрей два раза подряд (18.12 и 31.12.2024) был осужден на сутки по ч. 2 ст. 19.11 КоАП РБ - Распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность. После этого на него завели уголовное дело и перевели в СИЗО-1. </t>
+  </si>
+  <si>
+    <t>Решение суда 21.04.2025: 2 года лишения свободы в колонии в условиях общего режима, 200 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-01-17 16:05:17</t>
+  </si>
+  <si>
+    <t>Евгений Николаевич Мельничук</t>
+  </si>
+  <si>
+    <t>8 марта 1990</t>
+  </si>
+  <si>
+    <t>Был задержан в начале апреля 2024 года. В «покаяльном» видео от 4 апреля 2024 года он «признался» в том, что во время митинга «махал рукой» толпе, говоря «окружите ОМОН», и бросал камни.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.09.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-09-24 18:50:18</t>
+  </si>
+  <si>
     <t>Андрей Александрович Мирейчик</t>
   </si>
   <si>
     <t>8 марта 1978</t>
   </si>
   <si>
     <t>09.08.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 20.05.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 09.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-09 23:29:21</t>
   </si>
   <si>
-    <t>Марина Алексеевна Мышко</t>
-[...41 lines deleted...]
-    <t>2025-09-24 18:50:18</t>
+    <t>Иван Валерьевич Пуздров</t>
+  </si>
+  <si>
+    <t>9 марта 1979</t>
+  </si>
+  <si>
+    <t>18.07.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2023-05-08 22:24:19</t>
+  </si>
+  <si>
+    <t>Андрей Владимирович Вусик</t>
+  </si>
+  <si>
+    <t>9 марта 1989</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:11:43</t>
+  </si>
+  <si>
+    <t>Иван Павлович Подлипенцев</t>
+  </si>
+  <si>
+    <t>9 марта 1980</t>
+  </si>
+  <si>
+    <t>В провластном видео Иван говорит, что был задержан за "недоброжелательные" комментарии в отношении представителей власти и сотрудников милиции в Youtube и Telegram. По версии силовиков, он также прошел регистрацию в плане "Перамога".</t>
+  </si>
+  <si>
+    <t>Решение суда 12.06.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:59:15</t>
   </si>
   <si>
     <t>Анна Алексеевна Аблаб</t>
   </si>
   <si>
     <t>9 марта 1978</t>
   </si>
   <si>
     <t>Сотрудница «БЖД». По предварительной информации, вменяется в вину ст. 356 Уголовного кодекса (измена государству). Также по «ОНТ» сообщили о возбуждении уголовного дела за создание экстремистского формирования — ст. 361-1 Уголовного кодекса. </t>
   </si>
   <si>
     <t>11 лет колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2021-09-27 14:05:51</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-03-06 13:59:15</t>
   </si>
   <si>
     <t>Артур Николаевич Мемех</t>
   </si>
   <si>
     <t>9 марта 1991</t>
   </si>
   <si>
     <t>Senior software engineer из EPAM Артур Мемех релоцировался в Нью-Джерси весной 2020 года. Похоже, что его задержали, когда он решил навестить родственников в Беларуси.
 Последний раз он был онлайн в соцсетях в конце прошлой осени. Похоже, что Мемех решил посетить Беларусь в конце 2023 года или начале 2024 года и был задержан. Артура начинают судить 23 сентября 2024 года за «содействие экстремистской деятельности».</t>
   </si>
   <si>
     <t>Решение суда 25.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 10.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-09 20:08:23</t>
   </si>
   <si>
     <t>Виталий Николаевич Чаусов</t>
   </si>
   <si>
     <t>Предприниматель, директор одной из рекламных фирм.</t>
   </si>
   <si>
-    <t>ИК-22, а/я 20,  Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-06-27 16:13:19</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-10-30 00:11:43</t>
   </si>
   <si>
     <t>Вячеслав Александрович Пантюшенко</t>
   </si>
   <si>
     <t>10 марта 1980</t>
   </si>
   <si>
     <t>Задержан за вывешивание бело-красно-белого флага и флага Украины на фасаде многоэтажного дома в Минске.
 После их задержания канал в мобильном приложении Zello, через который они общались во время проведения акции, был признан экстремистским формированием.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-13 21:45:33</t>
   </si>
   <si>
     <t>Анатолий Александрович Крупин</t>
   </si>
   <si>
     <t>10 марта 1959</t>
   </si>
   <si>
     <t>Анатолию Крупину 65 лет. В 1993-2015 годах мужчина работал в аэропорту "Минск-2" инспектором Службы безопасности. В 2016 году он упоминался как начальник смены авиационной безопасности и режима — тогда в аэропорту задержали гражданку России за неудачную шутку про тротил в багаже. Ситуацию комментировал именно Крупин. В соцсетях последний пост мужчины датируется июнем 2024 года.</t>
   </si>
   <si>
     <t>Решение суда 30.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-01-15 19:42:13</t>
   </si>
   <si>
     <t>Полина Сергеевна Зыль</t>
   </si>
   <si>
     <t>10 марта 1993</t>
   </si>
   <si>
     <t>Мозырская активистка и блогерша Полину Зыль. Как стало известно «Нашай Ніве», девушке предъявили обвинения в участии в протестах и причастности к «экстремистскому формированию». Она ждет суда в СИЗО.
 Вместе с ней был арестован ее парень Максим Шуканов. Информации о его освобождении не было, скорее всего, он также в СИЗО.
 Полине 31 год. Она родом из Ельска, училась в Мозыре. В 2020-м девушка поддержала протесты, даже попала на сутки. Потом Полина отошла в тень, но оставалась в стране. И Зыль, и Шуканов попали в розыск, но не хотели уезжать из Беларуси.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 1 год лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-17 14:35:31</t>
   </si>
   <si>
-    <t>Сергей Валерьевич Кирикович</t>
-[...13 lines deleted...]
-    <t>2022-07-14 20:28:48</t>
+    <t>Максим Сергеевич Дудорга</t>
+  </si>
+  <si>
+    <t>11 марта 1996</t>
+  </si>
+  <si>
+    <t>Всю свою взрослую жизнь он посвятил спорту и военной службе. Еще в 2015 году Максим бегал марафоны и полумарафоны в составе клуба «Виктория».
+Позже служил в 38‑й отдельной десантно-штурмовой бригаде в Бресте. В феврале 2020 года государственные СМИ писали о нем как об образцовом офицере: «гвардии старший лейтенант Дудорга стал лучшим командиром десантного взвода сил специальных операций по итогам соревнований по полевой выучке». Похоже, что он дослужился до капитана — по крайней мере так его позже подписывали в записных книжках, «капитан Дудорга». Максим занимался велосипедным спортом, участвовал в велопробегах клуба «ВелоБрест» и даже подрабатывал водителем, возя попутчиков по маршруту Минск — Брест — Лунинец.
+Непонятно, работал ли Дудорга в спецназе до сих пор, или уже уволился.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.10.2025: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 09.01.2026: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-09-25 19:23:04</t>
   </si>
   <si>
     <t>Вадим Игоревич Рушкевич</t>
   </si>
   <si>
     <t>11 марта 1974</t>
   </si>
   <si>
     <t>Мужчине 50 лет. Он был учредителем или директором нескольких организаций, занимавшихся импортом компьютеров и комплектующих к ним. В последнее время был заместителем директора по коммерческим вопросам компании «Авард сервис» и директором компании «СанРан».
 Неизвестно точно, когда его задержали, но более полугода назад. КГБ включил Рушкевича в список участников «экстремистского формирования Триэлит» как и бизнесмена Владимира Балабановича, которого судят за призывы к санкциям.
 Вероятно, чат вскрыли из-за кого-то из задержанных.</t>
   </si>
   <si>
     <t>Решение суда 23.05.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 13.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-07 16:47:33</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-12-06 21:19:03</t>
   </si>
   <si>
     <t>Анна Владимировна Стражевич</t>
   </si>
   <si>
     <t>12 марта 1965</t>
   </si>
   <si>
     <t>Анна была задержана 18 декабря 2023 года. По истечении 72 часов она так и не была освобождена. Предварительно, уголовное дело было возбуждено за оскорбление Лукашенко и сотрудника милиции.
 Анну осудили по нескольким уголовным статьям, включая «содействие экстремистской деятельности», назначив ей наказание в виде лишения свободы и крупного штрафа. Судебный процесс проходил в закрытом режиме.
 Предположительно, одним из поводов для преследования стала ее солидарность с политзаключенными — известно, что Анна активно писала им письма.
  </t>
   </si>
   <si>
     <t>Решение суда 05.12.2024: 4 года лишения свободы в колонии в условиях общего режима, 550 базовых величин штрафа. Апелляция 14.03.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-12-22 02:06:21</t>
   </si>
   <si>
+    <t>Никита Сергеевич Кунтыш</t>
+  </si>
+  <si>
+    <t>12 марта 2002</t>
+  </si>
+  <si>
+    <t>Был задержан 9 ноября по подозрению по уголовному делу о групповых действиях, грубо нарушающих общественный порядок.
+Также молодого человека обвинили в получении из-за границы телескопических дубинок, электрошокеров и других средств.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в исправительной колонии строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-12-06 21:19:03</t>
+  </si>
+  <si>
+    <t>Вадим Юрьевич Сычугов</t>
+  </si>
+  <si>
+    <t>12 марта 1981</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 01.08.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 26.09.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-07-26 14:37:31</t>
+  </si>
+  <si>
+    <t>Алексей Павлович Гамеза</t>
+  </si>
+  <si>
+    <t>12 марта 1985</t>
+  </si>
+  <si>
+    <t>Алексей, директор строительной фирмы, был задержан в октябре 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы и штрафу.
+В июне 2023 года ему ужесточили наказание и перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 28.09.2022: 14 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения. Суд по смене режима 15.06.2023: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-10-13 14:50:29</t>
+  </si>
+  <si>
     <t>Сергей Александрович Зинич</t>
   </si>
   <si>
     <t>12 марта 1994</t>
   </si>
   <si>
     <t>Сергей был осуждён летом 2024 года за «клевету в отношении Лукашенко» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>ИУОТ-36, 220039 г. Минск, ул. Короткевича,14</t>
   </si>
   <si>
     <t>Решение суда 15.07.2024: 4 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 20.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-08 23:49:21</t>
   </si>
   <si>
-    <t>Павел Геннадьевич Шумский</t>
-[...11 lines deleted...]
-    <t>2025-09-12 15:01:44</t>
+    <t>Андрей Викторович Юшкевич</t>
+  </si>
+  <si>
+    <t>13 марта 1994</t>
+  </si>
+  <si>
+    <t>18.07.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил всилу..</t>
+  </si>
+  <si>
+    <t>Решение суда 23.05.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.07.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-08-11 17:48:06</t>
   </si>
   <si>
     <t>Василий Владимирович Ермаков</t>
   </si>
   <si>
     <t>14 марта 1987</t>
   </si>
   <si>
     <t>Экс-сотрудник банка «БелВЭБ». Василия задержали в начале июля 2022 годаПровластные телеграм-каналы утверждали, что его задержали якобы за «слив» личных данных силовиков, учителей и врачей. В «покаяльном» видео Ермаков рассказывал, что участвовал в митингах в Минске и передал информацию о сотрудниках МВД в бот «Черной книги Беларуси», «воспользовавшись служебными полномочиями».
 Василий был сильно избит, даже терял сознание, У него были сломаны ребра. В СИЗО-1 перевели из больницы.
 У него есть 1 ребенок.</t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-02-10 16:03:39</t>
   </si>
   <si>
     <t>Юрий Валерьевич Белько</t>
   </si>
   <si>
@@ -720,567 +710,533 @@
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>Решение суда 19.07.2021: 9 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 912 рублей компенсации. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Суд по смене режима 13.04.2022: 3 года тюремного режима. Суд по смене режима 25.06.2025: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 20:59:45</t>
   </si>
   <si>
     <t>Алеся Николаевна Веревкина</t>
   </si>
   <si>
     <t>15 марта 1984</t>
   </si>
   <si>
     <t>Суд начался 29.07.2025 и продлился до 20.08.2025 года.</t>
   </si>
   <si>
     <t>Решение суда 20.08.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-08-25 10:07:05</t>
   </si>
   <si>
-    <t>Елена Петровна Гнаук</t>
-[...22 lines deleted...]
-  <si>
     <t>Егор Павлович Ленкевич</t>
   </si>
   <si>
     <t>16 марта 2001</t>
   </si>
   <si>
     <t>Осужден за участие в акциях протеста.
 С 16 сентября 2023 Егор переведен на тюремный режим. Там политзаключенный должен отбыть 2 года.
 31 июля 2025 года Егор был осужден по ст. 411 Уголовного кодекса за "злостное неповиновение требованиям администрации исправительного учреждения, исполняющего наказание в виде лишения свободы" ещё к 10 месяцам и 14 дням лишения свободы.</t>
   </si>
   <si>
     <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
   </si>
   <si>
     <t>Решение суда 12.03.2022: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 05.09.2023: 2 года тюремного режима. Решение суда 31.07.2025: 10 месяцев 14 дней лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-03-18 18:44:06</t>
+  </si>
+  <si>
+    <t>Анастасия Сергеевна Горчакова</t>
+  </si>
+  <si>
+    <t>16 марта 1982</t>
+  </si>
+  <si>
+    <t>Проходила по "делу дворовых чатов".</t>
+  </si>
+  <si>
+    <t>Решение суда 24.07.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-07 22:27:20</t>
   </si>
   <si>
     <t>Александр Владимирович Куликов</t>
   </si>
   <si>
     <t>16 марта 1970</t>
   </si>
   <si>
     <t>Основанием для уголовного дела стали комментарии в одном из чатов, признанном силовиками экстремистскими материалами в мае 2021 года.
 Как сообщили знакомые Александра, находящиеся за границей, в мае 2023 года, уже после возбуждения уголовного дела, он выехал в Польшу, где пробыл около месяца. Затем ему позвонила престарелая мать, которая сообщила, что ей звонил следователь и угрожал розыском сына. Было обещано, что если Куликов вернется, то ему будет избрана мера наказания, не связанная с лишением свободы.
 Через какое-то время Куликов решил вернуться в Беларусь и был задержан. На связь он перестал выходить во время пересечения границы. На него составили еще один протокол об административном нарушении (ст. 19.11 КоАП) и возбудили уголовное дело. Суд Ленинского района Могилева 13 июля 2023 года признал могилевчанина виновным и приговорил к трем годам лишения свободы с направлением в колонию в условиях общего режима.
 В декабре 2023 года стало известно, что Куликова собираются судить снова. На этот раз его обвиняют по трём статьям: участие в экстремистском формировании (ст. 361 прим. 1 ч. 3), участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте (ст. 361 прим. 3 ч. 1) и прохождение обучения или иной подготовки для участия в экстремистской деятельности (ст. 361 прим. 5). 22 декабря пресс-служба Могоблсуда сообщила, что 20 декабря Куликова приговорили к 4 годам лишения свободы. В совокупности с предыдущим наказанием, общий срок лишения свободы для мужчины составит 4 года и 6 месяцев лишения свободы в условиях общего режима. 
 На БТ 12 декабря вышел пропагандистский фильм о Куликове, который рассказывает о своей попытке присоединиться к полку Кастуся Калиновского и о прохождении военной подготовки под Киевом.
 В марте 2024 года стало известно, что прокурор опротестовал приговор политзаключенному могилевчанину Александру Куликову, осужденному к четырем с половиной годам колонии. Согласно решению суда, ему прибавили к сроку полтора года.
 01.07.2024 состоялся суд по замене Александру режима и он принял решение перевести политзаключенного на тюремный режим.</t>
   </si>
   <si>
     <t>Решение суда 13.07.2023: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 10.10.2023: неизвестно. Решение суда 22.12.2023: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 16.02.2024: приговор оставлен без изменения. Протест прокурора дата неизвестна: 6 лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 01.07.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2023-07-07 15:22:28</t>
   </si>
   <si>
-    <t>Александр Владимирович Яшкин</t>
-[...48 lines deleted...]
-  <si>
     <t>Иван Николаевич Кочанов</t>
   </si>
   <si>
     <t>17 марта 1989</t>
   </si>
   <si>
     <t>Последнее время Иван работал в компании «Белэнерго». Его работа — установка и настройка оптоволоконных сетей и коммуникаций.
 Иван  очень активный телеграм-комментатор. С 2019 по 2025 годы он оставил в открытых чатах более 50 тысяч сообщений. Большая их часть не касается политики— он обсуждал технологии, давал профессиональные советы по монтажу и инструментам для сетей. Но писал он и про политику. Кочанов поддержал движение за свободные выборы и осудил вторжение России в Украину. При этом он критиковал Европу и НАТО, выступал против преследования белорусов за границей и против репрессий, а также против репрессий за русский язык в Украине, так как это «разжигает агрессию».
 Осужден за комментарии в чате, признаном экстремистским и за участие в протестах 2020 году. Через две недели после этапа в колонию на Ивана завели второе уголовное дело по чату " Беларусский Гаюн" и снова перевели в СИЗО,</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях усиленного режима. Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2025-06-23 12:42:50</t>
   </si>
   <si>
     <t>Кирилл Вячеславович Позняк</t>
   </si>
   <si>
     <t>17 марта 1977</t>
   </si>
   <si>
     <t>Журналист Кирилл Позняк был задержан 4 сентября, в день признания “экстремистским формированием“ ютуб-канала “Платформа 375“. В 2021—2022 годах канал провел несколько дебатов между провластными пропагандистами и их вынужденно уехавшими из страны оппонентами. Одним из ведущих дебатов был Кирилл Позняк. Во вступительном слове он заявил, что дебаты нужны для создания “диалоговой площадки, чтобы оппоненты могли хотя бы услышать друг друга“, а также чтобы “повышался уровень и культура дебатов, дискуссий“, а спорящие стороны получили возможность “вещать не только на свою аудиторию, а также на аудиторию не определившихся и на публику оппонентов“.
 В “Перечень организаций, формирований, индивидуальных предпринимателей, причастных к экстремистской деятельности“ канал, а также его аккаунты в “ТикТоке“ включены 11 сентября.</t>
   </si>
   <si>
     <t>2025-09-13 11:24:16</t>
   </si>
   <si>
+    <t>Дмитрий Викторович Басько</t>
+  </si>
+  <si>
+    <t>18 марта 1965</t>
+  </si>
+  <si>
+    <t>Известно, что Дмитрий до задержания жил в Минске, работал программистом. Также он периодически преподавал программирование в БГУ на факультете прикладной математики и информатики. Перед самым своим задержанием Дмитрий нигде не работал, так как для университета он стал "неблагонадежным", а многие ИТ-компании ушли из Беларуси, поэтому ему с его высокой квалификацией работы не было. Уезжать он не хотел, потому что на тот момент ухаживал за пожилой матерью. Во время следствия над Дмитрием ее не стало.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.05.2025: 9 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-08-23 11:45:35</t>
+  </si>
+  <si>
     <t>Виталий Николаевич Папроцкий</t>
   </si>
   <si>
     <t>18 марта 1970</t>
   </si>
   <si>
     <t>Он начинал в 1999 году как следователь в милиции Жодино. Известно, что он дорос до подполковника юстиции. До весны 2014 года Виталий работал начальником Смолевичского районного отдела Следственного комитета. 
 В 2020 году он и еще 4 бывших сотрудника Жодинского ГОВД записали обращение к коллегам, которые во время протестов работали в жодинской милиции, и ко всем работникам правоохранительных органов Беларуси. Папроцкий говорит в обращении, что всю жизнь служил народу. Виталий рассказывает, что те, кто вступался за людей, были репрессированы, он предлагает «опомниться и задуматься». Папроцкий говорит, что поддерживает тех, кто работает по закону.
 По сообщению СМИ, все пятеро были задержаны в начале февраля 2024 года.</t>
   </si>
   <si>
     <t>Решение суда 03.03.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-01-06 15:23:48</t>
   </si>
   <si>
-    <t>Дмитрий Викторович Басько</t>
-[...11 lines deleted...]
-    <t>2025-08-23 11:45:35</t>
+    <t>Вячеслав Геннадьевич Крюк</t>
+  </si>
+  <si>
+    <t>18 марта 1981</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>2025-12-08 14:42:32</t>
+  </si>
+  <si>
+    <t>Дмитрий Игоревич Свичкарёв</t>
+  </si>
+  <si>
+    <t>19 марта 1988</t>
+  </si>
+  <si>
+    <t> Сотрудник Epam. Задержан за донаты. На момент задержания дочери Дмитрия было 9 месяцев.
+06.02.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения своободы в колонии усиленного режима</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:07:08</t>
   </si>
   <si>
     <t>Алексей Игоревич Комаровский</t>
   </si>
   <si>
     <t>19 марта 1984</t>
   </si>
   <si>
     <t>10 августа 2020 года во время акций протеста Алексей ехал в своём автомобиле по Минску в районе «Белай Вежы». На перекрёстке мужчина увидел омоновцев, которые, ища протестующих, начали брутально задерживать водителей автомобилей: стрелять и бить в машинах стёкла. Алексей, не ожидая своего задержания, поехал вперёд, где как раз проезжали сотрудники ГАИ. Не заметив служебную машину, Алексей перестроился в её ряд. На момент совершения манёвра машина ГАИ уже остановилась, и мужчина поехал дальше по своим делам. В этом действии суд увидел вмешательство в деятельность сотрудника органа внутренних дел (ст. 365 УК).
 В то же время и в том же месте якобы находился сотрудник ГАИ Мосенза, в конце декабря 2022 года давший показания, якобы Алексей хотел тогда его сбить. За это мужчине поставили в вину ст. 364 УК и взяли под стражу.
 У Алексея трое детей , одна из них несовершеннолетняя дочка 5-ти лет.</t>
   </si>
   <si>
     <t>Решение суда 17.02.2023: 4 года лишения свободы в колонии в условиях строгого режима, 3000 рублей компенсации. Апелляция 02.05.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-03-21 20:25:58</t>
   </si>
   <si>
-    <t>Дмитрий Игоревич Свичкарёв</t>
-[...14 lines deleted...]
-  <si>
     <t>Михаил Михайлович Лазько</t>
   </si>
   <si>
     <t>19 марта 1986</t>
   </si>
   <si>
     <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
   </si>
   <si>
     <t>неизвестно лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2024-07-31 14:36:53</t>
   </si>
   <si>
     <t>Илья Ходас</t>
   </si>
   <si>
     <t>19 марта 1978</t>
   </si>
   <si>
     <t>Решение суда 03.11.2025: 2 года 9 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-09-17 16:53:13</t>
+  </si>
+  <si>
+    <t>Игорь Иванович Хиневич</t>
+  </si>
+  <si>
+    <t>20 марта 1961</t>
+  </si>
+  <si>
+    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:29:17</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Апанович</t>
+  </si>
+  <si>
+    <t>20 марта 1981</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-20 11:28:14</t>
   </si>
   <si>
     <t>Сергей Фёдорович Леженко</t>
   </si>
   <si>
     <t>20 марта 1993</t>
   </si>
   <si>
     <t>Сергей был задержан в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-27 01:43:23</t>
   </si>
   <si>
     <t>Александр Анатольевич Петушков</t>
   </si>
   <si>
     <t>20 марта 1988</t>
   </si>
   <si>
     <t>Впервые Александра Петушкова задержали в январе 2022 года, после чего провластные Telegram-каналы выложили «покаяльное» видео с ним. Причиной задержания стали его комментарии о событиях в Казахстане.
 Второй раз Александр был задержан в апреле 2022 года. Причиной для возбуждения уголовного дела стали репосты и комментарии с призывами о забастовке, остановке работы предприятий, о возобновлении протестов. Звучали у него и предложения снять погоны силовикам и генералам. По отношению к Лукашенко он использовал слова «узурпатор» и «нелигитимный».</t>
   </si>
   <si>
     <t>7,5 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-07-22 18:12:13</t>
   </si>
   <si>
     <t>Андрей Юрьевич Ситников</t>
   </si>
   <si>
     <t>20 марта 1965</t>
   </si>
   <si>
     <t>Решение суда 31.10.2024: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 20.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:06:24</t>
   </si>
   <si>
-    <t>Александр Владимирович Апанович</t>
-[...20 lines deleted...]
-    <t>2025-08-22 19:29:17</t>
+    <t>Евгений Вячеславович Миленкевич</t>
+  </si>
+  <si>
+    <t>21 марта 1996</t>
+  </si>
+  <si>
+    <t>Евгений был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-49,  г.Шклов, ул.Молодежная 2б, 213002</t>
+  </si>
+  <si>
+    <t>Решение суда 13.11.2024: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 09.01.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:24:01</t>
   </si>
   <si>
     <t>Кирилл Владимирович Матюто</t>
   </si>
   <si>
     <t>21 марта 1991</t>
   </si>
   <si>
     <t>20.06.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 13.04.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 20.06.2023: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2023-03-22 17:00:38</t>
   </si>
   <si>
     <t>Илья Дитович Теличенко</t>
   </si>
   <si>
     <t>21 марта 1982</t>
   </si>
   <si>
     <t>Вероятнее всего до суда находился под стражей.
 26.01.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>неизвестно</t>
   </si>
   <si>
     <t>2024-01-25 18:30:24</t>
   </si>
   <si>
-    <t>Евгений Вячеславович Миленкевич</t>
-[...31 lines deleted...]
-  <si>
     <t>Виктор Викторович Еременко</t>
   </si>
   <si>
     <t>22 марта 1981</t>
   </si>
   <si>
     <t>Обстоятельства дела, кроме приговора, пока правозащитникам неизвестны.
 Обвиняемый Ерёменко признан виновным в умышленных действиях, направленных на возбуждение национальной и иной социальной вражды по примете национальной и другой социальной принадлежности. Он же признан виновным в заведомом поставлении иного лица в опасность заражения вирусом иммунодефицита человека (ВИЧ) .</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2023-05-18 09:15:40</t>
   </si>
   <si>
+    <t>Олег Анатольевич Молчанов</t>
+  </si>
+  <si>
+    <t>22 марта 1970</t>
+  </si>
+  <si>
+    <t>Задержан за поджог 28 февраля 2022 года на станции «Жердь-Останковичи» релейного шкафа сигнализации, централизации и блокирования (СЦБ), в результате чего светофоры и стрелочные переводы на этом участке были приведены в нерабочее состояние. Перегон Останковичи — Жердь находится на линии Жлобин — Калинковичи, которая затем продолжается на Овруч (Житомирская область Украины).</t>
+  </si>
+  <si>
+    <t>Решение суда 27.12.2022: 21 год лишения свободы в колонии в условиях усиленного режима. Апелляция 30.03.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-04-21 18:57:59</t>
+  </si>
+  <si>
     <t>Александр Иванович Мазур</t>
   </si>
   <si>
     <t>22 марта 1974</t>
   </si>
   <si>
     <t> Был задержан в ноябре 2024 года в Жодино. 
 В это же время признали "экстремистскими материалами" сайт инициативы "письмо.бел", а также страницы ее в соцсетях. Еще через месяц КГБ признал инициативу "экстремистским формированием". По данным ведомства, Александр Мазур, а также Павел Коренюхин и Александр Лыкшин имеют отношение к "письмо.бел". Сейчас мужчины находятся в СТ-8, их обвиняют по ст. 361-1 Уголовного кодекса (Создание экстремистского формирования или участие в нем).</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа.</t>
+    <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-29 21:52:50</t>
   </si>
   <si>
     <t>Андрей Вячеславович Будай</t>
   </si>
   <si>
     <t>23 марта 1978</t>
   </si>
   <si>
     <t>Андрей, строитель-отделочник, был задержан в июле 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы и штрафу.
 В сентябре 2024 года Андрея вновь осудили по статье о «злостном неповиновении требованиям администрации исправительного учреждения». Эта статья часто применяется к заключённым, отказывающимся от сотрудничества с администрацией, и предусматривает наказание за надуманные нарушения. В результате его общий срок заключения увеличился до 17 лет.
 На свободе Андрея ждут трое детей и супруга, у которой серьёзные проблемы со здоровьем.</t>
   </si>
   <si>
     <t>Решение суда 28.09.2022: 15 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения. Решение суда 24.09.2024: 2 года лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-08-12 20:00:28</t>
   </si>
   <si>
-    <t>Андрей Владимирович Бремшмидт</t>
-[...12 lines deleted...]
-    <t>2024-02-12 19:12:28</t>
+    <t>Игорь Олегович Кисляк</t>
+  </si>
+  <si>
+    <t>23 марта 1970</t>
+  </si>
+  <si>
+    <t>Подполковник милиции, бывший заместитель начальника отдела ГУБОП МВД Республики Беларусь, прослуживший долгое время начальником криминальной милиции Жодинского ГОВД. В 2012 году он уволился, а в 2014-м стал предпринимателем.
+Игорь говорит, что они служили за идею защиты людей и борьбы с преступностью. Он возмущается тем, что силовики избивают людей, отмечая, что «есть незначительное количество провокаторов, но вы можете их изолировать своими силами, а не выступать карателями и противопоставлять себя нашему спокойному трудолюбивому народу». Он призывает силовиков вспомнить, что они давали присягу народу. «Надеемся на ваше понимание и вашу офицерскую честь», — подытоживает мужчина.
+В 2020 году он и еще 4 бывших сотрудника Жодинского ГОВД записали обращение к коллегам, которые во время протестов работали в жодинской милиции, и ко всем работникам правоохранительных органов Беларуси.
+По сообщению СМИ, все пятеро были задержаны в начале февраля 2024 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 03.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:21:32</t>
   </si>
   <si>
     <t>Матвей Викторович Оверчук</t>
   </si>
   <si>
     <t>23 марта 1994</t>
   </si>
   <si>
     <t xml:space="preserve">Братьев Оверчуков задержали в начале июня. Об этом сообщили провластные телеграм-каналы. На покаянном видео мужчины говорят, что 10 августа 2020-го года находились в Бресте на акции протеста.
 Матвей занимается ремонтом автомобилей.
 Также по этому делу проходят Олег Литвинчук и Алевтина Гудкова.
 </t>
   </si>
   <si>
     <t>Решение суда 08.08.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-25 18:07:49</t>
   </si>
   <si>
-    <t>Игорь Олегович Кисляк</t>
-[...14 lines deleted...]
-    <t>2025-01-06 14:21:32</t>
+    <t>Андрей Владимирович Приходько</t>
+  </si>
+  <si>
+    <t>23 марта 1988</t>
+  </si>
+  <si>
+    <t>Решение суда 21.11.2024: неизвестно. Апелляция 07.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:12:38</t>
+  </si>
+  <si>
+    <t>Андрей Владимирович Бремшмидт</t>
+  </si>
+  <si>
+    <t>23 марта 1985</t>
+  </si>
+  <si>
+    <t>Был местным депутатом в Заславле, где зарегистрирована его фирма. Бремшмидт даже был в избирательной комиссии на парламентских выборах в 2019-м. Известно, что в конце мая 2023-го мужчина ездил в Литву. В чатах он писал, за какое время прошёл границу и что скоро собирается возвращаться в Беларусь. Один из организаторов “VIVA Ровар” в г. Заславль. 
+29.04.2024 была рассмотрена апелляционная жалоба ( предположительно срок был сокращен с 10 лет лишения свободы , назначенных судом первой инстанции,  до 6.5 лет лишения), приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>6,5 лет лишения свободы в колонии общего режима</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:12:28</t>
   </si>
   <si>
     <t>Никита Владимирович Емельянов</t>
   </si>
   <si>
     <t>24 марта 2000</t>
   </si>
   <si>
     <t>Никита был задержан в октябре 2019 года и осужден за атаки на здания СИЗО-1 и Мингорсудя в Минске в знак солидарности с политзаключёнными. Изначально ему назначили 7 лет лишения свободы, но после апелляции срок был сокращён до 4 лет. В мае 2020 года Никиту перевели на тюремный режим.
 В марте 2022 года его повторно осудили за «злостное неповиновение требованиям администрации исправительного учреждения» — обвинение, часто применяемое к заключённым, отказавшимся сотрудничать с тюремной администрацией. В марте 2023 года его снова перевели на тюремный режим.
 На протяжении всего заключения к Никите постоянно применяется давление. Он часто попадает в ШИЗО, где содержится в изоляции на протяжении десятков дней. Его лишают свиданий с родными, ограничивают переписку и изымают личные вещи. В ответ на тяжёлые условия содержания Никита протестует голодовками и отказом от выполнения требований администрации. Он также регулярно подвергается взысканиям за мелкие нарушения, такие как отказ убирать дворик или за межкамерную связь.
 За три месяца до освобождения, в феврале 2025 года, в отношении Никиты прошло очередное судебное заседание по статье о «злостном неповиновении требованиям администрации исправительного учреждения», по итогам которого его приговорили к ещё одному году лишения свободы.
-К декабрю 2024 года Никита суммарно провел в ШИЗО 568 суток, из них 2 месяца непрерывной изоляции. </t>
+К декабрю 2024 года Никита суммарно провел в ШИЗО 568 суток, из них 2 месяца непрерывной изоляции. 
+На начало декабря 2025 года Никита провел 648 суток в ШИЗО.</t>
   </si>
   <si>
     <t>Решение суда 12.02.2020: 7 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 330 рублей компенсации. Апелляция 27.03.2020: 4 года лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 29.05.2020: 2 года тюремного режима. Решение суда 11.03.2022: 2 года лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 22.03.2023: 2 года 4 месяца тюремного режима. Решение суда 03.02.2025: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 03.04.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 16:59:41</t>
+  </si>
+  <si>
+    <t>Олег Игоревич Зубович</t>
+  </si>
+  <si>
+    <t>24 марта 1996</t>
+  </si>
+  <si>
+    <t>Бывший участковый, лейтенант. Уволился т. к. не мог смотреть на всё происходящее, после устроился охранником. Был сильно избит при задержании. Бывшие коллеги пришли на суд как потерпевшие и отзывались хорошо об Олеге, но тем не менее взыскали моральную компенсацию. Дома Олега осталась ждать одна мама.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.12.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 31.03.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Илья Валерьевич Трубин</t>
   </si>
   <si>
     <t>24 марта 1987</t>
   </si>
   <si>
     <t>Известно, что являлся сотрудником КГБ. Но в 2011 году уволился.
 Согласно материалам следствия, 34-летний житель Борисова совершил поджоги двух порталов системы сбора платы за проезд по дорогам «БелТолл» в Борисовском районе.</t>
   </si>
   <si>
     <t>16 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-04-15 23:43:24</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-12-13 15:22:04</t>
   </si>
   <si>
     <t>Аркадий Андреевич Койчуренко</t>
   </si>
   <si>
     <t>24 марта 1974</t>
   </si>
   <si>
     <t>вернулся домой из-за границы, и был взят под стражу в конце сентября-начале октября 2024 года. Он приехал домой поменять паспорт. Его обвинили в "умышленных действиях, направленых на возбуждение национальной, религиозной и иной социальной вражды и розни" , в "распространении материалов, содержащих публичные призывы к захвату государственной власти, ..., совершению иных действий, направленных на причинение вреда национальной безопасности РБ"  и в "оскорблении представителя власти" и также "оскорблении Лукашенко" .
 В итоге Аркадия осудили кпяти годам лишения свободы в колонии усиленного режима и штрафу в 500 базовых величин. Также ему предстоит выплатить "компенсацию морального вреда" в размере 5.000 рублей в пользу Швеца Андрея Ивановича.</t>
   </si>
   <si>
     <t>Решение суда 13.10.2025: 5 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-07-30 10:31:41</t>
   </si>
   <si>
     <t>Владимир Иванович Книга</t>
   </si>
   <si>
     <t>25 марта 1981</t>
   </si>
   <si>
     <t>Владимир, бывший силовик и волонтер команды кандидата в президенты Светланы Тихановской, был арестован 4 июня 2020 года и осужден в июне 2021 года по «делу Тихановского». Уголовное дело было возбуждено после пикета, состоявшегося 29 мая 2020 года в Гродно, где были задержаны Сергей Тихановский и его сторонники.
@@ -1291,432 +1247,385 @@
   </si>
   <si>
     <t>Решение суда 02.06.2021: 4 года лишения свободы в колонии в условиях строгого режима, 2000 рублей компенсации. Апелляция 10.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 2 года тюремного режима. Решение суда 21.07.2023: 1 год лишения свободы в колонии в условиях усиленного режима. Решение суда 05.02.2025: 1 год лишения свободы в колонии в условиях усиленного режима. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:58:20</t>
   </si>
   <si>
     <t>Андрей Анатольевич Лопатин</t>
   </si>
   <si>
     <t>25 марта 1977</t>
   </si>
   <si>
     <t>Задержали в первых числах мая 2023 года, когда он приехал сделать передачу своему брату Максиму Лопатину, задержанному по делу Мачулищ. До этого мужчина жил в Литве. Его задержали по тому же делу диверсии в Мачулищах и обвинили по ст. 289 Уголовного кодекса. Позже статью переквалифицировали на 361-2 УК (финансирование экстремистской деятельности).
 На суде Андрей вину не признал.
 05.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 19.04.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 05.07.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-09-06 20:24:56</t>
   </si>
   <si>
+    <t>Ольга Валерьяновна Матусевич</t>
+  </si>
+  <si>
+    <t>26 марта 1971</t>
+  </si>
+  <si>
+    <t>О ней известно, что окончила БГЭУ в 1994 году, замужем. </t>
+  </si>
+  <si>
+    <t>2025-08-25 10:09:10</t>
+  </si>
+  <si>
+    <t>Максим Валерьевич Беленович</t>
+  </si>
+  <si>
+    <t>26 марта 1984</t>
+  </si>
+  <si>
+    <t>По данным провластных каналов, задержан за регистрацию в плане «Перамога».
+Инструктор по вождению ДОСААФ.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.12.2022: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 10.03.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-04-01 17:11:55</t>
+  </si>
+  <si>
     <t>Антон Александрович Сташевский</t>
   </si>
   <si>
     <t>26 марта 1980</t>
   </si>
   <si>
     <t>Антон, волонтёр фонда «Страна для жизни» и поискового отряда «Ангел», был задержан 9 июля 2021 года в рамках «операции КГБ по зачистке от радикально настроенных лиц» и помещён в СИЗО по обвинению в финансировании деятельности экстремистского формирования.
 В октябре 2022 года ему предъявили обвинение в «заговоре с целью захвата государственной власти неконституционным путём», а в ноябре того же года Антон был приговорён к лишению свободы в колонии строгого режима.</t>
   </si>
   <si>
     <t>Решение суда 11.11.2022: 8 лет лишения свободы в колонии в условиях строгого режима. Апелляция 10.02.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-13 13:41:01</t>
   </si>
   <si>
-    <t>Максим Валерьевич Беленович</t>
-[...38 lines deleted...]
-  <si>
     <t>Сергей Геннадьевич Коновалов</t>
   </si>
   <si>
     <t>27 марта 1972</t>
   </si>
   <si>
     <t>Задержан за акцию на железной дороге.</t>
   </si>
   <si>
     <t xml:space="preserve"> Решение суда 16.09.2022: 15 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 03.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-03-11 01:16:18</t>
+  </si>
+  <si>
+    <t>Александр Михайлович Мазурин</t>
+  </si>
+  <si>
+    <t>27 марта 1981</t>
+  </si>
+  <si>
+    <t>Скорее всего был задержан в начале декабря 2024 года.
+Александр отучился в Академии МВД и пошел работать в милицию. Дослужился до дежурного инспектора ГУВД Мингорисполкома и звания капитана. В 2012-м был уволен из милиции.
+В 2013-м Мазурин устроился начальником отдела охраны в деревообрабатывающее предприятие «Интердорс». На предприятии работает более 150 человек.
+Также Александр имеет статус ИП, сфера деятельности которого — разработка программного обеспечения и консультирование в этой области.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-06-16 23:35:43</t>
   </si>
   <si>
     <t>Вячеслав Александрович Малейчук</t>
   </si>
   <si>
     <t>27 марта 1985</t>
   </si>
   <si>
     <t>Обвиняется в подготовке террактов в Чижовке и в войсковой части в Печах накануне Дня Воли в 2021 году.
 Действия, которые силовики ему приписывают, стали основанием для включения Светланы Тихановской, Павла Латушко, Антона Мотолько и участников инициативы бывших силовиков в список террористов и заведения в их отношении уголовного дела за подготовку акта терроризма.
 Против Вячеслава было возбуждено дело за "злостное неповиновение требованиям администрации колонии" по ст. 411 УК. 10 февраля 2023 г. состоялся суд. Назначили год лишения свободы.
 Вячеслава судили 23.08.2023 года по ч. 2 ст. 411 УК в Горках и назначили к общему сроку еще два года лишения свободы , по совокупности наказаний неотбытой части на момент суда (20 лет и 5 месяцев) и нового наказания (2 года) ему осталось отбыть с момента третьего суда еще 22 года 5 месяцев.
 7 августа мозырский судья Анатолий Стрельченко будет проводить очередной суд по ст.411 над Вячеславом.</t>
   </si>
   <si>
     <t>По сумме 3-х приговоров с момента задержания Вячеславу присудили 25 лет с отбыванием в исправительной колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2022-04-28 14:11:36</t>
   </si>
   <si>
     <t>Андрей Андреевич Степурко</t>
   </si>
   <si>
     <t>27 марта 1990</t>
   </si>
   <si>
     <t>Андрею Степурко 33 года. Мужчина окончил радиотехнический колледж, а затем Международный университет «МИТСО». Работал инженером-программистом в поликлинике, сборщиком компьютеров, оператором ЭВМ, продавцом-консультантом. Известно, что он увлекается практической стрельбой, занимался лазертагом и другими видами стрелковых игр.
 Насколько известно, мужчина задержан по делу о взрыве самолета в Мачулищах.Он якобы нашел квартиру для предполагаемого исполнителя диверсии в Мачулищах Николая Швеца.
 Задержаны также родители Степурко и его брат. </t>
   </si>
   <si>
-    <t>Решение суда 03.10.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2024: неизвестно.</t>
+    <t>Решение суда 03.10.2024: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-04-07 15:14:21</t>
   </si>
   <si>
     <t>Юрий Павлович Юреня</t>
   </si>
   <si>
     <t>27 марта 1965</t>
   </si>
   <si>
     <t>Задержан вместе с сыном за донаты. Как сообщает официальное ведомство, мужчину осудили за более чем 100 денежных переводов на общую сумму 1885 $. Переводы делались с 7 августа 2020 до 24 марта 2021.
 Это посчитали "финансированием деятельности экстремистского формирования" (хотя, скорее всего, на тот момент инициативы не были никакими "экстремистскими формированиями").
 02.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2023-11-05 15:33:05</t>
   </si>
   <si>
-    <t>Александр Михайлович Мазурин</t>
-[...14 lines deleted...]
-    <t>2025-06-16 23:35:43</t>
+    <t>Анна Сергеевна Кмит</t>
+  </si>
+  <si>
+    <t>28 марта 1986</t>
+  </si>
+  <si>
+    <t>Была задержана вместе со своим мужем Андреем Селяниновым 31 октября 2024 года и помещена под стражу за "активное участие в групповых действиях, грубо нарушающих общественный порядок".</t>
+  </si>
+  <si>
+    <t>Решение суда 08.07.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-11 18:40:30</t>
   </si>
   <si>
     <t>Сергей Павлович Кабурнеев</t>
   </si>
   <si>
     <t>28 марта 1970</t>
   </si>
   <si>
     <t>Решение суда 25.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 29.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-10 14:38:27</t>
   </si>
   <si>
-    <t>Анна Сергеевна Кмит</t>
-[...11 lines deleted...]
-    <t>2024-11-11 18:40:30</t>
+    <t>Александр Владимирович Тарасевич</t>
+  </si>
+  <si>
+    <t>29 марта 1989</t>
+  </si>
+  <si>
+    <t>Александр был задержан и осужден за «участие в групповых действиях, грубо нарушающих общественный порядок» в рамках уголовного дела, возбужденного после августовских акций протеста 2020 года против итогов президентских выборов.
+Согласно версии обвинения, в ночь с 9 на 10 августа 2020 года Александр, «находясь на проезжей части и действуя в группе лиц, выкрикивал лозунги, демонстрировал бело-красно-белые полотна, умышленно препятствовал движению транспорта и работе организаций, чем принял активное участие в групповых действиях, грубо нарушающих общественный порядок и сопровождавшихся неповиновением законным требованиям представителей власти».</t>
+  </si>
+  <si>
+    <t>Решение суда 14.08.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 22.10.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-08-01 15:04:38</t>
   </si>
   <si>
     <t>Дмитрий Викторович Медвецкий</t>
   </si>
   <si>
     <t>29 марта 1988</t>
   </si>
   <si>
     <t>В 2020 году состоял в чате “Лида 97%”, где активно писал сообщения. Также писал о своих действиях в плане "Перамога" - сказал об этом в видео на провластных телеграм-каналах. По версии силовиков призывал к забастовкам, протестам, а также устраивать диверсии на железной дороге. 
 В провластных телеграм-каналах сообщается,что на Дмитрия возбуждены уголовные дела за умышленное приведение в негодность путей сообщения и организацию групповых действий, грубо нарушающих общественный порядок.</t>
   </si>
   <si>
     <t>3 года лишения свободы в колонии общего режима.
 В результате апелляционного суда удалось сократить срока с 3 лет, до 2.5 лет.</t>
   </si>
   <si>
     <t>2022-11-13 23:48:09</t>
   </si>
   <si>
     <t>Елена Ивановна Деменчук</t>
   </si>
   <si>
     <t>29 марта 1974</t>
   </si>
   <si>
     <t>Алёну обвиняют в финансировании экстремистской деятельности по результатам широкомасштабных задержаний в ходе преследования властями за поддержку политзаключенных и их семей социальным проектом продуктовой помощи INeedHelpBy. 
 Мама бывшей политзаключенной Марины Глазовой.
 27.08.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 26.06.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-19 01:02:19</t>
   </si>
   <si>
-    <t>Александр Владимирович Тарасевич</t>
-[...29 lines deleted...]
-    <t>2021-02-28 02:00:20</t>
+    <t>Петр Брониславовича Бутько</t>
+  </si>
+  <si>
+    <t>30 марта 1977</t>
+  </si>
+  <si>
+    <t>Экс-милиционер. По версии обвинения, 27 мая Бутько, который после увольнения из милиции стал директором коммерческой транспортной фирмы, нанес своему сотруднику Андрею Захару «не менее 12 ударов в область головы» кулаками. Потерпевший говорил в суде, что у него «нет претензий» к Бутько.
+В 2017 году Бутько уволился со службы, а в 2020-м — выступил против жестокости силовиков. В мае 2021 года Лукашенко лишил его звания подполковника милиции запаса.
+Привлекался по административным статьям за участие в акциях протеста, что суд принимал во внимание во время назначения наказания. Известно, что в заключении он находится на профучете, как склонный к экстремизму. Правозащитная организация RPF (Respect-Protect-Fulfill) находит в его деле политическую составляющую.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 6 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 17.05.2022: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-04-30 00:41:00</t>
   </si>
   <si>
     <t>Павел Викторович Чихинский</t>
   </si>
   <si>
     <t>30 марта 1978</t>
   </si>
   <si>
     <t>В 2020 году Павел работал старшим следователем в следственном отделе города Минска прокуратуры.
 Он был задержан в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осужден по статьям о «заговоре с целью захвата государственной власти» и «злоупотреблении служебными полномочиями».
 Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
   </si>
   <si>
     <t>Решение суда 21.06.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-01-23 18:24:57</t>
   </si>
   <si>
-    <t>Александр Владимирович Лазаревич</t>
-[...8 lines deleted...]
-    <t>2024-06-17 19:23:06</t>
+    <t>Владимир Рахмедович Джораев</t>
+  </si>
+  <si>
+    <t>30 марта 1971</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:08:02</t>
   </si>
   <si>
     <t>Антон Игоревич Шарупо</t>
   </si>
   <si>
     <t>30 марта 1992</t>
   </si>
   <si>
     <t>Решение суда 26.07.2024: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-08-01 11:36:50</t>
-  </si>
-[...47 lines deleted...]
-    <t>2023-03-04 23:23:42</t>
   </si>
   <si>
     <t>Александр Викторович Лыкшин</t>
   </si>
   <si>
     <t>31 марта 1989</t>
   </si>
   <si>
     <t>Александра обвиняют в участии в протестах и что он имел отношение к сервису "Письмо.бел", через который люди могли отправить письма политзаключенным. Вместе с ним был задержан его брат, художник Владимир Лыкшин.
 По предварительной информации от бывших сокамерников, братьев обвиняют по ст. 342 УК РБ.
 18 марта 2024 г. в суде Советского района Минска состоялся суд над братьями, а также женой Александра — Елизаветой. Судья Александр Якунчихин присудил всем по 2,5 года "домашней химии".
 Был снова задержан в конце 2024 г. по ч. 1 ст. 361. До суда удерживался в СТ- 8, затем в СИЗО № 1, апелляцию ожидал в СТ-4.</t>
   </si>
   <si>
     <t>Решение суда 15.03.2024: 2 года 6 месяцев ограничения свободы без направления. Решение суда дата неизвестна: 3 года 7 месяцев лишения свободы в колонии в условиях усиленного режима, 100 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2023-12-25 01:37:31</t>
   </si>
   <si>
+    <t>Сергей Сергеевич Лысенко</t>
+  </si>
+  <si>
+    <t>31 марта 1983</t>
+  </si>
+  <si>
+    <t>2025-10-17 22:17:21</t>
+  </si>
+  <si>
     <t>Кирилл Александрович Худяков</t>
   </si>
   <si>
     <t>31 марта 1996</t>
   </si>
   <si>
     <t> Сотрудник EPAM. Известно, что Кирилл занимался скетчингом (современный вид изобразительного искусства): последние его работы выходили еще осенью, а в январе он поздравлял подписчиков с Новым годом. Был задержан после приезда в РБ из Черногории. Осужден за донаты.
 28.05.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 19.03.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 28.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-28 21:11:19</t>
   </si>
   <si>
+    <t>Роман Романович Янковский</t>
+  </si>
+  <si>
+    <t>31 марта 1974</t>
+  </si>
+  <si>
+    <t>Осужден за комментарии и репосты видеозаписей в соцсетях, которые якобы носили оскорбительный и дискредитирующий характер по отношению к представителям власти Лукашенко А.Г.
+Он же в начале июня 2022 года незаконно собрал сведения о частной жизни и персональные данные сотрудника УВД Минского облисполкома, после чего опубликовал их в Telegram-чате «Новая Боровая 98%».
+Находился в СИЗО-1 после суда был этапирован в другое СИЗО на время ожидания апелляции.</t>
+  </si>
+  <si>
+    <t>4,5 года лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-03-04 23:23:42</t>
+  </si>
+  <si>
     <t>Сергей Викторович Скробот</t>
   </si>
   <si>
     <t>31 марта 1980</t>
   </si>
   <si>
     <t>Осужден за акцию протеста, которая проходила с 10 на 11 августа 2020 года в Березе.</t>
   </si>
   <si>
     <t>Решение суда 28.08.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 18.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-28 13:15:14</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-10-17 22:17:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2020,51 +1929,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I102"/>
+  <dimension ref="A1:I98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2132,2773 +2041,2648 @@
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>34</v>
       </c>
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>44</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="C12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="I13" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="I14" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>28</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="I15" t="s">
         <v>84</v>
-      </c>
-[...16 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>85</v>
+      </c>
+      <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>89</v>
-      </c>
-[...19 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>92</v>
+      </c>
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...22 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B18" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
+      <c r="E18" t="s">
+        <v>21</v>
+      </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
+        <v>101</v>
+      </c>
+      <c r="I19" t="s">
         <v>102</v>
-      </c>
-[...22 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" t="s">
+        <v>105</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>28</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
+        <v>106</v>
+      </c>
+      <c r="I20" t="s">
         <v>107</v>
-      </c>
-[...19 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
+        <v>111</v>
+      </c>
+      <c r="I21" t="s">
         <v>112</v>
-      </c>
-[...19 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
+        <v>114</v>
+      </c>
+      <c r="C22" t="s">
+        <v>115</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
+        <v>116</v>
+      </c>
+      <c r="I22" t="s">
         <v>117</v>
-      </c>
-[...22 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" t="s">
+        <v>120</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
+        <v>121</v>
+      </c>
+      <c r="I23" t="s">
         <v>122</v>
-      </c>
-[...22 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I24" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B25" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C25" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="I25" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B26" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C26" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>43</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C27" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="I27" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>148</v>
+      </c>
+      <c r="C29" t="s">
+        <v>149</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>73</v>
+        <v>144</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
+      <c r="H29" t="s">
+        <v>150</v>
+      </c>
       <c r="I29" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>155</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>156</v>
-      </c>
-[...19 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>157</v>
+      </c>
+      <c r="B31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>160</v>
       </c>
-      <c r="B31" t="s">
+      <c r="I31" t="s">
         <v>161</v>
-      </c>
-[...16 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>162</v>
+      </c>
+      <c r="B32" t="s">
+        <v>163</v>
+      </c>
+      <c r="C32" t="s">
+        <v>164</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>165</v>
       </c>
-      <c r="B32" t="s">
+      <c r="I32" t="s">
         <v>166</v>
-      </c>
-[...16 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>167</v>
+      </c>
+      <c r="B33" t="s">
+        <v>168</v>
+      </c>
+      <c r="C33" t="s">
+        <v>169</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>22</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>170</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>171</v>
-      </c>
-[...19 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>172</v>
+      </c>
+      <c r="B34" t="s">
+        <v>173</v>
+      </c>
+      <c r="C34" t="s">
+        <v>174</v>
+      </c>
+      <c r="D34" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" t="s">
+        <v>43</v>
+      </c>
+      <c r="F34" t="s">
+        <v>22</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>175</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>176</v>
-      </c>
-[...16 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" t="s">
+        <v>179</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>28</v>
+      </c>
+      <c r="F35" t="s">
+        <v>22</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>180</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>181</v>
-      </c>
-[...19 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
+        <v>183</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>184</v>
+      </c>
+      <c r="F36" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>185</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>186</v>
-      </c>
-[...19 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" t="s">
+        <v>188</v>
+      </c>
+      <c r="C37" t="s">
+        <v>189</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
         <v>190</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
+        <v>22</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>192</v>
-      </c>
-[...16 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>194</v>
+      </c>
+      <c r="C38" t="s">
         <v>195</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
         <v>196</v>
       </c>
-      <c r="C38" t="s">
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>197</v>
       </c>
-      <c r="D38" t="s">
-[...2 lines deleted...]
-      <c r="E38" t="s">
+      <c r="I38" t="s">
         <v>198</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>199</v>
+      </c>
+      <c r="B39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" t="s">
         <v>201</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>184</v>
+      </c>
+      <c r="F39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>202</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>203</v>
-      </c>
-[...13 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>204</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
         <v>206</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
         <v>207</v>
       </c>
-      <c r="C40" t="s">
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>208</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="I40" t="s">
         <v>209</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>210</v>
+      </c>
+      <c r="B41" t="s">
+        <v>211</v>
+      </c>
+      <c r="C41" t="s">
         <v>212</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
+        <v>217</v>
+      </c>
+      <c r="C42" t="s">
         <v>218</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" t="s">
+        <v>43</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...16 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
+        <v>222</v>
+      </c>
+      <c r="C43" t="s">
         <v>223</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>224</v>
       </c>
-      <c r="C43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>225</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="I43" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>227</v>
+      </c>
+      <c r="B44" t="s">
+        <v>228</v>
+      </c>
+      <c r="C44" t="s">
         <v>229</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>42</v>
+      </c>
+      <c r="E44" t="s">
+        <v>43</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>230</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>231</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>232</v>
+      </c>
+      <c r="B45" t="s">
+        <v>233</v>
+      </c>
+      <c r="C45" t="s">
+        <v>234</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="I45" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>237</v>
+      </c>
+      <c r="B46" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" t="s">
+        <v>239</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>190</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>240</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>242</v>
+      </c>
+      <c r="B47" t="s">
+        <v>243</v>
+      </c>
+      <c r="C47" t="s">
+        <v>244</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>125</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I47" t="s">
         <v>245</v>
-      </c>
-[...22 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
+        <v>248</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>21</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
+        <v>249</v>
+      </c>
+      <c r="I48" t="s">
         <v>250</v>
-      </c>
-[...22 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>251</v>
+      </c>
+      <c r="B49" t="s">
+        <v>252</v>
+      </c>
+      <c r="C49" t="s">
+        <v>253</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>254</v>
+      </c>
+      <c r="I49" t="s">
         <v>255</v>
-      </c>
-[...22 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B50" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>73</v>
+        <v>258</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>260</v>
+      </c>
+      <c r="B51" t="s">
+        <v>261</v>
+      </c>
+      <c r="C51" t="s">
+        <v>262</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>28</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
+        <v>263</v>
+      </c>
+      <c r="I51" t="s">
         <v>264</v>
-      </c>
-[...19 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" t="s">
+        <v>267</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>224</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
+        <v>268</v>
+      </c>
+      <c r="I52" t="s">
         <v>269</v>
-      </c>
-[...22 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>270</v>
+      </c>
+      <c r="B53" t="s">
+        <v>271</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>272</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>273</v>
+      </c>
+      <c r="I53" t="s">
         <v>274</v>
-      </c>
-[...22 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>286</v>
+        <v>53</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="I56" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="C57" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
         <v>28</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="I57" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="B58" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="C58" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="I58" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="B59" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="I59" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>301</v>
+      </c>
+      <c r="C60" t="s">
+        <v>302</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>28</v>
+        <v>303</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
+        <v>307</v>
+      </c>
+      <c r="C61" t="s">
+        <v>308</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>190</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>309</v>
+      </c>
+      <c r="I61" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" t="s">
+        <v>312</v>
+      </c>
+      <c r="C62" t="s">
+        <v>313</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" t="s">
         <v>314</v>
       </c>
-      <c r="B62" t="s">
+      <c r="H62" t="s">
         <v>315</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>316</v>
-      </c>
-[...16 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>317</v>
+      </c>
+      <c r="B63" t="s">
+        <v>318</v>
+      </c>
+      <c r="C63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>320</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>321</v>
-      </c>
-[...13 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>322</v>
+      </c>
+      <c r="B64" t="s">
+        <v>323</v>
+      </c>
+      <c r="C64" t="s">
+        <v>324</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>77</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>325</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>326</v>
-      </c>
-[...19 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>327</v>
+      </c>
+      <c r="B65" t="s">
+        <v>328</v>
+      </c>
+      <c r="C65" t="s">
+        <v>329</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>330</v>
+      </c>
+      <c r="I65" t="s">
         <v>331</v>
-      </c>
-[...22 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>332</v>
+      </c>
+      <c r="B66" t="s">
+        <v>333</v>
+      </c>
+      <c r="C66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>224</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>335</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...19 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>340</v>
+      </c>
+      <c r="I67" t="s">
         <v>341</v>
-      </c>
-[...22 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
+        <v>343</v>
+      </c>
+      <c r="C68" t="s">
+        <v>344</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>345</v>
+      </c>
+      <c r="I68" t="s">
         <v>346</v>
-      </c>
-[...22 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B69" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="I69" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B70" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C70" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
+      <c r="E70" t="s">
+        <v>28</v>
+      </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="I70" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B71" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C71" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
+      <c r="E71" t="s">
+        <v>58</v>
+      </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="I71" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C72" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="I72" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B73" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C73" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="I73" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B74" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="C74" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="I74" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B75" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="C75" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
+      <c r="E75" t="s">
+        <v>190</v>
+      </c>
       <c r="F75" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="I75" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B76" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C76" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="I76" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="B77" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="C77" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="E77" t="s">
+        <v>258</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>394</v>
+        <v>219</v>
       </c>
       <c r="I77" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="B78" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C78" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="I78" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="B79" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="C79" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="I79" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="B80" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C80" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>209</v>
+        <v>144</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>135</v>
+        <v>403</v>
       </c>
       <c r="I80" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B81" t="s">
-        <v>411</v>
+        <v>406</v>
+      </c>
+      <c r="C81" t="s">
+        <v>407</v>
       </c>
       <c r="D81" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>221</v>
+        <v>408</v>
       </c>
       <c r="I81" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>410</v>
+      </c>
+      <c r="B82" t="s">
+        <v>411</v>
+      </c>
+      <c r="C82" t="s">
+        <v>412</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>224</v>
+      </c>
+      <c r="F82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>413</v>
+      </c>
+      <c r="I82" t="s">
         <v>414</v>
-      </c>
-[...22 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>415</v>
+      </c>
+      <c r="B83" t="s">
+        <v>416</v>
+      </c>
+      <c r="C83" t="s">
+        <v>417</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>77</v>
+      </c>
+      <c r="F83" t="s">
+        <v>22</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
+        <v>418</v>
+      </c>
+      <c r="I83" t="s">
         <v>419</v>
-      </c>
-[...22 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>420</v>
+      </c>
+      <c r="B84" t="s">
+        <v>421</v>
+      </c>
+      <c r="C84" t="s">
+        <v>422</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>207</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
+        <v>423</v>
+      </c>
+      <c r="I84" t="s">
         <v>424</v>
-      </c>
-[...22 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>425</v>
+      </c>
+      <c r="B85" t="s">
+        <v>426</v>
+      </c>
+      <c r="C85" t="s">
+        <v>427</v>
+      </c>
+      <c r="D85" t="s">
+        <v>42</v>
+      </c>
+      <c r="E85" t="s">
+        <v>258</v>
+      </c>
+      <c r="F85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" t="s">
+        <v>428</v>
+      </c>
+      <c r="I85" t="s">
         <v>429</v>
-      </c>
-[...22 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="B86" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
+      <c r="E86" t="s">
+        <v>77</v>
+      </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="I86" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="B87" t="s">
-        <v>440</v>
+        <v>435</v>
+      </c>
+      <c r="C87" t="s">
+        <v>436</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
-      <c r="E87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="I87" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>439</v>
+      </c>
+      <c r="B88" t="s">
+        <v>440</v>
+      </c>
+      <c r="C88" t="s">
+        <v>441</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>207</v>
+      </c>
+      <c r="F88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>442</v>
+      </c>
+      <c r="I88" t="s">
         <v>443</v>
-      </c>
-[...22 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>444</v>
+      </c>
+      <c r="B89" t="s">
+        <v>445</v>
+      </c>
+      <c r="C89" t="s">
+        <v>446</v>
+      </c>
+      <c r="D89" t="s">
+        <v>42</v>
+      </c>
+      <c r="E89" t="s">
+        <v>43</v>
+      </c>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>447</v>
+      </c>
+      <c r="I89" t="s">
         <v>448</v>
-      </c>
-[...22 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>449</v>
+      </c>
+      <c r="B90" t="s">
+        <v>450</v>
+      </c>
+      <c r="C90" t="s">
+        <v>451</v>
+      </c>
+      <c r="D90" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" t="s">
+        <v>207</v>
+      </c>
+      <c r="F90" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" t="s">
+        <v>314</v>
+      </c>
+      <c r="H90" t="s">
+        <v>452</v>
+      </c>
+      <c r="I90" t="s">
         <v>453</v>
-      </c>
-[...22 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>454</v>
+      </c>
+      <c r="B91" t="s">
+        <v>455</v>
+      </c>
+      <c r="C91" t="s">
+        <v>456</v>
+      </c>
+      <c r="D91" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" t="s">
+        <v>207</v>
+      </c>
+      <c r="F91" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91" t="s">
+        <v>15</v>
+      </c>
+      <c r="H91" t="s">
+        <v>457</v>
+      </c>
+      <c r="I91" t="s">
         <v>458</v>
-      </c>
-[...19 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="B92" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G92" t="s">
         <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>466</v>
+        <v>408</v>
       </c>
       <c r="I92" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="B93" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>209</v>
+        <v>77</v>
       </c>
       <c r="F93" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>15</v>
       </c>
       <c r="H93" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="I93" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="B94" t="s">
-        <v>474</v>
+        <v>467</v>
+      </c>
+      <c r="C94" t="s">
+        <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>28</v>
+        <v>190</v>
       </c>
       <c r="F94" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>15</v>
       </c>
       <c r="H94" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="I94" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B95" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
-      <c r="E95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>479</v>
+        <v>285</v>
       </c>
       <c r="I95" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="B96" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="C96" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>209</v>
+        <v>28</v>
       </c>
       <c r="F96" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G96" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="I96" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="B97" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="C97" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="F97" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="I97" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="B98" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="C98" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
-      <c r="E98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F98" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="I98" t="s">
-        <v>495</v>
-[...106 lines deleted...]
-        <v>513</v>
+        <v>488</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">