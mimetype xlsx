--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,248 +12,287 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="499">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
-  </si>
-[...25 lines deleted...]
-    <t>2025-03-11 00:58:35</t>
   </si>
   <si>
     <t>Владимир Владимирович Лазаревич</t>
   </si>
   <si>
     <t>1 марта 2001</t>
   </si>
   <si>
     <t>19.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.
 13.08.2024 должен начаться новый суд над Александром по ст. 361-3 ч.2</t>
   </si>
   <si>
+    <t>Мужской</t>
+  </si>
+  <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>В заключении</t>
   </si>
   <si>
+    <t>Да</t>
+  </si>
+  <si>
     <t>Решение суда 19.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.07.2024: неизвестно. Решение суда 14.08.2024: неизвестно. Апелляция 15.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-12 23:08:59</t>
+  </si>
+  <si>
+    <t>Сергей Сергеевич Шатилович</t>
+  </si>
+  <si>
+    <t>1 марта 1990</t>
+  </si>
+  <si>
+    <t>Сергей был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-21, 247783 Гомельская область, г. Мозырь, б-р Юности, 24</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 11.03.2025: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:58:35</t>
+  </si>
+  <si>
+    <t>Александр Александрович Залатаревич</t>
+  </si>
+  <si>
+    <t>2 марта 1987</t>
+  </si>
+  <si>
+    <t>Работал психологом.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 11.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 17.09.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:28:55</t>
   </si>
   <si>
     <t>Руслан Игоревич Слуцкий</t>
   </si>
   <si>
     <t>2 марта 1983</t>
   </si>
   <si>
     <t>Руслан был задержан в январе 2021 года и осужден за изготовление и распространение «ежей» перед колонной автомобилей, участвовавших в провластном автопробеге осенью 2020 года. Также он был обвинён в попытке повредить железнодорожные пути, соединив рельсы металлической проволокой, что могло задержать движение поездов.
 Руслан увлекается экстримом и арбористикой. Он любит высоту и получает драйв, сидя на крыше или обнимая верхушки деревьев. В тюрьме он открыл для себя способности к рисованию. В личной жизни занимается работой с деревом, выращиванием картофеля, держит свиней и любит лошадей.
 У Руслана доброкачественная опухоль головного мозга, а также сильные боли в спине, из-за которых он иногда не мог встать с постели.</t>
   </si>
   <si>
-    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 20.01.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-03-17 17:05:03</t>
   </si>
   <si>
-    <t>Александр Александрович Залатаревич</t>
-[...11 lines deleted...]
-    <t>2024-07-08 23:28:55</t>
+    <t>Павел Евгеньевич Кучинский</t>
+  </si>
+  <si>
+    <t>2 марта 1992</t>
+  </si>
+  <si>
+    <t>Бывший военнослужащий житель г. Минска, которого спецслужбы под пытками принудили участвовать в провокации, в рамках которой последний вышел на связь с представителями BYPOL и предлагал совершить акции прямого действия. Все переговоры и переписка фиксировалась.
+19.03.2024 состоялось апелляционное заседание суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>19 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:34:45</t>
   </si>
   <si>
     <t>Станислав Вячеславович Омельянюк</t>
   </si>
   <si>
     <t>2 марта 2006</t>
   </si>
   <si>
     <t>неизвестно лет ограничения свободы без направления. Замена наказание на лишение свободы.</t>
   </si>
   <si>
     <t>2023-06-19 14:11:57</t>
-  </si>
-[...16 lines deleted...]
-    <t>2025-05-31 00:32:30</t>
   </si>
   <si>
     <t>Валерия Андреевна Глинская</t>
   </si>
   <si>
     <t>3 марта 1995</t>
   </si>
   <si>
     <t>Задержана вместе с матерью.
 Обыск в квартире был проведен по ст. 364 УК РБ. Затем статья обвинения была переквалифицирована на ч.3 ст. 130 УК РБ.
 Предварительно обвиняется в распространении личных данных сотрудников МВД.</t>
   </si>
   <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
     <t>Решение суда 20.01.2023: 6 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 28.04.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-01-07 01:48:15</t>
   </si>
   <si>
     <t>Ирина Флорьяновна Добрынович</t>
   </si>
   <si>
     <t>4 марта 1966</t>
   </si>
   <si>
-    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
-[...2 lines deleted...]
-    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-09-17 18:43:15</t>
+  </si>
+  <si>
+    <t>Дмитрий Александрович Рожин</t>
+  </si>
+  <si>
+    <t>4 марта 1996</t>
+  </si>
+  <si>
+    <t>Осужден за донаты ВСУ.</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-10-28 20:37:33</t>
+  </si>
+  <si>
+    <t>Татьяна Геннадьевна Колос</t>
+  </si>
+  <si>
+    <t>4 марта 1982</t>
+  </si>
+  <si>
+    <t>Татьяну обвиняют в том, что якобы она передала личные данные телеграм-каналу "Черная Книга Беларуси".
+27 июня 2022 года провластные телеграмм-каналы сообщили, что женщина работала в одной из государственных компаний и имела доступ к личным данным силовиков .
+До суда была под домашним арестом.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6,5 лет лишения свободы в колонии </t>
+  </si>
+  <si>
+    <t>2022-06-28 15:06:11</t>
   </si>
   <si>
     <t>Олег Аминович Тимошенков</t>
   </si>
   <si>
     <t>5 марта 1976</t>
   </si>
   <si>
     <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
   </si>
   <si>
     <t>Решение суда 02.04.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-04-03 01:39:51</t>
   </si>
   <si>
     <t>Сергей Юрьевич Лисовский</t>
   </si>
   <si>
     <t>Сергей был арестован в августе 2021 года по обвинению в терроризме, выдвинутому на политической почве за его ненасильственную деятельность. По имеющимся данным, он общался с сотрудниками МВД, убеждая их отказаться от выполнения преступных приказов, а также помогал тем, кто уходил со службы и боялся преследования.
 Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа, целью которой было совершение экстремистских преступлений. В группе участвовали радикально настроенные лица, в том числе бывшие и действующие военные, сотрудники силовых органов, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём». Это дело связано с обвинениями в попытке поджога дома депутата Олега Гайдукевича в июне 2021 года и «организации массовых беспорядков».
 Сергея осудили по многочисленным уголовным статьям на большой срок лишения свободы, первые пять из которых — тюремный режим. Также его лишили воинского звания.</t>
   </si>
   <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
     <t>Решение суда 21.06.2023: 20 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима), ограничение по военной службе. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-02-11 19:21:58</t>
   </si>
   <si>
     <t>Павел Олегович Овчаров</t>
   </si>
   <si>
     <t>6 марта 1996</t>
   </si>
   <si>
     <t>Павел был задержан в рамках уголовного дела, возбужденного после акции протеста, которая прошла 23 сентября 2020 года в Минске. Его осудили по трем уголовным статьям, включая «сопротивление сотруднику милиции». Согласно обвинению, он призывал к участию в массовых беспорядках, которые якобы были заранее спланированы под видом массовых мероприятий, блокировал коммуникации, а сопротивление выразилось в неповиновении требованиям открыть дверь, отказе выйти из машины и удерживании руками за сиденье.
 В июле 2022 года Павел был повторно осужден за «злостное неповиновение требованиям администрации исправительного учреждения» — по этой статье судят заключенных, которые отказываются сотрудничать с администрацией, за вымышленные нарушения.</t>
   </si>
   <si>
     <t>Решение суда 20.05.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 13.07.2022: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:29:25</t>
   </si>
   <si>
     <t>Людмила Вячеславовна Автушко</t>
   </si>
   <si>
@@ -307,1325 +346,1319 @@
   </si>
   <si>
     <t>Павла Вабищевича и Андрея Зиненко, как утверждалось в пропагандистском фильме ОНТ, задержали в ночь с 26 на 27 августа 2023 года на железной дороге в Столбцовском районе недалеко от нефтебазы и остановочного пункта Синява.
 В пропагандистском фильме осенью 2023 года утверждалось, что их задержали за попытку поставить на железной дороге в Столбцовском районе взрывное устройство,»которое должно было бы сработать по команде куратора из СБУ".
 40-летний Андрей Зиненко-бывший коллега Вабищевича, который "работал на руководящей должности и получал высокую зарплату", подчеркивают государственные медиа. Такой акцент на " высокой зарплате " нередок у лукашенковской пропаганды.  Зиненко на кадрах выглядит избитым.</t>
   </si>
   <si>
     <t>Решение суда 06.02.2025: 12 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-11 23:59:11</t>
   </si>
   <si>
     <t>Виталий Иванович Петручук</t>
   </si>
   <si>
     <t>7 марта 1975</t>
   </si>
   <si>
     <t>Решение суда 30.01.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-21 22:24:34</t>
   </si>
   <si>
-    <t>Сергей Владимирович Скибинский</t>
-[...9 lines deleted...]
-    <t>2024-09-23 14:55:04</t>
+    <t>Александр Васильевич Сумар</t>
+  </si>
+  <si>
+    <t>7 марта 1982</t>
+  </si>
+  <si>
+    <t>В период с августа 2020 года по 26 июля 2022 года Александр администрировал телеграм чат «Жыве Лунінец!», за что и был задержан 27 июля 2022 года.
+24 ноября 2022 решением министерства внутренних дел телеграмм чат «Жыве Лунінец!» был признан «экстремистскими формированием» на территории РБ.
+Суд над Александром прошел 9 февраля 2023 года, где его обвинили по 5 статьям УК РБ: ч. 1 ст. 361-1, ч. 1 ст. 342, ч. 2 ст. 367, ст. 369, ч. 3 ст. 361.
+Об Александре Сумаре известно, что в 2006 году он работал в Лунинецком РОВД в качестве эксперта-криминалиста. В последние годы жил в Москве (Россия).</t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>9 лет лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-01-10 15:05:51</t>
+  </si>
+  <si>
+    <t>Андрей Александрович Мирейчик</t>
+  </si>
+  <si>
+    <t>8 марта 1978</t>
+  </si>
+  <si>
+    <t>09.08.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 09.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:29:21</t>
+  </si>
+  <si>
+    <t>Евгений Николаевич Мельничук</t>
+  </si>
+  <si>
+    <t>8 марта 1990</t>
+  </si>
+  <si>
+    <t>Был задержан в начале апреля 2024 года. В «покаяльном» видео от 4 апреля 2024 года он «признался» в том, что во время митинга «махал рукой» толпе, говоря «окружите ОМОН», и бросал камни.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.09.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-09-24 18:50:18</t>
+  </si>
+  <si>
+    <t>Андрей Леонтьевич Логвиненко</t>
+  </si>
+  <si>
+    <t>8 марта 1983</t>
+  </si>
+  <si>
+    <t>Андрей два раза подряд (18.12 и 31.12.2024) был осужден на сутки по ч. 2 ст. 19.11 КоАП РБ - Распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность. После этого на него завели уголовное дело и перевели в СИЗО-1. </t>
+  </si>
+  <si>
+    <t>Решение суда 21.04.2025: 2 года лишения свободы в колонии в условиях общего режима, 200 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-01-17 16:05:17</t>
   </si>
   <si>
     <t>Максим Анатольевич Лопатин</t>
   </si>
   <si>
     <t>8 марта 1979</t>
   </si>
   <si>
     <t>Задержан вместе с женой по делу диверсии в Мачулищах.
 Правозащитники получили информацию о том, что 3 марта сотрудниками КГБ по делу диверсии в Мачулищах был задержан Максим Лопатин. Мужчину держат в СИЗО КГБ.
 Лопатина сильно избили при задержании. На ОНТ вышел фильм, в котором рассказывается про некоторые громкие задержания, в том числе упоминается Максим. Якобы его знакомая психотерапевтка Евгения Точинская, проживающая в Польше, попросила привезти 27 февраля «украинского агента» Швеца из Столина на Логойскую трассу.
 На видео видно, что у него стоят протезы на челюсти, что может значить, что её сломали. После шинирования должен быть серьёзный этап реабилитации с приёмом пищи и воды через трубочку.
 23 марта задержали и жену Максима — Людмилу Лопатину. 
 Стоит отметить, что у супругов двое несовершеннолетних детей.</t>
   </si>
   <si>
     <t>Решение суда 03.10.2024: 8 лет лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция 27.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-03-28 16:23:05</t>
   </si>
   <si>
-    <t>Андрей Леонтьевич Логвиненко</t>
-[...44 lines deleted...]
-    <t>Иван Валерьевич Пуздров</t>
+    <t>Павел Владимирович Вахлаков</t>
+  </si>
+  <si>
+    <t>8 марта 1976</t>
+  </si>
+  <si>
+    <t>ИУОТ-36, 220039 г. Минск, ул. Короткевича,14</t>
+  </si>
+  <si>
+    <t>Решение суда 18.11.2025: неизвестно лет ограничения свободы с направлением в учреждение открытого типа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-12-16 14:29:18</t>
+  </si>
+  <si>
+    <t>Виталий Николаевич Чаусов</t>
   </si>
   <si>
     <t>9 марта 1979</t>
   </si>
   <si>
-    <t>18.07.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу</t>
-[...47 lines deleted...]
-    <t>2021-09-27 14:05:51</t>
+    <t>Предприниматель, директор одной из рекламных фирм.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-06-27 16:13:19</t>
   </si>
   <si>
     <t>Артур Николаевич Мемех</t>
   </si>
   <si>
     <t>9 марта 1991</t>
   </si>
   <si>
     <t>Senior software engineer из EPAM Артур Мемех релоцировался в Нью-Джерси весной 2020 года. Похоже, что его задержали, когда он решил навестить родственников в Беларуси.
 Последний раз он был онлайн в соцсетях в конце прошлой осени. Похоже, что Мемех решил посетить Беларусь в конце 2023 года или начале 2024 года и был задержан. Артура начинают судить 23 сентября 2024 года за «содействие экстремистской деятельности».</t>
   </si>
   <si>
     <t>Решение суда 25.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 10.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-09 20:08:23</t>
   </si>
   <si>
-    <t>Виталий Николаевич Чаусов</t>
-[...11 lines deleted...]
-    <t>2025-06-27 16:13:19</t>
+    <t>Иван Павлович Подлипенцев</t>
+  </si>
+  <si>
+    <t>9 марта 1980</t>
+  </si>
+  <si>
+    <t>В провластном видео Иван говорит, что был задержан за "недоброжелательные" комментарии в отношении представителей власти и сотрудников милиции в Youtube и Telegram. По версии силовиков, он также прошел регистрацию в плане "Перамога".</t>
+  </si>
+  <si>
+    <t>Решение суда 12.06.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:59:15</t>
+  </si>
+  <si>
+    <t>Иван Валерьевич Пуздров</t>
+  </si>
+  <si>
+    <t>18.07.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2023-05-08 22:24:19</t>
+  </si>
+  <si>
+    <t>Анна Алексеевна Аблаб</t>
+  </si>
+  <si>
+    <t>9 марта 1978</t>
+  </si>
+  <si>
+    <t>Анна, сотрудница БЖД, была задержана осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух». 21 сентября 2021 года эта инициатива была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Анну признали виновной по статьям «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.08.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-09-27 14:05:51</t>
   </si>
   <si>
     <t>Вячеслав Александрович Пантюшенко</t>
   </si>
   <si>
     <t>10 марта 1980</t>
   </si>
   <si>
     <t>Задержан за вывешивание бело-красно-белого флага и флага Украины на фасаде многоэтажного дома в Минске.
 После их задержания канал в мобильном приложении Zello, через который они общались во время проведения акции, был признан экстремистским формированием.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-13 21:45:33</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-01-15 19:42:13</t>
   </si>
   <si>
     <t>Полина Сергеевна Зыль</t>
   </si>
   <si>
     <t>10 марта 1993</t>
   </si>
   <si>
     <t>Мозырская активистка и блогерша Полину Зыль. Как стало известно «Нашай Ніве», девушке предъявили обвинения в участии в протестах и причастности к «экстремистскому формированию». Она ждет суда в СИЗО.
 Вместе с ней был арестован ее парень Максим Шуканов. Информации о его освобождении не было, скорее всего, он также в СИЗО.
 Полине 31 год. Она родом из Ельска, училась в Мозыре. В 2020-м девушка поддержала протесты, даже попала на сутки. Потом Полина отошла в тень, но оставалась в стране. И Зыль, и Шуканов попали в розыск, но не хотели уезжать из Беларуси.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 1 год лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-17 14:35:31</t>
   </si>
   <si>
+    <t>Анатолий Александрович Крупин</t>
+  </si>
+  <si>
+    <t>10 марта 1959</t>
+  </si>
+  <si>
+    <t>Анатолию Крупину 65 лет. В 1993-2015 годах мужчина работал в аэропорту "Минск-2" инспектором Службы безопасности. В 2016 году он упоминался как начальник смены авиационной безопасности и режима — тогда в аэропорту задержали гражданку России за неудачную шутку про тротил в багаже. Ситуацию комментировал именно Крупин. В соцсетях последний пост мужчины датируется июнем 2024 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:42:13</t>
+  </si>
+  <si>
     <t>Максим Сергеевич Дудорга</t>
   </si>
   <si>
     <t>11 марта 1996</t>
   </si>
   <si>
     <t>Всю свою взрослую жизнь он посвятил спорту и военной службе. Еще в 2015 году Максим бегал марафоны и полумарафоны в составе клуба «Виктория».
 Позже служил в 38‑й отдельной десантно-штурмовой бригаде в Бресте. В феврале 2020 года государственные СМИ писали о нем как об образцовом офицере: «гвардии старший лейтенант Дудорга стал лучшим командиром десантного взвода сил специальных операций по итогам соревнований по полевой выучке». Похоже, что он дослужился до капитана — по крайней мере так его позже подписывали в записных книжках, «капитан Дудорга». Максим занимался велосипедным спортом, участвовал в велопробегах клуба «ВелоБрест» и даже подрабатывал водителем, возя попутчиков по маршруту Минск — Брест — Лунинец.
 Непонятно, работал ли Дудорга в спецназе до сих пор, или уже уволился.</t>
   </si>
   <si>
     <t>Решение суда 21.10.2025: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 09.01.2026: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-09-25 19:23:04</t>
   </si>
   <si>
     <t>Вадим Игоревич Рушкевич</t>
   </si>
   <si>
     <t>11 марта 1974</t>
   </si>
   <si>
     <t>Мужчине 50 лет. Он был учредителем или директором нескольких организаций, занимавшихся импортом компьютеров и комплектующих к ним. В последнее время был заместителем директора по коммерческим вопросам компании «Авард сервис» и директором компании «СанРан».
 Неизвестно точно, когда его задержали, но более полугода назад. КГБ включил Рушкевича в список участников «экстремистского формирования Триэлит» как и бизнесмена Владимира Балабановича, которого судят за призывы к санкциям.
 Вероятно, чат вскрыли из-за кого-то из задержанных.</t>
   </si>
   <si>
     <t>Решение суда 23.05.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 13.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-07 16:47:33</t>
+  </si>
+  <si>
+    <t>Алексей Павлович Гамеза</t>
+  </si>
+  <si>
+    <t>12 марта 1985</t>
+  </si>
+  <si>
+    <t>Алексей, директор строительной фирмы, был задержан в октябре 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы и штрафу.
+В июне 2023 года ему ужесточили наказание и перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 28.09.2022: 14 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения. Суд по смене режима 15.06.2023: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-10-13 14:50:29</t>
+  </si>
+  <si>
+    <t>Никита Сергеевич Кунтыш</t>
+  </si>
+  <si>
+    <t>12 марта 2002</t>
+  </si>
+  <si>
+    <t>Был задержан 9 ноября по подозрению по уголовному делу о групповых действиях, грубо нарушающих общественный порядок.
+Также молодого человека обвинили в получении из-за границы телескопических дубинок, электрошокеров и других средств.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в исправительной колонии строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-12-06 21:19:03</t>
+  </si>
+  <si>
+    <t>Сергей Александрович Зинич</t>
+  </si>
+  <si>
+    <t>12 марта 1994</t>
+  </si>
+  <si>
+    <t>Сергей был осуждён летом 2024 года за «клевету в отношении Лукашенко» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.07.2024: 4 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 20.08.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-07-08 23:49:21</t>
   </si>
   <si>
     <t>Анна Владимировна Стражевич</t>
   </si>
   <si>
     <t>12 марта 1965</t>
   </si>
   <si>
     <t>Анна была задержана 18 декабря 2023 года. По истечении 72 часов она так и не была освобождена. Предварительно, уголовное дело было возбуждено за оскорбление Лукашенко и сотрудника милиции.
 Анну осудили по нескольким уголовным статьям, включая «содействие экстремистской деятельности», назначив ей наказание в виде лишения свободы и крупного штрафа. Судебный процесс проходил в закрытом режиме.
 Предположительно, одним из поводов для преследования стала ее солидарность с политзаключенными — известно, что Анна активно писала им письма.
  </t>
   </si>
   <si>
     <t>Решение суда 05.12.2024: 4 года лишения свободы в колонии в условиях общего режима, 550 базовых величин штрафа. Апелляция 14.03.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-12-22 02:06:21</t>
   </si>
   <si>
-    <t>Никита Сергеевич Кунтыш</t>
-[...14 lines deleted...]
-  <si>
     <t>Вадим Юрьевич Сычугов</t>
   </si>
   <si>
     <t>12 марта 1981</t>
   </si>
   <si>
     <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
   </si>
   <si>
     <t>Решение суда 01.08.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 26.09.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-07-26 14:37:31</t>
-  </si>
-[...50 lines deleted...]
-    <t>2023-08-11 17:48:06</t>
   </si>
   <si>
     <t>Василий Владимирович Ермаков</t>
   </si>
   <si>
     <t>14 марта 1987</t>
   </si>
   <si>
     <t>Экс-сотрудник банка «БелВЭБ». Василия задержали в начале июля 2022 годаПровластные телеграм-каналы утверждали, что его задержали якобы за «слив» личных данных силовиков, учителей и врачей. В «покаяльном» видео Ермаков рассказывал, что участвовал в митингах в Минске и передал информацию о сотрудниках МВД в бот «Черной книги Беларуси», «воспользовавшись служебными полномочиями».
 Василий был сильно избит, даже терял сознание, У него были сломаны ребра. В СИЗО-1 перевели из больницы.
 У него есть 1 ребенок.</t>
   </si>
   <si>
-    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
-[...1 lines deleted...]
-  <si>
     <t>6 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-02-10 16:03:39</t>
+  </si>
+  <si>
+    <t>Алеся Николаевна Веревкина</t>
+  </si>
+  <si>
+    <t>15 марта 1984</t>
+  </si>
+  <si>
+    <t>Суд начался 29.07.2025 и продлился до 20.08.2025 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:07:05</t>
   </si>
   <si>
     <t>Юрий Валерьевич Белько</t>
   </si>
   <si>
     <t>15 марта 1983</t>
   </si>
   <si>
     <t>Был задержан по делу о массовых беспорядках и обвинен в участии в телеграм-каналах "радикального направления".
 В апреле 2022 года Юрия перевели на тюремный режим.</t>
   </si>
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>Решение суда 19.07.2021: 9 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 912 рублей компенсации. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Суд по смене режима 13.04.2022: 3 года тюремного режима. Суд по смене режима 25.06.2025: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 20:59:45</t>
-  </si>
-[...48 lines deleted...]
-    <t>2025-08-07 22:27:20</t>
   </si>
   <si>
     <t>Александр Владимирович Куликов</t>
   </si>
   <si>
     <t>16 марта 1970</t>
   </si>
   <si>
     <t>Основанием для уголовного дела стали комментарии в одном из чатов, признанном силовиками экстремистскими материалами в мае 2021 года.
 Как сообщили знакомые Александра, находящиеся за границей, в мае 2023 года, уже после возбуждения уголовного дела, он выехал в Польшу, где пробыл около месяца. Затем ему позвонила престарелая мать, которая сообщила, что ей звонил следователь и угрожал розыском сына. Было обещано, что если Куликов вернется, то ему будет избрана мера наказания, не связанная с лишением свободы.
 Через какое-то время Куликов решил вернуться в Беларусь и был задержан. На связь он перестал выходить во время пересечения границы. На него составили еще один протокол об административном нарушении (ст. 19.11 КоАП) и возбудили уголовное дело. Суд Ленинского района Могилева 13 июля 2023 года признал могилевчанина виновным и приговорил к трем годам лишения свободы с направлением в колонию в условиях общего режима.
 В декабре 2023 года стало известно, что Куликова собираются судить снова. На этот раз его обвиняют по трём статьям: участие в экстремистском формировании (ст. 361 прим. 1 ч. 3), участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте (ст. 361 прим. 3 ч. 1) и прохождение обучения или иной подготовки для участия в экстремистской деятельности (ст. 361 прим. 5). 22 декабря пресс-служба Могоблсуда сообщила, что 20 декабря Куликова приговорили к 4 годам лишения свободы. В совокупности с предыдущим наказанием, общий срок лишения свободы для мужчины составит 4 года и 6 месяцев лишения свободы в условиях общего режима. 
 На БТ 12 декабря вышел пропагандистский фильм о Куликове, который рассказывает о своей попытке присоединиться к полку Кастуся Калиновского и о прохождении военной подготовки под Киевом.
 В марте 2024 года стало известно, что прокурор опротестовал приговор политзаключенному могилевчанину Александру Куликову, осужденному к четырем с половиной годам колонии. Согласно решению суда, ему прибавили к сроку полтора года.
 01.07.2024 состоялся суд по замене Александру режима и он принял решение перевести политзаключенного на тюремный режим.</t>
   </si>
   <si>
     <t>Решение суда 13.07.2023: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 10.10.2023: неизвестно. Решение суда 22.12.2023: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 16.02.2024: приговор оставлен без изменения. Протест прокурора дата неизвестна: 6 лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 01.07.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2023-07-07 15:22:28</t>
   </si>
   <si>
+    <t>Анастасия Сергеевна Горчакова</t>
+  </si>
+  <si>
+    <t>16 марта 1982</t>
+  </si>
+  <si>
+    <t>Проходила по "делу дворовых чатов".</t>
+  </si>
+  <si>
+    <t>Решение суда 24.07.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-07 22:27:20</t>
+  </si>
+  <si>
+    <t>Егор Павлович Ленкевич</t>
+  </si>
+  <si>
+    <t>16 марта 2001</t>
+  </si>
+  <si>
+    <t>Осужден за участие в акциях протеста.
+С 16 сентября 2023 Егор переведен на тюремный режим. Там политзаключенный должен отбыть 2 года.
+31 июля 2025 года Егор был осужден по ст. 411 Уголовного кодекса за "злостное неповиновение требованиям администрации исправительного учреждения, исполняющего наказание в виде лишения свободы" ещё к 10 месяцам и 14 дням лишения свободы.</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 12.03.2022: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 05.09.2023: 2 года тюремного режима. Решение суда 31.07.2025: 10 месяцев 14 дней лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-03-18 18:44:06</t>
+  </si>
+  <si>
     <t>Иван Николаевич Кочанов</t>
   </si>
   <si>
     <t>17 марта 1989</t>
   </si>
   <si>
     <t>Последнее время Иван работал в компании «Белэнерго». Его работа — установка и настройка оптоволоконных сетей и коммуникаций.
 Иван  очень активный телеграм-комментатор. С 2019 по 2025 годы он оставил в открытых чатах более 50 тысяч сообщений. Большая их часть не касается политики— он обсуждал технологии, давал профессиональные советы по монтажу и инструментам для сетей. Но писал он и про политику. Кочанов поддержал движение за свободные выборы и осудил вторжение России в Украину. При этом он критиковал Европу и НАТО, выступал против преследования белорусов за границей и против репрессий, а также против репрессий за русский язык в Украине, так как это «разжигает агрессию».
 Осужден за комментарии в чате, признаном экстремистским и за участие в протестах 2020 году. Через две недели после этапа в колонию на Ивана завели второе уголовное дело по чату " Беларусский Гаюн" и снова перевели в СИЗО,</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях усиленного режима. Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2025-06-23 12:42:50</t>
   </si>
   <si>
     <t>Кирилл Вячеславович Позняк</t>
   </si>
   <si>
     <t>17 марта 1977</t>
   </si>
   <si>
     <t>Журналист Кирилл Позняк был задержан 4 сентября, в день признания “экстремистским формированием“ ютуб-канала “Платформа 375“. В 2021—2022 годах канал провел несколько дебатов между провластными пропагандистами и их вынужденно уехавшими из страны оппонентами. Одним из ведущих дебатов был Кирилл Позняк. Во вступительном слове он заявил, что дебаты нужны для создания “диалоговой площадки, чтобы оппоненты могли хотя бы услышать друг друга“, а также чтобы “повышался уровень и культура дебатов, дискуссий“, а спорящие стороны получили возможность “вещать не только на свою аудиторию, а также на аудиторию не определившихся и на публику оппонентов“.
 В “Перечень организаций, формирований, индивидуальных предпринимателей, причастных к экстремистской деятельности“ канал, а также его аккаунты в “ТикТоке“ включены 11 сентября.</t>
   </si>
   <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
     <t>2025-09-13 11:24:16</t>
+  </si>
+  <si>
+    <t>Ирина Владимировна Лебедь</t>
+  </si>
+  <si>
+    <t>17 марта 1983</t>
+  </si>
+  <si>
+    <t>Известно, что сотрудники ГУБОПиКа расследуют дело в отношении лиц, которые якобы были причастны к телеграм-чату «партизаны Новогрудка». Против них заведены уголовные дела по статье экстремизм. Из всех, кого допрашивали по делу, берут подписку о неразглашении.
+СМИ сообщают, что по меньшей мере шестеро человек среди тех, кого силовики задержали 15 дней назад, не вышли после отбытия административного ареста, в том числе Ирина.
+У Ирины проблемы с позвоночником : множественные грыжи и другие образования, необходима операция.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:58:10</t>
   </si>
   <si>
     <t>Дмитрий Викторович Басько</t>
   </si>
   <si>
     <t>18 марта 1965</t>
   </si>
   <si>
     <t>Известно, что Дмитрий до задержания жил в Минске, работал программистом. Также он периодически преподавал программирование в БГУ на факультете прикладной математики и информатики. Перед самым своим задержанием Дмитрий нигде не работал, так как для университета он стал "неблагонадежным", а многие ИТ-компании ушли из Беларуси, поэтому ему с его высокой квалификацией работы не было. Уезжать он не хотел, потому что на тот момент ухаживал за пожилой матерью. Во время следствия над Дмитрием ее не стало.</t>
   </si>
   <si>
     <t>Решение суда 15.05.2025: 9 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-08-23 11:45:35</t>
   </si>
   <si>
     <t>Виталий Николаевич Папроцкий</t>
   </si>
   <si>
     <t>18 марта 1970</t>
   </si>
   <si>
     <t>Он начинал в 1999 году как следователь в милиции Жодино. Известно, что он дорос до подполковника юстиции. До весны 2014 года Виталий работал начальником Смолевичского районного отдела Следственного комитета. 
 В 2020 году он и еще 4 бывших сотрудника Жодинского ГОВД записали обращение к коллегам, которые во время протестов работали в жодинской милиции, и ко всем работникам правоохранительных органов Беларуси. Папроцкий говорит в обращении, что всю жизнь служил народу. Виталий рассказывает, что те, кто вступался за людей, были репрессированы, он предлагает «опомниться и задуматься». Папроцкий говорит, что поддерживает тех, кто работает по закону.
 По сообщению СМИ, все пятеро были задержаны в начале февраля 2024 года.</t>
   </si>
   <si>
     <t>Решение суда 03.03.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-01-06 15:23:48</t>
   </si>
   <si>
     <t>Вячеслав Геннадьевич Крюк</t>
   </si>
   <si>
     <t>18 марта 1981</t>
   </si>
   <si>
     <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
   </si>
   <si>
     <t>2025-12-08 14:42:32</t>
   </si>
   <si>
-    <t>Дмитрий Игоревич Свичкарёв</t>
-[...12 lines deleted...]
-    <t>2023-09-22 00:07:08</t>
+    <t>Михаил Михайлович Лазько</t>
+  </si>
+  <si>
+    <t>19 марта 1986</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2024-07-31 14:36:53</t>
   </si>
   <si>
     <t>Алексей Игоревич Комаровский</t>
   </si>
   <si>
     <t>19 марта 1984</t>
   </si>
   <si>
     <t>10 августа 2020 года во время акций протеста Алексей ехал в своём автомобиле по Минску в районе «Белай Вежы». На перекрёстке мужчина увидел омоновцев, которые, ища протестующих, начали брутально задерживать водителей автомобилей: стрелять и бить в машинах стёкла. Алексей, не ожидая своего задержания, поехал вперёд, где как раз проезжали сотрудники ГАИ. Не заметив служебную машину, Алексей перестроился в её ряд. На момент совершения манёвра машина ГАИ уже остановилась, и мужчина поехал дальше по своим делам. В этом действии суд увидел вмешательство в деятельность сотрудника органа внутренних дел (ст. 365 УК).
 В то же время и в том же месте якобы находился сотрудник ГАИ Мосенза, в конце декабря 2022 года давший показания, якобы Алексей хотел тогда его сбить. За это мужчине поставили в вину ст. 364 УК и взяли под стражу.
 У Алексея трое детей , одна из них несовершеннолетняя дочка 5-ти лет.</t>
   </si>
   <si>
     <t>Решение суда 17.02.2023: 4 года лишения свободы в колонии в условиях строгого режима, 3000 рублей компенсации. Апелляция 02.05.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-03-21 20:25:58</t>
   </si>
   <si>
-    <t>Михаил Михайлович Лазько</t>
-[...20 lines deleted...]
-    <t>Решение суда 03.11.2025: 2 года 9 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Илья Леонидович Ходос</t>
+  </si>
+  <si>
+    <t>19 марта 1980</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 9 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-09-17 16:53:13</t>
   </si>
   <si>
-    <t>Игорь Иванович Хиневич</t>
-[...32 lines deleted...]
-    <t>2021-02-27 01:43:23</t>
+    <t>Дмитрий Игоревич Свичкарёв</t>
+  </si>
+  <si>
+    <t>19 марта 1988</t>
+  </si>
+  <si>
+    <t> Сотрудник Epam. Задержан за донаты. На момент задержания дочери Дмитрия было 9 месяцев.
+06.02.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения своободы в колонии усиленного режима</t>
+  </si>
+  <si>
+    <t>2023-09-22 00:07:08</t>
   </si>
   <si>
     <t>Александр Анатольевич Петушков</t>
   </si>
   <si>
     <t>20 марта 1988</t>
   </si>
   <si>
     <t>Впервые Александра Петушкова задержали в январе 2022 года, после чего провластные Telegram-каналы выложили «покаяльное» видео с ним. Причиной задержания стали его комментарии о событиях в Казахстане.
 Второй раз Александр был задержан в апреле 2022 года. Причиной для возбуждения уголовного дела стали репосты и комментарии с призывами о забастовке, остановке работы предприятий, о возобновлении протестов. Звучали у него и предложения снять погоны силовикам и генералам. По отношению к Лукашенко он использовал слова «узурпатор» и «нелигитимный».</t>
   </si>
   <si>
     <t>7,5 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-07-22 18:12:13</t>
   </si>
   <si>
+    <t>Игорь Иванович Хиневич</t>
+  </si>
+  <si>
+    <t>20 марта 1972</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:29:17</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Апанович</t>
+  </si>
+  <si>
+    <t>20 марта 1981</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-20 11:28:14</t>
+  </si>
+  <si>
     <t>Андрей Юрьевич Ситников</t>
   </si>
   <si>
     <t>20 марта 1965</t>
   </si>
   <si>
     <t>Решение суда 31.10.2024: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 20.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:06:24</t>
   </si>
   <si>
-    <t>Евгений Вячеславович Миленкевич</t>
-[...14 lines deleted...]
-    <t>2024-11-02 16:24:01</t>
+    <t>Сергей Фёдорович Леженко</t>
+  </si>
+  <si>
+    <t>20 марта 1993</t>
+  </si>
+  <si>
+    <t>Сергей был задержан в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:43:23</t>
+  </si>
+  <si>
+    <t>Игорь Дмитриевич Дегтяренок</t>
+  </si>
+  <si>
+    <t>20 марта 1995</t>
+  </si>
+  <si>
+    <t>2026-03-01 22:37:48</t>
   </si>
   <si>
     <t>Кирилл Владимирович Матюто</t>
   </si>
   <si>
     <t>21 марта 1991</t>
   </si>
   <si>
     <t>20.06.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 13.04.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 20.06.2023: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2023-03-22 17:00:38</t>
   </si>
   <si>
     <t>Илья Дитович Теличенко</t>
   </si>
   <si>
     <t>21 марта 1982</t>
   </si>
   <si>
     <t>Вероятнее всего до суда находился под стражей.
 26.01.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>неизвестно</t>
   </si>
   <si>
     <t>2024-01-25 18:30:24</t>
   </si>
   <si>
+    <t>Евгений Вячеславович Миленкевич</t>
+  </si>
+  <si>
+    <t>21 марта 1996</t>
+  </si>
+  <si>
+    <t>Евгений был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-49,  г.Шклов, ул.Молодежная 2б, 213002</t>
+  </si>
+  <si>
+    <t>Решение суда 13.11.2024: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 09.01.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:24:01</t>
+  </si>
+  <si>
+    <t>Олег Анатольевич Молчанов</t>
+  </si>
+  <si>
+    <t>22 марта 1970</t>
+  </si>
+  <si>
+    <t>Задержан за поджог 28 февраля 2022 года на станции «Жердь-Останковичи» релейного шкафа сигнализации, централизации и блокирования (СЦБ), в результате чего светофоры и стрелочные переводы на этом участке были приведены в нерабочее состояние. Перегон Останковичи — Жердь находится на линии Жлобин — Калинковичи, которая затем продолжается на Овруч (Житомирская область Украины).</t>
+  </si>
+  <si>
+    <t>Решение суда 27.12.2022: 21 год лишения свободы в колонии в условиях усиленного режима. Апелляция 30.03.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-04-21 18:57:59</t>
+  </si>
+  <si>
+    <t>Александр Иванович Мазур</t>
+  </si>
+  <si>
+    <t>22 марта 1974</t>
+  </si>
+  <si>
+    <t> Был задержан в ноябре 2024 года в Жодино. 
+В это же время признали "экстремистскими материалами" сайт инициативы "письмо.бел", а также страницы ее в соцсетях. Еще через месяц КГБ признал инициативу "экстремистским формированием". По данным ведомства, Александр Мазур, а также Павел Коренюхин и Александр Лыкшин имеют отношение к "письмо.бел". Сейчас мужчины находятся в СТ-8, их обвиняют по ст. 361-1 Уголовного кодекса (Создание экстремистского формирования или участие в нем).</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-29 21:52:50</t>
+  </si>
+  <si>
     <t>Виктор Викторович Еременко</t>
   </si>
   <si>
     <t>22 марта 1981</t>
   </si>
   <si>
     <t>Обстоятельства дела, кроме приговора, пока правозащитникам неизвестны.
 Обвиняемый Ерёменко признан виновным в умышленных действиях, направленных на возбуждение национальной и иной социальной вражды по примете национальной и другой социальной принадлежности. Он же признан виновным в заведомом поставлении иного лица в опасность заражения вирусом иммунодефицита человека (ВИЧ) .</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2023-05-18 09:15:40</t>
   </si>
   <si>
-    <t>Олег Анатольевич Молчанов</t>
-[...62 lines deleted...]
-    <t>2025-01-06 14:21:32</t>
+    <t>Андрей Владимирович Приходько</t>
+  </si>
+  <si>
+    <t>23 марта 1988</t>
+  </si>
+  <si>
+    <t>Решение суда 21.11.2024: неизвестно. Апелляция 07.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:12:38</t>
   </si>
   <si>
     <t>Матвей Викторович Оверчук</t>
   </si>
   <si>
     <t>23 марта 1994</t>
   </si>
   <si>
     <t xml:space="preserve">Братьев Оверчуков задержали в начале июня. Об этом сообщили провластные телеграм-каналы. На покаянном видео мужчины говорят, что 10 августа 2020-го года находились в Бресте на акции протеста.
 Матвей занимается ремонтом автомобилей.
 Также по этому делу проходят Олег Литвинчук и Алевтина Гудкова.
 </t>
   </si>
   <si>
     <t>Решение суда 08.08.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-25 18:07:49</t>
   </si>
   <si>
-    <t>Андрей Владимирович Приходько</t>
-[...10 lines deleted...]
-  <si>
     <t>Андрей Владимирович Бремшмидт</t>
   </si>
   <si>
     <t>23 марта 1985</t>
   </si>
   <si>
     <t>Был местным депутатом в Заславле, где зарегистрирована его фирма. Бремшмидт даже был в избирательной комиссии на парламентских выборах в 2019-м. Известно, что в конце мая 2023-го мужчина ездил в Литву. В чатах он писал, за какое время прошёл границу и что скоро собирается возвращаться в Беларусь. Один из организаторов “VIVA Ровар” в г. Заславль. 
 29.04.2024 была рассмотрена апелляционная жалоба ( предположительно срок был сокращен с 10 лет лишения свободы , назначенных судом первой инстанции,  до 6.5 лет лишения), приговор вступил в силу.</t>
   </si>
   <si>
     <t>6,5 лет лишения свободы в колонии общего режима</t>
   </si>
   <si>
     <t>2024-02-12 19:12:28</t>
+  </si>
+  <si>
+    <t>Андрей Вячеславович Будай</t>
+  </si>
+  <si>
+    <t>23 марта 1978</t>
+  </si>
+  <si>
+    <t>Андрей, строитель-отделочник, был задержан в июле 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы и штрафу.
+В сентябре 2024 года Андрея вновь осудили по статье о «злостном неповиновении требованиям администрации исправительного учреждения». Эта статья часто применяется к заключённым, отказывающимся от сотрудничества с администрацией, и предусматривает наказание за надуманные нарушения. В результате его общий срок заключения увеличился до 17 лет.
+На свободе Андрея ждут трое детей и супруга, у которой серьёзные проблемы со здоровьем.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.09.2022: 15 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения. Решение суда 24.09.2024: 2 года лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2021-08-12 20:00:28</t>
+  </si>
+  <si>
+    <t>Олег Игоревич Зубович</t>
+  </si>
+  <si>
+    <t>24 марта 1996</t>
+  </si>
+  <si>
+    <t>Бывший участковый, лейтенант. Уволился т. к. не мог смотреть на всё происходящее, после устроился охранником. Был сильно избит при задержании. Бывшие коллеги пришли на суд как потерпевшие и отзывались хорошо об Олеге, но тем не менее взыскали моральную компенсацию. Дома Олега осталась ждать одна мама.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.12.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 31.03.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-12-13 15:22:04</t>
+  </si>
+  <si>
+    <t>Аркадий Андреевич Койчуренко</t>
+  </si>
+  <si>
+    <t>24 марта 1974</t>
+  </si>
+  <si>
+    <t>вернулся домой из-за границы, и был взят под стражу в конце сентября-начале октября 2024 года. Он приехал домой поменять паспорт. Его обвинили в "умышленных действиях, направленых на возбуждение национальной, религиозной и иной социальной вражды и розни" , в "распространении материалов, содержащих публичные призывы к захвату государственной власти, ..., совершению иных действий, направленных на причинение вреда национальной безопасности РБ"  и в "оскорблении представителя власти" и также "оскорблении Лукашенко" .
+В итоге Аркадия осудили кпяти годам лишения свободы в колонии усиленного режима и штрафу в 500 базовых величин. Также ему предстоит выплатить "компенсацию морального вреда" в размере 5.000 рублей в пользу Швеца Андрея Ивановича.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.10.2025: 5 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-07-30 10:31:41</t>
+  </si>
+  <si>
+    <t>Илья Валерьевич Трубин</t>
+  </si>
+  <si>
+    <t>24 марта 1987</t>
+  </si>
+  <si>
+    <t>Известно, что являлся сотрудником КГБ. Но в 2011 году уволился.
+Согласно материалам следствия, 34-летний житель Борисова совершил поджоги двух порталов системы сбора платы за проезд по дорогам «БелТолл» в Борисовском районе.</t>
+  </si>
+  <si>
+    <t>16 лет лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>2022-04-15 23:43:24</t>
   </si>
   <si>
     <t>Никита Владимирович Емельянов</t>
   </si>
   <si>
     <t>24 марта 2000</t>
   </si>
   <si>
     <t>Никита был задержан в октябре 2019 года и осужден за атаки на здания СИЗО-1 и Мингорсудя в Минске в знак солидарности с политзаключёнными. Изначально ему назначили 7 лет лишения свободы, но после апелляции срок был сокращён до 4 лет. В мае 2020 года Никиту перевели на тюремный режим.
 В марте 2022 года его повторно осудили за «злостное неповиновение требованиям администрации исправительного учреждения» — обвинение, часто применяемое к заключённым, отказавшимся сотрудничать с тюремной администрацией. В марте 2023 года его снова перевели на тюремный режим.
 На протяжении всего заключения к Никите постоянно применяется давление. Он часто попадает в ШИЗО, где содержится в изоляции на протяжении десятков дней. Его лишают свиданий с родными, ограничивают переписку и изымают личные вещи. В ответ на тяжёлые условия содержания Никита протестует голодовками и отказом от выполнения требований администрации. Он также регулярно подвергается взысканиям за мелкие нарушения, такие как отказ убирать дворик или за межкамерную связь.
 За три месяца до освобождения, в феврале 2025 года, в отношении Никиты прошло очередное судебное заседание по статье о «злостном неповиновении требованиям администрации исправительного учреждения», по итогам которого его приговорили к ещё одному году лишения свободы.
 К декабрю 2024 года Никита суммарно провел в ШИЗО 568 суток, из них 2 месяца непрерывной изоляции. 
 На начало декабря 2025 года Никита провел 648 суток в ШИЗО.</t>
   </si>
   <si>
     <t>Решение суда 12.02.2020: 7 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 330 рублей компенсации. Апелляция 27.03.2020: 4 года лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 29.05.2020: 2 года тюремного режима. Решение суда 11.03.2022: 2 года лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 22.03.2023: 2 года 4 месяца тюремного режима. Решение суда 03.02.2025: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 03.04.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 16:59:41</t>
   </si>
   <si>
-    <t>Олег Игоревич Зубович</t>
-[...45 lines deleted...]
-  <si>
     <t>Владимир Иванович Книга</t>
   </si>
   <si>
     <t>25 марта 1981</t>
   </si>
   <si>
     <t>Владимир, бывший силовик и волонтер команды кандидата в президенты Светланы Тихановской, был арестован 4 июня 2020 года и осужден в июне 2021 года по «делу Тихановского». Уголовное дело было возбуждено после пикета, состоявшегося 29 мая 2020 года в Гродно, где были задержаны Сергей Тихановский и его сторонники.
 В 2022 году Владимир был переведен на тюремный режим.
 В июле 2023 года он был повторно осужден — за «злостное неповиновение требованиям администрации колонии».
 С сентября 2023 года Владимира удерживают в режиме инкоммуникадо, его поместили в помещение камерного типа (ПКТ), ему регулярно выписывают новые дисциплинарные нарушения. Его также лишили передач, свиданий и телефонных звонков.
 В феврале 2025 года состоялся третий суд по статье «злостное неповиновение требованиям администрации колонии». По данной статье судят заключенных, отказывающихся от сотрудничества с администрацией, на основании предполагаемых нарушений. В результате его общий срок лишения свободы составил 6 лет.</t>
   </si>
   <si>
     <t>Решение суда 02.06.2021: 4 года лишения свободы в колонии в условиях строгого режима, 2000 рублей компенсации. Апелляция 10.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 2 года тюремного режима. Решение суда 21.07.2023: 1 год лишения свободы в колонии в условиях усиленного режима. Решение суда 05.02.2025: 1 год лишения свободы в колонии в условиях усиленного режима. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:58:20</t>
   </si>
   <si>
     <t>Андрей Анатольевич Лопатин</t>
   </si>
   <si>
     <t>25 марта 1977</t>
   </si>
   <si>
     <t>Задержали в первых числах мая 2023 года, когда он приехал сделать передачу своему брату Максиму Лопатину, задержанному по делу Мачулищ. До этого мужчина жил в Литве. Его задержали по тому же делу диверсии в Мачулищах и обвинили по ст. 289 Уголовного кодекса. Позже статью переквалифицировали на 361-2 УК (финансирование экстремистской деятельности).
 На суде Андрей вину не признал.
 05.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 19.04.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 05.07.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-09-06 20:24:56</t>
   </si>
   <si>
+    <t>Антон Александрович Сташевский</t>
+  </si>
+  <si>
+    <t>26 марта 1980</t>
+  </si>
+  <si>
+    <t>Антон, волонтёр фонда «Страна для жизни» и поискового отряда «Ангел», был задержан 9 июля 2021 года в рамках «операции КГБ по зачистке от радикально настроенных лиц» и помещён в СИЗО по обвинению в финансировании деятельности экстремистского формирования.
+В октябре 2022 года ему предъявили обвинение в «заговоре с целью захвата государственной власти неконституционным путём», а в ноябре того же года Антон был приговорён к лишению свободы в колонии строгого режима.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.11.2022: 8 лет лишения свободы в колонии в условиях строгого режима. Апелляция 10.02.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-07-13 13:41:01</t>
+  </si>
+  <si>
     <t>Ольга Валерьяновна Матусевич</t>
   </si>
   <si>
-    <t>26 марта 1971</t>
+    <t>26 марта 1973</t>
   </si>
   <si>
     <t>О ней известно, что окончила БГЭУ в 1994 году, замужем. </t>
   </si>
   <si>
     <t>2025-08-25 10:09:10</t>
   </si>
   <si>
     <t>Максим Валерьевич Беленович</t>
   </si>
   <si>
     <t>26 марта 1984</t>
   </si>
   <si>
     <t>По данным провластных каналов, задержан за регистрацию в плане «Перамога».
 Инструктор по вождению ДОСААФ.</t>
   </si>
   <si>
     <t>Решение суда 26.12.2022: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 10.03.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-04-01 17:11:55</t>
-  </si>
-[...29 lines deleted...]
-    <t>2022-03-11 01:16:18</t>
   </si>
   <si>
     <t>Александр Михайлович Мазурин</t>
   </si>
   <si>
     <t>27 марта 1981</t>
   </si>
   <si>
     <t>Скорее всего был задержан в начале декабря 2024 года.
 Александр отучился в Академии МВД и пошел работать в милицию. Дослужился до дежурного инспектора ГУВД Мингорисполкома и звания капитана. В 2012-м был уволен из милиции.
 В 2013-м Мазурин устроился начальником отдела охраны в деревообрабатывающее предприятие «Интердорс». На предприятии работает более 150 человек.
 Также Александр имеет статус ИП, сфера деятельности которого — разработка программного обеспечения и консультирование в этой области.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-06-16 23:35:43</t>
   </si>
   <si>
     <t>Вячеслав Александрович Малейчук</t>
   </si>
   <si>
     <t>27 марта 1985</t>
   </si>
   <si>
     <t>Обвиняется в подготовке террактов в Чижовке и в войсковой части в Печах накануне Дня Воли в 2021 году.
 Действия, которые силовики ему приписывают, стали основанием для включения Светланы Тихановской, Павла Латушко, Антона Мотолько и участников инициативы бывших силовиков в список террористов и заведения в их отношении уголовного дела за подготовку акта терроризма.
 Против Вячеслава было возбуждено дело за "злостное неповиновение требованиям администрации колонии" по ст. 411 УК. 10 февраля 2023 г. состоялся суд. Назначили год лишения свободы.
 Вячеслава судили 23.08.2023 года по ч. 2 ст. 411 УК в Горках и назначили к общему сроку еще два года лишения свободы , по совокупности наказаний неотбытой части на момент суда (20 лет и 5 месяцев) и нового наказания (2 года) ему осталось отбыть с момента третьего суда еще 22 года 5 месяцев.
 7 августа мозырский судья Анатолий Стрельченко будет проводить очередной суд по ст.411 над Вячеславом.</t>
   </si>
   <si>
     <t>По сумме 3-х приговоров с момента задержания Вячеславу присудили 25 лет с отбыванием в исправительной колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2022-04-28 14:11:36</t>
   </si>
   <si>
+    <t>Сергей Геннадьевич Коновалов</t>
+  </si>
+  <si>
+    <t>27 марта 1972</t>
+  </si>
+  <si>
+    <t>Задержан за акцию на железной дороге.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.09.2022: 15 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 03.01.2023: приговор оставлен без изменения. Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:16:18</t>
+  </si>
+  <si>
+    <t>Юрий Павлович Юреня</t>
+  </si>
+  <si>
+    <t>27 марта 1965</t>
+  </si>
+  <si>
+    <t>Задержан вместе с сыном за донаты. Как сообщает официальное ведомство, мужчину осудили за более чем 100 денежных переводов на общую сумму 1885 $. Переводы делались с 7 августа 2020 до 24 марта 2021.
+Это посчитали "финансированием деятельности экстремистского формирования" (хотя, скорее всего, на тот момент инициативы не были никакими "экстремистскими формированиями").
+02.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2023-11-05 15:33:05</t>
+  </si>
+  <si>
     <t>Андрей Андреевич Степурко</t>
   </si>
   <si>
     <t>27 марта 1990</t>
   </si>
   <si>
     <t>Андрею Степурко 33 года. Мужчина окончил радиотехнический колледж, а затем Международный университет «МИТСО». Работал инженером-программистом в поликлинике, сборщиком компьютеров, оператором ЭВМ, продавцом-консультантом. Известно, что он увлекается практической стрельбой, занимался лазертагом и другими видами стрелковых игр.
 Насколько известно, мужчина задержан по делу о взрыве самолета в Мачулищах.Он якобы нашел квартиру для предполагаемого исполнителя диверсии в Мачулищах Николая Швеца.
 Задержаны также родители Степурко и его брат. </t>
   </si>
   <si>
     <t>Решение суда 03.10.2024: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-04-07 15:14:21</t>
   </si>
   <si>
-    <t>Юрий Павлович Юреня</t>
-[...13 lines deleted...]
-    <t>2023-11-05 15:33:05</t>
+    <t>Сергей Павлович Кабурнеев</t>
+  </si>
+  <si>
+    <t>28 марта 1970</t>
+  </si>
+  <si>
+    <t>Решение суда 25.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 29.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-10 14:38:27</t>
   </si>
   <si>
     <t>Анна Сергеевна Кмит</t>
   </si>
   <si>
     <t>28 марта 1986</t>
   </si>
   <si>
     <t>Была задержана вместе со своим мужем Андреем Селяниновым 31 октября 2024 года и помещена под стражу за "активное участие в групповых действиях, грубо нарушающих общественный порядок".</t>
   </si>
   <si>
     <t>Решение суда 08.07.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-11 18:40:30</t>
-  </si>
-[...43 lines deleted...]
-    <t>2022-11-13 23:48:09</t>
   </si>
   <si>
     <t>Елена Ивановна Деменчук</t>
   </si>
   <si>
     <t>29 марта 1974</t>
   </si>
   <si>
     <t>Алёну обвиняют в финансировании экстремистской деятельности по результатам широкомасштабных задержаний в ходе преследования властями за поддержку политзаключенных и их семей социальным проектом продуктовой помощи INeedHelpBy. 
 Мама бывшей политзаключенной Марины Глазовой.
 27.08.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 26.06.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-19 01:02:19</t>
   </si>
   <si>
+    <t>Александр Владимирович Тарасевич</t>
+  </si>
+  <si>
+    <t>29 марта 1989</t>
+  </si>
+  <si>
+    <t>Александр был задержан и осужден за «участие в групповых действиях, грубо нарушающих общественный порядок» в рамках уголовного дела, возбужденного после августовских акций протеста 2020 года против итогов президентских выборов.
+Согласно версии обвинения, в ночь с 9 на 10 августа 2020 года Александр, «находясь на проезжей части и действуя в группе лиц, выкрикивал лозунги, демонстрировал бело-красно-белые полотна, умышленно препятствовал движению транспорта и работе организаций, чем принял активное участие в групповых действиях, грубо нарушающих общественный порядок и сопровождавшихся неповиновением законным требованиям представителей власти».</t>
+  </si>
+  <si>
+    <t>Решение суда 14.08.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 22.10.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-08-01 15:04:38</t>
+  </si>
+  <si>
+    <t>Дмитрий Викторович Медвецкий</t>
+  </si>
+  <si>
+    <t>29 марта 1988</t>
+  </si>
+  <si>
+    <t>В 2020 году состоял в чате “Лида 97%”, где активно писал сообщения. Также писал о своих действиях в плане "Перамога" - сказал об этом в видео на провластных телеграм-каналах. По версии силовиков призывал к забастовкам, протестам, а также устраивать диверсии на железной дороге. 
+В провластных телеграм-каналах сообщается,что на Дмитрия возбуждены уголовные дела за умышленное приведение в негодность путей сообщения и организацию групповых действий, грубо нарушающих общественный порядок.</t>
+  </si>
+  <si>
+    <t>3 года лишения свободы в колонии общего режима.
+В результате апелляционного суда удалось сократить срока с 3 лет, до 2.5 лет.</t>
+  </si>
+  <si>
+    <t>2022-11-13 23:48:09</t>
+  </si>
+  <si>
+    <t>Владимир Рахмедович Джораев</t>
+  </si>
+  <si>
+    <t>30 марта 1971</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:08:02</t>
+  </si>
+  <si>
     <t>Петр Брониславовича Бутько</t>
   </si>
   <si>
     <t>30 марта 1977</t>
   </si>
   <si>
     <t>Экс-милиционер. По версии обвинения, 27 мая Бутько, который после увольнения из милиции стал директором коммерческой транспортной фирмы, нанес своему сотруднику Андрею Захару «не менее 12 ударов в область головы» кулаками. Потерпевший говорил в суде, что у него «нет претензий» к Бутько.
 В 2017 году Бутько уволился со службы, а в 2020-м — выступил против жестокости силовиков. В мае 2021 года Лукашенко лишил его звания подполковника милиции запаса.
 Привлекался по административным статьям за участие в акциях протеста, что суд принимал во внимание во время назначения наказания. Известно, что в заключении он находится на профучете, как склонный к экстремизму. Правозащитная организация RPF (Respect-Protect-Fulfill) находит в его деле политическую составляющую.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 6 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 17.05.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-04-30 00:41:00</t>
   </si>
   <si>
+    <t>Антон Игоревич Шарупо</t>
+  </si>
+  <si>
+    <t>30 марта 1992</t>
+  </si>
+  <si>
+    <t>Решение суда 26.07.2024: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.09.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-08-01 11:36:50</t>
+  </si>
+  <si>
     <t>Павел Викторович Чихинский</t>
   </si>
   <si>
     <t>30 марта 1978</t>
   </si>
   <si>
     <t>В 2020 году Павел работал старшим следователем в следственном отделе города Минска прокуратуры.
 Он был задержан в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осужден по статьям о «заговоре с целью захвата государственной власти» и «злоупотреблении служебными полномочиями».
 Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
   </si>
   <si>
     <t>Решение суда 21.06.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-01-23 18:24:57</t>
   </si>
   <si>
-    <t>Владимир Рахмедович Джораев</t>
-[...17 lines deleted...]
-    <t>2024-08-01 11:36:50</t>
+    <t>Виталий Васильевич Кушнеревич</t>
+  </si>
+  <si>
+    <t>30 марта 1991</t>
+  </si>
+  <si>
+    <t>ИУОТ-43, 212003, г. Могилев, ул. Челюскинцев, 76А</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет ограничения свободы с направлением в учреждение открытого типа, 700 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2026-01-12 18:30:28</t>
+  </si>
+  <si>
+    <t>Сергей Сергеевич Лысенко</t>
+  </si>
+  <si>
+    <t>31 марта 1983</t>
+  </si>
+  <si>
+    <t>2025-10-17 22:17:21</t>
+  </si>
+  <si>
+    <t>Сергей Викторович Скробот</t>
+  </si>
+  <si>
+    <t>31 марта 1980</t>
+  </si>
+  <si>
+    <t>Осужден за акцию протеста, которая проходила с 10 на 11 августа 2020 года в Березе.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.08.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 18.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:14</t>
+  </si>
+  <si>
+    <t>Кирилл Александрович Худяков</t>
+  </si>
+  <si>
+    <t>31 марта 1996</t>
+  </si>
+  <si>
+    <t> Сотрудник EPAM. Известно, что Кирилл занимался скетчингом (современный вид изобразительного искусства): последние его работы выходили еще осенью, а в январе он поздравлял подписчиков с Новым годом. Был задержан после приезда в РБ из Черногории. Осужден за донаты.
+28.05.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.03.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 28.05.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:11:19</t>
   </si>
   <si>
     <t>Александр Викторович Лыкшин</t>
   </si>
   <si>
     <t>31 марта 1989</t>
   </si>
   <si>
     <t>Александра обвиняют в участии в протестах и что он имел отношение к сервису "Письмо.бел", через который люди могли отправить письма политзаключенным. Вместе с ним был задержан его брат, художник Владимир Лыкшин.
 По предварительной информации от бывших сокамерников, братьев обвиняют по ст. 342 УК РБ.
 18 марта 2024 г. в суде Советского района Минска состоялся суд над братьями, а также женой Александра — Елизаветой. Судья Александр Якунчихин присудил всем по 2,5 года "домашней химии".
 Был снова задержан в конце 2024 г. по ч. 1 ст. 361. До суда удерживался в СТ- 8, затем в СИЗО № 1, апелляцию ожидал в СТ-4.</t>
   </si>
   <si>
     <t>Решение суда 15.03.2024: 2 года 6 месяцев ограничения свободы без направления. Решение суда дата неизвестна: 3 года 7 месяцев лишения свободы в колонии в условиях усиленного режима, 100 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2023-12-25 01:37:31</t>
-  </si>
-[...55 lines deleted...]
-    <t>2024-08-28 13:15:14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1929,51 +1962,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I98"/>
+  <dimension ref="A1:I100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2041,2648 +2074,2694 @@
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
       <c r="I5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
+        <v>94</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
+      <c r="E17" t="s">
+        <v>28</v>
+      </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="I17" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="C18" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I18" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B19" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I19" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C20" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="I20" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B21" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C21" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="I21" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C22" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>13</v>
+      </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
+      <c r="E23" t="s">
+        <v>28</v>
+      </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="I23" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B24" t="s">
-        <v>124</v>
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
+      <c r="H24" t="s">
+        <v>130</v>
+      </c>
       <c r="I24" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B25" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>134</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="I25" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B26" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C26" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I26" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B27" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C27" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="I27" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B28" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="C29" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="I29" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C30" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E30" t="s">
+        <v>49</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="I30" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B31" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C31" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="D31" t="s">
-        <v>42</v>
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>140</v>
       </c>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="I31" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B32" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C32" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="I32" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="I34" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C35" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="I35" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>183</v>
+        <v>188</v>
+      </c>
+      <c r="C36" t="s">
+        <v>189</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="F36" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="I36" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B37" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C37" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>190</v>
+        <v>28</v>
       </c>
       <c r="F37" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="I37" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="B38" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C38" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>196</v>
+        <v>134</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="I38" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B39" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C39" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E39" t="s">
-        <v>184</v>
+        <v>49</v>
       </c>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="I39" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B40" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="I40" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C41" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>213</v>
+        <v>109</v>
       </c>
       <c r="F41" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B42" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C42" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D42" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E42" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F42" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="I42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B43" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C43" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F43" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D44" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="I44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C45" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E45" t="s">
+        <v>49</v>
       </c>
       <c r="F45" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="I45" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B46" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C46" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>190</v>
+        <v>242</v>
       </c>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I46" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B47" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C47" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>125</v>
+        <v>190</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
+      <c r="H47" t="s">
+        <v>248</v>
+      </c>
       <c r="I47" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C48" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>21</v>
+        <v>253</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I48" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B49" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C49" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="E49" t="s">
+        <v>49</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="I49" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B50" t="s">
-        <v>257</v>
+        <v>261</v>
+      </c>
+      <c r="C50" t="s">
+        <v>262</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>258</v>
+        <v>13</v>
       </c>
       <c r="F50" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
+      <c r="H50" t="s">
+        <v>263</v>
+      </c>
       <c r="I50" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="I51" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B52" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>224</v>
+        <v>272</v>
       </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>272</v>
+        <v>59</v>
       </c>
       <c r="F53" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B54" t="s">
-        <v>276</v>
+        <v>279</v>
+      </c>
+      <c r="C54" t="s">
+        <v>280</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>53</v>
+        <v>242</v>
       </c>
       <c r="F54" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="I54" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B55" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="I55" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B56" t="s">
-        <v>284</v>
+        <v>288</v>
+      </c>
+      <c r="C56" t="s">
+        <v>289</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
         <v>28</v>
       </c>
       <c r="F56" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="I56" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B57" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C57" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="F57" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>83</v>
+        <v>295</v>
       </c>
       <c r="I57" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="B58" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
-      <c r="E58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>294</v>
+        <v>258</v>
       </c>
       <c r="I58" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B59" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>28</v>
+      </c>
       <c r="F59" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="I59" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B60" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="I60" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B61" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C61" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>190</v>
+        <v>28</v>
       </c>
       <c r="F61" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>309</v>
+        <v>95</v>
       </c>
       <c r="I61" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B62" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="C62" t="s">
         <v>313</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>302</v>
+      </c>
+      <c r="I62" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>315</v>
+      </c>
+      <c r="B63" t="s">
+        <v>316</v>
+      </c>
+      <c r="C63" t="s">
         <v>317</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>190</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>318</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>319</v>
-      </c>
-[...13 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>320</v>
+      </c>
+      <c r="B64" t="s">
+        <v>321</v>
+      </c>
+      <c r="C64" t="s">
         <v>322</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
         <v>323</v>
       </c>
-      <c r="C64" t="s">
+      <c r="H64" t="s">
         <v>324</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
         <v>327</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>328</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>330</v>
       </c>
       <c r="I65" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>332</v>
       </c>
       <c r="B66" t="s">
         <v>333</v>
       </c>
       <c r="C66" t="s">
         <v>334</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>224</v>
+        <v>89</v>
       </c>
       <c r="F66" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>335</v>
       </c>
       <c r="I66" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>337</v>
       </c>
       <c r="B67" t="s">
         <v>338</v>
       </c>
       <c r="C67" t="s">
         <v>339</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>340</v>
       </c>
       <c r="I67" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>342</v>
       </c>
       <c r="B68" t="s">
         <v>343</v>
       </c>
       <c r="C68" t="s">
         <v>344</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>345</v>
       </c>
       <c r="I68" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>347</v>
       </c>
       <c r="B69" t="s">
         <v>348</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F69" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>349</v>
       </c>
       <c r="I69" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>351</v>
       </c>
       <c r="B70" t="s">
         <v>352</v>
       </c>
       <c r="C70" t="s">
         <v>353</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>354</v>
       </c>
       <c r="I70" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>356</v>
       </c>
       <c r="B71" t="s">
         <v>357</v>
       </c>
       <c r="C71" t="s">
         <v>358</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>359</v>
       </c>
       <c r="I71" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>361</v>
       </c>
       <c r="B72" t="s">
         <v>362</v>
       </c>
       <c r="C72" t="s">
         <v>363</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>77</v>
+        <v>242</v>
       </c>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>364</v>
       </c>
       <c r="I72" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>366</v>
       </c>
       <c r="B73" t="s">
         <v>367</v>
       </c>
       <c r="C73" t="s">
         <v>368</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>144</v>
+        <v>89</v>
       </c>
       <c r="F73" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
         <v>369</v>
       </c>
       <c r="I73" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>371</v>
       </c>
       <c r="B74" t="s">
         <v>372</v>
       </c>
       <c r="C74" t="s">
         <v>373</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
         <v>374</v>
       </c>
       <c r="I74" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>376</v>
       </c>
       <c r="B75" t="s">
         <v>377</v>
       </c>
       <c r="C75" t="s">
         <v>378</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>190</v>
+        <v>140</v>
       </c>
       <c r="F75" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>379</v>
       </c>
       <c r="I75" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>381</v>
       </c>
       <c r="B76" t="s">
         <v>382</v>
       </c>
       <c r="C76" t="s">
         <v>383</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
+      <c r="E76" t="s">
+        <v>69</v>
+      </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>384</v>
       </c>
       <c r="I76" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>386</v>
       </c>
       <c r="B77" t="s">
         <v>387</v>
       </c>
       <c r="C77" t="s">
         <v>388</v>
       </c>
       <c r="D77" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>258</v>
+        <v>190</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>219</v>
+        <v>389</v>
       </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B78" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C78" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
-      <c r="E78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
         <v>28</v>
       </c>
       <c r="F79" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E80" t="s">
-        <v>144</v>
+        <v>49</v>
       </c>
       <c r="F80" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>221</v>
       </c>
       <c r="I80" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>405</v>
       </c>
       <c r="B81" t="s">
         <v>406</v>
       </c>
       <c r="C81" t="s">
         <v>407</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
+      <c r="E81" t="s">
+        <v>89</v>
+      </c>
       <c r="F81" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
         <v>408</v>
       </c>
       <c r="I81" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>410</v>
       </c>
       <c r="B82" t="s">
         <v>411</v>
       </c>
       <c r="C82" t="s">
         <v>412</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
         <v>413</v>
       </c>
       <c r="I82" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>415</v>
       </c>
       <c r="B83" t="s">
         <v>416</v>
       </c>
       <c r="C83" t="s">
         <v>417</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>77</v>
+        <v>242</v>
       </c>
       <c r="F83" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
         <v>418</v>
       </c>
       <c r="I83" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>420</v>
       </c>
       <c r="B84" t="s">
         <v>421</v>
       </c>
       <c r="C84" t="s">
         <v>422</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
         <v>423</v>
       </c>
       <c r="I84" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>425</v>
       </c>
       <c r="B85" t="s">
         <v>426</v>
       </c>
       <c r="C85" t="s">
         <v>427</v>
       </c>
       <c r="D85" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>258</v>
+        <v>109</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
         <v>428</v>
       </c>
       <c r="I85" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>430</v>
       </c>
       <c r="B86" t="s">
         <v>431</v>
       </c>
+      <c r="C86" t="s">
+        <v>432</v>
+      </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="F86" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I86" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B87" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="C87" t="s">
         <v>436</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
+      <c r="E87" t="s">
+        <v>89</v>
+      </c>
       <c r="F87" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
         <v>437</v>
       </c>
       <c r="I87" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>439</v>
       </c>
       <c r="B88" t="s">
         <v>440</v>
       </c>
       <c r="C88" t="s">
         <v>441</v>
       </c>
       <c r="D88" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E88" t="s">
-        <v>207</v>
+        <v>49</v>
       </c>
       <c r="F88" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>442</v>
       </c>
       <c r="I88" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>444</v>
       </c>
       <c r="B89" t="s">
         <v>445</v>
       </c>
       <c r="C89" t="s">
         <v>446</v>
       </c>
       <c r="D89" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E89" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F89" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
         <v>447</v>
       </c>
       <c r="I89" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>449</v>
       </c>
       <c r="B90" t="s">
         <v>450</v>
       </c>
       <c r="C90" t="s">
         <v>451</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
-      <c r="E90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G90" t="s">
-        <v>314</v>
+        <v>15</v>
       </c>
       <c r="H90" t="s">
         <v>452</v>
       </c>
       <c r="I90" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>454</v>
       </c>
       <c r="B91" t="s">
         <v>455</v>
       </c>
       <c r="C91" t="s">
         <v>456</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>207</v>
+        <v>109</v>
       </c>
       <c r="F91" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
         <v>457</v>
       </c>
       <c r="I91" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>459</v>
       </c>
       <c r="B92" t="s">
         <v>460</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F92" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G92" t="s">
         <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="I92" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>462</v>
       </c>
       <c r="B93" t="s">
         <v>463</v>
       </c>
+      <c r="C93" t="s">
+        <v>464</v>
+      </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>77</v>
+        <v>109</v>
       </c>
       <c r="F93" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G93" t="s">
-        <v>15</v>
+        <v>323</v>
       </c>
       <c r="H93" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="I93" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B94" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>190</v>
+        <v>89</v>
       </c>
       <c r="F94" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G94" t="s">
         <v>15</v>
       </c>
       <c r="H94" t="s">
         <v>469</v>
       </c>
       <c r="I94" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>471</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
+      <c r="C95" t="s">
+        <v>473</v>
+      </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
+      <c r="E95" t="s">
+        <v>109</v>
+      </c>
       <c r="F95" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>285</v>
+        <v>474</v>
       </c>
       <c r="I95" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B96" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>28</v>
+        <v>478</v>
       </c>
       <c r="F96" t="s">
         <v>22</v>
       </c>
       <c r="G96" t="s">
         <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="I96" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B97" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
-      <c r="E97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>482</v>
+        <v>302</v>
       </c>
       <c r="I97" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>484</v>
       </c>
       <c r="B98" t="s">
         <v>485</v>
       </c>
       <c r="C98" t="s">
         <v>486</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
         <v>487</v>
       </c>
       <c r="I98" t="s">
         <v>488</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>489</v>
+      </c>
+      <c r="B99" t="s">
+        <v>490</v>
+      </c>
+      <c r="C99" t="s">
+        <v>491</v>
+      </c>
+      <c r="D99" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" t="s">
+        <v>28</v>
+      </c>
+      <c r="F99" t="s">
+        <v>14</v>
+      </c>
+      <c r="G99" t="s">
+        <v>15</v>
+      </c>
+      <c r="H99" t="s">
+        <v>492</v>
+      </c>
+      <c r="I99" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>494</v>
+      </c>
+      <c r="B100" t="s">
+        <v>495</v>
+      </c>
+      <c r="C100" t="s">
+        <v>496</v>
+      </c>
+      <c r="D100" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" t="s">
+        <v>190</v>
+      </c>
+      <c r="F100" t="s">
+        <v>14</v>
+      </c>
+      <c r="G100" t="s">
+        <v>15</v>
+      </c>
+      <c r="H100" t="s">
+        <v>497</v>
+      </c>
+      <c r="I100" t="s">
+        <v>498</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">