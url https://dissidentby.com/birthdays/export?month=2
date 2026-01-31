--- v0 (2025-12-06)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
@@ -66,824 +66,762 @@
     <t>Александр Сергеевич Шкрядов</t>
   </si>
   <si>
     <t>1 февраля 1982</t>
   </si>
   <si>
     <t>Александр был осуждён в декабре 2023 года по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и был приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
     <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
   </si>
   <si>
     <t>Химия с направлением</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Решение суда 13.12.2023: 2 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 28.02.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
+  </si>
+  <si>
+    <t>Александр Зуфарьевич Зиязетдинов</t>
+  </si>
+  <si>
+    <t>1 февраля 1987</t>
+  </si>
+  <si>
+    <t>В сюжете бел гос телеканала сообщили, что Александр  перевел BYPOL в мае 2021 года около 800 долларов США. Стоит отметить, что BYPOL признали экстремистской организацией в ноябре 2021 года, то есть в момент перевода инициатива экстремистской не являлась.
+По словам свидетелей, Александру действительно предложили компенсировать ущерб через фонд, связанный с президентом. Он согласился на такую компенсацию в обмен на освобождение, но все пошло не по плану. Александр получил отказ, а его деньги (около 30 биткоинов) были конфискованы. Организацию BYPOL признали "террористическим формированием", и против Александра возбудили новое уголовное дело по статье "Финансирование террористической деятельности".
+15 марта 2024 года в Минском городском суде судья Елена Шилько вынесла новый приговор – 9 лет лишения свободы. Волны помилования, прошедшие по стране, политзаключенного не затронули.</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2022: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.01.2023: неизвестно. Решение суда 15.03.2024: 9 лет лишения свободы в колонии в условиях общего режима. Апелляция 17.05.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-10-13 21:55:50</t>
   </si>
   <si>
     <t>Владимир Александрович Денисенко</t>
   </si>
   <si>
     <t>1 февраля 1977</t>
   </si>
   <si>
     <t>Психолог и индивидуальный предприниматель из Слуцка. Окончил Минское авиационно-техническое училище гражданской авиации и Гродненский университет им. Янки Купалы по специальности «Психология». Владимир активно помогал людям с алкогольной зависимостью. Увлекался спортом и чтением. У него двое взрослых детей.
 В ноябре 2020 года Владимир уже был задержан по статье 23.34 КоАП и приговорён к 10 суткам административного ареста, которые отбыл в Слуцке.
 24 июня 2025 года он был задержан дома по так называемому «делу Гаюна».</t>
   </si>
   <si>
     <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
   </si>
   <si>
-    <t>В заключении</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-22 18:36:28</t>
-  </si>
-[...51 lines deleted...]
-    <t>2024-06-21 15:40:54</t>
   </si>
   <si>
     <t>Виктор Дмитриевич Новик</t>
   </si>
   <si>
     <t>2 февраля 1989</t>
   </si>
   <si>
     <t>Сотрудник таможни.
 В Минском городском суде с 10 октября 2023 года по 6 февраля 2024 года проходило закрытое заседание в отношении трех сотрудников таможенной службы Евгения Гуриновича, Виктора Новика и Владимира Журомского. Всего их судили по восьми статьям Уголовного кодекса. Среди прочего их обвиняют в "измене государству", "содействии экстремистской деятельности", "превышении должностных полномочий", "возбуждении иной социальной вражды", "создании или участии в экстремистских формированиях".
 Подробности дела и причины преследования правозащитникам неизвестны.
 24.05.2024 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 05.02.2024: 13 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 24.05.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-10-10 00:13:29</t>
   </si>
   <si>
-    <t>Максим Богданович Сеник</t>
-[...17 lines deleted...]
-  <si>
     <t>Пётр Чеславович Юркевич</t>
   </si>
   <si>
     <t>2 февраля 1973</t>
   </si>
   <si>
     <t>Пётр был задержан в январе 2022 года по обвинению в терроризме, выдвинутому на политической почве, и осужден по нескольким уголовным статьям. Ему назначили большой срок лишения свободы, первые пять лет из которого — тюремный режим.
 Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».
 Петра снова переводили в СИЗО-1 в 2025 году, вероятно по новому уголовному делу, в начале ноября 2025 года снова был этапирован в колонию.</t>
   </si>
   <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
     <t>Решение суда 21.06.2023: 9 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима). Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-01-23 20:18:16</t>
   </si>
   <si>
-    <t>Валентин Валентинович Панасик</t>
-[...13 lines deleted...]
-    <t>2022-01-26 01:02:00</t>
+    <t>Андрей Владимирович Андронов</t>
+  </si>
+  <si>
+    <t>2 февраля 1977</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Александр Валерьевич Коваль</t>
   </si>
   <si>
     <t>3 февраля 1985</t>
   </si>
   <si>
     <t>Коваль был задержан 28 мая 2023 года прямо на границе. Он возвращался с соревнований в Словакии, а при въезде в Беларусь у Коваля потребовали на проверку телефон. Мужчина сам предоставил силовикам телефон и пароль к нему. При осмотре у него нашли «запрещенные» по мнению беларуских силовиков данные. С того дня Коваль в неволе.На уголовном суде Коваля обвинили в том, что 27 марта 2022 года он отправил видео в телеграм-бот «Редакция Nexta». На видео было передвижение военной техники на кольцевой дороге МКАД (вокруг Минска). Таким образом, по мнению гособвинения, Коваль совершил преступление, ведь беларуские власти считают Nexta «экстремистским формированием».</t>
   </si>
   <si>
     <t>2,5 года лишения свободы в колонии</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
     <t>Сергей Викторович Доронин</t>
   </si>
   <si>
     <t>3 февраля 1975</t>
   </si>
   <si>
     <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
   </si>
   <si>
     <t>Решение суда 13.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Андрей Александрович Горюн</t>
   </si>
   <si>
     <t>4 февраля 1989</t>
   </si>
   <si>
     <t>Бывший сотрудник правоохранительных органов, затем до задержания работал в EPAM.
 Был задержан в октябре 2021 года по ст. 130 Уголовного кодекса (Разжигание социальной розни) за передачу данных силовиков в телеграм-каналы «Каратели Беларуси» и «Черная книга Беларуси».</t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>7 лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
+  </si>
+  <si>
+    <t>Валентин Аркадьевич Анципович</t>
+  </si>
+  <si>
+    <t>4 февраля 1965</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
   </si>
   <si>
     <t>Александр Аркадьевич Максимович</t>
   </si>
   <si>
     <t>4 февраля 1996</t>
   </si>
   <si>
     <t>Обвиняется в финансировании экстремистской и террористической деятельности через пожертвования на протестную инициативу (Байсол).
 Александр родом он из Глуска, небольшого райцентра в Могилевской области. После окончания школы поступил в Белорусский государственный университет информатики и радиоэлектроники на специальность»Информационные системы и технологии в логистике". После окончания пошел в магистратуру.
 Работал Александр в сфере IT.</t>
   </si>
   <si>
     <t>Решение суда 30.05.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 06.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
-    <t>Валентин Аркадьевич Анципович</t>
-[...10 lines deleted...]
-  <si>
     <t>Татьяна Олеговна Францкевич</t>
   </si>
   <si>
     <t>4 февраля 1959</t>
   </si>
   <si>
     <t>Татьяну Францкевич и Наталью Лобацевич задержали 19 июля 2024 года, когда Татьяну вызвали в следственный комитет подписать подписку о не выезде из города Полоцк, а Наталья поехала вместе с ней поддержать.
 Против Татьяны Францкевич, матери осужденного анархиста Александра Францкевича, и ее сестры Натальи Лобацевич, матери бывшего политзаключенного Ильи Лобацевича, завели уголовное дело и поместили в СИЗО Витебска.</t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
   </si>
   <si>
     <t>Решение суда 18.02.2025: 3 года 3 месяца лишения свободы в колонии в условиях общего режима. Апелляция 15.04.2025: отправлено на пересмотр. Решение суда 16.06.2025: 3 года 3 месяца лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-07-25 20:26:18</t>
   </si>
   <si>
-    <t>Анастасия Валерьевна Жильская</t>
-[...45 lines deleted...]
-  <si>
     <t>Диана Николаевна Стульба</t>
   </si>
   <si>
     <t>6 февраля 1984</t>
   </si>
   <si>
     <t>Судмедэксперт.
 27.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
     <t>3 года лишения свободы в колонии общего режима</t>
   </si>
   <si>
     <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Андрей Андреевич Зайков</t>
   </si>
   <si>
     <t>6 февраля 1987</t>
   </si>
   <si>
     <t>Андрею 36 лет. В 2020-м работал в агентстве недвижимости «Этажи». У мужчины есть маленькая дочь.
 Согласно провластным телеграм-каналам, он сам написал в Черную книгу Беларуси и предложил скидывать адреса силовиков, причастных к репрессиям. Андрей не знал, что на той стороне ему отвечает сотрудник ГУБОПиК Артур Гайко.
 Андрея задержали 10 ноября 2023 года. Теперь ему грозит до 12 лет заключения.
 Мужчина пользовался одним и тем же аккаунтом с 2019 года. С него он» сливал " информацию в Черную книгу Беларуси, с него же писал комментарии в открытых чатах и группах. В видео показывают его архивное имя пользователя из базы бота ЧКБ, которую сохранил Артур Гайко. Через него можно отыскать актуальное имя телеграмм-аккаунта и ID.</t>
   </si>
   <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
     <t>неизвестно лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
     <t>Сергей Васильевич Шабан</t>
   </si>
   <si>
     <t>6 февраля 1971</t>
   </si>
   <si>
     <t>Сергей, заместитель председателя правления Белгазпромбанка, был задержан в рамках «дела Бабарико» и в июле 2021 года осуждён по статье «получение взятки».</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Решение суда 06.07.2021: 6 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-07-06 23:32:05</t>
   </si>
   <si>
     <t>Алексей Игоревич Головко</t>
   </si>
   <si>
     <t>6 февраля 2001</t>
   </si>
   <si>
     <t>Алексей, активист анархистского движения, был задержан в марте 2021 года в рамках уголовного дела, возбужденного против анархистов из Брестской области. Он был осужден по нескольким уголовным статьям, таким как «участие в групповых действиях, грубо нарушающих общественный порядок» и «создание экстремистского формирования и участие в нём».
 Известно, что в основу обвинения лег эпизод с перекрытием дорог в Бресте в 2018 году во время протеста против строительства завода АКБ, а также участие в «Марше нетунеядцев», который состоялся 5 марта 2017 года.</t>
   </si>
   <si>
-    <t>Решение суда 06.09.2022: 12 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения. Решение суда 05.09.2025: 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Решение суда 06.09.2022: 12 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения. Решение суда 05.09.2025: 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
+    <t>Денис Сергеевич Петкевич</t>
+  </si>
+  <si>
+    <t>6 февраля 1991</t>
+  </si>
+  <si>
+    <t>2025-10-05 15:02:59</t>
+  </si>
+  <si>
+    <t>Игорь Сергеевич Шкиров</t>
+  </si>
+  <si>
+    <t>7 февраля 1984</t>
+  </si>
+  <si>
+    <t>2 года лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2023-09-18 15:47:50</t>
+  </si>
+  <si>
     <t>Марина Михайловна Морозова</t>
   </si>
   <si>
     <t>7 февраля 1971</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
-    <t>Игорь Сергеевич Шкиров</t>
-[...37 lines deleted...]
-    <t>2024-08-28 21:46:18</t>
+    <t>Людмила Эдуардовна Ксендзова</t>
+  </si>
+  <si>
+    <t>8 февраля 1961</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: 2 года лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:38:39</t>
+  </si>
+  <si>
+    <t>Татьяна Александровна Шинкевич</t>
+  </si>
+  <si>
+    <t>9 февраля 1983</t>
+  </si>
+  <si>
+    <t>Татьяну осудили более чем к шести годам лишения свободы — точный срок неизвестен.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 14.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-03-18 17:25:01</t>
+  </si>
+  <si>
+    <t>Роман Бахаддинович Гусейнов</t>
+  </si>
+  <si>
+    <t>10 февраля 1985</t>
+  </si>
+  <si>
+    <t>СИЗО-6, Барановичи ул. Брестская 258 В, 225413</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:25:51</t>
   </si>
   <si>
     <t>Денис Фадеевич Цыбульский</t>
   </si>
   <si>
     <t>11 февраля 1981</t>
   </si>
   <si>
     <t>Осужден судом Заводского района г. Минска по ч. 1 ст. 342 Уголовного кодекса. 22 марта 2023 года дело рассмотрела судья Хвойницкая Жанна. Приговорен к ограничению свободы с направлением в ИУОТ, срок неизвестен.
 В начале мая 2024 г. стало известно, что Денис проходит по новому делу. Суд был назначен на 7 мая. Кроме него по делу проходили Андрей Стабулянец и Александр Шарабайко. В зависимости от роли каждого их обвиняли по ст. 368 (оскорбление Лукашенко), ст. 369 УК (оскорбление представителя власти) и ст. 361-1 УК (участие в экстремистском формировании). В Витебском областном суде Евгений Бурунов рассматривал дело в закрытом судебном заседании с 7 мая по 5 июня 2024 года. В результате Денису присудили лишение свободы в колонии общего режима. Точный срок неизвестен (около пяти лет).</t>
   </si>
   <si>
     <t>Решение суда 22.03.2023: неизвестно лет ограничения свободы с направлением в учреждение открытого типа. Апелляция 06.06.2023: неизвестно. Решение суда 05.06.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-06-07 15:54:01</t>
   </si>
   <si>
     <t>Андрей Васильевич Цыпак</t>
   </si>
   <si>
     <t>12 февраля 1993</t>
   </si>
   <si>
     <t>Бывшего сотрудника МТС из Бреста задержали в начале ноября 2022 года. В видео «покаяния» он рассказал, что в 2020-2021 годах работал в МТС и имел доступ к данным. По данным силовиков, Андрей передал в «Черную книгу Беларуси» данные нескольких чиновников и прокуроров.
 Бывший сокамерник Цыпака рассказал правозащитникам, что Андрея сильно избили при задержании.
 Дело Андрея рассматривалось в закрытом режиме, поэтому исход суда правозащитникам неизвестен.
 Андрей Цыпак ранее играл в брестском гандбольном клубе имени Мешкова. С 2020 по 2021 год работал в МТС — и в это время, по версии силовиков, передал данные нескольких прокуроров и государственных должностных лиц в протестную инициативу.</t>
   </si>
   <si>
     <t>неизвестно</t>
   </si>
   <si>
     <t>2023-03-16 22:41:19</t>
   </si>
   <si>
+    <t>Николай Николаевич Люцкевич</t>
+  </si>
+  <si>
+    <t>12 февраля 1973</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-10-31 17:31:38</t>
+  </si>
+  <si>
     <t>Александра Вячеславовна Пулинович</t>
   </si>
   <si>
     <t>12 февраля 2007</t>
   </si>
   <si>
     <t>В провластном фильме (апрель 2024 года) рассказали, что шесть подростков якобы объединились в "анархистскую ячейку "Черные соловьи", которую" под руководством Национальной освободительной армии Украины " создала 16-летняя гражданка Украины Мария Мисюк.
 Сотрудники ОНТ утверждают, что подростки объединились, чтобы делать диверсии по наводке в Беларуси, а после — в России. Марию обвиняют по ч. 2 ст. 289 УК (акт терроризма). Согласно сюжету, 16-летняя Мария Мисюк в 2022 году переехала вместе с семьей из Украины в Беларусь, где создала "анархистскую ячейку для подготовки терактов". Среди задержанных-учащиеся колледжей в Барановичах, Несвиже, Мире, Минске и Лунинце. Это Трофим Борисов, Сергей Жигалев, Дмитрий Захорошко, Анастасия Клименко и Александра Пулинович. Как утверждают сотрудники ОНТ, молодые люди собирались на Барановичской квартире, чтобы подготовиться к своей первой серьезной акции-собрать взрывчатку и взорвать Барановичское отделение милиции или прокуратуру. По каким статьям обвиняют остальных пяти участников, неизвестно. Как и неизвестны их статусы и местоположение.</t>
   </si>
   <si>
+    <t>СИЗО-7, Брест ул. Советских Пограничников 37, 224030</t>
+  </si>
+  <si>
     <t>Решение суда дата неизвестна: 10 лет 3 месяца лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Сергей Александрович Сикорский</t>
   </si>
   <si>
     <t>12 февраля 1976</t>
   </si>
   <si>
-    <t>Сергей, помощник руководителя одной из столичных организаций, был задержан в сентябре 2020 года у себя дома за участие в акции протеста против фальсификаций президентских выборов и насилия против мирных граждан, которая проходила 11 августа 2020 года в Минске. Его осудили за «участие в массовых беспорядках», а также по статье, связанной с наркотиками.</t>
+    <t>Сергей, помощник руководителя одной из столичных организаций, был задержан в сентябре 2020 года у себя дома за участие в акции протеста против фальсификаций президентских выборов и насилия против мирных граждан, которая проходила 11 августа 2020 года в Минске. Его осудили за «участие в массовых беспорядках», а также по статье, связанной с наркотиками.
+м
+7 сентября 2020 года его задержали по месту жительства. Согласно протоколу освидетельствования, в момент задержания он находился в состоянии, вызванном потреблением психотропных веществ, в его организме был выявлен мефедрон. Во время обыска в квартире правоохранители нашли порошкообразное вещество. Позже следователи пришли к выводу, что Сикорский также сбыл такое вещество 46-летней жительнице Могилёва.
+Во время прений сторон гособвинитель запросил суд присудить Сикорскому:
+По части 1 статьи 328 УК – 2 года лишения свободы;
+По части 3 статьи 328 УК – 7 лет лишения свободы и 300 базовых величин штрафа. Путем сложения наказаний по двум частям статьи 328 итого присудить 7 лет лишения свободы;
+По части 2 статьи 293 УК – 5 лет лишения свободы.
+Итоговое наказание –9 лет лишения свободы с отбыванием в исправительной колонии усиленного режима и 300 базовых величин штрафа.</t>
   </si>
   <si>
     <t>Решение суда 06.05.2021: 9 лет лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2021-05-06 19:38:28</t>
-  </si>
-[...25 lines deleted...]
-    <t>2025-03-11 17:41:30</t>
   </si>
   <si>
     <t>Виталий Юрьевич Мельник</t>
   </si>
   <si>
     <t>12 февраля 1982</t>
   </si>
   <si>
     <t>Задержан по делу "рельсовых партизан".
 Известно, что мужчина проживает в деревне Ходаково, у него есть маленький ребенок.
 При задержании ему прострелили коленные суставы.
 Семья считает, что Виталий не имеет отношения к вменяемым статьям, и связывает задержание с местью местного судьи, а также тем, что ранее у Виталия была судимость.
 Подробности дела неизвестны.</t>
   </si>
   <si>
     <t>ИК-13, г.Глубокое, ул.Советская 205, 211791</t>
   </si>
   <si>
     <t>16 лет лишения в колонии в условиях строгого режима и 300 базовых штраф.</t>
   </si>
   <si>
     <t>2022-07-22 14:35:14</t>
   </si>
   <si>
+    <t>Наталья Сергеевна Белокурская</t>
+  </si>
+  <si>
+    <t>12 февраля 1972</t>
+  </si>
+  <si>
+    <t>Наталья была задержана и в январе 2025 года признана виновной в публичном оскорблении Лукашенко и представителя власти.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.01.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима, 60 базовых величин штрафа. Апелляция 11.03.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-03-11 17:41:30</t>
+  </si>
+  <si>
+    <t>Марина Юрьевна Храмцова</t>
+  </si>
+  <si>
+    <t>13 февраля 1984</t>
+  </si>
+  <si>
+    <t>Марина раньше работала предпринимательницей, продавала напольные покрытия. Ее ИП закрылось в 2015 году, после чего женщина перешла в другую фирму, которая занималась тем же.
+Женщина известна как любительница беларусской культуры, принимала участие в мероприятиях Товарищества белорусского языка и кружке народных танцев.
+Скорее всего дело связано с учатием Александры в протестных чатах.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.09.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 19.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
+  </si>
+  <si>
+    <t>Денис Михайлович Красько</t>
+  </si>
+  <si>
+    <t>13 февраля 1975</t>
+  </si>
+  <si>
+    <t>Согласно материалам обвинения, в декабре 2020 года, Красько "опубликовал в открытом доступе в сети Интернет комментарии, направленные на поддержание экстремистской деятельности, пропаганду и агитацию социальной розни и вражды в отношении сотрудников государственных правоохранительных органов Республики Беларусь, представителей судебной власти, военнослужащим, проходящим службу в Вооруженных силах Республики Беларусь, опубликовал в открытом доступе в сети Интернет комментарии, направленные на поддержание экстремистской деятельности, пропаганду и агитацию социальной розни и вражды по отношению к указанной категории лиц".
+24.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.01.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 29.03.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-12-11 22:28:12</t>
+  </si>
+  <si>
     <t>Виталий Петрович Минкевич</t>
   </si>
   <si>
     <t>13 февраля 1994</t>
   </si>
   <si>
     <t>Житель Могилевской области. Работник обувного магазина.
 В 2020 году задерживался за участие в акциях протеста.
 Задержан за саботаж железной дорогий около станций г. Бобруйска, а также поджог стрелкового тира в/ч 5527.
 12.04.2024 прошел суд по изменению условий режима отбывания наказания и Виталия перевели на тюремный режим сроком на 3 года.</t>
   </si>
   <si>
     <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
   </si>
   <si>
     <t>15 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
   </si>
   <si>
-    <t>Денис Михайлович Красько</t>
-[...12 lines deleted...]
-    <t>2023-12-11 22:28:12</t>
+    <t>Валерий Викторович Борзенко</t>
+  </si>
+  <si>
+    <t>13 февраля 1971</t>
+  </si>
+  <si>
+    <t>Его признали виновным в том, что в ноябре 2020 года и марте 2021 года он направил в телеграм-боты "деструктивных каналов" информацию о своем бывшем руководителе. В последующем ее разместили ресурсы, через которые "осуществлялась противоправная деятельность в составе экстремистских формирований". Также согласно обвинению, размещение информации, полученной от Борзенко, повлекло за собой "иные тяжкие последствия".
+Также его признали виновным в том, что он приобрел и хранил боеприпасы к огнестрельному оружию.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-10-03 16:12:26</t>
   </si>
   <si>
     <t>Валентин Валентинович Тереневич</t>
   </si>
   <si>
     <t>Помощник мастера на заводе "Химволокно" (входящем в состав "Гродно Азота"), заместитель председателя Белорусского Независимого профсоюза "Гродно Азота". По предварительной информации задержан в рамках статей 356 и 357 УК РБ ( "измена государству" и "заговор или иные действия, совершенные с целью захвата государственной власти").
 9 ноября 2022 г. в Гомельском областном суде началось рассмотрение "дела Рабочага Руху", фигурантами которого проходят сразу десять политзаключенных. На второй день процесса все фигуранты дела заявили суду, что свою вину в госизмене и создании экстремистского формирования не признают. Все фигуранты "дела Рабочага Руху" на суде отказались давать показания. 27 декабря процесс закрыли до вынесения приговора, хотя до этого он проходил в открытом режиме.
 В Гомельском областном суде 17 февраля 2023 г. вынесли приговор по "делу Рабочага Руху". Судья Александр Пискунов признал Валентина виновным.
 9 октября 2024 г. в суде г. Новополоцка у Валентина состоится рассмотрение дела "о переводе в исправительное учреждение иного вида и изменений условий содержания". Судья Алла Гатих перевела политзаключенного на тюремный режим, срок пока не известен. </t>
   </si>
   <si>
     <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
   </si>
   <si>
     <t>Решение суда 17.02.2023: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: неизвестно. Суд по смене режима 09.10.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-09-26 12:54:01</t>
   </si>
   <si>
-    <t>Валерий Викторович Борзенко</t>
-[...31 lines deleted...]
-  <si>
     <t>Анна Геннадьевна Шпак</t>
   </si>
   <si>
     <t>14 февраля 1997</t>
   </si>
   <si>
     <t>Анна окончила факультет массовых видов спорта Белорусского государственного университета физкультуры в 2019 году. Работала тренером-преподавателем в школе олимпийского резерва «Буревестник» в Минске.
 В 2014 году Анна участвовала во II летних юношеских Олимпийских играх, где прыгнула на 3.80 и заняла 4‑е место в общем зачёте. За это девушка получила именную стипендию от Национального олимпийского комитета.
 Вероятно, её задержали по «делу Гаюна». В «списке экстремистов», который ведёт МВД, её статус обозначен как «отбывает наказание». Это значит, что человеку назначили или химию с направлением, или колонию.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
-    <t>Антон Олегович Черемных</t>
-[...15 lines deleted...]
-  <si>
     <t>Андрей Анатольевич Берестовой</t>
   </si>
   <si>
     <t>15 февраля 1980</t>
   </si>
   <si>
     <t>У Андрея Берестового более 20 лет опыта работы в дизайне, а последние 15 он работает в IT. Во второй половине 2024-го его задержали. Известно лишь то, что основанием задержания могли стать комментарии Берестового в телеграме. Он пользовался старым аккаунтом, привязанным к его собственному белорусскому номеру, и старым никнеймом, который использовал повсюду.
 Известно, что периодически ездил в Беларусь.</t>
-  </si>
-[...1 lines deleted...]
-    <t>СИЗО-7, Брест ул. Советских Пограничников 37, 224030</t>
   </si>
   <si>
     <t>Решение суда 20.05.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-07-24 17:15:25</t>
   </si>
   <si>
     <t>Евгений Алексеевич Зборовский</t>
   </si>
   <si>
     <t>15 февраля 1994</t>
   </si>
   <si>
     <t>Евгения обвинили сразу по 9 статьям Уголовного кодекса. Причиной этому стали комментарии в Telegram и отправка администраторам Telegram-каналов 0,28 и 0,004 биткоина.
 Кроме этого, с декабря 2019 года по январь 2020 года он приобрел «особо опасные психотропные вещества», а на территории России (в Брянской области) купил огнестрельное оружие – пистолет Макарова (ПМ) и не менее 46 патронов к нему.
 Судебный процесс длился с 14 февраля по 2 июня, почти четыре месяца.
 Евгений свою вину признал частично, объяснил, что он был несогласен с результатами выборов президента Беларуси, и именно поэтому решил действовать активно.</t>
   </si>
   <si>
     <t>8 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-02-14 21:25:55</t>
   </si>
   <si>
+    <t>Антон Олегович Черемных</t>
+  </si>
+  <si>
+    <t>15 февраля 1983</t>
+  </si>
+  <si>
+    <t>Заместитель командира 310-й группы артиллерии по идеологической работе 120-й отдельной гвардейской механизированной бригады гвардии, подполковник. Его обвиняют в "измене государству лицом, на которое распространяется статус военнослужащего"  и "разжигании иной социальной розни".
+Обстоятельства дела неизвестны.
+5 и 17 июля 2024 г. состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.03.2024: неизвестно. Апелляция 17.07.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-03-16 11:23:55</t>
+  </si>
+  <si>
     <t>Максим Викторович Полонский</t>
   </si>
   <si>
     <t>16 февраля 1986</t>
   </si>
   <si>
     <t>Решение суда 29.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-14 14:52:53</t>
   </si>
   <si>
     <t>Андрей Чеславович Красник</t>
   </si>
   <si>
     <t>16 февраля 1967</t>
   </si>
   <si>
     <t>Мужчина работает терапевтом приемного покоя городской больницы г. Лиды. По предварительной информации, задержали за лайки и комментарии в 2020 году.
 Вскоре стало известно, что Андрея Красника собираются судить повторно: в суде Лидского района 17 апреля 2023 г. должно состояться заседание по делу против политзаключенного по ч. 2 ст. 366 УК (Насилие или угроза в отношении должностного лица) и ч. 1 ст. 342 УК (Организация и подготовка действий, грубо нарушающих порядок, либо активное участие в них). Дело назначен рассматривать судья Владимир Федорович.</t>
   </si>
   <si>
     <t>3,5 года лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-12-20 01:15:12</t>
   </si>
   <si>
     <t>Олег Игоревич Гаврилов</t>
   </si>
   <si>
     <t>16 февраля 1981</t>
   </si>
   <si>
     <t>Фитнес-тренер из Солигорска.
 Согласно материалам дела Гаврилов в январе 2021 года приобрел и предоставил двум знакомым — Татьяне и Олегу Бирулям — аэрозольные баллоны с краской. После чего последние с января по февраль 2021 года наносили на различные объекты инфраструктуры Солигорска надписи и рисунки, «осуществляя их порчу».
 В августе 2021 года Гаврилов путем договоренностей, в том числе за материальное вознаграждение, вовлек другого знакомого — Сергея Пасюка — в занятие «экстремистской деятельностью».
 Затем обвиняемые с августа по декабрь 2021 года распространяли на территории Солигорска листовки и другую печатную продукцию. Экспертиза содержания «Честной газеты», с экземплярами которой был задержан тренер, свидетельствовала о том, что Гаврилов якобы причастен к разжиганию расовой, национальной, религиозной либо иной социальной вражды или розни, совершенного группой лиц .</t>
   </si>
   <si>
+    <t>Решение суда 12.12.2022: 10 лет лишения свободы в колонии в условиях строгого режима. Апелляция 07.04.2023: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-12-30 14:20:17</t>
+  </si>
+  <si>
+    <t>Алексей Андреевич Черноусов</t>
+  </si>
+  <si>
+    <t>17 февраля 1991</t>
+  </si>
+  <si>
     <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
-  </si>
-[...10 lines deleted...]
-    <t>17 февраля 1991</t>
   </si>
   <si>
     <t>Решение суда 15.05.2024: 4 года 3 месяца лишения свободы в колонии в условиях усиленного режима. Апелляция 05.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Дмитрий Валерьевич Гут</t>
   </si>
   <si>
     <t>18 февраля 1988</t>
   </si>
   <si>
     <t> Дмитрий работал в IT сфере, до этого 7 лет проработал в прокуратуре. 
 09.01.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
+  </si>
+  <si>
+    <t>Арсений Олегович Мойсейчик</t>
+  </si>
+  <si>
+    <t>19 февраля 2002</t>
+  </si>
+  <si>
+    <t>Был задержан за участие в акциях протеста. Также молодых людей обвинили в получении из-за границы телескопических дубинок, электрошокеров и других средств.
+Арсений закончил колледж бизнеса и права па специальности "правоведение", имеет водительское удостоверение. Перед задержанием работал курьером по доставке пиццы. Парень болен лейкомой и нуждается в регулярном медицинском контроле и ежегодном прохождении МРТ. Арсению запрещены многие физические нагрузки.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.07.2022: 6 лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
   </si>
   <si>
     <t>Алексей Николаевич Хралович</t>
   </si>
   <si>
     <t>19 февраля 1984</t>
   </si>
   <si>
     <t>Экс-подполковник КГБ.
 Об уголовном деле против подполковника известно только из государственных СМИ.
 В 2021 году на телеканале ОНТ показали фильм «Операция КГБ «Манкурты»», в котором сообщили о задержании подполковника КГБ Алексея Храловича.
 Следовательно, под стражей силовик находится около года на момент оглашения приговора.
 Хралович лишен воинского звания «подполковник».</t>
   </si>
   <si>
     <t>Решение суда 30.03.2022: 10 лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 24.10.2023: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
     <t>Дмитрий Олегович Сельвеструк</t>
   </si>
   <si>
     <t>19 февраля 1990</t>
@@ -893,259 +831,190 @@
 21.11.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 29.09.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 21.11.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-09-27 19:19:37</t>
   </si>
   <si>
     <t>Станислав Сергеевич Шапель</t>
   </si>
   <si>
     <t>19 февраля 2006</t>
   </si>
   <si>
     <t>Как сообщалось в фильме ОНТ " Дети на прицеле. Завербованные врагом", Станислава обвиняют в том, что он согласился быть курьером для "организации, курировавшей СБУ".Там его представили как агента украинских спецслужб-мол, парень записал видео ,что "готов работать против ФСБ и Путина". Но на момент съемки фильма он уже отбывал наказание в колонии за "мошенничество". Суд состоялся в мае 2024-го. Приговор неизвестен, срок может составлять от 3 до 10 лет колонии со штрафом.
 Согласно фильму ОНТ, в январе 2023 года тогда еще 16-летний парень из многодетной семьи искал работу в интернете. Он наткнулся на мошенников, которые предложили работу курьером — забирать и перевозить деньги. Станиславу сказали записать видео, на котором он заявил, что поддерживает Украину и вроде бы соглашается работать для СБУ.</t>
   </si>
   <si>
     <t>Решение суда 31.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 29.08.2024: неизвестно. Апелляция 04.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-30 00:03:14</t>
   </si>
   <si>
-    <t>Арсений Олегович Мойсейчик</t>
-[...31 lines deleted...]
-  <si>
     <t>Владимир Юрьевич Савельев</t>
   </si>
   <si>
     <t>19 февраля 1987</t>
   </si>
   <si>
     <t>В начале октября 2022 года в Московском районе столицы на опоре линии электропередач неизвестные вывесили бело-красно-белый флаг и флаг Украины. В телеграм-канале Антона Мотолько на следующий день появился пост с фотографией флага и подписью: "Минчане поздравляют украинский народ с чудесными новостями с крымского моста. Крим — це Україна! Жыве Беларусь! Слава Україні!". В ходе оперативно-розыскных мероприятий сотрудники милиции задержали шестерых минчан в возрасте от 34 до 36 лет, которые якобы это сделали. В том числе Владимира. 
 Савельев на провластном видео говорил, что акцию устроили в поддержку украинцев: "Это поддержка мирных граждан, которые погибают в ненужной войне".
 14.09.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>2023-05-19 10:04:03</t>
   </si>
   <si>
-    <t>Никита Артурович Харлович</t>
-[...11 lines deleted...]
-    <t>2021-02-28 00:27:22</t>
+    <t>Владислав Витальевич Войтехович</t>
+  </si>
+  <si>
+    <t>20 февраля 1995</t>
+  </si>
+  <si>
+    <t>Владислав был задержан в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма».
+Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».
+Владислава осудили по многочисленным уголовным статьям на большой срок лишения свободы, первые пять лет из которого — тюремный режим. Также его лишили воинского звания.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 21 год лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима), ограничение по военной службе. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:29:35</t>
+  </si>
+  <si>
+    <t>Олег Петрович Зеленко</t>
+  </si>
+  <si>
+    <t>20 февраля 1983</t>
+  </si>
+  <si>
+    <t>Олег возглавлял исторический клуб "Миндовг" и параллельно занимался бизнесом.
+В декабре 2024 года Олега Зеленко дважды осудили за «распространение экстремистских материалов» (19.11 КоАП). После отбытых суток, вероятно, на него завели уголовное дело и посадили в СИЗО.
+Судя по всему, после приговора Зеленко присудили как раз колонию — его соцсети не обновляются, а телеграмм имеет статус «был онлайн очень давно».</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-06-30 10:26:56</t>
   </si>
   <si>
     <t>Михаил Григорьевич Лапунов</t>
   </si>
   <si>
     <t>20 февраля 1970</t>
   </si>
   <si>
     <t>Отец политзаключенного Никиты Золотарева. Михаила задержали 8 августа 2023 года и осудили на 15 суток ареста по ст. 19.11 КоАП РБ (распространение экстремистских материалов). После первого ареста на свободу он не вышел и был осужден по той же статье еще на 15 суток, а затем - еще на 15.
 22 сентября 2023 года, накануне освобождения после отбытия третьего административного ареста подряд, его вновь признали виновным в совершении правонарушения и в четвертый раз отправили в изолятор.
 24 октября "экстремистским формированием" по решению КГБ был признан закрытый Telegram — чат "Гомель за Никиту Золоторева", а его единственным обозначенным участником — отец политзаключенного Михаил Лапунов.
 Правозащитникам стало известно, что через некоторое время после отбытия административных арестов Михаил был заключен под стражу. По состоянию на лето 2024 г. содержится в СИЗО.</t>
   </si>
   <si>
-    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 30.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
-  </si>
-[...65 lines deleted...]
-    <t>2022-07-19 02:22:16</t>
   </si>
   <si>
     <t>Олег Игоревич Сычев</t>
   </si>
   <si>
     <t>21 февраля 1976</t>
   </si>
   <si>
     <t>47-летний Олег родился в Красноярске, но в нулевых переехал в Беларусь и уже получил гражданство. 
 В провластном фильмке показали, как «украинского террориста» Николая Швеца задержали 4 марта в доме Олега в садовом товариществе «Берёзовая Роща» в деревне Чертяж (Боровлянский сельсовет).
 Сычёва вместе с женой Настей Пилько силовики задержали 3 марта в этом самом доме.
 По информации правозащитников, оба они сейчас находятся в СИЗО КГБ. 
 Задержанная пара имеет двух несовершеннолетних детей, которые сейчас с бабушкой.</t>
   </si>
   <si>
     <t>Решение суда 03.10.2024: 9 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-04-07 13:01:12</t>
   </si>
   <si>
+    <t>Наталья Александровна Чубовская</t>
+  </si>
+  <si>
+    <t>21 февраля 1981</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:34:18</t>
+  </si>
+  <si>
     <t>Артём Сергеевич Мицук</t>
+  </si>
+  <si>
+    <t>21 февраля 2001</t>
   </si>
   <si>
     <t>Был задержан по делу о массовых беспорядках и обвинен в участии в телеграм-каналах "радикального направления".</t>
   </si>
   <si>
     <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:01</t>
   </si>
   <si>
     <t>Артем Русланович Закржевский</t>
   </si>
   <si>
     <t>22 февраля 2003</t>
   </si>
   <si>
     <t>Артема признали виновным в том, что, согласно материалам обвинения, в ночь с 9 на 10 августа 2020 года в Минске, во время несанкционированного массового мероприятия, он выходил на проезжую часть, блокировал движение транспорта, выкрикивал лозунги и не подчинялся законным требованиям власти.
 Кроме того, 1 января 2022 года, находясь в нетрезвом состоянии в общественном месте, он беспричинно применил насилие к другому мужчине. Артема приговорили к ограничению свободы с направлением.
 В октябре 2023 года состоялось рассмотрение дела об усилении режима; причины и результат заседания неизвестны.</t>
   </si>
   <si>
     <t>ИУОТ-9, 210034, г. Витебск, ул. 3-я Чепинская, 39</t>
   </si>
   <si>
     <t>Решение суда 05.07.2022: 4 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 27.09.2022: приговор оставлен без изменения. Суд по смене режима 11.10.2023: неизвестно. Апелляция 19.12.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
   </si>
   <si>
     <t>Алексей Анатольевич Кайдаш</t>
   </si>
   <si>
     <t>23 февраля 1979</t>
   </si>
   <si>
     <t>Сначала Алексею назначили административный арест по ст. 19.11 КоАП. Затем было возбуждено уголовное дело по ст. 361-4 УК РБ(содействие экстремистской деятельности).
 Алексей Кайдаш в Мозыре занимался профессионными фотографиями, делал свадебные, детские, портретные фото, портфолио и фото для меню и каталогов.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях особого режима.</t>
   </si>
   <si>
     <t>2025-05-20 10:59:49</t>
   </si>
   <si>
     <t>Андрей Константинович Яремчик</t>
   </si>
   <si>
     <t>23 февраля 1993</t>
   </si>
   <si>
     <t>Бас-гитарист группы TOR BAND.
 20 января 2023 года стало известно, что группу Tor Band признали экстремистским формированием.
 В его состав КГБ внесло Дмитрия Головача и его жену Юлию, Евгения Бурло и Андрея Яремчика.
 Это первый музыкальный коллектив, который попал в список экстремистских формирований. </t>
   </si>
   <si>
     <t>7.5 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2023-01-24 13:54:58</t>
   </si>
@@ -1176,336 +1045,270 @@
 Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа, целью которой было совершение экстремистских преступлений. В группе участвовали радикально настроенные лица, в том числе бывшие и действующие военные, сотрудники силовых органов, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём». Это дело связано с обвинениями в попытке поджога дома депутата Олега Гайдукевича в июне 2021 года и «организации массовых беспорядков».
 Сергея осудили по нескольким уголовным статьям на большой срок лишения свободы и штрафу, а также его лишили воинского звания.</t>
   </si>
   <si>
     <t>Решение суда 21.06.2023: 14 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа, ограничение по военной службе. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
     <t>Александр Викторович Кукса</t>
   </si>
   <si>
     <t>24 февраля 1983</t>
   </si>
   <si>
     <t>14 февраля Следственный комитет возбудил уголовное дело против представителей и участников инициативы «Кадровый резерв для Новой Беларуси», объявленной Объединенным переходным кабинетом. По телеканалу ОНТ позже показали 14 людей, задержанных по этому делу. Пропагандист Игорь Тур заявил, что вместе с силовиками он год слушал лекции для участников инициативы.26 февраля провластные каналы опубликовали видео с участием Александра Куксы, где он признался в участии в этой программе.Программа «Кадровый резерв для новой Беларуси» была запущена Объединенным переходным кабинетом в ноябре 2022 года. Целью проекта была подготовка профессионалов, которые смогут работать на государственных постах и проводить реформы.</t>
   </si>
   <si>
     <t>Решение суда 16.12.2024: неизвестно. Апелляция 28.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-13 11:05:07</t>
   </si>
   <si>
-    <t>Борис Владимирович Гринкевич</t>
-[...21 lines deleted...]
-    <t>2025-08-17 15:02:31</t>
+    <t>Павел Леонидович Недбайло</t>
+  </si>
+  <si>
+    <t>25 февраля 1981</t>
+  </si>
+  <si>
+    <t>Житель Светлогорска был задержан 29 сентября 2020 года по делу о массовых беспорядках и обвинён в участии в телеграм-каналах "радикального направления".</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Егор Романович Тюшкевич</t>
+  </si>
+  <si>
+    <t>25 февраля 1997</t>
+  </si>
+  <si>
+    <t>Музыкант. Работал в кукольном театре в Бресте.
+Первый раз был осужден в Брестском областном суде 19.12.2024 года.
+В октябре 2025 года стало известно, что на Егора завели новое уголовное дело и перевели в СИЗО.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 19.12.2024: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:21:12</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильевич Андросюк</t>
+  </si>
+  <si>
+    <t>25 февраля 1984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дмитрий проходил свидетелем по делу брестских политзаключенных, блогеров Сергея Петрухина и Александра Кабанова, которых в апреле этого года приговорили к трем годам колонии общего режима. Как рассказал активист брестским правозащитникам, уголовное дело на него возбудили за отказ отвечать на вопросы судьи, который рассматривал дело Петрухина и Кабанова, так как он не показал служебное удостоверение судьи. 
+Освобожден 26.02.2022.
+11, 16 и 17 декабря 2024 г. состоялись  новые разбирательства дела Дмитрия в суде Ленинского района Бреста по ч. 1 статьи 342 УК РБ. Дмитрий был осужден на 2 года лишения свободы.
+</t>
+  </si>
+  <si>
+    <t>Решение суда 21.09.2021: 3 месяца ареста. Решение суда 17.12.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 21.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2021-09-21 17:48:17</t>
   </si>
   <si>
     <t>Лариса Ивановна Прохорова</t>
   </si>
   <si>
     <t>25 февраля 1975</t>
   </si>
   <si>
     <t>Задержан вместе со всей семьей (муж, дочь, сын) по подозрению в "госизмене". Дочь позже, судя по всему, отпустили. Подробности дела неизвестны.
 Работала санитаркой в Гомельской городской клинической больнице №3. Лариса Прохорова — совершенно непубличный человек. Она родилась в 1975 году в Грабовке, где прожила всю жизнь.
 Участники закрытого процесса имеют подписки о неразглашении. Из неофициального источника известно, что уголовное дело касается фотографирования различных объектов на территории Беларуси, а за фигурантами дела какое-то время перед арестом следили спецслужбы.
 Семья Прохоровых долгое время жила в деревне Грабовка Гомельского района. На момент задержания они жили в деревне Уза Гомельского района, куда переехали два года назад.</t>
   </si>
   <si>
     <t>Решение суда 20.06.2024: 8 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-12-29 15:11:09</t>
   </si>
   <si>
-    <t>Тимофей Александрович Короткевич</t>
-[...27 lines deleted...]
-  <si>
     <t>Алексей Дмитриевич Шишковец</t>
   </si>
   <si>
     <t>25 февраля 1979</t>
   </si>
   <si>
     <t>Задержан за «подготовку к диверсии на железной дороге».
 По информации МВД, в начале 2022 года мужчина «вошел в состав экстремистского формирования «ByPol», авторизовавшись в мобилизационном чат-боте для совершения противоправных действий в Беларуси».
 1 марта он якобы получил указания по блокировке железнодорожных путей, а также по изготовлению и использованию «коктейлей Молотова».</t>
   </si>
   <si>
-    <t>11 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Решение суда 12.10.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-03-11 01:18:52</t>
   </si>
   <si>
-    <t>Дмитрий Васильевич Андросюк</t>
-[...80 lines deleted...]
-    <t>2021-02-26 22:21:29</t>
+    <t>Андрей Иванович Матусенко</t>
+  </si>
+  <si>
+    <t>25 февраля 1969</t>
+  </si>
+  <si>
+    <t>В 2006 году Матусенко основал в Смоленской области фирму «ММ-Транзит». Ее сфера деятельности — грузоперевозки. В 2020 году фирму ликвидировали. После этого витебчанин продолжил работать в разных фирмах в России — например, «С-Транс», которая занимается перевозками. Ездил повсюду — Евросоюз, Россия, Беларусь, Украина. 
+Матусенко служил в Афганистане. Время его службы — с ноября 1987-го по февраль 1989-го. </t>
+  </si>
+  <si>
+    <t>2025-08-17 15:02:31</t>
+  </si>
+  <si>
+    <t>Тимофей Александрович Короткевич</t>
+  </si>
+  <si>
+    <t>25 февраля 2002</t>
+  </si>
+  <si>
+    <t>Осужден за лайки в 2020 году: тогда ему было 18 лет. Вероятно, суд проходил по диффамационным статьям.</t>
+  </si>
+  <si>
+    <t>2025-05-20 22:35:08</t>
   </si>
   <si>
     <t>Виталий Иванович Хальчицкий</t>
   </si>
   <si>
     <t>27 февраля 1957</t>
   </si>
   <si>
     <t>Пенсионер, и у него на содержании есть малолетний ребёнок. </t>
   </si>
   <si>
     <t>Решение суда 24.03.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-04-19 20:32:22</t>
-  </si>
-[...26 lines deleted...]
-    <t>2024-11-27 15:04:17</t>
   </si>
   <si>
     <t>Павел Юрьевич Белютин</t>
   </si>
   <si>
     <t>27 февраля 1977</t>
   </si>
   <si>
     <t>Павел был осужден в суде Фрунзенского района города Минска 23 мая 2022 года по ст. 369 УК РБ.
 В вечернем выпуске новостей на государственном телевидении "Беларусь 1" пятого мая 2025 года Павла назвали "участником экстремистского формирования" и "частью Виленской хоругви", цель которой якобы вторжение в Беларусь. В ролике сообщалось, что активист якобы проходил военизированную тренировку в указанной организации. А также якобы в 2020 году участвовал в акциях протеста и входил в состав группы, которая планировала атаку беспилотниками Островецкой АЭС.
 Сообщается, что Павел уехал из Беларуси, а его объявили в межгосударственный розыск. Обстоятельства задержания активиста неизвестны. На видео мужчину в аэропорту выводят из самолета сотрудники с повязками КГБ и пересаживают в автомобиль.</t>
   </si>
   <si>
     <t>Главпочтамт, а\я 8, Минск 220050</t>
   </si>
   <si>
     <t>Решение суда 23.05.2022: неизвестно лет ограничения свободы без направления. Суд по смене режима 19.03.2025: неизвестно.</t>
   </si>
   <si>
     <t>2022-06-01 18:47:07</t>
   </si>
   <si>
+    <t>Глеб Владимирович Жуков</t>
+  </si>
+  <si>
+    <t>27 февраля 1969</t>
+  </si>
+  <si>
+    <t>Решение суда 08.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-27 15:04:17</t>
+  </si>
+  <si>
+    <t>Алина Викторовна Шевцова</t>
+  </si>
+  <si>
+    <t>27 февраля 2004</t>
+  </si>
+  <si>
+    <t>Студентка Минского государственного лингвистического университета. Задержана в сентябре 2024 года. Сначала была осуждена два раза на сутки по административной статье, после чего завели уголовное дело. По утверждению знакомых, уголовное дело политически мотивировано.
+ Алину Шевцову внесли в список участников "экстремистского формирования" "Школа лидерства для женщин" в конце сентября 2024 года. Это образовательный проект для белорусских студенток, который помогает им развить лидерские качества. </t>
+  </si>
+  <si>
+    <t>Решение суда 19.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-01-07 17:33:41</t>
+  </si>
+  <si>
+    <t>Руслан Александрович Лобанок</t>
+  </si>
+  <si>
+    <t>28 февраля 1983</t>
+  </si>
+  <si>
+    <t>Руслан — бизнесмен, основатель и бывший директор визового центра Испании в Минске — был задержан сотрудниками КГБ в октябре 2021 года в аэропорту, когда собирался покинуть Беларусь. Задержание произошло в рамках уголовного дела, возбужденного по политическим мотивам.
+В марте 2023 года Руслан был осужден по статьям «дача взятки» и «измена государству». Суд приговорил его к длительному сроку лишения свободы и крупному штрафу.
+В августе 2024 года условия его содержания были ужесточены — Руслана перевели на тюремный режим. С того момента ему запрещены передачи, свидания и другие формы поддержки. На личные нужды ему разрешено использовать не более одной базовой величины в месяц.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t>Решение суда 06.03.2023: 11 лет лишения свободы в колонии в условиях усиленного режима, 1000 рублей компенсации. Апелляция 05.05.2023: приговор оставлен без изменения. Суд по смене режима 28.08.2024: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2023-03-05 00:05:05</t>
+  </si>
+  <si>
+    <t>Лилия Викторовна Костенич</t>
+  </si>
+  <si>
+    <t>28 февраля 1967</t>
+  </si>
+  <si>
+    <t>Впервые Лилию задержали в конце марта 2023 года и назначили административный арест на 10 суток. Однако в апреле 2024 года стало известно, что ее задержали в рамках уголовного дела. Она была осуждена по нескольким статьям за «оскорбление представителей власти» и «клевету и оскорбление в отношении Лукашенко».</t>
+  </si>
+  <si>
+    <t>Решение суда 10.12.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 13.02.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-23 20:28:11</t>
+  </si>
+  <si>
     <t>Артём Юрьевич Литевич</t>
   </si>
   <si>
     <t>28 февраля 1982</t>
   </si>
   <si>
     <t>Бывший дальнобойщик, вернулся из Европы. Предъявили ему более 1000 экстремистских комментариев, в том числе с 1997 года.
 Артём был осужден в Минском городском суде по ч. 3 ст. 361 УК и ч. 1 ст. 342 УК РБ.
 На 31 января 2025 г. назначено рассмотрение дела Артема по ч. 3 ст. 361-1 УК  и ст. 369 УК РБ. </t>
   </si>
   <si>
-    <t>Решение суда 24.10.2024: неизвестно. Апелляция 24.12.2024: неизвестно. Решение суда 04.02.2025: неизвестно.</t>
+    <t>Решение суда 24.10.2024: неизвестно. Апелляция 24.12.2024: неизвестно. Решение суда 04.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-09-25 19:40:06</t>
-  </si>
-[...33 lines deleted...]
-    <t>2023-03-05 00:05:05</t>
   </si>
   <si>
     <t>Наталья Александровна Васильева</t>
   </si>
   <si>
     <t>29 февраля 1960</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-10-15 12:53:46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1821,51 +1624,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1909,2450 +1712,2091 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
       <c r="I6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
       <c r="I13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
       <c r="C14" t="s">
         <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D16" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="H16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="I18" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>104</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
         <v>109</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>110</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>114</v>
       </c>
-      <c r="B21" t="s">
+      <c r="I21" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" t="s">
+        <v>74</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>90</v>
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...19 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>63</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>137</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>143</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>144</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>145</v>
+      </c>
+      <c r="B28" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
+        <v>93</v>
+      </c>
+      <c r="H28" t="s">
         <v>148</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>150</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>154</v>
       </c>
       <c r="I29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>156</v>
       </c>
       <c r="B30" t="s">
         <v>157</v>
       </c>
       <c r="C30" t="s">
         <v>158</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E30" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>159</v>
       </c>
       <c r="I30" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>161</v>
       </c>
       <c r="B31" t="s">
         <v>162</v>
       </c>
       <c r="C31" t="s">
         <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>74</v>
+      </c>
+      <c r="E31" t="s">
+        <v>81</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>164</v>
       </c>
       <c r="I31" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>166</v>
       </c>
       <c r="B32" t="s">
         <v>167</v>
       </c>
       <c r="C32" t="s">
         <v>168</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>169</v>
       </c>
       <c r="I32" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>171</v>
       </c>
       <c r="B33" t="s">
         <v>172</v>
       </c>
+      <c r="C33" t="s">
+        <v>173</v>
+      </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>167</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E36" t="s">
-        <v>189</v>
+        <v>81</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
+      <c r="E37" t="s">
+        <v>142</v>
+      </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>195</v>
       </c>
       <c r="I37" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>199</v>
+        <v>52</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" t="s">
+        <v>93</v>
+      </c>
+      <c r="H40" t="s">
         <v>209</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>211</v>
+      </c>
+      <c r="B41" t="s">
         <v>212</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>58</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
         <v>217</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>218</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>174</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
         <v>222</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>223</v>
       </c>
-      <c r="C43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>224</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="I43" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>226</v>
+      </c>
+      <c r="B44" t="s">
+        <v>227</v>
+      </c>
+      <c r="C44" t="s">
         <v>228</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>58</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>229</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>231</v>
+      </c>
+      <c r="B45" t="s">
+        <v>232</v>
+      </c>
+      <c r="C45" t="s">
         <v>233</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>21</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>234</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>236</v>
+      </c>
+      <c r="B46" t="s">
         <v>237</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>238</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>184</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>239</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>241</v>
+      </c>
+      <c r="B47" t="s">
         <v>242</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>243</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>21</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>244</v>
       </c>
-      <c r="D47" t="s">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="I47" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
         <v>248</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>38</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>249</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>251</v>
+      </c>
+      <c r="B49" t="s">
         <v>252</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>253</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>88</v>
+      </c>
+      <c r="I49" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>255</v>
+      </c>
+      <c r="B50" t="s">
+        <v>256</v>
+      </c>
+      <c r="C50" t="s">
         <v>257</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>258</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>259</v>
-      </c>
-[...16 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>260</v>
+      </c>
+      <c r="B51" t="s">
+        <v>261</v>
+      </c>
+      <c r="C51" t="s">
         <v>262</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>263</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>264</v>
-      </c>
-[...16 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" t="s">
         <v>267</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>223</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>268</v>
       </c>
-      <c r="C52" t="s">
+      <c r="I52" t="s">
         <v>269</v>
-      </c>
-[...16 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>270</v>
+      </c>
+      <c r="B53" t="s">
+        <v>271</v>
+      </c>
+      <c r="C53" t="s">
         <v>272</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>38</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>273</v>
       </c>
-      <c r="C53" t="s">
+      <c r="I53" t="s">
         <v>274</v>
-      </c>
-[...16 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>275</v>
+      </c>
+      <c r="B54" t="s">
+        <v>276</v>
+      </c>
+      <c r="D54" t="s">
+        <v>74</v>
+      </c>
+      <c r="E54" t="s">
+        <v>174</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
         <v>277</v>
-      </c>
-[...22 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>278</v>
+      </c>
+      <c r="B55" t="s">
+        <v>279</v>
+      </c>
+      <c r="C55" t="s">
+        <v>280</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>52</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
+        <v>281</v>
+      </c>
+      <c r="I55" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B56" t="s">
+        <v>284</v>
+      </c>
+      <c r="C56" t="s">
+        <v>285</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>286</v>
       </c>
-      <c r="B56" t="s">
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>287</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>288</v>
-      </c>
-[...16 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>289</v>
+      </c>
+      <c r="B57" t="s">
+        <v>290</v>
+      </c>
+      <c r="C57" t="s">
         <v>291</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>292</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>293</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>294</v>
-      </c>
-[...10 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" t="s">
+        <v>296</v>
+      </c>
+      <c r="C58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>38</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>298</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>52</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>303</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" t="s">
         <v>307</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>52</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>308</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
         <v>311</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>312</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>22</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
+      <c r="H61" t="s">
+        <v>313</v>
+      </c>
       <c r="I61" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B62" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C62" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>223</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="I62" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B63" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C63" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I63" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B64" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="C64" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>69</v>
+        <v>142</v>
       </c>
       <c r="F64" t="s">
         <v>22</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="I64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B65" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C65" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E65" t="s">
-        <v>330</v>
+        <v>81</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B66" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C66" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>294</v>
+        <v>87</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B67" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>341</v>
+        <v>263</v>
       </c>
       <c r="I67" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>343</v>
       </c>
       <c r="B68" t="s">
         <v>344</v>
       </c>
       <c r="C68" t="s">
         <v>345</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="F68" t="s">
         <v>22</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
+        <v>43</v>
+      </c>
+      <c r="I68" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>347</v>
+      </c>
+      <c r="B69" t="s">
         <v>348</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>349</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>350</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>352</v>
+      </c>
+      <c r="B70" t="s">
         <v>353</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>354</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F70" t="s">
         <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>356</v>
       </c>
       <c r="I70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I71" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>362</v>
       </c>
       <c r="B72" t="s">
         <v>363</v>
       </c>
       <c r="C72" t="s">
         <v>364</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E72" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="F72" t="s">
         <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>305</v>
+        <v>365</v>
       </c>
       <c r="I72" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D73" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>97</v>
+        <v>370</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E74" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="F74" t="s">
         <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>33</v>
+        <v>376</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C75" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F75" t="s">
         <v>22</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="I75" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B76" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E76" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F76" t="s">
         <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="I76" t="s">
-        <v>384</v>
-[...6 lines deleted...]
-      <c r="B77" t="s">
         <v>386</v>
-      </c>
-[...349 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">