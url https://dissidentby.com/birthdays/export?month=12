--- v0 (2025-12-14)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="455">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
@@ -81,526 +81,516 @@
     <t>В заключении</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:00</t>
   </si>
   <si>
     <t>Виктор Викторович Сачковский</t>
   </si>
   <si>
     <t>2 декабря 1989</t>
   </si>
   <si>
     <t>Согласно материалам дела, мужчина 27 февраля 2022 года снял на видео полеты военных самолетов и отправил видеозапись т.н. "экстремистскому формированию". Куда именно был отправлен ролик — не уточнялось.</t>
   </si>
   <si>
     <t>Решение суда 11.03.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 02.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
-  </si>
-[...34 lines deleted...]
-    <t>2021-02-28 00:25:35</t>
   </si>
   <si>
     <t>Николай Владимирович Василевич</t>
   </si>
   <si>
     <t>3 декабря 1978</t>
   </si>
   <si>
     <t>Николая обвиняют в "финансировании террористической деятельности", по этой статье грозит от 8 до 12 лет тюрьмы.
 Последнее известное место работы мужчины-Республиканский центр олимпийской подготовки по легкой атлетике.
 6 июня 2023 г. был осужден по ст. 361-2 УК на 6 лет колонии усиленного режима и большой штраф. Другие подробности дела неизвестны.
 1 сентября 2023 г. в Верховном суде судья Черевач В. должна была рассматривать апелляционную жалобу политзаключенного. На данный момент первый приговор вступил в силу, поэтому во время вынесения второго Василевич считался уже ранее судимым.
 12 сентября 2023 г. в суде Первомайского района состоялся еще один суд над Николаем. На этот раз его обвинили в" финансировании террористической деятельности " . Всего за донаты Светлана Черепович присудила ему 9 лет и 6 месяцев в колонии усиленного режима, а также штраф в 600 базовых величин. В провластном фильме говорится, что он осуществил не менее 54 пожертвований в фонды солидарности.
 14.11.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
   </si>
   <si>
     <t>9,5 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
+    <t>Павел Юрьевич Лукашевич</t>
+  </si>
+  <si>
+    <t>3 декабря 1987</t>
+  </si>
+  <si>
+    <t>Про задержание лидчанина стало известно 22 сентября. На милицейском видео он рассказал, что был «зарегистрирован в Плане Перамога» и в телеграме оставлял «угрозы» силовикам. По информации телеграм-канала «Задержания, суды в Лиде», мужчина арестовывали на 15 суток по неназванной административной статье.</t>
+  </si>
+  <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
+    <t>Решение суда 27.05.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:38:03</t>
+  </si>
+  <si>
     <t>Виктор Александрович Савчиц</t>
   </si>
   <si>
     <t>4 декабря 1981</t>
   </si>
   <si>
     <t>С 28 августа по 4 сентября 2024 года дело рассмотрел судья Писаревич Евгений. Также Виктору предстоит выплатить 1000 рублей компенсации морального вреда участковому города Логойска.
 07 октября 2025 года был объявлен приговор по второму суду: с учётом первого суда - 6 лет лишения свободы в условиях усиленного режима, 600 базовых штрафа, также компансация морального вреда Чемодановой - 5000 бел. руб., Карпенкову - 2000 бел.руб. и Никитенко - 5000 бел руб.</t>
   </si>
   <si>
     <t>Решение суда 04.09.2024: 6 лет лишения свободы в колонии в условиях общего режима, 1000 рублей компенсации. Апелляция 05.11.2024: неизвестно. Решение суда 07.10.2025: 6 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
     <t>Александр Сергеевич Вересович</t>
   </si>
   <si>
     <t>4 декабря 1966</t>
   </si>
   <si>
     <t>Имя Александра появилось в расписании судов. Мужчину обвиняют в пожертвованиях на помощь Украине и в пользу «экстремистского формирования».
 Примечательно, что пожертвование в поддержку «экстремистского формирования» мужчина сделал до мая 2021 года, когда в Беларуси вообще не было экстремистских формирований. . Суд начался 19 марта в Минском городском суде.
 Александр имеет в Молодечно небольшой бизнес: как ИП занимается грузоперевозками на собственном бусе. Он растит двоих детей: малую дочь, которая заканчивает шестой класс, и сына, который сейчас должен быть в старших классах.
 07.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
-    <t>Андрей Эдвардович Крот</t>
-[...19 lines deleted...]
-  <si>
     <t>Александр Юрьевич Волчок</t>
   </si>
   <si>
     <t>5 декабря 1986</t>
   </si>
   <si>
     <t>Был задержан 28 июня 2021 году,  отбыл 7 суток административного ареста. Был отпущен 5 июля, после чего снова был задержан сотрудниками следственного комитета, но уже по уголовному делу.
 По версии обвинения Александр в «Одноклассниках» с ноября по декабрь 2020 года, с мая пo декабрь 2021 года разместил публикации с оскорблением Лукашенко.
 Он же в декабре 2020 года и марте 2021 года в социальной сети «Вконтакте» разместил текстовый комментарий и видеоролик, высказывался в адрес Лукашенко.</t>
   </si>
   <si>
     <t>2,5 года лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
     <t>Марина Викторовна Мазовка</t>
   </si>
   <si>
     <t>5 декабря 1972</t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-02 15:14:31</t>
-  </si>
-[...36 lines deleted...]
-    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Виктор Георгиевич Ламеко</t>
   </si>
   <si>
     <t>6 декабря 1968</t>
   </si>
   <si>
     <t>Предприниматель из Зельвы Виктора Ламеко был жестоко задержан и избит при задержании. Изначально на него составили протокол по административной статье 19.11 КоАП РБ (распространение экстремистских материалов). Не дав Ламеко даже покинуть здание суда, силовики вновь задержали его и вновь составили протокол по ст. 19.11 КоАП РБ. Когда мужчина находился в следственном изоляторе, на него составили третий протокол.
 Как стало известно, предприниматель находится в СИЗО, ему предъявлено обвинение уже по уголовной статье за клевету в отношении Лукашенко А.Г. 
 Пока мужчина был в СИЗО, у него умерла мать.
 Виктор судился с налоговой и защищал предпринимателей из Гродненской области в судах.
 24.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
     <t>3 года лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
+  </si>
+  <si>
+    <t>Инна Викторовна Корбут</t>
+  </si>
+  <si>
+    <t>6 декабря 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Окончила Могилевский государственный университет имени Кулешова на детского психолога. Жила также в Мозыре и Могилеве. Последние три года она имеет статус индивидуального предпринимателя, направление его деятельности — фотография.
+Инну задержали и осудили в 2025 году за «содействие экстремистской деятельности». Преследование связано с делом Гаюна. Известно, что Инне присудили химию, но приговор, как и точная суть обвинений, неизвестны.
+</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Владимир Анатольевич Трифонов</t>
   </si>
   <si>
     <t>6 декабря 1964</t>
   </si>
   <si>
     <t>Подробности дела неизвестны, так как процесс проходил в закрытом режиме, а на самом уголовном деле — гриф секретности.
 Подробности задержания осуждённых известны из пропагандистского фильма «Операция КГБ «Манкурты»», который ОНТ показал в 2021 году.
 Согласно фильму, Владимир Трифонов — проводник через беларусско-литовскую границу, через которую должен был нелегально перевести Алексея Храловича.
 Начал отбывать наказание.</t>
   </si>
   <si>
     <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
   </si>
   <si>
     <t>14 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Анна Владимировна Власенко</t>
+    <t>Игорь Васильевич Черпаков</t>
+  </si>
+  <si>
+    <t>7 декабря 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Александр Станиславович Юшкевич</t>
+  </si>
+  <si>
+    <t>7 декабря 1987</t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-09-04 22:43:02</t>
+  </si>
+  <si>
+    <t>Владимир Леонидович Леосевич</t>
   </si>
   <si>
     <t>7 декабря 1981</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: неизвестно.</t>
-[...14 lines deleted...]
-    <t>2023-09-04 22:43:02</t>
+    <t>30.10.2023 прошло судебное заседание.</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 30.10.2023: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
   </si>
   <si>
     <t>Егор Александрович Михайлов</t>
   </si>
   <si>
     <t>7 декабря 1994</t>
   </si>
   <si>
     <t>Егор был задержан в феврале 2021 года и позднее осуждён по делу о поджоге танка Т-72 в составе военного эшелона на железнодорожной станции в Степянке. По материалам дела, ночью 31 января 2021 года он бросил в танк «коктейль Молотова» с надписью «ОГСБ». Его действия квалифицировали как «акт терроризма». По версии обвинения, Егор совершил поджог, исходя из своих политических взглядов.
 В начале октября 2023 года стало известно, что Егора перевели в СИЗО-1 в связи с новым уголовным делом, возбужденным по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них». По этому делу его приговорили ещё к шести месяцам заключения.</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>Решение суда 26.07.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 685 рублей компенсации. Решение суда 05.10.2023: 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
+    <t>Анна Владимировна Власенко</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
+  </si>
+  <si>
+    <t>Марина Владимировна Леонович</t>
+  </si>
+  <si>
+    <t>8 декабря 1995</t>
+  </si>
+  <si>
+    <t>Марина — беларусскоязычная IT-специалистка из EPAM, которая также занимается творчеством. Она пишет статьи для беларусской Википедии, делает иллюстрации, переводит на беларусский язык и пишет стихи. После начала полномасштабной российской агрессии против Украины она переехала в Грузию, но затем по неизвестным причинам вернулась в Беларусь. Вскоре она была задержана в рамках уголовного дела и осуждена по статьям «финансирование экстремистской деятельности» и «финансирование или иная финансовая поддержка войны».</t>
+  </si>
+  <si>
+    <t>Решение суда 14.01.2025: 5 лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-03-14 18:44:29</t>
+  </si>
+  <si>
     <t>Лилия Витольдовна Юруть</t>
   </si>
   <si>
     <t>8 декабря 1976</t>
   </si>
   <si>
     <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-09-17 18:20:13</t>
+  </si>
+  <si>
+    <t>Наталия Сергеевна Салук</t>
+  </si>
+  <si>
+    <t>8 декабря 1999</t>
+  </si>
+  <si>
+    <t>Провластный телеграм-канал опубликовал видео о задержании беларуски, которая в 2020 году участвовала в протестах и «мешала проезду» машине ГАИ. Как пишут авторы канала, против девушки возбудили уголовное дело. По какой статье, не уточняется.
+Известно, что Наталья в 2022 году закончила БГТУ. </t>
+  </si>
+  <si>
+    <t>Решение суда 16.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-11 02:04:25</t>
+  </si>
+  <si>
+    <t>Кирилл Куокович Нгуен</t>
+  </si>
+  <si>
+    <t>8 декабря 1993</t>
+  </si>
+  <si>
+    <t>12.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.04.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.07.2024: приговор оставлен без изменения. Решение суда 25.03.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 20.06.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
   </si>
   <si>
     <t>Егор Андреевич Захарчук</t>
   </si>
   <si>
     <t>8 декабря 1992</t>
   </si>
   <si>
     <t>Осужден за участие в акциях протеста, а также за коммментарии в соцсетях.
 10.11.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>неизвестно</t>
   </si>
   <si>
     <t>2023-08-11 19:24:21</t>
   </si>
   <si>
-    <t>Кирилл Куокович Нгуен</t>
-[...29 lines deleted...]
-  <si>
     <t>Анна Валентиновна Корнеенко</t>
   </si>
   <si>
     <t>8 декабря 1985</t>
   </si>
   <si>
-    <t>Бывшая бухгалтерка Минского электротехнического завода имени Вавилова. Судебный процесс начался 19 мая и проходил в закрытом режиме, поэтому информации про суть обвинения немного. Известно, что Анну уволили с работы после "Народного ультиматума" в 2020 году, затем она судилась с предприятием по факту незаконного увольнения.</t>
+    <t>Бывшая бухгалтерка Минского электротехнического завода имени Вавилова. Судебный процесс начался 19 мая и проходил в закрытом режиме, поэтому информации про суть обвинения немного. Известно, что Анну уволили с работы после "Народного ультиматума" в 2020 году, затем она судилась с предприятием по факту незаконного увольнения.
+При задержании младшему ребенку Анны было всего 5 месяцев.</t>
   </si>
   <si>
     <t xml:space="preserve"> Решение суда 24.05.2023: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
-  </si>
-[...41 lines deleted...]
-    <t>2025-07-11 11:15:23</t>
   </si>
   <si>
     <t>Татьяна Ивановна Полубок</t>
   </si>
   <si>
     <t>9 декабря 1978</t>
   </si>
   <si>
     <t>Известно, что сотрудники ГУБОПиКа расследуют дело в отношении лиц, которые якобы были причастны к телеграм-чату «партизаны Новогрудка». Против них заведены уголовные дела по статье экстремизм. Из всех, кого допрашивали по делу, берут подписку о неразглашении.
 СМИ сообщают, что по меньшей мере шестеро человек среди тех, кого силовики задержали 15 дней назад, не вышли после отбытия административного ареста, в том числе Татьяну.</t>
   </si>
   <si>
     <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
   </si>
   <si>
     <t>Артем Анатольевич Лебедько</t>
   </si>
   <si>
     <t>9 декабря 1985</t>
   </si>
   <si>
     <t>По информации правозащитников, сыну политика Анатолия Лебедько инкриминируют финансирование экстремистской деятельности. Артема задержали в конце марта и потом дважды осудили на 15 суток ареста, поле которых ему предъявили обвинение и перевели в СИЗО-1.
 Согласно версии обвинения, Лебедько в 2020 году "по мотивам идеологической вражды" с использованием расчетного счета одного из банков по телефону сделал несколько денежных переводов трем фондам, которые признаны "экстремистскими формированиями". Сообщается, что средства перечислялись через платежную систему популярной социальной сети "Фейсбук". Предположительно, речь идет, в том числе о фондах BY_help и Беларусском фонде спортивной солидарности.
 На суде политзаключенный не признал вину и заявил, что ему и вовсе не ясна суть предъявленных обвинений и не понимает, за что он на скамье подсудимых.
 31.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
     <t>3,5 года лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
+  </si>
+  <si>
+    <t>Валентин Владимирович Дубровщик</t>
+  </si>
+  <si>
+    <t>9 декабря 1969</t>
+  </si>
+  <si>
+    <t>Валентина обвиняют в оскорбительных комментариях в отношении Лукашенко, Караника, а также российских солдат, воюющих в Украине. Валерий работал сторожем десткого сада.
+13.10.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
+  </si>
+  <si>
+    <t>Даниэль-Ландсей Кейта</t>
+  </si>
+  <si>
+    <t>10 декабря 1999</t>
+  </si>
+  <si>
+    <t>Провластный телеграм-канал «Пульс Гродно» опубликовал видео с задержанным за участие в протестах минчанином.
+На видео беларус говорит, что в 2020 году участвовал в протестах и оставлял негативные комментарии в сторону власти и сотрудников милиции. Также задержанный рассказал, что плохо относился к российским военным.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.01.2025: 2 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Алина Валентиновна Хмелевская</t>
   </si>
   <si>
     <t>10 декабря 1984</t>
   </si>
   <si>
     <t>Алина была осуждена в июле 2024 года по статьям — «участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте» и «финансирование деятельности экстремистского формирования».
 Приговор и суть обвинения правозащитникам неизвестны, однако обычно по первой статье в Беларуси судят за поддержку Украины в войне. За такой донат её могли приговорить к сроку от пяти до десяти лет лишения свободы в колонии.</t>
   </si>
   <si>
-    <t>Решение суда 30.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
+    <t>Решение суда 30.07.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
   </si>
   <si>
-    <t>Сергей Петрович Забелич</t>
-[...14 lines deleted...]
-    <t>2024-04-02 13:51:41</t>
+    <t>Максим Владимирович Ралько</t>
+  </si>
+  <si>
+    <t>11 декабря 2001</t>
+  </si>
+  <si>
+    <t>Максима показали в пропагандистском фильме, съемки проводились в тюрьме. 
+Весной 2022 года вступил в добровольческий полк Калиновского, который был сформирован в феврале того же года с целью защиты Украины от российского вторжения.
+По данным провластного телеканала, Ралько участвовал в боевых действиях.
+В начале 2024-го Ралько уволился с Полка и вернулся в Варшаву. Начал изучать тестирование в IT, ходил на акции протеста, работал охранником в»Бедронке". Он получил статус дополнительной защиты. Через пару месяцев после возвращения из Украины в Польшу Максим поссорился с друзьями и исчез. Одного из них он обвинил в шпионаже. Потом вышел на связь в мае 2024 года. Рассказал, что находится в Германии и решил там податься на беженство. Позже Максим сообщил, что сбежал из лагеря для беженцев и оставил все документы, включая паспорт.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 10 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:40:33</t>
   </si>
   <si>
     <t>Вилен Сергеевич Тургунов</t>
   </si>
   <si>
     <t>11 декабря 1968</t>
   </si>
   <si>
     <t>Причина задержания гомельчанина Вилена Тургунова - комментарии в интернете, включая негативные в сторону милиции. 
 Вилену Тургунову 55 лет. Его отец родом из Узбекистана, мать белоруска. Вилен окончил университет в российском Новозыбкове (Брянская область) по специальности «правоведение». Работал Вилен Тургунов в Железнодорожном РОВД областного центра. Там были серьезные проблемы. Еще в 2001 году получил выговор за «безответственное отношение к службе», в 2002 году имел «неполное служебное несоответствие», в 2004-м — выговор за «грубое нарушение служебной дисциплины, нарушение приказа МВД».
 Позже бывший милиционер работал в строительно-монтажном тресте в Гомеле.
 Задержанный активно вел страницы в различных социальных сетях, где высказывался о политических и социальных событиях. За поддержку Украины другие пользователи сетей называли его "бандеровцем".
 Также отбывает наказание родственник Вилена Тургунова, Игорь Козубов.</t>
   </si>
   <si>
     <t>Решение суда 20.08.2024: неизвестно. Апелляция 25.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
+    <t>Сергей Петрович Забелич</t>
+  </si>
+  <si>
+    <t>11 декабря 1972</t>
+  </si>
+  <si>
+    <t>51-летний Сергей Забелич из Минска, окончил Белорусский государственный университет информатики и радиоэлектроники. Судя по Linkedin, он не менее двадцати лет работал программистом. В сентябре 2022-го перешел из компании Nikta Technologies в компанию Intrahealth, резидента ПВТ, работающую на канадский рынок.
+Известно, что Сергея задерживали 13 декабря 2020 года, когда люди совместно выходили на дворовые марши. В этот день задержали еще 300 белорусов.
+Его обвиняют по двум статьям - "финансирование экстремистской деятельности, совершенное повторно»и "финансирование деятельности экстремистского формирования". Ему грозит до восьми лет колонии.
+07.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.04.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-02 13:51:41</t>
+  </si>
+  <si>
     <t>Евгений Александрович Глушков</t>
   </si>
   <si>
     <t>Евгений Глушков - бывший могилевский журналист, в 90-е и 2000-е работал на городском телевидении, после этого сотрудничал с несколькими городскими порталами. 
 Глушкова задержали в начале января при помощи штурма, поскольку мужчина не открыл дверь силовикам. Его вытащили на улицу прямо в той одежде, в которой он находился дома.
 По некоторым данным установлено, что уголовное дело заведено в отношении Глушкова за журналистскую деятельность. Предположительная статья - 361-1 УК РБ (создание или участие в экстремистским формировании).</t>
   </si>
   <si>
     <t>Решение суда 31.07.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Алла Ивановна Пучинская</t>
   </si>
   <si>
     <t>11 декабря 1981</t>
   </si>
   <si>
     <t>21 февраля 2024 года в суде Пинского района судья Бычило Андрей рассмотрел дело по ч. 2 ст. 19.11 КоАП (Распространение информационной продукции, включенной в республиканский список экстремистских материалов, а равно изготовление, издание, хранение либо перевозка с целью распространения такой информационной продукции).
 Видимо, после этого было заведено уголовное дело.</t>
   </si>
   <si>
     <t>Решение суда 08.02.2024: 5 лет лишения свободы в колонии в условиях общего режима.</t>
@@ -620,893 +610,857 @@
   </si>
   <si>
     <t>Решение суда 08.07.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
   </si>
   <si>
     <t>Игорь Евстафьевич Сидарович</t>
   </si>
   <si>
     <t>12 декабря 1972</t>
   </si>
   <si>
     <t>Игорь впервые был осуждён за то, что растянул плакат с надписью: «Пока в стране беззаконие, сопротивление — наш долг», перекрыв движение автомобильного транспорта. Ему присудили крупный штраф.
 Позже его повторно осудили за оскорбление власти через комментарий в чате «Молодечно для жизни» и назначили меру пресечения в виде «домашней химии». Игорь имеет инвалидность, так как у него отсутствует одна нога.
 В конце 2024 года стало известно, что Игорь снова был задержан и помещён под стражу. В июле 2025 года его осудили по статье «Содействие экстремистской деятельности», приговорив к лишению свободы и крупному штрафу.</t>
   </si>
   <si>
     <t>Решение суда 31.03.2021: 140 базовых величин штрафа. Решение суда 02.06.2021: 1 год 6 месяцев ограничения свободы без направления, 1500 рублей компенсации. Решение суда 22.07.2025: 4 года лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
+    <t>Владимир Николаевич Марцинкевич</t>
+  </si>
+  <si>
+    <t>12 декабря 1980</t>
+  </si>
+  <si>
+    <t>19.03.2024 состоялось рассмотрение аппеляционной жалобы суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.01.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.03.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
     <t>Леонид Валерьевич Райченок</t>
   </si>
   <si>
     <t>12 декабря 1986</t>
   </si>
   <si>
     <t>Согласно версии обвинения, 17 мая 2022 года Леонид Райчёнок перевел 400 долларов на бронежилеты белорусским добровольцам, воюющим на стороне Украины. Второе пожертвование он сделал на сумму 150 долларов в пользу "Prague Support Team" (объединение белорусов Праги, которые собирают донаты и на них закупают обмундирование, иногда на оружейные аксессуары для белорусских добровольцев, воюющих на стороне Украины). Действия брестчанина квалифицировали как "финансирование граждан Республики Беларусь для участия на территории иностранного государства в вооруженном формировании одной из противоборствующих сторон, в вооруженных конфликтах, военных действиях".
 12.12.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 17.10.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
-    <t>Владимир Николаевич Марцинкевич</t>
-[...13 lines deleted...]
-  <si>
     <t>Ольга Викторовна Колпакова</t>
   </si>
   <si>
     <t>13 декабря 1979</t>
   </si>
   <si>
     <t>Решение суда 01.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-10-31 18:01:01</t>
   </si>
   <si>
     <t>Константин Сергеевич Притуленко</t>
   </si>
   <si>
     <t>14 декабря 1979</t>
   </si>
   <si>
     <t>Бывший помощник прокурора Глусского района.
 В видео, которое публиковал СК, Притуленко говорил, что отправлял в чат-бот «Черной книги Беларуси» данные сотрудника прокуратуры Глусского района и врача.
 По информации «Нашай Нівы», в 2005 году Константин Притуленко был следователем, а после помощником прокурора района. Где Притуленко работал до задержания, неизвестно.
 Изначально процесс был открыт, но, по ходатайству потерпевших чиновников и силовиков, его закрыли.Всего в качестве потерпевших проходит более десятка человек, среди которых бывшая зампредседателя Могилевского горисполома, «главный идеолог города»Алла Галушко. Среди других пострадавших – члены избирательных комиссий, работники прокуратуры, силовики и другие представители власти.
 06.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии строгого режима.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
+    <t>Андрей Юрьевич Савинский</t>
+  </si>
+  <si>
+    <t>14 декабря 1987</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, Савинский в течение полутора лет перевел сумму, эквивалентную 50 долларам США, на счета фондов, признанных «экстремистскими». При этом он неоднократно пользовался своей учетной записью в Facebook. Он также создал и разместил в одном из телеграм-чатов 4 текстовых сообщения, якобы направленных на «разжигание социальной вражды в обществе».
+12 января 2024 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.11.2023: 5 лет лишения свободы в колонии в условиях общего режима, 200 базовых величин штрафа. Апелляция 12.01.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
     <t>Владислав Вадимович Брауэр</t>
   </si>
   <si>
     <t>14 декабря 1995</t>
   </si>
   <si>
     <t>2025-07-20 12:14:16</t>
   </si>
   <si>
-    <t>Станислав Александрович Филимонов</t>
-[...13 lines deleted...]
-  <si>
     <t>Александр Евгеньевич Соболевский</t>
   </si>
   <si>
     <t>15 декабря 1967</t>
   </si>
   <si>
     <t>В Могилеве Соболевский известен как один из фрилансеров, сотрудничавших до 2020 года с городскими онлайн-изданиями. Алеся два раза осуждали за административное нарушение на сутки, после чего он не вышел на свободу. </t>
   </si>
   <si>
     <t>Решение суда 31.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
-    <t>Армен Александрович Арзуманян</t>
-[...12 lines deleted...]
-    <t>2024-12-05 15:42:31</t>
+    <t>Ольга Владимировна Лоцманова</t>
+  </si>
+  <si>
+    <t>15 декабря 1972</t>
+  </si>
+  <si>
+    <t>Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. </t>
+  </si>
+  <si>
+    <t>Решение суда 01.10.2024: 4 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 10.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-04 10:51:54</t>
   </si>
   <si>
     <t>Станислав Валентинович Кузмицкий</t>
   </si>
   <si>
     <t>15 декабря 1986</t>
   </si>
   <si>
     <t>По материалам следствия, Кузмицкий,«имея извращенные ценности и превратное понимание слова «патриотизм», целенаправленно вступил в террористическую организацию и возглавил отдельные ресурсы сети «...97». Он администрировал более 30 чатов, которые под жестоким контролем и руководством из-за границы наполнял экстремистскими материалами. Мужчина формировал состав экстремистских сообществ, распределял роли и организовывал участие их членов в акциях протеста. Кроме этого, он принимал меры по объединению и увеличению числа сообществ: морально поддерживал их в беседах частного характера, организовывал проведение совместного досуга, распространение агитационной продукции, нанесение рисунков и надписей экстремистского характера на фасады сооружений».</t>
   </si>
   <si>
     <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
   </si>
   <si>
     <t xml:space="preserve">15 лет лишения свободы в колонии усиленного режима. </t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
-    <t>Анна Геннадьевна Курис</t>
-[...31 lines deleted...]
-  <si>
     <t>Виктор Васильевич Баркет</t>
   </si>
   <si>
     <t>16 декабря 1973</t>
   </si>
   <si>
     <t>Был задержан за комментарии о российских военных. Житель Волковыска. На провластных телеграм-каналах опубликовали "покаянное видео" на котором мужчина говорит, что был задержан за оскорбление в Telegram российских военных, которые "служат в Украине", оскорбление главы облисполкома и гродненского военкома.</t>
   </si>
   <si>
     <t>Решение суда 12.02.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Елена Николаевна Вербицкая</t>
   </si>
   <si>
     <t>16 декабря 1955</t>
   </si>
   <si>
     <t>Задержана за помощь политзаключенным 23 января 2024 года, после чего Елену отпустили, но снова задержали в апреле того же года и поместили в СИЗО.</t>
   </si>
   <si>
-    <t>Решение суда 26.09.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: неизвестно.</t>
+    <t>Решение суда 26.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
   </si>
   <si>
     <t>Павел Владимирович Кунцевич</t>
   </si>
   <si>
     <t>17 декабря 1985</t>
   </si>
   <si>
     <t>Павлу Кунцевичу 39 лет. Он минчанин, учился в Минском государственном институте экологии имени Сахарова на психолога. Работал на Червенском рынке, где имел собственную торговую точку, а в последнее время делал теплицы за деньги. 
 Если судить по соцсетям, задержали его осенью 2023-го. Обвиняли его по ч. 3 ст. 361 УК Беларуси - " призывы к санкциям или иным действиям, направленным в ущерб национальной безопасности Беларуси». По статье ему грозило до 12 лет колонии.У Павла большая семья-жена и четверо детей.
 01.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
-    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
-[...1 lines deleted...]
-  <si>
     <t>4 года лишения свободы в колонии</t>
   </si>
   <si>
     <t>2024-01-15 21:41:51</t>
   </si>
   <si>
-    <t>Павел Викторович Мякиш</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Максим Валерьевич Солоп</t>
+  </si>
+  <si>
+    <t>17 декабря 1988</t>
+  </si>
+  <si>
+    <t>Максиму Солопу 36 лет. Он родом из Бреста. В 2012 окончил физфак Гомельского государственного университета имени Франциска Скорины. Работал инженером в Брестском информационном вычислительном центре по экспорто-импортным перевозкам Белорусской железной дороги.
+Максим любит путешествия и активный отдых, а также занимается различными видами спорта и ведет здоровый образ жизни.
+Его начинают судить 24 февраля 2025 года в Брестском городском суде. Максима обвиняют в "призывах к действиям, направленным на причинение вреда национальной безопасности Беларуси" (ч. 3 ст. 361 УК).</t>
+  </si>
+  <si>
+    <t>Решение суда 26.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
   </si>
   <si>
     <t>Наталья Сергеевна Матвеева</t>
   </si>
   <si>
     <t>17 декабря 1983</t>
   </si>
   <si>
     <t>Наталья была задержана в июне 2021 года по подозрению в планировании поджога лесозаготовительной техники. Задержание произошло вечером прямо на территории лесхоза, куда она прибыла якобы вместе с соучастником Гордеевым, который на самом деле выполнял задание органов государственной безопасности.
 По версии обвинения, вечером 8 июня 2021 года Наталья вместе с этим человеком изготовила коктейли Молотова, с помощью которых планировалось поджечь технику. Однако преступление не было доведено до конца — Наталью задержали до совершения поджога.
 На суде Наталья рассказала, что оказалась в сложной жизненной ситуации: в августе 2020 года был задержан её знакомый, она потеряла отца и испытывала трудности на работе. Она также подтвердила, что действительно состояла в чате «ОГСБ» и имела умысел уничтожить лесозаготовительную технику в лесхозе.
 В декабре 2022 года её признали виновной и приговорили к лишению свободы в колонии общего режима с назначением крупного штрафа.</t>
   </si>
   <si>
     <t>Решение суда 05.12.2022: 14 лет лишения свободы в колонии в условиях общего режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Максим Валерьевич Солоп</t>
-[...13 lines deleted...]
-    <t>2025-02-24 17:46:36</t>
+    <t>Павел Викторович Мякиш</t>
+  </si>
+  <si>
+    <t>17 декабря 1987</t>
+  </si>
+  <si>
+    <t>Бывший судмедэксперт. Учился программированию.</t>
+  </si>
+  <si>
+    <t>5,5 лет лишения свободы в колонии усиленного режима</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Артур Игоревич Сырокваша</t>
   </si>
   <si>
     <t>18 декабря 1993</t>
   </si>
   <si>
     <t>Артур Сырокваша работал заместителем начальника пограничной заставы «Хойники», созданной в 2020 году. То есть Артур работал на границе, через которую российская техника шла в Украину.
 Был секретарем местного БРСМ. В анкете Артура «ВКонтакте» указано, что он родом из Минска, закончил БГУ.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
-    <t>Екатерина Владимировна Зарецкая</t>
-[...15 lines deleted...]
-  <si>
     <t>Александр Николаевич Троценко</t>
   </si>
   <si>
     <t>19 декабря 1971</t>
   </si>
   <si>
     <t>Решение суда 26.09.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 10.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
+  </si>
+  <si>
+    <t>Виталий Владимирович Лесковец</t>
+  </si>
+  <si>
+    <t>20 декабря 1975</t>
+  </si>
+  <si>
+    <t>Виталий — программист. Он работал на Могилевском металлургическом заводе и администрировал сайт компании, в проектном специализированном бюро, инженером-программистом в Центре городских информационных систем Могилева.
+Хобби мужчины — фотография. Он фотографирует как на ленту, так и на цифровые фотоаппараты. Алексей регулярно снимает различные городские мероприятия и делится фото в соцсетях. Любит он и путешествовать, как по Беларуси, так и по зарубежью.
+Его судят за донаты на помощь Украине.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 30.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-19 18:56:57</t>
   </si>
   <si>
     <t>Евгений Владимирович Пропольский</t>
   </si>
   <si>
     <t>20 декабря 1994</t>
   </si>
   <si>
     <t>Евгений был задержан по делу о массовых беспорядках и обвинен в участии в телеграм-каналах "радикального направления".
 В мае 2023 года он был повторно осужден за "злостное неповиновение требованиям администрации колонии".</t>
   </si>
   <si>
     <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
   </si>
   <si>
     <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 03.05.2023: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
+    <t>Владимир Анатольевич Баслык</t>
+  </si>
+  <si>
+    <t>20 декабря 1981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Дело начинает рассматривать судья Анжелика Данилова 29 июля 2024 года в Минском областном суде.
+</t>
+  </si>
+  <si>
+    <t>Решение суда 02.08.2024: неизвестно. Апелляция 18.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:16:04</t>
+  </si>
+  <si>
     <t>Леонид Валентинович Козырь</t>
-  </si>
-[...1 lines deleted...]
-    <t>20 декабря 1981</t>
   </si>
   <si>
     <t>Первый суд над Леонидом прошел осенью 2022 года, его обвинили по ст.369, приговорили к ограничению свободы без направления. 
 О втором суде стало известно в августе 2024 года. Леонида обвиняют в "финансировании деятельности экстремистского формирования" (арт. 361-2 УК) и «вербовке, обучении или подготовке к участию в войне, а также материальном обеспечении такой деятельности» (ч. 2 ст. 361-3 УК). Вероятно, у мужчины нашли донат на ВСУ. Приговор скорее всего связан с лишением свободы.
 У Леонида высшее образование, его последнее место работы — частное предприятие "Гомельстальстандарт".</t>
   </si>
   <si>
     <t>Решение суда 12.10.2022: неизвестно лет ограничения свободы без направления. Решение суда 22.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Виталий Владимирович Лесковец</t>
-[...18 lines deleted...]
-  <si>
     <t>Игорь Михайлович Сушко</t>
   </si>
   <si>
     <t>21 декабря 1978</t>
   </si>
   <si>
     <t>Игоря задержали 23 ноября 2023 года. Из видео на провластном канале, опубликованного силовиками известно, что он являлся соучредителем фирмы по городским маршрутным перевозкам.
 На камеру Игорь говорит, что был задержан за комментарии в Telegram-каналах о белорусских и российских военных.</t>
   </si>
   <si>
     <t>Решение суда 08.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Дмитрий Сергеевич Осиюк</t>
   </si>
   <si>
     <t>21 декабря 1987</t>
   </si>
   <si>
-    <t> В чем конкретно обвиняют Осиюка — неизвестно. Ему грозит большой тюремный срок.
-[...3 lines deleted...]
-    <t>Решение суда 14.08.2024: неизвестно. Апелляция 16.01.2025: неизвестно.</t>
+    <t>Известно, что дело Дмитрия во многом сфабриковано, некоторые его действия были специально спровоцированны сотрудниками спецслужб.
+Правозащитникам известно, что под стражей мужчина содержится примерно с декабря 2023 года. Сразу его содержали в минском СИЗО-1, а потом этапировали в брестское СИЗО. Ему присудили 20 лет лишения свободы, первые 5 лет из них на тюремноом режиме.
+Известно, что Осиюк жил в Березе, у него есть дочь.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t>Решение суда 14.08.2024: 20 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима). Апелляция 16.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
     <t>Вячеслав Николаевич Рогащук</t>
   </si>
   <si>
     <t>22 декабря 1985</t>
   </si>
   <si>
     <t>Вячеслав был задержан в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. После ареста его избивали в течение трех дней и не предоставили медицинскую помощь, из-за чего он перенес микроинсульт. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:50</t>
+  </si>
+  <si>
+    <t>Михаил Юрьевич Незнанов</t>
+  </si>
+  <si>
+    <t>22 декабря 1982</t>
+  </si>
+  <si>
+    <t>Решение суда 23.07.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-24 23:50:24</t>
   </si>
   <si>
     <t>Виктория Александровна Верас</t>
   </si>
   <si>
     <t>22 декабря 1994</t>
   </si>
   <si>
     <t>Виктория из Минска, окончила медицинский колледж. Сначала работала в государственных поликлиниках, потом — в медицинском центре «Синэво».
 Человек, который знает Светлану по колледжу, рассказал, что в студенческие годы она не интересовалась политикой и никогда не была публичной активисткой. Однако события 2020 года изменили до неузнаваемости жизни десятков тысяч, если не сотен тысяч белорусов. И Верас не стала исключением.
 Неизвестно, когда Викторию задержали. </t>
   </si>
   <si>
     <t>Решение суда 18.11.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-01 18:08:08</t>
   </si>
   <si>
-    <t>Михаил Юрьевич Незнанов</t>
-[...10 lines deleted...]
-  <si>
     <t>Игорь Михайлович Клочко</t>
   </si>
   <si>
     <t>23 декабря 1997</t>
   </si>
   <si>
     <t>Игорь был осужден за участие в акции протеста, которая проходила 11 августа 2020 года в городе Бресте.</t>
   </si>
   <si>
     <t>ИУОТ-46, 213188, Могилевская обл., г. п. Круглое, ул. Советская, 96</t>
   </si>
   <si>
     <t>Химия с направлением</t>
   </si>
   <si>
     <t>Решение суда 26.06.2025: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
     <t>Сергей Александрович Чернецкий</t>
   </si>
   <si>
     <t>23 декабря 1985</t>
   </si>
   <si>
     <t> Согласно обвинению в отношении Сергея Чернецкого, тот под постом с фото Филатова в телеграм-канале «Доска позора» оставил оскорбительный комментарий. 7 июня 2024 года в суде Лидского района против Сергея рассмотрено дело "О замене ограничения свободы без направления в исправительное учреждение открытого типа". </t>
   </si>
   <si>
     <t xml:space="preserve">2 года ограничения свободы без направления. Замена наказания на лишение свободы. </t>
   </si>
   <si>
     <t>2022-06-20 18:02:33</t>
   </si>
   <si>
     <t>Дмитрий Викторович Трухан</t>
   </si>
   <si>
     <t>23 декабря 1981</t>
   </si>
   <si>
     <t>08.12.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 12.08.2023: неизвестно. Протест прокурора 08.12.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
+    <t>Максим Иванович Соболев</t>
+  </si>
+  <si>
+    <t>23 декабря 1998</t>
+  </si>
+  <si>
+    <t>Согласно версии обвинения, с 10 по 11 августа 2020 года на тот момент несовершеннолетние Юлия Шаранова, Никита Войтюк, Николай Никитюк, а также Василий Алексеюк, Глеб Климович, Виталий Варфаламеев, Александр Тысевич, Максим Соболев, находясь на проезжей части проспекта Машерова, бульваров Космонавтов и Шевченко, ул. Советской в Бресте, "выкрикивали лозунги, демонстрировали полотна бело-красно-белого цвета, грубо нарушая общественный порядок, умышленно препятствовали движению транспортных средств и нормальному функционированию предприятий и организаций".
+В судебном заседании все вину признали полностью.
+Также известно, что Максим Соболев, Глеб Климович, Юлия Шаранова осуждены, в том числе по "наркотическим" статьям.
+Максиму Соболеву по ч. 1 ст. 342 УК было назначено два года лишения свободы. Но поскольку, Максим был уже осужден по "наркотическому" ч. 4 ст. 328 УК, путем частичного сложения основных наказаний и полного присоединения дополнительного наказания, назначено 12 лет колонии с отбыванием в исправительной колонии в условиях усиленного режима со штрафом в сумме 3 200 рублей.</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.07.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:07:55</t>
+  </si>
+  <si>
+    <t>Александр Викторович Коновальчик</t>
+  </si>
+  <si>
+    <t>24 декабря 1979</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
   </si>
   <si>
     <t>Анатолий Викторович Латушка</t>
   </si>
   <si>
     <t>24 декабря 1976</t>
   </si>
   <si>
     <t>Задержан за рисование через трафареты «Погони».
 Анатолий Латушка — двоюродный брат политика Павла Латушко.
 22.03.2024 был переведен на тюремный режим до конца срока.</t>
   </si>
   <si>
-    <t>Решение суда 20.09.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: неизвестно. Суд по смене режима 22.03.2024: неизвестно.</t>
+    <t>Решение суда 20.09.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: неизвестно. Суд по смене режима 22.03.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Дмитрий Иванович Шаблыко</t>
   </si>
   <si>
     <t>24 декабря 1996</t>
   </si>
   <si>
     <t>Решение суда 20.08.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
     <t>Анатолий Владимирович Володько</t>
   </si>
   <si>
     <t>25 декабря 1967</t>
   </si>
   <si>
     <t>Анатолию Володько 56 лет. Он минчанин. У мужчины есть жена, совершеннолетняя дочь и сын, которому вскоре исполнится восемнадцать лет. Более 20 лет Володько отработал программистом в компании «Топ Софт». Она занимается созданием экосистемы продуктов "Галактика", нужной для цифровизации бизнеса. Центральный офис фирмы находится в России, часть времени Анатолий проработал там.
 Точная дата задержания мужчины неизвестна, но, вероятно, это 15 или 16 января 2024 года. Ведь 17 января его вместе с женой осудили за» мелкое хулиганство " — его на 15 суток, приговор жене неизвестен. Согласно показаниям силовиков, Анатолий Володько «находился в общественном месте и из хулиганских побуждений громко кричал, нецензурно выражался, размахивал руками и вел себя агрессивно». Мужчина вину не признал и сказал, что посреди дня его задержали в собственном доме. Ничего из того, о чем говорили свидетели, он не делал.По словам сокамерника Анатолия Володько, тот отказался выплачивать "пожертвования", которые сотрудники КГБ под угрозами предлагают выплатить тем, кто делал донаты. Вообще мужчина не признал свою вину. Сокамерник Анатолия утверждает, что это послужило причиной дальнейшего преследования — административного и уголовного.
 27 августа 2024 г. у Анатолия состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 11.06.2024: 8 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 27.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
+    <t>Анастасия Юрьевна Грицкевич</t>
+  </si>
+  <si>
+    <t>25 декабря 1993</t>
+  </si>
+  <si>
+    <t>Анастасия родом из Мозыря, закончила БГУФК по специальности «туризм и гостеприимство», работала в «Минск-Арене». Много путешествовала, любила спорт — хоккей и велосипедный спорт.
+Дата задержания Анастасии неизвестна. Последний раз она что-то писала в телеграме в феврале 2025 года. И именно в том месяце активно шли аресты по делу Гаюна.
+Со времени задержания Грицкевич нигде не была онлайн. Судя по этому, ей присудили наказание, связанное с лишением свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
     <t>Дмитрий Николаевич Хальцов</t>
   </si>
   <si>
     <t>25 декабря 1987</t>
   </si>
   <si>
     <t>Дмитрий Хальцов-индивидуальный предприниматель. В 2020 году в репортаже о митингах в Гомеле после похорон убитого милиционерами Александра Вихора, о нем писало издание “Комсомольская правда”. Дмитрий за собственные деньги тогда приобрел мегафон, написал в местном чате предложение собраться и отправиться к облисполкому. Тогда люди вызвали на беседу руководителя областной власти.
 Из-за закрытости судебной системы от общества пока неизвестна суть предъявленных Дмитрию Хальцову обвинений и конкретный приговор. Известно лишь, что его заключили на реальный срок в колонию.</t>
   </si>
   <si>
     <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
   </si>
   <si>
     <t>2025-10-18 15:04:38</t>
   </si>
   <si>
     <t>Игорь Николаевич Козлов</t>
   </si>
   <si>
     <t>25 декабря 1975</t>
   </si>
   <si>
     <t>Житель Могилевской области. Работник «Бобруйского завода тракторных деталей и агрегатов».
 Задержан за саботаж железной дорогий около станций г. Бобруйска, а также поджог стрелкового тира в/ч 5527. Задержан вместе с супругой.</t>
   </si>
   <si>
-    <t>14  лет лишения свободы в колонии в условиях усиленного режима</t>
+    <t>Решение суда 10.08.2022: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 25.10.2022: неизвестно.</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
     <t>Артем Ширинович Насанович</t>
   </si>
   <si>
     <t>25 декабря 1994</t>
   </si>
   <si>
     <t>С чем связано такое суровое наказание, как и обстоятельства возбуждения уголовного дела, до сих пор неизвестны.</t>
   </si>
   <si>
     <t>Решение суда 25.03.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 14.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
     <t>Артём Евгеньевич Пархамович</t>
   </si>
   <si>
     <t>26 декабря 1995</t>
   </si>
   <si>
     <t>Артем, сотрудник "Белтелекома", был задержан 22 октября 2020 года и осужден за передачу данных сотрудников силовых структур в Telegram.</t>
   </si>
   <si>
     <t>Решение суда 08.02.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 29.04.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
-  </si>
-[...29 lines deleted...]
-    <t>2025-02-02 16:04:21</t>
   </si>
   <si>
     <t>Вера Михайловна Кононенко</t>
   </si>
   <si>
     <t>27 декабря 1974</t>
   </si>
   <si>
     <t>Была задержана в конце октября 2024 года во время очередного "рейда" против тех, кого подозревают в солидарности с политическими заключенными.
 Обвиняется по нескольким статьям Уголовного кодекса за взаимодействие с "экстремистскими формированиями".  </t>
   </si>
   <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
-    <t>Павел Дмитриевич Ясный</t>
-[...7 lines deleted...]
-  <si>
     <t>Ольга Дмитриевна Алексеева</t>
   </si>
   <si>
     <t>27 декабря 1982</t>
   </si>
   <si>
     <t>Предположительно задержана за помощь политзаключенным.</t>
   </si>
   <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
+    <t>Андрей Викторович Великоселец</t>
+  </si>
+  <si>
+    <t>27 декабря 1984</t>
+  </si>
+  <si>
+    <t>14.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.03.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 14.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:17:37</t>
+  </si>
+  <si>
     <t>Вячеслав Юрьевич Малышев</t>
   </si>
   <si>
     <t>29 декабря 1979</t>
   </si>
   <si>
     <t>Решение суда 13.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
-    <t>Владимир Владимирович Кушнер</t>
-[...13 lines deleted...]
-  <si>
     <t>Ольга Анатольевна Осипчик</t>
   </si>
   <si>
     <t>30 декабря 1977</t>
   </si>
   <si>
-    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-21 21:23:23</t>
   </si>
   <si>
+    <t>Иосиф (Язэп) Иосифович Дулебо</t>
+  </si>
+  <si>
+    <t>30 декабря 1967</t>
+  </si>
+  <si>
+    <t>3 мая 2024 года Комитет государственной безопасности Беларуси внес в список так называемых «экстремистских формирований» ряд медиа-ресурсов проекта FreeInfoBel, также были указаны конкретные люди которые, по их мнению, имеют отношение к проекту - Ольгу Пашкевич и Иосифа Дулебо. Причем о внесении FreeInfoBel по факту стало известно лишь через 5 дней - 8 мая.
+В данный момент неизвестно, по какому именно уголовному делу мужчина находится под стражей, но, можно предположить, что оно связано с «экстремизмом». Удалось узнать, что задержан Дулебо был изначально по административному делу. Однако, когда пришло время освобождения из ИВС, Дулебо на волю не вышел – его перевели в СИЗО.
+Мужчина в прошлом возглавлял Витебское подразделение БНФ, но в начале 2000-х отошел от партийных дел.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.11.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 04.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-05-22 19:29:24</t>
+  </si>
+  <si>
     <t>Валерия Борисовна Костюгова</t>
-  </si>
-[...1 lines deleted...]
-    <t>30 декабря 1967</t>
   </si>
   <si>
     <t>Валерия — политологиня, основательница и редакторка сайта экспертного сообщества «Наше мнение», авторка и редакторка «Белорусского ежегодника», руководительница группы экспертов по мониторингу «Беларусь в фокусе».
 30 июня 2021 года после обыска в её доме, проведённого сотрудниками КГБ, Валерию задержали и поместили в изолятор, позже переведя в СИЗО.
 6 февраля 2023 года в суде начали рассматривать её дело по обвинению в «пособничестве действиям, направленным на захват власти», «призывам к действиям, наносящим вред национальной безопасности» и «разжигании социальной вражды». 17 марта 2023 года суд в закрытом режиме приговорил Валерию к 10 годам лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>Решение суда 17.03.2023: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 25.07.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Павел Константинович Северинец</t>
-[...13 lines deleted...]
-    <t>2021-02-26 21:15:58</t>
+    <t>Владимир Владимирович Кушнер</t>
+  </si>
+  <si>
+    <t>30 декабря 1974</t>
+  </si>
+  <si>
+    <t>Был осужден за комментарий про Украину, оставленный в 2022 году. Дело сушалось в Минском городском суде.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.08.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 14.10.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Олеся Вячеславовна Шапкина</t>
+  </si>
+  <si>
+    <t>30 декабря 1988</t>
+  </si>
+  <si>
+    <t>Программистка SamSolutions.
+15 сентября 2023 г. прошло рассмотрение апелляционной жалобы.
+ Летом 2025 переболела воспалением легких, лежала в санчасти. </t>
+  </si>
+  <si>
+    <t>Решение суда 30.06.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.06.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
   </si>
   <si>
     <t>Александр Федорович Боровик</t>
   </si>
   <si>
     <t>30 декабря 1981</t>
   </si>
   <si>
     <t>Мужчину обвинили в том, что он, по мнению суда, оставил оскорбительный комментарий в телеграмме в сторону министра внутренних дел Ивана Кубракова и заместителя начальника УВД администрации Центрального района Минска, начальника криминальной милиции Владимира Кубракова. Александр полностью признал вину и раскаялся в содеянном. До суда мужчина находился под личным поручительством. После оглашения приговора его взяли под стражу в зале суда.
 Александр Боровик имеет на иждивении несовершеннолетнего ребенка. Работает столяром-станочником. 
 В январе 2024 года стало известно, что Павел снова стал обвиняемым, но на этот раз по ст 130 УК РБ.</t>
   </si>
   <si>
     <t>Решение суда 15.05.2023: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 25.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-05-02 13:34:46</t>
   </si>
   <si>
-    <t>Олеся Вячеславовна Шапкина</t>
-[...23 lines deleted...]
-    <t>2024-05-22 19:29:24</t>
+    <t>Алексей Александрович Кубраков</t>
+  </si>
+  <si>
+    <t>31 декабря 1981</t>
+  </si>
+  <si>
+    <t>2025-10-20 21:23:33</t>
+  </si>
+  <si>
+    <t>Надежда Александровна Лесковец</t>
+  </si>
+  <si>
+    <t>31 декабря 1978</t>
+  </si>
+  <si>
+    <t>Была задержана 23 января 2024 года во время массового рейда силовых структур по родственникам политзаключенных и по людям, которые помогали им.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.07.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 01.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-03-13 22:04:59</t>
+  </si>
+  <si>
+    <t>Ольга Григорьевна Строева</t>
+  </si>
+  <si>
+    <t>31 декабря 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Вадим Николаевич Васильев</t>
   </si>
   <si>
     <t>31 декабря 1994</t>
   </si>
   <si>
     <t>Задержан за администрирование чатов «Витебск -97%» и «Орша -97%».
 Художник по свету ТЗУ в белорусском театре «Лялька».</t>
   </si>
   <si>
     <t>12 лет лишения свободы в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
-  </si>
-[...31 lines deleted...]
-    <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Максим Валерьевич Сандракула</t>
   </si>
   <si>
     <t>Решение суда 14.11.2024: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 14.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1819,51 +1773,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I92"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1983,2437 +1937,2353 @@
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
         <v>51</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
+        <v>78</v>
+      </c>
+      <c r="I14" t="s">
         <v>79</v>
-      </c>
-[...22 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="I15" t="s">
         <v>85</v>
-      </c>
-[...19 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>93</v>
+      </c>
+      <c r="I17" t="s">
         <v>94</v>
-      </c>
-[...19 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
+        <v>112</v>
+      </c>
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...22 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
+        <v>117</v>
+      </c>
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...22 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
+        <v>122</v>
+      </c>
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...22 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>127</v>
+      </c>
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...22 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>132</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...19 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
+      <c r="I31" t="s">
         <v>163</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
+        <v>166</v>
+      </c>
+      <c r="I32" t="s">
         <v>167</v>
-      </c>
-[...19 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>168</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>170</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>176</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>70</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
+        <v>185</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>187</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>190</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
       </c>
-      <c r="B37" t="s">
+      <c r="I37" t="s">
         <v>192</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>194</v>
+      </c>
+      <c r="D38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>197</v>
+      </c>
+      <c r="B39" t="s">
+        <v>198</v>
+      </c>
+      <c r="C39" t="s">
+        <v>199</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>59</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>200</v>
       </c>
-      <c r="B39" t="s">
+      <c r="I39" t="s">
         <v>201</v>
-      </c>
-[...16 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>202</v>
+      </c>
+      <c r="B40" t="s">
+        <v>203</v>
+      </c>
+      <c r="C40" t="s">
+        <v>204</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>205</v>
       </c>
-      <c r="B40" t="s">
+      <c r="I40" t="s">
         <v>206</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I41" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>210</v>
+      </c>
+      <c r="B42" t="s">
+        <v>211</v>
+      </c>
+      <c r="C42" t="s">
+        <v>212</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>213</v>
       </c>
-      <c r="B42" t="s">
+      <c r="I42" t="s">
         <v>214</v>
-      </c>
-[...19 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>215</v>
+      </c>
+      <c r="B43" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" t="s">
+        <v>52</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>218</v>
       </c>
-      <c r="B43" t="s">
+      <c r="I43" t="s">
         <v>219</v>
-      </c>
-[...16 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>220</v>
+      </c>
+      <c r="B44" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" t="s">
+        <v>222</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>223</v>
       </c>
-      <c r="B44" t="s">
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>224</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>225</v>
-      </c>
-[...16 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" t="s">
         <v>228</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>229</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>233</v>
+      </c>
+      <c r="D46" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>234</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>236</v>
+      </c>
+      <c r="B47" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" t="s">
+        <v>238</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>83</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>239</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" t="s">
+        <v>242</v>
+      </c>
+      <c r="C48" t="s">
+        <v>243</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>132</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>244</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>246</v>
+      </c>
+      <c r="B49" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" t="s">
+        <v>53</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>249</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
+        <v>252</v>
+      </c>
+      <c r="C50" t="s">
+        <v>253</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>223</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>254</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B51" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C51" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>263</v>
+        <v>65</v>
       </c>
       <c r="I51" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B52" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="D52" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="C53" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>32</v>
+        <v>267</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
+        <v>272</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>273</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
+        <v>274</v>
+      </c>
+      <c r="I54" t="s">
         <v>275</v>
-      </c>
-[...19 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>276</v>
+      </c>
+      <c r="B55" t="s">
+        <v>277</v>
+      </c>
+      <c r="C55" t="s">
+        <v>278</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>26</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>279</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>280</v>
-      </c>
-[...19 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>281</v>
+      </c>
+      <c r="B56" t="s">
+        <v>277</v>
+      </c>
+      <c r="C56" t="s">
+        <v>282</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
+        <v>283</v>
+      </c>
+      <c r="I56" t="s">
         <v>284</v>
-      </c>
-[...19 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>285</v>
+      </c>
+      <c r="B57" t="s">
+        <v>286</v>
+      </c>
+      <c r="C57" t="s">
+        <v>287</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
+        <v>292</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>293</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>294</v>
       </c>
-      <c r="B58" t="s">
+      <c r="I58" t="s">
         <v>295</v>
-      </c>
-[...16 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>296</v>
+      </c>
+      <c r="B59" t="s">
+        <v>297</v>
+      </c>
+      <c r="C59" t="s">
+        <v>298</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>132</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
+        <v>16</v>
+      </c>
+      <c r="I59" t="s">
         <v>299</v>
-      </c>
-[...22 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B60" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
+      <c r="E60" t="s">
+        <v>59</v>
+      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B61" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C61" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E61" t="s">
+        <v>53</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="I61" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>309</v>
+      </c>
+      <c r="B62" t="s">
+        <v>310</v>
+      </c>
+      <c r="C62" t="s">
+        <v>311</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>312</v>
+      </c>
+      <c r="F62" t="s">
+        <v>313</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>314</v>
+      </c>
+      <c r="I62" t="s">
         <v>315</v>
-      </c>
-[...22 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>316</v>
+      </c>
+      <c r="B63" t="s">
+        <v>317</v>
+      </c>
+      <c r="C63" t="s">
+        <v>318</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>321</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="C64" t="s">
+        <v>323</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>324</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>325</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
+        <v>327</v>
+      </c>
+      <c r="C65" t="s">
         <v>328</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>329</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
         <v>330</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="F65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>335</v>
       </c>
-      <c r="B66" t="s">
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>65</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>32</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>340</v>
       </c>
-      <c r="B67" t="s">
+      <c r="I67" t="s">
         <v>341</v>
-      </c>
-[...19 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
+        <v>343</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>344</v>
+      </c>
+      <c r="I68" t="s">
         <v>345</v>
-      </c>
-[...22 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>346</v>
+      </c>
+      <c r="B69" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" t="s">
+        <v>348</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>349</v>
+      </c>
+      <c r="I69" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>351</v>
+      </c>
+      <c r="B70" t="s">
+        <v>352</v>
+      </c>
+      <c r="C70" t="s">
+        <v>353</v>
+      </c>
+      <c r="D70" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" t="s">
+        <v>53</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>354</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>355</v>
-      </c>
-[...19 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>356</v>
+      </c>
+      <c r="B71" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" t="s">
+        <v>358</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>93</v>
+      </c>
+      <c r="I71" t="s">
         <v>360</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>361</v>
+      </c>
+      <c r="B72" t="s">
+        <v>362</v>
+      </c>
+      <c r="C72" t="s">
+        <v>363</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>329</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>366</v>
+      </c>
+      <c r="B73" t="s">
+        <v>367</v>
+      </c>
+      <c r="C73" t="s">
+        <v>368</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
+      <c r="I73" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>371</v>
+      </c>
+      <c r="B74" t="s">
+        <v>372</v>
+      </c>
+      <c r="C74" t="s">
+        <v>373</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>89</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...19 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
+        <v>378</v>
+      </c>
+      <c r="D75" t="s">
+        <v>52</v>
+      </c>
+      <c r="E75" t="s">
+        <v>359</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="I75" t="s">
         <v>379</v>
-      </c>
-[...22 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>380</v>
+      </c>
+      <c r="B76" t="s">
+        <v>381</v>
+      </c>
+      <c r="C76" t="s">
+        <v>382</v>
+      </c>
+      <c r="D76" t="s">
+        <v>52</v>
+      </c>
+      <c r="E76" t="s">
+        <v>53</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>383</v>
+      </c>
+      <c r="I76" t="s">
         <v>384</v>
-      </c>
-[...22 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>385</v>
+      </c>
+      <c r="B77" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>388</v>
+      </c>
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>390</v>
+      </c>
+      <c r="B78" t="s">
+        <v>391</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>70</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
+        <v>392</v>
+      </c>
+      <c r="I78" t="s">
         <v>393</v>
-      </c>
-[...19 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>394</v>
+      </c>
+      <c r="B79" t="s">
+        <v>395</v>
+      </c>
+      <c r="D79" t="s">
+        <v>52</v>
+      </c>
+      <c r="E79" t="s">
+        <v>335</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="I79" t="s">
         <v>396</v>
-      </c>
-[...22 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>397</v>
+      </c>
+      <c r="B80" t="s">
+        <v>398</v>
+      </c>
+      <c r="C80" t="s">
+        <v>399</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>400</v>
       </c>
-      <c r="B80" t="s">
+      <c r="I80" t="s">
         <v>401</v>
-      </c>
-[...16 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>402</v>
+      </c>
+      <c r="B81" t="s">
+        <v>398</v>
+      </c>
+      <c r="C81" t="s">
+        <v>403</v>
+      </c>
+      <c r="D81" t="s">
+        <v>52</v>
+      </c>
+      <c r="E81" t="s">
+        <v>53</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>404</v>
       </c>
-      <c r="B81" t="s">
+      <c r="I81" t="s">
         <v>405</v>
-      </c>
-[...16 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>406</v>
+      </c>
+      <c r="B82" t="s">
+        <v>407</v>
+      </c>
+      <c r="C82" t="s">
+        <v>408</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>273</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
         <v>409</v>
       </c>
-      <c r="B82" t="s">
+      <c r="I82" t="s">
         <v>410</v>
-      </c>
-[...13 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>411</v>
+      </c>
+      <c r="B83" t="s">
+        <v>412</v>
+      </c>
+      <c r="C83" t="s">
         <v>413</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
+        <v>52</v>
+      </c>
+      <c r="E83" t="s">
+        <v>53</v>
+      </c>
+      <c r="F83" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
         <v>414</v>
       </c>
-      <c r="C83" t="s">
+      <c r="I83" t="s">
         <v>415</v>
-      </c>
-[...16 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>416</v>
+      </c>
+      <c r="B84" t="s">
+        <v>417</v>
+      </c>
+      <c r="C84" t="s">
         <v>418</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>14</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
         <v>419</v>
       </c>
-      <c r="C84" t="s">
+      <c r="I84" t="s">
         <v>420</v>
-      </c>
-[...16 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>421</v>
+      </c>
+      <c r="B85" t="s">
+        <v>422</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>335</v>
+      </c>
+      <c r="F85" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="I85" t="s">
         <v>423</v>
-      </c>
-[...19 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>424</v>
+      </c>
+      <c r="B86" t="s">
+        <v>425</v>
+      </c>
+      <c r="C86" t="s">
+        <v>426</v>
+      </c>
+      <c r="D86" t="s">
+        <v>52</v>
+      </c>
+      <c r="E86" t="s">
+        <v>53</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>427</v>
+      </c>
+      <c r="I86" t="s">
         <v>428</v>
-      </c>
-[...22 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B87" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E87" t="s">
+        <v>359</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I87" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>432</v>
+      </c>
+      <c r="B88" t="s">
+        <v>433</v>
+      </c>
+      <c r="C88" t="s">
+        <v>434</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>70</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>435</v>
+      </c>
+      <c r="I88" t="s">
         <v>436</v>
-      </c>
-[...22 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B89" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>411</v>
+        <v>70</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
+      <c r="H89" t="s">
+        <v>438</v>
+      </c>
       <c r="I89" t="s">
-        <v>443</v>
-[...77 lines deleted...]
-        <v>454</v>
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">