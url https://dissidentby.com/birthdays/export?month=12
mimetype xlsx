--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,113 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="453">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
   </si>
   <si>
-    <t>Станислав Александрович Михайлов</t>
-[...5 lines deleted...]
-    <t>Станислав был задержан 9 августа 2020 года в кафе в центре Пинска, когда пил кофе, и был сильно избит. Его задержали в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
+    <t>Виктор Викторович Сачковский</t>
+  </si>
+  <si>
+    <t>2 декабря 1989</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, мужчина 27 февраля 2022 года снял на видео полеты военных самолетов и отправил видеозапись т.н. "экстремистскому формированию". Куда именно был отправлен ролик — не уточнялось.</t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
-    <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
-[...1 lines deleted...]
-  <si>
     <t>В заключении</t>
   </si>
   <si>
     <t>Да</t>
-  </si>
-[...13 lines deleted...]
-    <t>Согласно материалам дела, мужчина 27 февраля 2022 года снял на видео полеты военных самолетов и отправил видеозапись т.н. "экстремистскому формированию". Куда именно был отправлен ролик — не уточнялось.</t>
   </si>
   <si>
     <t>Решение суда 11.03.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 02.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
   </si>
   <si>
     <t>Николай Владимирович Василевич</t>
   </si>
   <si>
     <t>3 декабря 1978</t>
   </si>
   <si>
     <t>Николая обвиняют в "финансировании террористической деятельности", по этой статье грозит от 8 до 12 лет тюрьмы.
 Последнее известное место работы мужчины-Республиканский центр олимпийской подготовки по легкой атлетике.
 6 июня 2023 г. был осужден по ст. 361-2 УК на 6 лет колонии усиленного режима и большой штраф. Другие подробности дела неизвестны.
 1 сентября 2023 г. в Верховном суде судья Черевач В. должна была рассматривать апелляционную жалобу политзаключенного. На данный момент первый приговор вступил в силу, поэтому во время вынесения второго Василевич считался уже ранее судимым.
 12 сентября 2023 г. в суде Первомайского района состоялся еще один суд над Николаем. На этот раз его обвинили в" финансировании террористической деятельности " . Всего за донаты Светлана Черепович присудила ему 9 лет и 6 месяцев в колонии усиленного режима, а также штраф в 600 базовых величин. В провластном фильме говорится, что он осуществил не менее 54 пожертвований в фонды солидарности.
 14.11.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
   </si>
   <si>
@@ -158,350 +140,365 @@
   <si>
     <t>Решение суда 04.09.2024: 6 лет лишения свободы в колонии в условиях общего режима, 1000 рублей компенсации. Апелляция 05.11.2024: неизвестно. Решение суда 07.10.2025: 6 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
     <t>Александр Сергеевич Вересович</t>
   </si>
   <si>
     <t>4 декабря 1966</t>
   </si>
   <si>
     <t>Имя Александра появилось в расписании судов. Мужчину обвиняют в пожертвованиях на помощь Украине и в пользу «экстремистского формирования».
 Примечательно, что пожертвование в поддержку «экстремистского формирования» мужчина сделал до мая 2021 года, когда в Беларуси вообще не было экстремистских формирований. . Суд начался 19 марта в Минском городском суде.
 Александр имеет в Молодечно небольшой бизнес: как ИП занимается грузоперевозками на собственном бусе. Он растит двоих детей: малую дочь, которая заканчивает шестой класс, и сына, который сейчас должен быть в старших классах.
 07.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
+    <t>Марина Викторовна Мазовка</t>
+  </si>
+  <si>
+    <t>5 декабря 1972</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-02 15:14:31</t>
+  </si>
+  <si>
     <t>Александр Юрьевич Волчок</t>
   </si>
   <si>
     <t>5 декабря 1986</t>
   </si>
   <si>
     <t>Был задержан 28 июня 2021 году,  отбыл 7 суток административного ареста. Был отпущен 5 июля, после чего снова был задержан сотрудниками следственного комитета, но уже по уголовному делу.
 По версии обвинения Александр в «Одноклассниках» с ноября по декабрь 2020 года, с мая пo декабрь 2021 года разместил публикации с оскорблением Лукашенко.
 Он же в декабре 2020 года и марте 2021 года в социальной сети «Вконтакте» разместил текстовый комментарий и видеоролик, высказывался в адрес Лукашенко.</t>
   </si>
   <si>
     <t>2,5 года лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
-  </si>
-[...16 lines deleted...]
-    <t>2025-08-02 15:14:31</t>
   </si>
   <si>
     <t>Виктор Георгиевич Ламеко</t>
   </si>
   <si>
     <t>6 декабря 1968</t>
   </si>
   <si>
     <t>Предприниматель из Зельвы Виктора Ламеко был жестоко задержан и избит при задержании. Изначально на него составили протокол по административной статье 19.11 КоАП РБ (распространение экстремистских материалов). Не дав Ламеко даже покинуть здание суда, силовики вновь задержали его и вновь составили протокол по ст. 19.11 КоАП РБ. Когда мужчина находился в следственном изоляторе, на него составили третий протокол.
 Как стало известно, предприниматель находится в СИЗО, ему предъявлено обвинение уже по уголовной статье за клевету в отношении Лукашенко А.Г. 
 Пока мужчина был в СИЗО, у него умерла мать.
 Виктор судился с налоговой и защищал предпринимателей из Гродненской области в судах.
 24.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>3 года лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
   </si>
   <si>
-    <t>Инна Викторовна Корбут</t>
-[...15 lines deleted...]
-  <si>
     <t>Владимир Анатольевич Трифонов</t>
   </si>
   <si>
     <t>6 декабря 1964</t>
   </si>
   <si>
     <t>Подробности дела неизвестны, так как процесс проходил в закрытом режиме, а на самом уголовном деле — гриф секретности.
 Подробности задержания осуждённых известны из пропагандистского фильма «Операция КГБ «Манкурты»», который ОНТ показал в 2021 году.
 Согласно фильму, Владимир Трифонов — проводник через беларусско-литовскую границу, через которую должен был нелегально перевести Алексея Храловича.
 Начал отбывать наказание.</t>
   </si>
   <si>
     <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
   </si>
   <si>
     <t>14 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Игорь Васильевич Черпаков</t>
-[...17 lines deleted...]
-    <t>2023-09-04 22:43:02</t>
+    <t>Инна Викторовна Корбут</t>
+  </si>
+  <si>
+    <t>6 декабря 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Окончила Могилевский государственный университет имени Кулешова на детского психолога. Жила также в Мозыре и Могилеве. Последние три года она имеет статус индивидуального предпринимателя, направление его деятельности — фотография.
+Инну задержали и осудили в 2025 году за «содействие экстремистской деятельности». Преследование связано с делом Гаюна. Известно, что Инне присудили химию, но приговор, как и точная суть обвинений, неизвестны.
+</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Владимир Леонидович Леосевич</t>
   </si>
   <si>
     <t>7 декабря 1981</t>
   </si>
   <si>
     <t>30.10.2023 прошло судебное заседание.</t>
   </si>
   <si>
     <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
   </si>
   <si>
     <t>Решение суда 30.10.2023: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-10-24 18:51:06</t>
+  </si>
+  <si>
+    <t>Анна Владимировна Власенко</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
   </si>
   <si>
     <t>Егор Александрович Михайлов</t>
   </si>
   <si>
     <t>7 декабря 1994</t>
   </si>
   <si>
     <t>Егор был задержан в феврале 2021 года и позднее осуждён по делу о поджоге танка Т-72 в составе военного эшелона на железнодорожной станции в Степянке. По материалам дела, ночью 31 января 2021 года он бросил в танк «коктейль Молотова» с надписью «ОГСБ». Его действия квалифицировали как «акт терроризма». По версии обвинения, Егор совершил поджог, исходя из своих политических взглядов.
 В начале октября 2023 года стало известно, что Егора перевели в СИЗО-1 в связи с новым уголовным делом, возбужденным по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них». По этому делу его приговорили ещё к шести месяцам заключения.</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>Решение суда 26.07.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 685 рублей компенсации. Решение суда 05.10.2023: 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
-    <t>Анна Владимировна Власенко</t>
-[...32 lines deleted...]
-    <t>2025-09-17 18:20:13</t>
+    <t>Александр Станиславович Юшкевич</t>
+  </si>
+  <si>
+    <t>7 декабря 1987</t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-09-04 22:43:02</t>
+  </si>
+  <si>
+    <t>Игорь Васильевич Черпаков</t>
+  </si>
+  <si>
+    <t>7 декабря 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
   </si>
   <si>
     <t>Наталия Сергеевна Салук</t>
   </si>
   <si>
     <t>8 декабря 1999</t>
   </si>
   <si>
     <t>Провластный телеграм-канал опубликовал видео о задержании беларуски, которая в 2020 году участвовала в протестах и «мешала проезду» машине ГАИ. Как пишут авторы канала, против девушки возбудили уголовное дело. По какой статье, не уточняется.
 Известно, что Наталья в 2022 году закончила БГТУ. </t>
   </si>
   <si>
     <t>Решение суда 16.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
-    <t>Кирилл Куокович Нгуен</t>
-[...11 lines deleted...]
-    <t>2024-05-02 19:06:36</t>
+    <t>Лилия Витольдовна Юруть</t>
+  </si>
+  <si>
+    <t>8 декабря 1976</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-09-17 18:20:13</t>
+  </si>
+  <si>
+    <t>Евгений Вячеславович Холодов</t>
+  </si>
+  <si>
+    <t>8 декабря 1982</t>
+  </si>
+  <si>
+    <t>17.08.2023 прошло апелляционное заседеания суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:13:51</t>
   </si>
   <si>
     <t>Егор Андреевич Захарчук</t>
   </si>
   <si>
     <t>8 декабря 1992</t>
   </si>
   <si>
     <t>Осужден за участие в акциях протеста, а также за коммментарии в соцсетях.
 10.11.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>неизвестно</t>
   </si>
   <si>
     <t>2023-08-11 19:24:21</t>
   </si>
   <si>
+    <t>Кирилл Куокович Нгуен</t>
+  </si>
+  <si>
+    <t>8 декабря 1993</t>
+  </si>
+  <si>
+    <t>12.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.04.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.07.2024: приговор оставлен без изменения. Решение суда 25.03.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 20.06.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Марина Владимировна Леонович</t>
+  </si>
+  <si>
+    <t>8 декабря 1995</t>
+  </si>
+  <si>
+    <t>Марина — беларусскоязычная IT-специалистка из EPAM, которая также занимается творчеством. Она пишет статьи для беларусской Википедии, делает иллюстрации, переводит на беларусский язык и пишет стихи. После начала полномасштабной российской агрессии против Украины она переехала в Грузию, но затем по неизвестным причинам вернулась в Беларусь. Вскоре она была задержана в рамках уголовного дела и осуждена по статьям «финансирование экстремистской деятельности» и «финансирование или иная финансовая поддержка войны».</t>
+  </si>
+  <si>
+    <t>Решение суда 14.01.2025: 5 лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-03-14 18:44:29</t>
+  </si>
+  <si>
     <t>Анна Валентиновна Корнеенко</t>
   </si>
   <si>
     <t>8 декабря 1985</t>
   </si>
   <si>
     <t>Бывшая бухгалтерка Минского электротехнического завода имени Вавилова. Судебный процесс начался 19 мая и проходил в закрытом режиме, поэтому информации про суть обвинения немного. Известно, что Анну уволили с работы после "Народного ультиматума" в 2020 году, затем она судилась с предприятием по факту незаконного увольнения.
 При задержании младшему ребенку Анны было всего 5 месяцев.</t>
   </si>
   <si>
     <t xml:space="preserve"> Решение суда 24.05.2023: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
   </si>
   <si>
-    <t>Татьяна Ивановна Полубок</t>
-[...12 lines deleted...]
-    <t>2024-11-18 23:01:53</t>
+    <t>Валентин Владимирович Дубровщик</t>
+  </si>
+  <si>
+    <t>9 декабря 1969</t>
+  </si>
+  <si>
+    <t>Валентина обвиняют в оскорбительных комментариях в отношении Лукашенко, Караника, а также российских солдат, воюющих в Украине. Валерий работал сторожем десткого сада.
+13.10.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Артем Анатольевич Лебедько</t>
   </si>
   <si>
     <t>9 декабря 1985</t>
   </si>
   <si>
     <t>По информации правозащитников, сыну политика Анатолия Лебедько инкриминируют финансирование экстремистской деятельности. Артема задержали в конце марта и потом дважды осудили на 15 суток ареста, поле которых ему предъявили обвинение и перевели в СИЗО-1.
 Согласно версии обвинения, Лебедько в 2020 году "по мотивам идеологической вражды" с использованием расчетного счета одного из банков по телефону сделал несколько денежных переводов трем фондам, которые признаны "экстремистскими формированиями". Сообщается, что средства перечислялись через платежную систему популярной социальной сети "Фейсбук". Предположительно, речь идет, в том числе о фондах BY_help и Беларусском фонде спортивной солидарности.
 На суде политзаключенный не признал вину и заявил, что ему и вовсе не ясна суть предъявленных обвинений и не понимает, за что он на скамье подсудимых.
 31.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
-    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
-[...1 lines deleted...]
-  <si>
     <t>3,5 года лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
   </si>
   <si>
-    <t>Валентин Владимирович Дубровщик</t>
-[...9 lines deleted...]
-    <t>2022-09-02 19:37:13</t>
+    <t>Татьяна Ивановна Полубок</t>
+  </si>
+  <si>
+    <t>9 декабря 1978</t>
+  </si>
+  <si>
+    <t>Известно, что сотрудники ГУБОПиКа расследуют дело в отношении лиц, которые якобы были причастны к телеграм-чату «партизаны Новогрудка». Против них заведены уголовные дела по статье экстремизм. Из всех, кого допрашивали по делу, берут подписку о неразглашении.
+СМИ сообщают, что по меньшей мере шестеро человек среди тех, кого силовики задержали 15 дней назад, не вышли после отбытия административного ареста, в том числе Татьяну.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-18 23:01:53</t>
   </si>
   <si>
     <t>Даниэль-Ландсей Кейта</t>
   </si>
   <si>
     <t>10 декабря 1999</t>
   </si>
   <si>
     <t>Провластный телеграм-канал «Пульс Гродно» опубликовал видео с задержанным за участие в протестах минчанином.
 На видео беларус говорит, что в 2020 году участвовал в протестах и оставлял негативные комментарии в сторону власти и сотрудников милиции. Также задержанный рассказал, что плохо относился к российским военным.</t>
   </si>
   <si>
     <t>Решение суда 31.01.2025: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Алина Валентиновна Хмелевская</t>
   </si>
   <si>
     <t>10 декабря 1984</t>
   </si>
   <si>
     <t>Алина была осуждена в июле 2024 года по статьям — «участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте» и «финансирование деятельности экстремистского формирования».
@@ -577,326 +574,392 @@
 По некоторым данным установлено, что уголовное дело заведено в отношении Глушкова за журналистскую деятельность. Предположительная статья - 361-1 УК РБ (создание или участие в экстремистским формировании).</t>
   </si>
   <si>
     <t>Решение суда 31.07.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Алла Ивановна Пучинская</t>
   </si>
   <si>
     <t>11 декабря 1981</t>
   </si>
   <si>
     <t>21 февраля 2024 года в суде Пинского района судья Бычило Андрей рассмотрел дело по ч. 2 ст. 19.11 КоАП (Распространение информационной продукции, включенной в республиканский список экстремистских материалов, а равно изготовление, издание, хранение либо перевозка с целью распространения такой информационной продукции).
 Видимо, после этого было заведено уголовное дело.</t>
   </si>
   <si>
     <t>Решение суда 08.02.2024: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-01-31 18:44:06</t>
   </si>
   <si>
+    <t>Владимир Николаевич Марцинкевич</t>
+  </si>
+  <si>
+    <t>12 декабря 1980</t>
+  </si>
+  <si>
+    <t>19.03.2024 состоялось рассмотрение аппеляционной жалобы суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.01.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.03.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
     <t>Илья Славомирович Гумбар</t>
   </si>
   <si>
     <t>12 декабря 1989</t>
   </si>
   <si>
     <t>Более двенадцати лет Илья работает в IT-компании iTechArt. Это крупная компания, в которой более полутора тысяч сотрудников. Илья — Senior software engineer. Гумбар имеет два известных увлечения — спортивный туризм и трейлраннинг. Трейлраннинг — это бег на большие дистанции по пересеченной местности, часто это непролазные леса или высокие горы (в пределах трассы перепады высоты могут достигать тысяч метров). Он занимает второе место в Беларуси среди мужчин по этой дисциплине по рейтингу UTMB. 
 03.09.2024 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 08.07.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
   </si>
   <si>
     <t>Игорь Евстафьевич Сидарович</t>
   </si>
   <si>
     <t>12 декабря 1972</t>
   </si>
   <si>
     <t>Игорь впервые был осуждён за то, что растянул плакат с надписью: «Пока в стране беззаконие, сопротивление — наш долг», перекрыв движение автомобильного транспорта. Ему присудили крупный штраф.
 Позже его повторно осудили за оскорбление власти через комментарий в чате «Молодечно для жизни» и назначили меру пресечения в виде «домашней химии». Игорь имеет инвалидность, так как у него отсутствует одна нога.
 В конце 2024 года стало известно, что Игорь снова был задержан и помещён под стражу. В июле 2025 года его осудили по статье «Содействие экстремистской деятельности», приговорив к лишению свободы и крупному штрафу.</t>
   </si>
   <si>
     <t>Решение суда 31.03.2021: 140 базовых величин штрафа. Решение суда 02.06.2021: 1 год 6 месяцев ограничения свободы без направления, 1500 рублей компенсации. Решение суда 22.07.2025: 4 года лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
-    <t>Владимир Николаевич Марцинкевич</t>
-[...13 lines deleted...]
-  <si>
     <t>Леонид Валерьевич Райченок</t>
   </si>
   <si>
     <t>12 декабря 1986</t>
   </si>
   <si>
     <t>Согласно версии обвинения, 17 мая 2022 года Леонид Райчёнок перевел 400 долларов на бронежилеты белорусским добровольцам, воюющим на стороне Украины. Второе пожертвование он сделал на сумму 150 долларов в пользу "Prague Support Team" (объединение белорусов Праги, которые собирают донаты и на них закупают обмундирование, иногда на оружейные аксессуары для белорусских добровольцев, воюющих на стороне Украины). Действия брестчанина квалифицировали как "финансирование граждан Республики Беларусь для участия на территории иностранного государства в вооруженном формировании одной из противоборствующих сторон, в вооруженных конфликтах, военных действиях".
 12.12.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 17.10.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
     <t>Ольга Викторовна Колпакова</t>
   </si>
   <si>
     <t>13 декабря 1979</t>
   </si>
   <si>
     <t>Решение суда 01.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
+  </si>
+  <si>
+    <t>Андрей Юрьевич Савинский</t>
+  </si>
+  <si>
+    <t>14 декабря 1987</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, Савинский в течение полутора лет перевел сумму, эквивалентную 50 долларам США, на счета фондов, признанных «экстремистскими». При этом он неоднократно пользовался своей учетной записью в Facebook. Он также создал и разместил в одном из телеграм-чатов 4 текстовых сообщения, якобы направленных на «разжигание социальной вражды в обществе».
+12 января 2024 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.11.2023: 5 лет лишения свободы в колонии в условиях общего режима, 200 базовых величин штрафа. Апелляция 12.01.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
   </si>
   <si>
     <t>Константин Сергеевич Притуленко</t>
   </si>
   <si>
     <t>14 декабря 1979</t>
   </si>
   <si>
     <t>Бывший помощник прокурора Глусского района.
 В видео, которое публиковал СК, Притуленко говорил, что отправлял в чат-бот «Черной книги Беларуси» данные сотрудника прокуратуры Глусского района и врача.
 По информации «Нашай Нівы», в 2005 году Константин Притуленко был следователем, а после помощником прокурора района. Где Притуленко работал до задержания, неизвестно.
 Изначально процесс был открыт, но, по ходатайству потерпевших чиновников и силовиков, его закрыли.Всего в качестве потерпевших проходит более десятка человек, среди которых бывшая зампредседателя Могилевского горисполома, «главный идеолог города»Алла Галушко. Среди других пострадавших – члены избирательных комиссий, работники прокуратуры, силовики и другие представители власти.
 06.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии строгого режима.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
-    <t>Андрей Юрьевич Савинский</t>
-[...14 lines deleted...]
-  <si>
     <t>Владислав Вадимович Брауэр</t>
   </si>
   <si>
     <t>14 декабря 1995</t>
   </si>
   <si>
     <t>2025-07-20 12:14:16</t>
   </si>
   <si>
+    <t>Ольга Владимировна Лоцманова</t>
+  </si>
+  <si>
+    <t>15 декабря 1972</t>
+  </si>
+  <si>
+    <t>Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. </t>
+  </si>
+  <si>
+    <t>Решение суда 01.10.2024: 4 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 10.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-04 10:51:54</t>
+  </si>
+  <si>
+    <t>Станислав Валентинович Кузмицкий</t>
+  </si>
+  <si>
+    <t>15 декабря 1986</t>
+  </si>
+  <si>
+    <t>По материалам следствия, Кузмицкий,«имея извращенные ценности и превратное понимание слова «патриотизм», целенаправленно вступил в террористическую организацию и возглавил отдельные ресурсы сети «...97». Он администрировал более 30 чатов, которые под жестоким контролем и руководством из-за границы наполнял экстремистскими материалами. Мужчина формировал состав экстремистских сообществ, распределял роли и организовывал участие их членов в акциях протеста. Кроме этого, он принимал меры по объединению и увеличению числа сообществ: морально поддерживал их в беседах частного характера, организовывал проведение совместного досуга, распространение агитационной продукции, нанесение рисунков и надписей экстремистского характера на фасады сооружений».</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 лет лишения свободы в колонии усиленного режима. </t>
+  </si>
+  <si>
+    <t>2021-12-28 13:36:42</t>
+  </si>
+  <si>
+    <t>Александр Анатольевич Францкевич</t>
+  </si>
+  <si>
+    <t>15 декабря 1988</t>
+  </si>
+  <si>
+    <t>Следственный комитет называет его активным участником деструктивных телеграмм-каналов и представителем "диванных войск".
+Потерпевшими по делу выступали 26 человек.
+Францкевич до суда удерживался под стражей.</t>
+  </si>
+  <si>
+    <t>4,5 года лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>2022-06-28 16:49:54</t>
+  </si>
+  <si>
     <t>Александр Евгеньевич Соболевский</t>
   </si>
   <si>
     <t>15 декабря 1967</t>
   </si>
   <si>
     <t>В Могилеве Соболевский известен как один из фрилансеров, сотрудничавших до 2020 года с городскими онлайн-изданиями. Алеся два раза осуждали за административное нарушение на сутки, после чего он не вышел на свободу. </t>
   </si>
   <si>
     <t>Решение суда 31.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
-    <t>Ольга Владимировна Лоцманова</t>
-[...31 lines deleted...]
-  <si>
     <t>Виктор Васильевич Баркет</t>
   </si>
   <si>
     <t>16 декабря 1973</t>
   </si>
   <si>
     <t>Был задержан за комментарии о российских военных. Житель Волковыска. На провластных телеграм-каналах опубликовали "покаянное видео" на котором мужчина говорит, что был задержан за оскорбление в Telegram российских военных, которые "служат в Украине", оскорбление главы облисполкома и гродненского военкома.</t>
   </si>
   <si>
     <t>Решение суда 12.02.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Елена Николаевна Вербицкая</t>
   </si>
   <si>
     <t>16 декабря 1955</t>
   </si>
   <si>
     <t>Задержана за помощь политзаключенным 23 января 2024 года, после чего Елену отпустили, но снова задержали в апреле того же года и поместили в СИЗО.</t>
   </si>
   <si>
     <t>Решение суда 26.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
-  </si>
-[...15 lines deleted...]
-    <t>2024-01-15 21:41:51</t>
   </si>
   <si>
     <t>Максим Валерьевич Солоп</t>
   </si>
   <si>
     <t>17 декабря 1988</t>
   </si>
   <si>
     <t>Максиму Солопу 36 лет. Он родом из Бреста. В 2012 окончил физфак Гомельского государственного университета имени Франциска Скорины. Работал инженером в Брестском информационном вычислительном центре по экспорто-импортным перевозкам Белорусской железной дороги.
 Максим любит путешествия и активный отдых, а также занимается различными видами спорта и ведет здоровый образ жизни.
 Его начинают судить 24 февраля 2025 года в Брестском городском суде. Максима обвиняют в "призывах к действиям, направленным на причинение вреда национальной безопасности Беларуси" (ч. 3 ст. 361 УК).</t>
   </si>
   <si>
     <t>Решение суда 26.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-24 17:46:36</t>
+  </si>
+  <si>
+    <t>Павел Викторович Мякиш</t>
+  </si>
+  <si>
+    <t>17 декабря 1987</t>
+  </si>
+  <si>
+    <t>Бывший судмедэксперт. Учился программированию.</t>
+  </si>
+  <si>
+    <t>5,5 лет лишения свободы в колонии усиленного режима</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
+  </si>
+  <si>
+    <t>Евгений Алексеевич Зборовский</t>
+  </si>
+  <si>
+    <t>17 декабря 1981</t>
+  </si>
+  <si>
+    <t>Евгения обвинили сразу по 9 статьям Уголовного кодекса. Причиной этому стали комментарии в Telegram и отправка администраторам Telegram-каналов 0,28 и 0,004 биткоина.
+Кроме этого, с декабря 2019 года по январь 2020 года он приобрел «особо опасные психотропные вещества», а на территории России (в Брянской области) купил огнестрельное оружие – пистолет Макарова (ПМ) и не менее 46 патронов к нему.
+Судебный процесс длился с 14 февраля по 2 июня, почти четыре месяца.
+Евгений свою вину признал частично, объяснил, что он был несогласен с результатами выборов президента Беларуси, и именно поэтому решил действовать активно.</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>2022-02-14 21:25:55</t>
   </si>
   <si>
     <t>Наталья Сергеевна Матвеева</t>
   </si>
   <si>
     <t>17 декабря 1983</t>
   </si>
   <si>
     <t>Наталья была задержана в июне 2021 года по подозрению в планировании поджога лесозаготовительной техники. Задержание произошло вечером прямо на территории лесхоза, куда она прибыла якобы вместе с соучастником Гордеевым, который на самом деле выполнял задание органов государственной безопасности.
 По версии обвинения, вечером 8 июня 2021 года Наталья вместе с этим человеком изготовила коктейли Молотова, с помощью которых планировалось поджечь технику. Однако преступление не было доведено до конца — Наталью задержали до совершения поджога.
 На суде Наталья рассказала, что оказалась в сложной жизненной ситуации: в августе 2020 года был задержан её знакомый, она потеряла отца и испытывала трудности на работе. Она также подтвердила, что действительно состояла в чате «ОГСБ» и имела умысел уничтожить лесозаготовительную технику в лесхозе.
 В декабре 2022 года её признали виновной и приговорили к лишению свободы в колонии общего режима с назначением крупного штрафа.</t>
   </si>
   <si>
     <t>Решение суда 05.12.2022: 14 лет лишения свободы в колонии в условиях общего режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Павел Викторович Мякиш</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Павел Владимирович Кунцевич</t>
+  </si>
+  <si>
+    <t>17 декабря 1985</t>
+  </si>
+  <si>
+    <t>Павлу Кунцевичу 39 лет. Он минчанин, учился в Минском государственном институте экологии имени Сахарова на психолога. Работал на Червенском рынке, где имел собственную торговую точку, а в последнее время делал теплицы за деньги. 
+Если судить по соцсетям, задержали его осенью 2023-го. Обвиняли его по ч. 3 ст. 361 УК Беларуси - " призывы к санкциям или иным действиям, направленным в ущерб национальной безопасности Беларуси». По статье ему грозило до 12 лет колонии.У Павла большая семья-жена и четверо детей.
+01.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
+  </si>
+  <si>
+    <t>Решение суда 22.01.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 01.03.2024: неизвестно. Решение суда дата неизвестна: 8 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2024-01-15 21:41:51</t>
   </si>
   <si>
     <t>Артур Игоревич Сырокваша</t>
   </si>
   <si>
     <t>18 декабря 1993</t>
   </si>
   <si>
     <t>Артур Сырокваша работал заместителем начальника пограничной заставы «Хойники», созданной в 2020 году. То есть Артур работал на границе, через которую российская техника шла в Украину.
 Был секретарем местного БРСМ. В анкете Артура «ВКонтакте» указано, что он родом из Минска, закончил БГУ.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
+  </si>
+  <si>
+    <t>Виталий Олегович Выпряжкин</t>
+  </si>
+  <si>
+    <t>18 декабря 1985</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>2026-01-20 22:41:31</t>
+  </si>
+  <si>
+    <t>Евгений Анатольевич Дорохов</t>
+  </si>
+  <si>
+    <t>19 декабря 1980</t>
+  </si>
+  <si>
+    <t>Задержан за комментарии. 
+Работал энергетиком на Белгро.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-09-12 14:21:44</t>
   </si>
   <si>
     <t>Александр Николаевич Троценко</t>
   </si>
   <si>
     <t>19 декабря 1971</t>
   </si>
   <si>
     <t>Решение суда 26.09.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 10.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
   </si>
   <si>
     <t>Виталий Владимирович Лесковец</t>
   </si>
   <si>
     <t>20 декабря 1975</t>
   </si>
   <si>
     <t>Виталий — программист. Он работал на Могилевском металлургическом заводе и администрировал сайт компании, в проектном специализированном бюро, инженером-программистом в Центре городских информационных систем Могилева.
 Хобби мужчины — фотография. Он фотографирует как на ленту, так и на цифровые фотоаппараты. Алексей регулярно снимает различные городские мероприятия и делится фото в соцсетях. Любит он и путешествовать, как по Беларуси, так и по зарубежью.
 Его судят за донаты на помощь Украине.</t>
   </si>
   <si>
@@ -923,139 +986,125 @@
   </si>
   <si>
     <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 03.05.2023: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
     <t>Владимир Анатольевич Баслык</t>
   </si>
   <si>
     <t>20 декабря 1981</t>
   </si>
   <si>
     <t xml:space="preserve">
 Дело начинает рассматривать судья Анжелика Данилова 29 июля 2024 года в Минском областном суде.
 </t>
   </si>
   <si>
     <t>Решение суда 02.08.2024: неизвестно. Апелляция 18.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-09 23:16:04</t>
   </si>
   <si>
+    <t>Максим Павлович Соболев</t>
+  </si>
+  <si>
+    <t>20 декабря 1996</t>
+  </si>
+  <si>
+    <t>Задержан за создание чата в 2020 году, который потом был признан экстремистским.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.01.2023: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 09.06.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
+  </si>
+  <si>
     <t>Леонид Валентинович Козырь</t>
   </si>
   <si>
     <t>Первый суд над Леонидом прошел осенью 2022 года, его обвинили по ст.369, приговорили к ограничению свободы без направления. 
 О втором суде стало известно в августе 2024 года. Леонида обвиняют в "финансировании деятельности экстремистского формирования" (арт. 361-2 УК) и «вербовке, обучении или подготовке к участию в войне, а также материальном обеспечении такой деятельности» (ч. 2 ст. 361-3 УК). Вероятно, у мужчины нашли донат на ВСУ. Приговор скорее всего связан с лишением свободы.
 У Леонида высшее образование, его последнее место работы — частное предприятие "Гомельстальстандарт".</t>
   </si>
   <si>
     <t>Решение суда 12.10.2022: неизвестно лет ограничения свободы без направления. Решение суда 22.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
     <t>Игорь Михайлович Сушко</t>
   </si>
   <si>
     <t>21 декабря 1978</t>
   </si>
   <si>
     <t>Игоря задержали 23 ноября 2023 года. Из видео на провластном канале, опубликованного силовиками известно, что он являлся соучредителем фирмы по городским маршрутным перевозкам.
 На камеру Игорь говорит, что был задержан за комментарии в Telegram-каналах о белорусских и российских военных.</t>
   </si>
   <si>
     <t>Решение суда 08.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Дмитрий Сергеевич Осиюк</t>
   </si>
   <si>
     <t>21 декабря 1987</t>
   </si>
   <si>
     <t>Известно, что дело Дмитрия во многом сфабриковано, некоторые его действия были специально спровоцированны сотрудниками спецслужб.
 Правозащитникам известно, что под стражей мужчина содержится примерно с декабря 2023 года. Сразу его содержали в минском СИЗО-1, а потом этапировали в брестское СИЗО. Ему присудили 20 лет лишения свободы, первые 5 лет из них на тюремноом режиме.
 Известно, что Осиюк жил в Березе, у него есть дочь.</t>
   </si>
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>Решение суда 14.08.2024: 20 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима). Апелляция 16.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
-    <t>Вячеслав Николаевич Рогащук</t>
-[...10 lines deleted...]
-  <si>
     <t>Михаил Юрьевич Незнанов</t>
   </si>
   <si>
     <t>22 декабря 1982</t>
   </si>
   <si>
     <t>Решение суда 23.07.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-24 23:50:24</t>
-  </si>
-[...15 lines deleted...]
-    <t>2024-11-01 18:08:08</t>
   </si>
   <si>
     <t>Игорь Михайлович Клочко</t>
   </si>
   <si>
     <t>23 декабря 1997</t>
   </si>
   <si>
     <t>Игорь был осужден за участие в акции протеста, которая проходила 11 августа 2020 года в городе Бресте.</t>
   </si>
   <si>
     <t>ИУОТ-46, 213188, Могилевская обл., г. п. Круглое, ул. Советская, 96</t>
   </si>
   <si>
     <t>Химия с направлением</t>
   </si>
   <si>
     <t>Решение суда 26.06.2025: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
     <t>Сергей Александрович Чернецкий</t>
   </si>
@@ -1080,396 +1129,395 @@
   <si>
     <t>08.12.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 12.08.2023: неизвестно. Протест прокурора 08.12.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-09-27 17:29:24</t>
   </si>
   <si>
     <t>Максим Иванович Соболев</t>
   </si>
   <si>
     <t>23 декабря 1998</t>
   </si>
   <si>
     <t>Согласно версии обвинения, с 10 по 11 августа 2020 года на тот момент несовершеннолетние Юлия Шаранова, Никита Войтюк, Николай Никитюк, а также Василий Алексеюк, Глеб Климович, Виталий Варфаламеев, Александр Тысевич, Максим Соболев, находясь на проезжей части проспекта Машерова, бульваров Космонавтов и Шевченко, ул. Советской в Бресте, "выкрикивали лозунги, демонстрировали полотна бело-красно-белого цвета, грубо нарушая общественный порядок, умышленно препятствовали движению транспортных средств и нормальному функционированию предприятий и организаций".
 В судебном заседании все вину признали полностью.
 Также известно, что Максим Соболев, Глеб Климович, Юлия Шаранова осуждены, в том числе по "наркотическим" статьям.
 Максиму Соболеву по ч. 1 ст. 342 УК было назначено два года лишения свободы. Но поскольку, Максим был уже осужден по "наркотическому" ч. 4 ст. 328 УК, путем частичного сложения основных наказаний и полного присоединения дополнительного наказания, назначено 12 лет колонии с отбыванием в исправительной колонии в условиях усиленного режима со штрафом в сумме 3 200 рублей.</t>
   </si>
   <si>
     <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
   </si>
   <si>
-    <t>Нет</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 20.05.2024: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.07.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-08 18:07:55</t>
   </si>
   <si>
+    <t>Алексей Игоревич Черешнев</t>
+  </si>
+  <si>
+    <t>24 декабря 1999</t>
+  </si>
+  <si>
+    <t>2026-03-02 10:59:22</t>
+  </si>
+  <si>
     <t>Александр Викторович Коновальчик</t>
   </si>
   <si>
     <t>24 декабря 1979</t>
   </si>
   <si>
-    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2026-01-17 00:05:19</t>
   </si>
   <si>
     <t>Анатолий Викторович Латушка</t>
   </si>
   <si>
     <t>24 декабря 1976</t>
   </si>
   <si>
     <t>Задержан за рисование через трафареты «Погони».
 Анатолий Латушка — двоюродный брат политика Павла Латушко.
 22.03.2024 был переведен на тюремный режим до конца срока.</t>
   </si>
   <si>
     <t>Решение суда 20.09.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: неизвестно. Суд по смене режима 22.03.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Дмитрий Иванович Шаблыко</t>
   </si>
   <si>
     <t>24 декабря 1996</t>
   </si>
   <si>
     <t>Решение суда 20.08.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
+    <t>Дмитрий Николаевич Хальцов</t>
+  </si>
+  <si>
+    <t>25 декабря 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий Хальцов-индивидуальный предприниматель. В 2020 году в репортаже о митингах в Гомеле после похорон убитого милиционерами Александра Вихора, о нем писало издание “Комсомольская правда”. Дмитрий за собственные деньги тогда приобрел мегафон, написал в местном чате предложение собраться и отправиться к облисполкому. Тогда люди вызвали на беседу руководителя областной власти.
+Из-за закрытости судебной системы от общества пока неизвестна суть предъявленных Дмитрию Хальцову обвинений и конкретный приговор. Известно лишь, что его заключили на реальный срок в колонию.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>2025-10-18 15:04:38</t>
+  </si>
+  <si>
     <t>Анатолий Владимирович Володько</t>
   </si>
   <si>
     <t>25 декабря 1967</t>
   </si>
   <si>
     <t>Анатолию Володько 56 лет. Он минчанин. У мужчины есть жена, совершеннолетняя дочь и сын, которому вскоре исполнится восемнадцать лет. Более 20 лет Володько отработал программистом в компании «Топ Софт». Она занимается созданием экосистемы продуктов "Галактика", нужной для цифровизации бизнеса. Центральный офис фирмы находится в России, часть времени Анатолий проработал там.
 Точная дата задержания мужчины неизвестна, но, вероятно, это 15 или 16 января 2024 года. Ведь 17 января его вместе с женой осудили за» мелкое хулиганство " — его на 15 суток, приговор жене неизвестен. Согласно показаниям силовиков, Анатолий Володько «находился в общественном месте и из хулиганских побуждений громко кричал, нецензурно выражался, размахивал руками и вел себя агрессивно». Мужчина вину не признал и сказал, что посреди дня его задержали в собственном доме. Ничего из того, о чем говорили свидетели, он не делал.По словам сокамерника Анатолия Володько, тот отказался выплачивать "пожертвования", которые сотрудники КГБ под угрозами предлагают выплатить тем, кто делал донаты. Вообще мужчина не признал свою вину. Сокамерник Анатолия утверждает, что это послужило причиной дальнейшего преследования — административного и уголовного.
 27 августа 2024 г. у Анатолия состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 11.06.2024: 8 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 27.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
     <t>Анастасия Юрьевна Грицкевич</t>
   </si>
   <si>
     <t>25 декабря 1993</t>
   </si>
   <si>
     <t>Анастасия родом из Мозыря, закончила БГУФК по специальности «туризм и гостеприимство», работала в «Минск-Арене». Много путешествовала, любила спорт — хоккей и велосипедный спорт.
 Дата задержания Анастасии неизвестна. Последний раз она что-то писала в телеграме в феврале 2025 года. И именно в том месяце активно шли аресты по делу Гаюна.
 Со времени задержания Грицкевич нигде не была онлайн. Судя по этому, ей присудили наказание, связанное с лишением свободы.</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-07 20:59:21</t>
-  </si>
-[...14 lines deleted...]
-    <t>2025-10-18 15:04:38</t>
   </si>
   <si>
     <t>Игорь Николаевич Козлов</t>
   </si>
   <si>
     <t>25 декабря 1975</t>
   </si>
   <si>
     <t>Житель Могилевской области. Работник «Бобруйского завода тракторных деталей и агрегатов».
 Задержан за саботаж железной дорогий около станций г. Бобруйска, а также поджог стрелкового тира в/ч 5527. Задержан вместе с супругой.</t>
   </si>
   <si>
     <t>Решение суда 10.08.2022: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 25.10.2022: неизвестно.</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
     <t>Артем Ширинович Насанович</t>
   </si>
   <si>
     <t>25 декабря 1994</t>
   </si>
   <si>
     <t>С чем связано такое суровое наказание, как и обстоятельства возбуждения уголовного дела, до сих пор неизвестны.</t>
   </si>
   <si>
     <t>Решение суда 25.03.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 14.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
     <t>Артём Евгеньевич Пархамович</t>
   </si>
   <si>
     <t>26 декабря 1995</t>
   </si>
   <si>
-    <t>Артем, сотрудник "Белтелекома", был задержан 22 октября 2020 года и осужден за передачу данных сотрудников силовых структур в Telegram.</t>
-[...2 lines deleted...]
-    <t>Решение суда 08.02.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 29.04.2022: приговор оставлен без изменения.</t>
+    <t>Артём, бывший сотрудник «Белтелекома», был задержан в октябре 2020 года в рамках уголовного дела, возбужденного по восьми статьям, включая «незаконные действия в отношении информации о частной жизни и персональных данных» и «вмешательство в деятельность сотрудника органов внутренних дел». Также известно, что при задержании Артёма сильно избивали.
+В феврале 2022 года он был осуждён за «передачу персональных и иных личных данных более 150 лиц телеграм-каналам, признанным экстремистскими» и приговорён к длительному лишению свободы, а также к выплате крупной компенсации «потерпевшим».</t>
+  </si>
+  <si>
+    <t>Решение суда 08.02.2022: 11 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 29.04.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
     <t>Вера Михайловна Кононенко</t>
   </si>
   <si>
     <t>27 декабря 1974</t>
   </si>
   <si>
     <t>Была задержана в конце октября 2024 года во время очередного "рейда" против тех, кого подозревают в солидарности с политическими заключенными.
-Обвиняется по нескольким статьям Уголовного кодекса за взаимодействие с "экстремистскими формированиями".  </t>
+Обвиняется по нескольким статьям Уголовного кодекса за взаимодействие с "экстремистскими формированиями".  Согласно следствию, фигуранты дела являлись курьерами инициативы BYSOL , "в их задачи входило получение и передача денег другим участникам формирования, их распределение на нужды участников незаконной протестной и экстремистской деятельности".
+Также был задержан её гражданский муж Сергей Кардаш.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 12.02.2026: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
     <t>Ольга Дмитриевна Алексеева</t>
   </si>
   <si>
     <t>27 декабря 1982</t>
   </si>
   <si>
     <t>Предположительно задержана за помощь политзаключенным.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
-    <t>Андрей Викторович Великоселец</t>
-[...13 lines deleted...]
-  <si>
     <t>Вячеслав Юрьевич Малышев</t>
   </si>
   <si>
     <t>29 декабря 1979</t>
   </si>
   <si>
     <t>Решение суда 13.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-10-21 21:23:23</t>
   </si>
   <si>
     <t>Иосиф (Язэп) Иосифович Дулебо</t>
   </si>
   <si>
     <t>30 декабря 1967</t>
   </si>
   <si>
     <t>3 мая 2024 года Комитет государственной безопасности Беларуси внес в список так называемых «экстремистских формирований» ряд медиа-ресурсов проекта FreeInfoBel, также были указаны конкретные люди которые, по их мнению, имеют отношение к проекту - Ольгу Пашкевич и Иосифа Дулебо. Причем о внесении FreeInfoBel по факту стало известно лишь через 5 дней - 8 мая.
 В данный момент неизвестно, по какому именно уголовному делу мужчина находится под стражей, но, можно предположить, что оно связано с «экстремизмом». Удалось узнать, что задержан Дулебо был изначально по административному делу. Однако, когда пришло время освобождения из ИВС, Дулебо на волю не вышел – его перевели в СИЗО.
 Мужчина в прошлом возглавлял Витебское подразделение БНФ, но в начале 2000-х отошел от партийных дел.</t>
   </si>
   <si>
     <t>Решение суда 26.11.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 04.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-22 19:29:24</t>
   </si>
   <si>
+    <t>Александр Фёдорович Боровик</t>
+  </si>
+  <si>
+    <t>30 декабря 1981</t>
+  </si>
+  <si>
+    <t>Мужчину обвинили в том, что он, по мнению суда, оставил оскорбительный комментарий в телеграмме в сторону министра внутренних дел Ивана Кубракова и заместителя начальника УВД администрации Центрального района Минска, начальника криминальной милиции Владимира Кубракова. Александр полностью признал вину и раскаялся в содеянном. До суда мужчина находился под личным поручительством. После оглашения приговора его взяли под стражу в зале суда.
+Александр Боровик имеет на иждивении несовершеннолетнего ребенка. Работает столяром-станочником. 
+В январе 2024 года стало известно, что Павел снова стал обвиняемым, но на этот раз по ст 130 УК РБ.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.05.2023: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 25.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-05-02 13:34:46</t>
+  </si>
+  <si>
+    <t>Ольга Анатольевна Осипчик</t>
+  </si>
+  <si>
+    <t>30 декабря 1977</t>
+  </si>
+  <si>
+    <t>2025-10-21 21:23:23</t>
+  </si>
+  <si>
+    <t>Владимир Владимирович Кушнер</t>
+  </si>
+  <si>
+    <t>30 декабря 1974</t>
+  </si>
+  <si>
+    <t>Был осужден за комментарий про Украину, оставленный в 2022 году. Дело сушалось в Минском городском суде.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.08.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 14.10.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Олеся Вячеславовна Шапкина</t>
+  </si>
+  <si>
+    <t>30 декабря 1988</t>
+  </si>
+  <si>
+    <t>Программистка SamSolutions.
+15 сентября 2023 г. прошло рассмотрение апелляционной жалобы.
+ Летом 2025 переболела воспалением легких, лежала в санчасти. </t>
+  </si>
+  <si>
+    <t>Решение суда 30.06.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.06.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
+  </si>
+  <si>
     <t>Валерия Борисовна Костюгова</t>
   </si>
   <si>
     <t>Валерия — политологиня, основательница и редакторка сайта экспертного сообщества «Наше мнение», авторка и редакторка «Белорусского ежегодника», руководительница группы экспертов по мониторингу «Беларусь в фокусе».
 30 июня 2021 года после обыска в её доме, проведённого сотрудниками КГБ, Валерию задержали и поместили в изолятор, позже переведя в СИЗО.
 6 февраля 2023 года в суде начали рассматривать её дело по обвинению в «пособничестве действиям, направленным на захват власти», «призывам к действиям, наносящим вред национальной безопасности» и «разжигании социальной вражды». 17 марта 2023 года суд в закрытом режиме приговорил Валерию к 10 годам лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>Решение суда 17.03.2023: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 25.07.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Владимир Владимирович Кушнер</t>
-[...54 lines deleted...]
-    <t>2025-10-20 21:23:33</t>
+    <t>Максим Валерьевич Сандракула</t>
+  </si>
+  <si>
+    <t>31 декабря 1978</t>
+  </si>
+  <si>
+    <t>Решение суда 14.11.2024: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 14.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:59:06</t>
   </si>
   <si>
     <t>Надежда Александровна Лесковец</t>
   </si>
   <si>
-    <t>31 декабря 1978</t>
-[...1 lines deleted...]
-  <si>
     <t>Была задержана 23 января 2024 года во время массового рейда силовых структур по родственникам политзаключенных и по людям, которые помогали им.</t>
   </si>
   <si>
     <t>Решение суда 11.07.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 01.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-13 22:04:59</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Вадим Николаевич Васильев</t>
   </si>
   <si>
     <t>31 декабря 1994</t>
   </si>
   <si>
     <t>Задержан за администрирование чатов «Витебск -97%» и «Орша -97%».
 Художник по свету ТЗУ в белорусском театре «Лялька».</t>
   </si>
   <si>
     <t>12 лет лишения свободы в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
   </si>
   <si>
-    <t>Максим Валерьевич Сандракула</t>
-[...5 lines deleted...]
-    <t>2024-10-10 22:59:06</t>
+    <t>Ольга Григорьевна Строева</t>
+  </si>
+  <si>
+    <t>31 декабря 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
+  </si>
+  <si>
+    <t>Александр Вячеславович Сульжиц</t>
+  </si>
+  <si>
+    <t>31 декабря 1980</t>
+  </si>
+  <si>
+    <t>Карьера Александра начиналась с логистики — работал менеджером по транспорту в «Пинскдреве», потом занимал должности в Belinterlogistik и ElektroEra. После работал менеджером по закупкам в международной компании Exide Technologies. 
+С 2019 по 2022 год Сульжиц работал в Rozum Robotics, где прошел путь от менеджера по поставкам до руководителя отдела робототехнической автоматизации. Последним местом работы была 4RM Systems (май 2023 — май 2025), где Александр занимался разработкой решения Stemma с искусственным интеллектом для автоматизации касс самообслуживания в ритейле — именно кассы от 4RM Systems стоят во многих белорусских магазинах.
+Мужчина был активным участником автосообщества.
+У него есть жена и двое детей.</t>
+  </si>
+  <si>
+    <t>2026-02-08 00:47:20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1773,2517 +1821,2595 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...11 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>84</v>
       </c>
       <c r="I15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
         <v>87</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+      <c r="I16" t="s">
         <v>88</v>
-      </c>
-[...16 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>92</v>
       </c>
-      <c r="B17" t="s">
-[...11 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>102</v>
       </c>
       <c r="I19" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>104</v>
       </c>
       <c r="B20" t="s">
         <v>105</v>
       </c>
       <c r="C20" t="s">
         <v>106</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>107</v>
       </c>
       <c r="I20" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>109</v>
       </c>
       <c r="B21" t="s">
         <v>110</v>
       </c>
       <c r="C21" t="s">
         <v>111</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>112</v>
       </c>
       <c r="I21" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>114</v>
       </c>
       <c r="B22" t="s">
         <v>115</v>
       </c>
       <c r="C22" t="s">
         <v>116</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>117</v>
       </c>
       <c r="I22" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>119</v>
       </c>
       <c r="B23" t="s">
         <v>120</v>
       </c>
       <c r="C23" t="s">
         <v>121</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E23" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>122</v>
       </c>
       <c r="I23" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>124</v>
       </c>
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H24" t="s">
+        <v>107</v>
+      </c>
+      <c r="I24" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>128</v>
+      </c>
+      <c r="B25" t="s">
         <v>129</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>130</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>131</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="I25" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>133</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
         <v>135</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>136</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>137</v>
-      </c>
-[...13 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
         <v>139</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>140</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>79</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="D27" t="s">
-[...11 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
         <v>144</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>145</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
         <v>146</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>148</v>
+      </c>
+      <c r="B29" t="s">
         <v>149</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>150</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>151</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>153</v>
+      </c>
+      <c r="B30" t="s">
         <v>154</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>155</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>156</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" t="s">
         <v>159</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>160</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>161</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B32" t="s">
+        <v>154</v>
+      </c>
+      <c r="C32" t="s">
         <v>164</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>165</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>167</v>
+      </c>
+      <c r="B33" t="s">
         <v>168</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>169</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>170</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>172</v>
+      </c>
+      <c r="B34" t="s">
         <v>173</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>174</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>79</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>175</v>
       </c>
-      <c r="D34" t="s">
-[...11 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
         <v>178</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>179</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>53</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>180</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
         <v>183</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>184</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>59</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>185</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" t="s">
         <v>188</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>189</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>190</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B38" t="s">
         <v>193</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>194</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>196</v>
+      </c>
+      <c r="B39" t="s">
         <v>197</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>198</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>79</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>199</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>201</v>
+      </c>
+      <c r="B40" t="s">
         <v>202</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>203</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>53</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
         <v>204</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>206</v>
+      </c>
+      <c r="B41" t="s">
         <v>207</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
+        <v>43</v>
+      </c>
+      <c r="I41" t="s">
         <v>208</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
         <v>210</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>211</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>41</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>212</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>214</v>
+      </c>
+      <c r="B43" t="s">
         <v>215</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>216</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>217</v>
       </c>
-      <c r="D43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>218</v>
       </c>
       <c r="I43" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>220</v>
       </c>
       <c r="B44" t="s">
         <v>221</v>
       </c>
       <c r="C44" t="s">
         <v>222</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
+        <v>26</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>223</v>
       </c>
-      <c r="F44" t="s">
-[...5 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>225</v>
+      </c>
+      <c r="B45" t="s">
         <v>226</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>227</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>228</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>230</v>
+      </c>
+      <c r="B46" t="s">
         <v>231</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>232</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>59</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
         <v>233</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>235</v>
+      </c>
+      <c r="B47" t="s">
         <v>236</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>237</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>238</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>240</v>
+      </c>
+      <c r="B48" t="s">
         <v>241</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>242</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>101</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
         <v>243</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>245</v>
+      </c>
+      <c r="B49" t="s">
         <v>246</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>247</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>217</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
         <v>248</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>250</v>
+      </c>
+      <c r="B50" t="s">
         <v>251</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>252</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
         <v>253</v>
       </c>
-      <c r="D50" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H50" t="s">
+        <v>84</v>
+      </c>
+      <c r="I50" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>255</v>
+      </c>
+      <c r="B51" t="s">
         <v>256</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>257</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>41</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
         <v>258</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I51" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>260</v>
       </c>
       <c r="B52" t="s">
         <v>261</v>
       </c>
+      <c r="C52" t="s">
+        <v>262</v>
+      </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="I52" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B53" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C53" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>268</v>
+        <v>65</v>
       </c>
       <c r="I53" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>270</v>
       </c>
       <c r="B54" t="s">
         <v>271</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
         <v>272</v>
       </c>
-      <c r="D54" t="s">
-[...2 lines deleted...]
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" t="s">
         <v>273</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>274</v>
+      </c>
+      <c r="B55" t="s">
+        <v>275</v>
+      </c>
+      <c r="C55" t="s">
         <v>276</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>277</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>278</v>
-      </c>
-[...16 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>279</v>
+      </c>
+      <c r="B56" t="s">
+        <v>280</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>281</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>282</v>
-      </c>
-[...13 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>283</v>
+      </c>
+      <c r="B57" t="s">
+        <v>284</v>
+      </c>
+      <c r="C57" t="s">
         <v>285</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>286</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
         <v>287</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>289</v>
+      </c>
+      <c r="B58" t="s">
         <v>290</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>291</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>292</v>
       </c>
-      <c r="D58" t="s">
-[...2 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>293</v>
       </c>
-      <c r="F58" t="s">
-[...5 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>295</v>
+      </c>
+      <c r="B59" t="s">
         <v>296</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>297</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
         <v>298</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I59" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>300</v>
       </c>
       <c r="B60" t="s">
         <v>301</v>
       </c>
+      <c r="C60" t="s">
+        <v>302</v>
+      </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I60" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B61" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="C61" t="s">
         <v>306</v>
       </c>
       <c r="D61" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H61" t="s">
         <v>307</v>
       </c>
       <c r="I61" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>309</v>
       </c>
       <c r="B62" t="s">
         <v>310</v>
       </c>
       <c r="C62" t="s">
         <v>311</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
-      <c r="E62" t="s">
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>312</v>
       </c>
-      <c r="F62" t="s">
+      <c r="I62" t="s">
         <v>313</v>
-      </c>
-[...7 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>314</v>
+      </c>
+      <c r="B63" t="s">
+        <v>315</v>
+      </c>
+      <c r="C63" t="s">
         <v>316</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
         <v>317</v>
       </c>
-      <c r="C63" t="s">
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>318</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>320</v>
+      </c>
+      <c r="B64" t="s">
         <v>321</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>53</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>322</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>324</v>
+      </c>
+      <c r="B65" t="s">
+        <v>325</v>
+      </c>
+      <c r="C65" t="s">
         <v>326</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>327</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
         <v>328</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
         <v>329</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>331</v>
+      </c>
+      <c r="B66" t="s">
+        <v>332</v>
+      </c>
+      <c r="C66" t="s">
         <v>333</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>334</v>
       </c>
-      <c r="D66" t="s">
-[...2 lines deleted...]
-      <c r="E66" t="s">
+      <c r="I66" t="s">
         <v>335</v>
-      </c>
-[...10 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>336</v>
+      </c>
+      <c r="B67" t="s">
         <v>337</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>338</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>339</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>341</v>
+      </c>
+      <c r="B68" t="s">
         <v>342</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>343</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>344</v>
+      </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="H68" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I68" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B69" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="C69" t="s">
         <v>348</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
+        <v>43</v>
+      </c>
+      <c r="I69" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>350</v>
+      </c>
+      <c r="B70" t="s">
         <v>351</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>352</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>353</v>
-      </c>
-[...16 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>354</v>
+      </c>
+      <c r="B71" t="s">
+        <v>355</v>
+      </c>
+      <c r="C71" t="s">
         <v>356</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>26</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>357</v>
       </c>
-      <c r="C71" t="s">
+      <c r="I71" t="s">
         <v>358</v>
-      </c>
-[...16 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>359</v>
+      </c>
+      <c r="B72" t="s">
+        <v>360</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>361</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>363</v>
+      </c>
+      <c r="B73" t="s">
+        <v>364</v>
+      </c>
+      <c r="C73" t="s">
+        <v>365</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
         <v>366</v>
       </c>
-      <c r="B73" t="s">
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>74</v>
+      </c>
+      <c r="I73" t="s">
         <v>367</v>
-      </c>
-[...16 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>368</v>
+      </c>
+      <c r="B74" t="s">
+        <v>369</v>
+      </c>
+      <c r="C74" t="s">
+        <v>370</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
         <v>371</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>372</v>
-      </c>
-[...19 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>373</v>
+      </c>
+      <c r="B75" t="s">
+        <v>374</v>
+      </c>
+      <c r="C75" t="s">
+        <v>375</v>
+      </c>
+      <c r="D75" t="s">
+        <v>41</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>352</v>
+      </c>
+      <c r="I75" t="s">
         <v>376</v>
-      </c>
-[...19 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>377</v>
+      </c>
+      <c r="B76" t="s">
+        <v>378</v>
+      </c>
+      <c r="C76" t="s">
+        <v>379</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>344</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>380</v>
       </c>
-      <c r="B76" t="s">
+      <c r="I76" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>382</v>
+      </c>
+      <c r="B77" t="s">
+        <v>383</v>
+      </c>
+      <c r="C77" t="s">
+        <v>384</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
         <v>385</v>
       </c>
-      <c r="B77" t="s">
+      <c r="I77" t="s">
         <v>386</v>
-      </c>
-[...19 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>387</v>
+      </c>
+      <c r="B78" t="s">
+        <v>388</v>
+      </c>
+      <c r="C78" t="s">
+        <v>389</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>79</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
         <v>390</v>
       </c>
-      <c r="B78" t="s">
+      <c r="I78" t="s">
         <v>391</v>
-      </c>
-[...16 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>392</v>
+      </c>
+      <c r="B79" t="s">
+        <v>393</v>
+      </c>
+      <c r="C79" t="s">
         <v>394</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
+        <v>41</v>
+      </c>
+      <c r="E79" t="s">
+        <v>366</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
         <v>395</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I79" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>397</v>
       </c>
       <c r="B80" t="s">
         <v>398</v>
       </c>
       <c r="C80" t="s">
         <v>399</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>400</v>
       </c>
       <c r="I80" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>402</v>
       </c>
       <c r="B81" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
         <v>404</v>
       </c>
       <c r="I81" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>406</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>409</v>
       </c>
       <c r="I82" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>411</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>414</v>
       </c>
       <c r="I83" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>416</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>41</v>
+      </c>
+      <c r="E84" t="s">
+        <v>272</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>14</v>
+      </c>
+      <c r="I84" t="s">
         <v>418</v>
-      </c>
-[...13 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>419</v>
+      </c>
+      <c r="B85" t="s">
+        <v>420</v>
+      </c>
+      <c r="C85" t="s">
         <v>421</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>292</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
         <v>422</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I85" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>424</v>
       </c>
       <c r="B86" t="s">
         <v>425</v>
       </c>
       <c r="C86" t="s">
         <v>426</v>
       </c>
       <c r="D86" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E86" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
         <v>427</v>
       </c>
       <c r="I86" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>429</v>
       </c>
       <c r="B87" t="s">
+        <v>407</v>
+      </c>
+      <c r="C87" t="s">
         <v>430</v>
       </c>
       <c r="D87" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E87" t="s">
-        <v>359</v>
+        <v>42</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>431</v>
       </c>
       <c r="I87" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B88" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="C88" t="s">
         <v>434</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H88" t="s">
         <v>435</v>
       </c>
       <c r="I88" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>437</v>
       </c>
       <c r="B89" t="s">
-        <v>425</v>
+        <v>434</v>
+      </c>
+      <c r="C89" t="s">
+        <v>438</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E89" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I89" t="s">
-        <v>439</v>
+        <v>440</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>441</v>
+      </c>
+      <c r="B90" t="s">
+        <v>442</v>
+      </c>
+      <c r="C90" t="s">
+        <v>443</v>
+      </c>
+      <c r="D90" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" t="s">
+        <v>59</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
+        <v>444</v>
+      </c>
+      <c r="I90" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>446</v>
+      </c>
+      <c r="B91" t="s">
+        <v>447</v>
+      </c>
+      <c r="D91" t="s">
+        <v>41</v>
+      </c>
+      <c r="E91" t="s">
+        <v>366</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>449</v>
+      </c>
+      <c r="B92" t="s">
+        <v>450</v>
+      </c>
+      <c r="C92" t="s">
+        <v>451</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" t="s">
+        <v>43</v>
+      </c>
+      <c r="I92" t="s">
+        <v>452</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">