--- v0 (2025-12-06)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
@@ -87,1328 +87,1219 @@
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
     <t>Екатерина Андреевна Бахвалова (Андреева)</t>
   </si>
   <si>
     <t>2 ноября 1993</t>
   </si>
   <si>
     <t>Екатерина, журналистка телеканала «Белсат», вела прямой репортаж с двора «Площади перемен», где собрались мирные протестующие на акцию протеста, прошедшую в Минске 15 ноября 2020 года под лозунгом «Я выхожу». Это были последние слова убитого силовиками Романа Бондаренко, и собравшиеся пришли почтить его память. Екатерина была задержана вместе со своей коллегой Дарьей Чульцовой во время жесткого разгона акции и позднее осуждена за «участие в групповых действиях, грубо нарушающих общественный порядок».
 В апреле 2022 года против Екатерины возбудили новое уголовное дело, и уже в июле того же года ее повторно осудили, обвинив в «измене государству» и приговорив к восьми годам лишения свободы за три месяца до окончания срока по первому приговору.</t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
     <t>Решение суда 18.02.2021: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 23.04.2021: приговор оставлен без изменения. Решение суда 13.07.2022: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 20.09.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
-    <t>Татьяна Александровна Шимко</t>
-[...10 lines deleted...]
-  <si>
     <t>Евгений Александрович Тихонов</t>
   </si>
   <si>
     <t>3 ноября 1982</t>
   </si>
   <si>
     <t>Евгению 40 лет, он окончил Академию МВД более 15 лет назад и успел поработать участковым, но уволился по собственному желанию. Позже Алексей перешел в IT. Впоследствии какое-то время пожил в Европе, в Италии.        Его задержали при попытке въезда в Беларусь — мужчина хотел приехать на день рождения матери и оформить доверенность. Против Евгения Тихонова, как сообщается, заведено уголовное дело за комментарии в телеграмме о силовиках и Лукашенко по трем статьям.
 28.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>неизвестно</t>
   </si>
   <si>
     <t>2023-05-24 01:03:59</t>
   </si>
   <si>
-    <t>Вадим Владимирович Сасковец</t>
-[...48 lines deleted...]
-  <si>
     <t>Андрей Валерьевич Фомин</t>
   </si>
   <si>
     <t>3 ноября 1993</t>
   </si>
   <si>
     <t>Андрею Фомину 29 лет, он родом из Могилева, но жил в Минске. Парень окончил Белорусскую государственную академию искусств. В покаяльном видео он говорит, что якобы был редактором и автором статей для сети газет «Вестники». Согласно информации от активистов инициативы ByProsvet, Андрей не имел доступов к аккаунтам газет и не знал тех, кто распространяет их в Беларуси.
 В итоге парню предъявили обвинение за участие в Марше 30 августа 2020 года и перевели в СИЗО-1. Андрей принципиально не хотел уезжать из своей страны, пишет книгу, дома его ждут шесть котов.</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>7 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-27 23:30:20</t>
   </si>
   <si>
-    <t>Александр Иванович Пискунов</t>
-[...46 lines deleted...]
-    <t>2024-05-27 18:26:45</t>
+    <t>Борис Николаевич Крицкий</t>
+  </si>
+  <si>
+    <t>3 ноября 1968</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 01.11.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:35:08</t>
+  </si>
+  <si>
+    <t>Вадим Владимирович Сасковец</t>
+  </si>
+  <si>
+    <t>3 ноября 1986</t>
+  </si>
+  <si>
+    <t>30.06.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:53:59</t>
+  </si>
+  <si>
+    <t>Алексей Геннадьевич Маевский</t>
+  </si>
+  <si>
+    <t>4 ноября 1981</t>
+  </si>
+  <si>
+    <t>Приговор Гродненского областного суда вступил в силу.</t>
+  </si>
+  <si>
+    <t>2022-05-24 15:05:54</t>
   </si>
   <si>
     <t>Ольга Игоревна Бритикова</t>
   </si>
   <si>
     <t>4 ноября 1971</t>
   </si>
   <si>
     <t>Лидер независимого профсоюза «Нафтана». Ольга трудилась на предприятии 16 лет и из-за своей позиции была уволена. В мае 2022 она вышла на свободу после 75 суток ареста за высказывания против войны.  Была задержана 1 ноября снова по административной статье.
 Два дня спустя суд признал ее виновной в распространении «экстремистских материалов» и назначил 15 суток ареста. 11 ноября ее снова осудили на 15 суток за «несанкционированный пикет». Поводом для разбирательства стал рисунок с надписью «Нет войне», который Ольга опубликовала в соцсетях. 21.11.2022 стало известно, что Ольгу перевели в СИЗО в Витебске.
 За неполный 2022 год Бритикова провела за решеткой 105 суток-из них весной 75 суток подряд. 
 Была повторно задержана по ст.361 ч.2 УК РБ в августе 2023 года. Однако весной 2024 года прошел суд над Ольгой по ст.130 УК РБ.
 11.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.
 20 августа 2024 года над Ольгой состоялся очередной закрытый суд. Рассматривать ее дело был назначен Евгений Бурунов в Витебском областном суде. Политзаключенную обвиняют по трем статьям. Известно, что Ольге добавили еще три года колонии.
 20 декабря 2024 г. состоялось рассмотрение апелляционной жалобы в Верховном суде. Председатель судебной коллегии Владимир Давыдов. Согласно решению коллегии, срок второго приговора Ольге сократили на 1 год. Таким образом общий срок политзаключенной составляет 5 лет лишения свободы в колонии общего режима. По состоянию на начало января 2025 года Ольга находилась в СИЗО, но в конце месяца переведена в исправительную колонию № 4.</t>
   </si>
   <si>
     <t>Решение суда 08.04.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 11.06.2024: неизвестно. Решение суда 20.08.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 20.12.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2022-11-21 14:40:55</t>
   </si>
   <si>
-    <t>Алексей Геннадьевич Маевский</t>
-[...8 lines deleted...]
-    <t>2022-05-24 15:05:54</t>
+    <t>Александр Иванович Пискунов</t>
+  </si>
+  <si>
+    <t>4 ноября 1980</t>
+  </si>
+  <si>
+    <t>26.01.2024 состоялось рассмотрение апелляционной жалобы,  приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 26.01.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 26.01.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-11-13 21:12:53</t>
   </si>
   <si>
     <t>Антон Михайлович Быковский</t>
   </si>
   <si>
     <t>Антон был задержан, сильно избит, а позже осужден за повреждение машины жены милиционера в Новой Боровой.
 Его супруга с детьми успела покинуть Беларусь.</t>
   </si>
   <si>
-    <t>Нет</t>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>Решение суда 03.02.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 1845 рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-28 00:34:11</t>
   </si>
   <si>
+    <t>Денис Александрович Кравчук</t>
+  </si>
+  <si>
+    <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
+  </si>
+  <si>
+    <t>Решение суда 29.05.2024: 4 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2024-05-27 18:26:45</t>
+  </si>
+  <si>
     <t>Валентин Вячеславович Самосюк</t>
   </si>
   <si>
     <t>5 ноября 1992</t>
   </si>
   <si>
     <t>По версии провластных каналов, задержан за фото ж/д транспорта. Ранее был арестован по административной статье. Гражданин Молдовы.</t>
   </si>
   <si>
     <t>2022-04-08 19:08:45</t>
+  </si>
+  <si>
+    <t>Михаил Александрович Фандо</t>
+  </si>
+  <si>
+    <t>5 ноября 1988</t>
+  </si>
+  <si>
+    <t>Михаил родом из Борисова. но жил в Минске. Он учился в БГУ на менеджера.Известно, что Михаил играл в покер под ником Rattly. Он отметился участием в многочисленных чемпионатах. Среди них — чемпионат Беларуси.
+Суд над Михаилом начался 17 октября в Минском городском суде. Претензии к нему, вероятно, возникли из-за поддержки Украины. Ему вменяют ч. 2 ст. 361−3 УК (Помощь или другое материальное обеспечение войны). Санкция статьи предусматривает от пяти до десяти лет колонии.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.10.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 14.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-25 19:38:56</t>
+  </si>
+  <si>
+    <t>Михаил Леонидович Галинский</t>
+  </si>
+  <si>
+    <t>5 ноября 1965</t>
+  </si>
+  <si>
+    <t>59-летнего тренера задержали в июне 2024 года. Сначала его судили по административному делу — за «неподчинение сотрудникам милиции», а затем завели и уголовное дело по части 1 статьи 361−3 УК РБ. По этой части статьи могут судить тех, кто принимал участие в боевых действиях в Украине, но обычно судят тех, кто лишь намеревался присоединиться к ВСУ.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.12.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 21.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:24:14</t>
+  </si>
+  <si>
+    <t>Сергей Владимирович Савчков</t>
+  </si>
+  <si>
+    <t>5 ноября 1970</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
   </si>
   <si>
     <t>Андрей Евгеньевич Бурденя</t>
   </si>
   <si>
     <t>5 ноября 1981</t>
   </si>
   <si>
     <t>Предполагаемая дата задержания Андрея – 20 сентября 2023 года. В этот день появилось "покаяльное" видео, где мужчина говорит, что якобы писал негативные комментарии в адрес Лукашенко, должностных лиц, сотрудников милиции, российских военных, а также угрожал людям, поддерживающим действующую власть.
 44-летнего Андрея Бурденю задержали за комментарии в телеграм-чатах, которых он оставил более трех сотен. Андрей учился в школе №6, а после служил в армии. Известно, что сейчас он временно не работает, но раньше какое-то время работал в IT-сфере, а еще раньше занимался производством кухонной мебели и имел свое ИП </t>
   </si>
   <si>
-    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
-[...2 lines deleted...]
-    <t>Решение суда 08.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 08.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-27 20:04:05</t>
   </si>
   <si>
-    <t>Михаил Александрович Фандо</t>
-[...27 lines deleted...]
-    <t>2024-11-22 00:24:14</t>
+    <t>Алексей Владимирович Шилович</t>
+  </si>
+  <si>
+    <t>6 ноября 1975</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
   </si>
   <si>
     <t>Максим Владимирович Хващинский</t>
   </si>
   <si>
     <t>6 ноября 1995</t>
   </si>
   <si>
     <t>Житель Бобруйска был задержан 26 февраля 2024 года, на следующий день после возвращения из Польши.
 Сначала его осудили по административной статье 19.11 (распространение экстремистских материалов), а затем возбудили уголовное дело по статье 361-1 УК РБ (создание экстремистского формирования). Максима предположительно считают причастным к созданию экстремистского формирования «Бобруйск 375».</t>
   </si>
   <si>
     <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
   </si>
   <si>
     <t>Решение суда 27.09.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Марина Васильевна Золотова</t>
-[...17 lines deleted...]
-  <si>
     <t>Оксана Викторовна Молочко</t>
   </si>
   <si>
     <t>7 ноября 1978</t>
   </si>
   <si>
     <t>27 ноября 2023 года Оксана была привлечена к административной ответственности по ч. 2 ст. 19.11 КоАП. Позже была помещена в СИЗО -7.
-Летом 2024 года супрругов осудили по обвинению в "измене государству" (ч. 1 ст. 356 УК). Дмитрию присудили двенадцать лет колонии, а Оксане — восемь лет. Суть обвинений неизвестна.</t>
+Летом 2024 года супрругов осудили по обвинению в "измене государству" (ч. 1 ст. 356 УК).  Их осудили за "измену государству " на 12 и 8 лет, а по факту за снимок поезда с военной техникой на платформе без никакого шпионского умысла.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 8 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
   </si>
   <si>
-    <t>Игорь Иванович Сацюк</t>
-[...12 lines deleted...]
-    <t>2023-07-24 21:29:58</t>
+    <t>Сергей Сергеевич Логвинович</t>
+  </si>
+  <si>
+    <t>7 ноября 1986</t>
+  </si>
+  <si>
+    <t>ИУОТ-46, 213188, Могилевская обл., г. п. Круглое, ул. Советская, 96</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года ограничения свободы с направлением в учреждение открытого типа, 500 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-01-19 21:00:56</t>
+  </si>
+  <si>
+    <t>Антон Олегович Огий</t>
+  </si>
+  <si>
+    <t>8 ноября 1985</t>
+  </si>
+  <si>
+    <t>Решение суда 23.12.2022: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 07.03.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Афанасий Николаевич Афанасенков</t>
   </si>
   <si>
     <t>8 ноября 1989</t>
   </si>
   <si>
     <t>23.08.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу</t>
   </si>
   <si>
     <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
   </si>
   <si>
     <t>Решение суда 16.06.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2023: неизвестно. Решение суда 11.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
-  </si>
-[...10 lines deleted...]
-    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Артем Александрович Зубряков</t>
   </si>
   <si>
     <t>9 ноября 1990</t>
   </si>
   <si>
     <t>Артем Зубряков — сотрудник «Белагро», который был задержан в конце сентября 2022 года вместе с коллегами. Сообщалось, что уголовные дела заведены на четырех из них, а задержано было около 20. Провластные источники писали, что сотрудники предприятия активно протестовали, начиная с 2020 года.
 Во время обыска осенью 2022 года у них извлечена атрибутика и мебель в БЧБ-цветах.
 Артем Зубряков отмечал, что его задержали за подписки на «запрещенные» телеграм-каналы и пересылку «экстремистских» материалов.
 Суд проходил в закрытом режиме.</t>
   </si>
   <si>
     <t>Решение суда 27.01.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.04.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
-    <t>Виктор Дмитриевич Бабарико</t>
-[...31 lines deleted...]
-  <si>
     <t>Виолетта Геннадьевна Вербицкая</t>
   </si>
   <si>
     <t>10 ноября 2001</t>
   </si>
   <si>
     <t>Виолета окончила школу в Минске и поступила в Варшавскую академию искусств. Девушка увлекается фотографией и любит путешествия.
 Три года назад она вышла замуж и сменила фамилию. Пара прославилась тем, что парень, бывший футболист Федор Вербицкий, сделал девушке предложение прямо на стадионе после окончания игры.
 Поводом для уголовного дела стал созданный семьей видеоролик летом 2020 года с призывом прекратить насилие. Отец Геннадий на суде рассказал, что в один из дней лета 2020 года, на эмоциях от увиденных в интернете данных о примененном со стороны сотрудников насилии в отношении протестующих, решил записать видеозапись с обращением к сотрудникам с призывом к обоснованному применению силы. Придумал текст выступления, после чего попросил свою дочь его прочитать. Также он попросил жену высказаться о выборах. В этот же день он высказал на видео пожелания о дальнейшей судьбе страны, в конце своего выступления также показал символ в виде сердца. После этого он нашел в интернете видеоролики и смонтировал видео. В этот же день отправил его нескольким своим знакомым и родственникам. </t>
   </si>
   <si>
     <t>Решение суда 21.11.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-01 18:10:18</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-28 13:15:47</t>
   </si>
   <si>
     <t>Евгений Витальевич Бойко</t>
   </si>
   <si>
     <t>10 ноября 1987</t>
   </si>
   <si>
     <t>Евгений бывший IT-менеджер из Могилева. После выборов 2006 года и нескольких лет политической активности его отчислили с исторического факультета Могилевского университета. Он окончил истфак в Познани, работал менеджером в ИТ-компании, занимался поставками молочной продукции. В 2013 году Евгений вернулся в Беларусь, сразу женился, а после пошел на работу. Причем если раньше в основном занимался общественной и научной деятельностью (в студенческом этнографическом обществе и в архиве устной истории), то сейчас пошел в бизнес.
 А с начала 2017 года у него появилось новое занятие — по заказу клиентов он записывал интервью с их деревенскими бабушками и дедушками и монтировал документальные ленты.
 Его обвиняют в содействии экстремистской деятельности.
 Евгения ждут дома жена и два маленьких ребенка.</t>
   </si>
   <si>
     <t>Решение суда 12.06.2025: 5 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 11.09.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-10-08 21:34:11</t>
   </si>
   <si>
-    <t>Кристина Александровна Лапковская</t>
-[...11 lines deleted...]
-    <t>2025-05-26 11:51:54</t>
+    <t>Наталья Георгиевна Доронина</t>
+  </si>
+  <si>
+    <t>10 ноября 1973</t>
+  </si>
+  <si>
+    <t>У Натальи проблемы с ногами. По правилам СИЗО в течение дня нельзя лежать, поэтому у нее бывают сильные отеки.</t>
+  </si>
+  <si>
+    <t>2025-11-20 22:34:02</t>
+  </si>
+  <si>
+    <t>Александр Иванович Мальков</t>
+  </si>
+  <si>
+    <t>10 ноября 1969</t>
+  </si>
+  <si>
+    <t>Осужден за акцию протеста, которая проходила с 10 на 11 августа 2020 года в Березе.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 18.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:47</t>
   </si>
   <si>
     <t>Любовь Александровна Резанович</t>
   </si>
   <si>
     <t>11 ноября 1964</t>
   </si>
   <si>
     <t>Любовь, жена православного священника, была задержана 1 декабря 2020 года вместе с мужем и сыном в рамках уголовного «дела Автуховича». Николая Автуховича власти назвали «организатором и руководителем террористической группировки». Согласно следствию, она помогала Автуховичу собирать информацию о сотрудниках правоохранительных органов и предоставляла жильё, где участники «дела» хранили оружие. Любовь осудили за «участие в преступной организации», «акт терроризма», «покушение на захват власти» и «незаконные действия в отношении огнестрельного оружия».</t>
   </si>
   <si>
     <t>Решение суда 17.10.2022: 15 лет лишения свободы в колонии в условиях общего режима, 600 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:12</t>
   </si>
   <si>
     <t>Станислав Александрович Пугачёв</t>
   </si>
   <si>
     <t>11 ноября 1992</t>
   </si>
   <si>
     <t>До событий 2020 года он работал следователем в Минске. Заседания суда проходили в закрытом режиме.</t>
   </si>
   <si>
     <t>7 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
+    <t>Владислав Викторович Новоженцев</t>
+  </si>
+  <si>
+    <t>12 ноября 1981</t>
+  </si>
+  <si>
+    <t>22.12.2023 прошло апелляионное заседание суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>3 года лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
     <t>Артём Михайлович Колосов</t>
   </si>
   <si>
     <t>12 ноября 1997</t>
   </si>
   <si>
     <t>27.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 01.12.2023: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 27.02.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-10-31 14:52:53</t>
   </si>
   <si>
-    <t>Владислав Викторович Новоженцев</t>
-[...11 lines deleted...]
-    <t>2023-10-09 23:58:50</t>
+    <t>Дмитрий Григорьевич Резанович</t>
+  </si>
+  <si>
+    <t>12 ноября 1989</t>
+  </si>
+  <si>
+    <t>Активист анархического движения был задержан в ночь с 28 на 29 октября 2020 года при переходе границы Беларуси вместе с партизанской группой «Чёрное Знамя». Его обвинили в поджогах автомобилей чиновников, а также отделения ГАИ и государственного комитета судебной экспертизы.
+В апреле 2024 года Дмитрий был повторно осуждён за «злостное неповиновение требованиям администрации колонии». По данной статье судят заключённых, отказывающихся от сотрудничества с администрацией, за вымышленные нарушения. В результате к его 19-летнему сроку добавили ещё 9 месяцев заключения.</t>
+  </si>
+  <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2021: 19 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 26.04.2024: 9 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 28.06.2024: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:39:13</t>
   </si>
   <si>
     <t>Андрей Викторович Шкляр</t>
   </si>
   <si>
     <t>12 ноября 1984</t>
   </si>
   <si>
     <t>Работал инспектором уголовно-исполнительной системы Октябрьского РОВД г. Гродно, незадолго до ареста подал рапорт на увольнение из-за несогласия с тем, как работает система.
 Задержан по статье: «Измена государству».</t>
   </si>
   <si>
     <t>10 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-04-27 00:34:48</t>
   </si>
   <si>
-    <t>Дмитрий Григорьевич Резанович</t>
-[...14 lines deleted...]
-  <si>
     <t>Андрей Викторович Валаханович</t>
   </si>
   <si>
     <t>Был задержан в сентябре 2023 года, предположительно за сообщения в чате с друзьями. Было заведено уголовное дело.</t>
   </si>
   <si>
     <t>Решение суда 26.07.2024: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 12.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-29 19:28:55</t>
   </si>
   <si>
     <t>Ричард Ричардович Логвинов</t>
   </si>
   <si>
     <t>14 ноября 1991</t>
   </si>
   <si>
     <t>Инженер - технолог на заводе. Мать Ричарда имеет инвалидность. </t>
   </si>
   <si>
-    <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
-[...2 lines deleted...]
-    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа.</t>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-04 19:16:26</t>
   </si>
   <si>
-    <t>Павел Михайлович Хитрик</t>
-[...19 lines deleted...]
-  <si>
     <t>Сергей Леонтьевич Ботвич</t>
   </si>
   <si>
     <t>14 ноября 1990</t>
   </si>
   <si>
     <t>В начале января 2023 года в одном из провластных телеграм-каналов, появился ролик с задержанием сотрудниками ГУБОП и АМОН Сергея, который якобы администрировал дворовые чаты, среди которых " Гродно Центр 97%"; участвовал в протестных митингах и призывал других участвовать в них, а также применять насилие в отношении милиционеров, буквально, “жечь автозаки”.</t>
   </si>
   <si>
     <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
   </si>
   <si>
     <t>5 лет лишения свободы с отбыванием наказания в исправительной колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-26 22:38:17</t>
+  </si>
+  <si>
+    <t>Дмитрий Евгеньевич Кондрусь</t>
+  </si>
+  <si>
+    <t>Предположительно задержан по политическим мотивам.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-10-17 20:41:33</t>
   </si>
   <si>
     <t>Елисей Сергеевич Кузнецов</t>
   </si>
   <si>
     <t>14 ноября 2003</t>
   </si>
   <si>
     <t>17-летний Елисей обвинялся в том, что бросил бутылку с горючей смесью в милицейскую машину. За нарушения на "домашней химии" Елисею усилили наказание до лишения свободы и Елисей взят под стражу 20 апреля 2022 и с 27 мая молодой человек находился в колонии.
 17.12.2022 освобожден полностью отбыв срок наказания, назначенный судом.
  Был снова задержан в мае 2023 года  и в августе осужден за то, что вместе с другом сорвал три государственных флага, установленных на фасадах учреждения образования, торгового объекта и отделения почтовой связи в агрогородке Войская Каменецкого района.
 18 декабря 2024 г. в суде Борисовского района состоится рассмотрение дела Елисея по ч. 1 ст. 411 (злостное неповиновение требованиям администрации исправительного учреждения). </t>
   </si>
   <si>
     <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
   </si>
   <si>
     <t>Решение суда 05.11.2020: 2 года 6 месяцев ограничения свободы без направления. Суд по смене режима 20.04.2022: 7 месяцев 15 дней лишения свободы в колонии в условиях общего режима. Решение суда 01.08.2023: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Решение суда 18.12.2024: 1 год лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2022-01-30 00:16:38</t>
   </si>
   <si>
-    <t>Рита Юрьевна Наумова</t>
-[...8 lines deleted...]
-    <t>2025-01-21 13:31:49</t>
+    <t>Павел Михайлович Хитрик</t>
+  </si>
+  <si>
+    <t>14 ноября 1987</t>
+  </si>
+  <si>
+    <t>20 декабря 2024 года Павел был осуждён по административной статье «Распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность». После этого на него завели уголовное дело за пересылку в 2022 году в чат-бот «Хартия-97» данных о передвижении техники в РФ во время командировки. В 2025 году он был осуждён по статье «Содействие экстремистской деятельности».</t>
+  </si>
+  <si>
+    <t>ИУОТ-39, г.Крупки-2, 222002</t>
+  </si>
+  <si>
+    <t>Решение суда 07.05.2025: неизвестно лет ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2025-06-03 13:49:33</t>
   </si>
   <si>
     <t>Вероника Николаевна Казак</t>
   </si>
   <si>
     <t>15 ноября 1990</t>
   </si>
   <si>
     <t>Известно, что женщину задержали, когда она вернулась из Италии.
 15 марта 2024 г. состоялось рассмотрение апелляционной жалобы.</t>
   </si>
   <si>
     <t>Решение суда 26.12.2023: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 15.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-12-21 00:52:48</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-09-17 17:12:07</t>
   </si>
   <si>
     <t>Игорь Валерьевич Козубов</t>
   </si>
   <si>
     <t>15 ноября 1968</t>
   </si>
   <si>
     <t>Повар, житель Новобелицы.
 В социальных сетях Игоря довольно много постов и сообщений о белорусских силовиках и представителях власти. Также он был среди 500 подписчиков в 2019 году обращения к тогдашнему президенту Литвы Дали Грибаускайте, который касался перезахоронения останков повстанцев 1863-1864 годов, повешенных царскими властями.
 Какое наказание назначили мужчине — неизвестно. Но оно связано с лишением свободы.
 26.04.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>3 года  лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2024-01-09 22:27:06</t>
   </si>
   <si>
-    <t>Алексей Александрович Орлов</t>
-[...11 lines deleted...]
-    <t>2023-06-22 00:54:50</t>
+    <t>Рита Юрьевна Наумова</t>
+  </si>
+  <si>
+    <t>15 ноября 1967</t>
+  </si>
+  <si>
+    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:31:49</t>
+  </si>
+  <si>
+    <t>Виталий Николаевич Цынкель</t>
+  </si>
+  <si>
+    <t>15 ноября 1974</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 10 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:12:07</t>
+  </si>
+  <si>
+    <t>Виталий Валерьевич Савко</t>
+  </si>
+  <si>
+    <t>16 ноября 1990</t>
+  </si>
+  <si>
+    <t>Предположительно, это бывший прокурор Вороновского района. Прокурору Савко 33 года. Он родом из города Дятлово Гродненской области. После этого он уехал учиться в Гродно и работать в прокуратуре. В 2022-2023 годах мужчина занимал должность прокурора Вороновского района, затем работал старшим прокурором в одном из отделов прокуратуры Гродненской области. "Наша Ніва" не нашла доказательств того, что Савко был причастен к репрессиям на своей должности. Виталий активно давал интервью государственным СМИ. Последнее было опубликовано в июле 2023 года, хотя до этого публиковались регулярно, раз в один-два месяца. Социальные сети мужчины удалены.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 11.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:28:10</t>
+  </si>
+  <si>
+    <t>Карина Олеговна Бордухай</t>
+  </si>
+  <si>
+    <t>16 ноября 1995</t>
+  </si>
+  <si>
+    <t>Еще студенткой БГУИР Карина начинала работу в 2013 году оператором на МАЗе, позже работала мерчандайзером и редактором сайтов, параллельно осваивая бухгалтерию. В 2018 — м Бардухай перешла в компанию «Армтек» - это один из крупнейших поставщиков автозапчастей в стране. За пять лет девушка выросла от рядового экономиста до ведущего специалиста и эксперта в системе SAP.
+Карина Бордухай-известная защитница животных в Минске. Она помогает спасать бродячих животных, собирает деньги на питание для животных в приютах и на передержках у других людей. Также она входит в состав конного клуба “Продыус”.  Она занимается фотографией, в которой уделяет предпочтение фотографиям животных и природы.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет ограничения свободы с направлением в учреждение открытого типа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-02-13 18:44:03</t>
   </si>
   <si>
     <t>Дмитрий Олегович Гудеев</t>
   </si>
   <si>
     <t>16 ноября 2001</t>
   </si>
   <si>
     <t>Дмитрию 21 год и, судя по его соцсетям, в прошлом мае он закончил срочную службу в воинской части 3214 в Минске. В мае парня добавили в» террористический список " КГБ. Ему грозит от 8 до 12 лет колонии.
 Во время брутального задержания Дмитрий был сильно избит.</t>
   </si>
   <si>
     <t>9 лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
-    <t>Виталий Валерьевич Савко</t>
-[...25 lines deleted...]
-  <si>
     <t>Артем Виталиевич Семенов</t>
   </si>
   <si>
     <t>17 ноября 1990</t>
   </si>
   <si>
     <t>Сотрудник предприятия «Пеленг». Работал юрисконсультом в Бюро таможенно-лицензионного обеспечения и экспортного контроля.
 Последний раз он был онлайн в соцсетях в ноябре 2024-го.</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-07 00:18:46</t>
   </si>
   <si>
     <t>Евгений Владимирович Стрельчень</t>
   </si>
   <si>
     <t>18 ноября 1985</t>
   </si>
   <si>
     <t>Жителя Гродно задержали за распространение экстремистских материалов и личных данных более 2000 сотрудников милиции в 2020 году. Он участвовал в акциях протеста после выборов. Администрировал Instagram-страницу «Гродно для жизни».</t>
   </si>
   <si>
     <t>неизвестно лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2022-08-11 22:52:15</t>
+  </si>
+  <si>
+    <t>Николай Сергеевич Буневич</t>
+  </si>
+  <si>
+    <t>18 ноября 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
   </si>
   <si>
     <t>Сергей Владимирович Белый</t>
   </si>
   <si>
     <t>18 ноября 1972</t>
   </si>
   <si>
     <t>Сергей родом из украинского Херсона, но почти всю жизнь прожил в Беларуси. Всю жизнь работал на различных рабочих специальностях. Имеет двух несовершеннолетних детей.
 Мужчину задержали в феврале 2023 года. На провластном видео он говорит, что оставлял комментарии в телеграмме и прошел регистрацию в чат-боте План "Перамога". В первый раз его осудили в октябре 2023 года за "разжигание иной социальной вражды" (ч. 1 ст. 130 УК).
 08.12.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.
 Следующий суд над Сергеем начнется 27 сентября 2024 в Минском городском суде. Его обвиняют по 4 статьям - "участие в экстремистском формировании" (ч. 3 ст. 361-1 УК), "разжигание иной социальной вражды"(ч. 1 ст. 130 УК), "Оскорбление представителя власти" (ст. 369 УК) и "оскорбление Лукашенко" (ч. 1 ст. (Ст. 368 УК). Сергею грозит до пяти лет колонии в дополнение к прошлому сроку.</t>
   </si>
   <si>
     <t>Решение суда 05.10.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 08.12.2023: приговор оставлен без изменения. Решение суда 27.09.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 06.12.2024: неизвестно. Решение суда 04.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
     <t>Александр Тимофеевич Марьясов</t>
   </si>
   <si>
     <t>19 ноября 1987</t>
   </si>
   <si>
     <t>Александр был задержан и осужден за остановку товарного поезда, нанесение красных полос на рекламные лайтбоксы, прокол шин автомобиля сотрудника милиции, поджог киоска «Табакерка», а также действия с предметами, содержащими горючие вещества. Он объяснил свои поступки протестом против ситуации в стране после президентских выборов 9 августа 2020 года, в частности, против безосновательных задержаний и пыток людей силовиками.
 Гражданин РФ.</t>
   </si>
   <si>
     <t>Решение суда 07.06.2021: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 26.08.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 01:26:23</t>
   </si>
   <si>
-    <t>Дмитрий Васильевич Заголовец</t>
-[...12 lines deleted...]
-    <t>2023-01-24 02:22:31</t>
+    <t>Илья Анатольевич Борискевич</t>
+  </si>
+  <si>
+    <t>2026-01-03 16:36:01</t>
   </si>
   <si>
     <t>Василий Михайлович Якимов</t>
   </si>
   <si>
     <t>19 ноября 1999</t>
   </si>
   <si>
     <t>До задержания юноша работал водителем фуры, ранее окончил ПТУ в Ошмянах на профессию водителя.
 Как сообщает сайт Генпрокуратуры, Якимов с апреля по ноябрь 2022 года выразил желание, а затем обозначил намерение вступить в одно из подразделений батальона (полка) имени Кастуся Калиновского.
 С этой целью он якобы предоставил свои персональные данные для приема в вооруженное формирование. Одновременно осуществлял сбор информации о местах приобретения военной амуниции, обмундирования и другой экипировки для использования в условиях боевых действий.</t>
   </si>
   <si>
     <t>2 года лишения свободы в колонии в условияих общего режима.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
+    <t>Дмитрий Васильевич Заголовец</t>
+  </si>
+  <si>
+    <t>19 ноября 1982</t>
+  </si>
+  <si>
+    <t>Согласно провластным телеграм-каналам задержан за многочисленные комментарии в соцсетях.
+31.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>3,5 года лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2023-01-24 02:22:31</t>
+  </si>
+  <si>
+    <t>Александр Светославович Пимошенко</t>
+  </si>
+  <si>
+    <t>20 ноября 1984</t>
+  </si>
+  <si>
+    <t>Александр был осуждён по статье «Организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» за участие в акциях протеста, проходивших в Минске в 2020 году, и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-47, г. Мстиславль, ул. Калинина, 31</t>
+  </si>
+  <si>
+    <t>Решение суда 21.02.2023: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 12.05.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-03-02 18:47:45</t>
+  </si>
+  <si>
+    <t>Вадим Вячеславович Навценя</t>
+  </si>
+  <si>
+    <t>20 ноября 1986</t>
+  </si>
+  <si>
+    <t>И, как следует из пресс-релиза суда, статья 342 вменялась Навцене за участие в протестах, которые проходили в Пинске с 9 на 10 августа 2020. Кроме того, его обвинили в написании в 2022 году оскорбительных интернет-комментариев про А.Лукашенко, про некое «должностное лицо, занимающее ответственное положение», а также в том что в 2022 году написал «разжигающие вражду» комментарии про силовиков. «Дискредитация Беларуси» также случилась в Интернете: в ноябре 2022 года мужчина«разместил негативный комментарий, формирующий негативное представление о военном положении» в Беларуси.</t>
+  </si>
+  <si>
+    <t>Решение суда 27.09.2024: 3 года лишения свободы в колонии в условиях общего режима, 200 базовых величин штрафа. Апелляция 03.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-23 23:25:00</t>
+  </si>
+  <si>
     <t>Ирина Михайловна Шумейко</t>
   </si>
   <si>
     <t>20 ноября 1989</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-02 14:00:41</t>
   </si>
   <si>
-    <t>Вадим Вячеславович Навценя</t>
-[...41 lines deleted...]
-    <t>2024-09-23 20:30:12</t>
+    <t>Алексей Игоревич Кердоль</t>
+  </si>
+  <si>
+    <t>21 ноября 1991</t>
+  </si>
+  <si>
+    <t>Последние годы Алексей работал баристой в Гродно. Также с 2020 — го у него был небольшой бизнес-компания, сферой деятельности которой обозначено «предоставление мест для проживания на территории кемпингов и лагерей».
+Задержан за комментарии.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-30 10:29:58</t>
   </si>
   <si>
     <t>Сергей Иванович Соложенцев</t>
   </si>
   <si>
     <t>22 ноября 1982</t>
   </si>
   <si>
     <t>После окончания школы поступил на факультет прикладной математики и информатики БГУ. С 2005 года работает в IT.
 В конце 2021 года Соложенцев переехал в Варшаву. Там он открыл ИП и устроился в компанию RunMyLease, где занимает должность Tech lead.
 Главное хобби Сергея — бальные танцы. В 2024 году он с партнершей взяли два золота и одно серебро на танцевальных конкурсах в Польше в категории 40+.
 Потом Сергей вернулся в Беларусь. Неизвестно, когда именно это произошло, но в последний раз он выходил на связь в конце октября 2024 года. Процесс над айтишником проходил в Гродненском областном суде. Судя по тому, что после суда Соложенцев так и не появился онлайн, ему был назначен срок в колонии.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-06-15 16:41:12</t>
   </si>
   <si>
     <t>Александр Александрович Дорогокупец</t>
   </si>
   <si>
     <t>22 ноября 1980</t>
   </si>
   <si>
     <t>44-летнему жителю Иваново Александру Дорогупцу инкриминировали перечисление «экстремистским формированиям», в том числе Полку Калиновского, денежных средств и криптовалюты в сумме не менее 11 тыс. рублей.
 В ходе расследования уголовного дела мужчина «добровольно перечислил» Червенскому дому-интернату для детей-инвалидов с особенностями психофизического развития, Ивенецкому дому-интернату для детей-инвалидов с особенностями физического развития и Республиканскому центру организации медицинского реагирования 600 тысяч долларов США.
 2 апреля 2025 г. на ОНТ вышел очередной пропагандистский сюжет "Тени. Цена террора", где рассказали о преследовании людей за пожертвования и задержанных за финансирование организаций, признанных властями "экстремистскими" или "террористическими". В фильме показали несколько осужденных и тех, кто еще ждет суда. По сюжету Александра осудили, в том числе за донаты полку Калиновского, BySol, а также различным информационным ресурсам. Пропагандисты называют 18 донатов на общую сумму не менее трех тысяч евро.</t>
   </si>
   <si>
     <t>Решение суда 10.01.2025: 5 лет 5 месяцев лишения свободы в колонии в условиях усиленного режима, 50000 базовых величин штрафа. Апелляция 18.03.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-12 12:38:24</t>
   </si>
   <si>
+    <t>Максим Витальевич Мысливец</t>
+  </si>
+  <si>
+    <t>22 ноября 1997</t>
+  </si>
+  <si>
+    <t>Решение суда 14.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:30:12</t>
+  </si>
+  <si>
     <t>Владимир Владимирович Никитин</t>
   </si>
   <si>
     <t>23 ноября 1977</t>
   </si>
   <si>
     <t>Владимир проводил тренинги и образовательные курсы по финансовому менеджменту для компаний. Последнее известное место работы - финансовый контролер в Belkanton Group, крупной компании по распространению канцелярских товаров, которая, помимо прочего, владеет сетью магазинов Afiston и журналом Office Life. Судя по  Linkedin, Владимир уволился не позднее июля 2023 года. Предположительно, его задержали по возвращении в Беларусь после отдыха. Деятельность ИП была приостановлена ​​5 ноября 2023 года.
 Владимира ждет дома сын (12 лет).
 19.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 02.05.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 19.07.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-24 22:55:43</t>
   </si>
   <si>
     <t>Дмитрий Анатольевич Вдовин</t>
   </si>
   <si>
     <t>23 ноября 1969</t>
   </si>
   <si>
     <t>Дмитрий начинал в 1990-е в Борисове. После 1998 перешел в отдел дознания Жодинского ГОВД, а с 2004 по 2012 возглавлял его. Далее работал в Следственном комитете, оттуда ушел на пенсию. После выхода на пенсию работал на Смолевичском молокозаводе и был городским депутатом в Жодино.
 В 2020 году он и еще 4 бывших сотрудника Жодинского ГОВД записали обращение к коллегам, которые во время протестов работали в жодинской милиции, и ко всем работникам правоохранительных органов Беларуси.
 "Выполняя те приказы, которые отдают ваши начальники, вы можете оказаться соучастниками преступлений. Нельзя избивать людей, которые просто возвращаются с работы в ночную смену. &lt;…&gt; Я знаю случаи, когда людей задерживали ни за что и проявляли излишнюю жестокость — не надо так делать», — сказал Вдовин в обращении.
 По сообщению СМИ, все пятеро были задержаны в начале февраля 2024 года.</t>
   </si>
   <si>
     <t>Решение суда 03.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Иван Иванович Коваленко</t>
-[...23 lines deleted...]
-  <si>
     <t>Александр Геннадьевич Канаш</t>
   </si>
   <si>
-    <t>24 ноября 1999</t>
+    <t>24 ноября 2001</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
+  </si>
+  <si>
+    <t>Андрей Викторович Ярошевич</t>
+  </si>
+  <si>
+    <t>25 ноября 1983</t>
+  </si>
+  <si>
+    <t>2025-09-23 14:58:07</t>
   </si>
   <si>
     <t>Владимир Николаевич Романовский</t>
   </si>
   <si>
     <t>25 ноября 1975</t>
   </si>
   <si>
     <t>По причине закрытости судебного процесса суть дела пока неизвестна. Известно только, что Владимира Романовского задерживали в Бобруйске во время акции “кормления голубей” 9 мая 2020 года. Тогда омоновцы задержали в городе около 15 человек.
 Согласно приговору, сейчас Романовский признан виновным в публичном оскорблении Лукашенко в социальных сетях и ему назначено наказание в виде лишения свободы.
 06.02.2024 состоялось рассмотрение апелляционной жалобы суда, приговор вступил в силу.</t>
   </si>
   <si>
     <t>2 года лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2023-11-14 19:10:00</t>
   </si>
   <si>
-    <t>Андрей Викторович Ярошевич</t>
-[...8 lines deleted...]
-    <t>Евгений Семенович Кладов</t>
+    <t>Евгений Семёнович Кладов</t>
   </si>
   <si>
     <t>26 ноября 1982</t>
   </si>
   <si>
     <t>По материалам обвинения, Евгений кладов в социальной сети «Одноклассники» на стене профиля, доступной для просмотра другим пользователям, " рассчитывая на последующее восприятие другими лицами оскорбительной информации «осознавая публичный и унизительный характер своей публикации, умышленно разместил изображение, противоречащее общечеловеческой морали и нормам поведения, принятым в обществе, тем самым публично умышленно унизил честь и достоинство личности Лукашенко в связи с осуществлением им своих полномочий, выраженное в неприличной форме».
 В деле – два аналогичных эпизода.
 В судебном заседании кладов фактически вину не признал и указал, что он на своей странице случайно в открытом доступе для всех пользователей разместил просмотренные им в сети Интернет ранее картинки с изображением Лукашенко сделал это он непреднамеренно, не знал, что эти изображения сохранятся в ленте его страницы, после его отметки "класс".
 12.07.2024 стало известно, что Евгения внесли в перечень физических лиц, причастных к террористической деятельности, как обвиняемого по еще трем статьям: ст.130, 361 и 293 УК РБ. Видимо, Евгению предъявили новое обвинение.</t>
   </si>
   <si>
     <t>1 год лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
+    <t>Илья Владимирович Собко</t>
+  </si>
+  <si>
+    <t>27 ноября 1995</t>
+  </si>
+  <si>
+    <t>Согласно сообщению суда, суть обвинения против всех заключалась в том, что люди 10 августа 2020 года в Бресте «выкрикивали лозунги, демонстрировали полотна бело-красно-белого цвета, выходили на проезжую часть». Этим они якобы грубо нарушали общественный порядок.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-08-28 20:19:30</t>
+  </si>
+  <si>
     <t>Сергей Викторович Ляхнович</t>
   </si>
   <si>
     <t>27 ноября 1978</t>
   </si>
   <si>
     <t>Директор логистической компании. Судят за атаку на сайт БГМУ осенью 2020 года. 
 «Знать не знаю! До фонаря мне, судят — правильно судят, и знать не хочу!», — сказал отец Сергея, Виктор Ляхнович.</t>
   </si>
   <si>
     <t>Решение суда 24.03.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 03.06.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-03-18 19:47:24</t>
-  </si>
-[...26 lines deleted...]
-    <t>2025-10-07 21:26:05</t>
   </si>
   <si>
     <t>Андрей Викторович Кудик</t>
   </si>
   <si>
     <t>27 ноября 1984</t>
   </si>
   <si>
     <t>Вилейский активист. С 9 августа 2021 года его удерживали на "сутках" в изоляторах Смолевич и Вилейки. 20.10.2021 стало известно, что он помещен в ИВС на Окрестина и против него возбуждено уголовное дело.
 18.07.2023 года освобожден полностью отбыв срок наказания, назначенный судом.
 15 февраля 2024 г. активист перестал выходить на связь. Позже стало известно, что Кудик находится в местном ИВС, где отбывает 15 суток административного ареста. Но на свободу по прошествии срока он не вышел — его задержали в рамках уголовного дела.</t>
   </si>
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>4 года лишения свободы в колонии в условиях строгого режима</t>
   </si>
   <si>
     <t>2021-10-20 18:14:57</t>
   </si>
   <si>
-    <t>Геннадий Станиславович Саврицкий</t>
-[...33 lines deleted...]
-  <si>
     <t>Артур Владимирович Педько</t>
   </si>
   <si>
     <t>28 ноября 1979</t>
   </si>
   <si>
     <t>Долгое время Артур работал в энергосетях — сначала инженером на «Белэнергосетьпроекте», а после в «Минскэнерго».  Артура обвиняют в передаче персональных данных более 500 должностных лиц телеграм-каналом.</t>
   </si>
   <si>
     <t>2022-11-28 23:42:54</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-05-02 19:10:11</t>
   </si>
   <si>
     <t>Георгий Адамович Черевако</t>
   </si>
   <si>
     <t>28 ноября 1968</t>
   </si>
   <si>
     <t>Георгия Черевако задержали в августе при возвращении из США. Осудили за донат в 21,29 доллара, который он отправил со своего аккаунта PayPal в поддержку Полка Калиновского. К аккаунту была привязана белорусская карта, с которой списались средства. Власти посчитали это умышленными действиями «с целью финансирования деятельности по вербовке, обучению, иной подготовке» лиц к вооруженному конфликту в Украине. 
 На суде он рассказал, что добровольно сообщил задержавшим его сотрудникам, что он подписан на многочисленные «экстремистские» телеграм-каналы, признался, что сделал перевод на счет Полка Калиновского.
 Он же собственноручно дал сотрудникам пароли для входа в платежную систему. Он рассказал, что сделал донат, так как надеялся, что эти средства направят на закупку касок, бронежилетов, медикаментов, однако понимал, что ими воспользуются по своему разумению и, в том числе, купят на них оружие и боеприпасы.</t>
   </si>
   <si>
     <t>Решение суда 08.12.2023: 5 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-12-22 01:24:42</t>
+  </si>
+  <si>
+    <t>Геннадий Станиславович Саврицкий</t>
+  </si>
+  <si>
+    <t>28 ноября 1963</t>
+  </si>
+  <si>
+    <t>Предприниматель. Его бизнес — АО «Анастан», крупная компания, занимающаяся производством пенопласта. 
+Поводом для уголовного дела стал созданный семьей видеоролик летом 2020 года с призывом прекратить насилие. Геннадий на суде рассказал, что в один из дней лета 2020 года, на эмоциях от увиденных в интернете данных о примененном со стороны сотрудников насилии в отношении протестующих, решил записать видеозапись с обращением к сотрудникам с призывом к обоснованному применению силы. Придумал текст выступления, после чего попросил свою дочь его прочитать. Также он попросил жену высказаться о выборах. В этот же день он высказал на видео пожелания о дальнейшей судьбе страны, в конце своего выступления также показал символ в виде сердца. После этого он нашел в интернете видеоролики и смонтировал видео. В этот же день отправил его нескольким своим знакомым и родственникам. </t>
+  </si>
+  <si>
+    <t>Решение суда 21.11.2024: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 07.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:09:18</t>
   </si>
   <si>
     <t>Сергей Сергеевич Плешкун</t>
   </si>
   <si>
     <t>28 ноября 1987</t>
   </si>
   <si>
     <t>17 марта КГБ сообщил о задержании группы беларусов, готовивших теракт против российских войск в Мозырском районе.
 Согласно материалам дела, в период с августа 2020 года по февраль 2022 года Плешкун и Сельвич приобрели компоненты для изготовления «коктейлей Молотова» и пиротехническое изделие, которые хранили и перевозили в различных транспортных средствах и местах с целью их последующего использования при совершении акта терроризма, нападении на здания, учреждения, транспортные средства, а также сотрудников правоохранительных органов.
 Кроме этого, Плешкун якобы сам изготовил «коктейли Молотова» и совместно с Сельвичем подготовились к умышленному приведению в негодность транспортных средств и путей сообщения, что могло повлечь смерть человека, крушение или аварию.
 У Сергея Плешкуна двое малолетних детей.</t>
   </si>
   <si>
     <t>16 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
-    <t>Игорь Петрович Симашкович</t>
-[...8 lines deleted...]
-    <t>2025-03-29 01:26:41</t>
+    <t>Артур Андреевич Радиванович</t>
+  </si>
+  <si>
+    <t>28 ноября 1992</t>
+  </si>
+  <si>
+    <t>Следствие установило, что Артур Радзиванович "по собственной инициативе вступил в переписку с представителями вооруженного формирования "Полк К. Калиновского" через Telegram". В ходе общения он уточнил порядок и условия зачисления в полк, а затем спланировал пересечение государственной границы Республики Беларусь с Республикой Польша и дальнейший маршрут в Украину. Прибыв 30 декабря 2023 года на международный пункт пропуска «Брест» для следования в Украину через территорию Польши, обвиняемый был задержан сотрудниками органов внутренних дел.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.05.2024: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 06.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:10:11</t>
   </si>
   <si>
     <t>Евгений Алексеевич Верховодкин</t>
   </si>
   <si>
     <t>29 ноября 1988</t>
   </si>
   <si>
     <t> По делу состоялось не менее девяти судебных заседаний. На суде было много свидетелей, которые давали показания против него. Евгения обвинили в том, что он, администрируя канал, призвал выходить белорусов на акции протеста, редактировал посты и т.д.
 21.11.2023 прошлоапелляционное заседание суда. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 27.07.2023: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 21.11.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-12-26 20:32:52</t>
   </si>
   <si>
     <t>Сергей Леонидович Цвикевич</t>
   </si>
   <si>
     <t>29 ноября 1980</t>
   </si>
   <si>
     <t>Мужчина всю жизнь занимался бизнесом. В 2002 году он открыл первое ИП. Одна из сфер деятельности ИП — «сдача недвижимости». В последнее время Цвикевич был директором в собственной фирме.
 У Сергея двое несовершеннолетних сыновей. </t>
   </si>
   <si>
     <t>Решение суда 30.10.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-11-24 22:01:29</t>
+  </si>
+  <si>
+    <t>Николай Иванович Галалюк</t>
+  </si>
+  <si>
+    <t>29 ноября 1992</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 09.01.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-01-02 18:07:24</t>
   </si>
   <si>
     <t>Василий Вадимович Бочко</t>
   </si>
   <si>
     <t>30 ноября 1996</t>
   </si>
   <si>
     <t>2025-08-18 23:08:15</t>
   </si>
   <si>
     <t>Александр Станиславович Данилевич</t>
   </si>
   <si>
     <t>30 ноября 1974</t>
   </si>
   <si>
     <t>Адвокат. Специализируется на представлении интересов клиентов в международном коммерческом арбитраже. Многодетный отец.
 Незадолго до задержания он подписал антивоенное обращение адвокатов и юристов касательно действий в Украине. Сразу после подписания письма против войны у Данилевича начались проблемы в адвокатуре — завели дисциплинарное производство. Также его уволили из БГУ, где он более 20 лет преподавал на факультете международных отношений. Суд назначил 10 лет лишения свободы в исправительной колонии строгого режима. Однако после апелляции срок сократили до  6 лет.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в исправительной колонии строгого режима.</t>
   </si>
   <si>
     <t>2022-06-17 23:18:52</t>
@@ -1737,51 +1628,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I86"/>
+  <dimension ref="A1:I81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1836,2346 +1727,2195 @@
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
       <c r="D4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>43</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>52</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>58</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>27</v>
+      </c>
+      <c r="I13" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="I14" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>78</v>
+      </c>
+      <c r="B15" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" t="s">
         <v>80</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
         <v>81</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>83</v>
+      </c>
+      <c r="B16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>57</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
         <v>85</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>86</v>
-      </c>
-[...16 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B17" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" t="s">
         <v>89</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
         <v>90</v>
       </c>
-      <c r="C17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>91</v>
       </c>
-      <c r="D17" t="s">
-[...2 lines deleted...]
-      <c r="E17" t="s">
+      <c r="I17" t="s">
         <v>92</v>
-      </c>
-[...10 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...13 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>102</v>
       </c>
-      <c r="D19" t="s">
-[...11 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
         <v>105</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>106</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>107</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
         <v>112</v>
       </c>
-      <c r="C21" t="s">
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>113</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>115</v>
+      </c>
+      <c r="B22" t="s">
         <v>116</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>57</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>117</v>
       </c>
-      <c r="C22" t="s">
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...16 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
         <v>121</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>122</v>
       </c>
-      <c r="C23" t="s">
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
         <v>123</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>125</v>
+      </c>
+      <c r="B24" t="s">
         <v>126</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>127</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>128</v>
       </c>
-      <c r="D24" t="s">
-[...2 lines deleted...]
-      <c r="E24" t="s">
+      <c r="I24" t="s">
         <v>129</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
         <v>132</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>21</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>133</v>
       </c>
-      <c r="D25" t="s">
-[...11 lines deleted...]
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
         <v>136</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>90</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>138</v>
       </c>
-      <c r="D26" t="s">
-[...11 lines deleted...]
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>140</v>
+      </c>
+      <c r="B27" t="s">
         <v>141</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>142</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>95</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C29" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>21</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="I29" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>62</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
+      <c r="I31" t="s">
         <v>163</v>
-      </c>
-[...19 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
+        <v>165</v>
+      </c>
+      <c r="C32" t="s">
+        <v>166</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>62</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="B32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...19 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" t="s">
+        <v>171</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
         <v>172</v>
       </c>
-      <c r="B33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>173</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>175</v>
+      </c>
+      <c r="B34" t="s">
+        <v>176</v>
+      </c>
+      <c r="C34" t="s">
         <v>177</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>172</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>178</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>179</v>
-      </c>
-[...16 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>180</v>
+      </c>
+      <c r="B35" t="s">
+        <v>170</v>
+      </c>
+      <c r="C35" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>90</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>182</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>183</v>
-      </c>
-[...19 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>184</v>
+      </c>
+      <c r="B36" t="s">
+        <v>185</v>
+      </c>
+      <c r="C36" t="s">
+        <v>186</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>187</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>188</v>
-      </c>
-[...19 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>189</v>
+      </c>
+      <c r="B37" t="s">
+        <v>190</v>
+      </c>
+      <c r="C37" t="s">
+        <v>191</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>192</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>193</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>194</v>
-      </c>
-[...16 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>195</v>
+      </c>
+      <c r="B38" t="s">
+        <v>190</v>
+      </c>
+      <c r="C38" t="s">
+        <v>196</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>197</v>
       </c>
-      <c r="B38" t="s">
+      <c r="I38" t="s">
         <v>198</v>
-      </c>
-[...19 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>199</v>
+      </c>
+      <c r="B39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" t="s">
+        <v>201</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>202</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>203</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>205</v>
+      </c>
+      <c r="B40" t="s">
         <v>206</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>207</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
         <v>208</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>112</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
         <v>209</v>
       </c>
-      <c r="F40" t="s">
-[...5 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>211</v>
+      </c>
+      <c r="B41" t="s">
         <v>212</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>21</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
+        <v>217</v>
+      </c>
+      <c r="C42" t="s">
+        <v>218</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>62</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="B42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...19 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>228</v>
+        <v>21</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="I43" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B44" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="D44" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="I44" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B45" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C45" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="I45" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="B46" t="s">
-        <v>241</v>
+        <v>235</v>
+      </c>
+      <c r="C46" t="s">
+        <v>236</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G46" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H46" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="I46" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B47" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C47" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="I47" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B48" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="C48" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
-      <c r="E48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>252</v>
+        <v>197</v>
       </c>
       <c r="I48" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B49" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="C49" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="I49" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>262</v>
+        <v>85</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>257</v>
+      </c>
+      <c r="C51" t="s">
+        <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>228</v>
+        <v>32</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="I51" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="B52" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="C52" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="I52" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="B53" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>276</v>
+        <v>197</v>
       </c>
       <c r="I53" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C54" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>52</v>
+        <v>172</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="I54" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="B55" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="C55" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="I55" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="B56" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="C56" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>58</v>
+        <v>281</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="I56" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="C57" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I57" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="B58" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
         <v>21</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>300</v>
+        <v>96</v>
       </c>
       <c r="I58" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="B59" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="C59" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
+      <c r="E59" t="s">
+        <v>192</v>
+      </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="I59" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="B60" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="C60" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
-        <v>216</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="I60" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="B61" t="s">
-        <v>314</v>
+        <v>303</v>
+      </c>
+      <c r="C61" t="s">
+        <v>304</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
+      <c r="E61" t="s">
+        <v>192</v>
+      </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="I61" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="B62" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
+      <c r="E62" t="s">
+        <v>32</v>
+      </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="I62" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="B63" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="C63" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>222</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="I63" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="B64" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="C64" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="I64" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="B65" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H65" t="s">
-        <v>335</v>
+        <v>27</v>
       </c>
       <c r="I65" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="B66" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
+      <c r="E66" t="s">
+        <v>95</v>
+      </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>339</v>
+        <v>326</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
       <c r="B67" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="C67" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>144</v>
+        <v>62</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>330</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>333</v>
+      </c>
+      <c r="C68" t="s">
+        <v>334</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>31</v>
+        <v>335</v>
       </c>
       <c r="I68" t="s">
-        <v>347</v>
+        <v>336</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="B69" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
       <c r="C69" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="I69" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="B70" t="s">
-        <v>354</v>
+        <v>343</v>
+      </c>
+      <c r="C70" t="s">
+        <v>344</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
+      <c r="H70" t="s">
+        <v>345</v>
+      </c>
       <c r="I70" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="B71" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C71" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
+      <c r="E71" t="s">
+        <v>350</v>
+      </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="I71" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="B72" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="C72" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>364</v>
+        <v>242</v>
       </c>
       <c r="I72" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="B73" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="C73" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
+      <c r="E73" t="s">
+        <v>32</v>
+      </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B74" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="C74" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>300</v>
+        <v>365</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="C75" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>378</v>
+        <v>90</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="I75" t="s">
-        <v>380</v>
+        <v>371</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="B76" t="s">
-        <v>382</v>
+        <v>373</v>
       </c>
       <c r="C76" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>384</v>
+        <v>375</v>
       </c>
       <c r="I76" t="s">
-        <v>385</v>
+        <v>376</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="B77" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="C77" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>144</v>
+        <v>32</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="I77" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="B78" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="C78" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
-      <c r="E78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>257</v>
+        <v>385</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>64</v>
+        <v>389</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>197</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="C81" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>144</v>
+        <v>32</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="I81" t="s">
-        <v>409</v>
-[...129 lines deleted...]
-        <v>431</v>
+        <v>399</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">